--- v0 (2025-10-14)
+++ v1 (2025-12-04)
@@ -12,2702 +12,4015 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="844">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1280">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>3794 / 2024 Energy Efficiency of Household and Similar Electrical Appliances Measurement and Calculation Methods for Energy Consumption of Refrigerators, Refrigerator-Freezers and Freezers</t>
   </si>
   <si>
+    <t>This standard is mandatory and provides energy efficiency measurement and calculation methods for energy consumption of refrigerators, refrigerator-freezers and freezers.</t>
+  </si>
+  <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Refrigeration, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>April 2025</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>ICS 97.040.30</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards &amp; Quality</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3794-2024-energy-efficiency-household-and-similar-electrical-appliances-measurement-and</t>
   </si>
   <si>
+    <t>https://www.eos.org.eg/en/standard/4358</t>
+  </si>
+  <si>
     <t>3794/2018 Energy efficiency of household and similar electrical appliances - measurement and calculation methods for energy consumption of refrigerrators, refrigerator-freezers and freezers</t>
   </si>
   <si>
+    <t>This standard specifies the requirements of energy efficiency for refrigerators, refrigerator-freezers and freezers. The standard applies to refrigerators, refrigerator-freezers and freezers that operate using 50 Hz AC and with a voltage not exceeding 250 V for single-face appliances and 480 V for other appliances.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>NT 81.70 NT 81.71</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/37942018-energy-efficiency-household-and-similar-electrical-appliances-measurement-and</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/4358</t>
+  </si>
+  <si>
     <t>3795-1/2016 Energy efficiency label requirements for air conditioners part 1: room air conditioner (window-split) with fixed capacity and fixed compressor</t>
+  </si>
+  <si>
+    <t>This standard establishes label requirements for room air conditioners, both window and split with fixed capacity and fixed compressors.</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Air Conditioning, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3795-12016-energy-efficiency-label-requirements-air-conditioners-part-1-room-air</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/14491</t>
+  </si>
+  <si>
     <t>3795-2/2017 Energy Efficiency Label Requirements For Air Conditioners Part 2: Variable Capacity Room Air Conditioner (Window-Split) with Variable Speed Compressor</t>
+  </si>
+  <si>
+    <t>This standard establishes label requirements for room air conditioners, both window and split with variable speed compressors.</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3795-22017-energy-efficiency-label-requirements-air-conditioners-part-2-variable-capacity</t>
   </si>
   <si>
+    <t>http://eos.org.eg/en/standard/14613</t>
+  </si>
+  <si>
     <t>3795-5/2018 Energy efficiency label requirements for air conditioners part 5: fixed capacity ducted room air conditioner with fixed speed compressor</t>
   </si>
   <si>
+    <t>This standard establishes requirements for fixed-capacity ducted room air conditioners with fixed-speed compressors.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3795-52018-energy-efficiency-label-requirements-air-conditioners-part-5-fixed-capacity</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/14798</t>
+  </si>
+  <si>
     <t>3795/2023 Energy Efficiency Label Requirements for Air Conditioner Room Air Conditioner (Window - Split)</t>
   </si>
   <si>
+    <t>This standard is mandatory and applies to window and split air conditioners.</t>
+  </si>
+  <si>
     <t>Africa, Egypt</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>ICS 23.120 - 27.015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/37952023-energy-efficiency-label-requirements-air-conditioner-room-air-conditioner-window</t>
   </si>
   <si>
+    <t>https://www.eos.org.eg/en/standard/8643</t>
+  </si>
+  <si>
     <t>4100/2006 Energy Efficiency of Households and similar Electrical appliances methods for measuring and calculation energy consumption of washing machine</t>
+  </si>
+  <si>
+    <t>This standard specifies the energy efficiency specifications for washing machines.</t>
   </si>
   <si>
     <t>Laundry, Washing Machines</t>
   </si>
   <si>
     <t>IEC 60465/2003+cor1/2005
 ,   
                       IEC-60335-1/2001-Amd 1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/41002006-energy-efficiency-households-and-similar-electrical-appliances-methods-measuring</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/4472</t>
+  </si>
+  <si>
     <t>5806/2019 Energy efficiency of households and similar Electrical appliances methods for measuring and calculation energy consumption for electric water heaters</t>
   </si>
   <si>
+    <t>This standard specifies the requirement and method of calculation of energy efficiency for electric water heaters.</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/58062019-energy-efficiency-households-and-similar-electrical-appliances-methods-measuring</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/6413</t>
+  </si>
+  <si>
     <t>6977/2009 Energy Efficiency Of Distribution Transformers</t>
+  </si>
+  <si>
+    <t>This standard specifies the energy efficiency of distribution transformers.</t>
   </si>
   <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>IEC 60076-ser/2008
 ,   
                     ES 1886: Power Transformers Dry Type
 ,   
                     ES 4885-1 Instrument transformers part-1Current transformer
 ,   
                     ES 4885-1 Instrument transformers part-2 Inductive voltage transformer</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/69772009-energy-efficiency-distribution-transformers</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/10626</t>
+  </si>
+  <si>
     <t>7821/2014 Energy efficiency of household electrical appliances Methods for measuring and calculating energy efficiency of electric circulating air fans</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and testing methods for electric circulating air fans.</t>
+  </si>
+  <si>
     <t>Integrated Fans</t>
   </si>
   <si>
     <t>IEC 60879</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/78212014-energy-efficiency-household-electrical-appliances-methods-measuring-and</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/14009</t>
+  </si>
+  <si>
     <t>7823/2020 Energy efficiency requirements for electrical lamps and luminaires</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and labeling requirements for filament lamps; fluorescent lamps; compact fluorescent lamps; high-intensity discharge lamps; LED lamps.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/78232020-energy-efficiency-requirements-electrical-lamps-and-luminaires</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/14011</t>
+  </si>
+  <si>
     <t>7993/2018 Energy Efficiency Label For Televisions And Displays</t>
   </si>
   <si>
+    <t>This standard specifies the energy efficiency requirements for televisions and display units.</t>
+  </si>
+  <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/79932018-energy-efficiency-label-televisions-and-displays</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/14349</t>
+  </si>
+  <si>
     <t>Algeria Order of 25 Safar 1430 corresponding to 21 February 2009 on the energy labeling of household air-conditioners</t>
   </si>
   <si>
+    <t>Air conditioners for domestic use with a cooling capacity less than 12kW. Air-to-water and water-water appliances are excluded</t>
+  </si>
+  <si>
     <t>Algeria</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Portable ACs</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>Agence Nationale pour la Promotion et la Rationalisation de l'Utilisation de l'…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/algeria-order-25-safar-1430-corresponding-21-february-2009-energy-labeling-household-air</t>
   </si>
   <si>
+    <t>https://www.energy.gov.dz/Media/galerie/-arrete_du_21_fevrier_2009_relatif_a_l'etiquetage_energetique_des_climatiseurs_a_usage_domestique_5b69515a43778.pdf</t>
+  </si>
+  <si>
     <t>Algeria Order of 25 Safar 1430 corresponding to 21 February 2009 on the energy labeling of residential lamps</t>
   </si>
   <si>
+    <t>Incandescent lamps and integrated ballast fluorescent lamps intended to be directly powered by the mains electrical grid.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/algeria-order-25-safar-1430-corresponding-21-february-2009-energy-labeling-residential</t>
   </si>
   <si>
+    <t>https://www.energy.gov.dz/Media/galerie/arrete_du_21_fevrier_2009_relatif_a_l'etiquetage_energetique_des_lampes_domestiques_5b695196e4dec.pdf</t>
+  </si>
+  <si>
     <t>Algeria Order of 25 Safar 1430 corresponding to 21 February 2009 on the energy labeling of residential refrigerators, freezers, and combined equipment</t>
   </si>
   <si>
+    <t>Refrigerators, freezers and combined appliances for domestic usage that run on electricity</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/algeria-order-25-safar-1430-corresponding-21-february-2009-energy-labeling-residential-0</t>
   </si>
   <si>
+    <t>https://www.energy.gov.dz/Media/galerie/arrete_du_21_fevrier_2009_etiquetage_appareils_usage_domestique_soumis_aux_regles_efficacite_energetique_5b6950da0ecc4.pdf</t>
+  </si>
+  <si>
     <t>Botswana standard for pico-solar and SHS kits (IEC TS 62257-9-5)</t>
   </si>
   <si>
+    <t>This policy applies to off-grid renewable energy products with batteries and solar modules with DC system voltages not exceeding 35 V and peak power ratings not exceeding 350 W.</t>
+  </si>
+  <si>
     <t>Botswana</t>
   </si>
   <si>
     <t>Solar Energy Kits</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>IEC TS 62257-9-5:2018</t>
   </si>
   <si>
     <t>Botswana Bureau of Standards</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/botswana-standard-pico-solar-and-shs-kits-iec-ts-62257-9-5</t>
   </si>
   <si>
+    <t>https://www.iec.ch/dyn/www/f?p=103:36:300860528604589::::FSP_ORG_ID,FSP_LANG_ID:1074,25</t>
+  </si>
+  <si>
     <t>CES 140:2015 Off-grid solar photovoltaic lighting kits - requirements</t>
   </si>
   <si>
+    <t>standalone off-grid solar products</t>
+  </si>
+  <si>
     <t>Ethiopia</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>IEC TS 62257-9-5</t>
   </si>
   <si>
     <t>Ethiopian Standards Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ces-1402015-grid-solar-photovoltaic-lighting-kits-requirements</t>
   </si>
   <si>
+    <t>https://rise.esmap.org/data/files/library/ethiopia/Ethiopia%20Energy%20Performance%20Standards%20for%20lamps.pdf</t>
+  </si>
+  <si>
     <t>CFL standard</t>
   </si>
   <si>
+    <t>CFL lamps</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>CNS 10839 CNS 14567</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cfl-standard</t>
   </si>
   <si>
+    <t>http://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>CNS 11010-89: Electric Water Heaters</t>
   </si>
   <si>
+    <t>covers househod household electric storage water heaters with rated power consumption not exceeding 12 kW.</t>
+  </si>
+  <si>
     <t>CNS 3263</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cns-11010-89-electric-water-heaters</t>
   </si>
   <si>
     <t>Directive 2010-30-EU</t>
   </si>
   <si>
+    <t>The strategy includes the mandatory phase-out of incandescent and halogen lamps by 2016, MEPS and labeling for all lighting technologies following the EU directives, large scale CFL and LED lamp distribution programmes, six million lamps in total; along with an extensive communications campaign; and the design of a lamp collection and recycling legislation and infrastructure in Tunisia. The elimination of lamps in power is less than 100,The taxation of lamps by 50 percent to make economic lamps  more competitive, The follow-up of this program for the elimination of other power. Launched program of 600 million incandescent lamps by LED lamps from 2017, as soon as the appearance of the decree ETF -Energy Transition Fund; which will subsidize this program.</t>
+  </si>
+  <si>
     <t>Tunisia</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>National Agency for Energy Conservation (ANME)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/directive-2010-30-eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32012R0874</t>
+  </si>
+  <si>
     <t>Directive N° 04/2020/Cm/Uemoa Portant Etiquetage Energetique Des Lampes Electriques Et Des Appareils Electromenagers Neufs Dans Les Etats Membres De L’ UEMOA</t>
   </si>
   <si>
+    <t>This Directive sets out provisions relating to the energy labeling of electric lamps and new household appliances and to additional information relating to these appliances, in the WAEMU member states. It applies to the following new electrical appliances: - domestic refrigeration equipment (refrigerators, freezers and combined appliances).- air conditioners. - electric lamps.</t>
+  </si>
+  <si>
     <t>WAEMU/UEMOA</t>
   </si>
   <si>
     <t>Tubular Lamps, Directional Lamps, Room ACs - Stationary ACs, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>May 2020</t>
   </si>
   <si>
     <t>WAEMU Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/directive-ndeg-042020cmuemoa-portant-etiquetage-energetique-des-lampes-electriques-et-des</t>
   </si>
   <si>
+    <t>http://www.uemoa.int/sites/default/files/bibliotheque/reglement_04_2009_cm_uemoa.pdf</t>
+  </si>
+  <si>
     <t>DKS 2464-2:2020 Performance of household electrical Appliances — Refrigerating appliances; Part 2: Minimum energy performance standard requirements</t>
   </si>
   <si>
+    <t>These standards apply to household and similar refrigerating appliances cooled by internal natural convection or forced air circulation. They replace KS 2464-1,2:2013.</t>
+  </si>
+  <si>
     <t>Kenya</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Kenya Bureau of Standards (KEBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/dks-2464-22020-performance-household-electrical-appliances-refrigerating-appliances-part-2</t>
   </si>
   <si>
+    <t>https://www.kebs.org/index.php?option=com_content&amp;view=category&amp;id=66&amp;Itemid=526</t>
+  </si>
+  <si>
     <t>DNIS IEC TS 62257-9-8:2019EE</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
     <t>Nigeria</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Standards Organisation of Nigeria (SON)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/dnis-iec-ts-62257-9-82019ee</t>
   </si>
   <si>
+    <t>https://son.gov.ng/nigeria-adopt-standards-for-renewable-energy-hybrid-systems-for-rural-electrification</t>
+  </si>
+  <si>
     <t>Eco-Design Requirements for Water Pump Energy Efficiency (8441/2021)</t>
   </si>
   <si>
+    <t>This standard establishes ecodesign requirements for rotodynamic water pumps for pumping clean water, including those integrated into other products, and efficiency labeling requirements.</t>
+  </si>
+  <si>
     <t>Pumps</t>
   </si>
   <si>
     <t>ICS 23.080</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards and Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/eco-design-requirements-water-pump-energy-efficiency-84412021</t>
   </si>
   <si>
+    <t>https://www.eos.org.eg/en/standard/15248</t>
+  </si>
+  <si>
     <t>ECOSTAND 053: 2016</t>
   </si>
   <si>
+    <t>This policy applies to all networked lighting lamps.</t>
+  </si>
+  <si>
     <t>ECOWAS</t>
   </si>
   <si>
     <t>Directional Lamps</t>
   </si>
   <si>
     <t>ECOWAS Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecostand-053-2016</t>
   </si>
   <si>
+    <t>http://www.ecowrex.org/system/files/notif-ecostand-053-2016-fdhs-on-grid-lighting-fr-specifications-techniques-pour-des-lampes-de-service-declairage-en-reseau.pdf</t>
+  </si>
+  <si>
     <t>ECOSTAND 054: 2015</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp. Minimum performance requirements  and quality standards based on Lighting Global Quality Standards</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard, Quality Standard</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>Electricity, Solar</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecostand-054-2015</t>
   </si>
   <si>
+    <t>http://www.ecreee.org/sites/default/files/event-att/presentation_ecreee_may_2019_v2.pdf</t>
+  </si>
+  <si>
     <t>ECOSTAND 071-1:2017EE: Minimum Energy Performance Standards Part 1: Refrigerating products</t>
   </si>
   <si>
+    <t>This standard covers requirements for AC powered refrigerating appliances with a storage volume up to 1500 litres which are manufactured, assembled, imported or sold in any of the ECOWAS countries. It includes the following categories:</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecostand-071-12017ee-minimum-energy-performance-standards-part-1-refrigerating-products</t>
   </si>
   <si>
     <t>ECOSTAND 071-2:2017EE: Minimum Energy Performance Standards Part 2: Air conditioning products</t>
   </si>
   <si>
+    <t>This standard covers requirements for domestic and commercial air conditioning products such as: (1) portable AC; (2) unitary AC; (3) split AC, and (4) centralised AC system, which are single or double ducts, mobile or others; manufactured, assembled, imported or sold in any of the ECOWAS countries. Descriptions and illustrations of these products are available in Appendix 1. This standard covers equipment up to 20kW. It covers appliances designed to be plugged on the electric grid, it excludes appliances not powered by alternate current that use non-electric energys ources. ECOWAS countries include Benin, Burkina Faso, Cabo Verde, Côte d'Ivoire, the Gambia, Ghana, Guinea, Guinea Bissau, Liberia, Mali, Niger, Nigeria, Senegal, Sierra Leone, and Togo.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs, Portable ACs, Central ACs</t>
   </si>
   <si>
     <t>ISO 5151, ISO 13253, ISO 15042, ISO 16358-1:2013, IEC 60335-2-40:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecostand-071-22017ee-minimum-energy-performance-standards-part-2-air-conditioning-products</t>
   </si>
   <si>
     <t>Efficient Biomass Cookstoves Policy</t>
   </si>
   <si>
+    <t>This Nigerian Industrial Standard specifies design, construction, quality and safety requirements, sampling and labeling for clean solid biomass type cookstoves.</t>
+  </si>
+  <si>
     <t>Biomass Stoves</t>
   </si>
   <si>
     <t>Biomass</t>
   </si>
   <si>
     <t>Water Boiling Tests (WBT) version 4.2.3:2014; The current edition shall apply</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid, Productive Use</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/efficient-biomass-cookstoves-policy</t>
   </si>
   <si>
+    <t>https://fscluster.org/sites/default/files/documents/standard_for_clean_cookstoves_son.pdf</t>
+  </si>
+  <si>
     <t>Energy Conservation Label - Clothes Dryers</t>
   </si>
   <si>
+    <t>Clothes Dryer</t>
+  </si>
+  <si>
     <t>Clothes Dryers</t>
   </si>
   <si>
     <t>The Energy Factor (EF) for Energy Label qualified clothes dryer products shall be measured under the test conditions and methodology approved by the energy regulating competent authority, and shall have a measured value of greater than 1.7 kg (clothes dried)/kWh.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-label-clothes-dryers</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=2</t>
+  </si>
+  <si>
     <t>Energy Conservation Label - Clothes Washers</t>
   </si>
   <si>
+    <t>The product shall meet the definition of C.C.C. Code: 8450 under the clothes washers category or recognized by the Bureau of Energy of MOEA as Washing Machines and shall also meet the requirements of CNS 3765-7. Covers both top-loading and front-loading types.</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>JIS C 9606</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-label-clothes-washers</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=6</t>
+  </si>
+  <si>
     <t>Energy Conservation Label - Refrigerators</t>
   </si>
   <si>
+    <t>The Energy Factor for Energy Label qualified refrigerator-Freezers products shall be measured according to CNS 2062; or the most current version of test conditions and methodology stipulated by the energy regulating competent authority</t>
+  </si>
+  <si>
     <t>CNS 2062-95 CNS 9577-89</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-label-refrigerators</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=4</t>
+  </si>
+  <si>
     <t>Energy Conservation Label - Television</t>
   </si>
   <si>
+    <t>Products shall meet the requirements of CNS 14336-1 or CNS 14408; Chinese National Standards; or be recognized by Bureau of Energy</t>
+  </si>
+  <si>
     <t>Test procedure acording to En-Tech 10405003751</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-label-television</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=7</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Chilled-Warm-Hot Drinking water Dispensers; En-Tech 10405000331</t>
   </si>
   <si>
+    <t>Chilled, warm, hot drinking water dispensers. Products shall meet the requirements of Article 13516; Chinese National Standards -CNS; or be recognized by Bureau of Energy, MOEA.</t>
+  </si>
+  <si>
     <t>Water Coolers</t>
   </si>
   <si>
     <t>CNS-13516</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-chilled-warm-hot-drinking-water</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=13%20</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for DVD Players|Recorders</t>
   </si>
   <si>
+    <t>The applicable products shall be household DVD players or recorders which meet the requirements of CNS-13438; CNS-13439; CNS-14336 or CNS-14408; or have been recognized by the competent authority as household DVD player; recorder products.</t>
+  </si>
+  <si>
     <t>DVD|Blu-Ray Players</t>
   </si>
   <si>
     <t>IEC62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-dvd-playersrecorders</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=25</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Exit Lights and Emergency Direction Lights</t>
   </si>
   <si>
+    <t>Exit lights and emergency direction lights - The applicable products shall meet the requirements by NATIONAL FIRE AGENCY MINISTRY OF THE INTERIOR and its future amendments</t>
+  </si>
+  <si>
     <t>Streetlighting</t>
   </si>
   <si>
     <t>Energy Conservation Labeling Program Requirements</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-exit-lights-and-emergency-direction</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=24%20</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Hair Dryers; En-Tech 10104024360</t>
   </si>
   <si>
+    <t>Products shall meet the requirements of CNS 3714 - Hand-Supported Hair Dryers or be recognized by Bureau of Energy MOEA.</t>
+  </si>
+  <si>
     <t>Hair Dryers</t>
   </si>
   <si>
     <t>IEC 61855: 2003</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-hair-dryers-en-tech-10104024360</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=10%20</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Hand Dryers</t>
   </si>
   <si>
+    <t>The measured Useful Energy Ratio -UER; for Energy Label qualified hand dryer products shall be no less than 90 percent. If the product is touch activated each drying session shall be less than 40 seconds; if the product is motion activated the power shall be cut-off within 2 seconds after the sensor sensed the absence of user and each drying session shall be less than 1 minute.</t>
+  </si>
+  <si>
     <t>Hand Dryers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-hand-dryers</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=11</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Indoor Light Fixtures: En-Tech 10205019771</t>
   </si>
   <si>
+    <t>Indoor light fixtures - The applicable products shall meet Chinese National Standards -CNS 14335 and 14115. Desk lamps; table lamps; bedside lamps; floor lamps or lamps which are not recognized by the Bureau of Energy MOEA are not included</t>
+  </si>
+  <si>
     <t>Indoor Luminaires</t>
   </si>
   <si>
     <t>CIE 70, 84 and 121, CNS 15437, CNS 691, CNS 14125, CNS 14576, CNS 15049, CIE 117</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-indoor-light-fixtures-en-tech</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=27%20</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Integrated Stereo</t>
   </si>
   <si>
+    <t>The applicable products shall be integrated stereos with the CCC Code of 8518.50.00.00-8A; or have been recognized by the Bureau of Energy of the Ministry of Economic Affairs as integrated stereos.</t>
+  </si>
+  <si>
     <t>Home Theater Equipment</t>
   </si>
   <si>
     <t>IEC 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-integrated-stereo</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=28</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Non-ducted Air Conditioners</t>
   </si>
   <si>
+    <t>This policy applies to room air conditioners (window and split). The product shall meet the requirements of CNS 3615 for non-ducted air conditioners.</t>
+  </si>
+  <si>
     <t>CNS 3615-95 CNS 7183</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-non-ducted-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=1</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Warm-Hot Drinking Water Dispensers</t>
   </si>
   <si>
+    <t>Water Dispensers: warm; hot. The applicable products shall be warm-hot water dispensers which meet the requirements of CNS-13516-C4469.</t>
+  </si>
+  <si>
     <t>Section 10.3.1 of CNS-13516; Sections 4.10 and 8.4 of CNS-13516</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-warm-hot-drinking-water-dispensers</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=12</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Warm-Hot Water Fountains Machines</t>
   </si>
   <si>
+    <t>Warm-hot water fountains machines which meet the requirements of CNS-3910-C4129.</t>
+  </si>
+  <si>
     <t>CNS 14125</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-warm-hot-water-fountains-machines</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=26</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Axial flow Fans; No. En-Tech 10205010211</t>
   </si>
   <si>
+    <t>Axial flow Fans shall meet the following specifications and the requirements of CNS 6592; CNS 6593; or recognized by the Bureau of Energy. The required specifications are:   -Fan Diameter: between 0.125m and 2m;   -Rated Power: between 125W and 75kW;   -Static Pressure: under 500 mmAq;  -Air Flow Rate: under 3000 CMM</t>
+  </si>
+  <si>
     <t>Duct Fans</t>
   </si>
   <si>
     <t>ISO 5801 or AMCA 210</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-axial-flow-fans-no-en-tech-10205010211</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=43</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Centrifugal Fans; No. En-Tech 10205010191</t>
   </si>
   <si>
+    <t>Centrifugal Fans shall meet the following specifications and the requirements of CNS 6592; CNS 6593; or recognized by the Bureau of Energy MOEA. The required specifications are:</t>
+  </si>
+  <si>
     <t>Industrial Fans</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-centrifugal-fans-no-en-tech-10205010191</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=49</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Compact Fluorescent Lamps</t>
   </si>
   <si>
+    <t>The applicable product shall meet the definition of compact fluorescent lamps as defined in CNS 14576.</t>
+  </si>
+  <si>
     <t>CNS 14576</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-compact-fluorescent-lamps</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=29</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Electric Ovens; No. En-Tech 10205010121</t>
   </si>
   <si>
+    <t>This policy specifies energy efficiency endorsement labeling criteria for electric ovens. It applies to products of single-phase AC power supply with voltage below 300 V.</t>
+  </si>
+  <si>
     <t>Ovens</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-electric-ovens-no-en-tech-10205010121</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=51</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Electric Storage Tank Boiling Water Heaters; No. En-Tech 10205017171</t>
   </si>
   <si>
+    <t>This policy specifies the requirements for tank boiling water heaters applying for Energy Label Certification. It applies to products of single-phase AC power supply with voltage below 250 V, with storage capacity under 500 L.</t>
+  </si>
+  <si>
     <t>Method as described in policy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-electric-storage-tank-boiling-water-heaters</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=53</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Electric Storage Tank Water Heaters</t>
   </si>
   <si>
+    <t>The qualified heaters shall be as defined in CNS 11010 or recognized by the Bureau of Energy of MOEA as Storage Tank Water Heaters.</t>
+  </si>
+  <si>
     <t>CNS 11010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-electric-storage-tank-water-heaters</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=23</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Air Cleaners</t>
   </si>
   <si>
+    <t>The product shall meet the definition of CNS 7619 regarding air cleaners or recognized by the Bureau of Energy of MOEA as domestic indoor air cleaners.</t>
+  </si>
+  <si>
     <t>Air Cleaners</t>
   </si>
   <si>
     <t>CNS 7619</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-air-cleaners</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=34</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Chilled-Warm-Hot Drinking Water Supplier; En-Tech 10405003141</t>
   </si>
   <si>
+    <t>Chilled; warm; hot drinking water fountains. The applicable Products shall meet the requirements of Article 3910; Chinese National Standards -CNS; or be recognized by Bureau of Energy, MOEA.</t>
+  </si>
+  <si>
     <t>CNS-3910</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-chilled-warm-hot</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=14%20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Dehumidifiers</t>
   </si>
   <si>
+    <t>The product shall meet the definition of CNS 12492 regarding dehumidifiers or recognized by the Bureau of Energy of MOEA as dehumidifiers.</t>
+  </si>
+  <si>
     <t>Dehumidifiers</t>
   </si>
   <si>
     <t>CNS 12492</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-dehumidifiers</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=5</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Displays</t>
   </si>
   <si>
+    <t>Displays shall meet the requirements of Article 14336-1 or Article 14408; Chinese National Standards -CNS; or be recognized by Bureau of Energy, MOEA.</t>
+  </si>
+  <si>
     <t>Displays</t>
   </si>
   <si>
     <t>ENERGY STAR Program Requirements for Computers Version 5.2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-displays</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Electric Cookers</t>
   </si>
   <si>
+    <t>The product shall meet the definition of C.C.C. Code: 8516.60.20.00-4 under the electric cookers category including both the direct-heat and indirect heat types; or recognized by the Bureau of Energy of MOEA as electric cookers; and shall also meet the requirements of CNS 2518.</t>
+  </si>
+  <si>
     <t>Rice Cookers</t>
   </si>
   <si>
     <t>CNS 2518</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-electric-cookers</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=21</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Electric Fans</t>
   </si>
   <si>
+    <t>Electric fans - ceiling; desk-top; floor-standing, box. The product shall meet the definitions of CNS 2450; CNS 2061; CNS 597; CNS 547; and CNS 9578 regarding electric fans; or recognized by the Bureau of Energy of MOEA as electric fans.</t>
+  </si>
+  <si>
     <t>Ceiling Fans</t>
   </si>
   <si>
     <t>CNS 2450, CNS 2061, CNS 597, CNS 547, and CNS 9578</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-electric-fans</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=8</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Fluorescent Lamps with Embedded Ballasts</t>
   </si>
   <si>
+    <t>The product shall meet the definition of fluorescent lamp products with embedded ballasts as defined in CNS 14125.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-fluorescent-lamps</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=17</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Instantaneous Gas Burning Water Heaters; En-Tech 10004066240</t>
   </si>
   <si>
+    <t>Instantaneous gas burning water heaters shall meet the requirements of CNS 13603; and the definition of C.C.C. Code 8419.11.00.00-6 regarding non-electric instantaneous gas burning water heater; or be recognized by Bureau of Energy; MOEA.</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>CNS 13605</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-instantaneous-gas</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=18</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified LED Planar Lamp; No. En-Tech 10405000341</t>
   </si>
   <si>
+    <t>Desk; table; bedside; and floor lightings as well as any planar lamp compliant with the following criteria: Products shall meet the requirements of Article 14335 or 14115; Chinese National Standards -CNS; or be recognized by Bureau of Energy -MOEA. The light emitting surface is composed of diffusion assembly or light guide plate. Size of the surface shall be of 30cm or more in diameter for circular one and in least side length for rectangle one. Upper limit of thickness: 70mm</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified LED Planar Lamp</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-led-planar-lamp-no</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=56</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Printers; Neng-Chi-Tze-10405006191</t>
   </si>
   <si>
+    <t>Printers - 1. The Printer that is granted the verification registration conformity certificate or the type recognition certificate issued by Bureau of Standards Metrology and Inspection; Ministry of Economic Affairs and meets the regulations of C.C.C. Code: 8443.32.00.00.1-A, 8443.31.00.00-2-A; or recognized by competent authority.   2. The Printer that meets the definition specified in ENERGY STAR Program Requirements for Imaging Equipment; Version 2.0  --hereunder briefed as ENERGY STAR REV. 2.0.</t>
+  </si>
+  <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>ENERGY STAR Program Requirements for Imaging Equipment (Version 2.0)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-printers-neng-chi</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=33%20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Refrigerators</t>
   </si>
   <si>
+    <t>Fan-type refrigerator-freezer; direct cooling type refrigerator-freezer; refrigerator only</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-refrigerators</t>
   </si>
   <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Street Lights</t>
   </si>
   <si>
+    <t>Street lights - The product shall meet the definitions of street lights as defined in CNS 9118 Street Lights or CNS 15233 LED Street Lights.</t>
+  </si>
+  <si>
     <t>CNS 9118 Street Lights or CNS 15233 LED Street Lights</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-street-lights</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=35</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Ventilating Fans for Bathroom use; No. En-Tech 10004045290</t>
   </si>
   <si>
+    <t>The product shall meet the requirements of CNS 10597 Ventilation fans for bathroom use; and with the blade diameter of less than 20 cm; or recognized by the Bureau of Energy of MOEA as ventilating fans for bathroom use.</t>
+  </si>
+  <si>
     <t>ISO 5801 and AMCA 210</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-ventilating-fans</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=41</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Ventilating Fans for Window type</t>
   </si>
   <si>
+    <t>Bathroom and wall ventilation fans shall meet the requirements of CNS 2060 Ventilation fans; and are installed on wall; windows or surrounding space; in order to draw in or discharge air; and with the blade diameter of greater than 20 cm but less than 46 cm; or recognized by the Bureau of Energy of MOEA as wall ventilation fans.</t>
+  </si>
+  <si>
     <t>Window Fans</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-ventilating-fans-0</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=42</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Fluorescent Lamp with Embedded Ballasts; No. En-Tech 10205010111</t>
   </si>
   <si>
+    <t>Products shall meet the requirements of CNS 927: Ballasts for fluorescent lamp or CNS 13755: AC supplied electronic ballasts for fluorescent lamp.</t>
+  </si>
+  <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>CNS 927 or CNS 13755</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-fluorescent-lamp-embedded-ballasts-no-en</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=50</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Label Qualified Air Source Heat Pump Water Heaters</t>
   </si>
   <si>
+    <t>Air Source Heat Pump Water Heaters shall meet the requirements of CNS 15466; or be recognized by Bureau of Energy MOEA.</t>
+  </si>
+  <si>
     <t>CNS 15466</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-label-qualified-air-source-heat-pump-water</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=46</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Label Qualified Gas Burning Cooking Appliances; En-Tech 10004066280</t>
   </si>
   <si>
+    <t>Gas Burning Cooking Appliances shall meet the requirements of CNS 13604; and the definition of C.C.C. Code 7321.81.00.00-0-A; or recognized by the Bureau of Energy; MOEA.</t>
+  </si>
+  <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>CNS 13604</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-label-qualified-gas-burning-cooking</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=19%20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Label Qualified Microwave Oven; No. En-Tech 10105012081</t>
   </si>
   <si>
+    <t>Household and combination microwave ovens which meet the requirements of CNS 3765-25 - Safety of household and similar electrical appliances - Part 2: Particular requirements for microwave ovens and obtain the Certificate for Registration of Product Certification or the Type Approval Certificate from the Bureau of Standards Metrology and Inspection; of the Ministry of Economic Affairs</t>
+  </si>
+  <si>
     <t>Microwaves</t>
   </si>
   <si>
     <t>IEC 60705: 2010 Edition 4.0 and IEC 62301:2011 Edition 2.0</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-label-qualified-microwave-oven-no-en-tech</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=48</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Label Qualified Range Hoods; No. En-Tech 10105012081</t>
   </si>
   <si>
+    <t>Range Hoods shall meet the requirements of CNS 3765-31 - Safety of household and similar electrical appliances - Part 2: Particular requirements of range hoods. Meanwhile products shall meet the definition of C.C.C. Code 8414.60.00.00-1; or recognized by the Bureau of Energy; MOEA as range hood.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-label-qualified-range-hoods-no-en-tech</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=47</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Methods for Desktop Computers; No. En-Tech 10104012311</t>
   </si>
   <si>
+    <t>Desktop Products shall comply with the definition of desktop computer1 or integrated desktop computer2 of the ENERGY STAR Program Requirements for Computers Version 5.2.</t>
+  </si>
+  <si>
     <t>Computers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-methods-desktop-computers-no-en-tech-10104012311</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=36%20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Methods for Downlights and Recessed Luminaries</t>
+  </si>
+  <si>
+    <t>This policy contains energy efficiency criteria and labeling methods for energy-label-qualified downlights and recessed luminaires</t>
   </si>
   <si>
     <t>Luminaires</t>
   </si>
   <si>
     <t>CNS14335
 ,   
                     CNS14115</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-methods-downlights-and-recessed-luminaries</t>
   </si>
   <si>
+    <t>https://www.energylabel.org.tw/englishlabel/application_en/efficiency/upt.aspx?cid=60</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Methods for Indoor Parking Lot Smart Lighting Fixtures</t>
+  </si>
+  <si>
+    <t>This policy contains energy efficiency criteria and labeling methods for energy label qualified indoor parking lot smart lighting fixtures.</t>
   </si>
   <si>
     <t>CIE70
 ,   
                     CIE84
 ,   
                     CIE121</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-methods-indoor-parking-lot-smart-lighting-fixtures</t>
   </si>
   <si>
+    <t>https://www.energylabel.org.tw/englishlabel/application_en/efficiency/upt.aspx?cid=62</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Methods for Light Emitting Diode Lamps</t>
   </si>
   <si>
+    <t>Products shall be non-directional self-ballasted LED lamps which conform to the specifications defined in The Inspection Requirements of Self-Ballasted LED Lamps subject to Legal Inspection issued by the Bureau of Standards Metrology and Inspection -BSMI of the Ministry of Economic Affairs Taiwan. The rated frequency shall be 60 Hz and the rated voltage shall be single-phase alternating current and in the range between 50 to 300 V. Nevertheless for LED lamps fitted with cap only B or E type lamps are included.</t>
+  </si>
+  <si>
     <t>CNS 15630</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-methods-light-emitting-diode-lamps</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=54</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Methods for Notebook Computers; No. En-Tech 10104012321</t>
   </si>
   <si>
+    <t>Notebook  Products shall comply with the definition of notebook computer1 of the ENERGY STAR Program Requirements for Computers Version 5.2 of the United States.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-methods-notebook-computers-no-en-tech-10104012321</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=37%20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Methods for Office and Business Area Luminaires</t>
   </si>
   <si>
+    <t>This policy contains energy efficiency criteria and labeling methods for energy label qualified office and business area luminaires.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-methods-office-and-business-area-luminaires</t>
   </si>
   <si>
+    <t>https://www.energylabel.org.tw/englishlabel/application_en/efficiency/upt.aspx?cid=61</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Methods for Qualified High Bay Luminaire</t>
   </si>
   <si>
+    <t>This policy contains energy efficiency criteria and labeling methods for energy label-qualified high bay luminaires.</t>
+  </si>
+  <si>
     <t>CNS15437</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-methods-qualified-high-bay-luminaire</t>
   </si>
   <si>
+    <t>https://www.energylabel.org.tw/englishlabel/application_en/efficiency/upt.aspx?cid=58</t>
+  </si>
+  <si>
     <t>Energy Efficiency of Household and Similar Electrical Appliances</t>
   </si>
   <si>
+    <t>This standard identifies the methods of measuring and calculating energy efficiency and sets a maximum limit to the values of energy consumption. The standard aims to reduce the consumption of electric power.</t>
+  </si>
+  <si>
     <t>Kitchen, Dishwashers</t>
   </si>
   <si>
     <t>IEC60436:2004, A1:2009, A2:2012</t>
   </si>
   <si>
     <t>Egyptian Organisation for Standards and Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-household-and-similar-electrical-appliances</t>
   </si>
   <si>
+    <t>https://www.eos.org.eg/en/standard/14008</t>
+  </si>
+  <si>
     <t>Energy Efficiency Of Household Electrical Appliances Methods For Measuring And Calculating Energy Efficiency Of Domestic Ovens (ES 8058/2017)</t>
+  </si>
+  <si>
+    <t>This standard establishes the methods of measuring and calculating the energy efficiency of electrical domestic ovens.</t>
   </si>
   <si>
     <t>Kitchen, Ovens</t>
   </si>
   <si>
     <t>IEC 60350-1/2015
 ,   
                     Regulation (EU) No 65/2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-household-electrical-appliances-methods-measuring-and-calculating-0</t>
   </si>
   <si>
+    <t>https://www.eos.org.eg/en/standard/14544</t>
+  </si>
+  <si>
     <t>Energy Efficiency Of Household Electrical Appliances Methods For Measuring And Calculating Energy Efficiency Of Vacuum Cleaners(ES 8057/2017)</t>
+  </si>
+  <si>
+    <t>This standard identifies the methods for measuring and calculating the energy efficiency of vacuum cleaners.</t>
   </si>
   <si>
     <t>Electronics, Other-Electronics, Vacuum Cleaners</t>
   </si>
   <si>
     <t>IEC 62885-2/2016
 ,   
                     (EU) No 665/2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-household-electrical-appliances-methods-measuring-and-calculating-energy</t>
   </si>
   <si>
+    <t>https://www.eos.org.eg/en/standard/14543</t>
+  </si>
+  <si>
     <t>Energy Efficiency Standard and Indication Method for the Copier Machine Energy Conservation Marker; Neng-Chi-Tze-10405006201</t>
   </si>
   <si>
+    <t>The Copier Machine that is granted the verification registration conformity certificate or the type recognition certificate issued by Bureau of Standards Metrology and Inspection; Ministry of Economic Affairs and meets the regulations of C.C.C. Code: 8443.31.00.00-2-B, 8443.32.00.00-1-B, or recognized by competent authority.     2. The Printer that meets the definition specified in ENERGY STAR Program Requirements for Imaging Equipment; Version 2.0 -hereunder briefed as ENERGY STAR REV. 2.0.     3. The fax machine possessing single-page copying function shall not be applicable for the scope provided herein.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-standard-and-indication-method-copier-machine-energy-conservation-marker</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=32%20</t>
+  </si>
+  <si>
     <t>Energy Label - Fluorescent Lamps: NJ-10305014811</t>
   </si>
   <si>
+    <t>Any product compliant with CNS 691 and set as inspection required one by BSMI; MOEA.</t>
+  </si>
+  <si>
     <t>CNS 691, CNS 13755</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-label-fluorescent-lamps-nj-10305014811</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=9%20</t>
+  </si>
+  <si>
     <t>Energy Labeling of Electrical Products and Household Appliances (NM 14.2.300)</t>
   </si>
   <si>
+    <t>This standard specifies mandatory labeling requirements for cooling appliances (refrigerators, freezers, and air conditioners), cooking appliances (electric ovens), cleaning appliances (dishwashers, washing machines, and clothes dryers), and household electric lamps (incandescent and fluorescent lamps with/without integrated ballast).</t>
+  </si>
+  <si>
     <t>Morocco</t>
   </si>
   <si>
     <t>Kitchen, Dishwashers, Laundry, Washing Machines, Lighting, Lamps, Space Heating and Space Cooling, Air Conditioning</t>
   </si>
   <si>
     <t>Entered into force</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>Institut Marocain de Normalisation (IMANOR)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-labeling-electrical-products-and-household-appliances-nm-142300</t>
   </si>
   <si>
+    <t>https://www.imanor.gov.ma/Norme/nm-14-2-300/#</t>
+  </si>
+  <si>
     <t>Energy Labeling of Electrical Products and Household Appliances: Requirements for Air Conditioners (NM 14.2.302)</t>
   </si>
   <si>
+    <t>This policy specifies the energy efficiency and labeling requirements for air conditioners.</t>
+  </si>
+  <si>
     <t>Space Heating and Space Cooling, Air Conditioning</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-labeling-electrical-products-and-household-appliances-requirements-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.imanor.gov.ma/Norme/nm-14-2-302/</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Computers Version 8.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Computer and one of the following Product Type definitions are eligible for ENERGY STAR certification: Desktop Computers and Integrated Desktop Computers; Notebook Computers; Slates/Tablets; Portable All-In-One Computers; Workstations; and Thin Clients.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*, Japan, Taiwan of China, Switzerland</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Computers, Rev. March-2016</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-computers-version-80</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/computers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Displays Version 8.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Display and are powered directly from AC mains; an External Power Supply; or Standard DC are eligible for ENERGY STAR certification. Typical products that would be eligible for certification under this specification include: Monitors; Signage Displays; and Signage Displays and Monitors with Plug-in Modules.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*, Japan, Taiwan of China</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Determining Display Energy Rev. Sep-2015; ICDM Information Display Measurements Standard Version 1.03; CTA-2037-A; VESA High performance Monitor and Display Compliance Test Specification (DisplayHDR CTS) Version 1.0</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-displays-version-80</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/displays/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Imaging Equipment Version 3.1</t>
   </si>
   <si>
+    <t>Commercially-available products that meet one of the Imaging Equipment definitions in Section 1.A of the policy document and are capable of being powered from (1) a wall outlet, (2) a data or network connection, or (3) both a wall outlet and a data or network connection, are eligible for ENERGY STAR qualification, with the exception of products listed in Section 2.2.</t>
+  </si>
+  <si>
     <t>ENERGY STAR Imaging Equipment Test Method, Rev. Sep-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-imaging-equipment-version-31</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/imaging_equipment/partners</t>
+  </si>
+  <si>
     <t>ES 6087:2017 Requirements for plug - and - play DC solar home system kit</t>
   </si>
   <si>
+    <t>This Ethiopian Standard specifies requirements for performance, safety and durability for plug – and – play type DC Solar Home Systems Kit that have the peak power rating above 10 and up to 350W.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/es-60872017-requirements-plug-and-play-dc-solar-home-system-kit</t>
   </si>
   <si>
+    <t>http://www.et.undp.org/content/dam/ethiopia/docs/Ethiopia%20Final%20-%20ES%206087-2017%20Requirements%20for%20DC%20Solar%20Home%20System%20Kit.pdf</t>
+  </si>
+  <si>
     <t>Ethiopian standard for pico-solar and SHS kits</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.
+No policy link available.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ethiopian-standard-pico-solar-and-shs-kits</t>
   </si>
   <si>
     <t>Fans - Taiwan</t>
   </si>
   <si>
+    <t>MEPS Requirements: The testing standards are referenced to CNS 2450; CNS 2061; CNS 597 and CNS 547 or approved methods and conditions by Energy Commission</t>
+  </si>
+  <si>
     <t>CNS 2061 CNS 2450 CNS 547 CNS 597</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/fans-taiwan</t>
   </si>
   <si>
     <t>FDNIS ECOSTAND 071-1:2017EE: Minimum Energy Performance Standards Part 1: Refrigerating products</t>
   </si>
   <si>
     <t>Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>IEC 62552-1:2015, IEC 62552-2:2015, IEC 62552-3:2015, IEC 60335-1:2010+AMD1:2013, IEC 60335-2-24:2010+AMD1:2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/fdnis-ecostand-071-12017ee-minimum-energy-performance-standards-part-1-refrigerating</t>
   </si>
   <si>
     <t>FDNIS ECOSTAND 071-2:2017EE: Minimum Energy Performance Standards Part 2: Air conditioning products</t>
   </si>
   <si>
+    <t>This standard covers requirements for domestic and commercial air conditioning products such as: (1) portable AC; (2) unitary AC; (3) split AC, and (4) centralised AC system, which are single or double ducts, mobile or others; manufactured, assembled, imported or sold in any of the ECOWAS countries. Descriptions and illustrations of these products are available in Appendix 1. This standard covers equipment up to 20kW. It covers appliances designed to be plugged on the electric grid, it excludes appliances not powered by alternate current that use non-electric energys ources.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/fdnis-ecostand-071-22017ee-minimum-energy-performance-standards-part-2-air-conditioning</t>
   </si>
   <si>
+    <t>http://son.gov.ng/son-introduces-national-energy-efficiency-label-for-air-conditioners-electrical-appliances-and-equipment</t>
+  </si>
+  <si>
     <t>Fluorescent lamp Ballast Efficiency Factor</t>
   </si>
   <si>
+    <t>This standard program is regulated by CNS 1375. Fluorescent lamp Ballast includes conventional ballast and electronic ballast.</t>
+  </si>
+  <si>
     <t>CNS 1375 CNS 691</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/fluorescent-lamp-ballast-efficiency-factor</t>
   </si>
   <si>
     <t>Fluorescent tubes</t>
   </si>
   <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/fluorescent-tubes</t>
   </si>
   <si>
     <t>Gas Boilers - Taiwan</t>
   </si>
   <si>
+    <t>The Efficiency Standard is applicable to steam boilers with oil or gas firing but not for through-flow boilers.</t>
+  </si>
+  <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>CNS 2141</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gas-boilers-taiwan</t>
   </si>
   <si>
     <t>Oil</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gas-boilers-taiwan-0</t>
   </si>
   <si>
     <t>GN 11/2017: Energy Efficiency (Labelling of Regulated Machinery) Regulations 2017 - amended by GN No. 137 of 2018</t>
   </si>
   <si>
+    <t>This regulation covers the labeling requirements for household refrigerating appliances, household electric ovens, and household dishwashers. The Mauritian label is similar to the EU one. Dealers have to register their appliances with the Energy Efficiency Management Office and affix the energy label on the appliances before putting them on display for sale.</t>
+  </si>
+  <si>
     <t>Mauritius</t>
   </si>
   <si>
     <t>Ovens, Dishwashers, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>MS 201</t>
   </si>
   <si>
     <t>Energy Efficiency Management Office</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gn-112017-energy-efficiency-labelling-regulated-machinery-regulations-2017-amended-gn-no</t>
   </si>
   <si>
+    <t>https://eemo.govmu.org/Pages/Labelling%20of%20appliances/amend_GN137_2018.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N 17 - Personal Computers -System Unit</t>
   </si>
   <si>
+    <t>Applies to system units of personal computers in the form of vertical tower; horizontal case or other forms; and are composed of CPU; motherboard; hard disk drive and memory; etc. This standard is not applicable to notebook or portable computers and tablet computers.</t>
+  </si>
+  <si>
     <t>US ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n-17-personal-computers-system-unit</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/17/e19298ec-6a4e-40e7-a2cb-2872bc37097a.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N 59 - Notebook Computers</t>
   </si>
   <si>
+    <t>Applies to notebook or portable computers. It shall be capable of entering a low power-consumption mode; sleep-mode; and off-mode automatically after a certain period of inactivity. The power consumption at the sleep-mode and off-mode shall be less than 5 watts and 2 watts; respectively.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n-59-notebook-computers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/59/e0a5a9f1-755a-45a6-910c-3bc3767cc2e0.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N 66 - Desktop Personal Computers</t>
   </si>
   <si>
+    <t>Applies to personal computers for use in permanent locations which are composed of computer main or system unit; display; keyboard and mouse; and includes products sold as packaged computer systems or integrated computers. The product shall have the energy saving modes enabled as default setting when shipped to the consumers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n-66-desktop-personal-computers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/66/0837c613-47c0-482e-b191-6cd5adfff7ba.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N100 - Transformers</t>
   </si>
   <si>
+    <t>This standard is applicable to transformers which meet the definition of CNS 598.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n100-transformers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/100/c3ecfab5-9241-4a1a-85b4-11a738852739.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N101 - Electric Storage Tank Water Heaters</t>
   </si>
   <si>
+    <t>This standard is applicable to the electric storage tank water heaters which meet the definition of CNS 11010. The thermal insulation material for the products water storage tank shall be non-combustible material. For the products surface coating material; its content of cadmium; lead; hexavalent chromium; and mercury shall be below the regulatory limits.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n101-electric-storage-tank-water-heaters</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/101/28941bbd-ace3-4a3b-acb0-b017cdd091cd.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N102 - Electric Cookers</t>
   </si>
   <si>
+    <t>This standard is applicable to the electric cookers which meet the definition of CNS 2518.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n102-electric-cookers</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/102/20181362-65c6-4169-ac8e-83a9e68578d5.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N107 - Exit Signs and Emergency Directional Lights</t>
   </si>
   <si>
+    <t>This standard is applicable to the exit signs and emergency directional lights which meet the definition of CNS 10207. The product shall be disassemble.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n107-exit-signs-and-emergency-directional-lights</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/107/361d4ceb-4e59-4a66-bec0-ac69176e48b4.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N108 - Gas Stoves</t>
   </si>
   <si>
+    <t>gas stoves as defined in CNS 13604 on Gas Cooking Appliances.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n108-gas-stoves</t>
   </si>
   <si>
     <t>Greenmark N111 - Electric Storage Tank Boiling Water Heaters</t>
   </si>
   <si>
+    <t>This standard is applicable to the electric storage tank boiling water heaters which meet the definition of CNS 12623. The product shall be equipped with a consumer-controllable timer switch.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n111-electric-storage-tank-boiling-water-heaters</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/111/5a75e4a3-8288-41e6-9257-63a0550f446f.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N126 - Electric Kettles</t>
   </si>
   <si>
+    <t>This standard is applicable to electric kettles which meet the definition of CNS 15548.</t>
+  </si>
+  <si>
     <t>Electric Kettles</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n126-electric-kettles</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/126/7ab784a7-239c-4e83-86c5-ca7331a47b72.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N127 - Hand Dryers</t>
   </si>
   <si>
+    <t>This standard is applicable to both touch-activated and sensor-activated hand dryers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n127-hand-dryers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/127/41814663-9fa3-4e41-ae02-901cef0d0809.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N129 - LED Lamps</t>
   </si>
   <si>
+    <t>This standard is applicable to self-ballasted light-emitting diode -LED lamps; or light bulbs; which meet the definitions of CNS 15436; CNS 15630; and CNS 14115. The product shall be a non-directional LED lamp which meets the nominal frequency of 60 Hz and rated single-phase AC voltage of greater than 50 volts and less than 300 volts. Cap type LED light bulbs are limited to those with B caps and E caps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n129-led-lamps</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/129/9ba52939-5b56-4b97-aa5d-a9a7b5b52f3e.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N131 - Range Hoods</t>
   </si>
   <si>
+    <t>This standard is applicable to range hoods which meet the definition of CNS 3805.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n131-range-hoods</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/131/3287c4fc-6816-4ef9-ba60-17a5ca19b988.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N132 - Air-Source Heat Pump Water Heaters</t>
   </si>
   <si>
+    <t>This standard is applicable to air source heat pump water heaters which meet the definition of CNS 15466.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n132-air-source-heat-pump-water-heaters</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/132/b9664474-5775-4ba5-93b0-a35808d064d8.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N140 - External Hard Drive</t>
   </si>
   <si>
+    <t>This standard is applicable to external hard drives contained in the disk enclosures.</t>
+  </si>
+  <si>
     <t>Hard-Drives</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n140-external-hard-drive</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/140/0411b7aa-6d99-4a59-973e-49db51ff292c.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N141 - Uninterruptible Power Supply Systems</t>
   </si>
   <si>
+    <t>This standard is applicable to the uninterruptible power supply systems as defined in CNS 14843-1 and CNS 14843-2.</t>
+  </si>
+  <si>
     <t>Uninterruptable Power Supply</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n141-uninterruptible-power-supply-systems</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/141/0e5d3b89-12e8-40de-b8d2-5ee476cb445d.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N145 - Electric Ovens</t>
   </si>
   <si>
+    <t>This standard is applicable to the electric ovens which meet the definition of CNS 3693.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n145-electric-ovens</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/145/9257cb4f-a32b-44b8-b546-a9ba04596840.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N146 - Electric Paper Shredders</t>
   </si>
   <si>
+    <t>applicable to the electric paper shredders</t>
+  </si>
+  <si>
     <t>Paper Shredders</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n146-electric-paper-shredders</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/146/8bd92ccf-9b17-46da-8ee3-cb3320d43963.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N147 - Electric Coffeemakers</t>
   </si>
   <si>
+    <t>This standard applies to electric coffeemakers, which can be automatic coffeemakers, espresso machines, drip brewers, or single-serve/capsule coffeemakers.</t>
+  </si>
+  <si>
     <t>Coffee Machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n147-electric-coffeemakers</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/150/6399582e-f7bd-4133-a927-0a94536a96a9.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N150 - Vacuum Cleaners</t>
   </si>
   <si>
+    <t>This standard is applicable to the vacuum cleaners which use the household AC power including both corded and cordless products.</t>
+  </si>
+  <si>
     <t>Vacuum Cleaners</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n150-vacuum-cleaners</t>
   </si>
   <si>
     <t>Greenmark N153 - Light Emitting Diode Display Panels</t>
   </si>
   <si>
+    <t>This standard is applicable to products which meet the definition of CNS 13091 and CNS 14555 and their associated indoor products.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n153-light-emitting-diode-display-panels</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/153/7c68e26b-531c-449b-b0f6-57d5de763473.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N18 - Displays</t>
   </si>
   <si>
+    <t>This standard is applicable to the displays</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n18-displays</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/18/af2050e9-6959-450b-b294-dfb62c7fda69.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N19 - Printers</t>
   </si>
   <si>
+    <t>Laser and Inkjet Printers; Dot-matrix Printers</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n19-printers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/19/a2927784-929d-45e1-bd21-b2c2985afe95.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N22 - Energy Saving Fluorescent Lamps</t>
   </si>
   <si>
+    <t>Products shall meet the definition of CNS 14576 for compact fluorescent lamps or the definition of CNS 14125 for fluorescent lamps with embedded ballasts. Product characteristics: - The products energy efficiency shall meet the Energy Efficiency and Labeling Requirements for Compact Fluorescent Lamps or the Energy Efficiency and Labeling Requirements for Fluorescent Lamps with Embedded Ballasts of the Energy Labeling Program Bureau of Energy Ministry of Economic Affairs. - The products average Color Rendering Index -CRI; shall be equal to or greater than 80. - The products 1000-hr lumen maintenance ratio shall be greater than 90 percent. - The products content of mercury shall be below the regulatory limit.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n22-energy-saving-fluorescent-lamps</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/22/9e3cecb0-7cf3-4a18-9de0-1b0bfd83e70b.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N23 - Clothes Washers</t>
   </si>
   <si>
+    <t>Clothes Washers which meet the definition of CNS 14979. It does not include products which only have the water removal or cloth drying functions. This standard is applicable to the following types of products: Top-load or upright type: Products as defined in Sections 3.1.2, 3.1.4 or 3.1.5 of CNS 14979, including those involving jet stream; stirring; scrolling or whirlpool movements for cleaning purpose. Front-load or drum type: Products as defined in Section 3.1.3 of CNS 14979.</t>
+  </si>
+  <si>
     <t>CNS 14979</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n23-clothes-washers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/23/98ef8d44-0194-4dcb-874d-618683e90536.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N28 - Refrigerators</t>
   </si>
   <si>
+    <t>Applies to freezers and refrigerators which meet the definition of CNS 2062: This standard applies to household and similar use of refrigerators and freezers; the device in the combination of equipment in the cabinet; including compression type refrigerating machine and storage room.</t>
+  </si>
+  <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>CNS 2062-00 CNS 9577-89</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n28-refrigerators</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/28/ab231874-a045-48a6-9b62-e516e6c98127.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N29 - Air Conditioners</t>
   </si>
   <si>
+    <t>Applies to the non-ducted air conditioners which meet the definition of CNS 3615. This standard is applicable to both the integrated and split-type air conditioners.</t>
+  </si>
+  <si>
     <t>CNS 3615-2013 CNS 7183 CNS 14464</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n29-air-conditioners</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/29/e9a201dc-b4bf-48d1-8e8a-a839581e22c8.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N42 - Fluorescent Lamps Tubes</t>
   </si>
   <si>
+    <t>This standard is applicable to the preheat-type fluorescent lamps or tubes which meet the definition of CNS 691 and excludes the compact fluorescent lamps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n42-fluorescent-lamps-tubes</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/42/0b942ae7-ba35-45af-8945-4a1ae0e9fdb7.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N45 - Monochromatic Copy Machines</t>
   </si>
   <si>
+    <t>Applies to carbon powder toner machines</t>
+  </si>
+  <si>
     <t>Requirements for energy consumption are described in the standard Greenmark N45</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n45-monochromatic-copy-machines</t>
   </si>
   <si>
     <t>Greenmark N48 - Dehumidifier</t>
   </si>
   <si>
+    <t>This standard is applicable to the dehumidifiers which meet the definition of CNS 12492</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n48-dehumidifier</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/48/b1c13332-4241-4dea-9d4d-ed8f54f3e75c.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N51 - Outdoor Gas-fired Instantaneous Water Heaters</t>
   </si>
   <si>
+    <t>This standard is applicable to the gas-fired instantaneous water heaters which are installed outdoors and meet the definition of CNS 13603.    i. Products using liquefied gas in tank container shall have built-in or be equipped with non-adjustable gas pressure control device.     ii. The product shall use the automatic ignition system; i.e. a pilot light shall not be used when the product is in stand-by mode.    iii. The product users shall be offered product safety liability insurance coverage.    iiii. The product and its manufacturing process shall not use substances promulgated by the Taiwan Environmental Protection Administration as toxic substances or substances controlled by the Montreal Protocol.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n51-outdoor-gas-fired-instantaneous-water-heaters</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/51/b1172255-be4e-4bdc-9bcb-6d11ca544678.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N52 - Microwave Ovens</t>
   </si>
   <si>
+    <t>Applies to microwave ovens for household use</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n52-microwave-ovens</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/52/8328d357-ae60-4932-89c2-e28dd5cc58ed.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N54 - Natural-Convection Solar Water Heater</t>
   </si>
   <si>
+    <t>Applies to solar water heaters operating based on natural convection principle; including both the direct and indirect heating types.   -Based on the test conditions and method stated in the latest version of the Chinese National Standard the product shall have a measured energy efficiency equals to or greater than 55 percent;    -For the indirect-heating type product the heating medium and insulation material and their manufacturing process shall not contain or use substances promulgated and controlled by the Environmental Protection Administration of the Executive Yuan.    In addition the heating medium shall not contain halogenated organic compounds and the insulation material shall not contain substances controlled by the Montreal Protocol.</t>
+  </si>
+  <si>
     <t>Chinese National Standard, the product shall have a measured energy efficiency equals to or greater than 55%</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n54-natural-convection-solar-water-heater</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/green-life/file/CriteriaNoPDF/54.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N59 - Notebook Computers</t>
   </si>
   <si>
+    <t>This standard is applicable to notebook|portable computers and tablet computers</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n59-notebook-computers</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/59/507f82a6-34dd-4670-b472-a766445b1685.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N60 - Televisions</t>
   </si>
   <si>
+    <t>Applies to television sets. The backlight module or unit of the products display panel shall not use mercury-containing lamps. The product shall be disassemble.</t>
+  </si>
+  <si>
     <t>CNS 14466</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n60-televisions</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/60/160f6010-15b0-462d-aa1c-76ce4601ab35.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N66 - Desktop Personal Computers</t>
   </si>
   <si>
+    <t>This standard is applicable to personal computers for use in permanent locations which are composed of computer main|system unit; display; keyboard and mouse; and include products sold as packaged computer systems or integrated computers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n66-desktop-personal-computers</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/66/0837c613-47c0-482e-b191-6cd5adfff7ba.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N69 - Hand-held Hair Dryers</t>
   </si>
   <si>
+    <t>This standard is applicable to hand-held hair dryers  which meet the definition of CNS 3714: applies to portable electric blower is equipped with electric heaters in the hair dryer comes with a set of wind machine or whole hair accessories to beautify hair group apply to this standard. During use the products noise emission shall be less than the regulatory limit. The products measured electromagnetic interference shall be less than the regulatory limit. The product shall be disassemble.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n69-hand-held-hair-dryers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/69/087ec305-7bdc-468f-9751-576fe608fc30.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N7 - Thermal insulation materials for building</t>
   </si>
   <si>
+    <t>This standard is applicable to thermal insulation materials  used in the buildings wall; roof; floor and ceiling applications.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n7-thermal-insulation-materials-building</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife//uploadfiles/Criteria/7/f7bafa8f-c4da-4aea-a425-c14e8ece04da.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N70 - Electric Clothes Dryers</t>
   </si>
   <si>
+    <t>This standard is applicable to the electric clothes dryers; which meet the definition of CNS 4673</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n70-electric-clothes-dryers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/70/bf405016-8728-4836-b440-0948958ef7ec.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N72 - Induction Cookers</t>
   </si>
   <si>
+    <t>This standard applies to induction cookers which meet the requirements of CNS12339.</t>
+  </si>
+  <si>
     <t>CNS13803</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n72-induction-cookers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/Eng/Criteriax_Detail.aspx?Serial=70</t>
+  </si>
+  <si>
     <t>Greenmark N75 - Dry Type Transformers</t>
   </si>
   <si>
+    <t>This standard is applicable to cast-resin dry type transformers which meet the definition of CNS 13390.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n75-dry-type-transformers</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/75/8efacf7e-0cf7-4c2c-bb17-1ef125ec37e7.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N77 - Unfired Building Materials Made from Recycled Materials</t>
   </si>
   <si>
+    <t>This standard is applicable to unfired building materials made from recycled materials.</t>
+  </si>
+  <si>
     <t>Insulations</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n77-unfired-building-materials-made-recycled-materials</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/77/24539dcf-2b6e-49fe-a2a7-aaf8881eec17.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N78 - Image Output Devices</t>
   </si>
   <si>
+    <t>This standard is applicable to facsimile machines; copiers; and multifunction devices.    1. Facsimile -Fax Machine: A product whose primary functions are to scan paper originals for electronic transmission to remote units, and to receive electronic transmissions for conversion to paper output. Electronic transmission is primarily over a public telephone system, but may also be via a computer network or the Internet.    2. Copier: A product whose sole function is to produce paper duplicates from paper originals.   3. Multifunction Device -MFD: A product that performs two or more of the core functions of a Printer; Scanner; Copier; or Fax Machine.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n78-image-output-devices</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/78/ed90e8ff-2f8c-4f35-8385-bde4eba11953.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N81 - Fans</t>
   </si>
   <si>
+    <t>Applies to the five types of fans specified in the five respective CNS standards: table-top and wall-hanging fans; ceiling fans; floor-standing fans; floor fans; and automatic oscillating ceiling fans.</t>
+  </si>
+  <si>
     <t>CNS 547</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n81-fans</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/81/cab018ef-810e-4809-a57a-c05e4ff4373c.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N82 - Portable Projectors</t>
   </si>
   <si>
+    <t>Applies to portable projectors. The products power consumption during the stand-by mode shall be less than 5 watts. The product shall be disassemblable</t>
+  </si>
+  <si>
     <t>Projectors</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n82-portable-projectors</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/82/b0422f35-1bf1-45d1-b0fc-6eb99cb8f243.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N87 - Water dispensers</t>
   </si>
   <si>
+    <t>This standard is applicable to water dispensers which meet the definition of CNS 13516. Product types:    1. Chilled-warm-hot water dispensers: products which dispense chilled; warm; and hot water.     2. Warm-hot water fountains: products which only dispense warm and hot water</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n87-water-dispensers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/87/190fe105-4e4d-4c84-a549-3422f4412469.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N88 - Scanners</t>
   </si>
   <si>
+    <t>This standard is applicable to scanners; excluding multi-function devices with scanning capabilities; network scanners; or scanners not directly powered by electricity from the wall outlets.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n88-scanners</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/88/398369f2-9d5f-47dd-a41b-1ab919c2cafd.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N91 - Water fountains</t>
   </si>
   <si>
+    <t>This standard is applicable to water fountains which meet the definition of CNS 3910. Product types:    1. Chilled-warm-hot water fountains: products which dispense chilled; warm; and hot water.    2. Warm-hot water fountains: products which only dispense warm and hot water.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n91-water-fountains</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/91/9538f24f-74ad-4582-94a3-0dc387ee1cf5.pdf</t>
+  </si>
+  <si>
     <t>GS IEC 62257-9-8:2020, Renewable energy and hybrid systems for rural electrification - Part 9-8: Integrated systems - Requirements for stand-alone renewable energy products with power ratings less than or equal to 350 W</t>
   </si>
   <si>
+    <t>Quality standards for standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>July 2022</t>
   </si>
   <si>
     <t>Ghana Standards Authority</t>
   </si>
   <si>
     <t>Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gs-iec-62257-9-82020-renewable-energy-and-hybrid-systems-rural-electrification-part-9-8</t>
   </si>
   <si>
+    <t>http://services.gsa.gov.gh/standards/standards.php?sno=GS%20IEC%20TS%2062257-9-8:2020</t>
+  </si>
+  <si>
     <t>Incandescent light bulb energy consumption efficiency standards</t>
   </si>
   <si>
+    <t>The minimum energy efficiency requirements apply to the products within the scope of CNS 298 Incandescent lamp bulbs for general lighting service; CNS 11006 Small lamp bulbs for household use and CNS 5513. Traffic signal lamps with which rated lamp wattage equal to or higher than 25W.</t>
+  </si>
+  <si>
     <t>CNS 298 CNS 11006 CNS 5513 CNS 3891</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/incandescent-light-bulb-energy-consumption-efficiency-standards</t>
   </si>
   <si>
     <t>KS 2446-1:2013 Self ballasted lamps for general lighting services Part 1: Minimum energy performance standards requirements</t>
   </si>
   <si>
+    <t>This standard specifies minimum energy performance standards requirements and related attributes for self ballasted compact fluorescent lamps -CFLs.</t>
+  </si>
+  <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>KS 2446-2:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ks-2446-12013-self-ballasted-lamps-general-lighting-services-part-1-minimum-energy</t>
   </si>
   <si>
+    <t>http://www.puntofocal.gov.ar/notific_otros_miembros/ken358_t.pdf</t>
+  </si>
+  <si>
     <t>KS 2447-1:2013 Performance of electrical lighting equipment- Ballasts for fluorescent lamps Part 1: Energy labeling and minimum energy performance standards requirements</t>
   </si>
   <si>
+    <t>Specifies requirements for the classsification of ballasts for a range of fluorescent lamp types according to their energy efficiency index</t>
+  </si>
+  <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>KS 2447-2:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ks-2447-12013-performance-electrical-lighting-equipment-ballasts-fluorescent-lamps-part-1</t>
   </si>
   <si>
+    <t>https://webstore.kebs.org/index.php?route=product/product&amp;product_id=10054&amp;search=ballast</t>
+  </si>
+  <si>
     <t>KS 2448-1:2013 Double-capped flourescent lamps-performance specification-minimum energy performance standards</t>
   </si>
   <si>
+    <t>This standard specifies MEPS requirements for double-capped; FD1 and FDH2; tubular lamps with a nominal length of 550 mm to 1500 mm and having nominal wattage of 16 watts or more that are within the scope of IEC 60081.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ks-2448-12013-double-capped-flourescent-lamps-performance-specification-minimum-energy</t>
   </si>
   <si>
+    <t>https://webstore.kebs.org/index.php?route=product/product&amp;product_id=10039</t>
+  </si>
+  <si>
     <t>KS 2463:2019 Non-ducted air conditioners - Testing and rating performance</t>
   </si>
   <si>
+    <t>This standard specifies the standard conditions on which the ratings of single-package and split-system non-ducted air conditioners employing air cooled condensers are based and the test methods to be applied for determination of the various ratings.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ks-24632019-non-ducted-air-conditioners-testing-and-rating-performance</t>
   </si>
   <si>
+    <t>https://webstore.kebs.org/index.php?route=product/product&amp;product_id=15545</t>
+  </si>
+  <si>
     <t>KS IEC/TS 62257-9-8:2020 Requirements for stand-alone renewable products with power ratings less than or equal to 350 W</t>
   </si>
   <si>
+    <t>This standard applies to off-grid lighting appliances or kits that can be installed by a typical user without employing a technician. The kits are generally comprised of a light source (LED, CFL, or other), a rechargeable energy storage device (usually a battery), an energy generation device or source (PV module, dynamo, AC grid, unregulated DC input, or other), and internal electronics. Lighting appliances or kits with PV modules larger than 10 W (peak power under standard test conditions) are excluded from the scope of this standard.</t>
+  </si>
+  <si>
     <t>KS IEC/TS 62257-9-5</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ks-iects-62257-9-82020-requirements-stand-alone-renewable-products-power-ratings-less-or</t>
   </si>
   <si>
+    <t>https://webstore.kebs.org/index.php?route=product/product&amp;product_id=16444&amp;search=-9-8</t>
+  </si>
+  <si>
     <t>L.I 2353 Efficiency standards and labelling-Light emitting diode and self ballasted fluorescent lamps</t>
   </si>
   <si>
+    <t>These regulations apply to enforcement of standards for minimum energy efficiency of self ballasted fluorescent lamps and LED. The regulations also include the labelling of these two products</t>
+  </si>
+  <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2353-efficiency-standards-and-labelling-light-emitting-diode-and-self-ballasted</t>
   </si>
   <si>
+    <t>http://www.energycom.gov.gh/files/Efficiency%20Standards%20LI%202353.pdf</t>
+  </si>
+  <si>
     <t>L.I 2441 Energy Commission (Energy Efficiency Standards and Labeling) (Refrigerating Appliances) Regulations,2022</t>
   </si>
   <si>
+    <t>These regulations apply to electric mains-operated refrigerating appliances with a volume of not less than ten litres and not more than one thousand five hundred litres, manufactured in the country or imported into the country for sale or use.</t>
+  </si>
+  <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2441-energy-commission-energy-efficiency-standards-and-labeling-refrigerating</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>L.I 2442 Energy Commission (Energy Efficiency Standards and Labeling) (Prohibition of manufacture, importation and sale of Incandescent filament lamp) Regulations,2022</t>
   </si>
   <si>
+    <t>These regulations apply to a manufacturer or importer of an incandescent filament lamp.</t>
+  </si>
+  <si>
     <t>Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2442-energy-commission-energy-efficiency-standards-and-labeling-prohibition-manufacture</t>
   </si>
   <si>
     <t>L.I. 1815 Energy Efficiency Standards and Labelling Regulations - Non-ducted Air Conditioners and Self-ballasted Fluorescent Lamps</t>
   </si>
   <si>
+    <t>These Regulations apply to non-ducted air conditioners or self-ballasted fluorescent lamps manufactured in Ghana or imported for use in Ghana.</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>GS 324:2003</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-1815-energy-efficiency-standards-and-labelling-regulations-non-ducted-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.energycom.gov.gh/files/LI_1815.pdf</t>
+  </si>
+  <si>
     <t>L.I. 1958 Energy Efficiency Standards and Labelling - Household Refrigerating Appliances</t>
   </si>
   <si>
+    <t>These Regulations apply to electric mains operated appliances manufactured in Ghana or imported for use in this country. These Regulations do not apply to the rating plate or its equivalent affixed for safety purposes to an appliance; or an appliance which is designed to use an energy source other than electricity; or an appliance manufactured in this country for export. For the purpose of this regulation; appliance means a refrigerator; a frozen food storage cabinet; a food freezer or their combination.</t>
+  </si>
+  <si>
     <t>GS IEC 62552: 2007</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-1958-energy-efficiency-standards-and-labelling-household-refrigerating-appliances</t>
   </si>
   <si>
+    <t>http://www.energycom.gov.gh/files/LI1958.pdf</t>
+  </si>
+  <si>
     <t>Law 2004-72 and Decree 2004-2145; Amended by Law 2009-07</t>
   </si>
   <si>
+    <t>In the framework of the ENPI CBC programmes, including a privileged instrument of cooperation for the institutional capacity-building of ENPI countries, Tunisia decided to largely harmonize the product categories and label efficiency thresholds with those in place in the EU. Since September 2004, Tunisian law requires the display of an EU-style energy label for refrigerators, freezers, and refrigerator-freezers (with eight classes, the top one representing the recently added EU A+ and A++ classes) in a bilingual version (French and Arabic, and the numbers 1-8 indicating classes instead of letters). From January 2010 onwards, the lowest three energy classes (6,7 and 8) have been banned from the Tunisian market, followed in January 2011 7 with the banning of classes 5 and  January 2012 class 4 has been likewise banned from the Tunisian market.</t>
+  </si>
+  <si>
+    <t>EN 153</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/law-2004-72-and-decree-2004-2145-amended-law-2009-07</t>
+  </si>
+  <si>
+    <t>http://www.rcreee.org/sites/default/files/tunisia_ee_fact_sheet_print.pdf</t>
+  </si>
+  <si>
+    <t>This policy covers cooling appliances: refrigerators and air conditioners. It requires the use of an EU-style energy label (with eight classes, the top one representing the recently added EU A+ and A++ classes) in a bilingual version (French and Arabic, and the numbers 1-8 indicating classes instead of letters) on refrigerators.</t>
+  </si>
+  <si>
     <t>Air Conditioning, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
-    <t>EN 153</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/law-2004-72-and-decree-2004-2145-amended-law-2009-07-0</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/law-2004-72-and-decree-2004-2145-amended-law-2009-07</t>
+    <t>https://rise.esmap.org/data/files/library/tunisia/Energy%20Efficiency/Tunisia_Decree%20N%C2%B02004-2144%20Energy%20auditing%20-%20Fr.pdf</t>
   </si>
   <si>
     <t>Law 2009-07</t>
   </si>
   <si>
+    <t>Air conditioners with a power consumption below 12 kW , Since September 2004, Tunisian law requires the display of an EU-style energy label (with eight classes, the top one representing the recently added EU A+ and A++ classes) in a bilingual version (French and Arabic, and the numbers 1-8 indicating classes instead of letters). From July 2006  onwards, the lowest two energy classes (7 and 8) have been banned from the Tunisian market, followed in July 2007  with the banning of classes 5 and 6, from April 2009 class 4 has been likewise banned from the Tunisian market</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/law-2009-07</t>
+  </si>
+  <si>
+    <t>http://www.profiscal.com/newfisaf/loi/loi_2009-7_af.pdf</t>
+  </si>
+  <si>
+    <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
+  </si>
+  <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/law-2009-07-0</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/law-2009-07</t>
-[...1 lines deleted...]
-  <si>
     <t>LI 2443 Energy Commission Clothes Washing Machines Regulations</t>
   </si>
   <si>
+    <t>This policy includes energy efficiency standards and labeling guidelines for clothes washing machines in Ghana.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2443-energy-commission-clothes-washing-machines-regulations</t>
   </si>
   <si>
     <t>LI 2444 Energy Commission Energy Efficiency Standards and Labelling Industrial Fans Regulations</t>
   </si>
   <si>
+    <t>Minimum energy performance regulations and labelling guidelines for industrial fans with an electrical input power between 0.125 - 500 kW or integrated in other energy-related products manufactured in the country or imported into the country for display, sale, or use.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2444-energy-commission-energy-efficiency-standards-and-labelling-industrial-fans</t>
   </si>
   <si>
     <t>LI 2445 Energy Commission (Energy Efficiency Standards and Labelling) (Rice Cookers) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply a rice cooker manufactured in the country or imported into the country for display, sale, or use that has a rated power not exceeding two thousand watts, voltage not exceeding two hundred and fifty volts, and volume not exceeding ten litres.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2445-energy-commission-energy-efficiency-standards-and-labelling-rice-cookers</t>
   </si>
   <si>
     <t>LI 2446 Energy Commission (Energy Efficiency Standards and Labelling) (Computers) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to a computer, manufactured in the country or imported into the country for display, sale or use as a desktop computer, notebook computer, a workstation, or a computer server.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2446-energy-commission-energy-efficiency-standards-and-labelling-computers-regulations</t>
   </si>
   <si>
     <t>LI 2447 Energy Commission (Energy Efficiency Standards and Labelling) (Set-Top Boxes) Regulations, 2022</t>
   </si>
   <si>
+    <t>Minimum energy performance standard and labelling guidelines for set-top boxes. These regulations apply to set-top boxes manufactured in the country or imported into the country for display, sale or use, with the ability to be powered directly from the mains alternating current for use as either a simple set-top box, or a complex set-top box.</t>
+  </si>
+  <si>
     <t>Televisions, Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>May 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2447-energy-commission-energy-efficiency-standards-and-labelling-set-top-boxes</t>
   </si>
   <si>
     <t>LI 2448 Energy Commission (Energy Efficiency Standards and Labelling) (Ventilating Fans) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to a ventilating fan or unit with an individual fan electric power input of less than 125 W manufactured in the country or imported into the country for display, sale or use.</t>
+  </si>
+  <si>
     <t>Space Heating and Space Cooling, Ventilation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2448-energy-commission-energy-efficiency-standards-and-labelling-ventilating-fans</t>
   </si>
   <si>
     <t>LI 2450 Energy Commission (Energy Efficiency Standards and Labelling) (Microwave Ovens) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to an electric mains-operated microwave oven, manufactured in the country or imported into the country for display, sale or use. These regulations do not apply to microwave ovens which cannot accept a load with a diameter equal or greater than 200mm or heigh of 120mm.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2450-energy-commission-energy-efficiency-standards-and-labelling-microwave-ovens</t>
   </si>
   <si>
     <t>LI 2451 Energy Commission (Energy Efficiency Standards and Labelling) (Storage Water Heaters) Regulations, 20</t>
   </si>
   <si>
+    <t>These regulations apply to an electric storage water heater with a storage volume of not more than 500 litres, an electric instantaneous water heater, and a water heater with rated power not exceeding 70kW.</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2451-energy-commission-energy-efficiency-standards-and-labelling-storage-water-heaters</t>
   </si>
   <si>
     <t>LI 2452 Renewable Energy (Standards and Labelling) (Renewable Energy Batteries) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to a renewable energy battery manufactured in the country or imported into the country for display, sale, or use, irrespective of size, method of charge or energy system design of the renewable energy battery.</t>
+  </si>
+  <si>
     <t>Battery Chargers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2452-renewable-energy-standards-and-labelling-renewable-energy-batteries-regulations</t>
   </si>
   <si>
     <t>LI 2453 Energy Commission (Energy Efficiency Standards and Labelling) (Public Lighting) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to a lamp or luminaire manufactured in the country or imported into the country for the purpose of public lighting services, for display, sale or use in the country. These regulations do not apply to a lamp or luminaire other than an electric mains-operated lamp or luminaire.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2453-energy-commission-energy-efficiency-standards-and-labelling-public-lighting</t>
   </si>
   <si>
     <t>LI 2454 Renewable Energy (Standards and Labelling) (Improved Biomass Cookstoves) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to an improved biomass cookstoves, manufactured in the country or imported into the country for sale, display or use as a domestic cookstove, or an institutional cookstove that uses solid biomass fuels including wood, charcoal, briquette, or pellet.</t>
+  </si>
+  <si>
     <t>Cookstoves</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2454-renewable-energy-standards-and-labelling-improved-biomass-cookstoves-regulations</t>
   </si>
   <si>
     <t>LI 2455 Energy Commission (Energy Efficiency Standards and Labelling) (Television Sets) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to a television set or monitor, manufactured in the country or imported into the country for display, sale or use. These regulations do not apply to a rating plate or the equivalent of a rating plate, a digital display and signage, and or non-electric mains operated television or monitor.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2455-energy-commission-energy-efficiency-standards-and-labelling-television-sets</t>
   </si>
   <si>
     <t>LI 2456 Energy Commission (Energy Efficiency Standards and Labelling) (Electric Motors) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to an induction motor whether sold separately or partly integrated in other products that has 2,4,6, or 8 poles; has a rated voltage that's more than 50 V but less than 1000 V; has a rated power output of 0.12 kW up to 1000 kW; is rated to operate at a frequency of 50 Hz; is rated on the basis of continuous duty operation, and; is rated for direct on-line operation.</t>
+  </si>
+  <si>
     <t>3-Phase Motors, 1-Phase Motors</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2456-energy-commission-energy-efficiency-standards-and-labelling-electric-motors</t>
   </si>
   <si>
     <t>LI 2457 Energy Commission (Energy Efficiency Standards and Labelling) (Electric Kettles) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to kettles with a water capacity not exceeding 2.5 litres, manufactured in the country or imported into the country for display, sale or use.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2457-energy-commission-energy-efficiency-standards-and-labelling-electric-kettles</t>
   </si>
   <si>
     <t>LI 2458 Energy Commission (Energy Efficiency Standards and Labelling) (Air conditioners) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to an air conditioning product, manufactured in the country or imported into the country for display, sale or use. These regulations apply to a single-phase and three-phase AC, multi-split outdoor unit and single split outdoor unit that has a rated full capacity of 65kW or less and is designed for human comfort.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2458-energy-commission-energy-efficiency-standards-and-labelling-air-conditioners</t>
   </si>
   <si>
     <t>LI 2459 Energy Commission (Energy Efficiency Standards and Labelling) (Distribution Transformers) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to a distributor transformer manufactured in the country or imported to the country for display, sale or use.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2459-energy-commission-energy-efficiency-standards-and-labelling-distribution</t>
   </si>
   <si>
     <t>LI 2460 Energy Commission (Energy Efficiency Standards and Labelling) (Comfort Fans) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to comfort fans with an electric power input not exceeding 125W, manufactured in the country or imported into the country for display, sale, or use.</t>
+  </si>
+  <si>
     <t>Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2460-energy-commission-energy-efficiency-standards-and-labelling-comfort-fans</t>
   </si>
   <si>
     <t>LI 2461 Renewable Energy (Standards and Labelling) (Inverters) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to an inverter intended for use in a stand-alone energy system or utility-interactive energy system where the output of the inverter is a stable alternating current of constant frequency; and a single-phase inverter or 3-phase inverter intended for use in a stand alone energy system or utility interactive energy system intended to be operated in parallel with an electric power system to supply power to common loads manufactured in the country or imported into the country for display, sale or use.</t>
+  </si>
+  <si>
     <t>Solar Inverters</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2461-renewable-energy-standards-and-labelling-inverters-regulations-2022</t>
   </si>
   <si>
     <t>Low-voltage single-phase inductive motor energy efficiency ratio standards</t>
   </si>
   <si>
+    <t>Low-voltage single-phase inductive motor</t>
+  </si>
+  <si>
     <t>1-Phase Motors</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/low-voltage-single-phase-inductive-motor-energy-efficiency-ratio-standards</t>
   </si>
   <si>
     <t>LS IEC 62257-9-8: 2020</t>
   </si>
   <si>
     <t>Liberia</t>
   </si>
   <si>
     <t>Renewable Energy Systems, Solar Energy Kits</t>
   </si>
   <si>
     <t>June 2022</t>
   </si>
   <si>
     <t>National Standards Laboratory of Liberia</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/node/1799</t>
   </si>
   <si>
+    <t>https://www.iec.ch/dyn/www/f?p=103:36:202048646803578::::FSP_ORG_ID,FSP_LANG_ID:20060,25</t>
+  </si>
+  <si>
     <t>Malawi standard for pico-solar and SHS kits (IEC TS 62257-9-5)</t>
   </si>
   <si>
     <t>Malawi</t>
   </si>
   <si>
     <t>November 2023</t>
   </si>
   <si>
     <t>Malawi Bureau of Standards (MBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/malawi-standard-pico-solar-and-shs-kits-iec-ts-62257-9-5</t>
   </si>
   <si>
+    <t>https://www.iec.ch/dyn/www/f?p=103:36:112914829377027::::FSP_ORG_ID,FSP_LANG_ID:1090,25</t>
+  </si>
+  <si>
     <t>Malawi standard for pico-solar and SHS kits (IEC TS 62257-9-8)</t>
   </si>
   <si>
     <t>MS IEC TS 62257-9-8</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/malawi-standard-pico-solar-and-shs-kits-iec-ts-62257-9-8</t>
   </si>
   <si>
+    <t>https://nam10.safelinks.protection.outlook.com/?url=https%3A%2F%2Fwww.iec.ch%2Fdyn%2Fwww%2Ff%3Fp%3D103%3A36%3A112914829377027%3A%3A%3A%3AFSP_ORG_ID%2CFSP_LANG_ID%3A1090%2C25&amp;data=05%7C01%7Clboucher%40clasp.ngo%7C991380eb2ddc4597b0bd08dbd6ffa68d%7C893cf7999fee4d2a8d71655b7b1e53d2%7C0%7C0%7C638340165728696357%7CUnknown%7CTWFpbGZsb3d8eyJWIjoiMC4wLjAwMDAiLCJQIjoiV2luMzIiLCJBTiI6Ik1haWwiLCJXVCI6Mn0%3D%7C3000%7C%7C%7C&amp;sdata=BRfwqZ8YWSBCwfEf9yfxjELTLNVh5Efnf5BHKmWv9cw%3D&amp;reserved=0</t>
+  </si>
+  <si>
     <t>MEPS - Dehumidifier</t>
   </si>
   <si>
+    <t>The EF is limited to dehumidifiers with electric power not higher than 1000W at the present stage.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-dehumidifier-0</t>
   </si>
   <si>
     <t>MEPS and Labeling Scheme for Refrigerators</t>
   </si>
   <si>
+    <t>Namibian standards are similar to South African standards (SANS 941 and VC 9008).</t>
+  </si>
+  <si>
     <t>Namibia</t>
   </si>
   <si>
     <t>SANS 941</t>
   </si>
   <si>
     <t>Ministry of Mines and Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-scheme-refrigerators</t>
   </si>
   <si>
+    <t>https://www.ctc-n.org/system/files/dossier/3b/country_profile_-_namibia.pdf</t>
+  </si>
+  <si>
     <t>MEPS and labeling schemes for air conditioners</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-air-conditioners</t>
   </si>
   <si>
     <t>MEPS for air conditioners</t>
   </si>
   <si>
+    <t>Air conditioners for domestic use , with a cooling capacity less than 12kW.   Air-to-water and water-water appliances are excluded</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-air-conditioners-0</t>
   </si>
   <si>
+    <t>http://www.rcreee.org/sites/default/files/algeria_ee_fact_sheet_print.pdf</t>
+  </si>
+  <si>
     <t>MEPS for lighting products</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-lighting-products</t>
   </si>
   <si>
     <t>MEPS for refrigerators, freezers and combined equipment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-refrigerators-freezers-and-combined-equipment</t>
   </si>
   <si>
     <t>MEPS for Water Chillers</t>
   </si>
   <si>
+    <t>include both air-cooled and water-cooled types; volumetric and centrifugal compressors.</t>
+  </si>
+  <si>
     <t>Chillers - Cooler Towers</t>
   </si>
   <si>
     <t>CNS 12575 CNS 12812</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-water-chillers</t>
   </si>
   <si>
     <t>Minimum energy performance standard(MEPS) and labelling for clay plate resistor based electric injera mitad</t>
   </si>
   <si>
+    <t>This Ethiopian Minimum Energy Performance Standard and label grading applies to clay plate resistor</t>
+  </si>
+  <si>
     <t>Griddles</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standardmeps-and-labelling-clay-plate-resistor-based-electric</t>
   </si>
   <si>
+    <t>http://eea.gov.et/media/attachments/LAWS%20AND%20REGUALTIONS/Energy%20laws%20and%20regualtions/4-MEPS%20INJER%20MITAD%20%20Ethiopia%20draft%2029-2-2020%20version%20final%20East%20Gate%20(4).pdf</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards for Air Compressors</t>
   </si>
   <si>
     <t>Air Compressors</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-air-compressors</t>
   </si>
   <si>
+    <t>https://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards for Air Conditioning System Chillers</t>
   </si>
   <si>
+    <t>This policy contains minimum energy performance standards for residential and commercial air conditioning system chillers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-air-conditioning-system-chillers</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Boilers</t>
   </si>
   <si>
+    <t>This policy contains minimum energy performance standards for industrial boilers.</t>
+  </si>
+  <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-boilers</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Chilled-Warm-Hot Water Fountain Machines</t>
   </si>
   <si>
+    <t>This policy contains MEPS for residential and commercial chilled/warm/hot water fountain machines.</t>
+  </si>
+  <si>
     <t>Taps or Faucets</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-chilled-warm-hot-water-fountain-machines</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Chilled/Warm/Hot Drinking Water Dispensers</t>
   </si>
   <si>
+    <t>This policy contains MEPS for residential and commercial chilled/warm/hot drinking water dispensers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-chilledwarmhot-drinking-water-dispensers</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Compact Fluorescent Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-compact-fluorescent-lamps</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Dehumidifiers</t>
   </si>
   <si>
     <t>https://www.moeaboe.gov.tw/ECW/english/home/English.aspx</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-dehumidifiers</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Ductless Air Conditioners</t>
   </si>
   <si>
     <t>Air Conditioning</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-ductless-air-conditioners</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Electric Hot Water Pots</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-electric-hot-water-pots</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Electric Storage Water Heaters</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-electric-storage-water-heaters</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This policy contains minimum energy performance standards for fluorescent lamps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-fluorescent-lamps</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Fluorescent Light Ballasts</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-fluorescent-light-ballasts</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Incandescent Lightbulbs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-incandescent-lightbulbs</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for LED Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-led-lamps</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Low-Voltage Single-Phase Inductive Motors</t>
   </si>
   <si>
+    <t>This policy specifies minimum energy performance standards for low-voltage single-phase inductive industrial motors.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-low-voltage-single-phase-inductive-motors</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Low-Voltage Three-Phase Squirrel-Cage Induction Motors</t>
   </si>
   <si>
+    <t>This policy contains minimum energy performance standards for industrial low-voltage three-phase squirrel-cage induction motors.</t>
+  </si>
+  <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-low-voltage-three-phase-squirrel-cage-induction</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Refrigerator/Freezer</t>
   </si>
   <si>
+    <t>This policy specifies minimum energy performance standards for residential and commercial refrigerators/freezers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-refrigeratorfreezer</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Rice Cookers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-rice-cookers</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Self-Ballasted Fluorescent Lamps</t>
   </si>
   <si>
     <t>Non-Directional lamps, Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-self-ballasted-fluorescent-lamps</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Warm/Hot Drinking Water Dispensers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-warmhot-drinking-water-dispensers</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Water Dispensers Supplied by Packaged Drinking Water</t>
   </si>
   <si>
+    <t>This policy contains MEPS for residential and commercial water dispensers supplied by packaged drinking water.</t>
+  </si>
+  <si>
     <t>Water Fixtures</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-water-dispensers-supplied-packaged-drinking-water</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Window/Box-Type Air Conditioners</t>
   </si>
   <si>
+    <t>This policy contains minimum energy performance standards for residential and commercial window/box-type air conditioners.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-windowbox-type-air-conditioners</t>
   </si>
   <si>
     <t>Ministerial Guidelines on Minimum Standard Requirements for Solar Home Systems</t>
   </si>
   <si>
+    <t>Covers stand-alone photovoltaic power systems; defines the minimum service level energy requirements for an off-grid solar home system; cover the corresponding minimum requirements for the off-grid solar home system accessories such as Lamps, Cables, Batteries, Solar Photovoltaic Panel, Charge controller, installation requirements and other accessories required for off-grid solar home system installation to ensure safety of end users and quality of the system as well as quality of service.</t>
+  </si>
+  <si>
     <t>Rwanda</t>
   </si>
   <si>
     <t>Rwanda Ministry of Infrastructure</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-guidelines-minimum-standard-requirements-solar-home-systems</t>
   </si>
   <si>
+    <t>https://www.mininfra.gov.rw/fileadmin/user_upload/Mininfra/Documents/Energy_Docs/Ministerial_Guidelines_on_minimum_requirements_for_solar_home_systems.pdf</t>
+  </si>
+  <si>
     <t>MS : 208 : 2012 Energy efficiency and labelling requirements-Television</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for Television</t>
+  </si>
+  <si>
     <t>MS 208</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-208-2012-energy-efficiency-and-labelling-requirements-television</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-682/</t>
+  </si>
+  <si>
     <t>MS : 210 : 2015 Energy efficiency and labelling requirements-vacuum cleaners</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for Vacuum cleaners</t>
+  </si>
+  <si>
     <t>MS 210</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-210-2015-energy-efficiency-and-labelling-requirements-vacuum-cleaners</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-683/</t>
+  </si>
+  <si>
     <t>MS :200:2013 Energy efficiency and labelling requirements -household air conditioner</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for household air conditioner</t>
+  </si>
+  <si>
     <t>MS 200</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-2002013-energy-efficiency-and-labelling-requirements-household-air-conditioner</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-675/</t>
+  </si>
+  <si>
     <t>MS :203:2014 Energy efficiency and labelling requirements -Electric lamps and luminaires</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for electric lamps and luminaires</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Indoor Luminaires</t>
   </si>
   <si>
     <t>MS 203</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-2032014-energy-efficiency-and-labelling-requirements-electric-lamps-and-luminaires</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-678/</t>
+  </si>
+  <si>
     <t>MS: 201:2012 Energy efficiency and labelling requirement-Household refrigerating appliances</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for household refrigerating applliances</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-2012012-energy-efficiency-and-labelling-requirement-household-refrigerating-appliances</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-676/</t>
+  </si>
+  <si>
     <t>MS: 204:2015 Energy efficiency and labelling requirement-Domestic Ovens and Range hoods</t>
   </si>
   <si>
     <t>MS 204</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-2042015-energy-efficiency-and-labelling-requirement-domestic-ovens-and-range-hoods</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-679/</t>
+  </si>
+  <si>
     <t>MS: 205:2011 Energy efficiency and labelling requirement-Household electric dishwasher</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for dishwasher</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>MS 205</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-2052011-energy-efficiency-and-labelling-requirement-household-electric-dishwasher</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-680/</t>
+  </si>
+  <si>
     <t>MS: 207: 2013 Energy efficiency and labelling requirements-Household Tumble driers</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for household tumble driers</t>
+  </si>
+  <si>
     <t>MS 207</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-207-2013-energy-efficiency-and-labelling-requirements-household-tumble-driers</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-681/</t>
+  </si>
+  <si>
     <t>Nigerian MEPS and Energy Label Guide</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/nigerian-meps-and-energy-label-guide</t>
+    <t>The Nigerian Energy Label Guide label for ACs is a comparative label that helps consumers to know the level of efficiency of Acs in the market</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Central ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nigerian-meps-and-energy-label-guide-0</t>
   </si>
   <si>
     <t>NIS 1209-1:2024 Minimum Energy Performance Standard - Lighting - Part 2: Luminaires</t>
+  </si>
+  <si>
+    <t>This standard specifies the minimum energy performance standard (MEPS), functional performance and energy labelling requirements for luminaires, including both indoor and outdoor / streetlight luminaires, such as indoor ambient luminaires, linear batten luminaires, linear troffer luminaire, downlight luminaires, high-bay luminaires, low-bay luminaires and planer (or plane) luminaires.</t>
   </si>
   <si>
     <t>Africa, Nigeria</t>
   </si>
   <si>
     <t>May 2025</t>
   </si>
   <si>
     <t>NIS IEC 62722-2-1
 ,   
                     NIS IEC 62722-2 series
 ,   
                     NIS IEC 61000-4-11; NIS IEC 61000-4-5
 ,   
                     NIS IEC 61000-4-7; NIS IEC 61000-3-2
 ,   
                     NIS IEC 61643-11
 ,   
                     IES LM-79 CIE S 025
 ,   
                     NIS IEC TR 61547-1
 ,   
                     NIS IEC TR 63158
 ,   
                     NIS CISPR 15
 ,   
                     NIS IEC 61547</t>
   </si>
   <si>
     <t>Standards Council of Nigeria</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nis-1209-12024-minimum-energy-performance-standard-lighting-part-2-luminaires</t>
   </si>
   <si>
+    <t>https://library.son.gov.ng/?g=elect&amp;s=5&amp;t=groups-opac</t>
+  </si>
+  <si>
+    <t>NIS ECOSTAND 072:2018EE - Nigerian Energy Label Guide label for ACs</t>
+  </si>
+  <si>
+    <t>NIS ECOSTAND 072:2018EE - The Nigerian Energy Label Guide label for ACs is a comparative label that helps consumers to know the level of efficiency of refrigerators in the market.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/nis-ecostand-0722018ee-nigerian-energy-label-guide-label-acs</t>
+  </si>
+  <si>
     <t>NIS IEC 62717:2015, LED modules for general lighting – Performance requirements</t>
+  </si>
+  <si>
+    <t>Specifies the performance requirements for LED modules, together with the test methods and conditions, required to show compliance with this standard.</t>
   </si>
   <si>
     <t>Lighting</t>
   </si>
   <si>
     <t>IEC 60050-845:1987, International Electrotechnical Vocabulary – Chapter 845: Lighting
 ,   
                     IEC 60068-2-14, Environmental testing – Part 2-14: Tests – Test N: Change of temperature
 ,   
                     IEC 60068-3-5:2001, Environmental testing – Part 3-5: Supporting documentation and
 guidance – Confirmation of the performance of temperature chambers
 ,   
                     IEC 60081, Double-capped fluorescent lamps – Performance specifications
 ,   
                     IEC 61000-3-2:2005, Electromagnetic compatibility (EMC) – Part 3-2: Limits – Limits for
 harmonic current emissions (equipment input current ≤ 16 A per phase)
 IEC 61000-3-2:2005/AMD 1:2008
 IEC 61000-3-2:2005/AMD 2:2009
 ,   
                     IEC 61000-4-7, Electromagnetic compatibility (EMC) – Part 4-7: Testing and measurement techniques – General guide on harmonics and interharmonics measurements and instrumentation, for power supply systems and equipment connected thereto
 ,   
                     IEC TR 61341, Method of measurement of centre beam intensity and beam angle(s) of
 reflector lamps
 ,   
                     IEC 61347-2-13, Lamp controlgear – Part 2-13: Particular requirements for d.c. or a.c.
 supplied electronic controlgear for LED modules
 ,   
                     IEC 62031:2008, LED modules for general lighting – Safety specifications
 ,   
                     IEC 62504, General lighting – Light emitting diode (LED) products and related equipment –Terms and definitions
 ,   
                     CIE 13.3:1995, Method of measuring and specifying colour rendering properties of light
 sources
 ,   
                     CIE 177:2007, Colour rendering of white LED light sources
 ,   
                     CIE S 025/E:2015, Test Method for LED Lamps, LED Luminaires and LED Modules
 ,   
                     ANSI/IES LM-80-15, Approved Method: Measuring Luminous Flux and Color Maintenance of LED Packages, Arrays and Modules</t>
   </si>
   <si>
     <t>Standards Organization of Nigeria (SON)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nis-iec-627172015-led-modules-general-lighting-performance-requirements</t>
   </si>
   <si>
+    <t>https://standards.lawnigeria.com/2018/08/31/standards-of-nigeria/</t>
+  </si>
+  <si>
     <t>NMG 202-1 National quality standards for pico-PV products</t>
   </si>
   <si>
+    <t>The quality standard is harmonized with IEC TS 62257-9-8, covering pico-PV products up to 10Wp.</t>
+  </si>
+  <si>
     <t>Madagascar</t>
   </si>
   <si>
     <t>Bureau des Normes de Madagascar (BNM)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nmg-202-1-national-quality-standards-pico-pv-products</t>
   </si>
   <si>
+    <t>https://www.lightingafrica.org/country/madagascar/</t>
+  </si>
+  <si>
     <t>NMG 202-2 National quality standards for SHS kits</t>
   </si>
   <si>
+    <t>The quality standard is harmonized with IEC TS 62257-9-8, covering off-grid solar products 10-350Wp.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nmg-202-2-national-quality-standards-shs-kits</t>
   </si>
   <si>
     <t>Quality standards for stand-alone renewable energy products with power ratings less than or equal to 350 W</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.
+The source links to a publication from ACE-TAF stating that that the standard was adopted in 2020.</t>
+  </si>
+  <si>
     <t>Sierra Leone</t>
   </si>
   <si>
     <t>Sierra Leone Standards Bureau (SLSB)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/quality-standards-stand-alone-renewable-energy-products-power-ratings-less-or-equal-350-w</t>
   </si>
   <si>
+    <t>https://sun-connect-news.org/fileadmin/DATEIEN/Dateien/New/Stand-Alone-Solar-SAS-Market-Update-Sierra-Leone.pdf</t>
+  </si>
+  <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp
+No policy link available.</t>
+  </si>
+  <si>
     <t>Zimbabwe</t>
   </si>
   <si>
     <t>Standards Association of Zimbabwe (SAZ)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/quality-standards-stand-alone-renewable-energy-products-power-ratings-less-or-equal-350-0</t>
   </si>
   <si>
     <t>RACs Packaged Terminal - Taiwan</t>
   </si>
   <si>
+    <t>Window or box-type Room Air Conditioners of both Air Cooled and Water Cooled types</t>
+  </si>
+  <si>
     <t>CNS 14464 CNS 7183 CNS 3615-95</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/racs-packaged-terminal-taiwan</t>
   </si>
   <si>
     <t>RACs Split - Taiwan</t>
   </si>
   <si>
+    <t>Product Scope and related MEPS Requirements based on testing standards CNS 3615 CNS 14464 and CNS 7183</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/racs-split-taiwan</t>
   </si>
   <si>
     <t>RACs Window MEPS</t>
   </si>
   <si>
+    <t>EER of No-duct RAC should be in accordance with No-Duct Air Conditioner and Heat Pump Testing Standard in CNS 14464. The ratio of total cooling capacity to effective input power under T1 standard testing condition should no be smaller than the values in the above table and must be more than 95 percent of the labeled value. Only products that the capacity is less than 70kW will be tested.</t>
+  </si>
+  <si>
     <t>CNS 3615-95 CNS 7183 CNS 14464</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/racs-window-meps</t>
   </si>
   <si>
     <t>Refrigerator MEPS</t>
   </si>
   <si>
+    <t>Refigerators</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/refrigerator-meps</t>
   </si>
   <si>
     <t>Refrigerators-Freezers - Taiwan</t>
   </si>
   <si>
     <t>Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/refrigerators-freezers-taiwan</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/refrigerators-freezers-taiwan-0</t>
   </si>
   <si>
     <t>Regulations, methods, and inspection measures of energy consumption standards and energy efficiency grade labeling for ice-warm-hot drinking water machines</t>
   </si>
   <si>
+    <t>The ice-warm-hot drinking water machine set in this announcement covers goods in compliance with Clause 13516 of Chinese National Standards; which are subjected to inspection by the Bureau of Standards Metrology and Inspection</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulations-methods-and-inspection-measures-energy-consumption-standards-and-energy-0</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/gen/law/upt.aspx?pageno=0&amp;key=&amp;PDID=0&amp;lang=2&amp;uid=0&amp;cid=10&amp;con=1&amp;year=&amp;month=&amp;day=&amp;p0=40</t>
+  </si>
+  <si>
     <t>Regulations, methods, and inspection measures of energy consumption standards and energy efficiency grade labeling for warm-hot drinking water machines</t>
   </si>
   <si>
+    <t>The warm-hot drinking water machine -Machine- set in this announcement covers goods in compliance with Clause 13516 of Chinese National Standards; which are subjected to inspection by the Bureau of Standards Metrology and Inspection</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulations-methods-and-inspection-measures-energy-consumption-standards-and-energy</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/gen/law/upt.aspx?pageno=0&amp;key=&amp;PDID=0&amp;lang=2&amp;uid=0&amp;cid=10&amp;con=1&amp;year=&amp;month=&amp;day=&amp;p0=39</t>
+  </si>
+  <si>
     <t>Requirements on Energy Efficiency and the Inspection of Low-Voltage Three-Phase Squirrel-Cage Induction Motors --including as a component of the specified equipment</t>
   </si>
   <si>
+    <t>The low-voltage three-phase squirrel-cage induction motor set in this announcement covers goods in compliance with Clause 14400 of Chinese National Standards; with a rated output power from 0.75kW|1HP to 200kW|270HP or which are subjected to inspection by the Central Competent Authority.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/requirements-energy-efficiency-and-inspection-low-voltage-three-phase-squirrel-cage</t>
   </si>
   <si>
+    <t>https://meps.energylabel.org.tw/_upload/gen/law/7/file1/Requirements%20on%20Energy%20Efficiency%20and%20the%20Inspection%20of%20Low-Voltage%20Three-Phase%20Squirrel-Cage%20Induction%20Motors%20(including%20as%20a%20component%20of%20the%20specified%20equip</t>
+  </si>
+  <si>
     <t>Requirements on the Minimal Energy Performance Standard and Energy Efficiency Rating Labeling and Inspection of Electric Storage Tank Water Heaters</t>
   </si>
   <si>
+    <t>The electric storage tank water heaters -products- denoted in this Announcement are those meeting the definition of electric storage tank water heater in CNS 11010; and promulgated by the Bureau of Standards; Metrology and Inspection of the Ministry of Economic Affairs as products requiring inspection.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/requirements-minimal-energy-performance-standard-and-energy-efficiency-rating-labeling-and</t>
   </si>
   <si>
     <t>Requirements on the Minimal Energy Performance Standard and Energy Efficiency Rating Labeling and Inspection of Ice-warm-hot --IWH-- water dispenser</t>
   </si>
   <si>
+    <t>The IWH water dispensers of this regulation are those compliant with CNS3910 and contained in list of products requiring inspection by the Bureau of Standards Metrology and Inspection</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/requirements-minimal-energy-performance-standard-and-energy-efficiency-rating-labeling-0</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/gen/law/upt.aspx?pageno=0&amp;key=&amp;PDID=0&amp;lang=2&amp;uid=0&amp;cid=10&amp;con=1&amp;year=&amp;month=&amp;day=&amp;p0=44</t>
+  </si>
+  <si>
     <t>Requirements on the Minimal Energy Performance Standard and Energy Efficiency Rating Labeling and Inspection of Warm-hot --WH--water dispenser</t>
   </si>
   <si>
+    <t>The WH water dispensers of this regulation are those compliant with CNS3910 and contained in list of products requiring inspection by the Bureau of Standards Metrology and Inspection</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/requirements-minimal-energy-performance-standard-and-energy-efficiency-rating-labeling-1</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/gen/law/upt.aspx?pageno=0&amp;key=&amp;PDID=0&amp;lang=2&amp;uid=0&amp;cid=10&amp;con=1&amp;year=&amp;month=&amp;day=&amp;p0=45</t>
+  </si>
+  <si>
     <t>Revised Refrigerator power consumption standard and power efficiency grade labeling method and inspection method regulation</t>
   </si>
   <si>
+    <t>The refrigerators of this regulation are those compliant with CNS 2062 and contained in list of products requiring inspection by the Bureau of Standards Metrology and Inspection</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/revised-refrigerator-power-consumption-standard-and-power-efficiency-grade-labeling-method</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/_outweb/gen/law/upt.asp?pageno=1&amp;uid=0&amp;con=&amp;cid=0&amp;year=&amp;month=&amp;day=&amp;key=&amp;lang=0&amp;PDID=0&amp;p0=49</t>
+  </si>
+  <si>
     <t>Revisions to Requirements on Labeling and Inspection of Energy Consumption and Energy Efficiency Rating for Dehumidifier Products</t>
   </si>
   <si>
+    <t>The dehumidifiers meeting the definition of dehumidifiers as defined in CNS 12492 and promulgated by the Bureau of Standards Metrology and Inspection of the Ministry of Economic Affairs as products requiring inspection before marketing.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/revisions-requirements-labeling-and-inspection-energy-consumption-and-energy-efficiency-3</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/_outweb/gen/law/upt.asp?pageno=&amp;uid=0&amp;con=&amp;cid=0&amp;year=&amp;month=&amp;day=&amp;key=&amp;lang=&amp;PDID=&amp;p0=31</t>
+  </si>
+  <si>
     <t>Revisions to Requirements on Labeling and Inspection of Energy Consumption and Energy Efficiency Rating for Instantaneous Gas Water Heaters</t>
   </si>
   <si>
+    <t>The instantaneous gas water heaters meeting the definition of instantaneous gas water heater in CNS 13603; and promulgated by the Bureau of Standards; Metrology and Inspection of the Ministry of Economic Affairs as products requiring inspection.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/revisions-requirements-labeling-and-inspection-energy-consumption-and-energy-efficiency-0</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/_outweb/gen/law/upt.asp?pageno=&amp;uid=0&amp;con=&amp;cid=0&amp;year=&amp;month=&amp;day=&amp;key=&amp;lang=&amp;PDID=&amp;p0=27</t>
+  </si>
+  <si>
     <t>Revisions to Requirements on Labeling and Inspection of Energy Consumption and Energy Efficiency Rating for Non-conducted air conditioner Products</t>
   </si>
   <si>
+    <t>non-conducted air conditioner -Machine- set in this announcement covers goods in compliance with Clause 3615 and 14464 of Chinese National Standards and with rated air conditioning capacity less than or equal to 71kW which are subjected to inspection by the Bureau of Standards Metrology and Inspection</t>
+  </si>
+  <si>
     <t>Central ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/revisions-requirements-labeling-and-inspection-energy-consumption-and-energy-efficiency</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/gen/law/upt.aspx?pageno=0&amp;key=&amp;PDID=0&amp;lang=2&amp;uid=0&amp;cid=10&amp;con=1&amp;year=&amp;month=&amp;day=&amp;p0=38</t>
+  </si>
+  <si>
     <t>Revisions to Requirements on Labeling and Inspection of Energy Consumption and Energy Efficiency Rating for Refrigerator|Freezer Products</t>
   </si>
   <si>
+    <t>The refrigerators and freezers their combinations including compression type refrigerating machine and storage room meeting the definition of refrigerator-freezers as defined in CNS 2062 and promulgated by the Bureau of Standards Metrology and Inspection  of the Ministry of Economic Affairs  as products requiring inspection before marketing.</t>
+  </si>
+  <si>
     <t>CNS 2062-2000 CNS 9577-89</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/revisions-requirements-labeling-and-inspection-energy-consumption-and-energy-efficiency-2</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/_outweb/gen/law/upt.asp?pageno=&amp;uid=0&amp;con=&amp;cid=0&amp;year=&amp;month=&amp;day=&amp;key=&amp;lang=&amp;PDID=&amp;p0=30</t>
+  </si>
+  <si>
     <t>Revisions to Requirements on Labeling and Inspection of Energy Consumption and Energy Efficiency Rating for Room Air Conditioners</t>
   </si>
   <si>
+    <t>The window or wall-type and box-type room air conditioners meeting the definition of air conditioners as defined in CNS 3615 and CNS 14464 and promulgated by the Bureau of Standards Metrology and Inspection  of the Ministry of Economic Affairs  as products requiring inspection before marketing.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/revisions-requirements-labeling-and-inspection-energy-consumption-and-energy-efficiency-1</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/_outweb/gen/law/upt.asp?pageno=&amp;uid=0&amp;con=&amp;cid=0&amp;year=&amp;month=&amp;day=&amp;key=&amp;lang=&amp;PDID=&amp;p0=29</t>
+  </si>
+  <si>
     <t>Revisions to Requirements on Minimum Energy Performance Standard Energy Efficiency Indication and Inspection for Fluorescent Lamps</t>
   </si>
   <si>
+    <t>The fluorescent lamps denoted in this draft are those meeting the definition of CNS 691 Fluorescent lamps- for general lighting service;  general color rendering index Ra not larger than 95 and promulgated by the Bureau of Standards; Metrology and Inspection of the Ministry of Economic Affairs as products requiring inspection before marketing.</t>
+  </si>
+  <si>
     <t>CNS 691</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/revisions-requirements-minimum-energy-performance-standard-energy-efficiency-indication</t>
   </si>
   <si>
+    <t>https://meps.energylabel.org.tw/_outweb/gen/law/upt.asp?p0=9</t>
+  </si>
+  <si>
     <t>Self-Ballast Fluorescent Lamps</t>
   </si>
   <si>
+    <t>The testing of Luminous efficiency lm per W; should be in accordance with the Self-ballast Florescent lamp test method provided in CNS 14125. Testing result of the Luminous efficiency F should not be lower than the standard value provided in above table; and has to be more than 95 percent of the labeled value.</t>
+  </si>
+  <si>
     <t>CNS 10839 CNS 3936 CNS 691 CNS 14125 US ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/self-ballast-fluorescent-lamps</t>
   </si>
   <si>
     <t>Senegalese quality standard for pico-solar products and SHS kits</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp. Products meeting this standard qualify for VAT exemption; Upon adoption of the standard, all products must meet mandatory requirements.</t>
+  </si>
+  <si>
     <t>Senegal</t>
   </si>
   <si>
     <t>Senegal Standards Association (ASN)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/senegalese-quality-standard-pico-solar-products-and-shs-kits</t>
   </si>
   <si>
-    <t>The Energy (Appliances' Energy Performance and Labelling) Regulations, 2016</t>
+    <t>https://www.iec.ch/ords/f?p=103:36:714836314153512::::FSP_ORG_ID,FSP_LANG_ID:1113,25</t>
+  </si>
+  <si>
+    <t>The Energy Act Appliances Energy Performance and Labelling Regulations,2016</t>
+  </si>
+  <si>
+    <t>This act specifies the labeling requirements for non-ducted air conditioners, refrigerating appliances, 3 phase caged induction motors, self ballasted lamps, double capped fluorescent lamps, and ballasts for fluorescent lamps.</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Lighting Controls, 3-Phase Motors, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/energy-appliances-energy-performance-and-labelling-regulations-2016</t>
+    <t>October 2025</t>
+  </si>
+  <si>
+    <t>Energy &amp; Petroleum Regulatory Authority (EPRA)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-act-appliances-energy-performance-and-labelling-regulations2016</t>
+  </si>
+  <si>
+    <t>https://www.epra.go.ke/sites/default/files/Documents/The-Energy-Appliances-Energy-Performance-and-Labelling-Regulations-2016.pdf</t>
   </si>
   <si>
     <t>Togo standard for pico-solar and SHS kits (IEC TS 62257-9-5)</t>
   </si>
   <si>
     <t>Togo</t>
   </si>
   <si>
     <t>Agence Togolaise de Normalisation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/togo-standard-pico-solar-and-shs-kits-iec-ts-62257-9-5</t>
   </si>
   <si>
+    <t>entity:node/1349</t>
+  </si>
+  <si>
     <t>Togo standard for pico-solar and SHS kits (IEC TS 62257-9-8)</t>
   </si>
   <si>
+    <t>This policy provides baseline requirements for quality, durability, and truth in advertising to protect consumers of off-grid renewable energy products. Evaluation of these requirements is based on tests described in IEC TS 62257-9-5.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/togo-standard-pico-solar-and-shs-kits-iec-ts-62257-9-8</t>
   </si>
   <si>
     <t>TZS 1952:2016 Off-grid solar photovoltaic lighting kits - Requirements</t>
   </si>
   <si>
     <t>Tanzania</t>
   </si>
   <si>
     <t>Tanzania Bureau of Standards</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tzs-19522016-grid-solar-photovoltaic-lighting-kits-requirements</t>
   </si>
   <si>
+    <t>http://tbs.go.tz/uploads/files/LIST%20OF%20COMPULSORY%20TANZANIA%20STANDARD%20AS%20OF%20AUGUST%202020.pdf</t>
+  </si>
+  <si>
     <t>US 761: 2019, household biomass stoves requirement( 2nd edition)</t>
   </si>
   <si>
+    <t>This Uganda standard specifies the classification,technical requirements, performance requirements, safety requirements and test methods of biomass cookstoves intended for use in households. This standard is applicable to cookstoves using solid biomass</t>
+  </si>
+  <si>
     <t>Uganda</t>
   </si>
   <si>
     <t>Uganda National Bureau of Standards (UNBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us-761-2019-household-biomass-stoves-requirement-2nd-edition</t>
   </si>
   <si>
+    <t>https://unbs.go.ug/attachments/menus/27/Uganda-Standards-Catalogue-as-at-31-March-2019.pdf</t>
+  </si>
+  <si>
     <t>US 901: 2011 Non-ducted air conditioners - Testing and rating for performance</t>
   </si>
   <si>
+    <t>This Uganda Standard specifies the standard conditions on which the ratings of single-package and split-system non-ducted air conditioners employing air cooled condensers are based and the test methods to be applied for determination of the various ratings. This standard is limited to systems utilizing a single refrigeration circuit and having one evaporator and one condenser.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us-901-2011-non-ducted-air-conditioners-testing-and-rating-performance</t>
   </si>
   <si>
+    <t>https://webstore.unbs.go.ug/store.php?src=1759&amp;preview</t>
+  </si>
+  <si>
     <t>US 902:2011 Self-ballasted lamps for General Lighting Services - Performance requirements</t>
   </si>
   <si>
+    <t>This Uganda Standard specifies the performance requirements; together with the test methods and conditions required to show compliance of tubular fluorescent and other gas-discharge lamps with integrated means for controlling starting and stable operation -self-ballasted lamps; intended for domestic and similar general lighting purposes.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us-9022011-self-ballasted-lamps-general-lighting-services-performance-requirements</t>
   </si>
   <si>
+    <t>https://webstore.unbs.go.ug/store.php?src=540&amp;preview</t>
+  </si>
+  <si>
     <t>US 903-1:2011 Double-capped fluorescent lamps-performance specifications</t>
   </si>
   <si>
+    <t>This Uganda Standard specifies Minimum Energy Performance Standard (MEPS) requirements for double-capped tubular fluorescent lamps with a nominal length of 550 mm to 1500 mm and having nominal lamp wattage of 16 watts or more. This standard covers lamps for general illumination purposes, for use in luminaires and with lamp ballasts connected to a 240 V 50 Hz single phase or similar mains supply.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us-903-12011-double-capped-fluorescent-lamps-performance-specifications</t>
   </si>
   <si>
+    <t>https://webstore.unbs.go.ug/store.php?src=541&amp;preview</t>
+  </si>
+  <si>
     <t>US 904-1:2011 Performance of electrical lighting equipment-ballasts for fluorescent lamps - Part 1: Energy labeling and Minimum Energy Performance Standards requirements</t>
   </si>
   <si>
+    <t>This Uganda Standard specifies requirements for the classification of ballasts for a range of fluorescent lamp types according to their Energy Efficiency Index -EEI- and the form of labeling of the EEI; which is generally shown on the ballast rating plate</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us-904-12011-performance-electrical-lighting-equipment-ballasts-fluorescent-lamps-part-1</t>
   </si>
   <si>
+    <t>https://webstore.unbs.go.ug/store.php?src=543&amp;preview</t>
+  </si>
+  <si>
     <t>US 905-1:2011 Rotating electrical machines - General requirements - Part 1: Three phase cage induction motors - High efficiency and Minimum Energy Performance Standards requirement</t>
   </si>
   <si>
+    <t>This Uganda Standard applies to three-phase cage induction motors with ratings from 0.73 kW and up to but not including 185 kW. The scope covers motors of rated voltages up to 1100 V a.c</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us-905-12011-rotating-electrical-machines-general-requirements-part-1-three-phase-cage</t>
   </si>
   <si>
+    <t>https://webstore.unbs.go.ug/store.php?src=1760&amp;preview</t>
+  </si>
+  <si>
     <t>US IEC 62257-9-8: 2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us-iec-62257-9-8-2020</t>
   </si>
   <si>
+    <t>https://webstore.unbs.go.ug//store.php?src=4427&amp;preview</t>
+  </si>
+  <si>
     <t>US900-1-2011 Performance of household electrical appliances refrigerating appliances- Part 1 Energy labeling and MEPs requirements</t>
   </si>
   <si>
+    <t>This Uganda Standard specifies the energy labeling and Minimum Energy Performance Standard requirements for vapour compression refrigerating appliances that can be connected to mains power and which are within the scope of US 900-2. Such refrigerating appliances that are used in the commercial sector are included within the scope.</t>
+  </si>
+  <si>
     <t>US900-2:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us900-1-2011-performance-household-electrical-appliances-refrigerating-appliances-part-1</t>
   </si>
   <si>
+    <t>https://webstore.unbs.go.ug/store.php?src=539&amp;preview</t>
+  </si>
+  <si>
     <t>VC 8043 Incandescent Lamps</t>
+  </si>
+  <si>
+    <t>This compulsory specification covers the requirements for safety; performance and quality of incandescent lamps intended for domestic and general lighting service; having: A power rating up to and including 1500 W; Rated voltage up to 250 V; Caps of any type- material- shape- and finish.</t>
   </si>
   <si>
     <t>South Africa</t>
   </si>
   <si>
     <t>SANS 60064
 ,   
                     SANS 60357
 ,   
                     SANS 60432</t>
   </si>
   <si>
     <t>National Regulator for Compulsory Specification (NRCS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/vc-8043-incandescent-lamps</t>
   </si>
   <si>
+    <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%208043.pdf</t>
+  </si>
+  <si>
     <t>VC 9006 Hot Water Storage Tanks for Domestic Use</t>
   </si>
   <si>
+    <t>This specification covers the requirements for hot water storage tanks for domestic use. It includes fixed electrical storage water heaters; stand-alone water heaters and water containers with or without heat exchangers or heating jackets intended for use in solar heating and heat pump applications; and tanks used for storage of hot water only.</t>
+  </si>
+  <si>
     <t>SANS 151</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/vc-9006-hot-water-storage-tanks-domestic-use</t>
   </si>
   <si>
+    <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%209006%20Supplement.pdf</t>
+  </si>
+  <si>
     <t>VC 9008</t>
   </si>
   <si>
+    <t>This compulsory specification covers energy efficiency requirements and energy efficiency labeling of the following electrical and electronic appliances: air conditioners not exceeding 7.1KW cooling capacity, audio and video equipment including television sets (not covered by labeling), dishwashers, electric ovens, refrigerators, freezers, tumble dryers, washer dryers, and washing machines.</t>
+  </si>
+  <si>
     <t>Televisions, Set Top Boxes (STB), Ovens, Dishwashers, Clothes Dryers, Washer and Dryers, Washing Machines, Room ACs - Stationary ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>SANS 941:2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/vc-9008</t>
   </si>
   <si>
+    <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%209008%20Supplement.pdf</t>
+  </si>
+  <si>
     <t>VC 9091 Fluorescent Lamps</t>
+  </si>
+  <si>
+    <t>This compulsory specification covers the safety; efficacy performance; life and interchangeability requirements for single-capped tubular fluorescent lamps with integrated means for controlling starting and stable operation- self-ballasted lamps- and non-self-ballasted single-capped tubular fluorescent lamps; intended for general lighting purposes that have: a rated wattage up to 60W; a rated voltage of 100 to 250 V a.c.; and 2G7 2GX7 GR8 2G10 G10q GR10q GX10q GY10q 2G11 2GX11 GR14q G23 GX23 G24 GX24 GX24q G24d GX32 and Edison screw or Bayonet caps.</t>
   </si>
   <si>
     <t>Annex AA of SANS 60901; or Annex AA of SANS 60969
 ,   
                     SANS 61199
 ,   
                     SANS 60968</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/vc-9091-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%209091.pdf</t>
+  </si>
+  <si>
     <t>Voluntary Labelling of Electrical Appliances</t>
   </si>
   <si>
+    <t>The voluntary scheme covers the following electrical appliances: room air conditioners, washing machines, electric lamps, and tumble dryers.</t>
+  </si>
+  <si>
     <t>Clothes Dryers, Washing Machines, Directional Lamps, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/voluntary-labelling-electrical-appliances</t>
   </si>
   <si>
+    <t>https://eemo.govmu.org/Pages/Labelling%20of%20appliances/Voluntary_labelling.pdf#search=Voluntary%20labelling%20of%20Electrical%20Appliance</t>
+  </si>
+  <si>
     <t>ZS IEC 62257-9-8</t>
+  </si>
+  <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.
+The Standard has been gazetted but has not entered into force yet.</t>
   </si>
   <si>
     <t>Zambia</t>
   </si>
   <si>
     <t>Zambia Standards Bureau (ZABS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/zs-iec-62257-9-8</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -2971,11371 +4284,12936 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N268"/>
+  <dimension ref="A1:P268"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="259" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="259.365" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1007.325" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="202.808" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="311.353" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="566.148" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2003</v>
+      </c>
+      <c r="I2">
+        <v>2024</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
         <v>2003</v>
       </c>
-      <c r="H2">
-[...2 lines deleted...]
-      <c r="I2" t="s">
+      <c r="I3">
+        <v>2018</v>
+      </c>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>34</v>
+      </c>
+      <c r="M3" t="s">
+        <v>35</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>36</v>
+      </c>
+      <c r="P3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>38</v>
+      </c>
+      <c r="B4" t="s">
+        <v>39</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>40</v>
+      </c>
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F4" t="s">
+        <v>41</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2003</v>
+      </c>
+      <c r="I4">
+        <v>2016</v>
+      </c>
+      <c r="J4" t="s">
+        <v>33</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>42</v>
+      </c>
+      <c r="M4" t="s">
+        <v>35</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>43</v>
+      </c>
+      <c r="P4" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>45</v>
+      </c>
+      <c r="B5" t="s">
+        <v>46</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>40</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>41</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2003</v>
+      </c>
+      <c r="I5">
+        <v>2017</v>
+      </c>
+      <c r="J5" t="s">
+        <v>33</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>47</v>
+      </c>
+      <c r="M5" t="s">
+        <v>35</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>48</v>
+      </c>
+      <c r="P5" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>50</v>
+      </c>
+      <c r="B6" t="s">
+        <v>51</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>52</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>41</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2003</v>
+      </c>
+      <c r="I6">
+        <v>2018</v>
+      </c>
+      <c r="J6" t="s">
+        <v>33</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>35</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>53</v>
+      </c>
+      <c r="P6" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>55</v>
+      </c>
+      <c r="B7" t="s">
+        <v>56</v>
+      </c>
+      <c r="C7" t="s">
+        <v>57</v>
+      </c>
+      <c r="D7" t="s">
+        <v>52</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>58</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2003</v>
+      </c>
+      <c r="I7">
+        <v>2023</v>
+      </c>
+      <c r="J7" t="s">
+        <v>23</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>59</v>
+      </c>
+      <c r="M7" t="s">
+        <v>35</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>60</v>
+      </c>
+      <c r="P7" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>62</v>
+      </c>
+      <c r="B8" t="s">
+        <v>63</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>64</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G8" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...22 lines deleted...]
-      <c r="E3" t="s">
+      <c r="H8">
+        <v>2003</v>
+      </c>
+      <c r="I8">
+        <v>2006</v>
+      </c>
+      <c r="J8" t="s">
+        <v>33</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>65</v>
+      </c>
+      <c r="M8" t="s">
+        <v>35</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>66</v>
+      </c>
+      <c r="P8" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>68</v>
+      </c>
+      <c r="B9" t="s">
+        <v>69</v>
+      </c>
+      <c r="C9" t="s">
         <v>18</v>
       </c>
-      <c r="F3" t="s">
-[...5 lines deleted...]
-      <c r="H3">
+      <c r="D9" t="s">
+        <v>70</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>71</v>
+      </c>
+      <c r="H9">
+        <v>2019</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>33</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>35</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>72</v>
+      </c>
+      <c r="P9" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>74</v>
+      </c>
+      <c r="B10" t="s">
+        <v>75</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>76</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>71</v>
+      </c>
+      <c r="H10">
+        <v>2009</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>33</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>77</v>
+      </c>
+      <c r="M10" t="s">
+        <v>35</v>
+      </c>
+      <c r="N10" t="s">
+        <v>78</v>
+      </c>
+      <c r="O10" t="s">
+        <v>79</v>
+      </c>
+      <c r="P10" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>81</v>
+      </c>
+      <c r="B11" t="s">
+        <v>82</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>83</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>71</v>
+      </c>
+      <c r="H11">
+        <v>2014</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>33</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>84</v>
+      </c>
+      <c r="M11" t="s">
+        <v>35</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>85</v>
+      </c>
+      <c r="P11" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>87</v>
+      </c>
+      <c r="B12" t="s">
+        <v>88</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>89</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2008</v>
+      </c>
+      <c r="I12">
+        <v>2020</v>
+      </c>
+      <c r="J12" t="s">
+        <v>33</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>35</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>90</v>
+      </c>
+      <c r="P12" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>92</v>
+      </c>
+      <c r="B13" t="s">
+        <v>93</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>94</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>71</v>
+      </c>
+      <c r="H13">
         <v>2018</v>
       </c>
-      <c r="I3" t="s">
-[...2 lines deleted...]
-      <c r="J3" t="s">
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>33</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>35</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>95</v>
+      </c>
+      <c r="P13" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>97</v>
+      </c>
+      <c r="B14" t="s">
+        <v>98</v>
+      </c>
+      <c r="C14" t="s">
+        <v>99</v>
+      </c>
+      <c r="D14" t="s">
+        <v>100</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>41</v>
+      </c>
+      <c r="G14" t="s">
+        <v>71</v>
+      </c>
+      <c r="H14">
+        <v>2010</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>101</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>102</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>103</v>
+      </c>
+      <c r="P14" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>105</v>
+      </c>
+      <c r="B15" t="s">
+        <v>106</v>
+      </c>
+      <c r="C15" t="s">
+        <v>99</v>
+      </c>
+      <c r="D15" t="s">
+        <v>89</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>41</v>
+      </c>
+      <c r="G15" t="s">
+        <v>71</v>
+      </c>
+      <c r="H15">
+        <v>2010</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>101</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>102</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>107</v>
+      </c>
+      <c r="P15" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>109</v>
+      </c>
+      <c r="B16" t="s">
+        <v>110</v>
+      </c>
+      <c r="C16" t="s">
+        <v>99</v>
+      </c>
+      <c r="D16" t="s">
+        <v>32</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>41</v>
+      </c>
+      <c r="G16" t="s">
+        <v>71</v>
+      </c>
+      <c r="H16">
+        <v>2010</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>101</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>102</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>111</v>
+      </c>
+      <c r="P16" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>113</v>
+      </c>
+      <c r="B17" t="s">
+        <v>114</v>
+      </c>
+      <c r="C17" t="s">
+        <v>115</v>
+      </c>
+      <c r="D17" t="s">
+        <v>116</v>
+      </c>
+      <c r="E17" t="s">
+        <v>117</v>
+      </c>
+      <c r="F17" t="s">
+        <v>118</v>
+      </c>
+      <c r="G17" t="s">
+        <v>71</v>
+      </c>
+      <c r="H17">
+        <v>2009</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>119</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>120</v>
+      </c>
+      <c r="M17" t="s">
+        <v>121</v>
+      </c>
+      <c r="N17" t="s">
+        <v>122</v>
+      </c>
+      <c r="O17" t="s">
+        <v>123</v>
+      </c>
+      <c r="P17" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>125</v>
+      </c>
+      <c r="B18" t="s">
+        <v>126</v>
+      </c>
+      <c r="C18" t="s">
+        <v>127</v>
+      </c>
+      <c r="D18" t="s">
+        <v>116</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>118</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2015</v>
+      </c>
+      <c r="I18">
+        <v>2016</v>
+      </c>
+      <c r="J18" t="s">
+        <v>128</v>
+      </c>
+      <c r="K18" t="s">
+        <v>129</v>
+      </c>
+      <c r="L18" t="s">
+        <v>130</v>
+      </c>
+      <c r="M18" t="s">
+        <v>131</v>
+      </c>
+      <c r="N18" t="s">
+        <v>122</v>
+      </c>
+      <c r="O18" t="s">
+        <v>132</v>
+      </c>
+      <c r="P18" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>134</v>
+      </c>
+      <c r="B19" t="s">
+        <v>135</v>
+      </c>
+      <c r="C19" t="s">
+        <v>136</v>
+      </c>
+      <c r="D19" t="s">
+        <v>89</v>
+      </c>
+      <c r="E19" t="s">
+        <v>137</v>
+      </c>
+      <c r="F19" t="s">
         <v>21</v>
       </c>
-      <c r="K3" t="s">
-[...13 lines deleted...]
-      <c r="A4" t="s">
+      <c r="G19" t="s">
+        <v>71</v>
+      </c>
+      <c r="H19">
+        <v>2010</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>138</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>139</v>
+      </c>
+      <c r="M19" t="s">
+        <v>140</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>141</v>
+      </c>
+      <c r="P19" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>143</v>
+      </c>
+      <c r="B20" t="s">
+        <v>144</v>
+      </c>
+      <c r="C20" t="s">
+        <v>136</v>
+      </c>
+      <c r="D20" t="s">
+        <v>70</v>
+      </c>
+      <c r="E20" t="s">
+        <v>137</v>
+      </c>
+      <c r="F20" t="s">
+        <v>21</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>1989</v>
+      </c>
+      <c r="I20">
+        <v>2015</v>
+      </c>
+      <c r="J20" t="s">
+        <v>138</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>145</v>
+      </c>
+      <c r="M20" t="s">
+        <v>140</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>146</v>
+      </c>
+      <c r="P20" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>147</v>
+      </c>
+      <c r="B21" t="s">
+        <v>148</v>
+      </c>
+      <c r="C21" t="s">
+        <v>149</v>
+      </c>
+      <c r="D21" t="s">
+        <v>89</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>150</v>
+      </c>
+      <c r="G21" t="s">
+        <v>71</v>
+      </c>
+      <c r="H21">
+        <v>2013</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>33</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>151</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>152</v>
+      </c>
+      <c r="P21" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>154</v>
+      </c>
+      <c r="B22" t="s">
+        <v>155</v>
+      </c>
+      <c r="C22" t="s">
+        <v>156</v>
+      </c>
+      <c r="D22" t="s">
+        <v>157</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>41</v>
+      </c>
+      <c r="G22" t="s">
+        <v>71</v>
+      </c>
+      <c r="H22">
+        <v>2020</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>158</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>159</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>160</v>
+      </c>
+      <c r="P22" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>162</v>
+      </c>
+      <c r="B23" t="s">
+        <v>163</v>
+      </c>
+      <c r="C23" t="s">
+        <v>164</v>
+      </c>
+      <c r="D23" t="s">
+        <v>165</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>21</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2016</v>
+      </c>
+      <c r="I23">
+        <v>2019</v>
+      </c>
+      <c r="J23" t="s">
+        <v>128</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23"/>
+      <c r="M23" t="s">
+        <v>166</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>167</v>
+      </c>
+      <c r="P23" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>169</v>
+      </c>
+      <c r="B24" t="s">
+        <v>170</v>
+      </c>
+      <c r="C24" t="s">
+        <v>171</v>
+      </c>
+      <c r="D24" t="s">
+        <v>116</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>118</v>
+      </c>
+      <c r="G24" t="s">
+        <v>71</v>
+      </c>
+      <c r="H24">
+        <v>2020</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>172</v>
+      </c>
+      <c r="K24" t="s">
+        <v>129</v>
+      </c>
+      <c r="L24" t="s">
+        <v>130</v>
+      </c>
+      <c r="M24" t="s">
+        <v>173</v>
+      </c>
+      <c r="N24" t="s">
+        <v>122</v>
+      </c>
+      <c r="O24" t="s">
+        <v>174</v>
+      </c>
+      <c r="P24" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>176</v>
+      </c>
+      <c r="B25" t="s">
+        <v>177</v>
+      </c>
+      <c r="C25" t="s">
+        <v>18</v>
+      </c>
+      <c r="D25" t="s">
+        <v>178</v>
+      </c>
+      <c r="E25" t="s">
+        <v>137</v>
+      </c>
+      <c r="F25" t="s">
+        <v>21</v>
+      </c>
+      <c r="G25" t="s">
+        <v>71</v>
+      </c>
+      <c r="H25">
+        <v>2021</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>33</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25" t="s">
+        <v>179</v>
+      </c>
+      <c r="M25" t="s">
+        <v>180</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>181</v>
+      </c>
+      <c r="P25" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>183</v>
+      </c>
+      <c r="B26" t="s">
+        <v>184</v>
+      </c>
+      <c r="C26" t="s">
+        <v>185</v>
+      </c>
+      <c r="D26" t="s">
+        <v>186</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>21</v>
+      </c>
+      <c r="G26" t="s">
+        <v>71</v>
+      </c>
+      <c r="H26">
+        <v>2016</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>128</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26"/>
+      <c r="M26" t="s">
+        <v>187</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>188</v>
+      </c>
+      <c r="P26" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>190</v>
+      </c>
+      <c r="B27" t="s">
+        <v>191</v>
+      </c>
+      <c r="C27" t="s">
+        <v>185</v>
+      </c>
+      <c r="D27" t="s">
+        <v>116</v>
+      </c>
+      <c r="E27" t="s">
+        <v>117</v>
+      </c>
+      <c r="F27" t="s">
+        <v>192</v>
+      </c>
+      <c r="G27" t="s">
+        <v>71</v>
+      </c>
+      <c r="H27">
+        <v>2015</v>
+      </c>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>193</v>
+      </c>
+      <c r="K27" t="s">
+        <v>194</v>
+      </c>
+      <c r="L27" t="s">
+        <v>130</v>
+      </c>
+      <c r="M27" t="s">
+        <v>187</v>
+      </c>
+      <c r="N27" t="s">
+        <v>122</v>
+      </c>
+      <c r="O27" t="s">
+        <v>195</v>
+      </c>
+      <c r="P27" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>197</v>
+      </c>
+      <c r="B28" t="s">
+        <v>198</v>
+      </c>
+      <c r="C28" t="s">
+        <v>185</v>
+      </c>
+      <c r="D28" t="s">
         <v>32</v>
       </c>
-      <c r="B4" t="s">
-[...23 lines deleted...]
-      <c r="J4" t="s">
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
         <v>21</v>
       </c>
-      <c r="K4" t="s">
-[...34 lines deleted...]
-      <c r="H5">
+      <c r="G28" t="s">
+        <v>71</v>
+      </c>
+      <c r="H28">
         <v>2017</v>
       </c>
-      <c r="I5" t="s">
-[...2 lines deleted...]
-      <c r="J5" t="s">
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>101</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28"/>
+      <c r="M28" t="s">
+        <v>187</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>199</v>
+      </c>
+      <c r="P28"/>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>200</v>
+      </c>
+      <c r="B29" t="s">
+        <v>201</v>
+      </c>
+      <c r="C29" t="s">
+        <v>185</v>
+      </c>
+      <c r="D29" t="s">
+        <v>202</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>150</v>
+      </c>
+      <c r="G29" t="s">
+        <v>71</v>
+      </c>
+      <c r="H29">
+        <v>2017</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>101</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29" t="s">
+        <v>203</v>
+      </c>
+      <c r="M29" t="s">
+        <v>187</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>204</v>
+      </c>
+      <c r="P29"/>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>205</v>
+      </c>
+      <c r="B30" t="s">
+        <v>206</v>
+      </c>
+      <c r="C30" t="s">
+        <v>171</v>
+      </c>
+      <c r="D30" t="s">
+        <v>207</v>
+      </c>
+      <c r="E30" t="s">
+        <v>117</v>
+      </c>
+      <c r="F30" t="s">
         <v>21</v>
       </c>
-      <c r="K5" t="s">
-[...34 lines deleted...]
-      <c r="H6">
+      <c r="G30" t="s">
+        <v>71</v>
+      </c>
+      <c r="H30">
         <v>2018</v>
       </c>
-      <c r="I6" t="s">
-[...173 lines deleted...]
-      <c r="K10" t="s">
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>193</v>
+      </c>
+      <c r="K30" t="s">
+        <v>208</v>
+      </c>
+      <c r="L30" t="s">
+        <v>209</v>
+      </c>
+      <c r="M30" t="s">
+        <v>173</v>
+      </c>
+      <c r="N30" t="s">
+        <v>210</v>
+      </c>
+      <c r="O30" t="s">
+        <v>211</v>
+      </c>
+      <c r="P30" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>213</v>
+      </c>
+      <c r="B31" t="s">
+        <v>214</v>
+      </c>
+      <c r="C31" t="s">
+        <v>136</v>
+      </c>
+      <c r="D31" t="s">
+        <v>215</v>
+      </c>
+      <c r="E31" t="s">
+        <v>137</v>
+      </c>
+      <c r="F31" t="s">
         <v>58</v>
       </c>
-      <c r="L10" t="s">
-[...134 lines deleted...]
-      <c r="A14" t="s">
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
+        <v>2001</v>
+      </c>
+      <c r="I31">
+        <v>2002</v>
+      </c>
+      <c r="J31" t="s">
+        <v>138</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31" t="s">
+        <v>216</v>
+      </c>
+      <c r="M31" t="s">
+        <v>140</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>217</v>
+      </c>
+      <c r="P31" t="s">
+        <v>218</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>219</v>
+      </c>
+      <c r="B32" t="s">
+        <v>220</v>
+      </c>
+      <c r="C32" t="s">
+        <v>136</v>
+      </c>
+      <c r="D32" t="s">
+        <v>221</v>
+      </c>
+      <c r="E32" t="s">
+        <v>137</v>
+      </c>
+      <c r="F32" t="s">
+        <v>58</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>2002</v>
+      </c>
+      <c r="I32">
+        <v>2010</v>
+      </c>
+      <c r="J32" t="s">
+        <v>138</v>
+      </c>
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32" t="s">
+        <v>222</v>
+      </c>
+      <c r="M32" t="s">
+        <v>140</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>223</v>
+      </c>
+      <c r="P32" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>225</v>
+      </c>
+      <c r="B33" t="s">
+        <v>226</v>
+      </c>
+      <c r="C33" t="s">
+        <v>136</v>
+      </c>
+      <c r="D33" t="s">
+        <v>165</v>
+      </c>
+      <c r="E33" t="s">
+        <v>137</v>
+      </c>
+      <c r="F33" t="s">
+        <v>58</v>
+      </c>
+      <c r="G33" t="s">
         <v>71</v>
       </c>
-      <c r="B14" t="s">
-[...176 lines deleted...]
-      <c r="G18">
+      <c r="H33">
+        <v>1995</v>
+      </c>
+      <c r="I33"/>
+      <c r="J33" t="s">
+        <v>138</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33" t="s">
+        <v>227</v>
+      </c>
+      <c r="M33" t="s">
+        <v>140</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>228</v>
+      </c>
+      <c r="P33" t="s">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>230</v>
+      </c>
+      <c r="B34" t="s">
+        <v>231</v>
+      </c>
+      <c r="C34" t="s">
+        <v>136</v>
+      </c>
+      <c r="D34" t="s">
+        <v>94</v>
+      </c>
+      <c r="E34" t="s">
+        <v>137</v>
+      </c>
+      <c r="F34" t="s">
+        <v>58</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34">
+        <v>2002</v>
+      </c>
+      <c r="I34">
         <v>2015</v>
       </c>
-      <c r="H18">
-[...85 lines deleted...]
-      <c r="H20">
+      <c r="J34" t="s">
+        <v>138</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34" t="s">
+        <v>232</v>
+      </c>
+      <c r="M34" t="s">
+        <v>140</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>233</v>
+      </c>
+      <c r="P34" t="s">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>235</v>
+      </c>
+      <c r="B35" t="s">
+        <v>236</v>
+      </c>
+      <c r="C35" t="s">
+        <v>136</v>
+      </c>
+      <c r="D35" t="s">
+        <v>237</v>
+      </c>
+      <c r="E35" t="s">
+        <v>137</v>
+      </c>
+      <c r="F35" t="s">
+        <v>58</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
+        <v>2013</v>
+      </c>
+      <c r="I35">
         <v>2015</v>
       </c>
-      <c r="I20" t="s">
-[...231 lines deleted...]
-      <c r="C26" t="s">
+      <c r="J35" t="s">
+        <v>138</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35" t="s">
+        <v>238</v>
+      </c>
+      <c r="M35" t="s">
+        <v>140</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>239</v>
+      </c>
+      <c r="P35" t="s">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>241</v>
+      </c>
+      <c r="B36" t="s">
+        <v>242</v>
+      </c>
+      <c r="C36" t="s">
         <v>136</v>
       </c>
-      <c r="D26" t="s">
-[...19 lines deleted...]
-      <c r="L26" t="s">
+      <c r="D36" t="s">
+        <v>243</v>
+      </c>
+      <c r="E36" t="s">
         <v>137</v>
       </c>
-      <c r="M26" t="s">
-[...405 lines deleted...]
-      </c>
       <c r="F36" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2007</v>
+        <v>58</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
       </c>
       <c r="H36">
         <v>2007</v>
       </c>
-      <c r="I36" t="s">
-        <v>101</v>
+      <c r="I36">
+        <v>2007</v>
       </c>
       <c r="J36" t="s">
-        <v>21</v>
+        <v>138</v>
       </c>
       <c r="K36" t="s">
-        <v>176</v>
+        <v>24</v>
       </c>
       <c r="L36" t="s">
-        <v>103</v>
+        <v>244</v>
       </c>
       <c r="M36" t="s">
-        <v>24</v>
+        <v>140</v>
       </c>
       <c r="N36" t="s">
-        <v>177</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>245</v>
+      </c>
+      <c r="P36" t="s">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>178</v>
+        <v>247</v>
       </c>
       <c r="B37" t="s">
-        <v>99</v>
+        <v>248</v>
       </c>
       <c r="C37" t="s">
-        <v>179</v>
+        <v>136</v>
       </c>
       <c r="D37" t="s">
-        <v>100</v>
+        <v>249</v>
       </c>
       <c r="E37" t="s">
-        <v>45</v>
+        <v>137</v>
       </c>
       <c r="F37" t="s">
-        <v>54</v>
-[...1 lines deleted...]
-      <c r="G37">
+        <v>58</v>
+      </c>
+      <c r="G37" t="s">
+        <v>71</v>
+      </c>
+      <c r="H37">
         <v>2013</v>
       </c>
-      <c r="H37"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I37"/>
       <c r="J37" t="s">
-        <v>21</v>
+        <v>138</v>
       </c>
       <c r="K37" t="s">
-        <v>180</v>
+        <v>24</v>
       </c>
       <c r="L37" t="s">
-        <v>103</v>
+        <v>250</v>
       </c>
       <c r="M37" t="s">
-        <v>24</v>
+        <v>140</v>
       </c>
       <c r="N37" t="s">
-        <v>181</v>
-[...2 lines deleted...]
-    <row r="38" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>251</v>
+      </c>
+      <c r="P37" t="s">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>182</v>
+        <v>253</v>
       </c>
       <c r="B38" t="s">
-        <v>99</v>
+        <v>254</v>
       </c>
       <c r="C38" t="s">
-        <v>183</v>
+        <v>136</v>
       </c>
       <c r="D38" t="s">
-        <v>100</v>
+        <v>255</v>
       </c>
       <c r="E38" t="s">
-        <v>45</v>
+        <v>137</v>
       </c>
       <c r="F38" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G38">
+        <v>58</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
         <v>2003</v>
       </c>
-      <c r="H38">
+      <c r="I38">
         <v>2013</v>
       </c>
-      <c r="I38" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J38" t="s">
-        <v>21</v>
+        <v>138</v>
       </c>
       <c r="K38" t="s">
-        <v>184</v>
+        <v>24</v>
       </c>
       <c r="L38" t="s">
-        <v>103</v>
+        <v>256</v>
       </c>
       <c r="M38" t="s">
-        <v>24</v>
+        <v>140</v>
       </c>
       <c r="N38" t="s">
-        <v>185</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>257</v>
+      </c>
+      <c r="P38" t="s">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>186</v>
+        <v>259</v>
       </c>
       <c r="B39" t="s">
-        <v>99</v>
+        <v>260</v>
       </c>
       <c r="C39" t="s">
-        <v>187</v>
+        <v>136</v>
       </c>
       <c r="D39" t="s">
-        <v>100</v>
+        <v>261</v>
       </c>
       <c r="E39" t="s">
-        <v>45</v>
+        <v>137</v>
       </c>
       <c r="F39" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G39">
+        <v>58</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
         <v>2013</v>
       </c>
-      <c r="H39">
+      <c r="I39">
         <v>2003</v>
       </c>
-      <c r="I39" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J39" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>138</v>
+      </c>
+      <c r="K39" t="s">
+        <v>24</v>
+      </c>
+      <c r="L39"/>
       <c r="M39" t="s">
-        <v>24</v>
+        <v>140</v>
       </c>
       <c r="N39" t="s">
-        <v>188</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>262</v>
+      </c>
+      <c r="P39" t="s">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>189</v>
+        <v>264</v>
       </c>
       <c r="B40" t="s">
-        <v>99</v>
+        <v>265</v>
       </c>
       <c r="C40" t="s">
-        <v>190</v>
+        <v>136</v>
       </c>
       <c r="D40" t="s">
-        <v>100</v>
+        <v>266</v>
       </c>
       <c r="E40" t="s">
-        <v>45</v>
+        <v>137</v>
       </c>
       <c r="F40" t="s">
-        <v>54</v>
-[...1 lines deleted...]
-      <c r="G40">
+        <v>58</v>
+      </c>
+      <c r="G40" t="s">
+        <v>71</v>
+      </c>
+      <c r="H40">
         <v>2013</v>
       </c>
-      <c r="H40"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I40"/>
       <c r="J40" t="s">
-        <v>21</v>
+        <v>138</v>
       </c>
       <c r="K40" t="s">
-        <v>191</v>
+        <v>24</v>
       </c>
       <c r="L40" t="s">
-        <v>103</v>
+        <v>267</v>
       </c>
       <c r="M40" t="s">
-        <v>24</v>
+        <v>140</v>
       </c>
       <c r="N40" t="s">
-        <v>192</v>
-[...2 lines deleted...]
-    <row r="41" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>268</v>
+      </c>
+      <c r="P40" t="s">
+        <v>269</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>193</v>
+        <v>270</v>
       </c>
       <c r="B41" t="s">
-        <v>99</v>
+        <v>271</v>
       </c>
       <c r="C41" t="s">
-        <v>194</v>
+        <v>136</v>
       </c>
       <c r="D41" t="s">
-        <v>100</v>
+        <v>272</v>
       </c>
       <c r="E41" t="s">
-        <v>45</v>
+        <v>137</v>
       </c>
       <c r="F41" t="s">
-        <v>54</v>
-[...1 lines deleted...]
-      <c r="G41">
+        <v>58</v>
+      </c>
+      <c r="G41" t="s">
+        <v>71</v>
+      </c>
+      <c r="H41">
         <v>2008</v>
       </c>
-      <c r="H41"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I41"/>
       <c r="J41" t="s">
-        <v>21</v>
+        <v>138</v>
       </c>
       <c r="K41" t="s">
-        <v>195</v>
+        <v>24</v>
       </c>
       <c r="L41" t="s">
-        <v>103</v>
+        <v>273</v>
       </c>
       <c r="M41" t="s">
-        <v>24</v>
+        <v>140</v>
       </c>
       <c r="N41" t="s">
-        <v>196</v>
-[...2 lines deleted...]
-    <row r="42" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>274</v>
+      </c>
+      <c r="P41" t="s">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>197</v>
+        <v>276</v>
       </c>
       <c r="B42" t="s">
-        <v>99</v>
+        <v>277</v>
       </c>
       <c r="C42" t="s">
-        <v>41</v>
+        <v>136</v>
       </c>
       <c r="D42" t="s">
-        <v>100</v>
+        <v>52</v>
       </c>
       <c r="E42" t="s">
-        <v>45</v>
+        <v>137</v>
       </c>
       <c r="F42" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G42">
+        <v>58</v>
+      </c>
+      <c r="G42" t="s">
+        <v>22</v>
+      </c>
+      <c r="H42">
         <v>2009</v>
       </c>
-      <c r="H42">
+      <c r="I42">
         <v>2015</v>
       </c>
-      <c r="I42" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J42" t="s">
-        <v>21</v>
+        <v>138</v>
       </c>
       <c r="K42" t="s">
-        <v>198</v>
+        <v>24</v>
       </c>
       <c r="L42" t="s">
-        <v>103</v>
+        <v>278</v>
       </c>
       <c r="M42" t="s">
-        <v>24</v>
+        <v>140</v>
       </c>
       <c r="N42" t="s">
-        <v>199</v>
-[...2 lines deleted...]
-    <row r="43" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>279</v>
+      </c>
+      <c r="P42" t="s">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>200</v>
+        <v>281</v>
       </c>
       <c r="B43" t="s">
-        <v>99</v>
+        <v>282</v>
       </c>
       <c r="C43" t="s">
-        <v>171</v>
+        <v>136</v>
       </c>
       <c r="D43" t="s">
-        <v>100</v>
+        <v>237</v>
       </c>
       <c r="E43" t="s">
-        <v>45</v>
+        <v>137</v>
       </c>
       <c r="F43" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G43">
+        <v>58</v>
+      </c>
+      <c r="G43" t="s">
+        <v>22</v>
+      </c>
+      <c r="H43">
         <v>2013</v>
       </c>
-      <c r="H43">
+      <c r="I43">
         <v>2010</v>
       </c>
-      <c r="I43" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J43" t="s">
-        <v>21</v>
+        <v>138</v>
       </c>
       <c r="K43" t="s">
-        <v>201</v>
+        <v>24</v>
       </c>
       <c r="L43" t="s">
-        <v>202</v>
+        <v>283</v>
       </c>
       <c r="M43" t="s">
-        <v>24</v>
+        <v>284</v>
       </c>
       <c r="N43" t="s">
-        <v>203</v>
-[...2 lines deleted...]
-    <row r="44" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>285</v>
+      </c>
+      <c r="P43" t="s">
+        <v>286</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>204</v>
+        <v>287</v>
       </c>
       <c r="B44" t="s">
-        <v>99</v>
+        <v>288</v>
       </c>
       <c r="C44" t="s">
-        <v>171</v>
+        <v>136</v>
       </c>
       <c r="D44" t="s">
-        <v>100</v>
+        <v>237</v>
       </c>
       <c r="E44" t="s">
-        <v>45</v>
+        <v>137</v>
       </c>
       <c r="F44" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G44">
+        <v>58</v>
+      </c>
+      <c r="G44" t="s">
+        <v>22</v>
+      </c>
+      <c r="H44">
         <v>2013</v>
       </c>
-      <c r="H44">
+      <c r="I44">
         <v>2014</v>
       </c>
-      <c r="I44" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J44" t="s">
-        <v>21</v>
+        <v>138</v>
       </c>
       <c r="K44" t="s">
-        <v>205</v>
+        <v>24</v>
       </c>
       <c r="L44" t="s">
-        <v>202</v>
+        <v>289</v>
       </c>
       <c r="M44" t="s">
-        <v>24</v>
+        <v>284</v>
       </c>
       <c r="N44" t="s">
-        <v>206</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>290</v>
+      </c>
+      <c r="P44" t="s">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>207</v>
+        <v>292</v>
       </c>
       <c r="B45" t="s">
-        <v>99</v>
+        <v>293</v>
       </c>
       <c r="C45" t="s">
-        <v>208</v>
+        <v>136</v>
       </c>
       <c r="D45" t="s">
-        <v>100</v>
+        <v>294</v>
       </c>
       <c r="E45" t="s">
-        <v>45</v>
+        <v>137</v>
       </c>
       <c r="F45" t="s">
-        <v>54</v>
-[...1 lines deleted...]
-      <c r="G45">
+        <v>58</v>
+      </c>
+      <c r="G45" t="s">
+        <v>71</v>
+      </c>
+      <c r="H45">
         <v>2013</v>
       </c>
-      <c r="H45"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I45"/>
       <c r="J45" t="s">
-        <v>21</v>
+        <v>138</v>
       </c>
       <c r="K45" t="s">
-        <v>209</v>
+        <v>24</v>
       </c>
       <c r="L45" t="s">
-        <v>202</v>
+        <v>295</v>
       </c>
       <c r="M45" t="s">
-        <v>24</v>
+        <v>284</v>
       </c>
       <c r="N45" t="s">
-        <v>210</v>
-[...2 lines deleted...]
-    <row r="46" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O45" t="s">
+        <v>296</v>
+      </c>
+      <c r="P45" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>211</v>
+        <v>298</v>
       </c>
       <c r="B46" t="s">
-        <v>99</v>
+        <v>299</v>
       </c>
       <c r="C46" t="s">
-        <v>212</v>
+        <v>136</v>
       </c>
       <c r="D46" t="s">
-        <v>100</v>
+        <v>300</v>
       </c>
       <c r="E46" t="s">
-        <v>45</v>
+        <v>137</v>
       </c>
       <c r="F46" t="s">
-        <v>54</v>
-[...1 lines deleted...]
-      <c r="G46">
+        <v>58</v>
+      </c>
+      <c r="G46" t="s">
+        <v>71</v>
+      </c>
+      <c r="H46">
         <v>2013</v>
       </c>
-      <c r="H46"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I46"/>
       <c r="J46" t="s">
-        <v>21</v>
+        <v>138</v>
       </c>
       <c r="K46" t="s">
-        <v>209</v>
+        <v>24</v>
       </c>
       <c r="L46" t="s">
-        <v>202</v>
+        <v>295</v>
       </c>
       <c r="M46" t="s">
-        <v>59</v>
+        <v>284</v>
       </c>
       <c r="N46" t="s">
-        <v>213</v>
-[...2 lines deleted...]
-    <row r="47" spans="1:14">
+        <v>78</v>
+      </c>
+      <c r="O46" t="s">
+        <v>301</v>
+      </c>
+      <c r="P46" t="s">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
       <c r="A47" t="s">
-        <v>214</v>
+        <v>303</v>
       </c>
       <c r="B47" t="s">
-        <v>99</v>
+        <v>304</v>
       </c>
       <c r="C47" t="s">
-        <v>66</v>
+        <v>136</v>
       </c>
       <c r="D47" t="s">
-        <v>100</v>
+        <v>89</v>
       </c>
       <c r="E47" t="s">
-        <v>45</v>
+        <v>137</v>
       </c>
       <c r="F47" t="s">
-        <v>54</v>
-[...1 lines deleted...]
-      <c r="G47">
+        <v>58</v>
+      </c>
+      <c r="G47" t="s">
+        <v>71</v>
+      </c>
+      <c r="H47">
         <v>2010</v>
       </c>
-      <c r="H47"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I47"/>
       <c r="J47" t="s">
-        <v>21</v>
+        <v>138</v>
       </c>
       <c r="K47" t="s">
-        <v>215</v>
+        <v>24</v>
       </c>
       <c r="L47" t="s">
-        <v>202</v>
+        <v>305</v>
       </c>
       <c r="M47" t="s">
-        <v>24</v>
+        <v>284</v>
       </c>
       <c r="N47" t="s">
-        <v>216</v>
-[...2 lines deleted...]
-    <row r="48" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O47" t="s">
+        <v>306</v>
+      </c>
+      <c r="P47" t="s">
+        <v>307</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
       <c r="A48" t="s">
-        <v>217</v>
+        <v>308</v>
       </c>
       <c r="B48" t="s">
-        <v>99</v>
+        <v>309</v>
       </c>
       <c r="C48" t="s">
-        <v>218</v>
+        <v>136</v>
       </c>
       <c r="D48" t="s">
-        <v>100</v>
+        <v>310</v>
       </c>
       <c r="E48" t="s">
-        <v>45</v>
+        <v>137</v>
       </c>
       <c r="F48" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G48">
+        <v>58</v>
+      </c>
+      <c r="G48" t="s">
+        <v>22</v>
+      </c>
+      <c r="H48">
         <v>2006</v>
       </c>
-      <c r="H48">
+      <c r="I48">
         <v>2013</v>
       </c>
-      <c r="I48" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J48" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="K48" t="s">
+        <v>24</v>
+      </c>
+      <c r="L48"/>
       <c r="M48" t="s">
-        <v>24</v>
+        <v>140</v>
       </c>
       <c r="N48" t="s">
-        <v>219</v>
-[...2 lines deleted...]
-    <row r="49" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O48" t="s">
+        <v>311</v>
+      </c>
+      <c r="P48" t="s">
+        <v>312</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
       <c r="A49" t="s">
-        <v>220</v>
+        <v>313</v>
       </c>
       <c r="B49" t="s">
-        <v>99</v>
+        <v>314</v>
       </c>
       <c r="C49" t="s">
-        <v>53</v>
+        <v>136</v>
       </c>
       <c r="D49" t="s">
-        <v>100</v>
+        <v>70</v>
       </c>
       <c r="E49" t="s">
-        <v>45</v>
+        <v>137</v>
       </c>
       <c r="F49" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G49">
+        <v>58</v>
+      </c>
+      <c r="G49" t="s">
+        <v>22</v>
+      </c>
+      <c r="H49">
         <v>2008</v>
       </c>
-      <c r="H49">
+      <c r="I49">
         <v>2013</v>
       </c>
-      <c r="I49" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J49" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="K49" t="s">
-        <v>221</v>
+        <v>24</v>
       </c>
       <c r="L49" t="s">
-        <v>103</v>
+        <v>315</v>
       </c>
       <c r="M49" t="s">
-        <v>24</v>
+        <v>140</v>
       </c>
       <c r="N49" t="s">
-        <v>222</v>
-[...2 lines deleted...]
-    <row r="50" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O49" t="s">
+        <v>316</v>
+      </c>
+      <c r="P49" t="s">
+        <v>317</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
       <c r="A50" t="s">
-        <v>223</v>
+        <v>318</v>
       </c>
       <c r="B50" t="s">
-        <v>99</v>
+        <v>319</v>
       </c>
       <c r="C50" t="s">
-        <v>53</v>
+        <v>136</v>
       </c>
       <c r="D50" t="s">
-        <v>100</v>
+        <v>70</v>
       </c>
       <c r="E50" t="s">
-        <v>45</v>
+        <v>137</v>
       </c>
       <c r="F50" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G50">
+        <v>58</v>
+      </c>
+      <c r="G50" t="s">
+        <v>22</v>
+      </c>
+      <c r="H50">
         <v>2008</v>
       </c>
-      <c r="H50">
+      <c r="I50">
         <v>2013</v>
       </c>
-      <c r="I50" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J50" t="s">
-        <v>21</v>
+        <v>138</v>
       </c>
       <c r="K50" t="s">
-        <v>224</v>
+        <v>24</v>
       </c>
       <c r="L50" t="s">
-        <v>202</v>
+        <v>320</v>
       </c>
       <c r="M50" t="s">
-        <v>24</v>
+        <v>284</v>
       </c>
       <c r="N50" t="s">
-        <v>225</v>
-[...2 lines deleted...]
-    <row r="51" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O50" t="s">
+        <v>321</v>
+      </c>
+      <c r="P50" t="s">
+        <v>322</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
       <c r="A51" t="s">
-        <v>226</v>
+        <v>323</v>
       </c>
       <c r="B51" t="s">
-        <v>99</v>
+        <v>324</v>
       </c>
       <c r="C51" t="s">
-        <v>227</v>
+        <v>136</v>
       </c>
       <c r="D51" t="s">
-        <v>100</v>
+        <v>325</v>
       </c>
       <c r="E51" t="s">
-        <v>45</v>
+        <v>137</v>
       </c>
       <c r="F51" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2011</v>
+        <v>58</v>
+      </c>
+      <c r="G51" t="s">
+        <v>22</v>
       </c>
       <c r="H51">
         <v>2011</v>
       </c>
-      <c r="I51" t="s">
-        <v>101</v>
+      <c r="I51">
+        <v>2011</v>
       </c>
       <c r="J51" t="s">
-        <v>21</v>
+        <v>138</v>
       </c>
       <c r="K51" t="s">
-        <v>228</v>
+        <v>24</v>
       </c>
       <c r="L51" t="s">
-        <v>202</v>
+        <v>326</v>
       </c>
       <c r="M51" t="s">
-        <v>24</v>
+        <v>284</v>
       </c>
       <c r="N51" t="s">
-        <v>229</v>
-[...2 lines deleted...]
-    <row r="52" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O51" t="s">
+        <v>327</v>
+      </c>
+      <c r="P51" t="s">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
       <c r="A52" t="s">
-        <v>230</v>
+        <v>329</v>
       </c>
       <c r="B52" t="s">
-        <v>99</v>
+        <v>330</v>
       </c>
       <c r="C52" t="s">
-        <v>171</v>
+        <v>136</v>
       </c>
       <c r="D52" t="s">
-        <v>100</v>
+        <v>237</v>
       </c>
       <c r="E52" t="s">
-        <v>45</v>
+        <v>137</v>
       </c>
       <c r="F52" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G52">
+        <v>58</v>
+      </c>
+      <c r="G52" t="s">
+        <v>22</v>
+      </c>
+      <c r="H52">
         <v>2013</v>
       </c>
-      <c r="H52">
+      <c r="I52">
         <v>2015</v>
       </c>
-      <c r="I52" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J52" t="s">
-        <v>21</v>
+        <v>138</v>
       </c>
       <c r="K52" t="s">
-        <v>231</v>
+        <v>24</v>
       </c>
       <c r="L52" t="s">
-        <v>103</v>
+        <v>331</v>
       </c>
       <c r="M52" t="s">
-        <v>24</v>
+        <v>140</v>
       </c>
       <c r="N52" t="s">
-        <v>232</v>
-[...2 lines deleted...]
-    <row r="53" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O52" t="s">
+        <v>332</v>
+      </c>
+      <c r="P52" t="s">
+        <v>333</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
       <c r="A53" t="s">
-        <v>233</v>
+        <v>334</v>
       </c>
       <c r="B53" t="s">
-        <v>99</v>
+        <v>335</v>
       </c>
       <c r="C53" t="s">
-        <v>234</v>
+        <v>136</v>
       </c>
       <c r="D53" t="s">
-        <v>100</v>
+        <v>336</v>
       </c>
       <c r="E53" t="s">
-        <v>45</v>
+        <v>137</v>
       </c>
       <c r="F53" t="s">
-        <v>54</v>
-[...1 lines deleted...]
-      <c r="G53">
+        <v>58</v>
+      </c>
+      <c r="G53" t="s">
+        <v>71</v>
+      </c>
+      <c r="H53">
         <v>2010</v>
       </c>
-      <c r="H53"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I53"/>
       <c r="J53" t="s">
-        <v>21</v>
+        <v>138</v>
       </c>
       <c r="K53" t="s">
-        <v>235</v>
+        <v>24</v>
       </c>
       <c r="L53" t="s">
-        <v>103</v>
+        <v>337</v>
       </c>
       <c r="M53" t="s">
-        <v>24</v>
+        <v>140</v>
       </c>
       <c r="N53" t="s">
-        <v>236</v>
-[...2 lines deleted...]
-    <row r="54" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O53" t="s">
+        <v>338</v>
+      </c>
+      <c r="P53" t="s">
+        <v>339</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
       <c r="A54" t="s">
-        <v>237</v>
+        <v>340</v>
       </c>
       <c r="B54" t="s">
-        <v>99</v>
+        <v>341</v>
       </c>
       <c r="C54" t="s">
-        <v>238</v>
+        <v>136</v>
       </c>
       <c r="D54" t="s">
-        <v>100</v>
+        <v>342</v>
       </c>
       <c r="E54" t="s">
-        <v>45</v>
+        <v>137</v>
       </c>
       <c r="F54" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G54">
+        <v>58</v>
+      </c>
+      <c r="G54" t="s">
+        <v>22</v>
+      </c>
+      <c r="H54">
         <v>2000</v>
       </c>
-      <c r="H54">
+      <c r="I54">
         <v>2015</v>
       </c>
-      <c r="I54" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J54" t="s">
-        <v>21</v>
+        <v>138</v>
       </c>
       <c r="K54" t="s">
-        <v>239</v>
+        <v>24</v>
       </c>
       <c r="L54" t="s">
-        <v>202</v>
+        <v>343</v>
       </c>
       <c r="M54" t="s">
-        <v>24</v>
+        <v>284</v>
       </c>
       <c r="N54" t="s">
-        <v>240</v>
-[...2 lines deleted...]
-    <row r="55" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O54" t="s">
+        <v>344</v>
+      </c>
+      <c r="P54" t="s">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
       <c r="A55" t="s">
-        <v>241</v>
+        <v>346</v>
       </c>
       <c r="B55" t="s">
-        <v>99</v>
+        <v>347</v>
       </c>
       <c r="C55" t="s">
-        <v>242</v>
+        <v>136</v>
       </c>
       <c r="D55" t="s">
-        <v>100</v>
+        <v>348</v>
       </c>
       <c r="E55" t="s">
-        <v>45</v>
+        <v>137</v>
       </c>
       <c r="F55" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>58</v>
+      </c>
+      <c r="G55" t="s">
+        <v>22</v>
       </c>
       <c r="H55">
         <v>2010</v>
       </c>
-      <c r="I55" t="s">
-        <v>101</v>
+      <c r="I55">
+        <v>2010</v>
       </c>
       <c r="J55" t="s">
-        <v>21</v>
+        <v>138</v>
       </c>
       <c r="K55" t="s">
-        <v>243</v>
+        <v>24</v>
       </c>
       <c r="L55" t="s">
-        <v>202</v>
+        <v>349</v>
       </c>
       <c r="M55" t="s">
-        <v>24</v>
+        <v>284</v>
       </c>
       <c r="N55" t="s">
-        <v>244</v>
-[...2 lines deleted...]
-    <row r="56" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O55" t="s">
+        <v>350</v>
+      </c>
+      <c r="P55" t="s">
+        <v>351</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
       <c r="A56" t="s">
-        <v>245</v>
+        <v>352</v>
       </c>
       <c r="B56" t="s">
-        <v>99</v>
+        <v>353</v>
       </c>
       <c r="C56" t="s">
-        <v>246</v>
+        <v>136</v>
       </c>
       <c r="D56" t="s">
-        <v>100</v>
+        <v>354</v>
       </c>
       <c r="E56" t="s">
-        <v>45</v>
+        <v>137</v>
       </c>
       <c r="F56" t="s">
-        <v>54</v>
-[...1 lines deleted...]
-      <c r="G56">
+        <v>58</v>
+      </c>
+      <c r="G56" t="s">
+        <v>71</v>
+      </c>
+      <c r="H56">
         <v>2011</v>
       </c>
-      <c r="H56"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I56"/>
       <c r="J56" t="s">
-        <v>21</v>
+        <v>138</v>
       </c>
       <c r="K56" t="s">
-        <v>247</v>
+        <v>24</v>
       </c>
       <c r="L56" t="s">
-        <v>202</v>
+        <v>355</v>
       </c>
       <c r="M56" t="s">
-        <v>24</v>
+        <v>284</v>
       </c>
       <c r="N56" t="s">
-        <v>248</v>
-[...2 lines deleted...]
-    <row r="57" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O56" t="s">
+        <v>356</v>
+      </c>
+      <c r="P56" t="s">
+        <v>357</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
       <c r="A57" t="s">
+        <v>358</v>
+      </c>
+      <c r="B57" t="s">
+        <v>359</v>
+      </c>
+      <c r="C57" t="s">
+        <v>136</v>
+      </c>
+      <c r="D57" t="s">
+        <v>89</v>
+      </c>
+      <c r="E57" t="s">
+        <v>137</v>
+      </c>
+      <c r="F57" t="s">
+        <v>58</v>
+      </c>
+      <c r="G57" t="s">
+        <v>22</v>
+      </c>
+      <c r="H57">
+        <v>2002</v>
+      </c>
+      <c r="I57">
+        <v>2009</v>
+      </c>
+      <c r="J57" t="s">
+        <v>138</v>
+      </c>
+      <c r="K57" t="s">
+        <v>24</v>
+      </c>
+      <c r="L57" t="s">
+        <v>289</v>
+      </c>
+      <c r="M57" t="s">
+        <v>284</v>
+      </c>
+      <c r="N57" t="s">
+        <v>27</v>
+      </c>
+      <c r="O57" t="s">
+        <v>360</v>
+      </c>
+      <c r="P57" t="s">
+        <v>361</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>362</v>
+      </c>
+      <c r="B58" t="s">
+        <v>363</v>
+      </c>
+      <c r="C58" t="s">
+        <v>136</v>
+      </c>
+      <c r="D58" t="s">
+        <v>364</v>
+      </c>
+      <c r="E58" t="s">
+        <v>137</v>
+      </c>
+      <c r="F58" t="s">
+        <v>58</v>
+      </c>
+      <c r="G58" t="s">
+        <v>71</v>
+      </c>
+      <c r="H58">
+        <v>2013</v>
+      </c>
+      <c r="I58"/>
+      <c r="J58" t="s">
+        <v>138</v>
+      </c>
+      <c r="K58" t="s">
+        <v>365</v>
+      </c>
+      <c r="L58" t="s">
+        <v>366</v>
+      </c>
+      <c r="M58" t="s">
+        <v>140</v>
+      </c>
+      <c r="N58" t="s">
+        <v>27</v>
+      </c>
+      <c r="O58" t="s">
+        <v>367</v>
+      </c>
+      <c r="P58" t="s">
+        <v>368</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
+      <c r="A59" t="s">
+        <v>369</v>
+      </c>
+      <c r="B59" t="s">
+        <v>370</v>
+      </c>
+      <c r="C59" t="s">
+        <v>136</v>
+      </c>
+      <c r="D59" t="s">
+        <v>266</v>
+      </c>
+      <c r="E59" t="s">
+        <v>137</v>
+      </c>
+      <c r="F59" t="s">
+        <v>58</v>
+      </c>
+      <c r="G59" t="s">
+        <v>22</v>
+      </c>
+      <c r="H59">
+        <v>2013</v>
+      </c>
+      <c r="I59">
+        <v>2015</v>
+      </c>
+      <c r="J59" t="s">
+        <v>138</v>
+      </c>
+      <c r="K59" t="s">
+        <v>24</v>
+      </c>
+      <c r="L59" t="s">
+        <v>371</v>
+      </c>
+      <c r="M59" t="s">
+        <v>284</v>
+      </c>
+      <c r="N59" t="s">
+        <v>27</v>
+      </c>
+      <c r="O59" t="s">
+        <v>372</v>
+      </c>
+      <c r="P59" t="s">
+        <v>373</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60" t="s">
+        <v>374</v>
+      </c>
+      <c r="B60" t="s">
+        <v>375</v>
+      </c>
+      <c r="C60" t="s">
+        <v>136</v>
+      </c>
+      <c r="D60" t="s">
+        <v>376</v>
+      </c>
+      <c r="E60" t="s">
+        <v>137</v>
+      </c>
+      <c r="F60" t="s">
+        <v>58</v>
+      </c>
+      <c r="G60" t="s">
+        <v>22</v>
+      </c>
+      <c r="H60">
+        <v>2000</v>
+      </c>
+      <c r="I60">
+        <v>2015</v>
+      </c>
+      <c r="J60" t="s">
+        <v>138</v>
+      </c>
+      <c r="K60" t="s">
+        <v>24</v>
+      </c>
+      <c r="L60" t="s">
+        <v>377</v>
+      </c>
+      <c r="M60" t="s">
+        <v>140</v>
+      </c>
+      <c r="N60" t="s">
+        <v>27</v>
+      </c>
+      <c r="O60" t="s">
+        <v>378</v>
+      </c>
+      <c r="P60" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
+      <c r="A61" t="s">
+        <v>380</v>
+      </c>
+      <c r="B61" t="s">
+        <v>381</v>
+      </c>
+      <c r="C61" t="s">
+        <v>136</v>
+      </c>
+      <c r="D61" t="s">
+        <v>165</v>
+      </c>
+      <c r="E61" t="s">
+        <v>137</v>
+      </c>
+      <c r="F61" t="s">
+        <v>58</v>
+      </c>
+      <c r="G61" t="s">
+        <v>22</v>
+      </c>
+      <c r="H61">
+        <v>2010</v>
+      </c>
+      <c r="I61">
+        <v>2011</v>
+      </c>
+      <c r="J61" t="s">
+        <v>138</v>
+      </c>
+      <c r="K61" t="s">
+        <v>24</v>
+      </c>
+      <c r="L61" t="s">
+        <v>227</v>
+      </c>
+      <c r="M61" t="s">
+        <v>284</v>
+      </c>
+      <c r="N61" t="s">
+        <v>27</v>
+      </c>
+      <c r="O61" t="s">
+        <v>382</v>
+      </c>
+      <c r="P61" t="s">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
+      <c r="A62" t="s">
+        <v>383</v>
+      </c>
+      <c r="B62" t="s">
+        <v>384</v>
+      </c>
+      <c r="C62" t="s">
+        <v>136</v>
+      </c>
+      <c r="D62" t="s">
         <v>249</v>
       </c>
-      <c r="B57" t="s">
-[...225 lines deleted...]
-      </c>
       <c r="E62" t="s">
-        <v>45</v>
+        <v>137</v>
       </c>
       <c r="F62" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>58</v>
+      </c>
+      <c r="G62" t="s">
+        <v>22</v>
       </c>
       <c r="H62">
         <v>2012</v>
       </c>
-      <c r="I62" t="s">
-        <v>101</v>
+      <c r="I62">
+        <v>2012</v>
       </c>
       <c r="J62" t="s">
-        <v>21</v>
+        <v>138</v>
       </c>
       <c r="K62" t="s">
-        <v>266</v>
+        <v>24</v>
       </c>
       <c r="L62" t="s">
-        <v>202</v>
+        <v>385</v>
       </c>
       <c r="M62" t="s">
-        <v>24</v>
+        <v>284</v>
       </c>
       <c r="N62" t="s">
-        <v>267</v>
-[...2 lines deleted...]
-    <row r="63" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O62" t="s">
+        <v>386</v>
+      </c>
+      <c r="P62" t="s">
+        <v>387</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
       <c r="A63" t="s">
-        <v>268</v>
+        <v>388</v>
       </c>
       <c r="B63" t="s">
-        <v>99</v>
+        <v>389</v>
       </c>
       <c r="C63" t="s">
-        <v>246</v>
+        <v>136</v>
       </c>
       <c r="D63" t="s">
-        <v>100</v>
+        <v>354</v>
       </c>
       <c r="E63" t="s">
-        <v>45</v>
+        <v>137</v>
       </c>
       <c r="F63" t="s">
-        <v>54</v>
-[...1 lines deleted...]
-      <c r="G63">
+        <v>58</v>
+      </c>
+      <c r="G63" t="s">
+        <v>71</v>
+      </c>
+      <c r="H63">
         <v>2012</v>
       </c>
-      <c r="H63"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I63"/>
       <c r="J63" t="s">
-        <v>21</v>
+        <v>138</v>
       </c>
       <c r="K63" t="s">
-        <v>269</v>
+        <v>24</v>
       </c>
       <c r="L63" t="s">
-        <v>103</v>
+        <v>390</v>
       </c>
       <c r="M63" t="s">
-        <v>24</v>
+        <v>140</v>
       </c>
       <c r="N63" t="s">
-        <v>270</v>
-[...2 lines deleted...]
-    <row r="64" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O63" t="s">
+        <v>391</v>
+      </c>
+      <c r="P63" t="s">
+        <v>392</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16">
       <c r="A64" t="s">
-        <v>271</v>
+        <v>393</v>
       </c>
       <c r="B64" t="s">
-        <v>99</v>
+        <v>394</v>
       </c>
       <c r="C64" t="s">
-        <v>272</v>
+        <v>136</v>
       </c>
       <c r="D64" t="s">
-        <v>100</v>
+        <v>395</v>
       </c>
       <c r="E64" t="s">
-        <v>45</v>
+        <v>137</v>
       </c>
       <c r="F64" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>58</v>
+      </c>
+      <c r="G64" t="s">
+        <v>22</v>
       </c>
       <c r="H64">
         <v>2012</v>
       </c>
-      <c r="I64" t="s">
-        <v>101</v>
+      <c r="I64">
+        <v>2012</v>
       </c>
       <c r="J64" t="s">
-        <v>21</v>
+        <v>138</v>
       </c>
       <c r="K64" t="s">
-        <v>269</v>
+        <v>24</v>
       </c>
       <c r="L64" t="s">
-        <v>202</v>
+        <v>390</v>
       </c>
       <c r="M64" t="s">
-        <v>24</v>
+        <v>284</v>
       </c>
       <c r="N64" t="s">
-        <v>273</v>
-[...2 lines deleted...]
-    <row r="65" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O64" t="s">
+        <v>396</v>
+      </c>
+      <c r="P64" t="s">
+        <v>397</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16">
       <c r="A65" t="s">
-        <v>274</v>
+        <v>398</v>
       </c>
       <c r="B65" t="s">
-        <v>99</v>
+        <v>399</v>
       </c>
       <c r="C65" t="s">
-        <v>275</v>
+        <v>136</v>
       </c>
       <c r="D65" t="s">
-        <v>100</v>
+        <v>400</v>
       </c>
       <c r="E65" t="s">
-        <v>45</v>
+        <v>137</v>
       </c>
       <c r="F65" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G65">
+        <v>58</v>
+      </c>
+      <c r="G65" t="s">
+        <v>22</v>
+      </c>
+      <c r="H65">
         <v>1993</v>
       </c>
-      <c r="H65">
+      <c r="I65">
         <v>2013</v>
       </c>
-      <c r="I65" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J65" t="s">
-        <v>21</v>
+        <v>138</v>
       </c>
       <c r="K65" t="s">
-        <v>276</v>
+        <v>24</v>
       </c>
       <c r="L65" t="s">
-        <v>103</v>
+        <v>401</v>
       </c>
       <c r="M65" t="s">
-        <v>24</v>
+        <v>140</v>
       </c>
       <c r="N65" t="s">
-        <v>277</v>
-[...2 lines deleted...]
-    <row r="66" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O65" t="s">
+        <v>402</v>
+      </c>
+      <c r="P65" t="s">
+        <v>403</v>
+      </c>
+    </row>
+    <row r="66" spans="1:16">
       <c r="A66" t="s">
-        <v>278</v>
+        <v>404</v>
       </c>
       <c r="B66" t="s">
-        <v>99</v>
+        <v>405</v>
       </c>
       <c r="C66" t="s">
-        <v>53</v>
+        <v>136</v>
       </c>
       <c r="D66" t="s">
-        <v>100</v>
+        <v>70</v>
       </c>
       <c r="E66" t="s">
-        <v>45</v>
+        <v>137</v>
       </c>
       <c r="F66" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>58</v>
+      </c>
+      <c r="G66" t="s">
+        <v>22</v>
       </c>
       <c r="H66">
         <v>2012</v>
       </c>
-      <c r="I66" t="s">
-        <v>101</v>
+      <c r="I66">
+        <v>2012</v>
       </c>
       <c r="J66" t="s">
-        <v>21</v>
+        <v>138</v>
       </c>
       <c r="K66" t="s">
-        <v>279</v>
+        <v>24</v>
       </c>
       <c r="L66" t="s">
-        <v>202</v>
+        <v>406</v>
       </c>
       <c r="M66" t="s">
-        <v>24</v>
+        <v>284</v>
       </c>
       <c r="N66" t="s">
-        <v>280</v>
-[...2 lines deleted...]
-    <row r="67" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O66" t="s">
+        <v>407</v>
+      </c>
+      <c r="P66" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="67" spans="1:16">
       <c r="A67" t="s">
-        <v>281</v>
+        <v>409</v>
       </c>
       <c r="B67" t="s">
-        <v>99</v>
+        <v>410</v>
       </c>
       <c r="C67" t="s">
-        <v>282</v>
+        <v>136</v>
       </c>
       <c r="D67" t="s">
-        <v>100</v>
+        <v>411</v>
       </c>
       <c r="E67" t="s">
-        <v>45</v>
+        <v>137</v>
       </c>
       <c r="F67" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2011</v>
+        <v>58</v>
+      </c>
+      <c r="G67" t="s">
+        <v>22</v>
       </c>
       <c r="H67">
         <v>2011</v>
       </c>
-      <c r="I67" t="s">
+      <c r="I67">
+        <v>2011</v>
+      </c>
+      <c r="J67" t="s">
+        <v>138</v>
+      </c>
+      <c r="K67" t="s">
+        <v>365</v>
+      </c>
+      <c r="L67" t="s">
+        <v>412</v>
+      </c>
+      <c r="M67" t="s">
+        <v>140</v>
+      </c>
+      <c r="N67" t="s">
+        <v>27</v>
+      </c>
+      <c r="O67" t="s">
+        <v>413</v>
+      </c>
+      <c r="P67" t="s">
+        <v>414</v>
+      </c>
+    </row>
+    <row r="68" spans="1:16">
+      <c r="A68" t="s">
+        <v>415</v>
+      </c>
+      <c r="B68" t="s">
+        <v>416</v>
+      </c>
+      <c r="C68" t="s">
+        <v>136</v>
+      </c>
+      <c r="D68" t="s">
+        <v>417</v>
+      </c>
+      <c r="E68" t="s">
+        <v>137</v>
+      </c>
+      <c r="F68" t="s">
+        <v>58</v>
+      </c>
+      <c r="G68" t="s">
+        <v>71</v>
+      </c>
+      <c r="H68">
+        <v>2013</v>
+      </c>
+      <c r="I68"/>
+      <c r="J68" t="s">
+        <v>138</v>
+      </c>
+      <c r="K68" t="s">
+        <v>24</v>
+      </c>
+      <c r="L68" t="s">
+        <v>418</v>
+      </c>
+      <c r="M68" t="s">
+        <v>140</v>
+      </c>
+      <c r="N68" t="s">
+        <v>27</v>
+      </c>
+      <c r="O68" t="s">
+        <v>419</v>
+      </c>
+      <c r="P68" t="s">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="69" spans="1:16">
+      <c r="A69" t="s">
+        <v>421</v>
+      </c>
+      <c r="B69" t="s">
+        <v>422</v>
+      </c>
+      <c r="C69" t="s">
+        <v>136</v>
+      </c>
+      <c r="D69" t="s">
+        <v>411</v>
+      </c>
+      <c r="E69" t="s">
+        <v>137</v>
+      </c>
+      <c r="F69" t="s">
+        <v>58</v>
+      </c>
+      <c r="G69" t="s">
+        <v>71</v>
+      </c>
+      <c r="H69">
+        <v>2013</v>
+      </c>
+      <c r="I69"/>
+      <c r="J69" t="s">
+        <v>138</v>
+      </c>
+      <c r="K69" t="s">
+        <v>24</v>
+      </c>
+      <c r="L69" t="s">
+        <v>295</v>
+      </c>
+      <c r="M69" t="s">
+        <v>140</v>
+      </c>
+      <c r="N69" t="s">
+        <v>27</v>
+      </c>
+      <c r="O69" t="s">
+        <v>423</v>
+      </c>
+      <c r="P69" t="s">
+        <v>424</v>
+      </c>
+    </row>
+    <row r="70" spans="1:16">
+      <c r="A70" t="s">
+        <v>425</v>
+      </c>
+      <c r="B70" t="s">
+        <v>426</v>
+      </c>
+      <c r="C70" t="s">
+        <v>136</v>
+      </c>
+      <c r="D70" t="s">
+        <v>427</v>
+      </c>
+      <c r="E70" t="s">
+        <v>137</v>
+      </c>
+      <c r="F70" t="s">
+        <v>58</v>
+      </c>
+      <c r="G70" t="s">
+        <v>22</v>
+      </c>
+      <c r="H70">
+        <v>2000</v>
+      </c>
+      <c r="I70">
+        <v>2012</v>
+      </c>
+      <c r="J70" t="s">
+        <v>138</v>
+      </c>
+      <c r="K70" t="s">
+        <v>24</v>
+      </c>
+      <c r="L70" t="s">
+        <v>343</v>
+      </c>
+      <c r="M70" t="s">
+        <v>140</v>
+      </c>
+      <c r="N70" t="s">
+        <v>27</v>
+      </c>
+      <c r="O70" t="s">
+        <v>428</v>
+      </c>
+      <c r="P70" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="71" spans="1:16">
+      <c r="A71" t="s">
+        <v>430</v>
+      </c>
+      <c r="B71" t="s">
+        <v>431</v>
+      </c>
+      <c r="C71" t="s">
+        <v>136</v>
+      </c>
+      <c r="D71" t="s">
+        <v>432</v>
+      </c>
+      <c r="E71" t="s">
+        <v>137</v>
+      </c>
+      <c r="F71" t="s">
+        <v>58</v>
+      </c>
+      <c r="G71" t="s">
+        <v>71</v>
+      </c>
+      <c r="H71">
+        <v>2013</v>
+      </c>
+      <c r="I71"/>
+      <c r="J71" t="s">
+        <v>33</v>
+      </c>
+      <c r="K71" t="s">
+        <v>24</v>
+      </c>
+      <c r="L71" t="s">
+        <v>433</v>
+      </c>
+      <c r="M71" t="s">
+        <v>140</v>
+      </c>
+      <c r="N71" t="s">
+        <v>27</v>
+      </c>
+      <c r="O71" t="s">
+        <v>434</v>
+      </c>
+      <c r="P71" t="s">
+        <v>435</v>
+      </c>
+    </row>
+    <row r="72" spans="1:16">
+      <c r="A72" t="s">
+        <v>436</v>
+      </c>
+      <c r="B72" t="s">
+        <v>437</v>
+      </c>
+      <c r="C72" t="s">
+        <v>136</v>
+      </c>
+      <c r="D72" t="s">
+        <v>432</v>
+      </c>
+      <c r="E72" t="s">
+        <v>137</v>
+      </c>
+      <c r="F72" t="s">
+        <v>58</v>
+      </c>
+      <c r="G72" t="s">
+        <v>71</v>
+      </c>
+      <c r="H72">
+        <v>2017</v>
+      </c>
+      <c r="I72"/>
+      <c r="J72" t="s">
+        <v>33</v>
+      </c>
+      <c r="K72" t="s">
+        <v>24</v>
+      </c>
+      <c r="L72" t="s">
+        <v>438</v>
+      </c>
+      <c r="M72" t="s">
+        <v>140</v>
+      </c>
+      <c r="N72" t="s">
+        <v>27</v>
+      </c>
+      <c r="O72" t="s">
+        <v>439</v>
+      </c>
+      <c r="P72" t="s">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="73" spans="1:16">
+      <c r="A73" t="s">
+        <v>441</v>
+      </c>
+      <c r="B73" t="s">
+        <v>442</v>
+      </c>
+      <c r="C73" t="s">
+        <v>136</v>
+      </c>
+      <c r="D73" t="s">
+        <v>89</v>
+      </c>
+      <c r="E73" t="s">
+        <v>137</v>
+      </c>
+      <c r="F73" t="s">
+        <v>58</v>
+      </c>
+      <c r="G73" t="s">
+        <v>71</v>
+      </c>
+      <c r="H73">
+        <v>2014</v>
+      </c>
+      <c r="I73"/>
+      <c r="J73" t="s">
+        <v>138</v>
+      </c>
+      <c r="K73" t="s">
+        <v>24</v>
+      </c>
+      <c r="L73" t="s">
+        <v>443</v>
+      </c>
+      <c r="M73" t="s">
+        <v>140</v>
+      </c>
+      <c r="N73" t="s">
+        <v>27</v>
+      </c>
+      <c r="O73" t="s">
+        <v>444</v>
+      </c>
+      <c r="P73" t="s">
+        <v>445</v>
+      </c>
+    </row>
+    <row r="74" spans="1:16">
+      <c r="A74" t="s">
+        <v>446</v>
+      </c>
+      <c r="B74" t="s">
+        <v>447</v>
+      </c>
+      <c r="C74" t="s">
+        <v>136</v>
+      </c>
+      <c r="D74" t="s">
+        <v>427</v>
+      </c>
+      <c r="E74" t="s">
+        <v>137</v>
+      </c>
+      <c r="F74" t="s">
+        <v>58</v>
+      </c>
+      <c r="G74" t="s">
+        <v>22</v>
+      </c>
+      <c r="H74">
+        <v>2000</v>
+      </c>
+      <c r="I74">
+        <v>2012</v>
+      </c>
+      <c r="J74" t="s">
+        <v>138</v>
+      </c>
+      <c r="K74" t="s">
+        <v>24</v>
+      </c>
+      <c r="L74" t="s">
+        <v>343</v>
+      </c>
+      <c r="M74" t="s">
+        <v>140</v>
+      </c>
+      <c r="N74" t="s">
+        <v>27</v>
+      </c>
+      <c r="O74" t="s">
+        <v>448</v>
+      </c>
+      <c r="P74" t="s">
+        <v>449</v>
+      </c>
+    </row>
+    <row r="75" spans="1:16">
+      <c r="A75" t="s">
+        <v>450</v>
+      </c>
+      <c r="B75" t="s">
+        <v>451</v>
+      </c>
+      <c r="C75" t="s">
+        <v>136</v>
+      </c>
+      <c r="D75" t="s">
+        <v>432</v>
+      </c>
+      <c r="E75" t="s">
+        <v>137</v>
+      </c>
+      <c r="F75" t="s">
+        <v>58</v>
+      </c>
+      <c r="G75" t="s">
+        <v>71</v>
+      </c>
+      <c r="H75">
+        <v>2017</v>
+      </c>
+      <c r="I75"/>
+      <c r="J75" t="s">
+        <v>33</v>
+      </c>
+      <c r="K75" t="s">
+        <v>24</v>
+      </c>
+      <c r="L75" t="s">
+        <v>438</v>
+      </c>
+      <c r="M75" t="s">
+        <v>140</v>
+      </c>
+      <c r="N75" t="s">
+        <v>27</v>
+      </c>
+      <c r="O75" t="s">
+        <v>452</v>
+      </c>
+      <c r="P75" t="s">
+        <v>453</v>
+      </c>
+    </row>
+    <row r="76" spans="1:16">
+      <c r="A76" t="s">
+        <v>454</v>
+      </c>
+      <c r="B76" t="s">
+        <v>455</v>
+      </c>
+      <c r="C76" t="s">
+        <v>136</v>
+      </c>
+      <c r="D76" t="s">
+        <v>432</v>
+      </c>
+      <c r="E76" t="s">
+        <v>137</v>
+      </c>
+      <c r="F76" t="s">
+        <v>58</v>
+      </c>
+      <c r="G76" t="s">
+        <v>22</v>
+      </c>
+      <c r="H76"/>
+      <c r="I76">
+        <v>2016</v>
+      </c>
+      <c r="J76" t="s">
+        <v>33</v>
+      </c>
+      <c r="K76" t="s">
+        <v>24</v>
+      </c>
+      <c r="L76" t="s">
+        <v>456</v>
+      </c>
+      <c r="M76" t="s">
+        <v>140</v>
+      </c>
+      <c r="N76" t="s">
+        <v>27</v>
+      </c>
+      <c r="O76" t="s">
+        <v>457</v>
+      </c>
+      <c r="P76" t="s">
+        <v>458</v>
+      </c>
+    </row>
+    <row r="77" spans="1:16">
+      <c r="A77" t="s">
+        <v>459</v>
+      </c>
+      <c r="B77" t="s">
+        <v>460</v>
+      </c>
+      <c r="C77" t="s">
+        <v>18</v>
+      </c>
+      <c r="D77" t="s">
+        <v>461</v>
+      </c>
+      <c r="E77" t="s">
+        <v>20</v>
+      </c>
+      <c r="F77" t="s">
+        <v>21</v>
+      </c>
+      <c r="G77" t="s">
+        <v>71</v>
+      </c>
+      <c r="H77">
+        <v>2014</v>
+      </c>
+      <c r="I77"/>
+      <c r="J77" t="s">
+        <v>33</v>
+      </c>
+      <c r="K77" t="s">
+        <v>24</v>
+      </c>
+      <c r="L77" t="s">
+        <v>462</v>
+      </c>
+      <c r="M77" t="s">
+        <v>463</v>
+      </c>
+      <c r="N77" t="s">
+        <v>27</v>
+      </c>
+      <c r="O77" t="s">
+        <v>464</v>
+      </c>
+      <c r="P77" t="s">
+        <v>465</v>
+      </c>
+    </row>
+    <row r="78" spans="1:16">
+      <c r="A78" t="s">
+        <v>466</v>
+      </c>
+      <c r="B78" t="s">
+        <v>467</v>
+      </c>
+      <c r="C78" t="s">
+        <v>18</v>
+      </c>
+      <c r="D78" t="s">
+        <v>468</v>
+      </c>
+      <c r="E78" t="s">
+        <v>20</v>
+      </c>
+      <c r="F78" t="s">
+        <v>21</v>
+      </c>
+      <c r="G78" t="s">
+        <v>71</v>
+      </c>
+      <c r="H78">
+        <v>2017</v>
+      </c>
+      <c r="I78"/>
+      <c r="J78" t="s">
+        <v>33</v>
+      </c>
+      <c r="K78" t="s">
+        <v>24</v>
+      </c>
+      <c r="L78" t="s">
+        <v>469</v>
+      </c>
+      <c r="M78" t="s">
+        <v>26</v>
+      </c>
+      <c r="N78" t="s">
+        <v>27</v>
+      </c>
+      <c r="O78" t="s">
+        <v>470</v>
+      </c>
+      <c r="P78" t="s">
+        <v>471</v>
+      </c>
+    </row>
+    <row r="79" spans="1:16">
+      <c r="A79" t="s">
+        <v>472</v>
+      </c>
+      <c r="B79" t="s">
+        <v>473</v>
+      </c>
+      <c r="C79" t="s">
+        <v>18</v>
+      </c>
+      <c r="D79" t="s">
+        <v>474</v>
+      </c>
+      <c r="E79" t="s">
+        <v>20</v>
+      </c>
+      <c r="F79" t="s">
+        <v>21</v>
+      </c>
+      <c r="G79" t="s">
+        <v>71</v>
+      </c>
+      <c r="H79">
+        <v>2017</v>
+      </c>
+      <c r="I79"/>
+      <c r="J79" t="s">
+        <v>33</v>
+      </c>
+      <c r="K79" t="s">
+        <v>24</v>
+      </c>
+      <c r="L79" t="s">
+        <v>475</v>
+      </c>
+      <c r="M79" t="s">
+        <v>26</v>
+      </c>
+      <c r="N79" t="s">
+        <v>27</v>
+      </c>
+      <c r="O79" t="s">
+        <v>476</v>
+      </c>
+      <c r="P79" t="s">
+        <v>477</v>
+      </c>
+    </row>
+    <row r="80" spans="1:16">
+      <c r="A80" t="s">
+        <v>478</v>
+      </c>
+      <c r="B80" t="s">
+        <v>479</v>
+      </c>
+      <c r="C80" t="s">
+        <v>136</v>
+      </c>
+      <c r="D80" t="s">
+        <v>376</v>
+      </c>
+      <c r="E80" t="s">
+        <v>137</v>
+      </c>
+      <c r="F80" t="s">
+        <v>58</v>
+      </c>
+      <c r="G80" t="s">
+        <v>22</v>
+      </c>
+      <c r="H80">
+        <v>2000</v>
+      </c>
+      <c r="I80">
+        <v>2015</v>
+      </c>
+      <c r="J80" t="s">
+        <v>138</v>
+      </c>
+      <c r="K80" t="s">
+        <v>24</v>
+      </c>
+      <c r="L80" t="s">
+        <v>377</v>
+      </c>
+      <c r="M80" t="s">
+        <v>140</v>
+      </c>
+      <c r="N80" t="s">
+        <v>27</v>
+      </c>
+      <c r="O80" t="s">
+        <v>480</v>
+      </c>
+      <c r="P80" t="s">
+        <v>481</v>
+      </c>
+    </row>
+    <row r="81" spans="1:16">
+      <c r="A81" t="s">
+        <v>482</v>
+      </c>
+      <c r="B81" t="s">
+        <v>483</v>
+      </c>
+      <c r="C81" t="s">
+        <v>136</v>
+      </c>
+      <c r="D81" t="s">
+        <v>89</v>
+      </c>
+      <c r="E81" t="s">
+        <v>137</v>
+      </c>
+      <c r="F81" t="s">
+        <v>58</v>
+      </c>
+      <c r="G81" t="s">
+        <v>71</v>
+      </c>
+      <c r="H81">
+        <v>2015</v>
+      </c>
+      <c r="I81"/>
+      <c r="J81" t="s">
+        <v>138</v>
+      </c>
+      <c r="K81" t="s">
+        <v>24</v>
+      </c>
+      <c r="L81" t="s">
+        <v>484</v>
+      </c>
+      <c r="M81" t="s">
+        <v>284</v>
+      </c>
+      <c r="N81" t="s">
+        <v>27</v>
+      </c>
+      <c r="O81" t="s">
+        <v>485</v>
+      </c>
+      <c r="P81" t="s">
+        <v>486</v>
+      </c>
+    </row>
+    <row r="82" spans="1:16">
+      <c r="A82" t="s">
+        <v>487</v>
+      </c>
+      <c r="B82" t="s">
+        <v>488</v>
+      </c>
+      <c r="C82" t="s">
+        <v>489</v>
+      </c>
+      <c r="D82" t="s">
+        <v>490</v>
+      </c>
+      <c r="E82" t="s">
+        <v>20</v>
+      </c>
+      <c r="F82" t="s">
+        <v>41</v>
+      </c>
+      <c r="G82" t="s">
+        <v>491</v>
+      </c>
+      <c r="H82">
+        <v>2010</v>
+      </c>
+      <c r="I82">
+        <v>2011</v>
+      </c>
+      <c r="J82" t="s">
+        <v>492</v>
+      </c>
+      <c r="K82" t="s">
+        <v>24</v>
+      </c>
+      <c r="L82"/>
+      <c r="M82" t="s">
+        <v>493</v>
+      </c>
+      <c r="N82" t="s">
+        <v>27</v>
+      </c>
+      <c r="O82" t="s">
+        <v>494</v>
+      </c>
+      <c r="P82" t="s">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="83" spans="1:16">
+      <c r="A83" t="s">
+        <v>496</v>
+      </c>
+      <c r="B83" t="s">
+        <v>497</v>
+      </c>
+      <c r="C83" t="s">
+        <v>489</v>
+      </c>
+      <c r="D83" t="s">
+        <v>498</v>
+      </c>
+      <c r="E83" t="s">
+        <v>20</v>
+      </c>
+      <c r="F83" t="s">
+        <v>150</v>
+      </c>
+      <c r="G83" t="s">
+        <v>491</v>
+      </c>
+      <c r="H83">
+        <v>2018</v>
+      </c>
+      <c r="I83"/>
+      <c r="J83" t="s">
+        <v>492</v>
+      </c>
+      <c r="K83" t="s">
+        <v>24</v>
+      </c>
+      <c r="L83"/>
+      <c r="M83" t="s">
+        <v>493</v>
+      </c>
+      <c r="N83" t="s">
+        <v>27</v>
+      </c>
+      <c r="O83" t="s">
+        <v>499</v>
+      </c>
+      <c r="P83" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="84" spans="1:16">
+      <c r="A84" t="s">
+        <v>501</v>
+      </c>
+      <c r="B84" t="s">
+        <v>502</v>
+      </c>
+      <c r="C84" t="s">
+        <v>503</v>
+      </c>
+      <c r="D84" t="s">
+        <v>427</v>
+      </c>
+      <c r="E84" t="s">
+        <v>137</v>
+      </c>
+      <c r="F84" t="s">
+        <v>58</v>
+      </c>
+      <c r="G84" t="s">
+        <v>22</v>
+      </c>
+      <c r="H84">
+        <v>1994</v>
+      </c>
+      <c r="I84">
+        <v>2020</v>
+      </c>
+      <c r="J84" t="s">
+        <v>504</v>
+      </c>
+      <c r="K84" t="s">
+        <v>24</v>
+      </c>
+      <c r="L84" t="s">
+        <v>505</v>
+      </c>
+      <c r="M84" t="s">
+        <v>506</v>
+      </c>
+      <c r="N84" t="s">
+        <v>27</v>
+      </c>
+      <c r="O84" t="s">
+        <v>507</v>
+      </c>
+      <c r="P84" t="s">
+        <v>508</v>
+      </c>
+    </row>
+    <row r="85" spans="1:16">
+      <c r="A85" t="s">
+        <v>509</v>
+      </c>
+      <c r="B85" t="s">
+        <v>510</v>
+      </c>
+      <c r="C85" t="s">
+        <v>511</v>
+      </c>
+      <c r="D85" t="s">
+        <v>342</v>
+      </c>
+      <c r="E85" t="s">
+        <v>137</v>
+      </c>
+      <c r="F85" t="s">
+        <v>58</v>
+      </c>
+      <c r="G85" t="s">
+        <v>22</v>
+      </c>
+      <c r="H85">
+        <v>1992</v>
+      </c>
+      <c r="I85">
+        <v>2020</v>
+      </c>
+      <c r="J85" t="s">
+        <v>504</v>
+      </c>
+      <c r="K85" t="s">
+        <v>24</v>
+      </c>
+      <c r="L85" t="s">
+        <v>512</v>
+      </c>
+      <c r="M85" t="s">
+        <v>506</v>
+      </c>
+      <c r="N85" t="s">
+        <v>27</v>
+      </c>
+      <c r="O85" t="s">
+        <v>513</v>
+      </c>
+      <c r="P85" t="s">
+        <v>514</v>
+      </c>
+    </row>
+    <row r="86" spans="1:16">
+      <c r="A86" t="s">
+        <v>515</v>
+      </c>
+      <c r="B86" t="s">
+        <v>516</v>
+      </c>
+      <c r="C86" t="s">
+        <v>503</v>
+      </c>
+      <c r="D86" t="s">
+        <v>376</v>
+      </c>
+      <c r="E86" t="s">
+        <v>137</v>
+      </c>
+      <c r="F86" t="s">
+        <v>58</v>
+      </c>
+      <c r="G86" t="s">
+        <v>22</v>
+      </c>
+      <c r="H86">
+        <v>2001</v>
+      </c>
+      <c r="I86">
+        <v>2019</v>
+      </c>
+      <c r="J86" t="s">
+        <v>504</v>
+      </c>
+      <c r="K86" t="s">
+        <v>24</v>
+      </c>
+      <c r="L86" t="s">
+        <v>517</v>
+      </c>
+      <c r="M86" t="s">
+        <v>506</v>
+      </c>
+      <c r="N86" t="s">
+        <v>27</v>
+      </c>
+      <c r="O86" t="s">
+        <v>518</v>
+      </c>
+      <c r="P86" t="s">
+        <v>519</v>
+      </c>
+    </row>
+    <row r="87" spans="1:16">
+      <c r="A87" t="s">
+        <v>520</v>
+      </c>
+      <c r="B87" t="s">
+        <v>521</v>
+      </c>
+      <c r="C87" t="s">
+        <v>127</v>
+      </c>
+      <c r="D87" t="s">
+        <v>116</v>
+      </c>
+      <c r="E87" t="s">
+        <v>137</v>
+      </c>
+      <c r="F87" t="s">
+        <v>118</v>
+      </c>
+      <c r="G87" t="s">
+        <v>71</v>
+      </c>
+      <c r="H87">
+        <v>2017</v>
+      </c>
+      <c r="I87"/>
+      <c r="J87" t="s">
+        <v>128</v>
+      </c>
+      <c r="K87" t="s">
+        <v>129</v>
+      </c>
+      <c r="L87" t="s">
+        <v>130</v>
+      </c>
+      <c r="M87" t="s">
+        <v>131</v>
+      </c>
+      <c r="N87" t="s">
+        <v>122</v>
+      </c>
+      <c r="O87" t="s">
+        <v>522</v>
+      </c>
+      <c r="P87" t="s">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="88" spans="1:16">
+      <c r="A88" t="s">
+        <v>524</v>
+      </c>
+      <c r="B88" t="s">
+        <v>525</v>
+      </c>
+      <c r="C88" t="s">
+        <v>127</v>
+      </c>
+      <c r="D88" t="s">
+        <v>116</v>
+      </c>
+      <c r="E88" t="s">
+        <v>20</v>
+      </c>
+      <c r="F88" t="s">
+        <v>118</v>
+      </c>
+      <c r="G88" t="s">
+        <v>71</v>
+      </c>
+      <c r="H88">
+        <v>2021</v>
+      </c>
+      <c r="I88"/>
+      <c r="J88" t="s">
+        <v>193</v>
+      </c>
+      <c r="K88" t="s">
+        <v>129</v>
+      </c>
+      <c r="L88" t="s">
+        <v>130</v>
+      </c>
+      <c r="M88" t="s">
+        <v>131</v>
+      </c>
+      <c r="N88" t="s">
+        <v>122</v>
+      </c>
+      <c r="O88" t="s">
+        <v>526</v>
+      </c>
+      <c r="P88"/>
+    </row>
+    <row r="89" spans="1:16">
+      <c r="A89" t="s">
+        <v>527</v>
+      </c>
+      <c r="B89" t="s">
+        <v>528</v>
+      </c>
+      <c r="C89" t="s">
+        <v>136</v>
+      </c>
+      <c r="D89" t="s">
+        <v>354</v>
+      </c>
+      <c r="E89" t="s">
+        <v>137</v>
+      </c>
+      <c r="F89" t="s">
+        <v>21</v>
+      </c>
+      <c r="G89" t="s">
+        <v>22</v>
+      </c>
+      <c r="H89">
+        <v>1981</v>
+      </c>
+      <c r="I89">
+        <v>1982</v>
+      </c>
+      <c r="J89" t="s">
+        <v>138</v>
+      </c>
+      <c r="K89" t="s">
+        <v>24</v>
+      </c>
+      <c r="L89" t="s">
+        <v>529</v>
+      </c>
+      <c r="M89" t="s">
+        <v>284</v>
+      </c>
+      <c r="N89" t="s">
+        <v>27</v>
+      </c>
+      <c r="O89" t="s">
+        <v>530</v>
+      </c>
+      <c r="P89" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="90" spans="1:16">
+      <c r="A90" t="s">
+        <v>531</v>
+      </c>
+      <c r="B90" t="s">
+        <v>198</v>
+      </c>
+      <c r="C90" t="s">
+        <v>185</v>
+      </c>
+      <c r="D90" t="s">
+        <v>532</v>
+      </c>
+      <c r="E90" t="s">
+        <v>20</v>
+      </c>
+      <c r="F90" t="s">
+        <v>150</v>
+      </c>
+      <c r="G90" t="s">
+        <v>71</v>
+      </c>
+      <c r="H90">
+        <v>2017</v>
+      </c>
+      <c r="I90"/>
+      <c r="J90" t="s">
         <v>101</v>
       </c>
-      <c r="J67" t="s">
-[...11 lines deleted...]
-      <c r="N67" t="s">
+      <c r="K90" t="s">
+        <v>24</v>
+      </c>
+      <c r="L90" t="s">
+        <v>533</v>
+      </c>
+      <c r="M90" t="s">
+        <v>187</v>
+      </c>
+      <c r="N90" t="s">
+        <v>27</v>
+      </c>
+      <c r="O90" t="s">
+        <v>534</v>
+      </c>
+      <c r="P90"/>
+    </row>
+    <row r="91" spans="1:16">
+      <c r="A91" t="s">
+        <v>535</v>
+      </c>
+      <c r="B91" t="s">
+        <v>536</v>
+      </c>
+      <c r="C91" t="s">
+        <v>171</v>
+      </c>
+      <c r="D91" t="s">
+        <v>202</v>
+      </c>
+      <c r="E91" t="s">
+        <v>20</v>
+      </c>
+      <c r="F91" t="s">
+        <v>21</v>
+      </c>
+      <c r="G91" t="s">
+        <v>71</v>
+      </c>
+      <c r="H91">
+        <v>2017</v>
+      </c>
+      <c r="I91"/>
+      <c r="J91" t="s">
+        <v>101</v>
+      </c>
+      <c r="K91" t="s">
+        <v>24</v>
+      </c>
+      <c r="L91" t="s">
+        <v>203</v>
+      </c>
+      <c r="M91" t="s">
+        <v>173</v>
+      </c>
+      <c r="N91" t="s">
+        <v>27</v>
+      </c>
+      <c r="O91" t="s">
+        <v>537</v>
+      </c>
+      <c r="P91" t="s">
+        <v>538</v>
+      </c>
+    </row>
+    <row r="92" spans="1:16">
+      <c r="A92" t="s">
+        <v>539</v>
+      </c>
+      <c r="B92" t="s">
+        <v>540</v>
+      </c>
+      <c r="C92" t="s">
+        <v>136</v>
+      </c>
+      <c r="D92" t="s">
+        <v>400</v>
+      </c>
+      <c r="E92" t="s">
+        <v>137</v>
+      </c>
+      <c r="F92" t="s">
+        <v>21</v>
+      </c>
+      <c r="G92" t="s">
+        <v>71</v>
+      </c>
+      <c r="H92">
+        <v>2009</v>
+      </c>
+      <c r="I92"/>
+      <c r="J92" t="s">
+        <v>138</v>
+      </c>
+      <c r="K92" t="s">
+        <v>24</v>
+      </c>
+      <c r="L92" t="s">
+        <v>541</v>
+      </c>
+      <c r="M92" t="s">
+        <v>140</v>
+      </c>
+      <c r="N92" t="s">
+        <v>27</v>
+      </c>
+      <c r="O92" t="s">
+        <v>542</v>
+      </c>
+      <c r="P92" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="93" spans="1:16">
+      <c r="A93" t="s">
+        <v>543</v>
+      </c>
+      <c r="B93" t="s">
+        <v>543</v>
+      </c>
+      <c r="C93" t="s">
+        <v>136</v>
+      </c>
+      <c r="D93" t="s">
+        <v>544</v>
+      </c>
+      <c r="E93" t="s">
+        <v>137</v>
+      </c>
+      <c r="F93" t="s">
+        <v>21</v>
+      </c>
+      <c r="G93" t="s">
+        <v>22</v>
+      </c>
+      <c r="H93">
+        <v>2002</v>
+      </c>
+      <c r="I93">
+        <v>2001</v>
+      </c>
+      <c r="J93" t="s">
+        <v>138</v>
+      </c>
+      <c r="K93" t="s">
+        <v>24</v>
+      </c>
+      <c r="L93"/>
+      <c r="M93" t="s">
+        <v>140</v>
+      </c>
+      <c r="N93" t="s">
+        <v>27</v>
+      </c>
+      <c r="O93" t="s">
+        <v>545</v>
+      </c>
+      <c r="P93" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="94" spans="1:16">
+      <c r="A94" t="s">
+        <v>546</v>
+      </c>
+      <c r="B94" t="s">
+        <v>547</v>
+      </c>
+      <c r="C94" t="s">
+        <v>136</v>
+      </c>
+      <c r="D94" t="s">
+        <v>548</v>
+      </c>
+      <c r="E94" t="s">
+        <v>137</v>
+      </c>
+      <c r="F94" t="s">
+        <v>21</v>
+      </c>
+      <c r="G94" t="s">
+        <v>71</v>
+      </c>
+      <c r="H94">
+        <v>2003</v>
+      </c>
+      <c r="I94"/>
+      <c r="J94" t="s">
+        <v>138</v>
+      </c>
+      <c r="K94" t="s">
+        <v>365</v>
+      </c>
+      <c r="L94" t="s">
+        <v>549</v>
+      </c>
+      <c r="M94" t="s">
         <v>284</v>
       </c>
-    </row>
-[...26 lines deleted...]
-      <c r="J68" t="s">
+      <c r="N94" t="s">
+        <v>27</v>
+      </c>
+      <c r="O94" t="s">
+        <v>550</v>
+      </c>
+      <c r="P94" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="95" spans="1:16">
+      <c r="A95" t="s">
+        <v>546</v>
+      </c>
+      <c r="B95" t="s">
+        <v>547</v>
+      </c>
+      <c r="C95" t="s">
+        <v>136</v>
+      </c>
+      <c r="D95" t="s">
+        <v>548</v>
+      </c>
+      <c r="E95" t="s">
+        <v>137</v>
+      </c>
+      <c r="F95" t="s">
         <v>21</v>
       </c>
-      <c r="K68" t="s">
-[...1093 lines deleted...]
-      <c r="G94">
+      <c r="G95" t="s">
+        <v>71</v>
+      </c>
+      <c r="H95">
         <v>2003</v>
       </c>
-      <c r="H94"/>
-[...44 lines deleted...]
-      </c>
+      <c r="I95"/>
       <c r="J95" t="s">
-        <v>375</v>
+        <v>138</v>
       </c>
       <c r="K95" t="s">
-        <v>373</v>
+        <v>551</v>
       </c>
       <c r="L95" t="s">
-        <v>103</v>
+        <v>549</v>
       </c>
       <c r="M95" t="s">
-        <v>24</v>
+        <v>140</v>
       </c>
       <c r="N95" t="s">
-        <v>376</v>
-[...2 lines deleted...]
-    <row r="96" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O95" t="s">
+        <v>552</v>
+      </c>
+      <c r="P95" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="96" spans="1:16">
       <c r="A96" t="s">
-        <v>377</v>
+        <v>553</v>
       </c>
       <c r="B96" t="s">
-        <v>378</v>
+        <v>554</v>
       </c>
       <c r="C96" t="s">
-        <v>379</v>
+        <v>555</v>
       </c>
       <c r="D96" t="s">
-        <v>17</v>
+        <v>556</v>
       </c>
       <c r="E96" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="F96" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2019</v>
+        <v>41</v>
+      </c>
+      <c r="G96" t="s">
+        <v>22</v>
       </c>
       <c r="H96">
         <v>2019</v>
       </c>
-      <c r="I96" t="s">
-        <v>93</v>
+      <c r="I96">
+        <v>2019</v>
       </c>
       <c r="J96" t="s">
-        <v>21</v>
+        <v>128</v>
       </c>
       <c r="K96" t="s">
-        <v>380</v>
+        <v>24</v>
       </c>
       <c r="L96" t="s">
-        <v>381</v>
+        <v>557</v>
       </c>
       <c r="M96" t="s">
-        <v>24</v>
+        <v>558</v>
       </c>
       <c r="N96" t="s">
-        <v>382</v>
-[...2 lines deleted...]
-    <row r="97" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O96" t="s">
+        <v>559</v>
+      </c>
+      <c r="P96" t="s">
+        <v>560</v>
+      </c>
+    </row>
+    <row r="97" spans="1:16">
       <c r="A97" t="s">
-        <v>383</v>
+        <v>561</v>
       </c>
       <c r="B97" t="s">
-        <v>99</v>
+        <v>562</v>
       </c>
       <c r="C97" t="s">
-        <v>292</v>
+        <v>136</v>
       </c>
       <c r="D97" t="s">
-        <v>100</v>
+        <v>427</v>
       </c>
       <c r="E97" t="s">
-        <v>45</v>
+        <v>137</v>
       </c>
       <c r="F97" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G97">
+        <v>58</v>
+      </c>
+      <c r="G97" t="s">
+        <v>22</v>
+      </c>
+      <c r="H97">
         <v>2000</v>
       </c>
-      <c r="H97">
+      <c r="I97">
         <v>2013</v>
       </c>
-      <c r="I97" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J97" t="s">
-        <v>21</v>
+        <v>138</v>
       </c>
       <c r="K97" t="s">
-        <v>384</v>
+        <v>24</v>
       </c>
       <c r="L97" t="s">
-        <v>103</v>
+        <v>563</v>
       </c>
       <c r="M97" t="s">
-        <v>24</v>
+        <v>140</v>
       </c>
       <c r="N97" t="s">
-        <v>385</v>
-[...2 lines deleted...]
-    <row r="98" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O97" t="s">
+        <v>564</v>
+      </c>
+      <c r="P97" t="s">
+        <v>565</v>
+      </c>
+    </row>
+    <row r="98" spans="1:16">
       <c r="A98" t="s">
-        <v>386</v>
+        <v>566</v>
       </c>
       <c r="B98" t="s">
-        <v>99</v>
+        <v>567</v>
       </c>
       <c r="C98" t="s">
-        <v>292</v>
+        <v>136</v>
       </c>
       <c r="D98" t="s">
-        <v>100</v>
+        <v>427</v>
       </c>
       <c r="E98" t="s">
-        <v>45</v>
+        <v>137</v>
       </c>
       <c r="F98" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G98">
+        <v>58</v>
+      </c>
+      <c r="G98" t="s">
+        <v>22</v>
+      </c>
+      <c r="H98">
         <v>2000</v>
       </c>
-      <c r="H98">
+      <c r="I98">
         <v>2013</v>
       </c>
-      <c r="I98" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J98" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>138</v>
+      </c>
+      <c r="K98" t="s">
+        <v>24</v>
+      </c>
+      <c r="L98"/>
       <c r="M98" t="s">
-        <v>24</v>
+        <v>140</v>
       </c>
       <c r="N98" t="s">
-        <v>387</v>
-[...2 lines deleted...]
-    <row r="99" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O98" t="s">
+        <v>568</v>
+      </c>
+      <c r="P98" t="s">
+        <v>569</v>
+      </c>
+    </row>
+    <row r="99" spans="1:16">
       <c r="A99" t="s">
-        <v>388</v>
+        <v>570</v>
       </c>
       <c r="B99" t="s">
-        <v>99</v>
+        <v>571</v>
       </c>
       <c r="C99" t="s">
-        <v>292</v>
+        <v>136</v>
       </c>
       <c r="D99" t="s">
-        <v>100</v>
+        <v>427</v>
       </c>
       <c r="E99" t="s">
-        <v>45</v>
+        <v>137</v>
       </c>
       <c r="F99" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G99">
+        <v>58</v>
+      </c>
+      <c r="G99" t="s">
+        <v>22</v>
+      </c>
+      <c r="H99">
         <v>2000</v>
       </c>
-      <c r="H99">
+      <c r="I99">
         <v>2013</v>
       </c>
-      <c r="I99" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J99" t="s">
-        <v>21</v>
+        <v>138</v>
       </c>
       <c r="K99" t="s">
-        <v>384</v>
+        <v>24</v>
       </c>
       <c r="L99" t="s">
-        <v>202</v>
+        <v>563</v>
       </c>
       <c r="M99" t="s">
-        <v>24</v>
+        <v>284</v>
       </c>
       <c r="N99" t="s">
-        <v>389</v>
-[...2 lines deleted...]
-    <row r="100" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O99" t="s">
+        <v>572</v>
+      </c>
+      <c r="P99" t="s">
+        <v>573</v>
+      </c>
+    </row>
+    <row r="100" spans="1:16">
       <c r="A100" t="s">
-        <v>390</v>
+        <v>574</v>
       </c>
       <c r="B100" t="s">
-        <v>99</v>
+        <v>575</v>
       </c>
       <c r="C100" t="s">
-        <v>57</v>
+        <v>136</v>
       </c>
       <c r="D100" t="s">
-        <v>100</v>
+        <v>76</v>
       </c>
       <c r="E100" t="s">
-        <v>45</v>
+        <v>137</v>
       </c>
       <c r="F100" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2015</v>
+        <v>58</v>
+      </c>
+      <c r="G100" t="s">
+        <v>22</v>
       </c>
       <c r="H100">
         <v>2015</v>
       </c>
-      <c r="I100" t="s">
-        <v>101</v>
+      <c r="I100">
+        <v>2015</v>
       </c>
       <c r="J100" t="s">
-        <v>21</v>
+        <v>138</v>
       </c>
       <c r="K100" t="s">
-        <v>390</v>
+        <v>24</v>
       </c>
       <c r="L100" t="s">
-        <v>103</v>
+        <v>574</v>
       </c>
       <c r="M100" t="s">
-        <v>24</v>
+        <v>140</v>
       </c>
       <c r="N100" t="s">
-        <v>391</v>
-[...2 lines deleted...]
-    <row r="101" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O100" t="s">
+        <v>576</v>
+      </c>
+      <c r="P100" t="s">
+        <v>577</v>
+      </c>
+    </row>
+    <row r="101" spans="1:16">
       <c r="A101" t="s">
-        <v>392</v>
+        <v>578</v>
       </c>
       <c r="B101" t="s">
-        <v>99</v>
+        <v>579</v>
       </c>
       <c r="C101" t="s">
-        <v>53</v>
+        <v>136</v>
       </c>
       <c r="D101" t="s">
-        <v>100</v>
+        <v>70</v>
       </c>
       <c r="E101" t="s">
-        <v>45</v>
+        <v>137</v>
       </c>
       <c r="F101" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G101">
+        <v>58</v>
+      </c>
+      <c r="G101" t="s">
+        <v>22</v>
+      </c>
+      <c r="H101">
         <v>2008</v>
       </c>
-      <c r="H101">
+      <c r="I101">
         <v>2013</v>
       </c>
-      <c r="I101" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J101" t="s">
-        <v>21</v>
+        <v>138</v>
       </c>
       <c r="K101" t="s">
-        <v>106</v>
+        <v>24</v>
       </c>
       <c r="L101" t="s">
-        <v>202</v>
+        <v>145</v>
       </c>
       <c r="M101" t="s">
-        <v>24</v>
+        <v>284</v>
       </c>
       <c r="N101" t="s">
-        <v>393</v>
-[...2 lines deleted...]
-    <row r="102" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O101" t="s">
+        <v>580</v>
+      </c>
+      <c r="P101" t="s">
+        <v>581</v>
+      </c>
+    </row>
+    <row r="102" spans="1:16">
       <c r="A102" t="s">
-        <v>394</v>
+        <v>582</v>
       </c>
       <c r="B102" t="s">
-        <v>99</v>
+        <v>583</v>
       </c>
       <c r="C102" t="s">
-        <v>242</v>
+        <v>136</v>
       </c>
       <c r="D102" t="s">
-        <v>100</v>
+        <v>348</v>
       </c>
       <c r="E102" t="s">
-        <v>45</v>
+        <v>137</v>
       </c>
       <c r="F102" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G102">
+        <v>58</v>
+      </c>
+      <c r="G102" t="s">
+        <v>22</v>
+      </c>
+      <c r="H102">
         <v>2010</v>
       </c>
-      <c r="H102">
+      <c r="I102">
         <v>2014</v>
       </c>
-      <c r="I102" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J102" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>138</v>
+      </c>
+      <c r="K102" t="s">
+        <v>24</v>
+      </c>
+      <c r="L102"/>
       <c r="M102" t="s">
-        <v>24</v>
+        <v>140</v>
       </c>
       <c r="N102" t="s">
-        <v>395</v>
-[...2 lines deleted...]
-    <row r="103" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O102" t="s">
+        <v>584</v>
+      </c>
+      <c r="P102" t="s">
+        <v>585</v>
+      </c>
+    </row>
+    <row r="103" spans="1:16">
       <c r="A103" t="s">
-        <v>396</v>
+        <v>586</v>
       </c>
       <c r="B103" t="s">
-        <v>99</v>
+        <v>587</v>
       </c>
       <c r="C103" t="s">
-        <v>179</v>
+        <v>136</v>
       </c>
       <c r="D103" t="s">
-        <v>100</v>
+        <v>249</v>
       </c>
       <c r="E103" t="s">
-        <v>45</v>
+        <v>137</v>
       </c>
       <c r="F103" t="s">
-        <v>54</v>
-[...1 lines deleted...]
-      <c r="G103">
+        <v>58</v>
+      </c>
+      <c r="G103" t="s">
+        <v>71</v>
+      </c>
+      <c r="H103">
         <v>2013</v>
       </c>
-      <c r="H103"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I103"/>
       <c r="J103" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>138</v>
+      </c>
+      <c r="K103" t="s">
+        <v>24</v>
+      </c>
+      <c r="L103"/>
       <c r="M103" t="s">
-        <v>24</v>
+        <v>284</v>
       </c>
       <c r="N103" t="s">
-        <v>397</v>
-[...2 lines deleted...]
-    <row r="104" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O103" t="s">
+        <v>588</v>
+      </c>
+      <c r="P103" t="s">
+        <v>589</v>
+      </c>
+    </row>
+    <row r="104" spans="1:16">
       <c r="A104" t="s">
-        <v>398</v>
+        <v>590</v>
       </c>
       <c r="B104" t="s">
-        <v>99</v>
+        <v>591</v>
       </c>
       <c r="C104" t="s">
-        <v>282</v>
+        <v>136</v>
       </c>
       <c r="D104" t="s">
-        <v>100</v>
+        <v>411</v>
       </c>
       <c r="E104" t="s">
-        <v>45</v>
+        <v>137</v>
       </c>
       <c r="F104" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2011</v>
+        <v>58</v>
+      </c>
+      <c r="G104" t="s">
+        <v>22</v>
       </c>
       <c r="H104">
         <v>2011</v>
       </c>
-      <c r="I104" t="s">
-        <v>101</v>
+      <c r="I104">
+        <v>2011</v>
       </c>
       <c r="J104" t="s">
-        <v>253</v>
-[...4 lines deleted...]
-      </c>
+        <v>138</v>
+      </c>
+      <c r="K104" t="s">
+        <v>365</v>
+      </c>
+      <c r="L104"/>
       <c r="M104" t="s">
-        <v>24</v>
+        <v>140</v>
       </c>
       <c r="N104" t="s">
-        <v>399</v>
-[...2 lines deleted...]
-    <row r="105" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O104" t="s">
+        <v>592</v>
+      </c>
+      <c r="P104"/>
+    </row>
+    <row r="105" spans="1:16">
       <c r="A105" t="s">
-        <v>400</v>
+        <v>593</v>
       </c>
       <c r="B105" t="s">
-        <v>99</v>
+        <v>594</v>
       </c>
       <c r="C105" t="s">
-        <v>53</v>
+        <v>136</v>
       </c>
       <c r="D105" t="s">
-        <v>100</v>
+        <v>70</v>
       </c>
       <c r="E105" t="s">
-        <v>45</v>
+        <v>137</v>
       </c>
       <c r="F105" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G105">
+        <v>58</v>
+      </c>
+      <c r="G105" t="s">
+        <v>22</v>
+      </c>
+      <c r="H105">
         <v>2008</v>
       </c>
-      <c r="H105">
+      <c r="I105">
         <v>2014</v>
       </c>
-      <c r="I105" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J105" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>138</v>
+      </c>
+      <c r="K105" t="s">
+        <v>24</v>
+      </c>
+      <c r="L105"/>
       <c r="M105" t="s">
-        <v>24</v>
+        <v>284</v>
       </c>
       <c r="N105" t="s">
-        <v>401</v>
-[...2 lines deleted...]
-    <row r="106" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O105" t="s">
+        <v>595</v>
+      </c>
+      <c r="P105" t="s">
+        <v>596</v>
+      </c>
+    </row>
+    <row r="106" spans="1:16">
       <c r="A106" t="s">
-        <v>402</v>
+        <v>597</v>
       </c>
       <c r="B106" t="s">
-        <v>99</v>
+        <v>598</v>
       </c>
       <c r="C106" t="s">
-        <v>403</v>
+        <v>136</v>
       </c>
       <c r="D106" t="s">
-        <v>100</v>
+        <v>599</v>
       </c>
       <c r="E106" t="s">
-        <v>45</v>
+        <v>137</v>
       </c>
       <c r="F106" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G106">
+        <v>58</v>
+      </c>
+      <c r="G106" t="s">
+        <v>22</v>
+      </c>
+      <c r="H106">
         <v>2011</v>
       </c>
-      <c r="H106">
+      <c r="I106">
         <v>2013</v>
       </c>
-      <c r="I106" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J106" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>138</v>
+      </c>
+      <c r="K106" t="s">
+        <v>24</v>
+      </c>
+      <c r="L106"/>
       <c r="M106" t="s">
-        <v>24</v>
+        <v>140</v>
       </c>
       <c r="N106" t="s">
-        <v>404</v>
-[...2 lines deleted...]
-    <row r="107" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O106" t="s">
+        <v>600</v>
+      </c>
+      <c r="P106" t="s">
+        <v>601</v>
+      </c>
+    </row>
+    <row r="107" spans="1:16">
       <c r="A107" t="s">
-        <v>405</v>
+        <v>602</v>
       </c>
       <c r="B107" t="s">
-        <v>99</v>
+        <v>603</v>
       </c>
       <c r="C107" t="s">
-        <v>187</v>
+        <v>136</v>
       </c>
       <c r="D107" t="s">
-        <v>100</v>
+        <v>261</v>
       </c>
       <c r="E107" t="s">
-        <v>45</v>
+        <v>137</v>
       </c>
       <c r="F107" t="s">
-        <v>54</v>
-[...1 lines deleted...]
-      <c r="G107">
+        <v>58</v>
+      </c>
+      <c r="G107" t="s">
+        <v>71</v>
+      </c>
+      <c r="H107">
         <v>2014</v>
       </c>
-      <c r="H107"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I107"/>
       <c r="J107" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>138</v>
+      </c>
+      <c r="K107" t="s">
+        <v>24</v>
+      </c>
+      <c r="L107"/>
       <c r="M107" t="s">
-        <v>24</v>
+        <v>140</v>
       </c>
       <c r="N107" t="s">
-        <v>406</v>
-[...2 lines deleted...]
-    <row r="108" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O107" t="s">
+        <v>604</v>
+      </c>
+      <c r="P107" t="s">
+        <v>605</v>
+      </c>
+    </row>
+    <row r="108" spans="1:16">
       <c r="A108" t="s">
-        <v>407</v>
+        <v>606</v>
       </c>
       <c r="B108" t="s">
-        <v>99</v>
+        <v>607</v>
       </c>
       <c r="C108" t="s">
-        <v>66</v>
+        <v>136</v>
       </c>
       <c r="D108" t="s">
-        <v>100</v>
+        <v>89</v>
       </c>
       <c r="E108" t="s">
-        <v>45</v>
+        <v>137</v>
       </c>
       <c r="F108" t="s">
-        <v>54</v>
-[...1 lines deleted...]
-      <c r="G108">
+        <v>58</v>
+      </c>
+      <c r="G108" t="s">
+        <v>71</v>
+      </c>
+      <c r="H108">
         <v>2014</v>
       </c>
-      <c r="H108"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I108"/>
       <c r="J108" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>138</v>
+      </c>
+      <c r="K108" t="s">
+        <v>24</v>
+      </c>
+      <c r="L108"/>
       <c r="M108" t="s">
-        <v>24</v>
+        <v>284</v>
       </c>
       <c r="N108" t="s">
-        <v>408</v>
-[...2 lines deleted...]
-    <row r="109" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O108" t="s">
+        <v>608</v>
+      </c>
+      <c r="P108" t="s">
+        <v>609</v>
+      </c>
+    </row>
+    <row r="109" spans="1:16">
       <c r="A109" t="s">
-        <v>409</v>
+        <v>610</v>
       </c>
       <c r="B109" t="s">
-        <v>99</v>
+        <v>611</v>
       </c>
       <c r="C109" t="s">
-        <v>282</v>
+        <v>136</v>
       </c>
       <c r="D109" t="s">
-        <v>100</v>
+        <v>411</v>
       </c>
       <c r="E109" t="s">
-        <v>45</v>
+        <v>137</v>
       </c>
       <c r="F109" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G109">
+        <v>58</v>
+      </c>
+      <c r="G109" t="s">
+        <v>22</v>
+      </c>
+      <c r="H109">
         <v>2013</v>
       </c>
-      <c r="H109">
+      <c r="I109">
         <v>2014</v>
       </c>
-      <c r="I109" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J109" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>138</v>
+      </c>
+      <c r="K109" t="s">
+        <v>24</v>
+      </c>
+      <c r="L109"/>
       <c r="M109" t="s">
-        <v>24</v>
+        <v>284</v>
       </c>
       <c r="N109" t="s">
-        <v>410</v>
-[...2 lines deleted...]
-    <row r="110" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O109" t="s">
+        <v>612</v>
+      </c>
+      <c r="P109" t="s">
+        <v>613</v>
+      </c>
+    </row>
+    <row r="110" spans="1:16">
       <c r="A110" t="s">
-        <v>411</v>
+        <v>614</v>
       </c>
       <c r="B110" t="s">
-        <v>99</v>
+        <v>615</v>
       </c>
       <c r="C110" t="s">
-        <v>53</v>
+        <v>136</v>
       </c>
       <c r="D110" t="s">
-        <v>100</v>
+        <v>70</v>
       </c>
       <c r="E110" t="s">
-        <v>45</v>
+        <v>137</v>
       </c>
       <c r="F110" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G110">
+        <v>58</v>
+      </c>
+      <c r="G110" t="s">
+        <v>22</v>
+      </c>
+      <c r="H110">
         <v>2012</v>
       </c>
-      <c r="H110">
+      <c r="I110">
         <v>2014</v>
       </c>
-      <c r="I110" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J110" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>138</v>
+      </c>
+      <c r="K110" t="s">
+        <v>24</v>
+      </c>
+      <c r="L110"/>
       <c r="M110" t="s">
-        <v>24</v>
+        <v>284</v>
       </c>
       <c r="N110" t="s">
-        <v>412</v>
-[...2 lines deleted...]
-    <row r="111" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O110" t="s">
+        <v>616</v>
+      </c>
+      <c r="P110" t="s">
+        <v>617</v>
+      </c>
+    </row>
+    <row r="111" spans="1:16">
       <c r="A111" t="s">
-        <v>413</v>
+        <v>618</v>
       </c>
       <c r="B111" t="s">
-        <v>99</v>
+        <v>619</v>
       </c>
       <c r="C111" t="s">
-        <v>414</v>
+        <v>136</v>
       </c>
       <c r="D111" t="s">
-        <v>100</v>
+        <v>620</v>
       </c>
       <c r="E111" t="s">
-        <v>45</v>
+        <v>137</v>
       </c>
       <c r="F111" t="s">
-        <v>54</v>
-[...1 lines deleted...]
-      <c r="G111">
+        <v>58</v>
+      </c>
+      <c r="G111" t="s">
+        <v>71</v>
+      </c>
+      <c r="H111">
         <v>2015</v>
       </c>
-      <c r="H111"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I111"/>
       <c r="J111" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>138</v>
+      </c>
+      <c r="K111" t="s">
+        <v>24</v>
+      </c>
+      <c r="L111"/>
       <c r="M111" t="s">
-        <v>24</v>
+        <v>284</v>
       </c>
       <c r="N111" t="s">
-        <v>415</v>
-[...2 lines deleted...]
-    <row r="112" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O111" t="s">
+        <v>621</v>
+      </c>
+      <c r="P111" t="s">
+        <v>622</v>
+      </c>
+    </row>
+    <row r="112" spans="1:16">
       <c r="A112" t="s">
-        <v>416</v>
+        <v>623</v>
       </c>
       <c r="B112" t="s">
-        <v>99</v>
+        <v>624</v>
       </c>
       <c r="C112" t="s">
-        <v>417</v>
+        <v>136</v>
       </c>
       <c r="D112" t="s">
-        <v>100</v>
+        <v>625</v>
       </c>
       <c r="E112" t="s">
-        <v>45</v>
+        <v>137</v>
       </c>
       <c r="F112" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2015</v>
+        <v>58</v>
+      </c>
+      <c r="G112" t="s">
+        <v>22</v>
       </c>
       <c r="H112">
         <v>2015</v>
       </c>
-      <c r="I112" t="s">
-        <v>101</v>
+      <c r="I112">
+        <v>2015</v>
       </c>
       <c r="J112" t="s">
-        <v>21</v>
+        <v>138</v>
       </c>
       <c r="K112" t="s">
-        <v>416</v>
+        <v>24</v>
       </c>
       <c r="L112" t="s">
-        <v>202</v>
+        <v>623</v>
       </c>
       <c r="M112" t="s">
-        <v>24</v>
+        <v>284</v>
       </c>
       <c r="N112" t="s">
-        <v>418</v>
-[...2 lines deleted...]
-    <row r="113" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O112" t="s">
+        <v>626</v>
+      </c>
+      <c r="P112" t="s">
+        <v>627</v>
+      </c>
+    </row>
+    <row r="113" spans="1:16">
       <c r="A113" t="s">
-        <v>419</v>
+        <v>628</v>
       </c>
       <c r="B113" t="s">
-        <v>99</v>
+        <v>629</v>
       </c>
       <c r="C113" t="s">
-        <v>218</v>
+        <v>136</v>
       </c>
       <c r="D113" t="s">
-        <v>100</v>
+        <v>310</v>
       </c>
       <c r="E113" t="s">
-        <v>45</v>
+        <v>137</v>
       </c>
       <c r="F113" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G113">
+        <v>58</v>
+      </c>
+      <c r="G113" t="s">
+        <v>22</v>
+      </c>
+      <c r="H113">
         <v>2006</v>
       </c>
-      <c r="H113">
+      <c r="I113">
         <v>2016</v>
       </c>
-      <c r="I113" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J113" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>138</v>
+      </c>
+      <c r="K113" t="s">
+        <v>24</v>
+      </c>
+      <c r="L113"/>
       <c r="M113" t="s">
-        <v>24</v>
+        <v>284</v>
       </c>
       <c r="N113" t="s">
-        <v>420</v>
-[...2 lines deleted...]
-    <row r="114" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O113" t="s">
+        <v>630</v>
+      </c>
+      <c r="P113" t="s">
+        <v>631</v>
+      </c>
+    </row>
+    <row r="114" spans="1:16">
       <c r="A114" t="s">
-        <v>421</v>
+        <v>632</v>
       </c>
       <c r="B114" t="s">
-        <v>99</v>
+        <v>633</v>
       </c>
       <c r="C114" t="s">
-        <v>422</v>
+        <v>136</v>
       </c>
       <c r="D114" t="s">
-        <v>100</v>
+        <v>634</v>
       </c>
       <c r="E114" t="s">
-        <v>45</v>
+        <v>137</v>
       </c>
       <c r="F114" t="s">
-        <v>54</v>
-[...1 lines deleted...]
-      <c r="G114">
+        <v>58</v>
+      </c>
+      <c r="G114" t="s">
+        <v>71</v>
+      </c>
+      <c r="H114">
         <v>2016</v>
       </c>
-      <c r="H114"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I114"/>
       <c r="J114" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>138</v>
+      </c>
+      <c r="K114" t="s">
+        <v>24</v>
+      </c>
+      <c r="L114"/>
       <c r="M114" t="s">
-        <v>24</v>
+        <v>284</v>
       </c>
       <c r="N114" t="s">
-        <v>423</v>
-[...2 lines deleted...]
-    <row r="115" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O114" t="s">
+        <v>635</v>
+      </c>
+      <c r="P114" t="s">
+        <v>636</v>
+      </c>
+    </row>
+    <row r="115" spans="1:16">
       <c r="A115" t="s">
-        <v>424</v>
+        <v>637</v>
       </c>
       <c r="B115" t="s">
-        <v>99</v>
+        <v>638</v>
       </c>
       <c r="C115" t="s">
-        <v>425</v>
+        <v>136</v>
       </c>
       <c r="D115" t="s">
-        <v>100</v>
+        <v>639</v>
       </c>
       <c r="E115" t="s">
-        <v>45</v>
+        <v>137</v>
       </c>
       <c r="F115" t="s">
-        <v>54</v>
-[...1 lines deleted...]
-      <c r="G115">
+        <v>58</v>
+      </c>
+      <c r="G115" t="s">
+        <v>71</v>
+      </c>
+      <c r="H115">
         <v>2016</v>
       </c>
-      <c r="H115"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I115"/>
       <c r="J115" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>138</v>
+      </c>
+      <c r="K115" t="s">
+        <v>24</v>
+      </c>
+      <c r="L115"/>
       <c r="M115" t="s">
-        <v>24</v>
+        <v>284</v>
       </c>
       <c r="N115" t="s">
-        <v>426</v>
-[...2 lines deleted...]
-    <row r="116" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O115" t="s">
+        <v>640</v>
+      </c>
+      <c r="P115" t="s">
+        <v>641</v>
+      </c>
+    </row>
+    <row r="116" spans="1:16">
       <c r="A116" t="s">
-        <v>427</v>
+        <v>642</v>
       </c>
       <c r="B116" t="s">
-        <v>99</v>
+        <v>643</v>
       </c>
       <c r="C116" t="s">
-        <v>428</v>
+        <v>136</v>
       </c>
       <c r="D116" t="s">
-        <v>100</v>
+        <v>644</v>
       </c>
       <c r="E116" t="s">
-        <v>45</v>
+        <v>137</v>
       </c>
       <c r="F116" t="s">
-        <v>54</v>
-[...1 lines deleted...]
-      <c r="G116">
+        <v>58</v>
+      </c>
+      <c r="G116" t="s">
+        <v>71</v>
+      </c>
+      <c r="H116">
         <v>2016</v>
       </c>
-      <c r="H116"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I116"/>
       <c r="J116" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>138</v>
+      </c>
+      <c r="K116" t="s">
+        <v>24</v>
+      </c>
+      <c r="L116"/>
       <c r="M116" t="s">
-        <v>24</v>
+        <v>284</v>
       </c>
       <c r="N116" t="s">
-        <v>429</v>
-[...2 lines deleted...]
-    <row r="117" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O116" t="s">
+        <v>645</v>
+      </c>
+      <c r="P116" t="s">
+        <v>641</v>
+      </c>
+    </row>
+    <row r="117" spans="1:16">
       <c r="A117" t="s">
-        <v>430</v>
+        <v>646</v>
       </c>
       <c r="B117" t="s">
-        <v>99</v>
+        <v>647</v>
       </c>
       <c r="C117" t="s">
-        <v>238</v>
+        <v>136</v>
       </c>
       <c r="D117" t="s">
-        <v>100</v>
+        <v>342</v>
       </c>
       <c r="E117" t="s">
-        <v>45</v>
+        <v>137</v>
       </c>
       <c r="F117" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G117">
+        <v>58</v>
+      </c>
+      <c r="G117" t="s">
+        <v>22</v>
+      </c>
+      <c r="H117">
         <v>2000</v>
       </c>
-      <c r="H117">
+      <c r="I117">
         <v>2016</v>
       </c>
-      <c r="I117" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J117" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>138</v>
+      </c>
+      <c r="K117" t="s">
+        <v>24</v>
+      </c>
+      <c r="L117"/>
       <c r="M117" t="s">
-        <v>24</v>
+        <v>140</v>
       </c>
       <c r="N117" t="s">
-        <v>431</v>
-[...2 lines deleted...]
-    <row r="118" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O117" t="s">
+        <v>648</v>
+      </c>
+      <c r="P117" t="s">
+        <v>649</v>
+      </c>
+    </row>
+    <row r="118" spans="1:16">
       <c r="A118" t="s">
-        <v>432</v>
+        <v>650</v>
       </c>
       <c r="B118" t="s">
-        <v>99</v>
+        <v>651</v>
       </c>
       <c r="C118" t="s">
-        <v>238</v>
+        <v>136</v>
       </c>
       <c r="D118" t="s">
-        <v>100</v>
+        <v>342</v>
       </c>
       <c r="E118" t="s">
-        <v>45</v>
+        <v>137</v>
       </c>
       <c r="F118" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G118">
+        <v>58</v>
+      </c>
+      <c r="G118" t="s">
+        <v>22</v>
+      </c>
+      <c r="H118">
         <v>2000</v>
       </c>
-      <c r="H118">
+      <c r="I118">
         <v>2015</v>
       </c>
-      <c r="I118" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J118" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>138</v>
+      </c>
+      <c r="K118" t="s">
+        <v>24</v>
+      </c>
+      <c r="L118"/>
       <c r="M118" t="s">
-        <v>24</v>
+        <v>284</v>
       </c>
       <c r="N118" t="s">
-        <v>433</v>
-[...2 lines deleted...]
-    <row r="119" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O118" t="s">
+        <v>652</v>
+      </c>
+      <c r="P118" t="s">
+        <v>653</v>
+      </c>
+    </row>
+    <row r="119" spans="1:16">
       <c r="A119" t="s">
-        <v>434</v>
+        <v>654</v>
       </c>
       <c r="B119" t="s">
-        <v>99</v>
+        <v>655</v>
       </c>
       <c r="C119" t="s">
-        <v>260</v>
+        <v>136</v>
       </c>
       <c r="D119" t="s">
-        <v>100</v>
+        <v>376</v>
       </c>
       <c r="E119" t="s">
-        <v>45</v>
+        <v>137</v>
       </c>
       <c r="F119" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G119">
+        <v>58</v>
+      </c>
+      <c r="G119" t="s">
+        <v>22</v>
+      </c>
+      <c r="H119">
         <v>2000</v>
       </c>
-      <c r="H119">
+      <c r="I119">
         <v>2013</v>
       </c>
-      <c r="I119" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J119" t="s">
-        <v>21</v>
+        <v>138</v>
       </c>
       <c r="K119" t="s">
-        <v>384</v>
+        <v>24</v>
       </c>
       <c r="L119" t="s">
-        <v>202</v>
+        <v>563</v>
       </c>
       <c r="M119" t="s">
-        <v>24</v>
+        <v>284</v>
       </c>
       <c r="N119" t="s">
-        <v>435</v>
-[...2 lines deleted...]
-    <row r="120" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O119" t="s">
+        <v>656</v>
+      </c>
+      <c r="P119" t="s">
+        <v>657</v>
+      </c>
+    </row>
+    <row r="120" spans="1:16">
       <c r="A120" t="s">
-        <v>436</v>
+        <v>658</v>
       </c>
       <c r="B120" t="s">
-        <v>99</v>
+        <v>659</v>
       </c>
       <c r="C120" t="s">
-        <v>66</v>
+        <v>136</v>
       </c>
       <c r="D120" t="s">
-        <v>100</v>
+        <v>89</v>
       </c>
       <c r="E120" t="s">
-        <v>45</v>
+        <v>137</v>
       </c>
       <c r="F120" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G120">
+        <v>58</v>
+      </c>
+      <c r="G120" t="s">
+        <v>22</v>
+      </c>
+      <c r="H120">
         <v>2001</v>
       </c>
-      <c r="H120">
+      <c r="I120">
         <v>2013</v>
       </c>
-      <c r="I120" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J120" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>138</v>
+      </c>
+      <c r="K120" t="s">
+        <v>24</v>
+      </c>
+      <c r="L120"/>
       <c r="M120" t="s">
-        <v>24</v>
+        <v>140</v>
       </c>
       <c r="N120" t="s">
-        <v>437</v>
-[...2 lines deleted...]
-    <row r="121" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O120" t="s">
+        <v>660</v>
+      </c>
+      <c r="P120" t="s">
+        <v>661</v>
+      </c>
+    </row>
+    <row r="121" spans="1:16">
       <c r="A121" t="s">
-        <v>438</v>
+        <v>662</v>
       </c>
       <c r="B121" t="s">
-        <v>99</v>
+        <v>663</v>
       </c>
       <c r="C121" t="s">
-        <v>161</v>
+        <v>136</v>
       </c>
       <c r="D121" t="s">
-        <v>100</v>
+        <v>221</v>
       </c>
       <c r="E121" t="s">
-        <v>45</v>
+        <v>137</v>
       </c>
       <c r="F121" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G121">
+        <v>58</v>
+      </c>
+      <c r="G121" t="s">
+        <v>22</v>
+      </c>
+      <c r="H121">
         <v>2002</v>
       </c>
-      <c r="H121">
+      <c r="I121">
         <v>2014</v>
       </c>
-      <c r="I121" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J121" t="s">
-        <v>21</v>
+        <v>138</v>
       </c>
       <c r="K121" t="s">
-        <v>439</v>
+        <v>24</v>
       </c>
       <c r="L121" t="s">
-        <v>103</v>
+        <v>664</v>
       </c>
       <c r="M121" t="s">
-        <v>24</v>
+        <v>140</v>
       </c>
       <c r="N121" t="s">
-        <v>440</v>
-[...2 lines deleted...]
-    <row r="122" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O121" t="s">
+        <v>665</v>
+      </c>
+      <c r="P121" t="s">
+        <v>666</v>
+      </c>
+    </row>
+    <row r="122" spans="1:16">
       <c r="A122" t="s">
-        <v>441</v>
+        <v>667</v>
       </c>
       <c r="B122" t="s">
-        <v>99</v>
+        <v>668</v>
       </c>
       <c r="C122" t="s">
-        <v>27</v>
+        <v>136</v>
       </c>
       <c r="D122" t="s">
-        <v>100</v>
+        <v>32</v>
       </c>
       <c r="E122" t="s">
-        <v>45</v>
+        <v>137</v>
       </c>
       <c r="F122" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G122">
+        <v>58</v>
+      </c>
+      <c r="G122" t="s">
+        <v>22</v>
+      </c>
+      <c r="H122">
         <v>1998</v>
       </c>
-      <c r="H122">
+      <c r="I122">
         <v>2014</v>
       </c>
-      <c r="I122" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J122" t="s">
-        <v>21</v>
+        <v>669</v>
       </c>
       <c r="K122" t="s">
-        <v>443</v>
+        <v>24</v>
       </c>
       <c r="L122" t="s">
-        <v>103</v>
+        <v>670</v>
       </c>
       <c r="M122" t="s">
-        <v>24</v>
+        <v>140</v>
       </c>
       <c r="N122" t="s">
-        <v>444</v>
-[...2 lines deleted...]
-    <row r="123" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O122" t="s">
+        <v>671</v>
+      </c>
+      <c r="P122" t="s">
+        <v>672</v>
+      </c>
+    </row>
+    <row r="123" spans="1:16">
       <c r="A123" t="s">
-        <v>445</v>
+        <v>673</v>
       </c>
       <c r="B123" t="s">
-        <v>99</v>
+        <v>674</v>
       </c>
       <c r="C123" t="s">
-        <v>41</v>
+        <v>136</v>
       </c>
       <c r="D123" t="s">
-        <v>100</v>
+        <v>52</v>
       </c>
       <c r="E123" t="s">
-        <v>45</v>
+        <v>137</v>
       </c>
       <c r="F123" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G123">
+        <v>58</v>
+      </c>
+      <c r="G123" t="s">
+        <v>22</v>
+      </c>
+      <c r="H123">
         <v>2005</v>
       </c>
-      <c r="H123">
+      <c r="I123">
         <v>2013</v>
       </c>
-      <c r="I123" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J123" t="s">
-        <v>21</v>
+        <v>138</v>
       </c>
       <c r="K123" t="s">
-        <v>446</v>
+        <v>24</v>
       </c>
       <c r="L123" t="s">
-        <v>202</v>
+        <v>675</v>
       </c>
       <c r="M123" t="s">
-        <v>24</v>
+        <v>284</v>
       </c>
       <c r="N123" t="s">
-        <v>447</v>
-[...2 lines deleted...]
-    <row r="124" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O123" t="s">
+        <v>676</v>
+      </c>
+      <c r="P123" t="s">
+        <v>677</v>
+      </c>
+    </row>
+    <row r="124" spans="1:16">
       <c r="A124" t="s">
-        <v>448</v>
+        <v>678</v>
       </c>
       <c r="B124" t="s">
-        <v>99</v>
+        <v>679</v>
       </c>
       <c r="C124" t="s">
-        <v>369</v>
+        <v>136</v>
       </c>
       <c r="D124" t="s">
-        <v>100</v>
+        <v>544</v>
       </c>
       <c r="E124" t="s">
-        <v>45</v>
+        <v>137</v>
       </c>
       <c r="F124" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G124">
+        <v>58</v>
+      </c>
+      <c r="G124" t="s">
+        <v>22</v>
+      </c>
+      <c r="H124">
         <v>2002</v>
       </c>
-      <c r="H124">
+      <c r="I124">
         <v>2013</v>
       </c>
-      <c r="I124" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J124" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>138</v>
+      </c>
+      <c r="K124" t="s">
+        <v>24</v>
+      </c>
+      <c r="L124"/>
       <c r="M124" t="s">
-        <v>24</v>
+        <v>284</v>
       </c>
       <c r="N124" t="s">
-        <v>449</v>
-[...2 lines deleted...]
-    <row r="125" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O124" t="s">
+        <v>680</v>
+      </c>
+      <c r="P124" t="s">
+        <v>681</v>
+      </c>
+    </row>
+    <row r="125" spans="1:16">
       <c r="A125" t="s">
-        <v>450</v>
+        <v>682</v>
       </c>
       <c r="B125" t="s">
-        <v>99</v>
+        <v>683</v>
       </c>
       <c r="C125" t="s">
-        <v>260</v>
+        <v>136</v>
       </c>
       <c r="D125" t="s">
-        <v>100</v>
+        <v>376</v>
       </c>
       <c r="E125" t="s">
-        <v>45</v>
+        <v>137</v>
       </c>
       <c r="F125" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G125">
+        <v>58</v>
+      </c>
+      <c r="G125" t="s">
+        <v>22</v>
+      </c>
+      <c r="H125">
         <v>2000</v>
       </c>
-      <c r="H125">
+      <c r="I125">
         <v>2013</v>
       </c>
-      <c r="I125" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J125" t="s">
-        <v>21</v>
+        <v>138</v>
       </c>
       <c r="K125" t="s">
-        <v>451</v>
+        <v>24</v>
       </c>
       <c r="L125" t="s">
-        <v>103</v>
+        <v>684</v>
       </c>
       <c r="M125" t="s">
-        <v>24</v>
+        <v>140</v>
       </c>
       <c r="N125" t="s">
-        <v>452</v>
-[...2 lines deleted...]
-    <row r="126" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O125" t="s">
+        <v>685</v>
+      </c>
+      <c r="P125"/>
+    </row>
+    <row r="126" spans="1:16">
       <c r="A126" t="s">
-        <v>453</v>
+        <v>686</v>
       </c>
       <c r="B126" t="s">
-        <v>99</v>
+        <v>687</v>
       </c>
       <c r="C126" t="s">
-        <v>234</v>
+        <v>136</v>
       </c>
       <c r="D126" t="s">
-        <v>100</v>
+        <v>336</v>
       </c>
       <c r="E126" t="s">
-        <v>45</v>
+        <v>137</v>
       </c>
       <c r="F126" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G126">
+        <v>58</v>
+      </c>
+      <c r="G126" t="s">
+        <v>22</v>
+      </c>
+      <c r="H126">
         <v>2011</v>
       </c>
-      <c r="H126">
+      <c r="I126">
         <v>2013</v>
       </c>
-      <c r="I126" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J126" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>138</v>
+      </c>
+      <c r="K126" t="s">
+        <v>24</v>
+      </c>
+      <c r="L126"/>
       <c r="M126" t="s">
-        <v>24</v>
+        <v>284</v>
       </c>
       <c r="N126" t="s">
-        <v>454</v>
-[...2 lines deleted...]
-    <row r="127" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O126" t="s">
+        <v>688</v>
+      </c>
+      <c r="P126" t="s">
+        <v>689</v>
+      </c>
+    </row>
+    <row r="127" spans="1:16">
       <c r="A127" t="s">
-        <v>455</v>
+        <v>690</v>
       </c>
       <c r="B127" t="s">
-        <v>99</v>
+        <v>691</v>
       </c>
       <c r="C127" t="s">
-        <v>252</v>
+        <v>136</v>
       </c>
       <c r="D127" t="s">
-        <v>100</v>
+        <v>364</v>
       </c>
       <c r="E127" t="s">
-        <v>45</v>
+        <v>137</v>
       </c>
       <c r="F127" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G127">
+        <v>58</v>
+      </c>
+      <c r="G127" t="s">
+        <v>22</v>
+      </c>
+      <c r="H127">
         <v>2006</v>
       </c>
-      <c r="H127">
+      <c r="I127">
         <v>2015</v>
       </c>
-      <c r="I127" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J127" t="s">
-        <v>253</v>
-[...4 lines deleted...]
-      </c>
+        <v>138</v>
+      </c>
+      <c r="K127" t="s">
+        <v>365</v>
+      </c>
+      <c r="L127"/>
       <c r="M127" t="s">
-        <v>24</v>
+        <v>284</v>
       </c>
       <c r="N127" t="s">
-        <v>456</v>
-[...2 lines deleted...]
-    <row r="128" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O127" t="s">
+        <v>692</v>
+      </c>
+      <c r="P127" t="s">
+        <v>693</v>
+      </c>
+    </row>
+    <row r="128" spans="1:16">
       <c r="A128" t="s">
-        <v>457</v>
+        <v>694</v>
       </c>
       <c r="B128" t="s">
-        <v>99</v>
+        <v>695</v>
       </c>
       <c r="C128" t="s">
-        <v>286</v>
+        <v>136</v>
       </c>
       <c r="D128" t="s">
-        <v>100</v>
+        <v>417</v>
       </c>
       <c r="E128" t="s">
-        <v>45</v>
+        <v>137</v>
       </c>
       <c r="F128" t="s">
-        <v>54</v>
-[...1 lines deleted...]
-      <c r="G128">
+        <v>58</v>
+      </c>
+      <c r="G128" t="s">
+        <v>71</v>
+      </c>
+      <c r="H128">
         <v>2013</v>
       </c>
-      <c r="H128"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I128"/>
       <c r="J128" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>138</v>
+      </c>
+      <c r="K128" t="s">
+        <v>24</v>
+      </c>
+      <c r="L128"/>
       <c r="M128" t="s">
-        <v>24</v>
+        <v>140</v>
       </c>
       <c r="N128" t="s">
-        <v>458</v>
-[...2 lines deleted...]
-    <row r="129" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O128" t="s">
+        <v>696</v>
+      </c>
+      <c r="P128" t="s">
+        <v>697</v>
+      </c>
+    </row>
+    <row r="129" spans="1:16">
       <c r="A129" t="s">
-        <v>459</v>
+        <v>698</v>
       </c>
       <c r="B129" t="s">
-        <v>99</v>
+        <v>699</v>
       </c>
       <c r="C129" t="s">
-        <v>53</v>
+        <v>136</v>
       </c>
       <c r="D129" t="s">
-        <v>100</v>
+        <v>70</v>
       </c>
       <c r="E129" t="s">
-        <v>45</v>
+        <v>137</v>
       </c>
       <c r="F129" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>58</v>
+      </c>
+      <c r="G129" t="s">
+        <v>22</v>
       </c>
       <c r="H129">
         <v>2012</v>
       </c>
-      <c r="I129" t="s">
-        <v>101</v>
+      <c r="I129">
+        <v>2012</v>
       </c>
       <c r="J129" t="s">
+        <v>138</v>
+      </c>
+      <c r="K129" t="s">
+        <v>129</v>
+      </c>
+      <c r="L129" t="s">
+        <v>700</v>
+      </c>
+      <c r="M129" t="s">
+        <v>284</v>
+      </c>
+      <c r="N129" t="s">
+        <v>27</v>
+      </c>
+      <c r="O129" t="s">
+        <v>701</v>
+      </c>
+      <c r="P129" t="s">
+        <v>702</v>
+      </c>
+    </row>
+    <row r="130" spans="1:16">
+      <c r="A130" t="s">
+        <v>703</v>
+      </c>
+      <c r="B130" t="s">
+        <v>704</v>
+      </c>
+      <c r="C130" t="s">
+        <v>136</v>
+      </c>
+      <c r="D130" t="s">
+        <v>427</v>
+      </c>
+      <c r="E130" t="s">
+        <v>137</v>
+      </c>
+      <c r="F130" t="s">
+        <v>58</v>
+      </c>
+      <c r="G130" t="s">
+        <v>22</v>
+      </c>
+      <c r="H130">
+        <v>2000</v>
+      </c>
+      <c r="I130">
+        <v>2015</v>
+      </c>
+      <c r="J130" t="s">
+        <v>138</v>
+      </c>
+      <c r="K130" t="s">
+        <v>24</v>
+      </c>
+      <c r="L130"/>
+      <c r="M130" t="s">
+        <v>140</v>
+      </c>
+      <c r="N130" t="s">
+        <v>27</v>
+      </c>
+      <c r="O130" t="s">
+        <v>705</v>
+      </c>
+      <c r="P130" t="s">
+        <v>706</v>
+      </c>
+    </row>
+    <row r="131" spans="1:16">
+      <c r="A131" t="s">
+        <v>707</v>
+      </c>
+      <c r="B131" t="s">
+        <v>708</v>
+      </c>
+      <c r="C131" t="s">
+        <v>136</v>
+      </c>
+      <c r="D131" t="s">
         <v>94</v>
       </c>
-      <c r="K129" t="s">
-[...31 lines deleted...]
-      <c r="G130">
+      <c r="E131" t="s">
+        <v>137</v>
+      </c>
+      <c r="F131" t="s">
+        <v>58</v>
+      </c>
+      <c r="G131" t="s">
+        <v>22</v>
+      </c>
+      <c r="H131">
+        <v>2002</v>
+      </c>
+      <c r="I131">
+        <v>2013</v>
+      </c>
+      <c r="J131" t="s">
+        <v>138</v>
+      </c>
+      <c r="K131" t="s">
+        <v>24</v>
+      </c>
+      <c r="L131" t="s">
+        <v>709</v>
+      </c>
+      <c r="M131" t="s">
+        <v>140</v>
+      </c>
+      <c r="N131" t="s">
+        <v>27</v>
+      </c>
+      <c r="O131" t="s">
+        <v>710</v>
+      </c>
+      <c r="P131" t="s">
+        <v>711</v>
+      </c>
+    </row>
+    <row r="132" spans="1:16">
+      <c r="A132" t="s">
+        <v>712</v>
+      </c>
+      <c r="B132" t="s">
+        <v>713</v>
+      </c>
+      <c r="C132" t="s">
+        <v>136</v>
+      </c>
+      <c r="D132" t="s">
+        <v>427</v>
+      </c>
+      <c r="E132" t="s">
+        <v>137</v>
+      </c>
+      <c r="F132" t="s">
+        <v>58</v>
+      </c>
+      <c r="G132" t="s">
+        <v>22</v>
+      </c>
+      <c r="H132">
         <v>2000</v>
       </c>
-      <c r="H130">
+      <c r="I132">
         <v>2015</v>
       </c>
-      <c r="I130" t="s">
-[...38 lines deleted...]
-      <c r="H131">
+      <c r="J132" t="s">
+        <v>138</v>
+      </c>
+      <c r="K132" t="s">
+        <v>24</v>
+      </c>
+      <c r="L132"/>
+      <c r="M132" t="s">
+        <v>284</v>
+      </c>
+      <c r="N132" t="s">
+        <v>27</v>
+      </c>
+      <c r="O132" t="s">
+        <v>714</v>
+      </c>
+      <c r="P132" t="s">
+        <v>715</v>
+      </c>
+    </row>
+    <row r="133" spans="1:16">
+      <c r="A133" t="s">
+        <v>716</v>
+      </c>
+      <c r="B133" t="s">
+        <v>717</v>
+      </c>
+      <c r="C133" t="s">
+        <v>136</v>
+      </c>
+      <c r="D133" t="s">
+        <v>255</v>
+      </c>
+      <c r="E133" t="s">
+        <v>137</v>
+      </c>
+      <c r="F133" t="s">
+        <v>58</v>
+      </c>
+      <c r="G133" t="s">
+        <v>22</v>
+      </c>
+      <c r="H133">
+        <v>2001</v>
+      </c>
+      <c r="I133">
         <v>2013</v>
       </c>
-      <c r="I131" t="s">
-[...79 lines deleted...]
-      <c r="G133">
+      <c r="J133" t="s">
+        <v>138</v>
+      </c>
+      <c r="K133" t="s">
+        <v>24</v>
+      </c>
+      <c r="L133"/>
+      <c r="M133" t="s">
+        <v>140</v>
+      </c>
+      <c r="N133" t="s">
+        <v>27</v>
+      </c>
+      <c r="O133" t="s">
+        <v>718</v>
+      </c>
+      <c r="P133" t="s">
+        <v>719</v>
+      </c>
+    </row>
+    <row r="134" spans="1:16">
+      <c r="A134" t="s">
+        <v>720</v>
+      </c>
+      <c r="B134" t="s">
+        <v>721</v>
+      </c>
+      <c r="C134" t="s">
+        <v>136</v>
+      </c>
+      <c r="D134" t="s">
+        <v>310</v>
+      </c>
+      <c r="E134" t="s">
+        <v>137</v>
+      </c>
+      <c r="F134" t="s">
+        <v>58</v>
+      </c>
+      <c r="G134" t="s">
+        <v>22</v>
+      </c>
+      <c r="H134">
+        <v>2006</v>
+      </c>
+      <c r="I134">
+        <v>2013</v>
+      </c>
+      <c r="J134" t="s">
+        <v>138</v>
+      </c>
+      <c r="K134" t="s">
+        <v>24</v>
+      </c>
+      <c r="L134"/>
+      <c r="M134" t="s">
+        <v>284</v>
+      </c>
+      <c r="N134" t="s">
+        <v>27</v>
+      </c>
+      <c r="O134" t="s">
+        <v>722</v>
+      </c>
+      <c r="P134" t="s">
+        <v>723</v>
+      </c>
+    </row>
+    <row r="135" spans="1:16">
+      <c r="A135" t="s">
+        <v>724</v>
+      </c>
+      <c r="B135" t="s">
+        <v>725</v>
+      </c>
+      <c r="C135" t="s">
+        <v>136</v>
+      </c>
+      <c r="D135" t="s">
+        <v>215</v>
+      </c>
+      <c r="E135" t="s">
+        <v>137</v>
+      </c>
+      <c r="F135" t="s">
+        <v>58</v>
+      </c>
+      <c r="G135" t="s">
+        <v>22</v>
+      </c>
+      <c r="H135">
         <v>2001</v>
       </c>
-      <c r="H133">
+      <c r="I135">
         <v>2013</v>
       </c>
-      <c r="I133" t="s">
-[...85 lines deleted...]
-      </c>
       <c r="J135" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>138</v>
+      </c>
+      <c r="K135" t="s">
+        <v>24</v>
+      </c>
+      <c r="L135"/>
       <c r="M135" t="s">
-        <v>24</v>
+        <v>140</v>
       </c>
       <c r="N135" t="s">
-        <v>474</v>
-[...2 lines deleted...]
-    <row r="136" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O135" t="s">
+        <v>726</v>
+      </c>
+      <c r="P135" t="s">
+        <v>727</v>
+      </c>
+    </row>
+    <row r="136" spans="1:16">
       <c r="A136" t="s">
-        <v>475</v>
+        <v>728</v>
       </c>
       <c r="B136" t="s">
-        <v>99</v>
+        <v>729</v>
       </c>
       <c r="C136" t="s">
-        <v>282</v>
+        <v>136</v>
       </c>
       <c r="D136" t="s">
-        <v>100</v>
+        <v>411</v>
       </c>
       <c r="E136" t="s">
-        <v>45</v>
+        <v>137</v>
       </c>
       <c r="F136" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2011</v>
+        <v>58</v>
+      </c>
+      <c r="G136" t="s">
+        <v>22</v>
       </c>
       <c r="H136">
         <v>2011</v>
       </c>
-      <c r="I136" t="s">
-        <v>101</v>
+      <c r="I136">
+        <v>2011</v>
       </c>
       <c r="J136" t="s">
+        <v>138</v>
+      </c>
+      <c r="K136" t="s">
+        <v>24</v>
+      </c>
+      <c r="L136" t="s">
+        <v>730</v>
+      </c>
+      <c r="M136" t="s">
+        <v>284</v>
+      </c>
+      <c r="N136" t="s">
+        <v>27</v>
+      </c>
+      <c r="O136" t="s">
+        <v>731</v>
+      </c>
+      <c r="P136" t="s">
+        <v>732</v>
+      </c>
+    </row>
+    <row r="137" spans="1:16">
+      <c r="A137" t="s">
+        <v>733</v>
+      </c>
+      <c r="B137" t="s">
+        <v>734</v>
+      </c>
+      <c r="C137" t="s">
+        <v>136</v>
+      </c>
+      <c r="D137" t="s">
+        <v>76</v>
+      </c>
+      <c r="E137" t="s">
+        <v>137</v>
+      </c>
+      <c r="F137" t="s">
+        <v>58</v>
+      </c>
+      <c r="G137" t="s">
+        <v>71</v>
+      </c>
+      <c r="H137">
+        <v>2014</v>
+      </c>
+      <c r="I137"/>
+      <c r="J137" t="s">
+        <v>138</v>
+      </c>
+      <c r="K137" t="s">
+        <v>24</v>
+      </c>
+      <c r="L137"/>
+      <c r="M137" t="s">
+        <v>140</v>
+      </c>
+      <c r="N137" t="s">
+        <v>27</v>
+      </c>
+      <c r="O137" t="s">
+        <v>735</v>
+      </c>
+      <c r="P137" t="s">
+        <v>736</v>
+      </c>
+    </row>
+    <row r="138" spans="1:16">
+      <c r="A138" t="s">
+        <v>737</v>
+      </c>
+      <c r="B138" t="s">
+        <v>738</v>
+      </c>
+      <c r="C138" t="s">
+        <v>136</v>
+      </c>
+      <c r="D138" t="s">
+        <v>739</v>
+      </c>
+      <c r="E138" t="s">
+        <v>137</v>
+      </c>
+      <c r="F138" t="s">
+        <v>58</v>
+      </c>
+      <c r="G138" t="s">
+        <v>71</v>
+      </c>
+      <c r="H138">
+        <v>2015</v>
+      </c>
+      <c r="I138"/>
+      <c r="J138" t="s">
+        <v>138</v>
+      </c>
+      <c r="K138" t="s">
+        <v>740</v>
+      </c>
+      <c r="L138"/>
+      <c r="M138" t="s">
+        <v>284</v>
+      </c>
+      <c r="N138" t="s">
+        <v>27</v>
+      </c>
+      <c r="O138" t="s">
+        <v>741</v>
+      </c>
+      <c r="P138" t="s">
+        <v>742</v>
+      </c>
+    </row>
+    <row r="139" spans="1:16">
+      <c r="A139" t="s">
+        <v>743</v>
+      </c>
+      <c r="B139" t="s">
+        <v>744</v>
+      </c>
+      <c r="C139" t="s">
+        <v>136</v>
+      </c>
+      <c r="D139" t="s">
+        <v>376</v>
+      </c>
+      <c r="E139" t="s">
+        <v>137</v>
+      </c>
+      <c r="F139" t="s">
+        <v>58</v>
+      </c>
+      <c r="G139" t="s">
+        <v>22</v>
+      </c>
+      <c r="H139">
+        <v>2000</v>
+      </c>
+      <c r="I139">
+        <v>2013</v>
+      </c>
+      <c r="J139" t="s">
+        <v>138</v>
+      </c>
+      <c r="K139" t="s">
+        <v>24</v>
+      </c>
+      <c r="L139" t="s">
+        <v>506</v>
+      </c>
+      <c r="M139" t="s">
+        <v>140</v>
+      </c>
+      <c r="N139" t="s">
+        <v>27</v>
+      </c>
+      <c r="O139" t="s">
+        <v>745</v>
+      </c>
+      <c r="P139" t="s">
+        <v>746</v>
+      </c>
+    </row>
+    <row r="140" spans="1:16">
+      <c r="A140" t="s">
+        <v>747</v>
+      </c>
+      <c r="B140" t="s">
+        <v>748</v>
+      </c>
+      <c r="C140" t="s">
+        <v>136</v>
+      </c>
+      <c r="D140" t="s">
+        <v>354</v>
+      </c>
+      <c r="E140" t="s">
+        <v>137</v>
+      </c>
+      <c r="F140" t="s">
+        <v>58</v>
+      </c>
+      <c r="G140" t="s">
+        <v>71</v>
+      </c>
+      <c r="H140">
+        <v>2011</v>
+      </c>
+      <c r="I140"/>
+      <c r="J140" t="s">
+        <v>138</v>
+      </c>
+      <c r="K140" t="s">
+        <v>24</v>
+      </c>
+      <c r="L140" t="s">
+        <v>749</v>
+      </c>
+      <c r="M140" t="s">
+        <v>140</v>
+      </c>
+      <c r="N140" t="s">
+        <v>27</v>
+      </c>
+      <c r="O140" t="s">
+        <v>750</v>
+      </c>
+      <c r="P140" t="s">
+        <v>751</v>
+      </c>
+    </row>
+    <row r="141" spans="1:16">
+      <c r="A141" t="s">
+        <v>752</v>
+      </c>
+      <c r="B141" t="s">
+        <v>753</v>
+      </c>
+      <c r="C141" t="s">
+        <v>136</v>
+      </c>
+      <c r="D141" t="s">
+        <v>754</v>
+      </c>
+      <c r="E141" t="s">
+        <v>137</v>
+      </c>
+      <c r="F141" t="s">
+        <v>58</v>
+      </c>
+      <c r="G141" t="s">
+        <v>71</v>
+      </c>
+      <c r="H141">
+        <v>2014</v>
+      </c>
+      <c r="I141"/>
+      <c r="J141" t="s">
+        <v>138</v>
+      </c>
+      <c r="K141" t="s">
+        <v>24</v>
+      </c>
+      <c r="L141" t="s">
+        <v>752</v>
+      </c>
+      <c r="M141" t="s">
+        <v>140</v>
+      </c>
+      <c r="N141" t="s">
+        <v>27</v>
+      </c>
+      <c r="O141" t="s">
+        <v>755</v>
+      </c>
+      <c r="P141" t="s">
+        <v>756</v>
+      </c>
+    </row>
+    <row r="142" spans="1:16">
+      <c r="A142" t="s">
+        <v>757</v>
+      </c>
+      <c r="B142" t="s">
+        <v>758</v>
+      </c>
+      <c r="C142" t="s">
+        <v>136</v>
+      </c>
+      <c r="D142" t="s">
+        <v>237</v>
+      </c>
+      <c r="E142" t="s">
+        <v>137</v>
+      </c>
+      <c r="F142" t="s">
+        <v>58</v>
+      </c>
+      <c r="G142" t="s">
+        <v>71</v>
+      </c>
+      <c r="H142">
+        <v>2013</v>
+      </c>
+      <c r="I142"/>
+      <c r="J142" t="s">
+        <v>138</v>
+      </c>
+      <c r="K142" t="s">
+        <v>24</v>
+      </c>
+      <c r="L142"/>
+      <c r="M142" t="s">
+        <v>140</v>
+      </c>
+      <c r="N142" t="s">
+        <v>27</v>
+      </c>
+      <c r="O142" t="s">
+        <v>759</v>
+      </c>
+      <c r="P142" t="s">
+        <v>760</v>
+      </c>
+    </row>
+    <row r="143" spans="1:16">
+      <c r="A143" t="s">
+        <v>761</v>
+      </c>
+      <c r="B143" t="s">
+        <v>762</v>
+      </c>
+      <c r="C143" t="s">
+        <v>136</v>
+      </c>
+      <c r="D143" t="s">
+        <v>376</v>
+      </c>
+      <c r="E143" t="s">
+        <v>137</v>
+      </c>
+      <c r="F143" t="s">
+        <v>58</v>
+      </c>
+      <c r="G143" t="s">
+        <v>22</v>
+      </c>
+      <c r="H143">
+        <v>2000</v>
+      </c>
+      <c r="I143">
+        <v>2014</v>
+      </c>
+      <c r="J143" t="s">
+        <v>138</v>
+      </c>
+      <c r="K143" t="s">
+        <v>24</v>
+      </c>
+      <c r="L143"/>
+      <c r="M143" t="s">
+        <v>284</v>
+      </c>
+      <c r="N143" t="s">
+        <v>27</v>
+      </c>
+      <c r="O143" t="s">
+        <v>763</v>
+      </c>
+      <c r="P143" t="s">
+        <v>764</v>
+      </c>
+    </row>
+    <row r="144" spans="1:16">
+      <c r="A144" t="s">
+        <v>765</v>
+      </c>
+      <c r="B144" t="s">
+        <v>766</v>
+      </c>
+      <c r="C144" t="s">
+        <v>136</v>
+      </c>
+      <c r="D144" t="s">
+        <v>237</v>
+      </c>
+      <c r="E144" t="s">
+        <v>137</v>
+      </c>
+      <c r="F144" t="s">
+        <v>58</v>
+      </c>
+      <c r="G144" t="s">
+        <v>71</v>
+      </c>
+      <c r="H144">
+        <v>2013</v>
+      </c>
+      <c r="I144"/>
+      <c r="J144" t="s">
+        <v>138</v>
+      </c>
+      <c r="K144" t="s">
+        <v>24</v>
+      </c>
+      <c r="L144"/>
+      <c r="M144" t="s">
+        <v>140</v>
+      </c>
+      <c r="N144" t="s">
+        <v>27</v>
+      </c>
+      <c r="O144" t="s">
+        <v>767</v>
+      </c>
+      <c r="P144" t="s">
+        <v>768</v>
+      </c>
+    </row>
+    <row r="145" spans="1:16">
+      <c r="A145" t="s">
+        <v>769</v>
+      </c>
+      <c r="B145" t="s">
+        <v>770</v>
+      </c>
+      <c r="C145" t="s">
+        <v>771</v>
+      </c>
+      <c r="D145" t="s">
+        <v>116</v>
+      </c>
+      <c r="E145" t="s">
+        <v>137</v>
+      </c>
+      <c r="F145" t="s">
+        <v>118</v>
+      </c>
+      <c r="G145" t="s">
+        <v>71</v>
+      </c>
+      <c r="H145">
+        <v>2020</v>
+      </c>
+      <c r="I145"/>
+      <c r="J145" t="s">
+        <v>772</v>
+      </c>
+      <c r="K145" t="s">
+        <v>129</v>
+      </c>
+      <c r="L145" t="s">
+        <v>130</v>
+      </c>
+      <c r="M145" t="s">
+        <v>773</v>
+      </c>
+      <c r="N145" t="s">
+        <v>774</v>
+      </c>
+      <c r="O145" t="s">
+        <v>775</v>
+      </c>
+      <c r="P145" t="s">
+        <v>776</v>
+      </c>
+    </row>
+    <row r="146" spans="1:16">
+      <c r="A146" t="s">
+        <v>777</v>
+      </c>
+      <c r="B146" t="s">
+        <v>778</v>
+      </c>
+      <c r="C146" t="s">
+        <v>136</v>
+      </c>
+      <c r="D146" t="s">
+        <v>89</v>
+      </c>
+      <c r="E146" t="s">
+        <v>137</v>
+      </c>
+      <c r="F146" t="s">
         <v>21</v>
       </c>
-      <c r="K136" t="s">
-[...404 lines deleted...]
-        <v>2012</v>
+      <c r="G146" t="s">
+        <v>22</v>
       </c>
       <c r="H146">
         <v>2012</v>
       </c>
-      <c r="I146" t="s">
+      <c r="I146">
+        <v>2012</v>
+      </c>
+      <c r="J146" t="s">
+        <v>138</v>
+      </c>
+      <c r="K146" t="s">
+        <v>24</v>
+      </c>
+      <c r="L146" t="s">
+        <v>779</v>
+      </c>
+      <c r="M146" t="s">
+        <v>284</v>
+      </c>
+      <c r="N146" t="s">
+        <v>27</v>
+      </c>
+      <c r="O146" t="s">
+        <v>780</v>
+      </c>
+      <c r="P146" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="147" spans="1:16">
+      <c r="A147" t="s">
+        <v>781</v>
+      </c>
+      <c r="B147" t="s">
+        <v>782</v>
+      </c>
+      <c r="C147" t="s">
+        <v>164</v>
+      </c>
+      <c r="D147" t="s">
+        <v>89</v>
+      </c>
+      <c r="E147" t="s">
+        <v>20</v>
+      </c>
+      <c r="F147" t="s">
+        <v>21</v>
+      </c>
+      <c r="G147" t="s">
+        <v>22</v>
+      </c>
+      <c r="H147">
+        <v>2016</v>
+      </c>
+      <c r="I147">
+        <v>2018</v>
+      </c>
+      <c r="J147" t="s">
+        <v>783</v>
+      </c>
+      <c r="K147" t="s">
+        <v>24</v>
+      </c>
+      <c r="L147" t="s">
+        <v>784</v>
+      </c>
+      <c r="M147" t="s">
+        <v>166</v>
+      </c>
+      <c r="N147" t="s">
+        <v>27</v>
+      </c>
+      <c r="O147" t="s">
+        <v>785</v>
+      </c>
+      <c r="P147" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="148" spans="1:16">
+      <c r="A148" t="s">
+        <v>787</v>
+      </c>
+      <c r="B148" t="s">
+        <v>788</v>
+      </c>
+      <c r="C148" t="s">
+        <v>164</v>
+      </c>
+      <c r="D148" t="s">
+        <v>400</v>
+      </c>
+      <c r="E148" t="s">
+        <v>20</v>
+      </c>
+      <c r="F148" t="s">
+        <v>21</v>
+      </c>
+      <c r="G148" t="s">
+        <v>22</v>
+      </c>
+      <c r="H148">
+        <v>2016</v>
+      </c>
+      <c r="I148">
+        <v>2018</v>
+      </c>
+      <c r="J148" t="s">
+        <v>789</v>
+      </c>
+      <c r="K148" t="s">
+        <v>24</v>
+      </c>
+      <c r="L148" t="s">
+        <v>790</v>
+      </c>
+      <c r="M148" t="s">
+        <v>166</v>
+      </c>
+      <c r="N148" t="s">
+        <v>27</v>
+      </c>
+      <c r="O148" t="s">
+        <v>791</v>
+      </c>
+      <c r="P148" t="s">
+        <v>792</v>
+      </c>
+    </row>
+    <row r="149" spans="1:16">
+      <c r="A149" t="s">
+        <v>793</v>
+      </c>
+      <c r="B149" t="s">
+        <v>794</v>
+      </c>
+      <c r="C149" t="s">
+        <v>164</v>
+      </c>
+      <c r="D149" t="s">
+        <v>544</v>
+      </c>
+      <c r="E149" t="s">
+        <v>20</v>
+      </c>
+      <c r="F149" t="s">
+        <v>21</v>
+      </c>
+      <c r="G149" t="s">
+        <v>22</v>
+      </c>
+      <c r="H149">
+        <v>2016</v>
+      </c>
+      <c r="I149">
+        <v>2018</v>
+      </c>
+      <c r="J149" t="s">
+        <v>128</v>
+      </c>
+      <c r="K149" t="s">
+        <v>24</v>
+      </c>
+      <c r="L149"/>
+      <c r="M149" t="s">
+        <v>166</v>
+      </c>
+      <c r="N149" t="s">
+        <v>27</v>
+      </c>
+      <c r="O149" t="s">
+        <v>795</v>
+      </c>
+      <c r="P149" t="s">
+        <v>796</v>
+      </c>
+    </row>
+    <row r="150" spans="1:16">
+      <c r="A150" t="s">
+        <v>797</v>
+      </c>
+      <c r="B150" t="s">
+        <v>798</v>
+      </c>
+      <c r="C150" t="s">
+        <v>164</v>
+      </c>
+      <c r="D150" t="s">
+        <v>52</v>
+      </c>
+      <c r="E150" t="s">
+        <v>20</v>
+      </c>
+      <c r="F150" t="s">
+        <v>21</v>
+      </c>
+      <c r="G150" t="s">
+        <v>22</v>
+      </c>
+      <c r="H150">
+        <v>2016</v>
+      </c>
+      <c r="I150">
+        <v>2019</v>
+      </c>
+      <c r="J150" t="s">
+        <v>128</v>
+      </c>
+      <c r="K150" t="s">
+        <v>24</v>
+      </c>
+      <c r="L150"/>
+      <c r="M150" t="s">
+        <v>166</v>
+      </c>
+      <c r="N150" t="s">
+        <v>27</v>
+      </c>
+      <c r="O150" t="s">
+        <v>799</v>
+      </c>
+      <c r="P150" t="s">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="151" spans="1:16">
+      <c r="A151" t="s">
+        <v>801</v>
+      </c>
+      <c r="B151" t="s">
+        <v>802</v>
+      </c>
+      <c r="C151" t="s">
+        <v>164</v>
+      </c>
+      <c r="D151" t="s">
+        <v>116</v>
+      </c>
+      <c r="E151" t="s">
+        <v>20</v>
+      </c>
+      <c r="F151" t="s">
+        <v>118</v>
+      </c>
+      <c r="G151" t="s">
+        <v>71</v>
+      </c>
+      <c r="H151">
+        <v>2021</v>
+      </c>
+      <c r="I151"/>
+      <c r="J151" t="s">
+        <v>504</v>
+      </c>
+      <c r="K151" t="s">
+        <v>129</v>
+      </c>
+      <c r="L151" t="s">
+        <v>803</v>
+      </c>
+      <c r="M151" t="s">
+        <v>166</v>
+      </c>
+      <c r="N151" t="s">
+        <v>122</v>
+      </c>
+      <c r="O151" t="s">
+        <v>804</v>
+      </c>
+      <c r="P151" t="s">
+        <v>805</v>
+      </c>
+    </row>
+    <row r="152" spans="1:16">
+      <c r="A152" t="s">
+        <v>806</v>
+      </c>
+      <c r="B152" t="s">
+        <v>807</v>
+      </c>
+      <c r="C152" t="s">
+        <v>771</v>
+      </c>
+      <c r="D152" t="s">
+        <v>89</v>
+      </c>
+      <c r="E152" t="s">
+        <v>20</v>
+      </c>
+      <c r="F152" t="s">
+        <v>21</v>
+      </c>
+      <c r="G152" t="s">
+        <v>71</v>
+      </c>
+      <c r="H152">
+        <v>2017</v>
+      </c>
+      <c r="I152"/>
+      <c r="J152" t="s">
+        <v>128</v>
+      </c>
+      <c r="K152" t="s">
+        <v>24</v>
+      </c>
+      <c r="L152"/>
+      <c r="M152" t="s">
+        <v>808</v>
+      </c>
+      <c r="N152" t="s">
+        <v>27</v>
+      </c>
+      <c r="O152" t="s">
+        <v>809</v>
+      </c>
+      <c r="P152" t="s">
+        <v>810</v>
+      </c>
+    </row>
+    <row r="153" spans="1:16">
+      <c r="A153" t="s">
+        <v>811</v>
+      </c>
+      <c r="B153" t="s">
+        <v>812</v>
+      </c>
+      <c r="C153" t="s">
+        <v>771</v>
+      </c>
+      <c r="D153" t="s">
+        <v>32</v>
+      </c>
+      <c r="E153" t="s">
+        <v>20</v>
+      </c>
+      <c r="F153" t="s">
+        <v>21</v>
+      </c>
+      <c r="G153" t="s">
+        <v>71</v>
+      </c>
+      <c r="H153">
+        <v>2022</v>
+      </c>
+      <c r="I153"/>
+      <c r="J153" t="s">
+        <v>813</v>
+      </c>
+      <c r="K153" t="s">
+        <v>24</v>
+      </c>
+      <c r="L153"/>
+      <c r="M153" t="s">
+        <v>808</v>
+      </c>
+      <c r="N153" t="s">
+        <v>27</v>
+      </c>
+      <c r="O153" t="s">
+        <v>814</v>
+      </c>
+      <c r="P153" t="s">
+        <v>815</v>
+      </c>
+    </row>
+    <row r="154" spans="1:16">
+      <c r="A154" t="s">
+        <v>816</v>
+      </c>
+      <c r="B154" t="s">
+        <v>817</v>
+      </c>
+      <c r="C154" t="s">
+        <v>771</v>
+      </c>
+      <c r="D154" t="s">
+        <v>818</v>
+      </c>
+      <c r="E154" t="s">
+        <v>20</v>
+      </c>
+      <c r="F154" t="s">
+        <v>192</v>
+      </c>
+      <c r="G154" t="s">
+        <v>71</v>
+      </c>
+      <c r="H154">
+        <v>2022</v>
+      </c>
+      <c r="I154"/>
+      <c r="J154" t="s">
+        <v>813</v>
+      </c>
+      <c r="K154" t="s">
+        <v>24</v>
+      </c>
+      <c r="L154"/>
+      <c r="M154" t="s">
+        <v>808</v>
+      </c>
+      <c r="N154" t="s">
+        <v>27</v>
+      </c>
+      <c r="O154" t="s">
+        <v>819</v>
+      </c>
+      <c r="P154" t="s">
+        <v>815</v>
+      </c>
+    </row>
+    <row r="155" spans="1:16">
+      <c r="A155" t="s">
+        <v>820</v>
+      </c>
+      <c r="B155" t="s">
+        <v>821</v>
+      </c>
+      <c r="C155" t="s">
+        <v>771</v>
+      </c>
+      <c r="D155" t="s">
+        <v>822</v>
+      </c>
+      <c r="E155" t="s">
+        <v>20</v>
+      </c>
+      <c r="F155" t="s">
+        <v>150</v>
+      </c>
+      <c r="G155" t="s">
+        <v>22</v>
+      </c>
+      <c r="H155">
+        <v>2005</v>
+      </c>
+      <c r="I155">
+        <v>2008</v>
+      </c>
+      <c r="J155" t="s">
         <v>101</v>
       </c>
-      <c r="J146" t="s">
+      <c r="K155" t="s">
+        <v>24</v>
+      </c>
+      <c r="L155" t="s">
+        <v>823</v>
+      </c>
+      <c r="M155" t="s">
+        <v>808</v>
+      </c>
+      <c r="N155" t="s">
+        <v>27</v>
+      </c>
+      <c r="O155" t="s">
+        <v>824</v>
+      </c>
+      <c r="P155" t="s">
+        <v>825</v>
+      </c>
+    </row>
+    <row r="156" spans="1:16">
+      <c r="A156" t="s">
+        <v>826</v>
+      </c>
+      <c r="B156" t="s">
+        <v>827</v>
+      </c>
+      <c r="C156" t="s">
+        <v>771</v>
+      </c>
+      <c r="D156" t="s">
+        <v>32</v>
+      </c>
+      <c r="E156" t="s">
+        <v>20</v>
+      </c>
+      <c r="F156" t="s">
+        <v>150</v>
+      </c>
+      <c r="G156" t="s">
+        <v>71</v>
+      </c>
+      <c r="H156">
+        <v>2009</v>
+      </c>
+      <c r="I156"/>
+      <c r="J156" t="s">
+        <v>101</v>
+      </c>
+      <c r="K156" t="s">
+        <v>24</v>
+      </c>
+      <c r="L156" t="s">
+        <v>828</v>
+      </c>
+      <c r="M156" t="s">
+        <v>808</v>
+      </c>
+      <c r="N156" t="s">
+        <v>27</v>
+      </c>
+      <c r="O156" t="s">
+        <v>829</v>
+      </c>
+      <c r="P156" t="s">
+        <v>830</v>
+      </c>
+    </row>
+    <row r="157" spans="1:16">
+      <c r="A157" t="s">
+        <v>831</v>
+      </c>
+      <c r="B157" t="s">
+        <v>832</v>
+      </c>
+      <c r="C157" t="s">
+        <v>149</v>
+      </c>
+      <c r="D157" t="s">
+        <v>32</v>
+      </c>
+      <c r="E157" t="s">
+        <v>20</v>
+      </c>
+      <c r="F157" t="s">
         <v>21</v>
       </c>
-      <c r="K146" t="s">
-[...16 lines deleted...]
-      <c r="B147" t="s">
+      <c r="G157" t="s">
+        <v>22</v>
+      </c>
+      <c r="H157">
+        <v>2004</v>
+      </c>
+      <c r="I157">
+        <v>2010</v>
+      </c>
+      <c r="J157" t="s">
+        <v>33</v>
+      </c>
+      <c r="K157" t="s">
+        <v>24</v>
+      </c>
+      <c r="L157" t="s">
+        <v>833</v>
+      </c>
+      <c r="M157" t="s">
+        <v>151</v>
+      </c>
+      <c r="N157" t="s">
+        <v>27</v>
+      </c>
+      <c r="O157" t="s">
+        <v>834</v>
+      </c>
+      <c r="P157" t="s">
+        <v>835</v>
+      </c>
+    </row>
+    <row r="158" spans="1:16">
+      <c r="A158" t="s">
+        <v>831</v>
+      </c>
+      <c r="B158" t="s">
+        <v>836</v>
+      </c>
+      <c r="C158" t="s">
+        <v>149</v>
+      </c>
+      <c r="D158" t="s">
+        <v>837</v>
+      </c>
+      <c r="E158" t="s">
+        <v>20</v>
+      </c>
+      <c r="F158" t="s">
+        <v>150</v>
+      </c>
+      <c r="G158" t="s">
+        <v>22</v>
+      </c>
+      <c r="H158">
+        <v>2004</v>
+      </c>
+      <c r="I158">
+        <v>2010</v>
+      </c>
+      <c r="J158" t="s">
+        <v>492</v>
+      </c>
+      <c r="K158" t="s">
+        <v>24</v>
+      </c>
+      <c r="L158" t="s">
+        <v>833</v>
+      </c>
+      <c r="M158" t="s">
+        <v>151</v>
+      </c>
+      <c r="N158" t="s">
+        <v>27</v>
+      </c>
+      <c r="O158" t="s">
+        <v>838</v>
+      </c>
+      <c r="P158" t="s">
+        <v>839</v>
+      </c>
+    </row>
+    <row r="159" spans="1:16">
+      <c r="A159" t="s">
+        <v>840</v>
+      </c>
+      <c r="B159" t="s">
+        <v>841</v>
+      </c>
+      <c r="C159" t="s">
+        <v>149</v>
+      </c>
+      <c r="D159" t="s">
+        <v>52</v>
+      </c>
+      <c r="E159" t="s">
+        <v>20</v>
+      </c>
+      <c r="F159" t="s">
+        <v>41</v>
+      </c>
+      <c r="G159" t="s">
+        <v>22</v>
+      </c>
+      <c r="H159">
+        <v>2009</v>
+      </c>
+      <c r="I159">
+        <v>2012</v>
+      </c>
+      <c r="J159" t="s">
+        <v>33</v>
+      </c>
+      <c r="K159" t="s">
+        <v>24</v>
+      </c>
+      <c r="L159"/>
+      <c r="M159" t="s">
+        <v>151</v>
+      </c>
+      <c r="N159" t="s">
+        <v>27</v>
+      </c>
+      <c r="O159" t="s">
+        <v>842</v>
+      </c>
+      <c r="P159" t="s">
+        <v>843</v>
+      </c>
+    </row>
+    <row r="160" spans="1:16">
+      <c r="A160" t="s">
+        <v>840</v>
+      </c>
+      <c r="B160" t="s">
+        <v>844</v>
+      </c>
+      <c r="C160" t="s">
+        <v>149</v>
+      </c>
+      <c r="D160" t="s">
+        <v>52</v>
+      </c>
+      <c r="E160" t="s">
+        <v>20</v>
+      </c>
+      <c r="F160" t="s">
+        <v>21</v>
+      </c>
+      <c r="G160" t="s">
+        <v>22</v>
+      </c>
+      <c r="H160">
+        <v>2010</v>
+      </c>
+      <c r="I160">
+        <v>2012</v>
+      </c>
+      <c r="J160" t="s">
+        <v>33</v>
+      </c>
+      <c r="K160" t="s">
+        <v>24</v>
+      </c>
+      <c r="L160" t="s">
+        <v>845</v>
+      </c>
+      <c r="M160" t="s">
+        <v>151</v>
+      </c>
+      <c r="N160" t="s">
+        <v>27</v>
+      </c>
+      <c r="O160" t="s">
+        <v>846</v>
+      </c>
+      <c r="P160" t="s">
+        <v>843</v>
+      </c>
+    </row>
+    <row r="161" spans="1:16">
+      <c r="A161" t="s">
+        <v>847</v>
+      </c>
+      <c r="B161" t="s">
+        <v>848</v>
+      </c>
+      <c r="C161" t="s">
+        <v>771</v>
+      </c>
+      <c r="D161" t="s">
+        <v>221</v>
+      </c>
+      <c r="E161" t="s">
+        <v>20</v>
+      </c>
+      <c r="F161" t="s">
+        <v>21</v>
+      </c>
+      <c r="G161" t="s">
+        <v>71</v>
+      </c>
+      <c r="H161">
+        <v>2022</v>
+      </c>
+      <c r="I161"/>
+      <c r="J161" t="s">
+        <v>813</v>
+      </c>
+      <c r="K161" t="s">
+        <v>24</v>
+      </c>
+      <c r="L161"/>
+      <c r="M161" t="s">
+        <v>808</v>
+      </c>
+      <c r="N161" t="s">
+        <v>27</v>
+      </c>
+      <c r="O161" t="s">
+        <v>849</v>
+      </c>
+      <c r="P161" t="s">
+        <v>815</v>
+      </c>
+    </row>
+    <row r="162" spans="1:16">
+      <c r="A162" t="s">
+        <v>850</v>
+      </c>
+      <c r="B162" t="s">
+        <v>851</v>
+      </c>
+      <c r="C162" t="s">
+        <v>771</v>
+      </c>
+      <c r="D162" t="s">
+        <v>300</v>
+      </c>
+      <c r="E162" t="s">
+        <v>20</v>
+      </c>
+      <c r="F162" t="s">
+        <v>21</v>
+      </c>
+      <c r="G162" t="s">
+        <v>71</v>
+      </c>
+      <c r="H162">
+        <v>2022</v>
+      </c>
+      <c r="I162"/>
+      <c r="J162" t="s">
+        <v>813</v>
+      </c>
+      <c r="K162" t="s">
+        <v>24</v>
+      </c>
+      <c r="L162"/>
+      <c r="M162" t="s">
+        <v>808</v>
+      </c>
+      <c r="N162" t="s">
+        <v>27</v>
+      </c>
+      <c r="O162" t="s">
+        <v>852</v>
+      </c>
+      <c r="P162" t="s">
+        <v>815</v>
+      </c>
+    </row>
+    <row r="163" spans="1:16">
+      <c r="A163" t="s">
+        <v>853</v>
+      </c>
+      <c r="B163" t="s">
+        <v>854</v>
+      </c>
+      <c r="C163" t="s">
+        <v>771</v>
+      </c>
+      <c r="D163" t="s">
+        <v>348</v>
+      </c>
+      <c r="E163" t="s">
+        <v>20</v>
+      </c>
+      <c r="F163" t="s">
+        <v>21</v>
+      </c>
+      <c r="G163" t="s">
+        <v>71</v>
+      </c>
+      <c r="H163">
+        <v>2022</v>
+      </c>
+      <c r="I163"/>
+      <c r="J163" t="s">
+        <v>813</v>
+      </c>
+      <c r="K163" t="s">
+        <v>24</v>
+      </c>
+      <c r="L163"/>
+      <c r="M163" t="s">
+        <v>808</v>
+      </c>
+      <c r="N163" t="s">
+        <v>27</v>
+      </c>
+      <c r="O163" t="s">
+        <v>855</v>
+      </c>
+      <c r="P163" t="s">
+        <v>815</v>
+      </c>
+    </row>
+    <row r="164" spans="1:16">
+      <c r="A164" t="s">
+        <v>856</v>
+      </c>
+      <c r="B164" t="s">
+        <v>857</v>
+      </c>
+      <c r="C164" t="s">
+        <v>771</v>
+      </c>
+      <c r="D164" t="s">
+        <v>427</v>
+      </c>
+      <c r="E164" t="s">
+        <v>20</v>
+      </c>
+      <c r="F164" t="s">
+        <v>21</v>
+      </c>
+      <c r="G164" t="s">
+        <v>71</v>
+      </c>
+      <c r="H164">
+        <v>2022</v>
+      </c>
+      <c r="I164"/>
+      <c r="J164" t="s">
+        <v>813</v>
+      </c>
+      <c r="K164" t="s">
+        <v>24</v>
+      </c>
+      <c r="L164"/>
+      <c r="M164" t="s">
+        <v>808</v>
+      </c>
+      <c r="N164" t="s">
+        <v>27</v>
+      </c>
+      <c r="O164" t="s">
+        <v>858</v>
+      </c>
+      <c r="P164" t="s">
+        <v>815</v>
+      </c>
+    </row>
+    <row r="165" spans="1:16">
+      <c r="A165" t="s">
+        <v>859</v>
+      </c>
+      <c r="B165" t="s">
+        <v>860</v>
+      </c>
+      <c r="C165" t="s">
+        <v>771</v>
+      </c>
+      <c r="D165" t="s">
+        <v>861</v>
+      </c>
+      <c r="E165" t="s">
+        <v>20</v>
+      </c>
+      <c r="F165" t="s">
+        <v>21</v>
+      </c>
+      <c r="G165" t="s">
+        <v>71</v>
+      </c>
+      <c r="H165"/>
+      <c r="I165"/>
+      <c r="J165" t="s">
+        <v>862</v>
+      </c>
+      <c r="K165" t="s">
+        <v>24</v>
+      </c>
+      <c r="L165"/>
+      <c r="M165" t="s">
+        <v>808</v>
+      </c>
+      <c r="N165" t="s">
+        <v>27</v>
+      </c>
+      <c r="O165" t="s">
+        <v>863</v>
+      </c>
+      <c r="P165" t="s">
+        <v>815</v>
+      </c>
+    </row>
+    <row r="166" spans="1:16">
+      <c r="A166" t="s">
+        <v>864</v>
+      </c>
+      <c r="B166" t="s">
+        <v>865</v>
+      </c>
+      <c r="C166" t="s">
+        <v>771</v>
+      </c>
+      <c r="D166" t="s">
+        <v>866</v>
+      </c>
+      <c r="E166" t="s">
+        <v>20</v>
+      </c>
+      <c r="F166" t="s">
+        <v>21</v>
+      </c>
+      <c r="G166" t="s">
+        <v>71</v>
+      </c>
+      <c r="H166">
+        <v>2022</v>
+      </c>
+      <c r="I166"/>
+      <c r="J166" t="s">
+        <v>862</v>
+      </c>
+      <c r="K166" t="s">
+        <v>24</v>
+      </c>
+      <c r="L166"/>
+      <c r="M166" t="s">
+        <v>808</v>
+      </c>
+      <c r="N166" t="s">
+        <v>27</v>
+      </c>
+      <c r="O166" t="s">
+        <v>867</v>
+      </c>
+      <c r="P166" t="s">
+        <v>815</v>
+      </c>
+    </row>
+    <row r="167" spans="1:16">
+      <c r="A167" t="s">
+        <v>868</v>
+      </c>
+      <c r="B167" t="s">
+        <v>869</v>
+      </c>
+      <c r="C167" t="s">
+        <v>771</v>
+      </c>
+      <c r="D167" t="s">
+        <v>417</v>
+      </c>
+      <c r="E167" t="s">
+        <v>20</v>
+      </c>
+      <c r="F167" t="s">
+        <v>21</v>
+      </c>
+      <c r="G167" t="s">
+        <v>71</v>
+      </c>
+      <c r="H167">
+        <v>2022</v>
+      </c>
+      <c r="I167"/>
+      <c r="J167" t="s">
+        <v>862</v>
+      </c>
+      <c r="K167" t="s">
+        <v>24</v>
+      </c>
+      <c r="L167"/>
+      <c r="M167" t="s">
+        <v>808</v>
+      </c>
+      <c r="N167" t="s">
+        <v>27</v>
+      </c>
+      <c r="O167" t="s">
+        <v>870</v>
+      </c>
+      <c r="P167" t="s">
+        <v>815</v>
+      </c>
+    </row>
+    <row r="168" spans="1:16">
+      <c r="A168" t="s">
+        <v>871</v>
+      </c>
+      <c r="B168" t="s">
+        <v>872</v>
+      </c>
+      <c r="C168" t="s">
+        <v>771</v>
+      </c>
+      <c r="D168" t="s">
+        <v>873</v>
+      </c>
+      <c r="E168" t="s">
+        <v>20</v>
+      </c>
+      <c r="F168" t="s">
+        <v>21</v>
+      </c>
+      <c r="G168" t="s">
+        <v>71</v>
+      </c>
+      <c r="H168">
+        <v>2022</v>
+      </c>
+      <c r="I168"/>
+      <c r="J168" t="s">
+        <v>813</v>
+      </c>
+      <c r="K168" t="s">
+        <v>24</v>
+      </c>
+      <c r="L168"/>
+      <c r="M168" t="s">
+        <v>808</v>
+      </c>
+      <c r="N168" t="s">
+        <v>27</v>
+      </c>
+      <c r="O168" t="s">
+        <v>874</v>
+      </c>
+      <c r="P168" t="s">
+        <v>815</v>
+      </c>
+    </row>
+    <row r="169" spans="1:16">
+      <c r="A169" t="s">
+        <v>875</v>
+      </c>
+      <c r="B169" t="s">
+        <v>876</v>
+      </c>
+      <c r="C169" t="s">
+        <v>771</v>
+      </c>
+      <c r="D169" t="s">
+        <v>877</v>
+      </c>
+      <c r="E169" t="s">
+        <v>20</v>
+      </c>
+      <c r="F169" t="s">
+        <v>21</v>
+      </c>
+      <c r="G169" t="s">
+        <v>71</v>
+      </c>
+      <c r="H169">
+        <v>2022</v>
+      </c>
+      <c r="I169"/>
+      <c r="J169" t="s">
+        <v>813</v>
+      </c>
+      <c r="K169" t="s">
+        <v>24</v>
+      </c>
+      <c r="L169"/>
+      <c r="M169" t="s">
+        <v>808</v>
+      </c>
+      <c r="N169" t="s">
+        <v>27</v>
+      </c>
+      <c r="O169" t="s">
+        <v>878</v>
+      </c>
+      <c r="P169" t="s">
+        <v>815</v>
+      </c>
+    </row>
+    <row r="170" spans="1:16">
+      <c r="A170" t="s">
+        <v>879</v>
+      </c>
+      <c r="B170" t="s">
+        <v>880</v>
+      </c>
+      <c r="C170" t="s">
+        <v>771</v>
+      </c>
+      <c r="D170" t="s">
+        <v>249</v>
+      </c>
+      <c r="E170" t="s">
+        <v>20</v>
+      </c>
+      <c r="F170" t="s">
+        <v>21</v>
+      </c>
+      <c r="G170" t="s">
+        <v>71</v>
+      </c>
+      <c r="H170">
+        <v>2022</v>
+      </c>
+      <c r="I170"/>
+      <c r="J170" t="s">
+        <v>813</v>
+      </c>
+      <c r="K170" t="s">
+        <v>24</v>
+      </c>
+      <c r="L170"/>
+      <c r="M170" t="s">
+        <v>808</v>
+      </c>
+      <c r="N170" t="s">
+        <v>27</v>
+      </c>
+      <c r="O170" t="s">
+        <v>881</v>
+      </c>
+      <c r="P170" t="s">
+        <v>815</v>
+      </c>
+    </row>
+    <row r="171" spans="1:16">
+      <c r="A171" t="s">
+        <v>882</v>
+      </c>
+      <c r="B171" t="s">
+        <v>883</v>
+      </c>
+      <c r="C171" t="s">
+        <v>771</v>
+      </c>
+      <c r="D171" t="s">
+        <v>207</v>
+      </c>
+      <c r="E171" t="s">
+        <v>20</v>
+      </c>
+      <c r="F171" t="s">
+        <v>21</v>
+      </c>
+      <c r="G171" t="s">
+        <v>71</v>
+      </c>
+      <c r="H171">
+        <v>2022</v>
+      </c>
+      <c r="I171"/>
+      <c r="J171" t="s">
+        <v>813</v>
+      </c>
+      <c r="K171" t="s">
+        <v>208</v>
+      </c>
+      <c r="L171"/>
+      <c r="M171" t="s">
+        <v>808</v>
+      </c>
+      <c r="N171" t="s">
+        <v>884</v>
+      </c>
+      <c r="O171" t="s">
+        <v>885</v>
+      </c>
+      <c r="P171" t="s">
+        <v>815</v>
+      </c>
+    </row>
+    <row r="172" spans="1:16">
+      <c r="A172" t="s">
+        <v>886</v>
+      </c>
+      <c r="B172" t="s">
+        <v>887</v>
+      </c>
+      <c r="C172" t="s">
+        <v>771</v>
+      </c>
+      <c r="D172" t="s">
+        <v>94</v>
+      </c>
+      <c r="E172" t="s">
+        <v>20</v>
+      </c>
+      <c r="F172" t="s">
+        <v>21</v>
+      </c>
+      <c r="G172" t="s">
+        <v>71</v>
+      </c>
+      <c r="H172">
+        <v>2022</v>
+      </c>
+      <c r="I172"/>
+      <c r="J172" t="s">
+        <v>813</v>
+      </c>
+      <c r="K172" t="s">
+        <v>24</v>
+      </c>
+      <c r="L172"/>
+      <c r="M172" t="s">
+        <v>808</v>
+      </c>
+      <c r="N172" t="s">
+        <v>27</v>
+      </c>
+      <c r="O172" t="s">
+        <v>888</v>
+      </c>
+      <c r="P172" t="s">
+        <v>815</v>
+      </c>
+    </row>
+    <row r="173" spans="1:16">
+      <c r="A173" t="s">
+        <v>889</v>
+      </c>
+      <c r="B173" t="s">
+        <v>890</v>
+      </c>
+      <c r="C173" t="s">
+        <v>771</v>
+      </c>
+      <c r="D173" t="s">
+        <v>891</v>
+      </c>
+      <c r="E173" t="s">
+        <v>20</v>
+      </c>
+      <c r="F173" t="s">
+        <v>21</v>
+      </c>
+      <c r="G173" t="s">
+        <v>71</v>
+      </c>
+      <c r="H173">
+        <v>2022</v>
+      </c>
+      <c r="I173"/>
+      <c r="J173" t="s">
+        <v>813</v>
+      </c>
+      <c r="K173" t="s">
+        <v>24</v>
+      </c>
+      <c r="L173"/>
+      <c r="M173" t="s">
+        <v>808</v>
+      </c>
+      <c r="N173" t="s">
+        <v>78</v>
+      </c>
+      <c r="O173" t="s">
+        <v>892</v>
+      </c>
+      <c r="P173" t="s">
+        <v>815</v>
+      </c>
+    </row>
+    <row r="174" spans="1:16">
+      <c r="A174" t="s">
+        <v>893</v>
+      </c>
+      <c r="B174" t="s">
+        <v>894</v>
+      </c>
+      <c r="C174" t="s">
+        <v>771</v>
+      </c>
+      <c r="D174" t="s">
+        <v>599</v>
+      </c>
+      <c r="E174" t="s">
+        <v>20</v>
+      </c>
+      <c r="F174" t="s">
+        <v>21</v>
+      </c>
+      <c r="G174" t="s">
+        <v>71</v>
+      </c>
+      <c r="H174">
+        <v>2022</v>
+      </c>
+      <c r="I174"/>
+      <c r="J174" t="s">
+        <v>813</v>
+      </c>
+      <c r="K174" t="s">
+        <v>24</v>
+      </c>
+      <c r="L174"/>
+      <c r="M174" t="s">
+        <v>808</v>
+      </c>
+      <c r="N174" t="s">
+        <v>27</v>
+      </c>
+      <c r="O174" t="s">
+        <v>895</v>
+      </c>
+      <c r="P174" t="s">
+        <v>815</v>
+      </c>
+    </row>
+    <row r="175" spans="1:16">
+      <c r="A175" t="s">
+        <v>896</v>
+      </c>
+      <c r="B175" t="s">
+        <v>897</v>
+      </c>
+      <c r="C175" t="s">
+        <v>771</v>
+      </c>
+      <c r="D175" t="s">
+        <v>498</v>
+      </c>
+      <c r="E175" t="s">
+        <v>20</v>
+      </c>
+      <c r="F175" t="s">
+        <v>21</v>
+      </c>
+      <c r="G175" t="s">
+        <v>71</v>
+      </c>
+      <c r="H175">
+        <v>2022</v>
+      </c>
+      <c r="I175"/>
+      <c r="J175" t="s">
+        <v>813</v>
+      </c>
+      <c r="K175" t="s">
+        <v>24</v>
+      </c>
+      <c r="L175"/>
+      <c r="M175" t="s">
+        <v>808</v>
+      </c>
+      <c r="N175" t="s">
+        <v>27</v>
+      </c>
+      <c r="O175" t="s">
+        <v>898</v>
+      </c>
+      <c r="P175" t="s">
+        <v>815</v>
+      </c>
+    </row>
+    <row r="176" spans="1:16">
+      <c r="A176" t="s">
+        <v>899</v>
+      </c>
+      <c r="B176" t="s">
+        <v>900</v>
+      </c>
+      <c r="C176" t="s">
+        <v>771</v>
+      </c>
+      <c r="D176" t="s">
+        <v>76</v>
+      </c>
+      <c r="E176" t="s">
+        <v>20</v>
+      </c>
+      <c r="F176" t="s">
+        <v>21</v>
+      </c>
+      <c r="G176" t="s">
+        <v>71</v>
+      </c>
+      <c r="H176">
+        <v>2022</v>
+      </c>
+      <c r="I176"/>
+      <c r="J176" t="s">
+        <v>813</v>
+      </c>
+      <c r="K176" t="s">
+        <v>24</v>
+      </c>
+      <c r="L176"/>
+      <c r="M176" t="s">
+        <v>808</v>
+      </c>
+      <c r="N176" t="s">
+        <v>27</v>
+      </c>
+      <c r="O176" t="s">
+        <v>901</v>
+      </c>
+      <c r="P176" t="s">
+        <v>815</v>
+      </c>
+    </row>
+    <row r="177" spans="1:16">
+      <c r="A177" t="s">
+        <v>902</v>
+      </c>
+      <c r="B177" t="s">
+        <v>903</v>
+      </c>
+      <c r="C177" t="s">
+        <v>771</v>
+      </c>
+      <c r="D177" t="s">
+        <v>904</v>
+      </c>
+      <c r="E177" t="s">
+        <v>20</v>
+      </c>
+      <c r="F177" t="s">
+        <v>21</v>
+      </c>
+      <c r="G177" t="s">
+        <v>71</v>
+      </c>
+      <c r="H177">
+        <v>2022</v>
+      </c>
+      <c r="I177"/>
+      <c r="J177" t="s">
+        <v>813</v>
+      </c>
+      <c r="K177" t="s">
+        <v>24</v>
+      </c>
+      <c r="L177"/>
+      <c r="M177" t="s">
+        <v>808</v>
+      </c>
+      <c r="N177" t="s">
+        <v>27</v>
+      </c>
+      <c r="O177" t="s">
+        <v>905</v>
+      </c>
+      <c r="P177" t="s">
+        <v>815</v>
+      </c>
+    </row>
+    <row r="178" spans="1:16">
+      <c r="A178" t="s">
+        <v>906</v>
+      </c>
+      <c r="B178" t="s">
+        <v>907</v>
+      </c>
+      <c r="C178" t="s">
+        <v>771</v>
+      </c>
+      <c r="D178" t="s">
+        <v>908</v>
+      </c>
+      <c r="E178" t="s">
+        <v>137</v>
+      </c>
+      <c r="F178" t="s">
+        <v>21</v>
+      </c>
+      <c r="G178" t="s">
+        <v>71</v>
+      </c>
+      <c r="H178">
+        <v>2022</v>
+      </c>
+      <c r="I178"/>
+      <c r="J178" t="s">
+        <v>813</v>
+      </c>
+      <c r="K178" t="s">
+        <v>194</v>
+      </c>
+      <c r="L178"/>
+      <c r="M178" t="s">
+        <v>808</v>
+      </c>
+      <c r="N178" t="s">
+        <v>122</v>
+      </c>
+      <c r="O178" t="s">
+        <v>909</v>
+      </c>
+      <c r="P178" t="s">
+        <v>815</v>
+      </c>
+    </row>
+    <row r="179" spans="1:16">
+      <c r="A179" t="s">
+        <v>910</v>
+      </c>
+      <c r="B179" t="s">
+        <v>911</v>
+      </c>
+      <c r="C179" t="s">
+        <v>136</v>
+      </c>
+      <c r="D179" t="s">
+        <v>912</v>
+      </c>
+      <c r="E179" t="s">
+        <v>137</v>
+      </c>
+      <c r="F179" t="s">
+        <v>21</v>
+      </c>
+      <c r="G179" t="s">
+        <v>22</v>
+      </c>
+      <c r="H179">
+        <v>1981</v>
+      </c>
+      <c r="I179">
+        <v>2002</v>
+      </c>
+      <c r="J179" t="s">
+        <v>138</v>
+      </c>
+      <c r="K179" t="s">
+        <v>24</v>
+      </c>
+      <c r="L179"/>
+      <c r="M179" t="s">
+        <v>284</v>
+      </c>
+      <c r="N179" t="s">
+        <v>78</v>
+      </c>
+      <c r="O179" t="s">
+        <v>913</v>
+      </c>
+      <c r="P179" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="180" spans="1:16">
+      <c r="A180" t="s">
+        <v>914</v>
+      </c>
+      <c r="B180" t="s">
+        <v>770</v>
+      </c>
+      <c r="C180" t="s">
+        <v>915</v>
+      </c>
+      <c r="D180" t="s">
+        <v>916</v>
+      </c>
+      <c r="E180" t="s">
+        <v>20</v>
+      </c>
+      <c r="F180" t="s">
+        <v>118</v>
+      </c>
+      <c r="G180" t="s">
+        <v>71</v>
+      </c>
+      <c r="H180">
+        <v>2022</v>
+      </c>
+      <c r="I180"/>
+      <c r="J180" t="s">
+        <v>917</v>
+      </c>
+      <c r="K180" t="s">
+        <v>129</v>
+      </c>
+      <c r="L180" t="s">
+        <v>130</v>
+      </c>
+      <c r="M180" t="s">
+        <v>918</v>
+      </c>
+      <c r="N180" t="s">
+        <v>122</v>
+      </c>
+      <c r="O180" t="s">
+        <v>919</v>
+      </c>
+      <c r="P180" t="s">
+        <v>920</v>
+      </c>
+    </row>
+    <row r="181" spans="1:16">
+      <c r="A181" t="s">
+        <v>921</v>
+      </c>
+      <c r="B181" t="s">
+        <v>114</v>
+      </c>
+      <c r="C181" t="s">
+        <v>922</v>
+      </c>
+      <c r="D181" t="s">
+        <v>116</v>
+      </c>
+      <c r="E181" t="s">
+        <v>117</v>
+      </c>
+      <c r="F181" t="s">
+        <v>118</v>
+      </c>
+      <c r="G181" t="s">
+        <v>71</v>
+      </c>
+      <c r="H181">
+        <v>2022</v>
+      </c>
+      <c r="I181"/>
+      <c r="J181" t="s">
+        <v>923</v>
+      </c>
+      <c r="K181" t="s">
+        <v>24</v>
+      </c>
+      <c r="L181" t="s">
         <v>120</v>
       </c>
-      <c r="C147" t="s">
-[...20 lines deleted...]
-      <c r="J147" t="s">
+      <c r="M181" t="s">
+        <v>924</v>
+      </c>
+      <c r="N181" t="s">
+        <v>122</v>
+      </c>
+      <c r="O181" t="s">
+        <v>925</v>
+      </c>
+      <c r="P181" t="s">
+        <v>926</v>
+      </c>
+    </row>
+    <row r="182" spans="1:16">
+      <c r="A182" t="s">
+        <v>927</v>
+      </c>
+      <c r="B182" t="s">
+        <v>114</v>
+      </c>
+      <c r="C182" t="s">
+        <v>922</v>
+      </c>
+      <c r="D182" t="s">
+        <v>116</v>
+      </c>
+      <c r="E182" t="s">
+        <v>20</v>
+      </c>
+      <c r="F182" t="s">
+        <v>118</v>
+      </c>
+      <c r="G182" t="s">
+        <v>71</v>
+      </c>
+      <c r="H182">
+        <v>2022</v>
+      </c>
+      <c r="I182"/>
+      <c r="J182" t="s">
+        <v>923</v>
+      </c>
+      <c r="K182" t="s">
+        <v>24</v>
+      </c>
+      <c r="L182" t="s">
+        <v>928</v>
+      </c>
+      <c r="M182" t="s">
+        <v>924</v>
+      </c>
+      <c r="N182" t="s">
+        <v>122</v>
+      </c>
+      <c r="O182" t="s">
+        <v>929</v>
+      </c>
+      <c r="P182" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="183" spans="1:16">
+      <c r="A183" t="s">
+        <v>931</v>
+      </c>
+      <c r="B183" t="s">
+        <v>932</v>
+      </c>
+      <c r="C183" t="s">
+        <v>136</v>
+      </c>
+      <c r="D183" t="s">
+        <v>336</v>
+      </c>
+      <c r="E183" t="s">
+        <v>137</v>
+      </c>
+      <c r="F183" t="s">
         <v>21</v>
       </c>
-      <c r="K147" t="s">
-[...40 lines deleted...]
-      <c r="J148" t="s">
+      <c r="G183" t="s">
+        <v>71</v>
+      </c>
+      <c r="H183">
+        <v>2011</v>
+      </c>
+      <c r="I183"/>
+      <c r="J183" t="s">
+        <v>138</v>
+      </c>
+      <c r="K183" t="s">
+        <v>24</v>
+      </c>
+      <c r="L183" t="s">
+        <v>337</v>
+      </c>
+      <c r="M183" t="s">
+        <v>140</v>
+      </c>
+      <c r="N183" t="s">
+        <v>27</v>
+      </c>
+      <c r="O183" t="s">
+        <v>933</v>
+      </c>
+      <c r="P183" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="184" spans="1:16">
+      <c r="A184" t="s">
+        <v>934</v>
+      </c>
+      <c r="B184" t="s">
+        <v>935</v>
+      </c>
+      <c r="C184" t="s">
+        <v>936</v>
+      </c>
+      <c r="D184" t="s">
+        <v>165</v>
+      </c>
+      <c r="E184" t="s">
+        <v>137</v>
+      </c>
+      <c r="F184" t="s">
+        <v>150</v>
+      </c>
+      <c r="G184" t="s">
+        <v>71</v>
+      </c>
+      <c r="H184">
+        <v>2015</v>
+      </c>
+      <c r="I184"/>
+      <c r="J184" t="s">
+        <v>33</v>
+      </c>
+      <c r="K184" t="s">
+        <v>24</v>
+      </c>
+      <c r="L184" t="s">
+        <v>937</v>
+      </c>
+      <c r="M184" t="s">
+        <v>938</v>
+      </c>
+      <c r="N184" t="s">
+        <v>27</v>
+      </c>
+      <c r="O184" t="s">
+        <v>939</v>
+      </c>
+      <c r="P184" t="s">
+        <v>940</v>
+      </c>
+    </row>
+    <row r="185" spans="1:16">
+      <c r="A185" t="s">
+        <v>941</v>
+      </c>
+      <c r="B185" t="s">
+        <v>935</v>
+      </c>
+      <c r="C185" t="s">
+        <v>936</v>
+      </c>
+      <c r="D185" t="s">
+        <v>52</v>
+      </c>
+      <c r="E185" t="s">
+        <v>137</v>
+      </c>
+      <c r="F185" t="s">
+        <v>150</v>
+      </c>
+      <c r="G185" t="s">
+        <v>71</v>
+      </c>
+      <c r="H185">
+        <v>2015</v>
+      </c>
+      <c r="I185"/>
+      <c r="J185" t="s">
+        <v>33</v>
+      </c>
+      <c r="K185" t="s">
+        <v>24</v>
+      </c>
+      <c r="L185" t="s">
+        <v>937</v>
+      </c>
+      <c r="M185" t="s">
+        <v>938</v>
+      </c>
+      <c r="N185" t="s">
+        <v>27</v>
+      </c>
+      <c r="O185" t="s">
+        <v>942</v>
+      </c>
+      <c r="P185" t="s">
+        <v>940</v>
+      </c>
+    </row>
+    <row r="186" spans="1:16">
+      <c r="A186" t="s">
+        <v>943</v>
+      </c>
+      <c r="B186" t="s">
+        <v>944</v>
+      </c>
+      <c r="C186" t="s">
+        <v>99</v>
+      </c>
+      <c r="D186" t="s">
+        <v>100</v>
+      </c>
+      <c r="E186" t="s">
+        <v>20</v>
+      </c>
+      <c r="F186" t="s">
         <v>21</v>
       </c>
-      <c r="K148" t="s">
-[...40 lines deleted...]
-      <c r="J149" t="s">
+      <c r="G186" t="s">
+        <v>71</v>
+      </c>
+      <c r="H186">
+        <v>2010</v>
+      </c>
+      <c r="I186"/>
+      <c r="J186" t="s">
+        <v>101</v>
+      </c>
+      <c r="K186" t="s">
+        <v>24</v>
+      </c>
+      <c r="L186"/>
+      <c r="M186" t="s">
+        <v>102</v>
+      </c>
+      <c r="N186" t="s">
+        <v>27</v>
+      </c>
+      <c r="O186" t="s">
+        <v>945</v>
+      </c>
+      <c r="P186" t="s">
+        <v>946</v>
+      </c>
+    </row>
+    <row r="187" spans="1:16">
+      <c r="A187" t="s">
+        <v>947</v>
+      </c>
+      <c r="B187" t="s">
+        <v>106</v>
+      </c>
+      <c r="C187" t="s">
+        <v>99</v>
+      </c>
+      <c r="D187" t="s">
+        <v>89</v>
+      </c>
+      <c r="E187" t="s">
+        <v>20</v>
+      </c>
+      <c r="F187" t="s">
         <v>21</v>
       </c>
-      <c r="K149"/>
-[...1546 lines deleted...]
-        <v>2010</v>
+      <c r="G187" t="s">
+        <v>22</v>
       </c>
       <c r="H187">
         <v>2010</v>
       </c>
-      <c r="I187" t="s">
-        <v>74</v>
+      <c r="I187">
+        <v>2010</v>
       </c>
       <c r="J187" t="s">
+        <v>101</v>
+      </c>
+      <c r="K187" t="s">
+        <v>24</v>
+      </c>
+      <c r="L187"/>
+      <c r="M187" t="s">
+        <v>102</v>
+      </c>
+      <c r="N187" t="s">
+        <v>27</v>
+      </c>
+      <c r="O187" t="s">
+        <v>948</v>
+      </c>
+      <c r="P187" t="s">
+        <v>946</v>
+      </c>
+    </row>
+    <row r="188" spans="1:16">
+      <c r="A188" t="s">
+        <v>949</v>
+      </c>
+      <c r="B188" t="s">
+        <v>110</v>
+      </c>
+      <c r="C188" t="s">
+        <v>99</v>
+      </c>
+      <c r="D188" t="s">
+        <v>32</v>
+      </c>
+      <c r="E188" t="s">
+        <v>20</v>
+      </c>
+      <c r="F188" t="s">
         <v>21</v>
       </c>
-      <c r="K187"/>
-[...29 lines deleted...]
-      <c r="G188">
+      <c r="G188" t="s">
+        <v>71</v>
+      </c>
+      <c r="H188">
         <v>2010</v>
       </c>
-      <c r="H188"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I188"/>
       <c r="J188" t="s">
+        <v>101</v>
+      </c>
+      <c r="K188" t="s">
+        <v>24</v>
+      </c>
+      <c r="L188"/>
+      <c r="M188" t="s">
+        <v>102</v>
+      </c>
+      <c r="N188" t="s">
+        <v>27</v>
+      </c>
+      <c r="O188" t="s">
+        <v>950</v>
+      </c>
+      <c r="P188" t="s">
+        <v>946</v>
+      </c>
+    </row>
+    <row r="189" spans="1:16">
+      <c r="A189" t="s">
+        <v>951</v>
+      </c>
+      <c r="B189" t="s">
+        <v>952</v>
+      </c>
+      <c r="C189" t="s">
+        <v>136</v>
+      </c>
+      <c r="D189" t="s">
+        <v>953</v>
+      </c>
+      <c r="E189" t="s">
+        <v>137</v>
+      </c>
+      <c r="F189" t="s">
         <v>21</v>
       </c>
-      <c r="K188"/>
-[...29 lines deleted...]
-      <c r="G189">
+      <c r="G189" t="s">
+        <v>71</v>
+      </c>
+      <c r="H189">
         <v>2003</v>
       </c>
-      <c r="H189"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I189"/>
       <c r="J189" t="s">
+        <v>138</v>
+      </c>
+      <c r="K189" t="s">
+        <v>24</v>
+      </c>
+      <c r="L189" t="s">
+        <v>954</v>
+      </c>
+      <c r="M189" t="s">
+        <v>284</v>
+      </c>
+      <c r="N189" t="s">
+        <v>27</v>
+      </c>
+      <c r="O189" t="s">
+        <v>955</v>
+      </c>
+      <c r="P189" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="190" spans="1:16">
+      <c r="A190" t="s">
+        <v>956</v>
+      </c>
+      <c r="B190" t="s">
+        <v>957</v>
+      </c>
+      <c r="C190" t="s">
+        <v>127</v>
+      </c>
+      <c r="D190" t="s">
+        <v>958</v>
+      </c>
+      <c r="E190" t="s">
+        <v>20</v>
+      </c>
+      <c r="F190" t="s">
         <v>21</v>
       </c>
-      <c r="K189" t="s">
-[...31 lines deleted...]
-      <c r="G190">
+      <c r="G190" t="s">
+        <v>71</v>
+      </c>
+      <c r="H190">
         <v>2017</v>
       </c>
-      <c r="H190"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I190"/>
       <c r="J190" t="s">
+        <v>128</v>
+      </c>
+      <c r="K190" t="s">
+        <v>24</v>
+      </c>
+      <c r="L190"/>
+      <c r="M190" t="s">
+        <v>131</v>
+      </c>
+      <c r="N190" t="s">
+        <v>27</v>
+      </c>
+      <c r="O190" t="s">
+        <v>959</v>
+      </c>
+      <c r="P190" t="s">
+        <v>960</v>
+      </c>
+    </row>
+    <row r="191" spans="1:16">
+      <c r="A191" t="s">
+        <v>961</v>
+      </c>
+      <c r="B191"/>
+      <c r="C191" t="s">
+        <v>136</v>
+      </c>
+      <c r="D191" t="s">
+        <v>962</v>
+      </c>
+      <c r="E191" t="s">
+        <v>20</v>
+      </c>
+      <c r="F191" t="s">
         <v>21</v>
       </c>
-      <c r="K190"/>
-[...29 lines deleted...]
-      <c r="G191">
+      <c r="G191" t="s">
+        <v>71</v>
+      </c>
+      <c r="H191">
         <v>2021</v>
       </c>
-      <c r="H191"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I191"/>
       <c r="J191" t="s">
+        <v>33</v>
+      </c>
+      <c r="K191" t="s">
+        <v>24</v>
+      </c>
+      <c r="L191"/>
+      <c r="M191" t="s">
+        <v>140</v>
+      </c>
+      <c r="N191" t="s">
+        <v>27</v>
+      </c>
+      <c r="O191" t="s">
+        <v>963</v>
+      </c>
+      <c r="P191" t="s">
+        <v>964</v>
+      </c>
+    </row>
+    <row r="192" spans="1:16">
+      <c r="A192" t="s">
+        <v>965</v>
+      </c>
+      <c r="B192" t="s">
+        <v>966</v>
+      </c>
+      <c r="C192" t="s">
+        <v>136</v>
+      </c>
+      <c r="D192" t="s">
+        <v>953</v>
+      </c>
+      <c r="E192" t="s">
+        <v>20</v>
+      </c>
+      <c r="F192" t="s">
         <v>21</v>
       </c>
-      <c r="K191"/>
-[...29 lines deleted...]
-      <c r="G192">
+      <c r="G192" t="s">
+        <v>22</v>
+      </c>
+      <c r="H192">
         <v>2003</v>
       </c>
-      <c r="H192">
+      <c r="I192">
         <v>2005</v>
       </c>
-      <c r="I192" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J192" t="s">
+        <v>33</v>
+      </c>
+      <c r="K192" t="s">
+        <v>24</v>
+      </c>
+      <c r="L192"/>
+      <c r="M192" t="s">
+        <v>140</v>
+      </c>
+      <c r="N192" t="s">
+        <v>27</v>
+      </c>
+      <c r="O192" t="s">
+        <v>967</v>
+      </c>
+      <c r="P192" t="s">
+        <v>964</v>
+      </c>
+    </row>
+    <row r="193" spans="1:16">
+      <c r="A193" t="s">
+        <v>968</v>
+      </c>
+      <c r="B193" t="s">
+        <v>969</v>
+      </c>
+      <c r="C193" t="s">
+        <v>136</v>
+      </c>
+      <c r="D193" t="s">
+        <v>548</v>
+      </c>
+      <c r="E193" t="s">
+        <v>20</v>
+      </c>
+      <c r="F193" t="s">
         <v>21</v>
       </c>
-      <c r="K192"/>
-[...29 lines deleted...]
-      <c r="G193">
+      <c r="G193" t="s">
+        <v>71</v>
+      </c>
+      <c r="H193">
         <v>2003</v>
       </c>
-      <c r="H193"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I193"/>
       <c r="J193" t="s">
-        <v>637</v>
-[...4 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="K193" t="s">
+        <v>970</v>
+      </c>
+      <c r="L193"/>
       <c r="M193" t="s">
-        <v>59</v>
+        <v>140</v>
       </c>
       <c r="N193" t="s">
-        <v>638</v>
-[...2 lines deleted...]
-    <row r="194" spans="1:14">
+        <v>78</v>
+      </c>
+      <c r="O193" t="s">
+        <v>971</v>
+      </c>
+      <c r="P193" t="s">
+        <v>964</v>
+      </c>
+    </row>
+    <row r="194" spans="1:16">
       <c r="A194" t="s">
-        <v>639</v>
+        <v>972</v>
       </c>
       <c r="B194" t="s">
-        <v>99</v>
+        <v>973</v>
       </c>
       <c r="C194" t="s">
-        <v>640</v>
+        <v>136</v>
       </c>
       <c r="D194" t="s">
-        <v>17</v>
+        <v>974</v>
       </c>
       <c r="E194" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F194" t="s">
-        <v>54</v>
-[...1 lines deleted...]
-      <c r="G194">
+        <v>21</v>
+      </c>
+      <c r="G194" t="s">
+        <v>71</v>
+      </c>
+      <c r="H194">
         <v>2018</v>
       </c>
-      <c r="H194"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I194"/>
       <c r="J194" t="s">
+        <v>33</v>
+      </c>
+      <c r="K194" t="s">
+        <v>24</v>
+      </c>
+      <c r="L194"/>
+      <c r="M194" t="s">
+        <v>140</v>
+      </c>
+      <c r="N194" t="s">
+        <v>27</v>
+      </c>
+      <c r="O194" t="s">
+        <v>975</v>
+      </c>
+      <c r="P194" t="s">
+        <v>964</v>
+      </c>
+    </row>
+    <row r="195" spans="1:16">
+      <c r="A195" t="s">
+        <v>976</v>
+      </c>
+      <c r="B195" t="s">
+        <v>977</v>
+      </c>
+      <c r="C195" t="s">
+        <v>136</v>
+      </c>
+      <c r="D195" t="s">
+        <v>974</v>
+      </c>
+      <c r="E195" t="s">
+        <v>20</v>
+      </c>
+      <c r="F195" t="s">
         <v>21</v>
       </c>
-      <c r="K194"/>
-[...29 lines deleted...]
-      <c r="G195">
+      <c r="G195" t="s">
+        <v>71</v>
+      </c>
+      <c r="H195">
         <v>2016</v>
       </c>
-      <c r="H195"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I195"/>
       <c r="J195" t="s">
+        <v>33</v>
+      </c>
+      <c r="K195" t="s">
+        <v>24</v>
+      </c>
+      <c r="L195"/>
+      <c r="M195" t="s">
+        <v>140</v>
+      </c>
+      <c r="N195" t="s">
+        <v>27</v>
+      </c>
+      <c r="O195" t="s">
+        <v>978</v>
+      </c>
+      <c r="P195" t="s">
+        <v>964</v>
+      </c>
+    </row>
+    <row r="196" spans="1:16">
+      <c r="A196" t="s">
+        <v>979</v>
+      </c>
+      <c r="B196"/>
+      <c r="C196" t="s">
+        <v>136</v>
+      </c>
+      <c r="D196" t="s">
+        <v>89</v>
+      </c>
+      <c r="E196" t="s">
+        <v>20</v>
+      </c>
+      <c r="F196" t="s">
         <v>21</v>
       </c>
-      <c r="K195"/>
-[...11 lines deleted...]
-      <c r="A196" t="s">
+      <c r="G196" t="s">
+        <v>71</v>
+      </c>
+      <c r="H196">
+        <v>2010</v>
+      </c>
+      <c r="I196"/>
+      <c r="J196" t="s">
+        <v>33</v>
+      </c>
+      <c r="K196" t="s">
+        <v>24</v>
+      </c>
+      <c r="L196"/>
+      <c r="M196" t="s">
+        <v>140</v>
+      </c>
+      <c r="N196" t="s">
+        <v>27</v>
+      </c>
+      <c r="O196" t="s">
+        <v>980</v>
+      </c>
+      <c r="P196" t="s">
+        <v>964</v>
+      </c>
+    </row>
+    <row r="197" spans="1:16">
+      <c r="A197" t="s">
+        <v>981</v>
+      </c>
+      <c r="B197"/>
+      <c r="C197" t="s">
+        <v>136</v>
+      </c>
+      <c r="D197" t="s">
+        <v>336</v>
+      </c>
+      <c r="E197" t="s">
+        <v>20</v>
+      </c>
+      <c r="F197" t="s">
+        <v>21</v>
+      </c>
+      <c r="G197" t="s">
+        <v>22</v>
+      </c>
+      <c r="H197">
+        <v>2011</v>
+      </c>
+      <c r="I197">
+        <v>2018</v>
+      </c>
+      <c r="J197" t="s">
+        <v>33</v>
+      </c>
+      <c r="K197" t="s">
+        <v>24</v>
+      </c>
+      <c r="L197"/>
+      <c r="M197" t="s">
+        <v>982</v>
+      </c>
+      <c r="N197" t="s">
+        <v>27</v>
+      </c>
+      <c r="O197" t="s">
+        <v>983</v>
+      </c>
+      <c r="P197" t="s">
+        <v>964</v>
+      </c>
+    </row>
+    <row r="198" spans="1:16">
+      <c r="A198" t="s">
+        <v>984</v>
+      </c>
+      <c r="B198"/>
+      <c r="C198" t="s">
+        <v>136</v>
+      </c>
+      <c r="D198" t="s">
+        <v>985</v>
+      </c>
+      <c r="E198" t="s">
+        <v>20</v>
+      </c>
+      <c r="F198" t="s">
+        <v>21</v>
+      </c>
+      <c r="G198" t="s">
+        <v>71</v>
+      </c>
+      <c r="H198">
+        <v>2011</v>
+      </c>
+      <c r="I198">
+        <v>2016</v>
+      </c>
+      <c r="J198" t="s">
+        <v>33</v>
+      </c>
+      <c r="K198" t="s">
+        <v>24</v>
+      </c>
+      <c r="L198"/>
+      <c r="M198" t="s">
+        <v>140</v>
+      </c>
+      <c r="N198" t="s">
+        <v>27</v>
+      </c>
+      <c r="O198" t="s">
+        <v>986</v>
+      </c>
+      <c r="P198" t="s">
+        <v>964</v>
+      </c>
+    </row>
+    <row r="199" spans="1:16">
+      <c r="A199" t="s">
+        <v>987</v>
+      </c>
+      <c r="B199"/>
+      <c r="C199" t="s">
+        <v>136</v>
+      </c>
+      <c r="D199" t="s">
+        <v>599</v>
+      </c>
+      <c r="E199" t="s">
+        <v>20</v>
+      </c>
+      <c r="F199" t="s">
+        <v>21</v>
+      </c>
+      <c r="G199" t="s">
+        <v>71</v>
+      </c>
+      <c r="H199">
+        <v>2015</v>
+      </c>
+      <c r="I199"/>
+      <c r="J199" t="s">
+        <v>33</v>
+      </c>
+      <c r="K199" t="s">
+        <v>24</v>
+      </c>
+      <c r="L199"/>
+      <c r="M199" t="s">
+        <v>140</v>
+      </c>
+      <c r="N199" t="s">
+        <v>27</v>
+      </c>
+      <c r="O199" t="s">
+        <v>988</v>
+      </c>
+      <c r="P199" t="s">
+        <v>964</v>
+      </c>
+    </row>
+    <row r="200" spans="1:16">
+      <c r="A200" t="s">
+        <v>989</v>
+      </c>
+      <c r="B200"/>
+      <c r="C200" t="s">
+        <v>136</v>
+      </c>
+      <c r="D200" t="s">
+        <v>70</v>
+      </c>
+      <c r="E200" t="s">
+        <v>20</v>
+      </c>
+      <c r="F200" t="s">
+        <v>21</v>
+      </c>
+      <c r="G200" t="s">
+        <v>71</v>
+      </c>
+      <c r="H200">
+        <v>2015</v>
+      </c>
+      <c r="I200"/>
+      <c r="J200" t="s">
+        <v>33</v>
+      </c>
+      <c r="K200" t="s">
+        <v>24</v>
+      </c>
+      <c r="L200"/>
+      <c r="M200" t="s">
+        <v>140</v>
+      </c>
+      <c r="N200" t="s">
+        <v>27</v>
+      </c>
+      <c r="O200" t="s">
+        <v>990</v>
+      </c>
+      <c r="P200" t="s">
+        <v>964</v>
+      </c>
+    </row>
+    <row r="201" spans="1:16">
+      <c r="A201" t="s">
+        <v>991</v>
+      </c>
+      <c r="B201" t="s">
+        <v>992</v>
+      </c>
+      <c r="C201" t="s">
+        <v>136</v>
+      </c>
+      <c r="D201" t="s">
+        <v>818</v>
+      </c>
+      <c r="E201" t="s">
+        <v>20</v>
+      </c>
+      <c r="F201" t="s">
+        <v>21</v>
+      </c>
+      <c r="G201" t="s">
+        <v>22</v>
+      </c>
+      <c r="H201">
+        <v>2001</v>
+      </c>
+      <c r="I201">
+        <v>2018</v>
+      </c>
+      <c r="J201" t="s">
+        <v>33</v>
+      </c>
+      <c r="K201" t="s">
+        <v>24</v>
+      </c>
+      <c r="L201"/>
+      <c r="M201" t="s">
+        <v>140</v>
+      </c>
+      <c r="N201" t="s">
+        <v>27</v>
+      </c>
+      <c r="O201" t="s">
+        <v>993</v>
+      </c>
+      <c r="P201" t="s">
+        <v>964</v>
+      </c>
+    </row>
+    <row r="202" spans="1:16">
+      <c r="A202" t="s">
+        <v>994</v>
+      </c>
+      <c r="B202"/>
+      <c r="C202" t="s">
+        <v>136</v>
+      </c>
+      <c r="D202" t="s">
+        <v>400</v>
+      </c>
+      <c r="E202" t="s">
+        <v>20</v>
+      </c>
+      <c r="F202" t="s">
+        <v>21</v>
+      </c>
+      <c r="G202" t="s">
+        <v>71</v>
+      </c>
+      <c r="H202">
+        <v>2009</v>
+      </c>
+      <c r="I202"/>
+      <c r="J202" t="s">
+        <v>33</v>
+      </c>
+      <c r="K202" t="s">
+        <v>24</v>
+      </c>
+      <c r="L202"/>
+      <c r="M202" t="s">
+        <v>140</v>
+      </c>
+      <c r="N202" t="s">
+        <v>27</v>
+      </c>
+      <c r="O202" t="s">
+        <v>995</v>
+      </c>
+      <c r="P202" t="s">
+        <v>964</v>
+      </c>
+    </row>
+    <row r="203" spans="1:16">
+      <c r="A203" t="s">
+        <v>996</v>
+      </c>
+      <c r="B203"/>
+      <c r="C203" t="s">
+        <v>136</v>
+      </c>
+      <c r="D203" t="s">
+        <v>89</v>
+      </c>
+      <c r="E203" t="s">
+        <v>20</v>
+      </c>
+      <c r="F203" t="s">
+        <v>21</v>
+      </c>
+      <c r="G203" t="s">
+        <v>71</v>
+      </c>
+      <c r="H203">
+        <v>2012</v>
+      </c>
+      <c r="I203"/>
+      <c r="J203" t="s">
+        <v>33</v>
+      </c>
+      <c r="K203" t="s">
+        <v>24</v>
+      </c>
+      <c r="L203"/>
+      <c r="M203" t="s">
+        <v>140</v>
+      </c>
+      <c r="N203" t="s">
+        <v>27</v>
+      </c>
+      <c r="O203" t="s">
+        <v>997</v>
+      </c>
+      <c r="P203" t="s">
+        <v>964</v>
+      </c>
+    </row>
+    <row r="204" spans="1:16">
+      <c r="A204" t="s">
+        <v>998</v>
+      </c>
+      <c r="B204"/>
+      <c r="C204" t="s">
+        <v>136</v>
+      </c>
+      <c r="D204" t="s">
+        <v>818</v>
+      </c>
+      <c r="E204" t="s">
+        <v>20</v>
+      </c>
+      <c r="F204" t="s">
+        <v>21</v>
+      </c>
+      <c r="G204" t="s">
+        <v>71</v>
+      </c>
+      <c r="H204">
+        <v>2014</v>
+      </c>
+      <c r="I204"/>
+      <c r="J204" t="s">
+        <v>33</v>
+      </c>
+      <c r="K204" t="s">
+        <v>24</v>
+      </c>
+      <c r="L204"/>
+      <c r="M204" t="s">
+        <v>140</v>
+      </c>
+      <c r="N204" t="s">
+        <v>27</v>
+      </c>
+      <c r="O204" t="s">
+        <v>999</v>
+      </c>
+      <c r="P204" t="s">
+        <v>964</v>
+      </c>
+    </row>
+    <row r="205" spans="1:16">
+      <c r="A205" t="s">
+        <v>1000</v>
+      </c>
+      <c r="B205" t="s">
+        <v>1001</v>
+      </c>
+      <c r="C205" t="s">
+        <v>136</v>
+      </c>
+      <c r="D205" t="s">
+        <v>912</v>
+      </c>
+      <c r="E205" t="s">
+        <v>20</v>
+      </c>
+      <c r="F205" t="s">
+        <v>21</v>
+      </c>
+      <c r="G205" t="s">
+        <v>71</v>
+      </c>
+      <c r="H205">
+        <v>2002</v>
+      </c>
+      <c r="I205"/>
+      <c r="J205" t="s">
+        <v>33</v>
+      </c>
+      <c r="K205" t="s">
+        <v>24</v>
+      </c>
+      <c r="L205"/>
+      <c r="M205" t="s">
+        <v>140</v>
+      </c>
+      <c r="N205" t="s">
+        <v>27</v>
+      </c>
+      <c r="O205" t="s">
+        <v>1002</v>
+      </c>
+      <c r="P205"/>
+    </row>
+    <row r="206" spans="1:16">
+      <c r="A206" t="s">
+        <v>1003</v>
+      </c>
+      <c r="B206" t="s">
+        <v>1004</v>
+      </c>
+      <c r="C206" t="s">
+        <v>136</v>
+      </c>
+      <c r="D206" t="s">
+        <v>1005</v>
+      </c>
+      <c r="E206" t="s">
+        <v>20</v>
+      </c>
+      <c r="F206" t="s">
+        <v>21</v>
+      </c>
+      <c r="G206" t="s">
+        <v>22</v>
+      </c>
+      <c r="H206">
+        <v>2002</v>
+      </c>
+      <c r="I206">
+        <v>2016</v>
+      </c>
+      <c r="J206" t="s">
+        <v>33</v>
+      </c>
+      <c r="K206" t="s">
+        <v>24</v>
+      </c>
+      <c r="L206"/>
+      <c r="M206" t="s">
+        <v>140</v>
+      </c>
+      <c r="N206" t="s">
+        <v>27</v>
+      </c>
+      <c r="O206" t="s">
+        <v>1006</v>
+      </c>
+      <c r="P206" t="s">
+        <v>964</v>
+      </c>
+    </row>
+    <row r="207" spans="1:16">
+      <c r="A207" t="s">
+        <v>1007</v>
+      </c>
+      <c r="B207" t="s">
+        <v>1008</v>
+      </c>
+      <c r="C207" t="s">
+        <v>136</v>
+      </c>
+      <c r="D207" t="s">
+        <v>165</v>
+      </c>
+      <c r="E207" t="s">
+        <v>20</v>
+      </c>
+      <c r="F207" t="s">
+        <v>21</v>
+      </c>
+      <c r="G207" t="s">
+        <v>22</v>
+      </c>
+      <c r="H207">
+        <v>2000</v>
+      </c>
+      <c r="I207">
+        <v>2018</v>
+      </c>
+      <c r="J207" t="s">
+        <v>33</v>
+      </c>
+      <c r="K207" t="s">
+        <v>24</v>
+      </c>
+      <c r="L207"/>
+      <c r="M207" t="s">
+        <v>140</v>
+      </c>
+      <c r="N207" t="s">
+        <v>27</v>
+      </c>
+      <c r="O207" t="s">
+        <v>1009</v>
+      </c>
+      <c r="P207" t="s">
+        <v>964</v>
+      </c>
+    </row>
+    <row r="208" spans="1:16">
+      <c r="A208" t="s">
+        <v>1010</v>
+      </c>
+      <c r="B208"/>
+      <c r="C208" t="s">
+        <v>136</v>
+      </c>
+      <c r="D208" t="s">
+        <v>348</v>
+      </c>
+      <c r="E208" t="s">
+        <v>20</v>
+      </c>
+      <c r="F208" t="s">
+        <v>21</v>
+      </c>
+      <c r="G208" t="s">
+        <v>71</v>
+      </c>
+      <c r="H208">
+        <v>2020</v>
+      </c>
+      <c r="I208"/>
+      <c r="J208" t="s">
+        <v>33</v>
+      </c>
+      <c r="K208" t="s">
+        <v>24</v>
+      </c>
+      <c r="L208"/>
+      <c r="M208" t="s">
+        <v>140</v>
+      </c>
+      <c r="N208" t="s">
+        <v>27</v>
+      </c>
+      <c r="O208" t="s">
+        <v>1011</v>
+      </c>
+      <c r="P208" t="s">
+        <v>964</v>
+      </c>
+    </row>
+    <row r="209" spans="1:16">
+      <c r="A209" t="s">
+        <v>1012</v>
+      </c>
+      <c r="B209"/>
+      <c r="C209" t="s">
+        <v>136</v>
+      </c>
+      <c r="D209" t="s">
+        <v>1013</v>
+      </c>
+      <c r="E209" t="s">
+        <v>20</v>
+      </c>
+      <c r="F209" t="s">
+        <v>21</v>
+      </c>
+      <c r="G209" t="s">
+        <v>71</v>
+      </c>
+      <c r="H209">
+        <v>2010</v>
+      </c>
+      <c r="I209"/>
+      <c r="J209" t="s">
+        <v>33</v>
+      </c>
+      <c r="K209" t="s">
+        <v>24</v>
+      </c>
+      <c r="L209"/>
+      <c r="M209" t="s">
+        <v>140</v>
+      </c>
+      <c r="N209" t="s">
+        <v>27</v>
+      </c>
+      <c r="O209" t="s">
+        <v>1014</v>
+      </c>
+      <c r="P209" t="s">
+        <v>964</v>
+      </c>
+    </row>
+    <row r="210" spans="1:16">
+      <c r="A210" t="s">
+        <v>1015</v>
+      </c>
+      <c r="B210"/>
+      <c r="C210" t="s">
+        <v>136</v>
+      </c>
+      <c r="D210" t="s">
+        <v>974</v>
+      </c>
+      <c r="E210" t="s">
+        <v>20</v>
+      </c>
+      <c r="F210" t="s">
+        <v>21</v>
+      </c>
+      <c r="G210" t="s">
+        <v>71</v>
+      </c>
+      <c r="H210">
+        <v>2018</v>
+      </c>
+      <c r="I210"/>
+      <c r="J210" t="s">
+        <v>33</v>
+      </c>
+      <c r="K210" t="s">
+        <v>24</v>
+      </c>
+      <c r="L210"/>
+      <c r="M210" t="s">
+        <v>140</v>
+      </c>
+      <c r="N210" t="s">
+        <v>27</v>
+      </c>
+      <c r="O210" t="s">
+        <v>1016</v>
+      </c>
+      <c r="P210" t="s">
+        <v>964</v>
+      </c>
+    </row>
+    <row r="211" spans="1:16">
+      <c r="A211" t="s">
+        <v>1017</v>
+      </c>
+      <c r="B211" t="s">
+        <v>1018</v>
+      </c>
+      <c r="C211" t="s">
+        <v>136</v>
+      </c>
+      <c r="D211" t="s">
+        <v>1019</v>
+      </c>
+      <c r="E211" t="s">
+        <v>20</v>
+      </c>
+      <c r="F211" t="s">
+        <v>21</v>
+      </c>
+      <c r="G211" t="s">
+        <v>71</v>
+      </c>
+      <c r="H211">
+        <v>2020</v>
+      </c>
+      <c r="I211"/>
+      <c r="J211" t="s">
+        <v>33</v>
+      </c>
+      <c r="K211" t="s">
+        <v>24</v>
+      </c>
+      <c r="L211"/>
+      <c r="M211" t="s">
+        <v>140</v>
+      </c>
+      <c r="N211" t="s">
+        <v>27</v>
+      </c>
+      <c r="O211" t="s">
+        <v>1020</v>
+      </c>
+      <c r="P211" t="s">
+        <v>964</v>
+      </c>
+    </row>
+    <row r="212" spans="1:16">
+      <c r="A212" t="s">
+        <v>1021</v>
+      </c>
+      <c r="B212" t="s">
+        <v>1022</v>
+      </c>
+      <c r="C212" t="s">
+        <v>136</v>
+      </c>
+      <c r="D212" t="s">
+        <v>52</v>
+      </c>
+      <c r="E212" t="s">
+        <v>20</v>
+      </c>
+      <c r="F212" t="s">
+        <v>21</v>
+      </c>
+      <c r="G212" t="s">
+        <v>71</v>
+      </c>
+      <c r="H212">
+        <v>2002</v>
+      </c>
+      <c r="I212"/>
+      <c r="J212" t="s">
+        <v>33</v>
+      </c>
+      <c r="K212" t="s">
+        <v>24</v>
+      </c>
+      <c r="L212"/>
+      <c r="M212" t="s">
+        <v>140</v>
+      </c>
+      <c r="N212" t="s">
+        <v>27</v>
+      </c>
+      <c r="O212" t="s">
+        <v>1023</v>
+      </c>
+      <c r="P212" t="s">
+        <v>964</v>
+      </c>
+    </row>
+    <row r="213" spans="1:16">
+      <c r="A213" t="s">
+        <v>1024</v>
+      </c>
+      <c r="B213" t="s">
+        <v>1025</v>
+      </c>
+      <c r="C213" t="s">
+        <v>1026</v>
+      </c>
+      <c r="D213" t="s">
+        <v>116</v>
+      </c>
+      <c r="E213" t="s">
+        <v>20</v>
+      </c>
+      <c r="F213" t="s">
+        <v>118</v>
+      </c>
+      <c r="G213" t="s">
+        <v>22</v>
+      </c>
+      <c r="H213">
+        <v>2019</v>
+      </c>
+      <c r="I213">
+        <v>2022</v>
+      </c>
+      <c r="J213" t="s">
+        <v>193</v>
+      </c>
+      <c r="K213" t="s">
+        <v>129</v>
+      </c>
+      <c r="L213" t="s">
+        <v>130</v>
+      </c>
+      <c r="M213" t="s">
+        <v>1027</v>
+      </c>
+      <c r="N213" t="s">
+        <v>122</v>
+      </c>
+      <c r="O213" t="s">
+        <v>1028</v>
+      </c>
+      <c r="P213" t="s">
+        <v>1029</v>
+      </c>
+    </row>
+    <row r="214" spans="1:16">
+      <c r="A214" t="s">
+        <v>1030</v>
+      </c>
+      <c r="B214" t="s">
+        <v>1031</v>
+      </c>
+      <c r="C214" t="s">
+        <v>555</v>
+      </c>
+      <c r="D214" t="s">
+        <v>94</v>
+      </c>
+      <c r="E214" t="s">
+        <v>137</v>
+      </c>
+      <c r="F214" t="s">
+        <v>21</v>
+      </c>
+      <c r="G214" t="s">
+        <v>71</v>
+      </c>
+      <c r="H214">
+        <v>2012</v>
+      </c>
+      <c r="I214"/>
+      <c r="J214" t="s">
+        <v>128</v>
+      </c>
+      <c r="K214" t="s">
+        <v>24</v>
+      </c>
+      <c r="L214" t="s">
+        <v>1032</v>
+      </c>
+      <c r="M214" t="s">
+        <v>558</v>
+      </c>
+      <c r="N214" t="s">
+        <v>27</v>
+      </c>
+      <c r="O214" t="s">
+        <v>1033</v>
+      </c>
+      <c r="P214" t="s">
+        <v>1034</v>
+      </c>
+    </row>
+    <row r="215" spans="1:16">
+      <c r="A215" t="s">
+        <v>1035</v>
+      </c>
+      <c r="B215" t="s">
+        <v>1036</v>
+      </c>
+      <c r="C215" t="s">
+        <v>555</v>
+      </c>
+      <c r="D215" t="s">
         <v>644</v>
       </c>
-      <c r="B196" t="s">
-[...21 lines deleted...]
-      <c r="J196" t="s">
+      <c r="E215" t="s">
+        <v>137</v>
+      </c>
+      <c r="F215" t="s">
         <v>21</v>
       </c>
-      <c r="K196"/>
-[...29 lines deleted...]
-      <c r="G197">
+      <c r="G215" t="s">
+        <v>71</v>
+      </c>
+      <c r="H215">
+        <v>2015</v>
+      </c>
+      <c r="I215"/>
+      <c r="J215" t="s">
+        <v>128</v>
+      </c>
+      <c r="K215" t="s">
+        <v>24</v>
+      </c>
+      <c r="L215" t="s">
+        <v>1037</v>
+      </c>
+      <c r="M215" t="s">
+        <v>558</v>
+      </c>
+      <c r="N215" t="s">
+        <v>27</v>
+      </c>
+      <c r="O215" t="s">
+        <v>1038</v>
+      </c>
+      <c r="P215" t="s">
+        <v>1039</v>
+      </c>
+    </row>
+    <row r="216" spans="1:16">
+      <c r="A216" t="s">
+        <v>1040</v>
+      </c>
+      <c r="B216" t="s">
+        <v>1041</v>
+      </c>
+      <c r="C216" t="s">
+        <v>555</v>
+      </c>
+      <c r="D216" t="s">
+        <v>52</v>
+      </c>
+      <c r="E216" t="s">
+        <v>137</v>
+      </c>
+      <c r="F216" t="s">
+        <v>21</v>
+      </c>
+      <c r="G216" t="s">
+        <v>22</v>
+      </c>
+      <c r="H216">
+        <v>2013</v>
+      </c>
+      <c r="I216">
+        <v>2015</v>
+      </c>
+      <c r="J216" t="s">
+        <v>128</v>
+      </c>
+      <c r="K216" t="s">
+        <v>24</v>
+      </c>
+      <c r="L216" t="s">
+        <v>1042</v>
+      </c>
+      <c r="M216" t="s">
+        <v>558</v>
+      </c>
+      <c r="N216" t="s">
+        <v>27</v>
+      </c>
+      <c r="O216" t="s">
+        <v>1043</v>
+      </c>
+      <c r="P216" t="s">
+        <v>1044</v>
+      </c>
+    </row>
+    <row r="217" spans="1:16">
+      <c r="A217" t="s">
+        <v>1045</v>
+      </c>
+      <c r="B217" t="s">
+        <v>1046</v>
+      </c>
+      <c r="C217" t="s">
+        <v>555</v>
+      </c>
+      <c r="D217" t="s">
+        <v>1047</v>
+      </c>
+      <c r="E217" t="s">
+        <v>137</v>
+      </c>
+      <c r="F217" t="s">
+        <v>150</v>
+      </c>
+      <c r="G217" t="s">
+        <v>71</v>
+      </c>
+      <c r="H217">
+        <v>2014</v>
+      </c>
+      <c r="I217"/>
+      <c r="J217" t="s">
+        <v>128</v>
+      </c>
+      <c r="K217" t="s">
+        <v>24</v>
+      </c>
+      <c r="L217" t="s">
+        <v>1048</v>
+      </c>
+      <c r="M217" t="s">
+        <v>558</v>
+      </c>
+      <c r="N217" t="s">
+        <v>27</v>
+      </c>
+      <c r="O217" t="s">
+        <v>1049</v>
+      </c>
+      <c r="P217" t="s">
+        <v>1050</v>
+      </c>
+    </row>
+    <row r="218" spans="1:16">
+      <c r="A218" t="s">
+        <v>1051</v>
+      </c>
+      <c r="B218" t="s">
+        <v>1052</v>
+      </c>
+      <c r="C218" t="s">
+        <v>555</v>
+      </c>
+      <c r="D218" t="s">
+        <v>532</v>
+      </c>
+      <c r="E218" t="s">
+        <v>20</v>
+      </c>
+      <c r="F218" t="s">
+        <v>21</v>
+      </c>
+      <c r="G218" t="s">
+        <v>71</v>
+      </c>
+      <c r="H218">
+        <v>2012</v>
+      </c>
+      <c r="I218"/>
+      <c r="J218" t="s">
+        <v>128</v>
+      </c>
+      <c r="K218" t="s">
+        <v>24</v>
+      </c>
+      <c r="L218" t="s">
+        <v>557</v>
+      </c>
+      <c r="M218" t="s">
+        <v>558</v>
+      </c>
+      <c r="N218" t="s">
+        <v>27</v>
+      </c>
+      <c r="O218" t="s">
+        <v>1053</v>
+      </c>
+      <c r="P218" t="s">
+        <v>1054</v>
+      </c>
+    </row>
+    <row r="219" spans="1:16">
+      <c r="A219" t="s">
+        <v>1055</v>
+      </c>
+      <c r="B219" t="s">
+        <v>1052</v>
+      </c>
+      <c r="C219" t="s">
+        <v>555</v>
+      </c>
+      <c r="D219" t="s">
+        <v>310</v>
+      </c>
+      <c r="E219" t="s">
+        <v>20</v>
+      </c>
+      <c r="F219" t="s">
+        <v>21</v>
+      </c>
+      <c r="G219" t="s">
+        <v>71</v>
+      </c>
+      <c r="H219">
+        <v>2015</v>
+      </c>
+      <c r="I219"/>
+      <c r="J219" t="s">
+        <v>128</v>
+      </c>
+      <c r="K219" t="s">
+        <v>24</v>
+      </c>
+      <c r="L219" t="s">
+        <v>1056</v>
+      </c>
+      <c r="M219" t="s">
+        <v>558</v>
+      </c>
+      <c r="N219" t="s">
+        <v>27</v>
+      </c>
+      <c r="O219" t="s">
+        <v>1057</v>
+      </c>
+      <c r="P219" t="s">
+        <v>1058</v>
+      </c>
+    </row>
+    <row r="220" spans="1:16">
+      <c r="A220" t="s">
+        <v>1059</v>
+      </c>
+      <c r="B220" t="s">
+        <v>1060</v>
+      </c>
+      <c r="C220" t="s">
+        <v>555</v>
+      </c>
+      <c r="D220" t="s">
+        <v>1061</v>
+      </c>
+      <c r="E220" t="s">
+        <v>20</v>
+      </c>
+      <c r="F220" t="s">
+        <v>21</v>
+      </c>
+      <c r="G220" t="s">
+        <v>71</v>
+      </c>
+      <c r="H220">
         <v>2011</v>
       </c>
-      <c r="H197">
+      <c r="I220"/>
+      <c r="J220" t="s">
+        <v>128</v>
+      </c>
+      <c r="K220" t="s">
+        <v>24</v>
+      </c>
+      <c r="L220" t="s">
+        <v>1062</v>
+      </c>
+      <c r="M220" t="s">
+        <v>558</v>
+      </c>
+      <c r="N220" t="s">
+        <v>27</v>
+      </c>
+      <c r="O220" t="s">
+        <v>1063</v>
+      </c>
+      <c r="P220" t="s">
+        <v>1064</v>
+      </c>
+    </row>
+    <row r="221" spans="1:16">
+      <c r="A221" t="s">
+        <v>1065</v>
+      </c>
+      <c r="B221" t="s">
+        <v>1066</v>
+      </c>
+      <c r="C221" t="s">
+        <v>555</v>
+      </c>
+      <c r="D221" t="s">
+        <v>215</v>
+      </c>
+      <c r="E221" t="s">
+        <v>137</v>
+      </c>
+      <c r="F221" t="s">
+        <v>21</v>
+      </c>
+      <c r="G221" t="s">
+        <v>71</v>
+      </c>
+      <c r="H221">
+        <v>2013</v>
+      </c>
+      <c r="I221"/>
+      <c r="J221" t="s">
+        <v>128</v>
+      </c>
+      <c r="K221" t="s">
+        <v>24</v>
+      </c>
+      <c r="L221" t="s">
+        <v>1067</v>
+      </c>
+      <c r="M221" t="s">
+        <v>558</v>
+      </c>
+      <c r="N221" t="s">
+        <v>27</v>
+      </c>
+      <c r="O221" t="s">
+        <v>1068</v>
+      </c>
+      <c r="P221" t="s">
+        <v>1069</v>
+      </c>
+    </row>
+    <row r="222" spans="1:16">
+      <c r="A222" t="s">
+        <v>1070</v>
+      </c>
+      <c r="B222" t="s">
+        <v>1071</v>
+      </c>
+      <c r="C222" t="s">
+        <v>171</v>
+      </c>
+      <c r="D222" t="s">
+        <v>1072</v>
+      </c>
+      <c r="E222" t="s">
+        <v>137</v>
+      </c>
+      <c r="F222" t="s">
+        <v>41</v>
+      </c>
+      <c r="G222" t="s">
+        <v>71</v>
+      </c>
+      <c r="H222">
+        <v>2017</v>
+      </c>
+      <c r="I222"/>
+      <c r="J222" t="s">
+        <v>669</v>
+      </c>
+      <c r="K222" t="s">
+        <v>24</v>
+      </c>
+      <c r="L222"/>
+      <c r="M222" t="s">
+        <v>173</v>
+      </c>
+      <c r="N222" t="s">
+        <v>27</v>
+      </c>
+      <c r="O222" t="s">
+        <v>1073</v>
+      </c>
+      <c r="P222" t="s">
+        <v>538</v>
+      </c>
+    </row>
+    <row r="223" spans="1:16">
+      <c r="A223" t="s">
+        <v>1074</v>
+      </c>
+      <c r="B223" t="s">
+        <v>1075</v>
+      </c>
+      <c r="C223" t="s">
+        <v>1076</v>
+      </c>
+      <c r="D223" t="s">
+        <v>432</v>
+      </c>
+      <c r="E223" t="s">
+        <v>20</v>
+      </c>
+      <c r="F223" t="s">
+        <v>150</v>
+      </c>
+      <c r="G223" t="s">
+        <v>71</v>
+      </c>
+      <c r="H223">
+        <v>2024</v>
+      </c>
+      <c r="I223"/>
+      <c r="J223" t="s">
+        <v>1077</v>
+      </c>
+      <c r="K223" t="s">
+        <v>24</v>
+      </c>
+      <c r="L223" t="s">
+        <v>1078</v>
+      </c>
+      <c r="M223" t="s">
+        <v>1079</v>
+      </c>
+      <c r="N223" t="s">
+        <v>27</v>
+      </c>
+      <c r="O223" t="s">
+        <v>1080</v>
+      </c>
+      <c r="P223" t="s">
+        <v>1081</v>
+      </c>
+    </row>
+    <row r="224" spans="1:16">
+      <c r="A224" t="s">
+        <v>1082</v>
+      </c>
+      <c r="B224" t="s">
+        <v>1083</v>
+      </c>
+      <c r="C224" t="s">
+        <v>171</v>
+      </c>
+      <c r="D224" t="s">
+        <v>165</v>
+      </c>
+      <c r="E224" t="s">
+        <v>137</v>
+      </c>
+      <c r="F224" t="s">
+        <v>41</v>
+      </c>
+      <c r="G224" t="s">
+        <v>22</v>
+      </c>
+      <c r="H224">
+        <v>2017</v>
+      </c>
+      <c r="I224">
+        <v>2019</v>
+      </c>
+      <c r="J224" t="s">
+        <v>193</v>
+      </c>
+      <c r="K224" t="s">
+        <v>24</v>
+      </c>
+      <c r="L224"/>
+      <c r="M224" t="s">
+        <v>173</v>
+      </c>
+      <c r="N224" t="s">
+        <v>27</v>
+      </c>
+      <c r="O224" t="s">
+        <v>1084</v>
+      </c>
+      <c r="P224" t="s">
+        <v>538</v>
+      </c>
+    </row>
+    <row r="225" spans="1:16">
+      <c r="A225" t="s">
+        <v>1085</v>
+      </c>
+      <c r="B225" t="s">
+        <v>1086</v>
+      </c>
+      <c r="C225" t="s">
+        <v>171</v>
+      </c>
+      <c r="D225" t="s">
+        <v>1087</v>
+      </c>
+      <c r="E225" t="s">
+        <v>20</v>
+      </c>
+      <c r="F225" t="s">
+        <v>192</v>
+      </c>
+      <c r="G225" t="s">
+        <v>71</v>
+      </c>
+      <c r="H225">
         <v>2018</v>
       </c>
-      <c r="I197" t="s">
-[...2 lines deleted...]
-      <c r="J197" t="s">
+      <c r="I225"/>
+      <c r="J225" t="s">
+        <v>193</v>
+      </c>
+      <c r="K225" t="s">
+        <v>24</v>
+      </c>
+      <c r="L225" t="s">
+        <v>1088</v>
+      </c>
+      <c r="M225" t="s">
+        <v>1089</v>
+      </c>
+      <c r="N225" t="s">
+        <v>27</v>
+      </c>
+      <c r="O225" t="s">
+        <v>1090</v>
+      </c>
+      <c r="P225" t="s">
+        <v>1091</v>
+      </c>
+    </row>
+    <row r="226" spans="1:16">
+      <c r="A226" t="s">
+        <v>1092</v>
+      </c>
+      <c r="B226" t="s">
+        <v>1093</v>
+      </c>
+      <c r="C226" t="s">
+        <v>1094</v>
+      </c>
+      <c r="D226" t="s">
+        <v>116</v>
+      </c>
+      <c r="E226" t="s">
+        <v>137</v>
+      </c>
+      <c r="F226" t="s">
+        <v>118</v>
+      </c>
+      <c r="G226" t="s">
+        <v>22</v>
+      </c>
+      <c r="H226">
+        <v>2018</v>
+      </c>
+      <c r="I226">
+        <v>2022</v>
+      </c>
+      <c r="J226" t="s">
+        <v>193</v>
+      </c>
+      <c r="K226" t="s">
+        <v>129</v>
+      </c>
+      <c r="L226" t="s">
+        <v>130</v>
+      </c>
+      <c r="M226" t="s">
+        <v>1095</v>
+      </c>
+      <c r="N226" t="s">
+        <v>122</v>
+      </c>
+      <c r="O226" t="s">
+        <v>1096</v>
+      </c>
+      <c r="P226" t="s">
+        <v>1097</v>
+      </c>
+    </row>
+    <row r="227" spans="1:16">
+      <c r="A227" t="s">
+        <v>1098</v>
+      </c>
+      <c r="B227" t="s">
+        <v>1099</v>
+      </c>
+      <c r="C227" t="s">
+        <v>1094</v>
+      </c>
+      <c r="D227" t="s">
+        <v>116</v>
+      </c>
+      <c r="E227" t="s">
+        <v>137</v>
+      </c>
+      <c r="F227" t="s">
+        <v>118</v>
+      </c>
+      <c r="G227" t="s">
+        <v>22</v>
+      </c>
+      <c r="H227">
+        <v>2018</v>
+      </c>
+      <c r="I227">
+        <v>2022</v>
+      </c>
+      <c r="J227" t="s">
+        <v>193</v>
+      </c>
+      <c r="K227" t="s">
+        <v>194</v>
+      </c>
+      <c r="L227" t="s">
+        <v>130</v>
+      </c>
+      <c r="M227" t="s">
+        <v>1095</v>
+      </c>
+      <c r="N227" t="s">
+        <v>122</v>
+      </c>
+      <c r="O227" t="s">
+        <v>1100</v>
+      </c>
+      <c r="P227" t="s">
+        <v>1097</v>
+      </c>
+    </row>
+    <row r="228" spans="1:16">
+      <c r="A228" t="s">
+        <v>1101</v>
+      </c>
+      <c r="B228" t="s">
+        <v>1102</v>
+      </c>
+      <c r="C228" t="s">
+        <v>1103</v>
+      </c>
+      <c r="D228" t="s">
+        <v>116</v>
+      </c>
+      <c r="E228" t="s">
+        <v>20</v>
+      </c>
+      <c r="F228" t="s">
+        <v>118</v>
+      </c>
+      <c r="G228" t="s">
+        <v>71</v>
+      </c>
+      <c r="H228">
+        <v>2020</v>
+      </c>
+      <c r="I228"/>
+      <c r="J228" t="s">
+        <v>504</v>
+      </c>
+      <c r="K228" t="s">
+        <v>129</v>
+      </c>
+      <c r="L228" t="s">
+        <v>130</v>
+      </c>
+      <c r="M228" t="s">
+        <v>1104</v>
+      </c>
+      <c r="N228" t="s">
+        <v>122</v>
+      </c>
+      <c r="O228" t="s">
+        <v>1105</v>
+      </c>
+      <c r="P228" t="s">
+        <v>1106</v>
+      </c>
+    </row>
+    <row r="229" spans="1:16">
+      <c r="A229" t="s">
+        <v>1101</v>
+      </c>
+      <c r="B229" t="s">
+        <v>1107</v>
+      </c>
+      <c r="C229" t="s">
+        <v>1108</v>
+      </c>
+      <c r="D229" t="s">
+        <v>116</v>
+      </c>
+      <c r="E229" t="s">
+        <v>137</v>
+      </c>
+      <c r="F229" t="s">
+        <v>118</v>
+      </c>
+      <c r="G229" t="s">
+        <v>71</v>
+      </c>
+      <c r="H229">
+        <v>2021</v>
+      </c>
+      <c r="I229"/>
+      <c r="J229" t="s">
+        <v>504</v>
+      </c>
+      <c r="K229" t="s">
+        <v>129</v>
+      </c>
+      <c r="L229" t="s">
+        <v>130</v>
+      </c>
+      <c r="M229" t="s">
+        <v>1109</v>
+      </c>
+      <c r="N229" t="s">
+        <v>122</v>
+      </c>
+      <c r="O229" t="s">
+        <v>1110</v>
+      </c>
+      <c r="P229"/>
+    </row>
+    <row r="230" spans="1:16">
+      <c r="A230" t="s">
+        <v>1111</v>
+      </c>
+      <c r="B230" t="s">
+        <v>1112</v>
+      </c>
+      <c r="C230" t="s">
+        <v>136</v>
+      </c>
+      <c r="D230" t="s">
+        <v>52</v>
+      </c>
+      <c r="E230" t="s">
+        <v>137</v>
+      </c>
+      <c r="F230" t="s">
         <v>21</v>
       </c>
-      <c r="K197"/>
-[...29 lines deleted...]
-      <c r="G198">
+      <c r="G230" t="s">
+        <v>22</v>
+      </c>
+      <c r="H230">
+        <v>1991</v>
+      </c>
+      <c r="I230">
+        <v>2009</v>
+      </c>
+      <c r="J230" t="s">
+        <v>138</v>
+      </c>
+      <c r="K230" t="s">
+        <v>24</v>
+      </c>
+      <c r="L230" t="s">
+        <v>1113</v>
+      </c>
+      <c r="M230" t="s">
+        <v>140</v>
+      </c>
+      <c r="N230" t="s">
+        <v>27</v>
+      </c>
+      <c r="O230" t="s">
+        <v>1114</v>
+      </c>
+      <c r="P230" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="231" spans="1:16">
+      <c r="A231" t="s">
+        <v>1115</v>
+      </c>
+      <c r="B231" t="s">
+        <v>1116</v>
+      </c>
+      <c r="C231" t="s">
+        <v>136</v>
+      </c>
+      <c r="D231" t="s">
+        <v>52</v>
+      </c>
+      <c r="E231" t="s">
+        <v>137</v>
+      </c>
+      <c r="F231" t="s">
+        <v>21</v>
+      </c>
+      <c r="G231" t="s">
+        <v>22</v>
+      </c>
+      <c r="H231">
+        <v>1991</v>
+      </c>
+      <c r="I231">
+        <v>2002</v>
+      </c>
+      <c r="J231" t="s">
+        <v>138</v>
+      </c>
+      <c r="K231" t="s">
+        <v>24</v>
+      </c>
+      <c r="L231" t="s">
+        <v>278</v>
+      </c>
+      <c r="M231" t="s">
+        <v>140</v>
+      </c>
+      <c r="N231" t="s">
+        <v>27</v>
+      </c>
+      <c r="O231" t="s">
+        <v>1117</v>
+      </c>
+      <c r="P231" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="232" spans="1:16">
+      <c r="A232" t="s">
+        <v>1118</v>
+      </c>
+      <c r="B232" t="s">
+        <v>1119</v>
+      </c>
+      <c r="C232" t="s">
+        <v>136</v>
+      </c>
+      <c r="D232" t="s">
+        <v>52</v>
+      </c>
+      <c r="E232" t="s">
+        <v>137</v>
+      </c>
+      <c r="F232" t="s">
+        <v>21</v>
+      </c>
+      <c r="G232" t="s">
+        <v>22</v>
+      </c>
+      <c r="H232">
+        <v>1991</v>
+      </c>
+      <c r="I232">
+        <v>2016</v>
+      </c>
+      <c r="J232" t="s">
+        <v>138</v>
+      </c>
+      <c r="K232" t="s">
+        <v>24</v>
+      </c>
+      <c r="L232" t="s">
+        <v>1120</v>
+      </c>
+      <c r="M232" t="s">
+        <v>284</v>
+      </c>
+      <c r="N232" t="s">
+        <v>27</v>
+      </c>
+      <c r="O232" t="s">
+        <v>1121</v>
+      </c>
+      <c r="P232" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="233" spans="1:16">
+      <c r="A233" t="s">
+        <v>1122</v>
+      </c>
+      <c r="B233" t="s">
+        <v>1123</v>
+      </c>
+      <c r="C233" t="s">
+        <v>136</v>
+      </c>
+      <c r="D233" t="s">
+        <v>165</v>
+      </c>
+      <c r="E233" t="s">
+        <v>137</v>
+      </c>
+      <c r="F233" t="s">
+        <v>21</v>
+      </c>
+      <c r="G233" t="s">
+        <v>22</v>
+      </c>
+      <c r="H233">
+        <v>1996</v>
+      </c>
+      <c r="I233">
         <v>2011</v>
       </c>
-      <c r="H198">
-[...5 lines deleted...]
-      <c r="J198" t="s">
+      <c r="J233" t="s">
+        <v>138</v>
+      </c>
+      <c r="K233" t="s">
+        <v>24</v>
+      </c>
+      <c r="L233" t="s">
+        <v>227</v>
+      </c>
+      <c r="M233" t="s">
+        <v>140</v>
+      </c>
+      <c r="N233" t="s">
+        <v>27</v>
+      </c>
+      <c r="O233" t="s">
+        <v>1124</v>
+      </c>
+      <c r="P233" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="234" spans="1:16">
+      <c r="A234" t="s">
+        <v>1125</v>
+      </c>
+      <c r="B234" t="s">
+        <v>165</v>
+      </c>
+      <c r="C234" t="s">
+        <v>136</v>
+      </c>
+      <c r="D234" t="s">
+        <v>1126</v>
+      </c>
+      <c r="E234" t="s">
+        <v>137</v>
+      </c>
+      <c r="F234" t="s">
         <v>21</v>
       </c>
-      <c r="K198"/>
-[...1492 lines deleted...]
-        <v>2011</v>
+      <c r="G234" t="s">
+        <v>22</v>
       </c>
       <c r="H234">
         <v>2011</v>
       </c>
-      <c r="I234" t="s">
-        <v>101</v>
+      <c r="I234">
+        <v>2011</v>
       </c>
       <c r="J234" t="s">
+        <v>138</v>
+      </c>
+      <c r="K234" t="s">
+        <v>24</v>
+      </c>
+      <c r="L234" t="s">
+        <v>227</v>
+      </c>
+      <c r="M234" t="s">
+        <v>140</v>
+      </c>
+      <c r="N234" t="s">
+        <v>27</v>
+      </c>
+      <c r="O234" t="s">
+        <v>1127</v>
+      </c>
+      <c r="P234" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="235" spans="1:16">
+      <c r="A235" t="s">
+        <v>1125</v>
+      </c>
+      <c r="B235" t="s">
+        <v>165</v>
+      </c>
+      <c r="C235" t="s">
+        <v>136</v>
+      </c>
+      <c r="D235" t="s">
+        <v>165</v>
+      </c>
+      <c r="E235" t="s">
+        <v>137</v>
+      </c>
+      <c r="F235" t="s">
         <v>21</v>
       </c>
-      <c r="K234" t="s">
+      <c r="G235" t="s">
+        <v>22</v>
+      </c>
+      <c r="H235">
+        <v>1996</v>
+      </c>
+      <c r="I235">
+        <v>2011</v>
+      </c>
+      <c r="J235" t="s">
+        <v>138</v>
+      </c>
+      <c r="K235" t="s">
+        <v>24</v>
+      </c>
+      <c r="L235" t="s">
+        <v>227</v>
+      </c>
+      <c r="M235" t="s">
+        <v>140</v>
+      </c>
+      <c r="N235" t="s">
+        <v>27</v>
+      </c>
+      <c r="O235" t="s">
+        <v>1128</v>
+      </c>
+      <c r="P235" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="236" spans="1:16">
+      <c r="A236" t="s">
+        <v>1129</v>
+      </c>
+      <c r="B236" t="s">
+        <v>1130</v>
+      </c>
+      <c r="C236" t="s">
+        <v>136</v>
+      </c>
+      <c r="D236" t="s">
+        <v>237</v>
+      </c>
+      <c r="E236" t="s">
+        <v>20</v>
+      </c>
+      <c r="F236" t="s">
+        <v>41</v>
+      </c>
+      <c r="G236" t="s">
+        <v>71</v>
+      </c>
+      <c r="H236">
+        <v>2016</v>
+      </c>
+      <c r="I236"/>
+      <c r="J236" t="s">
+        <v>138</v>
+      </c>
+      <c r="K236" t="s">
+        <v>24</v>
+      </c>
+      <c r="L236"/>
+      <c r="M236" t="s">
+        <v>140</v>
+      </c>
+      <c r="N236" t="s">
+        <v>27</v>
+      </c>
+      <c r="O236" t="s">
+        <v>1131</v>
+      </c>
+      <c r="P236" t="s">
+        <v>1132</v>
+      </c>
+    </row>
+    <row r="237" spans="1:16">
+      <c r="A237" t="s">
+        <v>1133</v>
+      </c>
+      <c r="B237" t="s">
+        <v>1134</v>
+      </c>
+      <c r="C237" t="s">
+        <v>136</v>
+      </c>
+      <c r="D237" t="s">
+        <v>237</v>
+      </c>
+      <c r="E237" t="s">
+        <v>20</v>
+      </c>
+      <c r="F237" t="s">
+        <v>41</v>
+      </c>
+      <c r="G237" t="s">
+        <v>71</v>
+      </c>
+      <c r="H237">
+        <v>2016</v>
+      </c>
+      <c r="I237"/>
+      <c r="J237" t="s">
+        <v>138</v>
+      </c>
+      <c r="K237" t="s">
+        <v>24</v>
+      </c>
+      <c r="L237"/>
+      <c r="M237" t="s">
+        <v>140</v>
+      </c>
+      <c r="N237" t="s">
+        <v>27</v>
+      </c>
+      <c r="O237" t="s">
+        <v>1135</v>
+      </c>
+      <c r="P237" t="s">
+        <v>1136</v>
+      </c>
+    </row>
+    <row r="238" spans="1:16">
+      <c r="A238" t="s">
+        <v>1137</v>
+      </c>
+      <c r="B238" t="s">
+        <v>1138</v>
+      </c>
+      <c r="C238" t="s">
+        <v>136</v>
+      </c>
+      <c r="D238" t="s">
+        <v>1005</v>
+      </c>
+      <c r="E238" t="s">
+        <v>137</v>
+      </c>
+      <c r="F238" t="s">
+        <v>41</v>
+      </c>
+      <c r="G238" t="s">
+        <v>22</v>
+      </c>
+      <c r="H238">
+        <v>2012</v>
+      </c>
+      <c r="I238">
+        <v>2015</v>
+      </c>
+      <c r="J238" t="s">
+        <v>138</v>
+      </c>
+      <c r="K238" t="s">
+        <v>24</v>
+      </c>
+      <c r="L238"/>
+      <c r="M238" t="s">
+        <v>140</v>
+      </c>
+      <c r="N238" t="s">
+        <v>78</v>
+      </c>
+      <c r="O238" t="s">
+        <v>1139</v>
+      </c>
+      <c r="P238" t="s">
+        <v>1140</v>
+      </c>
+    </row>
+    <row r="239" spans="1:16">
+      <c r="A239" t="s">
+        <v>1141</v>
+      </c>
+      <c r="B239" t="s">
+        <v>1142</v>
+      </c>
+      <c r="C239" t="s">
+        <v>136</v>
+      </c>
+      <c r="D239" t="s">
+        <v>70</v>
+      </c>
+      <c r="E239" t="s">
+        <v>20</v>
+      </c>
+      <c r="F239" t="s">
+        <v>150</v>
+      </c>
+      <c r="G239" t="s">
+        <v>71</v>
+      </c>
+      <c r="H239">
+        <v>2015</v>
+      </c>
+      <c r="I239"/>
+      <c r="J239" t="s">
+        <v>138</v>
+      </c>
+      <c r="K239" t="s">
+        <v>24</v>
+      </c>
+      <c r="L239"/>
+      <c r="M239" t="s">
+        <v>140</v>
+      </c>
+      <c r="N239" t="s">
+        <v>27</v>
+      </c>
+      <c r="O239" t="s">
+        <v>1143</v>
+      </c>
+      <c r="P239" t="s">
+        <v>964</v>
+      </c>
+    </row>
+    <row r="240" spans="1:16">
+      <c r="A240" t="s">
+        <v>1144</v>
+      </c>
+      <c r="B240" t="s">
+        <v>1145</v>
+      </c>
+      <c r="C240" t="s">
+        <v>136</v>
+      </c>
+      <c r="D240" t="s">
+        <v>237</v>
+      </c>
+      <c r="E240" t="s">
+        <v>20</v>
+      </c>
+      <c r="F240" t="s">
+        <v>150</v>
+      </c>
+      <c r="G240" t="s">
+        <v>71</v>
+      </c>
+      <c r="H240">
+        <v>2018</v>
+      </c>
+      <c r="I240"/>
+      <c r="J240" t="s">
+        <v>138</v>
+      </c>
+      <c r="K240" t="s">
+        <v>24</v>
+      </c>
+      <c r="L240"/>
+      <c r="M240" t="s">
+        <v>140</v>
+      </c>
+      <c r="N240" t="s">
+        <v>27</v>
+      </c>
+      <c r="O240" t="s">
+        <v>1146</v>
+      </c>
+      <c r="P240" t="s">
+        <v>1147</v>
+      </c>
+    </row>
+    <row r="241" spans="1:16">
+      <c r="A241" t="s">
+        <v>1148</v>
+      </c>
+      <c r="B241" t="s">
+        <v>1149</v>
+      </c>
+      <c r="C241" t="s">
+        <v>136</v>
+      </c>
+      <c r="D241" t="s">
+        <v>237</v>
+      </c>
+      <c r="E241" t="s">
+        <v>137</v>
+      </c>
+      <c r="F241" t="s">
+        <v>150</v>
+      </c>
+      <c r="G241" t="s">
+        <v>71</v>
+      </c>
+      <c r="H241">
+        <v>2018</v>
+      </c>
+      <c r="I241"/>
+      <c r="J241" t="s">
+        <v>138</v>
+      </c>
+      <c r="K241" t="s">
+        <v>24</v>
+      </c>
+      <c r="L241"/>
+      <c r="M241" t="s">
+        <v>140</v>
+      </c>
+      <c r="N241" t="s">
+        <v>27</v>
+      </c>
+      <c r="O241" t="s">
+        <v>1150</v>
+      </c>
+      <c r="P241" t="s">
+        <v>1151</v>
+      </c>
+    </row>
+    <row r="242" spans="1:16">
+      <c r="A242" t="s">
+        <v>1152</v>
+      </c>
+      <c r="B242" t="s">
+        <v>1153</v>
+      </c>
+      <c r="C242" t="s">
+        <v>136</v>
+      </c>
+      <c r="D242" t="s">
         <v>165</v>
       </c>
-      <c r="L234" t="s">
-[...234 lines deleted...]
-      <c r="G240">
+      <c r="E242" t="s">
+        <v>137</v>
+      </c>
+      <c r="F242" t="s">
+        <v>41</v>
+      </c>
+      <c r="G242" t="s">
+        <v>22</v>
+      </c>
+      <c r="H242">
+        <v>2010</v>
+      </c>
+      <c r="I242">
         <v>2018</v>
       </c>
-      <c r="H240"/>
-[...84 lines deleted...]
-      </c>
       <c r="J242" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>138</v>
+      </c>
+      <c r="K242" t="s">
+        <v>24</v>
+      </c>
+      <c r="L242"/>
       <c r="M242" t="s">
-        <v>24</v>
+        <v>140</v>
       </c>
       <c r="N242" t="s">
-        <v>767</v>
-[...2 lines deleted...]
-    <row r="243" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O242" t="s">
+        <v>1154</v>
+      </c>
+      <c r="P242" t="s">
+        <v>1155</v>
+      </c>
+    </row>
+    <row r="243" spans="1:16">
       <c r="A243" t="s">
-        <v>768</v>
+        <v>1156</v>
       </c>
       <c r="B243" t="s">
-        <v>99</v>
+        <v>1157</v>
       </c>
       <c r="C243" t="s">
-        <v>234</v>
+        <v>136</v>
       </c>
       <c r="D243" t="s">
-        <v>100</v>
+        <v>336</v>
       </c>
       <c r="E243" t="s">
-        <v>34</v>
+        <v>137</v>
       </c>
       <c r="F243" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2011</v>
+        <v>41</v>
+      </c>
+      <c r="G243" t="s">
+        <v>22</v>
       </c>
       <c r="H243">
         <v>2011</v>
       </c>
-      <c r="I243" t="s">
-        <v>101</v>
+      <c r="I243">
+        <v>2011</v>
       </c>
       <c r="J243" t="s">
-        <v>21</v>
+        <v>138</v>
       </c>
       <c r="K243" t="s">
-        <v>235</v>
+        <v>24</v>
       </c>
       <c r="L243" t="s">
-        <v>103</v>
+        <v>337</v>
       </c>
       <c r="M243" t="s">
-        <v>24</v>
+        <v>140</v>
       </c>
       <c r="N243" t="s">
-        <v>769</v>
-[...2 lines deleted...]
-    <row r="244" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O243" t="s">
+        <v>1158</v>
+      </c>
+      <c r="P243" t="s">
+        <v>1159</v>
+      </c>
+    </row>
+    <row r="244" spans="1:16">
       <c r="A244" t="s">
-        <v>770</v>
+        <v>1160</v>
       </c>
       <c r="B244" t="s">
-        <v>99</v>
+        <v>1161</v>
       </c>
       <c r="C244" t="s">
-        <v>252</v>
+        <v>136</v>
       </c>
       <c r="D244" t="s">
-        <v>100</v>
+        <v>364</v>
       </c>
       <c r="E244" t="s">
-        <v>34</v>
+        <v>137</v>
       </c>
       <c r="F244" t="s">
-        <v>54</v>
-[...1 lines deleted...]
-      <c r="G244">
+        <v>41</v>
+      </c>
+      <c r="G244" t="s">
+        <v>71</v>
+      </c>
+      <c r="H244">
         <v>2013</v>
       </c>
-      <c r="H244"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I244"/>
       <c r="J244" t="s">
-        <v>253</v>
-[...4 lines deleted...]
-      </c>
+        <v>138</v>
+      </c>
+      <c r="K244" t="s">
+        <v>365</v>
+      </c>
+      <c r="L244"/>
       <c r="M244" t="s">
-        <v>24</v>
+        <v>140</v>
       </c>
       <c r="N244" t="s">
-        <v>771</v>
-[...2 lines deleted...]
-    <row r="245" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O244" t="s">
+        <v>1162</v>
+      </c>
+      <c r="P244" t="s">
+        <v>1163</v>
+      </c>
+    </row>
+    <row r="245" spans="1:16">
       <c r="A245" t="s">
-        <v>772</v>
+        <v>1164</v>
       </c>
       <c r="B245" t="s">
-        <v>99</v>
+        <v>1165</v>
       </c>
       <c r="C245" t="s">
-        <v>773</v>
+        <v>136</v>
       </c>
       <c r="D245" t="s">
-        <v>100</v>
+        <v>1166</v>
       </c>
       <c r="E245" t="s">
-        <v>34</v>
+        <v>137</v>
       </c>
       <c r="F245" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G245">
+        <v>41</v>
+      </c>
+      <c r="G245" t="s">
+        <v>22</v>
+      </c>
+      <c r="H245">
         <v>2010</v>
       </c>
-      <c r="H245">
+      <c r="I245">
         <v>2016</v>
       </c>
-      <c r="I245" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J245" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>128</v>
+      </c>
+      <c r="K245" t="s">
+        <v>24</v>
+      </c>
+      <c r="L245"/>
       <c r="M245" t="s">
-        <v>24</v>
+        <v>140</v>
       </c>
       <c r="N245" t="s">
-        <v>774</v>
-[...2 lines deleted...]
-    <row r="246" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O245" t="s">
+        <v>1167</v>
+      </c>
+      <c r="P245" t="s">
+        <v>1168</v>
+      </c>
+    </row>
+    <row r="246" spans="1:16">
       <c r="A246" t="s">
-        <v>775</v>
+        <v>1169</v>
       </c>
       <c r="B246" t="s">
-        <v>99</v>
+        <v>1170</v>
       </c>
       <c r="C246" t="s">
-        <v>27</v>
+        <v>136</v>
       </c>
       <c r="D246" t="s">
-        <v>100</v>
+        <v>32</v>
       </c>
       <c r="E246" t="s">
-        <v>34</v>
+        <v>137</v>
       </c>
       <c r="F246" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>41</v>
+      </c>
+      <c r="G246" t="s">
+        <v>22</v>
       </c>
       <c r="H246">
         <v>2010</v>
       </c>
-      <c r="I246" t="s">
-        <v>101</v>
+      <c r="I246">
+        <v>2010</v>
       </c>
       <c r="J246" t="s">
-        <v>21</v>
+        <v>138</v>
       </c>
       <c r="K246" t="s">
-        <v>776</v>
+        <v>24</v>
       </c>
       <c r="L246" t="s">
-        <v>103</v>
+        <v>1171</v>
       </c>
       <c r="M246" t="s">
-        <v>24</v>
+        <v>140</v>
       </c>
       <c r="N246" t="s">
-        <v>777</v>
-[...2 lines deleted...]
-    <row r="247" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O246" t="s">
+        <v>1172</v>
+      </c>
+      <c r="P246" t="s">
+        <v>1173</v>
+      </c>
+    </row>
+    <row r="247" spans="1:16">
       <c r="A247" t="s">
-        <v>778</v>
+        <v>1174</v>
       </c>
       <c r="B247" t="s">
-        <v>99</v>
+        <v>1175</v>
       </c>
       <c r="C247" t="s">
+        <v>136</v>
+      </c>
+      <c r="D247" t="s">
+        <v>52</v>
+      </c>
+      <c r="E247" t="s">
+        <v>137</v>
+      </c>
+      <c r="F247" t="s">
         <v>41</v>
       </c>
-      <c r="D247" t="s">
-[...9 lines deleted...]
-        <v>2010</v>
+      <c r="G247" t="s">
+        <v>22</v>
       </c>
       <c r="H247">
         <v>2010</v>
       </c>
-      <c r="I247" t="s">
-        <v>101</v>
+      <c r="I247">
+        <v>2010</v>
       </c>
       <c r="J247" t="s">
+        <v>138</v>
+      </c>
+      <c r="K247" t="s">
+        <v>24</v>
+      </c>
+      <c r="L247" t="s">
+        <v>1120</v>
+      </c>
+      <c r="M247" t="s">
+        <v>140</v>
+      </c>
+      <c r="N247" t="s">
+        <v>27</v>
+      </c>
+      <c r="O247" t="s">
+        <v>1176</v>
+      </c>
+      <c r="P247" t="s">
+        <v>1177</v>
+      </c>
+    </row>
+    <row r="248" spans="1:16">
+      <c r="A248" t="s">
+        <v>1178</v>
+      </c>
+      <c r="B248" t="s">
+        <v>1179</v>
+      </c>
+      <c r="C248" t="s">
+        <v>136</v>
+      </c>
+      <c r="D248" t="s">
+        <v>89</v>
+      </c>
+      <c r="E248" t="s">
+        <v>137</v>
+      </c>
+      <c r="F248" t="s">
         <v>21</v>
       </c>
-      <c r="K247" t="s">
-[...31 lines deleted...]
-      <c r="G248">
+      <c r="G248" t="s">
+        <v>22</v>
+      </c>
+      <c r="H248">
         <v>2010</v>
       </c>
-      <c r="H248">
+      <c r="I248">
         <v>2017</v>
       </c>
-      <c r="I248" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J248" t="s">
+        <v>138</v>
+      </c>
+      <c r="K248" t="s">
+        <v>24</v>
+      </c>
+      <c r="L248" t="s">
+        <v>1180</v>
+      </c>
+      <c r="M248" t="s">
+        <v>140</v>
+      </c>
+      <c r="N248" t="s">
+        <v>27</v>
+      </c>
+      <c r="O248" t="s">
+        <v>1181</v>
+      </c>
+      <c r="P248" t="s">
+        <v>1182</v>
+      </c>
+    </row>
+    <row r="249" spans="1:16">
+      <c r="A249" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B249" t="s">
+        <v>1184</v>
+      </c>
+      <c r="C249" t="s">
+        <v>136</v>
+      </c>
+      <c r="D249" t="s">
+        <v>89</v>
+      </c>
+      <c r="E249" t="s">
+        <v>137</v>
+      </c>
+      <c r="F249" t="s">
         <v>21</v>
       </c>
-      <c r="K248" t="s">
-[...13 lines deleted...]
-      <c r="A249" t="s">
+      <c r="G249" t="s">
+        <v>71</v>
+      </c>
+      <c r="H249">
+        <v>2010</v>
+      </c>
+      <c r="I249"/>
+      <c r="J249" t="s">
+        <v>138</v>
+      </c>
+      <c r="K249" t="s">
+        <v>24</v>
+      </c>
+      <c r="L249" t="s">
+        <v>1185</v>
+      </c>
+      <c r="M249" t="s">
+        <v>140</v>
+      </c>
+      <c r="N249" t="s">
+        <v>27</v>
+      </c>
+      <c r="O249" t="s">
+        <v>1186</v>
+      </c>
+      <c r="P249" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="250" spans="1:16">
+      <c r="A250" t="s">
+        <v>1187</v>
+      </c>
+      <c r="B250" t="s">
+        <v>1188</v>
+      </c>
+      <c r="C250" t="s">
+        <v>1189</v>
+      </c>
+      <c r="D250" t="s">
+        <v>116</v>
+      </c>
+      <c r="E250" t="s">
+        <v>20</v>
+      </c>
+      <c r="F250" t="s">
+        <v>118</v>
+      </c>
+      <c r="G250" t="s">
+        <v>71</v>
+      </c>
+      <c r="H250">
+        <v>2021</v>
+      </c>
+      <c r="I250"/>
+      <c r="J250" t="s">
+        <v>193</v>
+      </c>
+      <c r="K250" t="s">
+        <v>129</v>
+      </c>
+      <c r="L250" t="s">
+        <v>130</v>
+      </c>
+      <c r="M250" t="s">
+        <v>1190</v>
+      </c>
+      <c r="N250" t="s">
+        <v>122</v>
+      </c>
+      <c r="O250" t="s">
+        <v>1191</v>
+      </c>
+      <c r="P250" t="s">
+        <v>1192</v>
+      </c>
+    </row>
+    <row r="251" spans="1:16">
+      <c r="A251" t="s">
+        <v>1193</v>
+      </c>
+      <c r="B251" t="s">
+        <v>1194</v>
+      </c>
+      <c r="C251" t="s">
+        <v>164</v>
+      </c>
+      <c r="D251" t="s">
+        <v>1195</v>
+      </c>
+      <c r="E251" t="s">
+        <v>20</v>
+      </c>
+      <c r="F251" t="s">
+        <v>150</v>
+      </c>
+      <c r="G251" t="s">
+        <v>71</v>
+      </c>
+      <c r="H251">
+        <v>2016</v>
+      </c>
+      <c r="I251"/>
+      <c r="J251" t="s">
+        <v>1196</v>
+      </c>
+      <c r="K251" t="s">
+        <v>24</v>
+      </c>
+      <c r="L251"/>
+      <c r="M251" t="s">
+        <v>1197</v>
+      </c>
+      <c r="N251" t="s">
+        <v>78</v>
+      </c>
+      <c r="O251" t="s">
+        <v>1198</v>
+      </c>
+      <c r="P251" t="s">
+        <v>1199</v>
+      </c>
+    </row>
+    <row r="252" spans="1:16">
+      <c r="A252" t="s">
+        <v>1200</v>
+      </c>
+      <c r="B252" t="s">
+        <v>114</v>
+      </c>
+      <c r="C252" t="s">
+        <v>1201</v>
+      </c>
+      <c r="D252" t="s">
+        <v>116</v>
+      </c>
+      <c r="E252" t="s">
+        <v>20</v>
+      </c>
+      <c r="F252" t="s">
+        <v>118</v>
+      </c>
+      <c r="G252" t="s">
+        <v>71</v>
+      </c>
+      <c r="H252">
+        <v>2017</v>
+      </c>
+      <c r="I252"/>
+      <c r="J252" t="s">
+        <v>119</v>
+      </c>
+      <c r="K252" t="s">
+        <v>24</v>
+      </c>
+      <c r="L252" t="s">
+        <v>120</v>
+      </c>
+      <c r="M252" t="s">
+        <v>1202</v>
+      </c>
+      <c r="N252" t="s">
+        <v>122</v>
+      </c>
+      <c r="O252" t="s">
+        <v>1203</v>
+      </c>
+      <c r="P252" t="s">
+        <v>1204</v>
+      </c>
+    </row>
+    <row r="253" spans="1:16">
+      <c r="A253" t="s">
+        <v>1205</v>
+      </c>
+      <c r="B253" t="s">
+        <v>1206</v>
+      </c>
+      <c r="C253" t="s">
+        <v>1201</v>
+      </c>
+      <c r="D253" t="s">
+        <v>116</v>
+      </c>
+      <c r="E253" t="s">
+        <v>20</v>
+      </c>
+      <c r="F253" t="s">
+        <v>118</v>
+      </c>
+      <c r="G253" t="s">
+        <v>71</v>
+      </c>
+      <c r="H253">
+        <v>2020</v>
+      </c>
+      <c r="I253"/>
+      <c r="J253" t="s">
+        <v>119</v>
+      </c>
+      <c r="K253" t="s">
+        <v>24</v>
+      </c>
+      <c r="L253" t="s">
+        <v>120</v>
+      </c>
+      <c r="M253" t="s">
+        <v>1202</v>
+      </c>
+      <c r="N253" t="s">
+        <v>122</v>
+      </c>
+      <c r="O253" t="s">
+        <v>1207</v>
+      </c>
+      <c r="P253"/>
+    </row>
+    <row r="254" spans="1:16">
+      <c r="A254" t="s">
+        <v>1208</v>
+      </c>
+      <c r="B254" t="s">
+        <v>126</v>
+      </c>
+      <c r="C254" t="s">
+        <v>1209</v>
+      </c>
+      <c r="D254" t="s">
+        <v>116</v>
+      </c>
+      <c r="E254" t="s">
+        <v>20</v>
+      </c>
+      <c r="F254" t="s">
+        <v>118</v>
+      </c>
+      <c r="G254" t="s">
+        <v>22</v>
+      </c>
+      <c r="H254">
+        <v>2016</v>
+      </c>
+      <c r="I254">
+        <v>2017</v>
+      </c>
+      <c r="J254" t="s">
+        <v>128</v>
+      </c>
+      <c r="K254" t="s">
+        <v>129</v>
+      </c>
+      <c r="L254" t="s">
+        <v>130</v>
+      </c>
+      <c r="M254" t="s">
+        <v>1210</v>
+      </c>
+      <c r="N254" t="s">
+        <v>122</v>
+      </c>
+      <c r="O254" t="s">
+        <v>1211</v>
+      </c>
+      <c r="P254" t="s">
+        <v>1212</v>
+      </c>
+    </row>
+    <row r="255" spans="1:16">
+      <c r="A255" t="s">
+        <v>1213</v>
+      </c>
+      <c r="B255" t="s">
+        <v>1214</v>
+      </c>
+      <c r="C255" t="s">
+        <v>1215</v>
+      </c>
+      <c r="D255" t="s">
+        <v>207</v>
+      </c>
+      <c r="E255" t="s">
+        <v>137</v>
+      </c>
+      <c r="F255" t="s">
+        <v>118</v>
+      </c>
+      <c r="G255" t="s">
+        <v>71</v>
+      </c>
+      <c r="H255">
+        <v>2019</v>
+      </c>
+      <c r="I255"/>
+      <c r="J255" t="s">
+        <v>128</v>
+      </c>
+      <c r="K255" t="s">
+        <v>208</v>
+      </c>
+      <c r="L255"/>
+      <c r="M255" t="s">
+        <v>1216</v>
+      </c>
+      <c r="N255" t="s">
+        <v>210</v>
+      </c>
+      <c r="O255" t="s">
+        <v>1217</v>
+      </c>
+      <c r="P255" t="s">
+        <v>1218</v>
+      </c>
+    </row>
+    <row r="256" spans="1:16">
+      <c r="A256" t="s">
+        <v>1219</v>
+      </c>
+      <c r="B256" t="s">
+        <v>1220</v>
+      </c>
+      <c r="C256" t="s">
+        <v>1215</v>
+      </c>
+      <c r="D256" t="s">
+        <v>52</v>
+      </c>
+      <c r="E256" t="s">
+        <v>137</v>
+      </c>
+      <c r="F256" t="s">
+        <v>21</v>
+      </c>
+      <c r="G256" t="s">
+        <v>71</v>
+      </c>
+      <c r="H256">
+        <v>2011</v>
+      </c>
+      <c r="I256"/>
+      <c r="J256" t="s">
         <v>783</v>
       </c>
-      <c r="B249" t="s">
-[...14 lines deleted...]
-      <c r="G249">
+      <c r="K256" t="s">
+        <v>24</v>
+      </c>
+      <c r="L256"/>
+      <c r="M256" t="s">
+        <v>1216</v>
+      </c>
+      <c r="N256" t="s">
+        <v>27</v>
+      </c>
+      <c r="O256" t="s">
+        <v>1221</v>
+      </c>
+      <c r="P256" t="s">
+        <v>1222</v>
+      </c>
+    </row>
+    <row r="257" spans="1:16">
+      <c r="A257" t="s">
+        <v>1223</v>
+      </c>
+      <c r="B257" t="s">
+        <v>1224</v>
+      </c>
+      <c r="C257" t="s">
+        <v>1215</v>
+      </c>
+      <c r="D257" t="s">
+        <v>544</v>
+      </c>
+      <c r="E257" t="s">
+        <v>20</v>
+      </c>
+      <c r="F257" t="s">
+        <v>21</v>
+      </c>
+      <c r="G257" t="s">
+        <v>71</v>
+      </c>
+      <c r="H257">
+        <v>2011</v>
+      </c>
+      <c r="I257"/>
+      <c r="J257" t="s">
+        <v>783</v>
+      </c>
+      <c r="K257" t="s">
+        <v>24</v>
+      </c>
+      <c r="L257"/>
+      <c r="M257" t="s">
+        <v>1216</v>
+      </c>
+      <c r="N257" t="s">
+        <v>27</v>
+      </c>
+      <c r="O257" t="s">
+        <v>1225</v>
+      </c>
+      <c r="P257" t="s">
+        <v>1226</v>
+      </c>
+    </row>
+    <row r="258" spans="1:16">
+      <c r="A258" t="s">
+        <v>1227</v>
+      </c>
+      <c r="B258" t="s">
+        <v>1228</v>
+      </c>
+      <c r="C258" t="s">
+        <v>1215</v>
+      </c>
+      <c r="D258" t="s">
+        <v>544</v>
+      </c>
+      <c r="E258" t="s">
+        <v>20</v>
+      </c>
+      <c r="F258" t="s">
+        <v>21</v>
+      </c>
+      <c r="G258" t="s">
+        <v>71</v>
+      </c>
+      <c r="H258">
+        <v>2011</v>
+      </c>
+      <c r="I258"/>
+      <c r="J258" t="s">
+        <v>783</v>
+      </c>
+      <c r="K258" t="s">
+        <v>24</v>
+      </c>
+      <c r="L258"/>
+      <c r="M258" t="s">
+        <v>1216</v>
+      </c>
+      <c r="N258" t="s">
+        <v>27</v>
+      </c>
+      <c r="O258" t="s">
+        <v>1229</v>
+      </c>
+      <c r="P258" t="s">
+        <v>1230</v>
+      </c>
+    </row>
+    <row r="259" spans="1:16">
+      <c r="A259" t="s">
+        <v>1231</v>
+      </c>
+      <c r="B259" t="s">
+        <v>1232</v>
+      </c>
+      <c r="C259" t="s">
+        <v>1215</v>
+      </c>
+      <c r="D259" t="s">
+        <v>400</v>
+      </c>
+      <c r="E259" t="s">
+        <v>20</v>
+      </c>
+      <c r="F259" t="s">
+        <v>150</v>
+      </c>
+      <c r="G259" t="s">
+        <v>71</v>
+      </c>
+      <c r="H259">
+        <v>2011</v>
+      </c>
+      <c r="I259"/>
+      <c r="J259" t="s">
+        <v>783</v>
+      </c>
+      <c r="K259" t="s">
+        <v>24</v>
+      </c>
+      <c r="L259"/>
+      <c r="M259" t="s">
+        <v>1216</v>
+      </c>
+      <c r="N259" t="s">
+        <v>27</v>
+      </c>
+      <c r="O259" t="s">
+        <v>1233</v>
+      </c>
+      <c r="P259" t="s">
+        <v>1234</v>
+      </c>
+    </row>
+    <row r="260" spans="1:16">
+      <c r="A260" t="s">
+        <v>1235</v>
+      </c>
+      <c r="B260" t="s">
+        <v>1236</v>
+      </c>
+      <c r="C260" t="s">
+        <v>1215</v>
+      </c>
+      <c r="D260" t="s">
+        <v>1005</v>
+      </c>
+      <c r="E260" t="s">
+        <v>20</v>
+      </c>
+      <c r="F260" t="s">
+        <v>21</v>
+      </c>
+      <c r="G260" t="s">
+        <v>71</v>
+      </c>
+      <c r="H260">
+        <v>2011</v>
+      </c>
+      <c r="I260"/>
+      <c r="J260" t="s">
+        <v>128</v>
+      </c>
+      <c r="K260" t="s">
+        <v>24</v>
+      </c>
+      <c r="L260"/>
+      <c r="M260" t="s">
+        <v>1216</v>
+      </c>
+      <c r="N260" t="s">
+        <v>78</v>
+      </c>
+      <c r="O260" t="s">
+        <v>1237</v>
+      </c>
+      <c r="P260" t="s">
+        <v>1238</v>
+      </c>
+    </row>
+    <row r="261" spans="1:16">
+      <c r="A261" t="s">
+        <v>1239</v>
+      </c>
+      <c r="B261" t="s">
+        <v>170</v>
+      </c>
+      <c r="C261" t="s">
+        <v>1215</v>
+      </c>
+      <c r="D261" t="s">
+        <v>116</v>
+      </c>
+      <c r="E261" t="s">
+        <v>20</v>
+      </c>
+      <c r="F261" t="s">
+        <v>118</v>
+      </c>
+      <c r="G261" t="s">
+        <v>71</v>
+      </c>
+      <c r="H261">
+        <v>2021</v>
+      </c>
+      <c r="I261"/>
+      <c r="J261" t="s">
+        <v>504</v>
+      </c>
+      <c r="K261" t="s">
+        <v>129</v>
+      </c>
+      <c r="L261" t="s">
+        <v>130</v>
+      </c>
+      <c r="M261" t="s">
+        <v>1216</v>
+      </c>
+      <c r="N261" t="s">
+        <v>122</v>
+      </c>
+      <c r="O261" t="s">
+        <v>1240</v>
+      </c>
+      <c r="P261" t="s">
+        <v>1241</v>
+      </c>
+    </row>
+    <row r="262" spans="1:16">
+      <c r="A262" t="s">
+        <v>1242</v>
+      </c>
+      <c r="B262" t="s">
+        <v>1243</v>
+      </c>
+      <c r="C262" t="s">
+        <v>1215</v>
+      </c>
+      <c r="D262" t="s">
+        <v>32</v>
+      </c>
+      <c r="E262" t="s">
+        <v>20</v>
+      </c>
+      <c r="F262" t="s">
+        <v>150</v>
+      </c>
+      <c r="G262" t="s">
+        <v>71</v>
+      </c>
+      <c r="H262">
+        <v>2011</v>
+      </c>
+      <c r="I262"/>
+      <c r="J262" t="s">
+        <v>128</v>
+      </c>
+      <c r="K262" t="s">
+        <v>24</v>
+      </c>
+      <c r="L262" t="s">
+        <v>1244</v>
+      </c>
+      <c r="M262" t="s">
+        <v>1216</v>
+      </c>
+      <c r="N262" t="s">
+        <v>78</v>
+      </c>
+      <c r="O262" t="s">
+        <v>1245</v>
+      </c>
+      <c r="P262" t="s">
+        <v>1246</v>
+      </c>
+    </row>
+    <row r="263" spans="1:16">
+      <c r="A263" t="s">
+        <v>1247</v>
+      </c>
+      <c r="B263" t="s">
+        <v>1248</v>
+      </c>
+      <c r="C263" t="s">
+        <v>1249</v>
+      </c>
+      <c r="D263" t="s">
+        <v>89</v>
+      </c>
+      <c r="E263" t="s">
+        <v>20</v>
+      </c>
+      <c r="F263" t="s">
+        <v>21</v>
+      </c>
+      <c r="G263" t="s">
+        <v>22</v>
+      </c>
+      <c r="H263">
         <v>2010</v>
       </c>
-      <c r="H249"/>
-[...3 lines deleted...]
-      <c r="J249" t="s">
+      <c r="I263">
+        <v>2014</v>
+      </c>
+      <c r="J263" t="s">
+        <v>492</v>
+      </c>
+      <c r="K263" t="s">
+        <v>24</v>
+      </c>
+      <c r="L263" t="s">
+        <v>1250</v>
+      </c>
+      <c r="M263" t="s">
+        <v>1251</v>
+      </c>
+      <c r="N263" t="s">
+        <v>27</v>
+      </c>
+      <c r="O263" t="s">
+        <v>1252</v>
+      </c>
+      <c r="P263" t="s">
+        <v>1253</v>
+      </c>
+    </row>
+    <row r="264" spans="1:16">
+      <c r="A264" t="s">
+        <v>1254</v>
+      </c>
+      <c r="B264" t="s">
+        <v>1255</v>
+      </c>
+      <c r="C264" t="s">
+        <v>1249</v>
+      </c>
+      <c r="D264" t="s">
+        <v>70</v>
+      </c>
+      <c r="E264" t="s">
+        <v>20</v>
+      </c>
+      <c r="F264" t="s">
+        <v>150</v>
+      </c>
+      <c r="G264" t="s">
+        <v>71</v>
+      </c>
+      <c r="H264">
+        <v>2014</v>
+      </c>
+      <c r="I264"/>
+      <c r="J264" t="s">
+        <v>492</v>
+      </c>
+      <c r="K264" t="s">
+        <v>24</v>
+      </c>
+      <c r="L264" t="s">
+        <v>1256</v>
+      </c>
+      <c r="M264" t="s">
+        <v>1251</v>
+      </c>
+      <c r="N264" t="s">
+        <v>27</v>
+      </c>
+      <c r="O264" t="s">
+        <v>1257</v>
+      </c>
+      <c r="P264" t="s">
+        <v>1258</v>
+      </c>
+    </row>
+    <row r="265" spans="1:16">
+      <c r="A265" t="s">
+        <v>1259</v>
+      </c>
+      <c r="B265" t="s">
+        <v>1260</v>
+      </c>
+      <c r="C265" t="s">
+        <v>1249</v>
+      </c>
+      <c r="D265" t="s">
+        <v>1261</v>
+      </c>
+      <c r="E265" t="s">
+        <v>20</v>
+      </c>
+      <c r="F265" t="s">
+        <v>150</v>
+      </c>
+      <c r="G265" t="s">
+        <v>22</v>
+      </c>
+      <c r="H265">
+        <v>2012</v>
+      </c>
+      <c r="I265">
+        <v>2014</v>
+      </c>
+      <c r="J265" t="s">
+        <v>492</v>
+      </c>
+      <c r="K265" t="s">
+        <v>24</v>
+      </c>
+      <c r="L265" t="s">
+        <v>1262</v>
+      </c>
+      <c r="M265" t="s">
+        <v>1251</v>
+      </c>
+      <c r="N265" t="s">
+        <v>27</v>
+      </c>
+      <c r="O265" t="s">
+        <v>1263</v>
+      </c>
+      <c r="P265" t="s">
+        <v>1264</v>
+      </c>
+    </row>
+    <row r="266" spans="1:16">
+      <c r="A266" t="s">
+        <v>1265</v>
+      </c>
+      <c r="B266" t="s">
+        <v>1266</v>
+      </c>
+      <c r="C266" t="s">
+        <v>1249</v>
+      </c>
+      <c r="D266" t="s">
+        <v>544</v>
+      </c>
+      <c r="E266" t="s">
+        <v>20</v>
+      </c>
+      <c r="F266" t="s">
         <v>21</v>
       </c>
-      <c r="K249" t="s">
-[...31 lines deleted...]
-      <c r="G250">
+      <c r="G266" t="s">
+        <v>22</v>
+      </c>
+      <c r="H266">
+        <v>2012</v>
+      </c>
+      <c r="I266">
+        <v>2014</v>
+      </c>
+      <c r="J266" t="s">
+        <v>492</v>
+      </c>
+      <c r="K266" t="s">
+        <v>24</v>
+      </c>
+      <c r="L266" t="s">
+        <v>1267</v>
+      </c>
+      <c r="M266" t="s">
+        <v>1251</v>
+      </c>
+      <c r="N266" t="s">
+        <v>27</v>
+      </c>
+      <c r="O266" t="s">
+        <v>1268</v>
+      </c>
+      <c r="P266" t="s">
+        <v>1269</v>
+      </c>
+    </row>
+    <row r="267" spans="1:16">
+      <c r="A267" t="s">
+        <v>1270</v>
+      </c>
+      <c r="B267" t="s">
+        <v>1271</v>
+      </c>
+      <c r="C267" t="s">
+        <v>555</v>
+      </c>
+      <c r="D267" t="s">
+        <v>1272</v>
+      </c>
+      <c r="E267" t="s">
+        <v>137</v>
+      </c>
+      <c r="F267" t="s">
+        <v>41</v>
+      </c>
+      <c r="G267" t="s">
+        <v>22</v>
+      </c>
+      <c r="H267">
+        <v>2014</v>
+      </c>
+      <c r="I267">
+        <v>2017</v>
+      </c>
+      <c r="J267" t="s">
+        <v>504</v>
+      </c>
+      <c r="K267" t="s">
+        <v>24</v>
+      </c>
+      <c r="L267"/>
+      <c r="M267" t="s">
+        <v>558</v>
+      </c>
+      <c r="N267" t="s">
+        <v>27</v>
+      </c>
+      <c r="O267" t="s">
+        <v>1273</v>
+      </c>
+      <c r="P267" t="s">
+        <v>1274</v>
+      </c>
+    </row>
+    <row r="268" spans="1:16">
+      <c r="A268" t="s">
+        <v>1275</v>
+      </c>
+      <c r="B268" t="s">
+        <v>1276</v>
+      </c>
+      <c r="C268" t="s">
+        <v>1277</v>
+      </c>
+      <c r="D268" t="s">
+        <v>116</v>
+      </c>
+      <c r="E268" t="s">
+        <v>137</v>
+      </c>
+      <c r="F268" t="s">
+        <v>118</v>
+      </c>
+      <c r="G268" t="s">
+        <v>71</v>
+      </c>
+      <c r="H268">
         <v>2021</v>
       </c>
-      <c r="H250"/>
-[...51 lines deleted...]
-      <c r="L251" t="s">
+      <c r="I268"/>
+      <c r="J268" t="s">
+        <v>504</v>
+      </c>
+      <c r="K268" t="s">
+        <v>129</v>
+      </c>
+      <c r="L268" t="s">
+        <v>130</v>
+      </c>
+      <c r="M268" t="s">
+        <v>1278</v>
+      </c>
+      <c r="N268" t="s">
         <v>122</v>
       </c>
-      <c r="M251" t="s">
-[...714 lines deleted...]
-      </c>
+      <c r="O268" t="s">
+        <v>1279</v>
+      </c>
+      <c r="P268"/>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>