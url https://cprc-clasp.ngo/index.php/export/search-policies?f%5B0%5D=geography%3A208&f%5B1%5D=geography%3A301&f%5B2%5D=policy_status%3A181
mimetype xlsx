--- v1 (2025-12-04)
+++ v2 (2026-02-05)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1280">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1251">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -104,666 +104,600 @@
   <si>
     <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>April 2025</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>ICS 97.040.30</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards &amp; Quality</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3794-2024-energy-efficiency-household-and-similar-electrical-appliances-measurement-and</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/4358</t>
   </si>
   <si>
-    <t>3794/2018 Energy efficiency of household and similar electrical appliances - measurement and calculation methods for energy consumption of refrigerrators, refrigerator-freezers and freezers</t>
-[...5 lines deleted...]
-    <t>Refrigerators-Freezers, Freezers-only</t>
+    <t>3795-1/2016 Energy efficiency label requirements for air conditioners part 1: room air conditioner (window-split) with fixed capacity and fixed compressor</t>
+  </si>
+  <si>
+    <t>This standard establishes label requirements for room air conditioners, both window and split with fixed capacity and fixed compressors.</t>
+  </si>
+  <si>
+    <t>Space Heating and Space Cooling, Air Conditioning, Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
-  </si>
-[...22 lines deleted...]
-    <t>Comparative Label</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814.</t>
   </si>
   <si>
+    <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3795-12016-energy-efficiency-label-requirements-air-conditioners-part-1-room-air</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14491</t>
   </si>
   <si>
     <t>3795-2/2017 Energy Efficiency Label Requirements For Air Conditioners Part 2: Variable Capacity Room Air Conditioner (Window-Split) with Variable Speed Compressor</t>
   </si>
   <si>
     <t>This standard establishes label requirements for room air conditioners, both window and split with variable speed compressors.</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3795-22017-energy-efficiency-label-requirements-air-conditioners-part-2-variable-capacity</t>
   </si>
   <si>
     <t>http://eos.org.eg/en/standard/14613</t>
   </si>
   <si>
     <t>3795-5/2018 Energy efficiency label requirements for air conditioners part 5: fixed capacity ducted room air conditioner with fixed speed compressor</t>
   </si>
   <si>
     <t>This standard establishes requirements for fixed-capacity ducted room air conditioners with fixed-speed compressors.</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3795-52018-energy-efficiency-label-requirements-air-conditioners-part-5-fixed-capacity</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14798</t>
   </si>
   <si>
     <t>3795/2023 Energy Efficiency Label Requirements for Air Conditioner Room Air Conditioner (Window - Split)</t>
   </si>
   <si>
     <t>This standard is mandatory and applies to window and split air conditioners.</t>
   </si>
   <si>
-    <t>Africa, Egypt</t>
-[...1 lines deleted...]
-  <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>ICS 23.120 - 27.015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/37952023-energy-efficiency-label-requirements-air-conditioner-room-air-conditioner-window</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/8643</t>
   </si>
   <si>
     <t>4100/2006 Energy Efficiency of Households and similar Electrical appliances methods for measuring and calculation energy consumption of washing machine</t>
   </si>
   <si>
     <t>This standard specifies the energy efficiency specifications for washing machines.</t>
   </si>
   <si>
     <t>Laundry, Washing Machines</t>
   </si>
   <si>
     <t>IEC 60465/2003+cor1/2005
 ,   
                       IEC-60335-1/2001-Amd 1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/41002006-energy-efficiency-households-and-similar-electrical-appliances-methods-measuring</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/4472</t>
   </si>
   <si>
-    <t>5806/2019 Energy efficiency of households and similar Electrical appliances methods for measuring and calculation energy consumption for electric water heaters</t>
-[...5 lines deleted...]
-    <t>Storage Water Heaters</t>
+    <t>6977/2009 Energy Efficiency Of Distribution Transformers</t>
+  </si>
+  <si>
+    <t>This standard specifies the energy efficiency of distribution transformers.</t>
+  </si>
+  <si>
+    <t>Power Transformers</t>
   </si>
   <si>
     <t>Entered into force, New</t>
-  </si>
-[...13 lines deleted...]
-    <t>Power Transformers</t>
   </si>
   <si>
     <t>IEC 60076-ser/2008
 ,   
                     ES 1886: Power Transformers Dry Type
 ,   
                     ES 4885-1 Instrument transformers part-1Current transformer
 ,   
                     ES 4885-1 Instrument transformers part-2 Inductive voltage transformer</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/69772009-energy-efficiency-distribution-transformers</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/10626</t>
   </si>
   <si>
-    <t>7821/2014 Energy efficiency of household electrical appliances Methods for measuring and calculating energy efficiency of electric circulating air fans</t>
-[...20 lines deleted...]
-    <t>This standard specifies the MEPS and labeling requirements for filament lamps; fluorescent lamps; compact fluorescent lamps; high-intensity discharge lamps; LED lamps.</t>
+    <t>Algeria Order of 25 Safar 1430 corresponding to 21 February 2009 on the energy labeling of household air-conditioners</t>
+  </si>
+  <si>
+    <t>Air conditioners for domestic use with a cooling capacity less than 12kW. Air-to-water and water-water appliances are excluded</t>
+  </si>
+  <si>
+    <t>Algeria</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs, Portable ACs</t>
+  </si>
+  <si>
+    <t>October 2019</t>
+  </si>
+  <si>
+    <t>Agence Nationale pour la Promotion et la Rationalisation de l'Utilisation de l'…</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/algeria-order-25-safar-1430-corresponding-21-february-2009-energy-labeling-household-air</t>
+  </si>
+  <si>
+    <t>https://www.energy.gov.dz/Media/galerie/-arrete_du_21_fevrier_2009_relatif_a_l'etiquetage_energetique_des_climatiseurs_a_usage_domestique_5b69515a43778.pdf</t>
+  </si>
+  <si>
+    <t>Algeria Order of 25 Safar 1430 corresponding to 21 February 2009 on the energy labeling of residential lamps</t>
+  </si>
+  <si>
+    <t>Incandescent lamps and integrated ballast fluorescent lamps intended to be directly powered by the mains electrical grid.</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/78232020-energy-efficiency-requirements-electrical-lamps-and-luminaires</t>
-[...8 lines deleted...]
-    <t>This standard specifies the energy efficiency requirements for televisions and display units.</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/algeria-order-25-safar-1430-corresponding-21-february-2009-energy-labeling-residential</t>
+  </si>
+  <si>
+    <t>https://www.energy.gov.dz/Media/galerie/arrete_du_21_fevrier_2009_relatif_a_l'etiquetage_energetique_des_lampes_domestiques_5b695196e4dec.pdf</t>
+  </si>
+  <si>
+    <t>Algeria Order of 25 Safar 1430 corresponding to 21 February 2009 on the energy labeling of residential refrigerators, freezers, and combined equipment</t>
+  </si>
+  <si>
+    <t>Refrigerators, freezers and combined appliances for domestic usage that run on electricity</t>
+  </si>
+  <si>
+    <t>Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/algeria-order-25-safar-1430-corresponding-21-february-2009-energy-labeling-residential-0</t>
+  </si>
+  <si>
+    <t>https://www.energy.gov.dz/Media/galerie/arrete_du_21_fevrier_2009_etiquetage_appareils_usage_domestique_soumis_aux_regles_efficacite_energetique_5b6950da0ecc4.pdf</t>
+  </si>
+  <si>
+    <t>Botswana standard for pico-solar and SHS kits (IEC TS 62257-9-5)</t>
+  </si>
+  <si>
+    <t>This policy applies to off-grid renewable energy products with batteries and solar modules with DC system voltages not exceeding 35 V and peak power ratings not exceeding 350 W.</t>
+  </si>
+  <si>
+    <t>Botswana</t>
+  </si>
+  <si>
+    <t>Solar Energy Kits</t>
+  </si>
+  <si>
+    <t>Not applicable</t>
+  </si>
+  <si>
+    <t>Quality Standard</t>
+  </si>
+  <si>
+    <t>October 2023</t>
+  </si>
+  <si>
+    <t>IEC TS 62257-9-5:2018</t>
+  </si>
+  <si>
+    <t>Botswana Bureau of Standards</t>
+  </si>
+  <si>
+    <t>Energy Efficiency, Off-Grid</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/botswana-standard-pico-solar-and-shs-kits-iec-ts-62257-9-5</t>
+  </si>
+  <si>
+    <t>https://www.iec.ch/dyn/www/f?p=103:36:300860528604589::::FSP_ORG_ID,FSP_LANG_ID:1074,25</t>
+  </si>
+  <si>
+    <t>CES 140:2015 Off-grid solar photovoltaic lighting kits - requirements</t>
+  </si>
+  <si>
+    <t>standalone off-grid solar products</t>
+  </si>
+  <si>
+    <t>Ethiopia</t>
+  </si>
+  <si>
+    <t>November 2020</t>
+  </si>
+  <si>
+    <t>Solar</t>
+  </si>
+  <si>
+    <t>IEC TS 62257-9-5</t>
+  </si>
+  <si>
+    <t>Ethiopian Standards Agency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/ces-1402015-grid-solar-photovoltaic-lighting-kits-requirements</t>
+  </si>
+  <si>
+    <t>https://rise.esmap.org/data/files/library/ethiopia/Ethiopia%20Energy%20Performance%20Standards%20for%20lamps.pdf</t>
+  </si>
+  <si>
+    <t>CFL standard</t>
+  </si>
+  <si>
+    <t>CFL lamps</t>
+  </si>
+  <si>
+    <t>Taiwan of China</t>
+  </si>
+  <si>
+    <t>Voluntary</t>
+  </si>
+  <si>
+    <t>August 2018</t>
+  </si>
+  <si>
+    <t>CNS 10839 CNS 14567</t>
+  </si>
+  <si>
+    <t>Bureau of Energy, Ministry of Economic Affairs</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/cfl-standard</t>
+  </si>
+  <si>
+    <t>http://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
+    <t>CNS 11010-89: Electric Water Heaters</t>
+  </si>
+  <si>
+    <t>covers househod household electric storage water heaters with rated power consumption not exceeding 12 kW.</t>
+  </si>
+  <si>
+    <t>Storage Water Heaters</t>
+  </si>
+  <si>
+    <t>CNS 3263</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/cns-11010-89-electric-water-heaters</t>
+  </si>
+  <si>
+    <t>Directive 2010-30-EU</t>
+  </si>
+  <si>
+    <t>The strategy includes the mandatory phase-out of incandescent and halogen lamps by 2016, MEPS and labeling for all lighting technologies following the EU directives, large scale CFL and LED lamp distribution programmes, six million lamps in total; along with an extensive communications campaign; and the design of a lamp collection and recycling legislation and infrastructure in Tunisia. The elimination of lamps in power is less than 100,The taxation of lamps by 50 percent to make economic lamps  more competitive, The follow-up of this program for the elimination of other power. Launched program of 600 million incandescent lamps by LED lamps from 2017, as soon as the appearance of the decree ETF -Energy Transition Fund; which will subsidize this program.</t>
+  </si>
+  <si>
+    <t>Tunisia</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>National Agency for Energy Conservation (ANME)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/directive-2010-30-eu</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32012R0874</t>
+  </si>
+  <si>
+    <t>Directive N° 04/2020/Cm/Uemoa Portant Etiquetage Energetique Des Lampes Electriques Et Des Appareils Electromenagers Neufs Dans Les Etats Membres De L’ UEMOA</t>
+  </si>
+  <si>
+    <t>This Directive sets out provisions relating to the energy labeling of electric lamps and new household appliances and to additional information relating to these appliances, in the WAEMU member states. It applies to the following new electrical appliances: - domestic refrigeration equipment (refrigerators, freezers and combined appliances).- air conditioners. - electric lamps.</t>
+  </si>
+  <si>
+    <t>WAEMU/UEMOA</t>
+  </si>
+  <si>
+    <t>Tubular Lamps, Directional Lamps, Room ACs - Stationary ACs, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>May 2020</t>
+  </si>
+  <si>
+    <t>WAEMU Commission</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/directive-ndeg-042020cmuemoa-portant-etiquetage-energetique-des-lampes-electriques-et-des</t>
+  </si>
+  <si>
+    <t>http://www.uemoa.int/sites/default/files/bibliotheque/reglement_04_2009_cm_uemoa.pdf</t>
+  </si>
+  <si>
+    <t>DKS 2464-2:2020 Performance of household electrical Appliances — Refrigerating appliances; Part 2: Minimum energy performance standard requirements</t>
+  </si>
+  <si>
+    <t>These standards apply to household and similar refrigerating appliances cooled by internal natural convection or forced air circulation. They replace KS 2464-1,2:2013.</t>
+  </si>
+  <si>
+    <t>Kenya</t>
+  </si>
+  <si>
+    <t>Refrigerators-Freezers</t>
+  </si>
+  <si>
+    <t>Kenya Bureau of Standards (KEBS)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/dks-2464-22020-performance-household-electrical-appliances-refrigerating-appliances-part-2</t>
+  </si>
+  <si>
+    <t>https://www.kebs.org/index.php?option=com_content&amp;view=category&amp;id=66&amp;Itemid=526</t>
+  </si>
+  <si>
+    <t>DNIS IEC TS 62257-9-8:2019EE</t>
+  </si>
+  <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
+    <t>Nigeria</t>
+  </si>
+  <si>
+    <t>February 2021</t>
+  </si>
+  <si>
+    <t>Standards Organisation of Nigeria (SON)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/dnis-iec-ts-62257-9-82019ee</t>
+  </si>
+  <si>
+    <t>https://son.gov.ng/nigeria-adopt-standards-for-renewable-energy-hybrid-systems-for-rural-electrification</t>
+  </si>
+  <si>
+    <t>Eco-Design Requirements for Water Pump Energy Efficiency (8441/2021)</t>
+  </si>
+  <si>
+    <t>This standard establishes ecodesign requirements for rotodynamic water pumps for pumping clean water, including those integrated into other products, and efficiency labeling requirements.</t>
+  </si>
+  <si>
+    <t>Pumps</t>
+  </si>
+  <si>
+    <t>Entered into force, New, Superseded</t>
+  </si>
+  <si>
+    <t>ICS 23.080</t>
+  </si>
+  <si>
+    <t>Egyptian Organization for Standards and Quality</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/eco-design-requirements-water-pump-energy-efficiency-84412021</t>
+  </si>
+  <si>
+    <t>https://www.eos.org.eg/en/standard/15248</t>
+  </si>
+  <si>
+    <t>ECOSTAND 053: 2016</t>
+  </si>
+  <si>
+    <t>This policy applies to all networked lighting lamps.</t>
+  </si>
+  <si>
+    <t>ECOWAS</t>
+  </si>
+  <si>
+    <t>Directional Lamps</t>
+  </si>
+  <si>
+    <t>ECOWAS Commission</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/ecostand-053-2016</t>
+  </si>
+  <si>
+    <t>http://www.ecowrex.org/system/files/notif-ecostand-053-2016-fdhs-on-grid-lighting-fr-specifications-techniques-pour-des-lampes-de-service-declairage-en-reseau.pdf</t>
+  </si>
+  <si>
+    <t>ECOSTAND 054: 2015</t>
+  </si>
+  <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp. Minimum performance requirements  and quality standards based on Lighting Global Quality Standards</t>
+  </si>
+  <si>
+    <t>Minimum Performance Standard, Quality Standard</t>
+  </si>
+  <si>
+    <t>March 2022</t>
+  </si>
+  <si>
+    <t>Electricity, Solar</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/ecostand-054-2015</t>
+  </si>
+  <si>
+    <t>http://www.ecreee.org/sites/default/files/event-att/presentation_ecreee_may_2019_v2.pdf</t>
+  </si>
+  <si>
+    <t>ECOSTAND 071-1:2017EE: Minimum Energy Performance Standards Part 1: Refrigerating products</t>
+  </si>
+  <si>
+    <t>This standard covers requirements for AC powered refrigerating appliances with a storage volume up to 1500 litres which are manufactured, assembled, imported or sold in any of the ECOWAS countries. It includes the following categories:</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/ecostand-071-12017ee-minimum-energy-performance-standards-part-1-refrigerating-products</t>
+  </si>
+  <si>
+    <t>ECOSTAND 071-2:2017EE: Minimum Energy Performance Standards Part 2: Air conditioning products</t>
+  </si>
+  <si>
+    <t>This standard covers requirements for domestic and commercial air conditioning products such as: (1) portable AC; (2) unitary AC; (3) split AC, and (4) centralised AC system, which are single or double ducts, mobile or others; manufactured, assembled, imported or sold in any of the ECOWAS countries. Descriptions and illustrations of these products are available in Appendix 1. This standard covers equipment up to 20kW. It covers appliances designed to be plugged on the electric grid, it excludes appliances not powered by alternate current that use non-electric energys ources. ECOWAS countries include Benin, Burkina Faso, Cabo Verde, Côte d'Ivoire, the Gambia, Ghana, Guinea, Guinea Bissau, Liberia, Mali, Niger, Nigeria, Senegal, Sierra Leone, and Togo.</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs, Portable ACs, Central ACs</t>
+  </si>
+  <si>
+    <t>ISO 5151, ISO 13253, ISO 15042, ISO 16358-1:2013, IEC 60335-2-40:2013</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/ecostand-071-22017ee-minimum-energy-performance-standards-part-2-air-conditioning-products</t>
+  </si>
+  <si>
+    <t>Efficient Biomass Cookstoves Policy</t>
+  </si>
+  <si>
+    <t>This Nigerian Industrial Standard specifies design, construction, quality and safety requirements, sampling and labeling for clean solid biomass type cookstoves.</t>
+  </si>
+  <si>
+    <t>Biomass Stoves</t>
+  </si>
+  <si>
+    <t>Biomass</t>
+  </si>
+  <si>
+    <t>Water Boiling Tests (WBT) version 4.2.3:2014; The current edition shall apply</t>
+  </si>
+  <si>
+    <t>Energy Efficiency, Off-Grid, Productive Use</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/efficient-biomass-cookstoves-policy</t>
+  </si>
+  <si>
+    <t>https://fscluster.org/sites/default/files/documents/standard_for_clean_cookstoves_son.pdf</t>
+  </si>
+  <si>
+    <t>Energy Conservation Label - Clothes Dryers</t>
+  </si>
+  <si>
+    <t>Clothes Dryer</t>
+  </si>
+  <si>
+    <t>Clothes Dryers</t>
+  </si>
+  <si>
+    <t>The Energy Factor (EF) for Energy Label qualified clothes dryer products shall be measured under the test conditions and methodology approved by the energy regulating competent authority, and shall have a measured value of greater than 1.7 kg (clothes dried)/kWh.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-label-clothes-dryers</t>
+  </si>
+  <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=2</t>
+  </si>
+  <si>
+    <t>Energy Conservation Label - Clothes Washers</t>
+  </si>
+  <si>
+    <t>The product shall meet the definition of C.C.C. Code: 8450 under the clothes washers category or recognized by the Bureau of Energy of MOEA as Washing Machines and shall also meet the requirements of CNS 3765-7. Covers both top-loading and front-loading types.</t>
+  </si>
+  <si>
+    <t>Washing Machines</t>
+  </si>
+  <si>
+    <t>JIS C 9606</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-label-clothes-washers</t>
+  </si>
+  <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=6</t>
+  </si>
+  <si>
+    <t>Energy Conservation Label - Refrigerators</t>
+  </si>
+  <si>
+    <t>The Energy Factor for Energy Label qualified refrigerator-Freezers products shall be measured according to CNS 2062; or the most current version of test conditions and methodology stipulated by the energy regulating competent authority</t>
+  </si>
+  <si>
+    <t>CNS 2062-95 CNS 9577-89</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-label-refrigerators</t>
+  </si>
+  <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=4</t>
+  </si>
+  <si>
+    <t>Energy Conservation Label - Television</t>
+  </si>
+  <si>
+    <t>Products shall meet the requirements of CNS 14336-1 or CNS 14408; Chinese National Standards; or be recognized by Bureau of Energy</t>
   </si>
   <si>
     <t>Televisions</t>
-  </si>
-[...409 lines deleted...]
-    <t>Products shall meet the requirements of CNS 14336-1 or CNS 14408; Chinese National Standards; or be recognized by Bureau of Energy</t>
   </si>
   <si>
     <t>Test procedure acording to En-Tech 10405003751</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-label-television</t>
   </si>
   <si>
     <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=7</t>
   </si>
   <si>
     <t>Energy Conservation Labeling Program Requirements for Chilled-Warm-Hot Drinking water Dispensers; En-Tech 10405000331</t>
   </si>
   <si>
     <t>Chilled, warm, hot drinking water dispensers. Products shall meet the requirements of Article 13516; Chinese National Standards -CNS; or be recognized by Bureau of Energy, MOEA.</t>
   </si>
   <si>
     <t>Water Coolers</t>
   </si>
   <si>
     <t>CNS-13516</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-chilled-warm-hot-drinking-water</t>
   </si>
@@ -1450,70 +1384,50 @@
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/14008</t>
   </si>
   <si>
     <t>Energy Efficiency Of Household Electrical Appliances Methods For Measuring And Calculating Energy Efficiency Of Domestic Ovens (ES 8058/2017)</t>
   </si>
   <si>
     <t>This standard establishes the methods of measuring and calculating the energy efficiency of electrical domestic ovens.</t>
   </si>
   <si>
     <t>Kitchen, Ovens</t>
   </si>
   <si>
     <t>IEC 60350-1/2015
 ,   
                     Regulation (EU) No 65/2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-household-electrical-appliances-methods-measuring-and-calculating-0</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/14544</t>
   </si>
   <si>
-    <t>Energy Efficiency Of Household Electrical Appliances Methods For Measuring And Calculating Energy Efficiency Of Vacuum Cleaners(ES 8057/2017)</t>
-[...18 lines deleted...]
-  <si>
     <t>Energy Efficiency Standard and Indication Method for the Copier Machine Energy Conservation Marker; Neng-Chi-Tze-10405006201</t>
   </si>
   <si>
     <t>The Copier Machine that is granted the verification registration conformity certificate or the type recognition certificate issued by Bureau of Standards Metrology and Inspection; Ministry of Economic Affairs and meets the regulations of C.C.C. Code: 8443.31.00.00-2-B, 8443.32.00.00-1-B, or recognized by competent authority.     2. The Printer that meets the definition specified in ENERGY STAR Program Requirements for Imaging Equipment; Version 2.0 -hereunder briefed as ENERGY STAR REV. 2.0.     3. The fax machine possessing single-page copying function shall not be applicable for the scope provided herein.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-standard-and-indication-method-copier-machine-energy-conservation-marker</t>
   </si>
   <si>
     <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=32%20</t>
   </si>
   <si>
     <t>Energy Label - Fluorescent Lamps: NJ-10305014811</t>
   </si>
   <si>
     <t>Any product compliant with CNS 691 and set as inspection required one by BSMI; MOEA.</t>
   </si>
   <si>
     <t>CNS 691, CNS 13755</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-label-fluorescent-lamps-nj-10305014811</t>
   </si>
   <si>
     <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=9%20</t>
@@ -3263,53 +3177,50 @@
     <t>MS 207</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-207-2013-energy-efficiency-and-labelling-requirements-household-tumble-driers</t>
   </si>
   <si>
     <t>http://mauritianstandards.com/import-std-681/</t>
   </si>
   <si>
     <t>Nigerian MEPS and Energy Label Guide</t>
   </si>
   <si>
     <t>The Nigerian Energy Label Guide label for ACs is a comparative label that helps consumers to know the level of efficiency of Acs in the market</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Central ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nigerian-meps-and-energy-label-guide-0</t>
   </si>
   <si>
     <t>NIS 1209-1:2024 Minimum Energy Performance Standard - Lighting - Part 2: Luminaires</t>
   </si>
   <si>
     <t>This standard specifies the minimum energy performance standard (MEPS), functional performance and energy labelling requirements for luminaires, including both indoor and outdoor / streetlight luminaires, such as indoor ambient luminaires, linear batten luminaires, linear troffer luminaire, downlight luminaires, high-bay luminaires, low-bay luminaires and planer (or plane) luminaires.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Africa, Nigeria</t>
   </si>
   <si>
     <t>May 2025</t>
   </si>
   <si>
     <t>NIS IEC 62722-2-1
 ,   
                     NIS IEC 62722-2 series
 ,   
                     NIS IEC 61000-4-11; NIS IEC 61000-4-5
 ,   
                     NIS IEC 61000-4-7; NIS IEC 61000-3-2
 ,   
                     NIS IEC 61643-11
 ,   
                     IES LM-79 CIE S 025
 ,   
                     NIS IEC TR 61547-1
 ,   
                     NIS IEC TR 63158
 ,   
                     NIS CISPR 15
 ,   
                     NIS IEC 61547</t>
   </si>
@@ -4284,65 +4195,65 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P268"/>
+  <dimension ref="A1:P262"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="259.365" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1007.325" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="202.808" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="311.353" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="566.148" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -4427,12758 +4338,12472 @@
       </c>
       <c r="O2" t="s">
         <v>28</v>
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>32</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="G3" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H3">
         <v>2003</v>
       </c>
       <c r="I3">
-        <v>2018</v>
+        <v>2016</v>
       </c>
       <c r="J3" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="M3" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="P3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="B4" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
-        <v>40</v>
+        <v>32</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="G4" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H4">
         <v>2003</v>
       </c>
       <c r="I4">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="J4" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4" t="s">
         <v>42</v>
       </c>
       <c r="M4" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
         <v>43</v>
       </c>
       <c r="P4" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
         <v>45</v>
       </c>
       <c r="B5" t="s">
         <v>46</v>
       </c>
       <c r="C5" t="s">
         <v>18</v>
       </c>
       <c r="D5" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="G5" t="s">
         <v>22</v>
       </c>
       <c r="H5">
         <v>2003</v>
       </c>
       <c r="I5">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="J5" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
-      <c r="L5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L5"/>
       <c r="M5" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
         <v>48</v>
       </c>
       <c r="P5" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
         <v>50</v>
       </c>
       <c r="B6" t="s">
         <v>51</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
       <c r="D6" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
-        <v>41</v>
+        <v>52</v>
       </c>
       <c r="G6" t="s">
         <v>22</v>
       </c>
       <c r="H6">
         <v>2003</v>
       </c>
       <c r="I6">
-        <v>2018</v>
+        <v>2023</v>
       </c>
       <c r="J6" t="s">
-        <v>33</v>
+        <v>23</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
-      <c r="L6"/>
+      <c r="L6" t="s">
+        <v>53</v>
+      </c>
       <c r="M6" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="P6" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B7" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C7" t="s">
-        <v>57</v>
+        <v>18</v>
       </c>
       <c r="D7" t="s">
-        <v>52</v>
+        <v>58</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
-        <v>58</v>
+        <v>21</v>
       </c>
       <c r="G7" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H7">
         <v>2003</v>
       </c>
       <c r="I7">
-        <v>2023</v>
+        <v>2006</v>
       </c>
       <c r="J7" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7" t="s">
         <v>59</v>
       </c>
       <c r="M7" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
         <v>60</v>
       </c>
       <c r="P7" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
         <v>62</v>
       </c>
       <c r="B8" t="s">
         <v>63</v>
       </c>
       <c r="C8" t="s">
         <v>18</v>
       </c>
       <c r="D8" t="s">
         <v>64</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
         <v>21</v>
       </c>
       <c r="G8" t="s">
-        <v>22</v>
+        <v>65</v>
       </c>
       <c r="H8">
-        <v>2003</v>
-[...3 lines deleted...]
-      </c>
+        <v>2009</v>
+      </c>
+      <c r="I8"/>
       <c r="J8" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="M8" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="N8" t="s">
-        <v>27</v>
+        <v>67</v>
       </c>
       <c r="O8" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="P8" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="B9" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="C9" t="s">
-        <v>18</v>
+        <v>72</v>
       </c>
       <c r="D9" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="G9" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H9">
-        <v>2019</v>
+        <v>2010</v>
       </c>
       <c r="I9"/>
       <c r="J9" t="s">
-        <v>33</v>
+        <v>74</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9"/>
       <c r="M9" t="s">
-        <v>35</v>
+        <v>75</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="P9" t="s">
-        <v>73</v>
+        <v>77</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
       <c r="B10" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="C10" t="s">
-        <v>18</v>
+        <v>72</v>
       </c>
       <c r="D10" t="s">
-        <v>76</v>
+        <v>80</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="G10" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H10">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="I10"/>
       <c r="J10" t="s">
-        <v>33</v>
+        <v>74</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
-      <c r="L10" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L10"/>
       <c r="M10" t="s">
-        <v>35</v>
+        <v>75</v>
       </c>
       <c r="N10" t="s">
-        <v>78</v>
+        <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="P10" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="B11" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="C11" t="s">
-        <v>18</v>
+        <v>72</v>
       </c>
       <c r="D11" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="G11" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H11">
-        <v>2014</v>
+        <v>2010</v>
       </c>
       <c r="I11"/>
       <c r="J11" t="s">
-        <v>33</v>
+        <v>74</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
-      <c r="L11" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L11"/>
       <c r="M11" t="s">
-        <v>35</v>
+        <v>75</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="P11" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B12" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="C12" t="s">
-        <v>18</v>
+        <v>90</v>
       </c>
       <c r="D12" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="E12" t="s">
-        <v>20</v>
+        <v>92</v>
       </c>
       <c r="F12" t="s">
-        <v>21</v>
+        <v>93</v>
       </c>
       <c r="G12" t="s">
-        <v>22</v>
+        <v>65</v>
       </c>
       <c r="H12">
-        <v>2008</v>
-[...3 lines deleted...]
-      </c>
+        <v>2009</v>
+      </c>
+      <c r="I12"/>
       <c r="J12" t="s">
-        <v>33</v>
+        <v>94</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
-      <c r="L12"/>
+      <c r="L12" t="s">
+        <v>95</v>
+      </c>
       <c r="M12" t="s">
-        <v>35</v>
+        <v>96</v>
       </c>
       <c r="N12" t="s">
-        <v>27</v>
+        <v>97</v>
       </c>
       <c r="O12" t="s">
-        <v>90</v>
+        <v>98</v>
       </c>
       <c r="P12" t="s">
-        <v>91</v>
+        <v>99</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>92</v>
+        <v>100</v>
       </c>
       <c r="B13" t="s">
-        <v>93</v>
+        <v>101</v>
       </c>
       <c r="C13" t="s">
-        <v>18</v>
+        <v>102</v>
       </c>
       <c r="D13" t="s">
-        <v>94</v>
+        <v>91</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
-        <v>21</v>
+        <v>93</v>
       </c>
       <c r="G13" t="s">
-        <v>71</v>
+        <v>22</v>
       </c>
       <c r="H13">
-        <v>2018</v>
-[...1 lines deleted...]
-      <c r="I13"/>
+        <v>2015</v>
+      </c>
+      <c r="I13">
+        <v>2016</v>
+      </c>
       <c r="J13" t="s">
-        <v>33</v>
+        <v>103</v>
       </c>
       <c r="K13" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="L13"/>
+        <v>104</v>
+      </c>
+      <c r="L13" t="s">
+        <v>105</v>
+      </c>
       <c r="M13" t="s">
-        <v>35</v>
+        <v>106</v>
       </c>
       <c r="N13" t="s">
-        <v>27</v>
+        <v>97</v>
       </c>
       <c r="O13" t="s">
-        <v>95</v>
+        <v>107</v>
       </c>
       <c r="P13" t="s">
-        <v>96</v>
+        <v>108</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>97</v>
+        <v>109</v>
       </c>
       <c r="B14" t="s">
-        <v>98</v>
+        <v>110</v>
       </c>
       <c r="C14" t="s">
-        <v>99</v>
+        <v>111</v>
       </c>
       <c r="D14" t="s">
-        <v>100</v>
+        <v>80</v>
       </c>
       <c r="E14" t="s">
-        <v>20</v>
+        <v>112</v>
       </c>
       <c r="F14" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="G14" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H14">
         <v>2010</v>
       </c>
       <c r="I14"/>
       <c r="J14" t="s">
-        <v>101</v>
+        <v>113</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
-      <c r="L14"/>
+      <c r="L14" t="s">
+        <v>114</v>
+      </c>
       <c r="M14" t="s">
-        <v>102</v>
+        <v>115</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>103</v>
+        <v>116</v>
       </c>
       <c r="P14" t="s">
-        <v>104</v>
+        <v>117</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>105</v>
+        <v>118</v>
       </c>
       <c r="B15" t="s">
-        <v>106</v>
+        <v>119</v>
       </c>
       <c r="C15" t="s">
-        <v>99</v>
+        <v>111</v>
       </c>
       <c r="D15" t="s">
-        <v>89</v>
+        <v>120</v>
       </c>
       <c r="E15" t="s">
-        <v>20</v>
+        <v>112</v>
       </c>
       <c r="F15" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="G15" t="s">
-        <v>71</v>
+        <v>22</v>
       </c>
       <c r="H15">
-        <v>2010</v>
-[...1 lines deleted...]
-      <c r="I15"/>
+        <v>1989</v>
+      </c>
+      <c r="I15">
+        <v>2015</v>
+      </c>
       <c r="J15" t="s">
-        <v>101</v>
+        <v>113</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
-      <c r="L15"/>
+      <c r="L15" t="s">
+        <v>121</v>
+      </c>
       <c r="M15" t="s">
-        <v>102</v>
+        <v>115</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>107</v>
+        <v>122</v>
       </c>
       <c r="P15" t="s">
-        <v>108</v>
+        <v>117</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>109</v>
+        <v>123</v>
       </c>
       <c r="B16" t="s">
-        <v>110</v>
+        <v>124</v>
       </c>
       <c r="C16" t="s">
-        <v>99</v>
+        <v>125</v>
       </c>
       <c r="D16" t="s">
-        <v>32</v>
+        <v>80</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
-        <v>41</v>
+        <v>126</v>
       </c>
       <c r="G16" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H16">
-        <v>2010</v>
+        <v>2013</v>
       </c>
       <c r="I16"/>
       <c r="J16" t="s">
-        <v>101</v>
+        <v>35</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16"/>
       <c r="M16" t="s">
-        <v>102</v>
+        <v>127</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>111</v>
+        <v>128</v>
       </c>
       <c r="P16" t="s">
-        <v>112</v>
+        <v>129</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>113</v>
+        <v>130</v>
       </c>
       <c r="B17" t="s">
-        <v>114</v>
+        <v>131</v>
       </c>
       <c r="C17" t="s">
-        <v>115</v>
+        <v>132</v>
       </c>
       <c r="D17" t="s">
-        <v>116</v>
+        <v>133</v>
       </c>
       <c r="E17" t="s">
-        <v>117</v>
+        <v>20</v>
       </c>
       <c r="F17" t="s">
-        <v>118</v>
+        <v>33</v>
       </c>
       <c r="G17" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H17">
-        <v>2009</v>
+        <v>2020</v>
       </c>
       <c r="I17"/>
       <c r="J17" t="s">
-        <v>119</v>
+        <v>134</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
-      <c r="L17" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L17"/>
       <c r="M17" t="s">
-        <v>121</v>
+        <v>135</v>
       </c>
       <c r="N17" t="s">
-        <v>122</v>
+        <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>123</v>
+        <v>136</v>
       </c>
       <c r="P17" t="s">
-        <v>124</v>
+        <v>137</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>125</v>
+        <v>138</v>
       </c>
       <c r="B18" t="s">
-        <v>126</v>
+        <v>139</v>
       </c>
       <c r="C18" t="s">
-        <v>127</v>
+        <v>140</v>
       </c>
       <c r="D18" t="s">
-        <v>116</v>
+        <v>141</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
-        <v>118</v>
+        <v>21</v>
       </c>
       <c r="G18" t="s">
         <v>22</v>
       </c>
       <c r="H18">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="I18">
-        <v>2016</v>
+        <v>2019</v>
       </c>
       <c r="J18" t="s">
-        <v>128</v>
+        <v>103</v>
       </c>
       <c r="K18" t="s">
-        <v>129</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L18"/>
       <c r="M18" t="s">
-        <v>131</v>
+        <v>142</v>
       </c>
       <c r="N18" t="s">
-        <v>122</v>
+        <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>132</v>
+        <v>143</v>
       </c>
       <c r="P18" t="s">
-        <v>133</v>
+        <v>144</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>134</v>
+        <v>145</v>
       </c>
       <c r="B19" t="s">
-        <v>135</v>
+        <v>146</v>
       </c>
       <c r="C19" t="s">
-        <v>136</v>
+        <v>147</v>
       </c>
       <c r="D19" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="E19" t="s">
-        <v>137</v>
+        <v>20</v>
       </c>
       <c r="F19" t="s">
-        <v>21</v>
+        <v>93</v>
       </c>
       <c r="G19" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H19">
-        <v>2010</v>
+        <v>2020</v>
       </c>
       <c r="I19"/>
       <c r="J19" t="s">
-        <v>138</v>
+        <v>148</v>
       </c>
       <c r="K19" t="s">
-        <v>24</v>
+        <v>104</v>
       </c>
       <c r="L19" t="s">
-        <v>139</v>
+        <v>105</v>
       </c>
       <c r="M19" t="s">
-        <v>140</v>
+        <v>149</v>
       </c>
       <c r="N19" t="s">
-        <v>27</v>
+        <v>97</v>
       </c>
       <c r="O19" t="s">
-        <v>141</v>
+        <v>150</v>
       </c>
       <c r="P19" t="s">
-        <v>142</v>
+        <v>151</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>143</v>
+        <v>152</v>
       </c>
       <c r="B20" t="s">
-        <v>144</v>
+        <v>153</v>
       </c>
       <c r="C20" t="s">
-        <v>136</v>
+        <v>18</v>
       </c>
       <c r="D20" t="s">
-        <v>70</v>
+        <v>154</v>
       </c>
       <c r="E20" t="s">
-        <v>137</v>
+        <v>112</v>
       </c>
       <c r="F20" t="s">
         <v>21</v>
       </c>
       <c r="G20" t="s">
-        <v>22</v>
+        <v>155</v>
       </c>
       <c r="H20">
-        <v>1989</v>
-[...3 lines deleted...]
-      </c>
+        <v>2021</v>
+      </c>
+      <c r="I20"/>
       <c r="J20" t="s">
-        <v>138</v>
+        <v>35</v>
       </c>
       <c r="K20" t="s">
         <v>24</v>
       </c>
       <c r="L20" t="s">
-        <v>145</v>
+        <v>156</v>
       </c>
       <c r="M20" t="s">
-        <v>140</v>
+        <v>157</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
-        <v>146</v>
+        <v>158</v>
       </c>
       <c r="P20" t="s">
-        <v>142</v>
+        <v>159</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>147</v>
+        <v>160</v>
       </c>
       <c r="B21" t="s">
-        <v>148</v>
+        <v>161</v>
       </c>
       <c r="C21" t="s">
-        <v>149</v>
+        <v>162</v>
       </c>
       <c r="D21" t="s">
-        <v>89</v>
+        <v>163</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
-        <v>150</v>
+        <v>21</v>
       </c>
       <c r="G21" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H21">
-        <v>2013</v>
+        <v>2016</v>
       </c>
       <c r="I21"/>
       <c r="J21" t="s">
-        <v>33</v>
+        <v>103</v>
       </c>
       <c r="K21" t="s">
         <v>24</v>
       </c>
       <c r="L21"/>
       <c r="M21" t="s">
-        <v>151</v>
+        <v>164</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
-        <v>152</v>
+        <v>165</v>
       </c>
       <c r="P21" t="s">
-        <v>153</v>
+        <v>166</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>154</v>
+        <v>167</v>
       </c>
       <c r="B22" t="s">
-        <v>155</v>
+        <v>168</v>
       </c>
       <c r="C22" t="s">
-        <v>156</v>
+        <v>162</v>
       </c>
       <c r="D22" t="s">
-        <v>157</v>
+        <v>91</v>
       </c>
       <c r="E22" t="s">
-        <v>20</v>
+        <v>92</v>
       </c>
       <c r="F22" t="s">
-        <v>41</v>
+        <v>169</v>
       </c>
       <c r="G22" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H22">
-        <v>2020</v>
+        <v>2015</v>
       </c>
       <c r="I22"/>
       <c r="J22" t="s">
-        <v>158</v>
+        <v>170</v>
       </c>
       <c r="K22" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="L22"/>
+        <v>171</v>
+      </c>
+      <c r="L22" t="s">
+        <v>105</v>
+      </c>
       <c r="M22" t="s">
-        <v>159</v>
+        <v>164</v>
       </c>
       <c r="N22" t="s">
-        <v>27</v>
+        <v>97</v>
       </c>
       <c r="O22" t="s">
-        <v>160</v>
+        <v>172</v>
       </c>
       <c r="P22" t="s">
-        <v>161</v>
+        <v>173</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
+        <v>174</v>
+      </c>
+      <c r="B23" t="s">
+        <v>175</v>
+      </c>
+      <c r="C23" t="s">
         <v>162</v>
       </c>
-      <c r="B23" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D23" t="s">
-        <v>165</v>
+        <v>85</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
         <v>21</v>
       </c>
       <c r="G23" t="s">
-        <v>22</v>
+        <v>65</v>
       </c>
       <c r="H23">
-        <v>2016</v>
-[...3 lines deleted...]
-      </c>
+        <v>2017</v>
+      </c>
+      <c r="I23"/>
       <c r="J23" t="s">
-        <v>128</v>
+        <v>74</v>
       </c>
       <c r="K23" t="s">
         <v>24</v>
       </c>
       <c r="L23"/>
       <c r="M23" t="s">
-        <v>166</v>
+        <v>164</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
-        <v>167</v>
-[...3 lines deleted...]
-      </c>
+        <v>176</v>
+      </c>
+      <c r="P23"/>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>169</v>
+        <v>177</v>
       </c>
       <c r="B24" t="s">
-        <v>170</v>
+        <v>178</v>
       </c>
       <c r="C24" t="s">
-        <v>171</v>
+        <v>162</v>
       </c>
       <c r="D24" t="s">
-        <v>116</v>
+        <v>179</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
-        <v>118</v>
+        <v>126</v>
       </c>
       <c r="G24" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H24">
-        <v>2020</v>
+        <v>2017</v>
       </c>
       <c r="I24"/>
       <c r="J24" t="s">
-        <v>172</v>
+        <v>74</v>
       </c>
       <c r="K24" t="s">
-        <v>129</v>
+        <v>24</v>
       </c>
       <c r="L24" t="s">
-        <v>130</v>
+        <v>180</v>
       </c>
       <c r="M24" t="s">
-        <v>173</v>
+        <v>164</v>
       </c>
       <c r="N24" t="s">
-        <v>122</v>
+        <v>27</v>
       </c>
       <c r="O24" t="s">
-        <v>174</v>
-[...3 lines deleted...]
-      </c>
+        <v>181</v>
+      </c>
+      <c r="P24"/>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>176</v>
+        <v>182</v>
       </c>
       <c r="B25" t="s">
-        <v>177</v>
+        <v>183</v>
       </c>
       <c r="C25" t="s">
-        <v>18</v>
+        <v>147</v>
       </c>
       <c r="D25" t="s">
-        <v>178</v>
+        <v>184</v>
       </c>
       <c r="E25" t="s">
-        <v>137</v>
+        <v>92</v>
       </c>
       <c r="F25" t="s">
         <v>21</v>
       </c>
       <c r="G25" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H25">
-        <v>2021</v>
+        <v>2018</v>
       </c>
       <c r="I25"/>
       <c r="J25" t="s">
-        <v>33</v>
+        <v>170</v>
       </c>
       <c r="K25" t="s">
-        <v>24</v>
+        <v>185</v>
       </c>
       <c r="L25" t="s">
-        <v>179</v>
+        <v>186</v>
       </c>
       <c r="M25" t="s">
-        <v>180</v>
+        <v>149</v>
       </c>
       <c r="N25" t="s">
-        <v>27</v>
+        <v>187</v>
       </c>
       <c r="O25" t="s">
-        <v>181</v>
+        <v>188</v>
       </c>
       <c r="P25" t="s">
-        <v>182</v>
+        <v>189</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>183</v>
+        <v>190</v>
       </c>
       <c r="B26" t="s">
-        <v>184</v>
+        <v>191</v>
       </c>
       <c r="C26" t="s">
-        <v>185</v>
+        <v>111</v>
       </c>
       <c r="D26" t="s">
-        <v>186</v>
+        <v>192</v>
       </c>
       <c r="E26" t="s">
-        <v>20</v>
+        <v>112</v>
       </c>
       <c r="F26" t="s">
-        <v>21</v>
+        <v>52</v>
       </c>
       <c r="G26" t="s">
-        <v>71</v>
+        <v>22</v>
       </c>
       <c r="H26">
-        <v>2016</v>
-[...1 lines deleted...]
-      <c r="I26"/>
+        <v>2001</v>
+      </c>
+      <c r="I26">
+        <v>2002</v>
+      </c>
       <c r="J26" t="s">
-        <v>128</v>
+        <v>113</v>
       </c>
       <c r="K26" t="s">
         <v>24</v>
       </c>
-      <c r="L26"/>
+      <c r="L26" t="s">
+        <v>193</v>
+      </c>
       <c r="M26" t="s">
-        <v>187</v>
+        <v>115</v>
       </c>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
-        <v>188</v>
+        <v>194</v>
       </c>
       <c r="P26" t="s">
-        <v>189</v>
+        <v>195</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>190</v>
+        <v>196</v>
       </c>
       <c r="B27" t="s">
-        <v>191</v>
+        <v>197</v>
       </c>
       <c r="C27" t="s">
-        <v>185</v>
+        <v>111</v>
       </c>
       <c r="D27" t="s">
-        <v>116</v>
+        <v>198</v>
       </c>
       <c r="E27" t="s">
-        <v>117</v>
+        <v>112</v>
       </c>
       <c r="F27" t="s">
-        <v>192</v>
+        <v>52</v>
       </c>
       <c r="G27" t="s">
-        <v>71</v>
+        <v>22</v>
       </c>
       <c r="H27">
-        <v>2015</v>
-[...1 lines deleted...]
-      <c r="I27"/>
+        <v>2002</v>
+      </c>
+      <c r="I27">
+        <v>2010</v>
+      </c>
       <c r="J27" t="s">
-        <v>193</v>
+        <v>113</v>
       </c>
       <c r="K27" t="s">
-        <v>194</v>
+        <v>24</v>
       </c>
       <c r="L27" t="s">
-        <v>130</v>
+        <v>199</v>
       </c>
       <c r="M27" t="s">
-        <v>187</v>
+        <v>115</v>
       </c>
       <c r="N27" t="s">
-        <v>122</v>
+        <v>27</v>
       </c>
       <c r="O27" t="s">
-        <v>195</v>
+        <v>200</v>
       </c>
       <c r="P27" t="s">
-        <v>196</v>
+        <v>201</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>197</v>
+        <v>202</v>
       </c>
       <c r="B28" t="s">
-        <v>198</v>
+        <v>203</v>
       </c>
       <c r="C28" t="s">
-        <v>185</v>
+        <v>111</v>
       </c>
       <c r="D28" t="s">
-        <v>32</v>
+        <v>141</v>
       </c>
       <c r="E28" t="s">
-        <v>20</v>
+        <v>112</v>
       </c>
       <c r="F28" t="s">
-        <v>21</v>
+        <v>52</v>
       </c>
       <c r="G28" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H28">
-        <v>2017</v>
+        <v>1995</v>
       </c>
       <c r="I28"/>
       <c r="J28" t="s">
-        <v>101</v>
+        <v>113</v>
       </c>
       <c r="K28" t="s">
         <v>24</v>
       </c>
-      <c r="L28"/>
+      <c r="L28" t="s">
+        <v>204</v>
+      </c>
       <c r="M28" t="s">
-        <v>187</v>
+        <v>115</v>
       </c>
       <c r="N28" t="s">
         <v>27</v>
       </c>
       <c r="O28" t="s">
-        <v>199</v>
-[...1 lines deleted...]
-      <c r="P28"/>
+        <v>205</v>
+      </c>
+      <c r="P28" t="s">
+        <v>206</v>
+      </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>200</v>
+        <v>207</v>
       </c>
       <c r="B29" t="s">
-        <v>201</v>
+        <v>208</v>
       </c>
       <c r="C29" t="s">
-        <v>185</v>
+        <v>111</v>
       </c>
       <c r="D29" t="s">
-        <v>202</v>
+        <v>209</v>
       </c>
       <c r="E29" t="s">
-        <v>20</v>
+        <v>112</v>
       </c>
       <c r="F29" t="s">
-        <v>150</v>
+        <v>52</v>
       </c>
       <c r="G29" t="s">
-        <v>71</v>
+        <v>22</v>
       </c>
       <c r="H29">
-        <v>2017</v>
-[...1 lines deleted...]
-      <c r="I29"/>
+        <v>2002</v>
+      </c>
+      <c r="I29">
+        <v>2015</v>
+      </c>
       <c r="J29" t="s">
-        <v>101</v>
+        <v>113</v>
       </c>
       <c r="K29" t="s">
         <v>24</v>
       </c>
       <c r="L29" t="s">
-        <v>203</v>
+        <v>210</v>
       </c>
       <c r="M29" t="s">
-        <v>187</v>
+        <v>115</v>
       </c>
       <c r="N29" t="s">
         <v>27</v>
       </c>
       <c r="O29" t="s">
-        <v>204</v>
-[...1 lines deleted...]
-      <c r="P29"/>
+        <v>211</v>
+      </c>
+      <c r="P29" t="s">
+        <v>212</v>
+      </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>205</v>
+        <v>213</v>
       </c>
       <c r="B30" t="s">
-        <v>206</v>
+        <v>214</v>
       </c>
       <c r="C30" t="s">
-        <v>171</v>
+        <v>111</v>
       </c>
       <c r="D30" t="s">
-        <v>207</v>
+        <v>215</v>
       </c>
       <c r="E30" t="s">
-        <v>117</v>
+        <v>112</v>
       </c>
       <c r="F30" t="s">
-        <v>21</v>
+        <v>52</v>
       </c>
       <c r="G30" t="s">
-        <v>71</v>
+        <v>22</v>
       </c>
       <c r="H30">
-        <v>2018</v>
-[...1 lines deleted...]
-      <c r="I30"/>
+        <v>2013</v>
+      </c>
+      <c r="I30">
+        <v>2015</v>
+      </c>
       <c r="J30" t="s">
-        <v>193</v>
+        <v>113</v>
       </c>
       <c r="K30" t="s">
-        <v>208</v>
+        <v>24</v>
       </c>
       <c r="L30" t="s">
-        <v>209</v>
+        <v>216</v>
       </c>
       <c r="M30" t="s">
-        <v>173</v>
+        <v>115</v>
       </c>
       <c r="N30" t="s">
-        <v>210</v>
+        <v>27</v>
       </c>
       <c r="O30" t="s">
-        <v>211</v>
+        <v>217</v>
       </c>
       <c r="P30" t="s">
-        <v>212</v>
+        <v>218</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>213</v>
+        <v>219</v>
       </c>
       <c r="B31" t="s">
-        <v>214</v>
+        <v>220</v>
       </c>
       <c r="C31" t="s">
-        <v>136</v>
+        <v>111</v>
       </c>
       <c r="D31" t="s">
-        <v>215</v>
+        <v>221</v>
       </c>
       <c r="E31" t="s">
-        <v>137</v>
+        <v>112</v>
       </c>
       <c r="F31" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="G31" t="s">
         <v>22</v>
       </c>
       <c r="H31">
-        <v>2001</v>
+        <v>2007</v>
       </c>
       <c r="I31">
-        <v>2002</v>
+        <v>2007</v>
       </c>
       <c r="J31" t="s">
-        <v>138</v>
+        <v>113</v>
       </c>
       <c r="K31" t="s">
         <v>24</v>
       </c>
       <c r="L31" t="s">
-        <v>216</v>
+        <v>222</v>
       </c>
       <c r="M31" t="s">
-        <v>140</v>
+        <v>115</v>
       </c>
       <c r="N31" t="s">
         <v>27</v>
       </c>
       <c r="O31" t="s">
-        <v>217</v>
+        <v>223</v>
       </c>
       <c r="P31" t="s">
-        <v>218</v>
+        <v>224</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="B32" t="s">
-        <v>220</v>
+        <v>226</v>
       </c>
       <c r="C32" t="s">
-        <v>136</v>
+        <v>111</v>
       </c>
       <c r="D32" t="s">
-        <v>221</v>
+        <v>227</v>
       </c>
       <c r="E32" t="s">
-        <v>137</v>
+        <v>112</v>
       </c>
       <c r="F32" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="G32" t="s">
-        <v>22</v>
+        <v>65</v>
       </c>
       <c r="H32">
-        <v>2002</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I32"/>
       <c r="J32" t="s">
-        <v>138</v>
+        <v>113</v>
       </c>
       <c r="K32" t="s">
         <v>24</v>
       </c>
       <c r="L32" t="s">
-        <v>222</v>
+        <v>228</v>
       </c>
       <c r="M32" t="s">
-        <v>140</v>
+        <v>115</v>
       </c>
       <c r="N32" t="s">
         <v>27</v>
       </c>
       <c r="O32" t="s">
-        <v>223</v>
+        <v>229</v>
       </c>
       <c r="P32" t="s">
-        <v>224</v>
+        <v>230</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="B33" t="s">
-        <v>226</v>
+        <v>232</v>
       </c>
       <c r="C33" t="s">
-        <v>136</v>
+        <v>111</v>
       </c>
       <c r="D33" t="s">
-        <v>165</v>
+        <v>233</v>
       </c>
       <c r="E33" t="s">
-        <v>137</v>
+        <v>112</v>
       </c>
       <c r="F33" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="G33" t="s">
-        <v>71</v>
+        <v>22</v>
       </c>
       <c r="H33">
-        <v>1995</v>
-[...1 lines deleted...]
-      <c r="I33"/>
+        <v>2003</v>
+      </c>
+      <c r="I33">
+        <v>2013</v>
+      </c>
       <c r="J33" t="s">
-        <v>138</v>
+        <v>113</v>
       </c>
       <c r="K33" t="s">
         <v>24</v>
       </c>
       <c r="L33" t="s">
-        <v>227</v>
+        <v>234</v>
       </c>
       <c r="M33" t="s">
-        <v>140</v>
+        <v>115</v>
       </c>
       <c r="N33" t="s">
         <v>27</v>
       </c>
       <c r="O33" t="s">
-        <v>228</v>
+        <v>235</v>
       </c>
       <c r="P33" t="s">
-        <v>229</v>
+        <v>236</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>230</v>
+        <v>237</v>
       </c>
       <c r="B34" t="s">
-        <v>231</v>
+        <v>238</v>
       </c>
       <c r="C34" t="s">
-        <v>136</v>
+        <v>111</v>
       </c>
       <c r="D34" t="s">
-        <v>94</v>
+        <v>239</v>
       </c>
       <c r="E34" t="s">
-        <v>137</v>
+        <v>112</v>
       </c>
       <c r="F34" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="G34" t="s">
         <v>22</v>
       </c>
       <c r="H34">
-        <v>2002</v>
+        <v>2013</v>
       </c>
       <c r="I34">
-        <v>2015</v>
+        <v>2003</v>
       </c>
       <c r="J34" t="s">
-        <v>138</v>
+        <v>113</v>
       </c>
       <c r="K34" t="s">
         <v>24</v>
       </c>
-      <c r="L34" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L34"/>
       <c r="M34" t="s">
-        <v>140</v>
+        <v>115</v>
       </c>
       <c r="N34" t="s">
         <v>27</v>
       </c>
       <c r="O34" t="s">
-        <v>233</v>
+        <v>240</v>
       </c>
       <c r="P34" t="s">
-        <v>234</v>
+        <v>241</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>235</v>
+        <v>242</v>
       </c>
       <c r="B35" t="s">
-        <v>236</v>
+        <v>243</v>
       </c>
       <c r="C35" t="s">
-        <v>136</v>
+        <v>111</v>
       </c>
       <c r="D35" t="s">
-        <v>237</v>
+        <v>244</v>
       </c>
       <c r="E35" t="s">
-        <v>137</v>
+        <v>112</v>
       </c>
       <c r="F35" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="G35" t="s">
-        <v>22</v>
+        <v>65</v>
       </c>
       <c r="H35">
         <v>2013</v>
       </c>
-      <c r="I35">
-[...1 lines deleted...]
-      </c>
+      <c r="I35"/>
       <c r="J35" t="s">
-        <v>138</v>
+        <v>113</v>
       </c>
       <c r="K35" t="s">
         <v>24</v>
       </c>
       <c r="L35" t="s">
-        <v>238</v>
+        <v>245</v>
       </c>
       <c r="M35" t="s">
-        <v>140</v>
+        <v>115</v>
       </c>
       <c r="N35" t="s">
         <v>27</v>
       </c>
       <c r="O35" t="s">
-        <v>239</v>
+        <v>246</v>
       </c>
       <c r="P35" t="s">
-        <v>240</v>
+        <v>247</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>241</v>
+        <v>248</v>
       </c>
       <c r="B36" t="s">
-        <v>242</v>
+        <v>249</v>
       </c>
       <c r="C36" t="s">
-        <v>136</v>
+        <v>111</v>
       </c>
       <c r="D36" t="s">
-        <v>243</v>
+        <v>250</v>
       </c>
       <c r="E36" t="s">
-        <v>137</v>
+        <v>112</v>
       </c>
       <c r="F36" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="G36" t="s">
-        <v>22</v>
+        <v>65</v>
       </c>
       <c r="H36">
-        <v>2007</v>
-[...3 lines deleted...]
-      </c>
+        <v>2008</v>
+      </c>
+      <c r="I36"/>
       <c r="J36" t="s">
-        <v>138</v>
+        <v>113</v>
       </c>
       <c r="K36" t="s">
         <v>24</v>
       </c>
       <c r="L36" t="s">
-        <v>244</v>
+        <v>251</v>
       </c>
       <c r="M36" t="s">
-        <v>140</v>
+        <v>115</v>
       </c>
       <c r="N36" t="s">
         <v>27</v>
       </c>
       <c r="O36" t="s">
-        <v>245</v>
+        <v>252</v>
       </c>
       <c r="P36" t="s">
-        <v>246</v>
+        <v>253</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>247</v>
+        <v>254</v>
       </c>
       <c r="B37" t="s">
-        <v>248</v>
+        <v>255</v>
       </c>
       <c r="C37" t="s">
-        <v>136</v>
+        <v>111</v>
       </c>
       <c r="D37" t="s">
-        <v>249</v>
+        <v>47</v>
       </c>
       <c r="E37" t="s">
-        <v>137</v>
+        <v>112</v>
       </c>
       <c r="F37" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="G37" t="s">
-        <v>71</v>
+        <v>22</v>
       </c>
       <c r="H37">
-        <v>2013</v>
-[...1 lines deleted...]
-      <c r="I37"/>
+        <v>2009</v>
+      </c>
+      <c r="I37">
+        <v>2015</v>
+      </c>
       <c r="J37" t="s">
-        <v>138</v>
+        <v>113</v>
       </c>
       <c r="K37" t="s">
         <v>24</v>
       </c>
       <c r="L37" t="s">
-        <v>250</v>
+        <v>256</v>
       </c>
       <c r="M37" t="s">
-        <v>140</v>
+        <v>115</v>
       </c>
       <c r="N37" t="s">
         <v>27</v>
       </c>
       <c r="O37" t="s">
-        <v>251</v>
+        <v>257</v>
       </c>
       <c r="P37" t="s">
-        <v>252</v>
+        <v>258</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>253</v>
+        <v>259</v>
       </c>
       <c r="B38" t="s">
-        <v>254</v>
+        <v>260</v>
       </c>
       <c r="C38" t="s">
-        <v>136</v>
+        <v>111</v>
       </c>
       <c r="D38" t="s">
-        <v>255</v>
+        <v>215</v>
       </c>
       <c r="E38" t="s">
-        <v>137</v>
+        <v>112</v>
       </c>
       <c r="F38" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="G38" t="s">
         <v>22</v>
       </c>
       <c r="H38">
-        <v>2003</v>
+        <v>2013</v>
       </c>
       <c r="I38">
-        <v>2013</v>
+        <v>2010</v>
       </c>
       <c r="J38" t="s">
-        <v>138</v>
+        <v>113</v>
       </c>
       <c r="K38" t="s">
         <v>24</v>
       </c>
       <c r="L38" t="s">
-        <v>256</v>
+        <v>261</v>
       </c>
       <c r="M38" t="s">
-        <v>140</v>
+        <v>262</v>
       </c>
       <c r="N38" t="s">
         <v>27</v>
       </c>
       <c r="O38" t="s">
-        <v>257</v>
+        <v>263</v>
       </c>
       <c r="P38" t="s">
-        <v>258</v>
+        <v>264</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>259</v>
+        <v>265</v>
       </c>
       <c r="B39" t="s">
-        <v>260</v>
+        <v>266</v>
       </c>
       <c r="C39" t="s">
-        <v>136</v>
+        <v>111</v>
       </c>
       <c r="D39" t="s">
-        <v>261</v>
+        <v>215</v>
       </c>
       <c r="E39" t="s">
-        <v>137</v>
+        <v>112</v>
       </c>
       <c r="F39" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="G39" t="s">
         <v>22</v>
       </c>
       <c r="H39">
         <v>2013</v>
       </c>
       <c r="I39">
-        <v>2003</v>
+        <v>2014</v>
       </c>
       <c r="J39" t="s">
-        <v>138</v>
+        <v>113</v>
       </c>
       <c r="K39" t="s">
         <v>24</v>
       </c>
-      <c r="L39"/>
+      <c r="L39" t="s">
+        <v>267</v>
+      </c>
       <c r="M39" t="s">
-        <v>140</v>
+        <v>262</v>
       </c>
       <c r="N39" t="s">
         <v>27</v>
       </c>
       <c r="O39" t="s">
-        <v>262</v>
+        <v>268</v>
       </c>
       <c r="P39" t="s">
-        <v>263</v>
+        <v>269</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>264</v>
+        <v>270</v>
       </c>
       <c r="B40" t="s">
-        <v>265</v>
+        <v>271</v>
       </c>
       <c r="C40" t="s">
-        <v>136</v>
+        <v>111</v>
       </c>
       <c r="D40" t="s">
-        <v>266</v>
+        <v>272</v>
       </c>
       <c r="E40" t="s">
-        <v>137</v>
+        <v>112</v>
       </c>
       <c r="F40" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="G40" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H40">
         <v>2013</v>
       </c>
       <c r="I40"/>
       <c r="J40" t="s">
-        <v>138</v>
+        <v>113</v>
       </c>
       <c r="K40" t="s">
         <v>24</v>
       </c>
       <c r="L40" t="s">
-        <v>267</v>
+        <v>273</v>
       </c>
       <c r="M40" t="s">
-        <v>140</v>
+        <v>262</v>
       </c>
       <c r="N40" t="s">
         <v>27</v>
       </c>
       <c r="O40" t="s">
-        <v>268</v>
+        <v>274</v>
       </c>
       <c r="P40" t="s">
-        <v>269</v>
+        <v>275</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>270</v>
+        <v>276</v>
       </c>
       <c r="B41" t="s">
-        <v>271</v>
+        <v>277</v>
       </c>
       <c r="C41" t="s">
-        <v>136</v>
+        <v>111</v>
       </c>
       <c r="D41" t="s">
-        <v>272</v>
+        <v>278</v>
       </c>
       <c r="E41" t="s">
-        <v>137</v>
+        <v>112</v>
       </c>
       <c r="F41" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="G41" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H41">
-        <v>2008</v>
+        <v>2013</v>
       </c>
       <c r="I41"/>
       <c r="J41" t="s">
-        <v>138</v>
+        <v>113</v>
       </c>
       <c r="K41" t="s">
         <v>24</v>
       </c>
       <c r="L41" t="s">
         <v>273</v>
       </c>
       <c r="M41" t="s">
-        <v>140</v>
+        <v>262</v>
       </c>
       <c r="N41" t="s">
-        <v>27</v>
+        <v>67</v>
       </c>
       <c r="O41" t="s">
-        <v>274</v>
+        <v>279</v>
       </c>
       <c r="P41" t="s">
-        <v>275</v>
+        <v>280</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>276</v>
+        <v>281</v>
       </c>
       <c r="B42" t="s">
-        <v>277</v>
+        <v>282</v>
       </c>
       <c r="C42" t="s">
-        <v>136</v>
+        <v>111</v>
       </c>
       <c r="D42" t="s">
+        <v>80</v>
+      </c>
+      <c r="E42" t="s">
+        <v>112</v>
+      </c>
+      <c r="F42" t="s">
         <v>52</v>
       </c>
-      <c r="E42" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G42" t="s">
-        <v>22</v>
+        <v>65</v>
       </c>
       <c r="H42">
-        <v>2009</v>
-[...3 lines deleted...]
-      </c>
+        <v>2010</v>
+      </c>
+      <c r="I42"/>
       <c r="J42" t="s">
-        <v>138</v>
+        <v>113</v>
       </c>
       <c r="K42" t="s">
         <v>24</v>
       </c>
       <c r="L42" t="s">
-        <v>278</v>
+        <v>283</v>
       </c>
       <c r="M42" t="s">
-        <v>140</v>
+        <v>262</v>
       </c>
       <c r="N42" t="s">
         <v>27</v>
       </c>
       <c r="O42" t="s">
-        <v>279</v>
+        <v>284</v>
       </c>
       <c r="P42" t="s">
-        <v>280</v>
+        <v>285</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>281</v>
+        <v>286</v>
       </c>
       <c r="B43" t="s">
-        <v>282</v>
+        <v>287</v>
       </c>
       <c r="C43" t="s">
-        <v>136</v>
+        <v>111</v>
       </c>
       <c r="D43" t="s">
-        <v>237</v>
+        <v>288</v>
       </c>
       <c r="E43" t="s">
-        <v>137</v>
+        <v>112</v>
       </c>
       <c r="F43" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="G43" t="s">
         <v>22</v>
       </c>
       <c r="H43">
+        <v>2006</v>
+      </c>
+      <c r="I43">
         <v>2013</v>
       </c>
-      <c r="I43">
-[...1 lines deleted...]
-      </c>
       <c r="J43" t="s">
-        <v>138</v>
+        <v>35</v>
       </c>
       <c r="K43" t="s">
         <v>24</v>
       </c>
-      <c r="L43" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L43"/>
       <c r="M43" t="s">
-        <v>284</v>
+        <v>115</v>
       </c>
       <c r="N43" t="s">
         <v>27</v>
       </c>
       <c r="O43" t="s">
-        <v>285</v>
+        <v>289</v>
       </c>
       <c r="P43" t="s">
-        <v>286</v>
+        <v>290</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>287</v>
+        <v>291</v>
       </c>
       <c r="B44" t="s">
-        <v>288</v>
+        <v>292</v>
       </c>
       <c r="C44" t="s">
-        <v>136</v>
+        <v>111</v>
       </c>
       <c r="D44" t="s">
-        <v>237</v>
+        <v>120</v>
       </c>
       <c r="E44" t="s">
-        <v>137</v>
+        <v>112</v>
       </c>
       <c r="F44" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="G44" t="s">
         <v>22</v>
       </c>
       <c r="H44">
+        <v>2008</v>
+      </c>
+      <c r="I44">
         <v>2013</v>
       </c>
-      <c r="I44">
-[...1 lines deleted...]
-      </c>
       <c r="J44" t="s">
-        <v>138</v>
+        <v>35</v>
       </c>
       <c r="K44" t="s">
         <v>24</v>
       </c>
       <c r="L44" t="s">
-        <v>289</v>
+        <v>293</v>
       </c>
       <c r="M44" t="s">
-        <v>284</v>
+        <v>115</v>
       </c>
       <c r="N44" t="s">
         <v>27</v>
       </c>
       <c r="O44" t="s">
-        <v>290</v>
+        <v>294</v>
       </c>
       <c r="P44" t="s">
-        <v>291</v>
+        <v>295</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>292</v>
+        <v>296</v>
       </c>
       <c r="B45" t="s">
-        <v>293</v>
+        <v>297</v>
       </c>
       <c r="C45" t="s">
-        <v>136</v>
+        <v>111</v>
       </c>
       <c r="D45" t="s">
-        <v>294</v>
+        <v>120</v>
       </c>
       <c r="E45" t="s">
-        <v>137</v>
+        <v>112</v>
       </c>
       <c r="F45" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="G45" t="s">
-        <v>71</v>
+        <v>22</v>
       </c>
       <c r="H45">
+        <v>2008</v>
+      </c>
+      <c r="I45">
         <v>2013</v>
       </c>
-      <c r="I45"/>
       <c r="J45" t="s">
-        <v>138</v>
+        <v>113</v>
       </c>
       <c r="K45" t="s">
         <v>24</v>
       </c>
       <c r="L45" t="s">
-        <v>295</v>
+        <v>298</v>
       </c>
       <c r="M45" t="s">
-        <v>284</v>
+        <v>262</v>
       </c>
       <c r="N45" t="s">
         <v>27</v>
       </c>
       <c r="O45" t="s">
-        <v>296</v>
+        <v>299</v>
       </c>
       <c r="P45" t="s">
-        <v>297</v>
+        <v>300</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>298</v>
+        <v>301</v>
       </c>
       <c r="B46" t="s">
-        <v>299</v>
+        <v>302</v>
       </c>
       <c r="C46" t="s">
-        <v>136</v>
+        <v>111</v>
       </c>
       <c r="D46" t="s">
-        <v>300</v>
+        <v>303</v>
       </c>
       <c r="E46" t="s">
-        <v>137</v>
+        <v>112</v>
       </c>
       <c r="F46" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="G46" t="s">
-        <v>71</v>
+        <v>22</v>
       </c>
       <c r="H46">
-        <v>2013</v>
-[...1 lines deleted...]
-      <c r="I46"/>
+        <v>2011</v>
+      </c>
+      <c r="I46">
+        <v>2011</v>
+      </c>
       <c r="J46" t="s">
-        <v>138</v>
+        <v>113</v>
       </c>
       <c r="K46" t="s">
         <v>24</v>
       </c>
       <c r="L46" t="s">
-        <v>295</v>
+        <v>304</v>
       </c>
       <c r="M46" t="s">
-        <v>284</v>
+        <v>262</v>
       </c>
       <c r="N46" t="s">
-        <v>78</v>
+        <v>27</v>
       </c>
       <c r="O46" t="s">
-        <v>301</v>
+        <v>305</v>
       </c>
       <c r="P46" t="s">
-        <v>302</v>
+        <v>306</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
-        <v>303</v>
+        <v>307</v>
       </c>
       <c r="B47" t="s">
-        <v>304</v>
+        <v>308</v>
       </c>
       <c r="C47" t="s">
-        <v>136</v>
+        <v>111</v>
       </c>
       <c r="D47" t="s">
-        <v>89</v>
+        <v>215</v>
       </c>
       <c r="E47" t="s">
-        <v>137</v>
+        <v>112</v>
       </c>
       <c r="F47" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="G47" t="s">
-        <v>71</v>
+        <v>22</v>
       </c>
       <c r="H47">
-        <v>2010</v>
-[...1 lines deleted...]
-      <c r="I47"/>
+        <v>2013</v>
+      </c>
+      <c r="I47">
+        <v>2015</v>
+      </c>
       <c r="J47" t="s">
-        <v>138</v>
+        <v>113</v>
       </c>
       <c r="K47" t="s">
         <v>24</v>
       </c>
       <c r="L47" t="s">
-        <v>305</v>
+        <v>309</v>
       </c>
       <c r="M47" t="s">
-        <v>284</v>
+        <v>115</v>
       </c>
       <c r="N47" t="s">
         <v>27</v>
       </c>
       <c r="O47" t="s">
-        <v>306</v>
+        <v>310</v>
       </c>
       <c r="P47" t="s">
-        <v>307</v>
+        <v>311</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="s">
-        <v>308</v>
+        <v>312</v>
       </c>
       <c r="B48" t="s">
-        <v>309</v>
+        <v>313</v>
       </c>
       <c r="C48" t="s">
-        <v>136</v>
+        <v>111</v>
       </c>
       <c r="D48" t="s">
-        <v>310</v>
+        <v>314</v>
       </c>
       <c r="E48" t="s">
-        <v>137</v>
+        <v>112</v>
       </c>
       <c r="F48" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="G48" t="s">
-        <v>22</v>
+        <v>65</v>
       </c>
       <c r="H48">
-        <v>2006</v>
-[...3 lines deleted...]
-      </c>
+        <v>2010</v>
+      </c>
+      <c r="I48"/>
       <c r="J48" t="s">
-        <v>33</v>
+        <v>113</v>
       </c>
       <c r="K48" t="s">
         <v>24</v>
       </c>
-      <c r="L48"/>
+      <c r="L48" t="s">
+        <v>315</v>
+      </c>
       <c r="M48" t="s">
-        <v>140</v>
+        <v>115</v>
       </c>
       <c r="N48" t="s">
         <v>27</v>
       </c>
       <c r="O48" t="s">
-        <v>311</v>
+        <v>316</v>
       </c>
       <c r="P48" t="s">
-        <v>312</v>
+        <v>317</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="s">
-        <v>313</v>
+        <v>318</v>
       </c>
       <c r="B49" t="s">
-        <v>314</v>
+        <v>319</v>
       </c>
       <c r="C49" t="s">
-        <v>136</v>
+        <v>111</v>
       </c>
       <c r="D49" t="s">
-        <v>70</v>
+        <v>320</v>
       </c>
       <c r="E49" t="s">
-        <v>137</v>
+        <v>112</v>
       </c>
       <c r="F49" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="G49" t="s">
         <v>22</v>
       </c>
       <c r="H49">
-        <v>2008</v>
+        <v>2000</v>
       </c>
       <c r="I49">
-        <v>2013</v>
+        <v>2015</v>
       </c>
       <c r="J49" t="s">
-        <v>33</v>
+        <v>113</v>
       </c>
       <c r="K49" t="s">
         <v>24</v>
       </c>
       <c r="L49" t="s">
-        <v>315</v>
+        <v>321</v>
       </c>
       <c r="M49" t="s">
-        <v>140</v>
+        <v>262</v>
       </c>
       <c r="N49" t="s">
         <v>27</v>
       </c>
       <c r="O49" t="s">
-        <v>316</v>
+        <v>322</v>
       </c>
       <c r="P49" t="s">
-        <v>317</v>
+        <v>323</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="s">
-        <v>318</v>
+        <v>324</v>
       </c>
       <c r="B50" t="s">
-        <v>319</v>
+        <v>325</v>
       </c>
       <c r="C50" t="s">
-        <v>136</v>
+        <v>111</v>
       </c>
       <c r="D50" t="s">
-        <v>70</v>
+        <v>326</v>
       </c>
       <c r="E50" t="s">
-        <v>137</v>
+        <v>112</v>
       </c>
       <c r="F50" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="G50" t="s">
         <v>22</v>
       </c>
       <c r="H50">
-        <v>2008</v>
+        <v>2010</v>
       </c>
       <c r="I50">
-        <v>2013</v>
+        <v>2010</v>
       </c>
       <c r="J50" t="s">
-        <v>138</v>
+        <v>113</v>
       </c>
       <c r="K50" t="s">
         <v>24</v>
       </c>
       <c r="L50" t="s">
-        <v>320</v>
+        <v>327</v>
       </c>
       <c r="M50" t="s">
-        <v>284</v>
+        <v>262</v>
       </c>
       <c r="N50" t="s">
         <v>27</v>
       </c>
       <c r="O50" t="s">
-        <v>321</v>
+        <v>328</v>
       </c>
       <c r="P50" t="s">
-        <v>322</v>
+        <v>329</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="s">
-        <v>323</v>
+        <v>330</v>
       </c>
       <c r="B51" t="s">
-        <v>324</v>
+        <v>331</v>
       </c>
       <c r="C51" t="s">
-        <v>136</v>
+        <v>111</v>
       </c>
       <c r="D51" t="s">
-        <v>325</v>
+        <v>332</v>
       </c>
       <c r="E51" t="s">
-        <v>137</v>
+        <v>112</v>
       </c>
       <c r="F51" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="G51" t="s">
-        <v>22</v>
+        <v>65</v>
       </c>
       <c r="H51">
         <v>2011</v>
       </c>
-      <c r="I51">
-[...1 lines deleted...]
-      </c>
+      <c r="I51"/>
       <c r="J51" t="s">
-        <v>138</v>
+        <v>113</v>
       </c>
       <c r="K51" t="s">
         <v>24</v>
       </c>
       <c r="L51" t="s">
-        <v>326</v>
+        <v>333</v>
       </c>
       <c r="M51" t="s">
-        <v>284</v>
+        <v>262</v>
       </c>
       <c r="N51" t="s">
         <v>27</v>
       </c>
       <c r="O51" t="s">
-        <v>327</v>
+        <v>334</v>
       </c>
       <c r="P51" t="s">
-        <v>328</v>
+        <v>335</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="s">
-        <v>329</v>
+        <v>336</v>
       </c>
       <c r="B52" t="s">
-        <v>330</v>
+        <v>337</v>
       </c>
       <c r="C52" t="s">
-        <v>136</v>
+        <v>111</v>
       </c>
       <c r="D52" t="s">
-        <v>237</v>
+        <v>80</v>
       </c>
       <c r="E52" t="s">
-        <v>137</v>
+        <v>112</v>
       </c>
       <c r="F52" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="G52" t="s">
         <v>22</v>
       </c>
       <c r="H52">
-        <v>2013</v>
+        <v>2002</v>
       </c>
       <c r="I52">
-        <v>2015</v>
+        <v>2009</v>
       </c>
       <c r="J52" t="s">
-        <v>138</v>
+        <v>113</v>
       </c>
       <c r="K52" t="s">
         <v>24</v>
       </c>
       <c r="L52" t="s">
-        <v>331</v>
+        <v>267</v>
       </c>
       <c r="M52" t="s">
-        <v>140</v>
+        <v>262</v>
       </c>
       <c r="N52" t="s">
         <v>27</v>
       </c>
       <c r="O52" t="s">
-        <v>332</v>
+        <v>338</v>
       </c>
       <c r="P52" t="s">
-        <v>333</v>
+        <v>339</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" t="s">
-        <v>334</v>
+        <v>340</v>
       </c>
       <c r="B53" t="s">
-        <v>335</v>
+        <v>341</v>
       </c>
       <c r="C53" t="s">
-        <v>136</v>
+        <v>111</v>
       </c>
       <c r="D53" t="s">
-        <v>336</v>
+        <v>342</v>
       </c>
       <c r="E53" t="s">
-        <v>137</v>
+        <v>112</v>
       </c>
       <c r="F53" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="G53" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H53">
-        <v>2010</v>
+        <v>2013</v>
       </c>
       <c r="I53"/>
       <c r="J53" t="s">
-        <v>138</v>
+        <v>113</v>
       </c>
       <c r="K53" t="s">
-        <v>24</v>
+        <v>343</v>
       </c>
       <c r="L53" t="s">
-        <v>337</v>
+        <v>344</v>
       </c>
       <c r="M53" t="s">
-        <v>140</v>
+        <v>115</v>
       </c>
       <c r="N53" t="s">
         <v>27</v>
       </c>
       <c r="O53" t="s">
-        <v>338</v>
+        <v>345</v>
       </c>
       <c r="P53" t="s">
-        <v>339</v>
+        <v>346</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="s">
-        <v>340</v>
+        <v>347</v>
       </c>
       <c r="B54" t="s">
-        <v>341</v>
+        <v>348</v>
       </c>
       <c r="C54" t="s">
-        <v>136</v>
+        <v>111</v>
       </c>
       <c r="D54" t="s">
-        <v>342</v>
+        <v>244</v>
       </c>
       <c r="E54" t="s">
-        <v>137</v>
+        <v>112</v>
       </c>
       <c r="F54" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="G54" t="s">
         <v>22</v>
       </c>
       <c r="H54">
-        <v>2000</v>
+        <v>2013</v>
       </c>
       <c r="I54">
         <v>2015</v>
       </c>
       <c r="J54" t="s">
-        <v>138</v>
+        <v>113</v>
       </c>
       <c r="K54" t="s">
         <v>24</v>
       </c>
       <c r="L54" t="s">
-        <v>343</v>
+        <v>349</v>
       </c>
       <c r="M54" t="s">
-        <v>284</v>
+        <v>262</v>
       </c>
       <c r="N54" t="s">
         <v>27</v>
       </c>
       <c r="O54" t="s">
-        <v>344</v>
+        <v>350</v>
       </c>
       <c r="P54" t="s">
-        <v>345</v>
+        <v>351</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" t="s">
-        <v>346</v>
+        <v>352</v>
       </c>
       <c r="B55" t="s">
-        <v>347</v>
+        <v>353</v>
       </c>
       <c r="C55" t="s">
-        <v>136</v>
+        <v>111</v>
       </c>
       <c r="D55" t="s">
-        <v>348</v>
+        <v>354</v>
       </c>
       <c r="E55" t="s">
-        <v>137</v>
+        <v>112</v>
       </c>
       <c r="F55" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="G55" t="s">
         <v>22</v>
       </c>
       <c r="H55">
-        <v>2010</v>
+        <v>2000</v>
       </c>
       <c r="I55">
-        <v>2010</v>
+        <v>2015</v>
       </c>
       <c r="J55" t="s">
-        <v>138</v>
+        <v>113</v>
       </c>
       <c r="K55" t="s">
         <v>24</v>
       </c>
       <c r="L55" t="s">
-        <v>349</v>
+        <v>355</v>
       </c>
       <c r="M55" t="s">
-        <v>284</v>
+        <v>115</v>
       </c>
       <c r="N55" t="s">
         <v>27</v>
       </c>
       <c r="O55" t="s">
-        <v>350</v>
+        <v>356</v>
       </c>
       <c r="P55" t="s">
-        <v>351</v>
+        <v>357</v>
       </c>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="s">
-        <v>352</v>
+        <v>358</v>
       </c>
       <c r="B56" t="s">
-        <v>353</v>
+        <v>359</v>
       </c>
       <c r="C56" t="s">
-        <v>136</v>
+        <v>111</v>
       </c>
       <c r="D56" t="s">
-        <v>354</v>
+        <v>141</v>
       </c>
       <c r="E56" t="s">
-        <v>137</v>
+        <v>112</v>
       </c>
       <c r="F56" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="G56" t="s">
-        <v>71</v>
+        <v>22</v>
       </c>
       <c r="H56">
+        <v>2010</v>
+      </c>
+      <c r="I56">
         <v>2011</v>
       </c>
-      <c r="I56"/>
       <c r="J56" t="s">
-        <v>138</v>
+        <v>113</v>
       </c>
       <c r="K56" t="s">
         <v>24</v>
       </c>
       <c r="L56" t="s">
-        <v>355</v>
+        <v>204</v>
       </c>
       <c r="M56" t="s">
-        <v>284</v>
+        <v>262</v>
       </c>
       <c r="N56" t="s">
         <v>27</v>
       </c>
       <c r="O56" t="s">
-        <v>356</v>
+        <v>360</v>
       </c>
       <c r="P56" t="s">
-        <v>357</v>
+        <v>206</v>
       </c>
     </row>
     <row r="57" spans="1:16">
       <c r="A57" t="s">
-        <v>358</v>
+        <v>361</v>
       </c>
       <c r="B57" t="s">
-        <v>359</v>
+        <v>362</v>
       </c>
       <c r="C57" t="s">
-        <v>136</v>
+        <v>111</v>
       </c>
       <c r="D57" t="s">
-        <v>89</v>
+        <v>227</v>
       </c>
       <c r="E57" t="s">
-        <v>137</v>
+        <v>112</v>
       </c>
       <c r="F57" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="G57" t="s">
         <v>22</v>
       </c>
       <c r="H57">
-        <v>2002</v>
+        <v>2012</v>
       </c>
       <c r="I57">
-        <v>2009</v>
+        <v>2012</v>
       </c>
       <c r="J57" t="s">
-        <v>138</v>
+        <v>113</v>
       </c>
       <c r="K57" t="s">
         <v>24</v>
       </c>
       <c r="L57" t="s">
-        <v>289</v>
+        <v>363</v>
       </c>
       <c r="M57" t="s">
-        <v>284</v>
+        <v>262</v>
       </c>
       <c r="N57" t="s">
         <v>27</v>
       </c>
       <c r="O57" t="s">
-        <v>360</v>
+        <v>364</v>
       </c>
       <c r="P57" t="s">
-        <v>361</v>
+        <v>365</v>
       </c>
     </row>
     <row r="58" spans="1:16">
       <c r="A58" t="s">
-        <v>362</v>
+        <v>366</v>
       </c>
       <c r="B58" t="s">
-        <v>363</v>
+        <v>367</v>
       </c>
       <c r="C58" t="s">
-        <v>136</v>
+        <v>111</v>
       </c>
       <c r="D58" t="s">
-        <v>364</v>
+        <v>332</v>
       </c>
       <c r="E58" t="s">
-        <v>137</v>
+        <v>112</v>
       </c>
       <c r="F58" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="G58" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H58">
-        <v>2013</v>
+        <v>2012</v>
       </c>
       <c r="I58"/>
       <c r="J58" t="s">
-        <v>138</v>
+        <v>113</v>
       </c>
       <c r="K58" t="s">
-        <v>365</v>
+        <v>24</v>
       </c>
       <c r="L58" t="s">
-        <v>366</v>
+        <v>368</v>
       </c>
       <c r="M58" t="s">
-        <v>140</v>
+        <v>115</v>
       </c>
       <c r="N58" t="s">
         <v>27</v>
       </c>
       <c r="O58" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="P58" t="s">
-        <v>368</v>
+        <v>370</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
       <c r="B59" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="C59" t="s">
-        <v>136</v>
+        <v>111</v>
       </c>
       <c r="D59" t="s">
-        <v>266</v>
+        <v>373</v>
       </c>
       <c r="E59" t="s">
-        <v>137</v>
+        <v>112</v>
       </c>
       <c r="F59" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="G59" t="s">
         <v>22</v>
       </c>
       <c r="H59">
-        <v>2013</v>
+        <v>2012</v>
       </c>
       <c r="I59">
-        <v>2015</v>
+        <v>2012</v>
       </c>
       <c r="J59" t="s">
-        <v>138</v>
+        <v>113</v>
       </c>
       <c r="K59" t="s">
         <v>24</v>
       </c>
       <c r="L59" t="s">
-        <v>371</v>
+        <v>368</v>
       </c>
       <c r="M59" t="s">
-        <v>284</v>
+        <v>262</v>
       </c>
       <c r="N59" t="s">
         <v>27</v>
       </c>
       <c r="O59" t="s">
-        <v>372</v>
+        <v>374</v>
       </c>
       <c r="P59" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
     </row>
     <row r="60" spans="1:16">
       <c r="A60" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="B60" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="C60" t="s">
-        <v>136</v>
+        <v>111</v>
       </c>
       <c r="D60" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="E60" t="s">
-        <v>137</v>
+        <v>112</v>
       </c>
       <c r="F60" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="G60" t="s">
         <v>22</v>
       </c>
       <c r="H60">
-        <v>2000</v>
+        <v>1993</v>
       </c>
       <c r="I60">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="J60" t="s">
-        <v>138</v>
+        <v>113</v>
       </c>
       <c r="K60" t="s">
         <v>24</v>
       </c>
       <c r="L60" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="M60" t="s">
-        <v>140</v>
+        <v>115</v>
       </c>
       <c r="N60" t="s">
         <v>27</v>
       </c>
       <c r="O60" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
       <c r="P60" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
     </row>
     <row r="61" spans="1:16">
       <c r="A61" t="s">
-        <v>380</v>
+        <v>382</v>
       </c>
       <c r="B61" t="s">
-        <v>381</v>
+        <v>383</v>
       </c>
       <c r="C61" t="s">
-        <v>136</v>
+        <v>111</v>
       </c>
       <c r="D61" t="s">
-        <v>165</v>
+        <v>120</v>
       </c>
       <c r="E61" t="s">
-        <v>137</v>
+        <v>112</v>
       </c>
       <c r="F61" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="G61" t="s">
         <v>22</v>
       </c>
       <c r="H61">
-        <v>2010</v>
+        <v>2012</v>
       </c>
       <c r="I61">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="J61" t="s">
-        <v>138</v>
+        <v>113</v>
       </c>
       <c r="K61" t="s">
         <v>24</v>
       </c>
       <c r="L61" t="s">
-        <v>227</v>
+        <v>384</v>
       </c>
       <c r="M61" t="s">
-        <v>284</v>
+        <v>262</v>
       </c>
       <c r="N61" t="s">
         <v>27</v>
       </c>
       <c r="O61" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
       <c r="P61" t="s">
-        <v>229</v>
+        <v>386</v>
       </c>
     </row>
     <row r="62" spans="1:16">
       <c r="A62" t="s">
-        <v>383</v>
+        <v>387</v>
       </c>
       <c r="B62" t="s">
-        <v>384</v>
+        <v>388</v>
       </c>
       <c r="C62" t="s">
-        <v>136</v>
+        <v>111</v>
       </c>
       <c r="D62" t="s">
-        <v>249</v>
+        <v>389</v>
       </c>
       <c r="E62" t="s">
-        <v>137</v>
+        <v>112</v>
       </c>
       <c r="F62" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="G62" t="s">
         <v>22</v>
       </c>
       <c r="H62">
-        <v>2012</v>
+        <v>2011</v>
       </c>
       <c r="I62">
-        <v>2012</v>
+        <v>2011</v>
       </c>
       <c r="J62" t="s">
-        <v>138</v>
+        <v>113</v>
       </c>
       <c r="K62" t="s">
-        <v>24</v>
+        <v>343</v>
       </c>
       <c r="L62" t="s">
-        <v>385</v>
+        <v>390</v>
       </c>
       <c r="M62" t="s">
-        <v>284</v>
+        <v>115</v>
       </c>
       <c r="N62" t="s">
         <v>27</v>
       </c>
       <c r="O62" t="s">
-        <v>386</v>
+        <v>391</v>
       </c>
       <c r="P62" t="s">
-        <v>387</v>
+        <v>392</v>
       </c>
     </row>
     <row r="63" spans="1:16">
       <c r="A63" t="s">
-        <v>388</v>
+        <v>393</v>
       </c>
       <c r="B63" t="s">
-        <v>389</v>
+        <v>394</v>
       </c>
       <c r="C63" t="s">
-        <v>136</v>
+        <v>111</v>
       </c>
       <c r="D63" t="s">
-        <v>354</v>
+        <v>395</v>
       </c>
       <c r="E63" t="s">
-        <v>137</v>
+        <v>112</v>
       </c>
       <c r="F63" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="G63" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H63">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="I63"/>
       <c r="J63" t="s">
-        <v>138</v>
+        <v>113</v>
       </c>
       <c r="K63" t="s">
         <v>24</v>
       </c>
       <c r="L63" t="s">
-        <v>390</v>
+        <v>396</v>
       </c>
       <c r="M63" t="s">
-        <v>140</v>
+        <v>115</v>
       </c>
       <c r="N63" t="s">
         <v>27</v>
       </c>
       <c r="O63" t="s">
-        <v>391</v>
+        <v>397</v>
       </c>
       <c r="P63" t="s">
-        <v>392</v>
+        <v>398</v>
       </c>
     </row>
     <row r="64" spans="1:16">
       <c r="A64" t="s">
-        <v>393</v>
+        <v>399</v>
       </c>
       <c r="B64" t="s">
-        <v>394</v>
+        <v>400</v>
       </c>
       <c r="C64" t="s">
-        <v>136</v>
+        <v>111</v>
       </c>
       <c r="D64" t="s">
-        <v>395</v>
+        <v>389</v>
       </c>
       <c r="E64" t="s">
-        <v>137</v>
+        <v>112</v>
       </c>
       <c r="F64" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="G64" t="s">
-        <v>22</v>
+        <v>65</v>
       </c>
       <c r="H64">
-        <v>2012</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I64"/>
       <c r="J64" t="s">
-        <v>138</v>
+        <v>113</v>
       </c>
       <c r="K64" t="s">
         <v>24</v>
       </c>
       <c r="L64" t="s">
-        <v>390</v>
+        <v>273</v>
       </c>
       <c r="M64" t="s">
-        <v>284</v>
+        <v>115</v>
       </c>
       <c r="N64" t="s">
         <v>27</v>
       </c>
       <c r="O64" t="s">
-        <v>396</v>
+        <v>401</v>
       </c>
       <c r="P64" t="s">
-        <v>397</v>
+        <v>402</v>
       </c>
     </row>
     <row r="65" spans="1:16">
       <c r="A65" t="s">
-        <v>398</v>
+        <v>403</v>
       </c>
       <c r="B65" t="s">
-        <v>399</v>
+        <v>404</v>
       </c>
       <c r="C65" t="s">
-        <v>136</v>
+        <v>111</v>
       </c>
       <c r="D65" t="s">
-        <v>400</v>
+        <v>405</v>
       </c>
       <c r="E65" t="s">
-        <v>137</v>
+        <v>112</v>
       </c>
       <c r="F65" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="G65" t="s">
         <v>22</v>
       </c>
       <c r="H65">
-        <v>1993</v>
+        <v>2000</v>
       </c>
       <c r="I65">
-        <v>2013</v>
+        <v>2012</v>
       </c>
       <c r="J65" t="s">
-        <v>138</v>
+        <v>113</v>
       </c>
       <c r="K65" t="s">
         <v>24</v>
       </c>
       <c r="L65" t="s">
-        <v>401</v>
+        <v>321</v>
       </c>
       <c r="M65" t="s">
-        <v>140</v>
+        <v>115</v>
       </c>
       <c r="N65" t="s">
         <v>27</v>
       </c>
       <c r="O65" t="s">
-        <v>402</v>
+        <v>406</v>
       </c>
       <c r="P65" t="s">
-        <v>403</v>
+        <v>407</v>
       </c>
     </row>
     <row r="66" spans="1:16">
       <c r="A66" t="s">
-        <v>404</v>
+        <v>408</v>
       </c>
       <c r="B66" t="s">
-        <v>405</v>
+        <v>409</v>
       </c>
       <c r="C66" t="s">
-        <v>136</v>
+        <v>111</v>
       </c>
       <c r="D66" t="s">
-        <v>70</v>
+        <v>410</v>
       </c>
       <c r="E66" t="s">
-        <v>137</v>
+        <v>112</v>
       </c>
       <c r="F66" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="G66" t="s">
-        <v>22</v>
+        <v>65</v>
       </c>
       <c r="H66">
-        <v>2012</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I66"/>
       <c r="J66" t="s">
-        <v>138</v>
+        <v>35</v>
       </c>
       <c r="K66" t="s">
         <v>24</v>
       </c>
       <c r="L66" t="s">
-        <v>406</v>
+        <v>411</v>
       </c>
       <c r="M66" t="s">
-        <v>284</v>
+        <v>115</v>
       </c>
       <c r="N66" t="s">
         <v>27</v>
       </c>
       <c r="O66" t="s">
-        <v>407</v>
+        <v>412</v>
       </c>
       <c r="P66" t="s">
-        <v>408</v>
+        <v>413</v>
       </c>
     </row>
     <row r="67" spans="1:16">
       <c r="A67" t="s">
-        <v>409</v>
+        <v>414</v>
       </c>
       <c r="B67" t="s">
+        <v>415</v>
+      </c>
+      <c r="C67" t="s">
+        <v>111</v>
+      </c>
+      <c r="D67" t="s">
         <v>410</v>
       </c>
-      <c r="C67" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E67" t="s">
-        <v>137</v>
+        <v>112</v>
       </c>
       <c r="F67" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="G67" t="s">
-        <v>22</v>
+        <v>65</v>
       </c>
       <c r="H67">
-        <v>2011</v>
-[...3 lines deleted...]
-      </c>
+        <v>2017</v>
+      </c>
+      <c r="I67"/>
       <c r="J67" t="s">
-        <v>138</v>
+        <v>35</v>
       </c>
       <c r="K67" t="s">
-        <v>365</v>
+        <v>24</v>
       </c>
       <c r="L67" t="s">
-        <v>412</v>
+        <v>416</v>
       </c>
       <c r="M67" t="s">
-        <v>140</v>
+        <v>115</v>
       </c>
       <c r="N67" t="s">
         <v>27</v>
       </c>
       <c r="O67" t="s">
-        <v>413</v>
+        <v>417</v>
       </c>
       <c r="P67" t="s">
-        <v>414</v>
+        <v>418</v>
       </c>
     </row>
     <row r="68" spans="1:16">
       <c r="A68" t="s">
-        <v>415</v>
+        <v>419</v>
       </c>
       <c r="B68" t="s">
-        <v>416</v>
+        <v>420</v>
       </c>
       <c r="C68" t="s">
-        <v>136</v>
+        <v>111</v>
       </c>
       <c r="D68" t="s">
-        <v>417</v>
+        <v>80</v>
       </c>
       <c r="E68" t="s">
-        <v>137</v>
+        <v>112</v>
       </c>
       <c r="F68" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="G68" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H68">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="I68"/>
       <c r="J68" t="s">
-        <v>138</v>
+        <v>113</v>
       </c>
       <c r="K68" t="s">
         <v>24</v>
       </c>
       <c r="L68" t="s">
-        <v>418</v>
+        <v>421</v>
       </c>
       <c r="M68" t="s">
-        <v>140</v>
+        <v>115</v>
       </c>
       <c r="N68" t="s">
         <v>27</v>
       </c>
       <c r="O68" t="s">
-        <v>419</v>
+        <v>422</v>
       </c>
       <c r="P68" t="s">
-        <v>420</v>
+        <v>423</v>
       </c>
     </row>
     <row r="69" spans="1:16">
       <c r="A69" t="s">
-        <v>421</v>
+        <v>424</v>
       </c>
       <c r="B69" t="s">
-        <v>422</v>
+        <v>425</v>
       </c>
       <c r="C69" t="s">
-        <v>136</v>
+        <v>111</v>
       </c>
       <c r="D69" t="s">
-        <v>411</v>
+        <v>405</v>
       </c>
       <c r="E69" t="s">
-        <v>137</v>
+        <v>112</v>
       </c>
       <c r="F69" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="G69" t="s">
-        <v>71</v>
+        <v>22</v>
       </c>
       <c r="H69">
-        <v>2013</v>
-[...1 lines deleted...]
-      <c r="I69"/>
+        <v>2000</v>
+      </c>
+      <c r="I69">
+        <v>2012</v>
+      </c>
       <c r="J69" t="s">
-        <v>138</v>
+        <v>113</v>
       </c>
       <c r="K69" t="s">
         <v>24</v>
       </c>
       <c r="L69" t="s">
-        <v>295</v>
+        <v>321</v>
       </c>
       <c r="M69" t="s">
-        <v>140</v>
+        <v>115</v>
       </c>
       <c r="N69" t="s">
         <v>27</v>
       </c>
       <c r="O69" t="s">
-        <v>423</v>
+        <v>426</v>
       </c>
       <c r="P69" t="s">
-        <v>424</v>
+        <v>427</v>
       </c>
     </row>
     <row r="70" spans="1:16">
       <c r="A70" t="s">
-        <v>425</v>
+        <v>428</v>
       </c>
       <c r="B70" t="s">
-        <v>426</v>
+        <v>429</v>
       </c>
       <c r="C70" t="s">
-        <v>136</v>
+        <v>111</v>
       </c>
       <c r="D70" t="s">
-        <v>427</v>
+        <v>410</v>
       </c>
       <c r="E70" t="s">
-        <v>137</v>
+        <v>112</v>
       </c>
       <c r="F70" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="G70" t="s">
-        <v>22</v>
+        <v>65</v>
       </c>
       <c r="H70">
-        <v>2000</v>
-[...3 lines deleted...]
-      </c>
+        <v>2017</v>
+      </c>
+      <c r="I70"/>
       <c r="J70" t="s">
-        <v>138</v>
+        <v>35</v>
       </c>
       <c r="K70" t="s">
         <v>24</v>
       </c>
       <c r="L70" t="s">
-        <v>343</v>
+        <v>416</v>
       </c>
       <c r="M70" t="s">
-        <v>140</v>
+        <v>115</v>
       </c>
       <c r="N70" t="s">
         <v>27</v>
       </c>
       <c r="O70" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="P70" t="s">
-        <v>429</v>
+        <v>431</v>
       </c>
     </row>
     <row r="71" spans="1:16">
       <c r="A71" t="s">
-        <v>430</v>
+        <v>432</v>
       </c>
       <c r="B71" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
       <c r="C71" t="s">
-        <v>136</v>
+        <v>111</v>
       </c>
       <c r="D71" t="s">
-        <v>432</v>
+        <v>410</v>
       </c>
       <c r="E71" t="s">
-        <v>137</v>
+        <v>112</v>
       </c>
       <c r="F71" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="G71" t="s">
-        <v>71</v>
-[...4 lines deleted...]
-      <c r="I71"/>
+        <v>22</v>
+      </c>
+      <c r="H71"/>
+      <c r="I71">
+        <v>2016</v>
+      </c>
       <c r="J71" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="K71" t="s">
         <v>24</v>
       </c>
       <c r="L71" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="M71" t="s">
-        <v>140</v>
+        <v>115</v>
       </c>
       <c r="N71" t="s">
         <v>27</v>
       </c>
       <c r="O71" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="P71" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
     </row>
     <row r="72" spans="1:16">
       <c r="A72" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="B72" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="C72" t="s">
-        <v>136</v>
+        <v>18</v>
       </c>
       <c r="D72" t="s">
-        <v>432</v>
+        <v>439</v>
       </c>
       <c r="E72" t="s">
-        <v>137</v>
+        <v>20</v>
       </c>
       <c r="F72" t="s">
-        <v>58</v>
+        <v>21</v>
       </c>
       <c r="G72" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H72">
-        <v>2017</v>
+        <v>2014</v>
       </c>
       <c r="I72"/>
       <c r="J72" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="K72" t="s">
         <v>24</v>
       </c>
       <c r="L72" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="M72" t="s">
-        <v>140</v>
+        <v>441</v>
       </c>
       <c r="N72" t="s">
         <v>27</v>
       </c>
       <c r="O72" t="s">
-        <v>439</v>
+        <v>442</v>
       </c>
       <c r="P72" t="s">
-        <v>440</v>
+        <v>443</v>
       </c>
     </row>
     <row r="73" spans="1:16">
       <c r="A73" t="s">
-        <v>441</v>
+        <v>444</v>
       </c>
       <c r="B73" t="s">
-        <v>442</v>
+        <v>445</v>
       </c>
       <c r="C73" t="s">
-        <v>136</v>
+        <v>18</v>
       </c>
       <c r="D73" t="s">
-        <v>89</v>
+        <v>446</v>
       </c>
       <c r="E73" t="s">
-        <v>137</v>
+        <v>20</v>
       </c>
       <c r="F73" t="s">
-        <v>58</v>
+        <v>21</v>
       </c>
       <c r="G73" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H73">
-        <v>2014</v>
+        <v>2017</v>
       </c>
       <c r="I73"/>
       <c r="J73" t="s">
-        <v>138</v>
+        <v>35</v>
       </c>
       <c r="K73" t="s">
         <v>24</v>
       </c>
       <c r="L73" t="s">
-        <v>443</v>
+        <v>447</v>
       </c>
       <c r="M73" t="s">
-        <v>140</v>
+        <v>26</v>
       </c>
       <c r="N73" t="s">
         <v>27</v>
       </c>
       <c r="O73" t="s">
-        <v>444</v>
+        <v>448</v>
       </c>
       <c r="P73" t="s">
-        <v>445</v>
+        <v>449</v>
       </c>
     </row>
     <row r="74" spans="1:16">
       <c r="A74" t="s">
-        <v>446</v>
+        <v>450</v>
       </c>
       <c r="B74" t="s">
-        <v>447</v>
+        <v>451</v>
       </c>
       <c r="C74" t="s">
-        <v>136</v>
+        <v>111</v>
       </c>
       <c r="D74" t="s">
-        <v>427</v>
+        <v>354</v>
       </c>
       <c r="E74" t="s">
-        <v>137</v>
+        <v>112</v>
       </c>
       <c r="F74" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="G74" t="s">
         <v>22</v>
       </c>
       <c r="H74">
         <v>2000</v>
       </c>
       <c r="I74">
-        <v>2012</v>
+        <v>2015</v>
       </c>
       <c r="J74" t="s">
-        <v>138</v>
+        <v>113</v>
       </c>
       <c r="K74" t="s">
         <v>24</v>
       </c>
       <c r="L74" t="s">
-        <v>343</v>
+        <v>355</v>
       </c>
       <c r="M74" t="s">
-        <v>140</v>
+        <v>115</v>
       </c>
       <c r="N74" t="s">
         <v>27</v>
       </c>
       <c r="O74" t="s">
-        <v>448</v>
+        <v>452</v>
       </c>
       <c r="P74" t="s">
-        <v>449</v>
+        <v>453</v>
       </c>
     </row>
     <row r="75" spans="1:16">
       <c r="A75" t="s">
-        <v>450</v>
+        <v>454</v>
       </c>
       <c r="B75" t="s">
-        <v>451</v>
+        <v>455</v>
       </c>
       <c r="C75" t="s">
-        <v>136</v>
+        <v>111</v>
       </c>
       <c r="D75" t="s">
-        <v>432</v>
+        <v>80</v>
       </c>
       <c r="E75" t="s">
-        <v>137</v>
+        <v>112</v>
       </c>
       <c r="F75" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="G75" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H75">
-        <v>2017</v>
+        <v>2015</v>
       </c>
       <c r="I75"/>
       <c r="J75" t="s">
-        <v>33</v>
+        <v>113</v>
       </c>
       <c r="K75" t="s">
         <v>24</v>
       </c>
       <c r="L75" t="s">
-        <v>438</v>
+        <v>456</v>
       </c>
       <c r="M75" t="s">
-        <v>140</v>
+        <v>262</v>
       </c>
       <c r="N75" t="s">
         <v>27</v>
       </c>
       <c r="O75" t="s">
-        <v>452</v>
+        <v>457</v>
       </c>
       <c r="P75" t="s">
-        <v>453</v>
+        <v>458</v>
       </c>
     </row>
     <row r="76" spans="1:16">
       <c r="A76" t="s">
-        <v>454</v>
+        <v>459</v>
       </c>
       <c r="B76" t="s">
-        <v>455</v>
+        <v>460</v>
       </c>
       <c r="C76" t="s">
-        <v>136</v>
+        <v>461</v>
       </c>
       <c r="D76" t="s">
-        <v>432</v>
+        <v>462</v>
       </c>
       <c r="E76" t="s">
-        <v>137</v>
+        <v>20</v>
       </c>
       <c r="F76" t="s">
-        <v>58</v>
+        <v>33</v>
       </c>
       <c r="G76" t="s">
-        <v>22</v>
-[...1 lines deleted...]
-      <c r="H76"/>
+        <v>463</v>
+      </c>
+      <c r="H76">
+        <v>2010</v>
+      </c>
       <c r="I76">
-        <v>2016</v>
+        <v>2011</v>
       </c>
       <c r="J76" t="s">
-        <v>33</v>
+        <v>464</v>
       </c>
       <c r="K76" t="s">
         <v>24</v>
       </c>
-      <c r="L76" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L76"/>
       <c r="M76" t="s">
-        <v>140</v>
+        <v>465</v>
       </c>
       <c r="N76" t="s">
         <v>27</v>
       </c>
       <c r="O76" t="s">
-        <v>457</v>
+        <v>466</v>
       </c>
       <c r="P76" t="s">
-        <v>458</v>
+        <v>467</v>
       </c>
     </row>
     <row r="77" spans="1:16">
       <c r="A77" t="s">
-        <v>459</v>
+        <v>468</v>
       </c>
       <c r="B77" t="s">
-        <v>460</v>
+        <v>469</v>
       </c>
       <c r="C77" t="s">
-        <v>18</v>
+        <v>461</v>
       </c>
       <c r="D77" t="s">
-        <v>461</v>
+        <v>470</v>
       </c>
       <c r="E77" t="s">
         <v>20</v>
       </c>
       <c r="F77" t="s">
-        <v>21</v>
+        <v>126</v>
       </c>
       <c r="G77" t="s">
-        <v>71</v>
+        <v>463</v>
       </c>
       <c r="H77">
-        <v>2014</v>
+        <v>2018</v>
       </c>
       <c r="I77"/>
       <c r="J77" t="s">
-        <v>33</v>
+        <v>464</v>
       </c>
       <c r="K77" t="s">
         <v>24</v>
       </c>
-      <c r="L77" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L77"/>
       <c r="M77" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="N77" t="s">
         <v>27</v>
       </c>
       <c r="O77" t="s">
-        <v>464</v>
+        <v>471</v>
       </c>
       <c r="P77" t="s">
-        <v>465</v>
+        <v>472</v>
       </c>
     </row>
     <row r="78" spans="1:16">
       <c r="A78" t="s">
-        <v>466</v>
+        <v>473</v>
       </c>
       <c r="B78" t="s">
-        <v>467</v>
+        <v>474</v>
       </c>
       <c r="C78" t="s">
-        <v>18</v>
+        <v>475</v>
       </c>
       <c r="D78" t="s">
-        <v>468</v>
+        <v>405</v>
       </c>
       <c r="E78" t="s">
-        <v>20</v>
+        <v>112</v>
       </c>
       <c r="F78" t="s">
-        <v>21</v>
+        <v>52</v>
       </c>
       <c r="G78" t="s">
-        <v>71</v>
+        <v>22</v>
       </c>
       <c r="H78">
-        <v>2017</v>
-[...1 lines deleted...]
-      <c r="I78"/>
+        <v>1994</v>
+      </c>
+      <c r="I78">
+        <v>2020</v>
+      </c>
       <c r="J78" t="s">
-        <v>33</v>
+        <v>476</v>
       </c>
       <c r="K78" t="s">
         <v>24</v>
       </c>
       <c r="L78" t="s">
-        <v>469</v>
+        <v>477</v>
       </c>
       <c r="M78" t="s">
-        <v>26</v>
+        <v>478</v>
       </c>
       <c r="N78" t="s">
         <v>27</v>
       </c>
       <c r="O78" t="s">
-        <v>470</v>
+        <v>479</v>
       </c>
       <c r="P78" t="s">
-        <v>471</v>
+        <v>480</v>
       </c>
     </row>
     <row r="79" spans="1:16">
       <c r="A79" t="s">
-        <v>472</v>
+        <v>481</v>
       </c>
       <c r="B79" t="s">
-        <v>473</v>
+        <v>482</v>
       </c>
       <c r="C79" t="s">
-        <v>18</v>
+        <v>483</v>
       </c>
       <c r="D79" t="s">
-        <v>474</v>
+        <v>320</v>
       </c>
       <c r="E79" t="s">
-        <v>20</v>
+        <v>112</v>
       </c>
       <c r="F79" t="s">
-        <v>21</v>
+        <v>52</v>
       </c>
       <c r="G79" t="s">
-        <v>71</v>
+        <v>22</v>
       </c>
       <c r="H79">
-        <v>2017</v>
-[...1 lines deleted...]
-      <c r="I79"/>
+        <v>1992</v>
+      </c>
+      <c r="I79">
+        <v>2020</v>
+      </c>
       <c r="J79" t="s">
-        <v>33</v>
+        <v>476</v>
       </c>
       <c r="K79" t="s">
         <v>24</v>
       </c>
       <c r="L79" t="s">
-        <v>475</v>
+        <v>484</v>
       </c>
       <c r="M79" t="s">
-        <v>26</v>
+        <v>478</v>
       </c>
       <c r="N79" t="s">
         <v>27</v>
       </c>
       <c r="O79" t="s">
-        <v>476</v>
+        <v>485</v>
       </c>
       <c r="P79" t="s">
-        <v>477</v>
+        <v>486</v>
       </c>
     </row>
     <row r="80" spans="1:16">
       <c r="A80" t="s">
-        <v>478</v>
+        <v>487</v>
       </c>
       <c r="B80" t="s">
-        <v>479</v>
+        <v>488</v>
       </c>
       <c r="C80" t="s">
-        <v>136</v>
+        <v>475</v>
       </c>
       <c r="D80" t="s">
-        <v>376</v>
+        <v>354</v>
       </c>
       <c r="E80" t="s">
-        <v>137</v>
+        <v>112</v>
       </c>
       <c r="F80" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="G80" t="s">
         <v>22</v>
       </c>
       <c r="H80">
-        <v>2000</v>
+        <v>2001</v>
       </c>
       <c r="I80">
-        <v>2015</v>
+        <v>2019</v>
       </c>
       <c r="J80" t="s">
-        <v>138</v>
+        <v>476</v>
       </c>
       <c r="K80" t="s">
         <v>24</v>
       </c>
       <c r="L80" t="s">
-        <v>377</v>
+        <v>489</v>
       </c>
       <c r="M80" t="s">
-        <v>140</v>
+        <v>478</v>
       </c>
       <c r="N80" t="s">
         <v>27</v>
       </c>
       <c r="O80" t="s">
-        <v>480</v>
+        <v>490</v>
       </c>
       <c r="P80" t="s">
-        <v>481</v>
+        <v>491</v>
       </c>
     </row>
     <row r="81" spans="1:16">
       <c r="A81" t="s">
-        <v>482</v>
+        <v>492</v>
       </c>
       <c r="B81" t="s">
-        <v>483</v>
+        <v>493</v>
       </c>
       <c r="C81" t="s">
-        <v>136</v>
+        <v>102</v>
       </c>
       <c r="D81" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="E81" t="s">
-        <v>137</v>
+        <v>112</v>
       </c>
       <c r="F81" t="s">
-        <v>58</v>
+        <v>93</v>
       </c>
       <c r="G81" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H81">
-        <v>2015</v>
+        <v>2017</v>
       </c>
       <c r="I81"/>
       <c r="J81" t="s">
-        <v>138</v>
+        <v>103</v>
       </c>
       <c r="K81" t="s">
-        <v>24</v>
+        <v>104</v>
       </c>
       <c r="L81" t="s">
-        <v>484</v>
+        <v>105</v>
       </c>
       <c r="M81" t="s">
-        <v>284</v>
+        <v>106</v>
       </c>
       <c r="N81" t="s">
-        <v>27</v>
+        <v>97</v>
       </c>
       <c r="O81" t="s">
-        <v>485</v>
+        <v>494</v>
       </c>
       <c r="P81" t="s">
-        <v>486</v>
+        <v>495</v>
       </c>
     </row>
     <row r="82" spans="1:16">
       <c r="A82" t="s">
-        <v>487</v>
+        <v>496</v>
       </c>
       <c r="B82" t="s">
-        <v>488</v>
+        <v>497</v>
       </c>
       <c r="C82" t="s">
-        <v>489</v>
+        <v>102</v>
       </c>
       <c r="D82" t="s">
-        <v>490</v>
+        <v>91</v>
       </c>
       <c r="E82" t="s">
         <v>20</v>
       </c>
       <c r="F82" t="s">
-        <v>41</v>
+        <v>93</v>
       </c>
       <c r="G82" t="s">
-        <v>491</v>
+        <v>65</v>
       </c>
       <c r="H82">
-        <v>2010</v>
-[...3 lines deleted...]
-      </c>
+        <v>2021</v>
+      </c>
+      <c r="I82"/>
       <c r="J82" t="s">
-        <v>492</v>
+        <v>170</v>
       </c>
       <c r="K82" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="L82"/>
+        <v>104</v>
+      </c>
+      <c r="L82" t="s">
+        <v>105</v>
+      </c>
       <c r="M82" t="s">
-        <v>493</v>
+        <v>106</v>
       </c>
       <c r="N82" t="s">
-        <v>27</v>
+        <v>97</v>
       </c>
       <c r="O82" t="s">
-        <v>494</v>
-[...3 lines deleted...]
-      </c>
+        <v>498</v>
+      </c>
+      <c r="P82"/>
     </row>
     <row r="83" spans="1:16">
       <c r="A83" t="s">
-        <v>496</v>
+        <v>499</v>
       </c>
       <c r="B83" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="C83" t="s">
-        <v>489</v>
+        <v>111</v>
       </c>
       <c r="D83" t="s">
-        <v>498</v>
+        <v>332</v>
       </c>
       <c r="E83" t="s">
-        <v>20</v>
+        <v>112</v>
       </c>
       <c r="F83" t="s">
-        <v>150</v>
+        <v>21</v>
       </c>
       <c r="G83" t="s">
-        <v>491</v>
+        <v>22</v>
       </c>
       <c r="H83">
-        <v>2018</v>
-[...1 lines deleted...]
-      <c r="I83"/>
+        <v>1981</v>
+      </c>
+      <c r="I83">
+        <v>1982</v>
+      </c>
       <c r="J83" t="s">
-        <v>492</v>
+        <v>113</v>
       </c>
       <c r="K83" t="s">
         <v>24</v>
       </c>
-      <c r="L83"/>
+      <c r="L83" t="s">
+        <v>501</v>
+      </c>
       <c r="M83" t="s">
-        <v>493</v>
+        <v>262</v>
       </c>
       <c r="N83" t="s">
         <v>27</v>
       </c>
       <c r="O83" t="s">
-        <v>499</v>
+        <v>502</v>
       </c>
       <c r="P83" t="s">
-        <v>500</v>
+        <v>117</v>
       </c>
     </row>
     <row r="84" spans="1:16">
       <c r="A84" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
       <c r="B84" t="s">
-        <v>502</v>
+        <v>175</v>
       </c>
       <c r="C84" t="s">
-        <v>503</v>
+        <v>162</v>
       </c>
       <c r="D84" t="s">
-        <v>427</v>
+        <v>504</v>
       </c>
       <c r="E84" t="s">
-        <v>137</v>
+        <v>20</v>
       </c>
       <c r="F84" t="s">
-        <v>58</v>
+        <v>126</v>
       </c>
       <c r="G84" t="s">
-        <v>22</v>
+        <v>65</v>
       </c>
       <c r="H84">
-        <v>1994</v>
-[...3 lines deleted...]
-      </c>
+        <v>2017</v>
+      </c>
+      <c r="I84"/>
       <c r="J84" t="s">
-        <v>504</v>
+        <v>74</v>
       </c>
       <c r="K84" t="s">
         <v>24</v>
       </c>
       <c r="L84" t="s">
         <v>505</v>
       </c>
       <c r="M84" t="s">
+        <v>164</v>
+      </c>
+      <c r="N84" t="s">
+        <v>27</v>
+      </c>
+      <c r="O84" t="s">
         <v>506</v>
       </c>
-      <c r="N84" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="P84"/>
     </row>
     <row r="85" spans="1:16">
       <c r="A85" t="s">
+        <v>507</v>
+      </c>
+      <c r="B85" t="s">
+        <v>508</v>
+      </c>
+      <c r="C85" t="s">
+        <v>147</v>
+      </c>
+      <c r="D85" t="s">
+        <v>179</v>
+      </c>
+      <c r="E85" t="s">
+        <v>20</v>
+      </c>
+      <c r="F85" t="s">
+        <v>21</v>
+      </c>
+      <c r="G85" t="s">
+        <v>65</v>
+      </c>
+      <c r="H85">
+        <v>2017</v>
+      </c>
+      <c r="I85"/>
+      <c r="J85" t="s">
+        <v>74</v>
+      </c>
+      <c r="K85" t="s">
+        <v>24</v>
+      </c>
+      <c r="L85" t="s">
+        <v>180</v>
+      </c>
+      <c r="M85" t="s">
+        <v>149</v>
+      </c>
+      <c r="N85" t="s">
+        <v>27</v>
+      </c>
+      <c r="O85" t="s">
         <v>509</v>
       </c>
-      <c r="B85" t="s">
+      <c r="P85" t="s">
         <v>510</v>
-      </c>
-[...40 lines deleted...]
-        <v>514</v>
       </c>
     </row>
     <row r="86" spans="1:16">
       <c r="A86" t="s">
-        <v>515</v>
+        <v>511</v>
       </c>
       <c r="B86" t="s">
-        <v>516</v>
+        <v>512</v>
       </c>
       <c r="C86" t="s">
-        <v>503</v>
+        <v>111</v>
       </c>
       <c r="D86" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="E86" t="s">
-        <v>137</v>
+        <v>112</v>
       </c>
       <c r="F86" t="s">
-        <v>58</v>
+        <v>21</v>
       </c>
       <c r="G86" t="s">
-        <v>22</v>
+        <v>65</v>
       </c>
       <c r="H86">
-        <v>2001</v>
-[...3 lines deleted...]
-      </c>
+        <v>2009</v>
+      </c>
+      <c r="I86"/>
       <c r="J86" t="s">
-        <v>504</v>
+        <v>113</v>
       </c>
       <c r="K86" t="s">
         <v>24</v>
       </c>
       <c r="L86" t="s">
-        <v>517</v>
+        <v>513</v>
       </c>
       <c r="M86" t="s">
-        <v>506</v>
+        <v>115</v>
       </c>
       <c r="N86" t="s">
         <v>27</v>
       </c>
       <c r="O86" t="s">
-        <v>518</v>
+        <v>514</v>
       </c>
       <c r="P86" t="s">
-        <v>519</v>
+        <v>117</v>
       </c>
     </row>
     <row r="87" spans="1:16">
       <c r="A87" t="s">
-        <v>520</v>
+        <v>515</v>
       </c>
       <c r="B87" t="s">
-        <v>521</v>
+        <v>515</v>
       </c>
       <c r="C87" t="s">
-        <v>127</v>
+        <v>111</v>
       </c>
       <c r="D87" t="s">
-        <v>116</v>
+        <v>516</v>
       </c>
       <c r="E87" t="s">
-        <v>137</v>
+        <v>112</v>
       </c>
       <c r="F87" t="s">
-        <v>118</v>
+        <v>21</v>
       </c>
       <c r="G87" t="s">
-        <v>71</v>
+        <v>22</v>
       </c>
       <c r="H87">
-        <v>2017</v>
-[...1 lines deleted...]
-      <c r="I87"/>
+        <v>2002</v>
+      </c>
+      <c r="I87">
+        <v>2001</v>
+      </c>
       <c r="J87" t="s">
-        <v>128</v>
+        <v>113</v>
       </c>
       <c r="K87" t="s">
-        <v>129</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L87"/>
       <c r="M87" t="s">
-        <v>131</v>
+        <v>115</v>
       </c>
       <c r="N87" t="s">
-        <v>122</v>
+        <v>27</v>
       </c>
       <c r="O87" t="s">
-        <v>522</v>
+        <v>517</v>
       </c>
       <c r="P87" t="s">
-        <v>523</v>
+        <v>117</v>
       </c>
     </row>
     <row r="88" spans="1:16">
       <c r="A88" t="s">
-        <v>524</v>
+        <v>518</v>
       </c>
       <c r="B88" t="s">
-        <v>525</v>
+        <v>519</v>
       </c>
       <c r="C88" t="s">
-        <v>127</v>
+        <v>111</v>
       </c>
       <c r="D88" t="s">
-        <v>116</v>
+        <v>520</v>
       </c>
       <c r="E88" t="s">
-        <v>20</v>
+        <v>112</v>
       </c>
       <c r="F88" t="s">
-        <v>118</v>
+        <v>21</v>
       </c>
       <c r="G88" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H88">
-        <v>2021</v>
+        <v>2003</v>
       </c>
       <c r="I88"/>
       <c r="J88" t="s">
-        <v>193</v>
+        <v>113</v>
       </c>
       <c r="K88" t="s">
-        <v>129</v>
+        <v>343</v>
       </c>
       <c r="L88" t="s">
-        <v>130</v>
+        <v>521</v>
       </c>
       <c r="M88" t="s">
-        <v>131</v>
+        <v>262</v>
       </c>
       <c r="N88" t="s">
-        <v>122</v>
+        <v>27</v>
       </c>
       <c r="O88" t="s">
-        <v>526</v>
-[...1 lines deleted...]
-      <c r="P88"/>
+        <v>522</v>
+      </c>
+      <c r="P88" t="s">
+        <v>117</v>
+      </c>
     </row>
     <row r="89" spans="1:16">
       <c r="A89" t="s">
-        <v>527</v>
+        <v>518</v>
       </c>
       <c r="B89" t="s">
-        <v>528</v>
+        <v>519</v>
       </c>
       <c r="C89" t="s">
-        <v>136</v>
+        <v>111</v>
       </c>
       <c r="D89" t="s">
-        <v>354</v>
+        <v>520</v>
       </c>
       <c r="E89" t="s">
-        <v>137</v>
+        <v>112</v>
       </c>
       <c r="F89" t="s">
         <v>21</v>
       </c>
       <c r="G89" t="s">
-        <v>22</v>
+        <v>65</v>
       </c>
       <c r="H89">
-        <v>1981</v>
-[...3 lines deleted...]
-      </c>
+        <v>2003</v>
+      </c>
+      <c r="I89"/>
       <c r="J89" t="s">
-        <v>138</v>
+        <v>113</v>
       </c>
       <c r="K89" t="s">
-        <v>24</v>
+        <v>523</v>
       </c>
       <c r="L89" t="s">
-        <v>529</v>
+        <v>521</v>
       </c>
       <c r="M89" t="s">
-        <v>284</v>
+        <v>115</v>
       </c>
       <c r="N89" t="s">
         <v>27</v>
       </c>
       <c r="O89" t="s">
-        <v>530</v>
+        <v>524</v>
       </c>
       <c r="P89" t="s">
-        <v>142</v>
+        <v>117</v>
       </c>
     </row>
     <row r="90" spans="1:16">
       <c r="A90" t="s">
-        <v>531</v>
+        <v>525</v>
       </c>
       <c r="B90" t="s">
-        <v>198</v>
+        <v>526</v>
       </c>
       <c r="C90" t="s">
-        <v>185</v>
+        <v>527</v>
       </c>
       <c r="D90" t="s">
-        <v>532</v>
+        <v>528</v>
       </c>
       <c r="E90" t="s">
         <v>20</v>
       </c>
       <c r="F90" t="s">
-        <v>150</v>
+        <v>33</v>
       </c>
       <c r="G90" t="s">
-        <v>71</v>
+        <v>22</v>
       </c>
       <c r="H90">
-        <v>2017</v>
-[...1 lines deleted...]
-      <c r="I90"/>
+        <v>2019</v>
+      </c>
+      <c r="I90">
+        <v>2019</v>
+      </c>
       <c r="J90" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="K90" t="s">
         <v>24</v>
       </c>
       <c r="L90" t="s">
-        <v>533</v>
+        <v>529</v>
       </c>
       <c r="M90" t="s">
-        <v>187</v>
+        <v>530</v>
       </c>
       <c r="N90" t="s">
         <v>27</v>
       </c>
       <c r="O90" t="s">
-        <v>534</v>
-[...1 lines deleted...]
-      <c r="P90"/>
+        <v>531</v>
+      </c>
+      <c r="P90" t="s">
+        <v>532</v>
+      </c>
     </row>
     <row r="91" spans="1:16">
       <c r="A91" t="s">
+        <v>533</v>
+      </c>
+      <c r="B91" t="s">
+        <v>534</v>
+      </c>
+      <c r="C91" t="s">
+        <v>111</v>
+      </c>
+      <c r="D91" t="s">
+        <v>405</v>
+      </c>
+      <c r="E91" t="s">
+        <v>112</v>
+      </c>
+      <c r="F91" t="s">
+        <v>52</v>
+      </c>
+      <c r="G91" t="s">
+        <v>22</v>
+      </c>
+      <c r="H91">
+        <v>2000</v>
+      </c>
+      <c r="I91">
+        <v>2013</v>
+      </c>
+      <c r="J91" t="s">
+        <v>113</v>
+      </c>
+      <c r="K91" t="s">
+        <v>24</v>
+      </c>
+      <c r="L91" t="s">
         <v>535</v>
       </c>
-      <c r="B91" t="s">
+      <c r="M91" t="s">
+        <v>115</v>
+      </c>
+      <c r="N91" t="s">
+        <v>27</v>
+      </c>
+      <c r="O91" t="s">
         <v>536</v>
       </c>
-      <c r="C91" t="s">
-[...33 lines deleted...]
-      <c r="O91" t="s">
+      <c r="P91" t="s">
         <v>537</v>
-      </c>
-[...1 lines deleted...]
-        <v>538</v>
       </c>
     </row>
     <row r="92" spans="1:16">
       <c r="A92" t="s">
+        <v>538</v>
+      </c>
+      <c r="B92" t="s">
         <v>539</v>
       </c>
-      <c r="B92" t="s">
+      <c r="C92" t="s">
+        <v>111</v>
+      </c>
+      <c r="D92" t="s">
+        <v>405</v>
+      </c>
+      <c r="E92" t="s">
+        <v>112</v>
+      </c>
+      <c r="F92" t="s">
+        <v>52</v>
+      </c>
+      <c r="G92" t="s">
+        <v>22</v>
+      </c>
+      <c r="H92">
+        <v>2000</v>
+      </c>
+      <c r="I92">
+        <v>2013</v>
+      </c>
+      <c r="J92" t="s">
+        <v>113</v>
+      </c>
+      <c r="K92" t="s">
+        <v>24</v>
+      </c>
+      <c r="L92"/>
+      <c r="M92" t="s">
+        <v>115</v>
+      </c>
+      <c r="N92" t="s">
+        <v>27</v>
+      </c>
+      <c r="O92" t="s">
         <v>540</v>
       </c>
-      <c r="C92" t="s">
-[...24 lines deleted...]
-      <c r="L92" t="s">
+      <c r="P92" t="s">
         <v>541</v>
-      </c>
-[...10 lines deleted...]
-        <v>142</v>
       </c>
     </row>
     <row r="93" spans="1:16">
       <c r="A93" t="s">
-        <v>543</v>
+        <v>542</v>
       </c>
       <c r="B93" t="s">
         <v>543</v>
       </c>
       <c r="C93" t="s">
-        <v>136</v>
+        <v>111</v>
       </c>
       <c r="D93" t="s">
-        <v>544</v>
+        <v>405</v>
       </c>
       <c r="E93" t="s">
-        <v>137</v>
+        <v>112</v>
       </c>
       <c r="F93" t="s">
-        <v>21</v>
+        <v>52</v>
       </c>
       <c r="G93" t="s">
         <v>22</v>
       </c>
       <c r="H93">
-        <v>2002</v>
+        <v>2000</v>
       </c>
       <c r="I93">
-        <v>2001</v>
+        <v>2013</v>
       </c>
       <c r="J93" t="s">
-        <v>138</v>
+        <v>113</v>
       </c>
       <c r="K93" t="s">
         <v>24</v>
       </c>
-      <c r="L93"/>
+      <c r="L93" t="s">
+        <v>535</v>
+      </c>
       <c r="M93" t="s">
-        <v>140</v>
+        <v>262</v>
       </c>
       <c r="N93" t="s">
         <v>27</v>
       </c>
       <c r="O93" t="s">
+        <v>544</v>
+      </c>
+      <c r="P93" t="s">
         <v>545</v>
-      </c>
-[...1 lines deleted...]
-        <v>142</v>
       </c>
     </row>
     <row r="94" spans="1:16">
       <c r="A94" t="s">
         <v>546</v>
       </c>
       <c r="B94" t="s">
         <v>547</v>
       </c>
       <c r="C94" t="s">
-        <v>136</v>
+        <v>111</v>
       </c>
       <c r="D94" t="s">
+        <v>64</v>
+      </c>
+      <c r="E94" t="s">
+        <v>112</v>
+      </c>
+      <c r="F94" t="s">
+        <v>52</v>
+      </c>
+      <c r="G94" t="s">
+        <v>22</v>
+      </c>
+      <c r="H94">
+        <v>2015</v>
+      </c>
+      <c r="I94">
+        <v>2015</v>
+      </c>
+      <c r="J94" t="s">
+        <v>113</v>
+      </c>
+      <c r="K94" t="s">
+        <v>24</v>
+      </c>
+      <c r="L94" t="s">
+        <v>546</v>
+      </c>
+      <c r="M94" t="s">
+        <v>115</v>
+      </c>
+      <c r="N94" t="s">
+        <v>27</v>
+      </c>
+      <c r="O94" t="s">
         <v>548</v>
       </c>
-      <c r="E94" t="s">
-[...18 lines deleted...]
-      <c r="L94" t="s">
+      <c r="P94" t="s">
         <v>549</v>
-      </c>
-[...10 lines deleted...]
-        <v>142</v>
       </c>
     </row>
     <row r="95" spans="1:16">
       <c r="A95" t="s">
-        <v>546</v>
+        <v>550</v>
       </c>
       <c r="B95" t="s">
-        <v>547</v>
+        <v>551</v>
       </c>
       <c r="C95" t="s">
-        <v>136</v>
+        <v>111</v>
       </c>
       <c r="D95" t="s">
-        <v>548</v>
+        <v>120</v>
       </c>
       <c r="E95" t="s">
-        <v>137</v>
+        <v>112</v>
       </c>
       <c r="F95" t="s">
-        <v>21</v>
+        <v>52</v>
       </c>
       <c r="G95" t="s">
-        <v>71</v>
+        <v>22</v>
       </c>
       <c r="H95">
-        <v>2003</v>
-[...1 lines deleted...]
-      <c r="I95"/>
+        <v>2008</v>
+      </c>
+      <c r="I95">
+        <v>2013</v>
+      </c>
       <c r="J95" t="s">
-        <v>138</v>
+        <v>113</v>
       </c>
       <c r="K95" t="s">
-        <v>551</v>
+        <v>24</v>
       </c>
       <c r="L95" t="s">
-        <v>549</v>
+        <v>121</v>
       </c>
       <c r="M95" t="s">
-        <v>140</v>
+        <v>262</v>
       </c>
       <c r="N95" t="s">
         <v>27</v>
       </c>
       <c r="O95" t="s">
         <v>552</v>
       </c>
       <c r="P95" t="s">
-        <v>142</v>
+        <v>553</v>
       </c>
     </row>
     <row r="96" spans="1:16">
       <c r="A96" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="B96" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="C96" t="s">
-        <v>555</v>
+        <v>111</v>
       </c>
       <c r="D96" t="s">
-        <v>556</v>
+        <v>326</v>
       </c>
       <c r="E96" t="s">
-        <v>20</v>
+        <v>112</v>
       </c>
       <c r="F96" t="s">
-        <v>41</v>
+        <v>52</v>
       </c>
       <c r="G96" t="s">
         <v>22</v>
       </c>
       <c r="H96">
-        <v>2019</v>
+        <v>2010</v>
       </c>
       <c r="I96">
-        <v>2019</v>
+        <v>2014</v>
       </c>
       <c r="J96" t="s">
-        <v>128</v>
+        <v>113</v>
       </c>
       <c r="K96" t="s">
         <v>24</v>
       </c>
-      <c r="L96" t="s">
+      <c r="L96"/>
+      <c r="M96" t="s">
+        <v>115</v>
+      </c>
+      <c r="N96" t="s">
+        <v>27</v>
+      </c>
+      <c r="O96" t="s">
+        <v>556</v>
+      </c>
+      <c r="P96" t="s">
         <v>557</v>
-      </c>
-[...10 lines deleted...]
-        <v>560</v>
       </c>
     </row>
     <row r="97" spans="1:16">
       <c r="A97" t="s">
+        <v>558</v>
+      </c>
+      <c r="B97" t="s">
+        <v>559</v>
+      </c>
+      <c r="C97" t="s">
+        <v>111</v>
+      </c>
+      <c r="D97" t="s">
+        <v>227</v>
+      </c>
+      <c r="E97" t="s">
+        <v>112</v>
+      </c>
+      <c r="F97" t="s">
+        <v>52</v>
+      </c>
+      <c r="G97" t="s">
+        <v>65</v>
+      </c>
+      <c r="H97">
+        <v>2013</v>
+      </c>
+      <c r="I97"/>
+      <c r="J97" t="s">
+        <v>113</v>
+      </c>
+      <c r="K97" t="s">
+        <v>24</v>
+      </c>
+      <c r="L97"/>
+      <c r="M97" t="s">
+        <v>262</v>
+      </c>
+      <c r="N97" t="s">
+        <v>27</v>
+      </c>
+      <c r="O97" t="s">
+        <v>560</v>
+      </c>
+      <c r="P97" t="s">
         <v>561</v>
-      </c>
-[...43 lines deleted...]
-        <v>565</v>
       </c>
     </row>
     <row r="98" spans="1:16">
       <c r="A98" t="s">
-        <v>566</v>
+        <v>562</v>
       </c>
       <c r="B98" t="s">
-        <v>567</v>
+        <v>563</v>
       </c>
       <c r="C98" t="s">
-        <v>136</v>
+        <v>111</v>
       </c>
       <c r="D98" t="s">
-        <v>427</v>
+        <v>389</v>
       </c>
       <c r="E98" t="s">
-        <v>137</v>
+        <v>112</v>
       </c>
       <c r="F98" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="G98" t="s">
         <v>22</v>
       </c>
       <c r="H98">
-        <v>2000</v>
+        <v>2011</v>
       </c>
       <c r="I98">
-        <v>2013</v>
+        <v>2011</v>
       </c>
       <c r="J98" t="s">
-        <v>138</v>
+        <v>113</v>
       </c>
       <c r="K98" t="s">
-        <v>24</v>
+        <v>343</v>
       </c>
       <c r="L98"/>
       <c r="M98" t="s">
-        <v>140</v>
+        <v>115</v>
       </c>
       <c r="N98" t="s">
         <v>27</v>
       </c>
       <c r="O98" t="s">
-        <v>568</v>
-[...3 lines deleted...]
-      </c>
+        <v>564</v>
+      </c>
+      <c r="P98"/>
     </row>
     <row r="99" spans="1:16">
       <c r="A99" t="s">
-        <v>570</v>
+        <v>565</v>
       </c>
       <c r="B99" t="s">
-        <v>571</v>
+        <v>566</v>
       </c>
       <c r="C99" t="s">
-        <v>136</v>
+        <v>111</v>
       </c>
       <c r="D99" t="s">
-        <v>427</v>
+        <v>120</v>
       </c>
       <c r="E99" t="s">
-        <v>137</v>
+        <v>112</v>
       </c>
       <c r="F99" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="G99" t="s">
         <v>22</v>
       </c>
       <c r="H99">
-        <v>2000</v>
+        <v>2008</v>
       </c>
       <c r="I99">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="J99" t="s">
-        <v>138</v>
+        <v>113</v>
       </c>
       <c r="K99" t="s">
         <v>24</v>
       </c>
-      <c r="L99" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L99"/>
       <c r="M99" t="s">
-        <v>284</v>
+        <v>262</v>
       </c>
       <c r="N99" t="s">
         <v>27</v>
       </c>
       <c r="O99" t="s">
-        <v>572</v>
+        <v>567</v>
       </c>
       <c r="P99" t="s">
-        <v>573</v>
+        <v>568</v>
       </c>
     </row>
     <row r="100" spans="1:16">
       <c r="A100" t="s">
-        <v>574</v>
+        <v>569</v>
       </c>
       <c r="B100" t="s">
-        <v>575</v>
+        <v>570</v>
       </c>
       <c r="C100" t="s">
-        <v>136</v>
+        <v>111</v>
       </c>
       <c r="D100" t="s">
-        <v>76</v>
+        <v>571</v>
       </c>
       <c r="E100" t="s">
-        <v>137</v>
+        <v>112</v>
       </c>
       <c r="F100" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="G100" t="s">
         <v>22</v>
       </c>
       <c r="H100">
-        <v>2015</v>
+        <v>2011</v>
       </c>
       <c r="I100">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="J100" t="s">
-        <v>138</v>
+        <v>113</v>
       </c>
       <c r="K100" t="s">
         <v>24</v>
       </c>
-      <c r="L100" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L100"/>
       <c r="M100" t="s">
-        <v>140</v>
+        <v>115</v>
       </c>
       <c r="N100" t="s">
         <v>27</v>
       </c>
       <c r="O100" t="s">
-        <v>576</v>
+        <v>572</v>
       </c>
       <c r="P100" t="s">
-        <v>577</v>
+        <v>573</v>
       </c>
     </row>
     <row r="101" spans="1:16">
       <c r="A101" t="s">
-        <v>578</v>
+        <v>574</v>
       </c>
       <c r="B101" t="s">
-        <v>579</v>
+        <v>575</v>
       </c>
       <c r="C101" t="s">
-        <v>136</v>
+        <v>111</v>
       </c>
       <c r="D101" t="s">
-        <v>70</v>
+        <v>239</v>
       </c>
       <c r="E101" t="s">
-        <v>137</v>
+        <v>112</v>
       </c>
       <c r="F101" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="G101" t="s">
-        <v>22</v>
+        <v>65</v>
       </c>
       <c r="H101">
-        <v>2008</v>
-[...3 lines deleted...]
-      </c>
+        <v>2014</v>
+      </c>
+      <c r="I101"/>
       <c r="J101" t="s">
-        <v>138</v>
+        <v>113</v>
       </c>
       <c r="K101" t="s">
         <v>24</v>
       </c>
-      <c r="L101" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L101"/>
       <c r="M101" t="s">
-        <v>284</v>
+        <v>115</v>
       </c>
       <c r="N101" t="s">
         <v>27</v>
       </c>
       <c r="O101" t="s">
-        <v>580</v>
+        <v>576</v>
       </c>
       <c r="P101" t="s">
-        <v>581</v>
+        <v>577</v>
       </c>
     </row>
     <row r="102" spans="1:16">
       <c r="A102" t="s">
-        <v>582</v>
+        <v>578</v>
       </c>
       <c r="B102" t="s">
-        <v>583</v>
+        <v>579</v>
       </c>
       <c r="C102" t="s">
-        <v>136</v>
+        <v>111</v>
       </c>
       <c r="D102" t="s">
-        <v>348</v>
+        <v>80</v>
       </c>
       <c r="E102" t="s">
-        <v>137</v>
+        <v>112</v>
       </c>
       <c r="F102" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="G102" t="s">
-        <v>22</v>
+        <v>65</v>
       </c>
       <c r="H102">
-        <v>2010</v>
-[...1 lines deleted...]
-      <c r="I102">
         <v>2014</v>
       </c>
+      <c r="I102"/>
       <c r="J102" t="s">
-        <v>138</v>
+        <v>113</v>
       </c>
       <c r="K102" t="s">
         <v>24</v>
       </c>
       <c r="L102"/>
       <c r="M102" t="s">
-        <v>140</v>
+        <v>262</v>
       </c>
       <c r="N102" t="s">
         <v>27</v>
       </c>
       <c r="O102" t="s">
-        <v>584</v>
+        <v>580</v>
       </c>
       <c r="P102" t="s">
-        <v>585</v>
+        <v>581</v>
       </c>
     </row>
     <row r="103" spans="1:16">
       <c r="A103" t="s">
-        <v>586</v>
+        <v>582</v>
       </c>
       <c r="B103" t="s">
-        <v>587</v>
+        <v>583</v>
       </c>
       <c r="C103" t="s">
-        <v>136</v>
+        <v>111</v>
       </c>
       <c r="D103" t="s">
-        <v>249</v>
+        <v>389</v>
       </c>
       <c r="E103" t="s">
-        <v>137</v>
+        <v>112</v>
       </c>
       <c r="F103" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="G103" t="s">
-        <v>71</v>
+        <v>22</v>
       </c>
       <c r="H103">
         <v>2013</v>
       </c>
-      <c r="I103"/>
+      <c r="I103">
+        <v>2014</v>
+      </c>
       <c r="J103" t="s">
-        <v>138</v>
+        <v>113</v>
       </c>
       <c r="K103" t="s">
         <v>24</v>
       </c>
       <c r="L103"/>
       <c r="M103" t="s">
-        <v>284</v>
+        <v>262</v>
       </c>
       <c r="N103" t="s">
         <v>27</v>
       </c>
       <c r="O103" t="s">
-        <v>588</v>
+        <v>584</v>
       </c>
       <c r="P103" t="s">
-        <v>589</v>
+        <v>585</v>
       </c>
     </row>
     <row r="104" spans="1:16">
       <c r="A104" t="s">
-        <v>590</v>
+        <v>586</v>
       </c>
       <c r="B104" t="s">
-        <v>591</v>
+        <v>587</v>
       </c>
       <c r="C104" t="s">
-        <v>136</v>
+        <v>111</v>
       </c>
       <c r="D104" t="s">
-        <v>411</v>
+        <v>120</v>
       </c>
       <c r="E104" t="s">
-        <v>137</v>
+        <v>112</v>
       </c>
       <c r="F104" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="G104" t="s">
         <v>22</v>
       </c>
       <c r="H104">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="I104">
-        <v>2011</v>
+        <v>2014</v>
       </c>
       <c r="J104" t="s">
-        <v>138</v>
+        <v>113</v>
       </c>
       <c r="K104" t="s">
-        <v>365</v>
+        <v>24</v>
       </c>
       <c r="L104"/>
       <c r="M104" t="s">
-        <v>140</v>
+        <v>262</v>
       </c>
       <c r="N104" t="s">
         <v>27</v>
       </c>
       <c r="O104" t="s">
-        <v>592</v>
-[...1 lines deleted...]
-      <c r="P104"/>
+        <v>588</v>
+      </c>
+      <c r="P104" t="s">
+        <v>589</v>
+      </c>
     </row>
     <row r="105" spans="1:16">
       <c r="A105" t="s">
-        <v>593</v>
+        <v>590</v>
       </c>
       <c r="B105" t="s">
-        <v>594</v>
+        <v>591</v>
       </c>
       <c r="C105" t="s">
-        <v>136</v>
+        <v>111</v>
       </c>
       <c r="D105" t="s">
-        <v>70</v>
+        <v>592</v>
       </c>
       <c r="E105" t="s">
-        <v>137</v>
+        <v>112</v>
       </c>
       <c r="F105" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="G105" t="s">
-        <v>22</v>
+        <v>65</v>
       </c>
       <c r="H105">
-        <v>2008</v>
-[...3 lines deleted...]
-      </c>
+        <v>2015</v>
+      </c>
+      <c r="I105"/>
       <c r="J105" t="s">
-        <v>138</v>
+        <v>113</v>
       </c>
       <c r="K105" t="s">
         <v>24</v>
       </c>
       <c r="L105"/>
       <c r="M105" t="s">
-        <v>284</v>
+        <v>262</v>
       </c>
       <c r="N105" t="s">
         <v>27</v>
       </c>
       <c r="O105" t="s">
-        <v>595</v>
+        <v>593</v>
       </c>
       <c r="P105" t="s">
-        <v>596</v>
+        <v>594</v>
       </c>
     </row>
     <row r="106" spans="1:16">
       <c r="A106" t="s">
+        <v>595</v>
+      </c>
+      <c r="B106" t="s">
+        <v>596</v>
+      </c>
+      <c r="C106" t="s">
+        <v>111</v>
+      </c>
+      <c r="D106" t="s">
         <v>597</v>
       </c>
-      <c r="B106" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E106" t="s">
-        <v>137</v>
+        <v>112</v>
       </c>
       <c r="F106" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="G106" t="s">
         <v>22</v>
       </c>
       <c r="H106">
-        <v>2011</v>
+        <v>2015</v>
       </c>
       <c r="I106">
-        <v>2013</v>
+        <v>2015</v>
       </c>
       <c r="J106" t="s">
-        <v>138</v>
+        <v>113</v>
       </c>
       <c r="K106" t="s">
         <v>24</v>
       </c>
-      <c r="L106"/>
+      <c r="L106" t="s">
+        <v>595</v>
+      </c>
       <c r="M106" t="s">
-        <v>140</v>
+        <v>262</v>
       </c>
       <c r="N106" t="s">
         <v>27</v>
       </c>
       <c r="O106" t="s">
-        <v>600</v>
+        <v>598</v>
       </c>
       <c r="P106" t="s">
-        <v>601</v>
+        <v>599</v>
       </c>
     </row>
     <row r="107" spans="1:16">
       <c r="A107" t="s">
-        <v>602</v>
+        <v>600</v>
       </c>
       <c r="B107" t="s">
-        <v>603</v>
+        <v>601</v>
       </c>
       <c r="C107" t="s">
-        <v>136</v>
+        <v>111</v>
       </c>
       <c r="D107" t="s">
-        <v>261</v>
+        <v>288</v>
       </c>
       <c r="E107" t="s">
-        <v>137</v>
+        <v>112</v>
       </c>
       <c r="F107" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="G107" t="s">
-        <v>71</v>
+        <v>22</v>
       </c>
       <c r="H107">
-        <v>2014</v>
-[...1 lines deleted...]
-      <c r="I107"/>
+        <v>2006</v>
+      </c>
+      <c r="I107">
+        <v>2016</v>
+      </c>
       <c r="J107" t="s">
-        <v>138</v>
+        <v>113</v>
       </c>
       <c r="K107" t="s">
         <v>24</v>
       </c>
       <c r="L107"/>
       <c r="M107" t="s">
-        <v>140</v>
+        <v>262</v>
       </c>
       <c r="N107" t="s">
         <v>27</v>
       </c>
       <c r="O107" t="s">
-        <v>604</v>
+        <v>602</v>
       </c>
       <c r="P107" t="s">
-        <v>605</v>
+        <v>603</v>
       </c>
     </row>
     <row r="108" spans="1:16">
       <c r="A108" t="s">
+        <v>604</v>
+      </c>
+      <c r="B108" t="s">
+        <v>605</v>
+      </c>
+      <c r="C108" t="s">
+        <v>111</v>
+      </c>
+      <c r="D108" t="s">
         <v>606</v>
       </c>
-      <c r="B108" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E108" t="s">
-        <v>137</v>
+        <v>112</v>
       </c>
       <c r="F108" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="G108" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H108">
-        <v>2014</v>
+        <v>2016</v>
       </c>
       <c r="I108"/>
       <c r="J108" t="s">
-        <v>138</v>
+        <v>113</v>
       </c>
       <c r="K108" t="s">
         <v>24</v>
       </c>
       <c r="L108"/>
       <c r="M108" t="s">
-        <v>284</v>
+        <v>262</v>
       </c>
       <c r="N108" t="s">
         <v>27</v>
       </c>
       <c r="O108" t="s">
+        <v>607</v>
+      </c>
+      <c r="P108" t="s">
         <v>608</v>
-      </c>
-[...1 lines deleted...]
-        <v>609</v>
       </c>
     </row>
     <row r="109" spans="1:16">
       <c r="A109" t="s">
+        <v>609</v>
+      </c>
+      <c r="B109" t="s">
         <v>610</v>
       </c>
-      <c r="B109" t="s">
+      <c r="C109" t="s">
+        <v>111</v>
+      </c>
+      <c r="D109" t="s">
         <v>611</v>
       </c>
-      <c r="C109" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E109" t="s">
-        <v>137</v>
+        <v>112</v>
       </c>
       <c r="F109" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="G109" t="s">
-        <v>22</v>
+        <v>65</v>
       </c>
       <c r="H109">
-        <v>2013</v>
-[...3 lines deleted...]
-      </c>
+        <v>2016</v>
+      </c>
+      <c r="I109"/>
       <c r="J109" t="s">
-        <v>138</v>
+        <v>113</v>
       </c>
       <c r="K109" t="s">
         <v>24</v>
       </c>
       <c r="L109"/>
       <c r="M109" t="s">
-        <v>284</v>
+        <v>262</v>
       </c>
       <c r="N109" t="s">
         <v>27</v>
       </c>
       <c r="O109" t="s">
         <v>612</v>
       </c>
       <c r="P109" t="s">
         <v>613</v>
       </c>
     </row>
     <row r="110" spans="1:16">
       <c r="A110" t="s">
         <v>614</v>
       </c>
       <c r="B110" t="s">
         <v>615</v>
       </c>
       <c r="C110" t="s">
-        <v>136</v>
+        <v>111</v>
       </c>
       <c r="D110" t="s">
-        <v>70</v>
+        <v>616</v>
       </c>
       <c r="E110" t="s">
-        <v>137</v>
+        <v>112</v>
       </c>
       <c r="F110" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="G110" t="s">
-        <v>22</v>
+        <v>65</v>
       </c>
       <c r="H110">
-        <v>2012</v>
-[...3 lines deleted...]
-      </c>
+        <v>2016</v>
+      </c>
+      <c r="I110"/>
       <c r="J110" t="s">
-        <v>138</v>
+        <v>113</v>
       </c>
       <c r="K110" t="s">
         <v>24</v>
       </c>
       <c r="L110"/>
       <c r="M110" t="s">
-        <v>284</v>
+        <v>262</v>
       </c>
       <c r="N110" t="s">
         <v>27</v>
       </c>
       <c r="O110" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="P110" t="s">
-        <v>617</v>
+        <v>613</v>
       </c>
     </row>
     <row r="111" spans="1:16">
       <c r="A111" t="s">
         <v>618</v>
       </c>
       <c r="B111" t="s">
         <v>619</v>
       </c>
       <c r="C111" t="s">
-        <v>136</v>
+        <v>111</v>
       </c>
       <c r="D111" t="s">
-        <v>620</v>
+        <v>320</v>
       </c>
       <c r="E111" t="s">
-        <v>137</v>
+        <v>112</v>
       </c>
       <c r="F111" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="G111" t="s">
-        <v>71</v>
+        <v>22</v>
       </c>
       <c r="H111">
-        <v>2015</v>
-[...1 lines deleted...]
-      <c r="I111"/>
+        <v>2000</v>
+      </c>
+      <c r="I111">
+        <v>2016</v>
+      </c>
       <c r="J111" t="s">
-        <v>138</v>
+        <v>113</v>
       </c>
       <c r="K111" t="s">
         <v>24</v>
       </c>
       <c r="L111"/>
       <c r="M111" t="s">
-        <v>284</v>
+        <v>115</v>
       </c>
       <c r="N111" t="s">
         <v>27</v>
       </c>
       <c r="O111" t="s">
+        <v>620</v>
+      </c>
+      <c r="P111" t="s">
         <v>621</v>
-      </c>
-[...1 lines deleted...]
-        <v>622</v>
       </c>
     </row>
     <row r="112" spans="1:16">
       <c r="A112" t="s">
+        <v>622</v>
+      </c>
+      <c r="B112" t="s">
         <v>623</v>
       </c>
-      <c r="B112" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C112" t="s">
-        <v>136</v>
+        <v>111</v>
       </c>
       <c r="D112" t="s">
-        <v>625</v>
+        <v>320</v>
       </c>
       <c r="E112" t="s">
-        <v>137</v>
+        <v>112</v>
       </c>
       <c r="F112" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="G112" t="s">
         <v>22</v>
       </c>
       <c r="H112">
-        <v>2015</v>
+        <v>2000</v>
       </c>
       <c r="I112">
         <v>2015</v>
       </c>
       <c r="J112" t="s">
-        <v>138</v>
+        <v>113</v>
       </c>
       <c r="K112" t="s">
         <v>24</v>
       </c>
-      <c r="L112" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L112"/>
       <c r="M112" t="s">
-        <v>284</v>
+        <v>262</v>
       </c>
       <c r="N112" t="s">
         <v>27</v>
       </c>
       <c r="O112" t="s">
-        <v>626</v>
+        <v>624</v>
       </c>
       <c r="P112" t="s">
-        <v>627</v>
+        <v>625</v>
       </c>
     </row>
     <row r="113" spans="1:16">
       <c r="A113" t="s">
-        <v>628</v>
+        <v>626</v>
       </c>
       <c r="B113" t="s">
-        <v>629</v>
+        <v>627</v>
       </c>
       <c r="C113" t="s">
-        <v>136</v>
+        <v>111</v>
       </c>
       <c r="D113" t="s">
-        <v>310</v>
+        <v>354</v>
       </c>
       <c r="E113" t="s">
-        <v>137</v>
+        <v>112</v>
       </c>
       <c r="F113" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="G113" t="s">
         <v>22</v>
       </c>
       <c r="H113">
-        <v>2006</v>
+        <v>2000</v>
       </c>
       <c r="I113">
-        <v>2016</v>
+        <v>2013</v>
       </c>
       <c r="J113" t="s">
-        <v>138</v>
+        <v>113</v>
       </c>
       <c r="K113" t="s">
         <v>24</v>
       </c>
-      <c r="L113"/>
+      <c r="L113" t="s">
+        <v>535</v>
+      </c>
       <c r="M113" t="s">
-        <v>284</v>
+        <v>262</v>
       </c>
       <c r="N113" t="s">
         <v>27</v>
       </c>
       <c r="O113" t="s">
-        <v>630</v>
+        <v>628</v>
       </c>
       <c r="P113" t="s">
-        <v>631</v>
+        <v>629</v>
       </c>
     </row>
     <row r="114" spans="1:16">
       <c r="A114" t="s">
-        <v>632</v>
+        <v>630</v>
       </c>
       <c r="B114" t="s">
-        <v>633</v>
+        <v>631</v>
       </c>
       <c r="C114" t="s">
-        <v>136</v>
+        <v>111</v>
       </c>
       <c r="D114" t="s">
-        <v>634</v>
+        <v>80</v>
       </c>
       <c r="E114" t="s">
-        <v>137</v>
+        <v>112</v>
       </c>
       <c r="F114" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="G114" t="s">
-        <v>71</v>
+        <v>22</v>
       </c>
       <c r="H114">
-        <v>2016</v>
-[...1 lines deleted...]
-      <c r="I114"/>
+        <v>2001</v>
+      </c>
+      <c r="I114">
+        <v>2013</v>
+      </c>
       <c r="J114" t="s">
-        <v>138</v>
+        <v>113</v>
       </c>
       <c r="K114" t="s">
         <v>24</v>
       </c>
       <c r="L114"/>
       <c r="M114" t="s">
-        <v>284</v>
+        <v>115</v>
       </c>
       <c r="N114" t="s">
         <v>27</v>
       </c>
       <c r="O114" t="s">
-        <v>635</v>
+        <v>632</v>
       </c>
       <c r="P114" t="s">
-        <v>636</v>
+        <v>633</v>
       </c>
     </row>
     <row r="115" spans="1:16">
       <c r="A115" t="s">
+        <v>634</v>
+      </c>
+      <c r="B115" t="s">
+        <v>635</v>
+      </c>
+      <c r="C115" t="s">
+        <v>111</v>
+      </c>
+      <c r="D115" t="s">
+        <v>198</v>
+      </c>
+      <c r="E115" t="s">
+        <v>112</v>
+      </c>
+      <c r="F115" t="s">
+        <v>52</v>
+      </c>
+      <c r="G115" t="s">
+        <v>22</v>
+      </c>
+      <c r="H115">
+        <v>2002</v>
+      </c>
+      <c r="I115">
+        <v>2014</v>
+      </c>
+      <c r="J115" t="s">
+        <v>113</v>
+      </c>
+      <c r="K115" t="s">
+        <v>24</v>
+      </c>
+      <c r="L115" t="s">
+        <v>636</v>
+      </c>
+      <c r="M115" t="s">
+        <v>115</v>
+      </c>
+      <c r="N115" t="s">
+        <v>27</v>
+      </c>
+      <c r="O115" t="s">
         <v>637</v>
       </c>
-      <c r="B115" t="s">
+      <c r="P115" t="s">
         <v>638</v>
-      </c>
-[...36 lines deleted...]
-        <v>641</v>
       </c>
     </row>
     <row r="116" spans="1:16">
       <c r="A116" t="s">
+        <v>639</v>
+      </c>
+      <c r="B116" t="s">
+        <v>640</v>
+      </c>
+      <c r="C116" t="s">
+        <v>111</v>
+      </c>
+      <c r="D116" t="s">
+        <v>85</v>
+      </c>
+      <c r="E116" t="s">
+        <v>112</v>
+      </c>
+      <c r="F116" t="s">
+        <v>52</v>
+      </c>
+      <c r="G116" t="s">
+        <v>22</v>
+      </c>
+      <c r="H116">
+        <v>1998</v>
+      </c>
+      <c r="I116">
+        <v>2014</v>
+      </c>
+      <c r="J116" t="s">
+        <v>641</v>
+      </c>
+      <c r="K116" t="s">
+        <v>24</v>
+      </c>
+      <c r="L116" t="s">
         <v>642</v>
       </c>
-      <c r="B116" t="s">
+      <c r="M116" t="s">
+        <v>115</v>
+      </c>
+      <c r="N116" t="s">
+        <v>27</v>
+      </c>
+      <c r="O116" t="s">
         <v>643</v>
       </c>
-      <c r="C116" t="s">
-[...2 lines deleted...]
-      <c r="D116" t="s">
+      <c r="P116" t="s">
         <v>644</v>
-      </c>
-[...30 lines deleted...]
-        <v>641</v>
       </c>
     </row>
     <row r="117" spans="1:16">
       <c r="A117" t="s">
+        <v>645</v>
+      </c>
+      <c r="B117" t="s">
         <v>646</v>
       </c>
-      <c r="B117" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C117" t="s">
-        <v>136</v>
+        <v>111</v>
       </c>
       <c r="D117" t="s">
-        <v>342</v>
+        <v>47</v>
       </c>
       <c r="E117" t="s">
-        <v>137</v>
+        <v>112</v>
       </c>
       <c r="F117" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="G117" t="s">
         <v>22</v>
       </c>
       <c r="H117">
-        <v>2000</v>
+        <v>2005</v>
       </c>
       <c r="I117">
-        <v>2016</v>
+        <v>2013</v>
       </c>
       <c r="J117" t="s">
-        <v>138</v>
+        <v>113</v>
       </c>
       <c r="K117" t="s">
         <v>24</v>
       </c>
-      <c r="L117"/>
+      <c r="L117" t="s">
+        <v>647</v>
+      </c>
       <c r="M117" t="s">
-        <v>140</v>
+        <v>262</v>
       </c>
       <c r="N117" t="s">
         <v>27</v>
       </c>
       <c r="O117" t="s">
         <v>648</v>
       </c>
       <c r="P117" t="s">
         <v>649</v>
       </c>
     </row>
     <row r="118" spans="1:16">
       <c r="A118" t="s">
         <v>650</v>
       </c>
       <c r="B118" t="s">
         <v>651</v>
       </c>
       <c r="C118" t="s">
-        <v>136</v>
+        <v>111</v>
       </c>
       <c r="D118" t="s">
-        <v>342</v>
+        <v>516</v>
       </c>
       <c r="E118" t="s">
-        <v>137</v>
+        <v>112</v>
       </c>
       <c r="F118" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="G118" t="s">
         <v>22</v>
       </c>
       <c r="H118">
-        <v>2000</v>
+        <v>2002</v>
       </c>
       <c r="I118">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="J118" t="s">
-        <v>138</v>
+        <v>113</v>
       </c>
       <c r="K118" t="s">
         <v>24</v>
       </c>
       <c r="L118"/>
       <c r="M118" t="s">
-        <v>284</v>
+        <v>262</v>
       </c>
       <c r="N118" t="s">
         <v>27</v>
       </c>
       <c r="O118" t="s">
         <v>652</v>
       </c>
       <c r="P118" t="s">
         <v>653</v>
       </c>
     </row>
     <row r="119" spans="1:16">
       <c r="A119" t="s">
         <v>654</v>
       </c>
       <c r="B119" t="s">
         <v>655</v>
       </c>
       <c r="C119" t="s">
-        <v>136</v>
+        <v>111</v>
       </c>
       <c r="D119" t="s">
-        <v>376</v>
+        <v>354</v>
       </c>
       <c r="E119" t="s">
-        <v>137</v>
+        <v>112</v>
       </c>
       <c r="F119" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="G119" t="s">
         <v>22</v>
       </c>
       <c r="H119">
         <v>2000</v>
       </c>
       <c r="I119">
         <v>2013</v>
       </c>
       <c r="J119" t="s">
-        <v>138</v>
+        <v>113</v>
       </c>
       <c r="K119" t="s">
         <v>24</v>
       </c>
       <c r="L119" t="s">
-        <v>563</v>
+        <v>656</v>
       </c>
       <c r="M119" t="s">
-        <v>284</v>
+        <v>115</v>
       </c>
       <c r="N119" t="s">
         <v>27</v>
       </c>
       <c r="O119" t="s">
-        <v>656</v>
-[...1 lines deleted...]
-      <c r="P119" t="s">
         <v>657</v>
       </c>
+      <c r="P119"/>
     </row>
     <row r="120" spans="1:16">
       <c r="A120" t="s">
         <v>658</v>
       </c>
       <c r="B120" t="s">
         <v>659</v>
       </c>
       <c r="C120" t="s">
-        <v>136</v>
+        <v>111</v>
       </c>
       <c r="D120" t="s">
-        <v>89</v>
+        <v>314</v>
       </c>
       <c r="E120" t="s">
-        <v>137</v>
+        <v>112</v>
       </c>
       <c r="F120" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="G120" t="s">
         <v>22</v>
       </c>
       <c r="H120">
-        <v>2001</v>
+        <v>2011</v>
       </c>
       <c r="I120">
         <v>2013</v>
       </c>
       <c r="J120" t="s">
-        <v>138</v>
+        <v>113</v>
       </c>
       <c r="K120" t="s">
         <v>24</v>
       </c>
       <c r="L120"/>
       <c r="M120" t="s">
-        <v>140</v>
+        <v>262</v>
       </c>
       <c r="N120" t="s">
         <v>27</v>
       </c>
       <c r="O120" t="s">
         <v>660</v>
       </c>
       <c r="P120" t="s">
         <v>661</v>
       </c>
     </row>
     <row r="121" spans="1:16">
       <c r="A121" t="s">
         <v>662</v>
       </c>
       <c r="B121" t="s">
         <v>663</v>
       </c>
       <c r="C121" t="s">
-        <v>136</v>
+        <v>111</v>
       </c>
       <c r="D121" t="s">
-        <v>221</v>
+        <v>342</v>
       </c>
       <c r="E121" t="s">
-        <v>137</v>
+        <v>112</v>
       </c>
       <c r="F121" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="G121" t="s">
         <v>22</v>
       </c>
       <c r="H121">
-        <v>2002</v>
+        <v>2006</v>
       </c>
       <c r="I121">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="J121" t="s">
-        <v>138</v>
+        <v>113</v>
       </c>
       <c r="K121" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="L121" t="s">
+        <v>343</v>
+      </c>
+      <c r="L121"/>
+      <c r="M121" t="s">
+        <v>262</v>
+      </c>
+      <c r="N121" t="s">
+        <v>27</v>
+      </c>
+      <c r="O121" t="s">
         <v>664</v>
       </c>
-      <c r="M121" t="s">
-[...5 lines deleted...]
-      <c r="O121" t="s">
+      <c r="P121" t="s">
         <v>665</v>
-      </c>
-[...1 lines deleted...]
-        <v>666</v>
       </c>
     </row>
     <row r="122" spans="1:16">
       <c r="A122" t="s">
+        <v>666</v>
+      </c>
+      <c r="B122" t="s">
         <v>667</v>
       </c>
-      <c r="B122" t="s">
+      <c r="C122" t="s">
+        <v>111</v>
+      </c>
+      <c r="D122" t="s">
+        <v>395</v>
+      </c>
+      <c r="E122" t="s">
+        <v>112</v>
+      </c>
+      <c r="F122" t="s">
+        <v>52</v>
+      </c>
+      <c r="G122" t="s">
+        <v>65</v>
+      </c>
+      <c r="H122">
+        <v>2013</v>
+      </c>
+      <c r="I122"/>
+      <c r="J122" t="s">
+        <v>113</v>
+      </c>
+      <c r="K122" t="s">
+        <v>24</v>
+      </c>
+      <c r="L122"/>
+      <c r="M122" t="s">
+        <v>115</v>
+      </c>
+      <c r="N122" t="s">
+        <v>27</v>
+      </c>
+      <c r="O122" t="s">
         <v>668</v>
       </c>
-      <c r="C122" t="s">
-[...20 lines deleted...]
-      <c r="J122" t="s">
+      <c r="P122" t="s">
         <v>669</v>
-      </c>
-[...16 lines deleted...]
-        <v>672</v>
       </c>
     </row>
     <row r="123" spans="1:16">
       <c r="A123" t="s">
-        <v>673</v>
+        <v>670</v>
       </c>
       <c r="B123" t="s">
-        <v>674</v>
+        <v>671</v>
       </c>
       <c r="C123" t="s">
-        <v>136</v>
+        <v>111</v>
       </c>
       <c r="D123" t="s">
+        <v>120</v>
+      </c>
+      <c r="E123" t="s">
+        <v>112</v>
+      </c>
+      <c r="F123" t="s">
         <v>52</v>
-      </c>
-[...4 lines deleted...]
-        <v>58</v>
       </c>
       <c r="G123" t="s">
         <v>22</v>
       </c>
       <c r="H123">
-        <v>2005</v>
+        <v>2012</v>
       </c>
       <c r="I123">
-        <v>2013</v>
+        <v>2012</v>
       </c>
       <c r="J123" t="s">
-        <v>138</v>
+        <v>113</v>
       </c>
       <c r="K123" t="s">
-        <v>24</v>
+        <v>104</v>
       </c>
       <c r="L123" t="s">
-        <v>675</v>
+        <v>672</v>
       </c>
       <c r="M123" t="s">
-        <v>284</v>
+        <v>262</v>
       </c>
       <c r="N123" t="s">
         <v>27</v>
       </c>
       <c r="O123" t="s">
-        <v>676</v>
+        <v>673</v>
       </c>
       <c r="P123" t="s">
-        <v>677</v>
+        <v>674</v>
       </c>
     </row>
     <row r="124" spans="1:16">
       <c r="A124" t="s">
-        <v>678</v>
+        <v>675</v>
       </c>
       <c r="B124" t="s">
-        <v>679</v>
+        <v>676</v>
       </c>
       <c r="C124" t="s">
-        <v>136</v>
+        <v>111</v>
       </c>
       <c r="D124" t="s">
-        <v>544</v>
+        <v>405</v>
       </c>
       <c r="E124" t="s">
-        <v>137</v>
+        <v>112</v>
       </c>
       <c r="F124" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="G124" t="s">
         <v>22</v>
       </c>
       <c r="H124">
-        <v>2002</v>
+        <v>2000</v>
       </c>
       <c r="I124">
-        <v>2013</v>
+        <v>2015</v>
       </c>
       <c r="J124" t="s">
-        <v>138</v>
+        <v>113</v>
       </c>
       <c r="K124" t="s">
         <v>24</v>
       </c>
       <c r="L124"/>
       <c r="M124" t="s">
-        <v>284</v>
+        <v>115</v>
       </c>
       <c r="N124" t="s">
         <v>27</v>
       </c>
       <c r="O124" t="s">
-        <v>680</v>
+        <v>677</v>
       </c>
       <c r="P124" t="s">
-        <v>681</v>
+        <v>678</v>
       </c>
     </row>
     <row r="125" spans="1:16">
       <c r="A125" t="s">
-        <v>682</v>
+        <v>679</v>
       </c>
       <c r="B125" t="s">
-        <v>683</v>
+        <v>680</v>
       </c>
       <c r="C125" t="s">
-        <v>136</v>
+        <v>111</v>
       </c>
       <c r="D125" t="s">
-        <v>376</v>
+        <v>209</v>
       </c>
       <c r="E125" t="s">
-        <v>137</v>
+        <v>112</v>
       </c>
       <c r="F125" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="G125" t="s">
         <v>22</v>
       </c>
       <c r="H125">
-        <v>2000</v>
+        <v>2002</v>
       </c>
       <c r="I125">
         <v>2013</v>
       </c>
       <c r="J125" t="s">
-        <v>138</v>
+        <v>113</v>
       </c>
       <c r="K125" t="s">
         <v>24</v>
       </c>
       <c r="L125" t="s">
-        <v>684</v>
+        <v>681</v>
       </c>
       <c r="M125" t="s">
-        <v>140</v>
+        <v>115</v>
       </c>
       <c r="N125" t="s">
         <v>27</v>
       </c>
       <c r="O125" t="s">
-        <v>685</v>
-[...1 lines deleted...]
-      <c r="P125"/>
+        <v>682</v>
+      </c>
+      <c r="P125" t="s">
+        <v>683</v>
+      </c>
     </row>
     <row r="126" spans="1:16">
       <c r="A126" t="s">
-        <v>686</v>
+        <v>684</v>
       </c>
       <c r="B126" t="s">
-        <v>687</v>
+        <v>685</v>
       </c>
       <c r="C126" t="s">
-        <v>136</v>
+        <v>111</v>
       </c>
       <c r="D126" t="s">
-        <v>336</v>
+        <v>405</v>
       </c>
       <c r="E126" t="s">
-        <v>137</v>
+        <v>112</v>
       </c>
       <c r="F126" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="G126" t="s">
         <v>22</v>
       </c>
       <c r="H126">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="I126">
-        <v>2013</v>
+        <v>2015</v>
       </c>
       <c r="J126" t="s">
-        <v>138</v>
+        <v>113</v>
       </c>
       <c r="K126" t="s">
         <v>24</v>
       </c>
       <c r="L126"/>
       <c r="M126" t="s">
-        <v>284</v>
+        <v>262</v>
       </c>
       <c r="N126" t="s">
         <v>27</v>
       </c>
       <c r="O126" t="s">
-        <v>688</v>
+        <v>686</v>
       </c>
       <c r="P126" t="s">
-        <v>689</v>
+        <v>687</v>
       </c>
     </row>
     <row r="127" spans="1:16">
       <c r="A127" t="s">
-        <v>690</v>
+        <v>688</v>
       </c>
       <c r="B127" t="s">
-        <v>691</v>
+        <v>689</v>
       </c>
       <c r="C127" t="s">
-        <v>136</v>
+        <v>111</v>
       </c>
       <c r="D127" t="s">
-        <v>364</v>
+        <v>233</v>
       </c>
       <c r="E127" t="s">
-        <v>137</v>
+        <v>112</v>
       </c>
       <c r="F127" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="G127" t="s">
         <v>22</v>
       </c>
       <c r="H127">
-        <v>2006</v>
+        <v>2001</v>
       </c>
       <c r="I127">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="J127" t="s">
-        <v>138</v>
+        <v>113</v>
       </c>
       <c r="K127" t="s">
-        <v>365</v>
+        <v>24</v>
       </c>
       <c r="L127"/>
       <c r="M127" t="s">
-        <v>284</v>
+        <v>115</v>
       </c>
       <c r="N127" t="s">
         <v>27</v>
       </c>
       <c r="O127" t="s">
-        <v>692</v>
+        <v>690</v>
       </c>
       <c r="P127" t="s">
-        <v>693</v>
+        <v>691</v>
       </c>
     </row>
     <row r="128" spans="1:16">
       <c r="A128" t="s">
-        <v>694</v>
+        <v>692</v>
       </c>
       <c r="B128" t="s">
-        <v>695</v>
+        <v>693</v>
       </c>
       <c r="C128" t="s">
-        <v>136</v>
+        <v>111</v>
       </c>
       <c r="D128" t="s">
-        <v>417</v>
+        <v>288</v>
       </c>
       <c r="E128" t="s">
-        <v>137</v>
+        <v>112</v>
       </c>
       <c r="F128" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="G128" t="s">
-        <v>71</v>
+        <v>22</v>
       </c>
       <c r="H128">
+        <v>2006</v>
+      </c>
+      <c r="I128">
         <v>2013</v>
       </c>
-      <c r="I128"/>
       <c r="J128" t="s">
-        <v>138</v>
+        <v>113</v>
       </c>
       <c r="K128" t="s">
         <v>24</v>
       </c>
       <c r="L128"/>
       <c r="M128" t="s">
-        <v>140</v>
+        <v>262</v>
       </c>
       <c r="N128" t="s">
         <v>27</v>
       </c>
       <c r="O128" t="s">
-        <v>696</v>
+        <v>694</v>
       </c>
       <c r="P128" t="s">
-        <v>697</v>
+        <v>695</v>
       </c>
     </row>
     <row r="129" spans="1:16">
       <c r="A129" t="s">
-        <v>698</v>
+        <v>696</v>
       </c>
       <c r="B129" t="s">
-        <v>699</v>
+        <v>697</v>
       </c>
       <c r="C129" t="s">
-        <v>136</v>
+        <v>111</v>
       </c>
       <c r="D129" t="s">
-        <v>70</v>
+        <v>192</v>
       </c>
       <c r="E129" t="s">
-        <v>137</v>
+        <v>112</v>
       </c>
       <c r="F129" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="G129" t="s">
         <v>22</v>
       </c>
       <c r="H129">
-        <v>2012</v>
+        <v>2001</v>
       </c>
       <c r="I129">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="J129" t="s">
-        <v>138</v>
+        <v>113</v>
       </c>
       <c r="K129" t="s">
-        <v>129</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L129"/>
       <c r="M129" t="s">
-        <v>284</v>
+        <v>115</v>
       </c>
       <c r="N129" t="s">
         <v>27</v>
       </c>
       <c r="O129" t="s">
-        <v>701</v>
+        <v>698</v>
       </c>
       <c r="P129" t="s">
-        <v>702</v>
+        <v>699</v>
       </c>
     </row>
     <row r="130" spans="1:16">
       <c r="A130" t="s">
-        <v>703</v>
+        <v>700</v>
       </c>
       <c r="B130" t="s">
-        <v>704</v>
+        <v>701</v>
       </c>
       <c r="C130" t="s">
-        <v>136</v>
+        <v>111</v>
       </c>
       <c r="D130" t="s">
-        <v>427</v>
+        <v>389</v>
       </c>
       <c r="E130" t="s">
-        <v>137</v>
+        <v>112</v>
       </c>
       <c r="F130" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="G130" t="s">
         <v>22</v>
       </c>
       <c r="H130">
-        <v>2000</v>
+        <v>2011</v>
       </c>
       <c r="I130">
-        <v>2015</v>
+        <v>2011</v>
       </c>
       <c r="J130" t="s">
-        <v>138</v>
+        <v>113</v>
       </c>
       <c r="K130" t="s">
         <v>24</v>
       </c>
-      <c r="L130"/>
+      <c r="L130" t="s">
+        <v>702</v>
+      </c>
       <c r="M130" t="s">
-        <v>140</v>
+        <v>262</v>
       </c>
       <c r="N130" t="s">
         <v>27</v>
       </c>
       <c r="O130" t="s">
-        <v>705</v>
+        <v>703</v>
       </c>
       <c r="P130" t="s">
-        <v>706</v>
+        <v>704</v>
       </c>
     </row>
     <row r="131" spans="1:16">
       <c r="A131" t="s">
+        <v>705</v>
+      </c>
+      <c r="B131" t="s">
+        <v>706</v>
+      </c>
+      <c r="C131" t="s">
+        <v>111</v>
+      </c>
+      <c r="D131" t="s">
+        <v>64</v>
+      </c>
+      <c r="E131" t="s">
+        <v>112</v>
+      </c>
+      <c r="F131" t="s">
+        <v>52</v>
+      </c>
+      <c r="G131" t="s">
+        <v>65</v>
+      </c>
+      <c r="H131">
+        <v>2014</v>
+      </c>
+      <c r="I131"/>
+      <c r="J131" t="s">
+        <v>113</v>
+      </c>
+      <c r="K131" t="s">
+        <v>24</v>
+      </c>
+      <c r="L131"/>
+      <c r="M131" t="s">
+        <v>115</v>
+      </c>
+      <c r="N131" t="s">
+        <v>27</v>
+      </c>
+      <c r="O131" t="s">
         <v>707</v>
       </c>
-      <c r="B131" t="s">
+      <c r="P131" t="s">
         <v>708</v>
-      </c>
-[...40 lines deleted...]
-        <v>711</v>
       </c>
     </row>
     <row r="132" spans="1:16">
       <c r="A132" t="s">
+        <v>709</v>
+      </c>
+      <c r="B132" t="s">
+        <v>710</v>
+      </c>
+      <c r="C132" t="s">
+        <v>111</v>
+      </c>
+      <c r="D132" t="s">
+        <v>711</v>
+      </c>
+      <c r="E132" t="s">
+        <v>112</v>
+      </c>
+      <c r="F132" t="s">
+        <v>52</v>
+      </c>
+      <c r="G132" t="s">
+        <v>65</v>
+      </c>
+      <c r="H132">
+        <v>2015</v>
+      </c>
+      <c r="I132"/>
+      <c r="J132" t="s">
+        <v>113</v>
+      </c>
+      <c r="K132" t="s">
         <v>712</v>
-      </c>
-[...28 lines deleted...]
-        <v>24</v>
       </c>
       <c r="L132"/>
       <c r="M132" t="s">
-        <v>284</v>
+        <v>262</v>
       </c>
       <c r="N132" t="s">
         <v>27</v>
       </c>
       <c r="O132" t="s">
+        <v>713</v>
+      </c>
+      <c r="P132" t="s">
         <v>714</v>
-      </c>
-[...1 lines deleted...]
-        <v>715</v>
       </c>
     </row>
     <row r="133" spans="1:16">
       <c r="A133" t="s">
+        <v>715</v>
+      </c>
+      <c r="B133" t="s">
         <v>716</v>
       </c>
-      <c r="B133" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C133" t="s">
-        <v>136</v>
+        <v>111</v>
       </c>
       <c r="D133" t="s">
-        <v>255</v>
+        <v>354</v>
       </c>
       <c r="E133" t="s">
-        <v>137</v>
+        <v>112</v>
       </c>
       <c r="F133" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="G133" t="s">
         <v>22</v>
       </c>
       <c r="H133">
-        <v>2001</v>
+        <v>2000</v>
       </c>
       <c r="I133">
         <v>2013</v>
       </c>
       <c r="J133" t="s">
-        <v>138</v>
+        <v>113</v>
       </c>
       <c r="K133" t="s">
         <v>24</v>
       </c>
-      <c r="L133"/>
+      <c r="L133" t="s">
+        <v>478</v>
+      </c>
       <c r="M133" t="s">
-        <v>140</v>
+        <v>115</v>
       </c>
       <c r="N133" t="s">
         <v>27</v>
       </c>
       <c r="O133" t="s">
+        <v>717</v>
+      </c>
+      <c r="P133" t="s">
         <v>718</v>
-      </c>
-[...1 lines deleted...]
-        <v>719</v>
       </c>
     </row>
     <row r="134" spans="1:16">
       <c r="A134" t="s">
+        <v>719</v>
+      </c>
+      <c r="B134" t="s">
         <v>720</v>
       </c>
-      <c r="B134" t="s">
+      <c r="C134" t="s">
+        <v>111</v>
+      </c>
+      <c r="D134" t="s">
+        <v>332</v>
+      </c>
+      <c r="E134" t="s">
+        <v>112</v>
+      </c>
+      <c r="F134" t="s">
+        <v>52</v>
+      </c>
+      <c r="G134" t="s">
+        <v>65</v>
+      </c>
+      <c r="H134">
+        <v>2011</v>
+      </c>
+      <c r="I134"/>
+      <c r="J134" t="s">
+        <v>113</v>
+      </c>
+      <c r="K134" t="s">
+        <v>24</v>
+      </c>
+      <c r="L134" t="s">
         <v>721</v>
       </c>
-      <c r="C134" t="s">
-[...26 lines deleted...]
-      <c r="L134"/>
       <c r="M134" t="s">
-        <v>284</v>
+        <v>115</v>
       </c>
       <c r="N134" t="s">
         <v>27</v>
       </c>
       <c r="O134" t="s">
         <v>722</v>
       </c>
       <c r="P134" t="s">
         <v>723</v>
       </c>
     </row>
     <row r="135" spans="1:16">
       <c r="A135" t="s">
         <v>724</v>
       </c>
       <c r="B135" t="s">
         <v>725</v>
       </c>
       <c r="C135" t="s">
-        <v>136</v>
+        <v>111</v>
       </c>
       <c r="D135" t="s">
-        <v>215</v>
+        <v>726</v>
       </c>
       <c r="E135" t="s">
-        <v>137</v>
+        <v>112</v>
       </c>
       <c r="F135" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="G135" t="s">
-        <v>22</v>
+        <v>65</v>
       </c>
       <c r="H135">
-        <v>2001</v>
-[...3 lines deleted...]
-      </c>
+        <v>2014</v>
+      </c>
+      <c r="I135"/>
       <c r="J135" t="s">
-        <v>138</v>
+        <v>113</v>
       </c>
       <c r="K135" t="s">
         <v>24</v>
       </c>
-      <c r="L135"/>
+      <c r="L135" t="s">
+        <v>724</v>
+      </c>
       <c r="M135" t="s">
-        <v>140</v>
+        <v>115</v>
       </c>
       <c r="N135" t="s">
         <v>27</v>
       </c>
       <c r="O135" t="s">
-        <v>726</v>
+        <v>727</v>
       </c>
       <c r="P135" t="s">
-        <v>727</v>
+        <v>728</v>
       </c>
     </row>
     <row r="136" spans="1:16">
       <c r="A136" t="s">
-        <v>728</v>
+        <v>729</v>
       </c>
       <c r="B136" t="s">
-        <v>729</v>
+        <v>730</v>
       </c>
       <c r="C136" t="s">
-        <v>136</v>
+        <v>111</v>
       </c>
       <c r="D136" t="s">
-        <v>411</v>
+        <v>215</v>
       </c>
       <c r="E136" t="s">
-        <v>137</v>
+        <v>112</v>
       </c>
       <c r="F136" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="G136" t="s">
-        <v>22</v>
+        <v>65</v>
       </c>
       <c r="H136">
-        <v>2011</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I136"/>
       <c r="J136" t="s">
-        <v>138</v>
+        <v>113</v>
       </c>
       <c r="K136" t="s">
         <v>24</v>
       </c>
-      <c r="L136" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L136"/>
       <c r="M136" t="s">
-        <v>284</v>
+        <v>115</v>
       </c>
       <c r="N136" t="s">
         <v>27</v>
       </c>
       <c r="O136" t="s">
         <v>731</v>
       </c>
       <c r="P136" t="s">
         <v>732</v>
       </c>
     </row>
     <row r="137" spans="1:16">
       <c r="A137" t="s">
         <v>733</v>
       </c>
       <c r="B137" t="s">
         <v>734</v>
       </c>
       <c r="C137" t="s">
-        <v>136</v>
+        <v>111</v>
       </c>
       <c r="D137" t="s">
-        <v>76</v>
+        <v>354</v>
       </c>
       <c r="E137" t="s">
-        <v>137</v>
+        <v>112</v>
       </c>
       <c r="F137" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="G137" t="s">
-        <v>71</v>
+        <v>22</v>
       </c>
       <c r="H137">
+        <v>2000</v>
+      </c>
+      <c r="I137">
         <v>2014</v>
       </c>
-      <c r="I137"/>
       <c r="J137" t="s">
-        <v>138</v>
+        <v>113</v>
       </c>
       <c r="K137" t="s">
         <v>24</v>
       </c>
       <c r="L137"/>
       <c r="M137" t="s">
-        <v>140</v>
+        <v>262</v>
       </c>
       <c r="N137" t="s">
         <v>27</v>
       </c>
       <c r="O137" t="s">
         <v>735</v>
       </c>
       <c r="P137" t="s">
         <v>736</v>
       </c>
     </row>
     <row r="138" spans="1:16">
       <c r="A138" t="s">
         <v>737</v>
       </c>
       <c r="B138" t="s">
         <v>738</v>
       </c>
       <c r="C138" t="s">
-        <v>136</v>
+        <v>111</v>
       </c>
       <c r="D138" t="s">
-        <v>739</v>
+        <v>215</v>
       </c>
       <c r="E138" t="s">
-        <v>137</v>
+        <v>112</v>
       </c>
       <c r="F138" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="G138" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H138">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="I138"/>
       <c r="J138" t="s">
-        <v>138</v>
+        <v>113</v>
       </c>
       <c r="K138" t="s">
-        <v>740</v>
+        <v>24</v>
       </c>
       <c r="L138"/>
       <c r="M138" t="s">
-        <v>284</v>
+        <v>115</v>
       </c>
       <c r="N138" t="s">
         <v>27</v>
       </c>
       <c r="O138" t="s">
-        <v>741</v>
+        <v>739</v>
       </c>
       <c r="P138" t="s">
-        <v>742</v>
+        <v>740</v>
       </c>
     </row>
     <row r="139" spans="1:16">
       <c r="A139" t="s">
+        <v>741</v>
+      </c>
+      <c r="B139" t="s">
+        <v>742</v>
+      </c>
+      <c r="C139" t="s">
         <v>743</v>
       </c>
-      <c r="B139" t="s">
+      <c r="D139" t="s">
+        <v>91</v>
+      </c>
+      <c r="E139" t="s">
+        <v>112</v>
+      </c>
+      <c r="F139" t="s">
+        <v>93</v>
+      </c>
+      <c r="G139" t="s">
+        <v>65</v>
+      </c>
+      <c r="H139">
+        <v>2020</v>
+      </c>
+      <c r="I139"/>
+      <c r="J139" t="s">
         <v>744</v>
       </c>
-      <c r="C139" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="K139" t="s">
-        <v>24</v>
+        <v>104</v>
       </c>
       <c r="L139" t="s">
-        <v>506</v>
+        <v>105</v>
       </c>
       <c r="M139" t="s">
-        <v>140</v>
+        <v>745</v>
       </c>
       <c r="N139" t="s">
-        <v>27</v>
+        <v>746</v>
       </c>
       <c r="O139" t="s">
-        <v>745</v>
+        <v>747</v>
       </c>
       <c r="P139" t="s">
-        <v>746</v>
+        <v>748</v>
       </c>
     </row>
     <row r="140" spans="1:16">
       <c r="A140" t="s">
-        <v>747</v>
+        <v>749</v>
       </c>
       <c r="B140" t="s">
-        <v>748</v>
+        <v>750</v>
       </c>
       <c r="C140" t="s">
-        <v>136</v>
+        <v>111</v>
       </c>
       <c r="D140" t="s">
-        <v>354</v>
+        <v>80</v>
       </c>
       <c r="E140" t="s">
-        <v>137</v>
+        <v>112</v>
       </c>
       <c r="F140" t="s">
-        <v>58</v>
+        <v>21</v>
       </c>
       <c r="G140" t="s">
-        <v>71</v>
+        <v>22</v>
       </c>
       <c r="H140">
-        <v>2011</v>
-[...1 lines deleted...]
-      <c r="I140"/>
+        <v>2012</v>
+      </c>
+      <c r="I140">
+        <v>2012</v>
+      </c>
       <c r="J140" t="s">
-        <v>138</v>
+        <v>113</v>
       </c>
       <c r="K140" t="s">
         <v>24</v>
       </c>
       <c r="L140" t="s">
-        <v>749</v>
+        <v>751</v>
       </c>
       <c r="M140" t="s">
-        <v>140</v>
+        <v>262</v>
       </c>
       <c r="N140" t="s">
         <v>27</v>
       </c>
       <c r="O140" t="s">
-        <v>750</v>
+        <v>752</v>
       </c>
       <c r="P140" t="s">
-        <v>751</v>
+        <v>117</v>
       </c>
     </row>
     <row r="141" spans="1:16">
       <c r="A141" t="s">
-        <v>752</v>
+        <v>753</v>
       </c>
       <c r="B141" t="s">
-        <v>753</v>
+        <v>754</v>
       </c>
       <c r="C141" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="D141" t="s">
-        <v>754</v>
+        <v>80</v>
       </c>
       <c r="E141" t="s">
-        <v>137</v>
+        <v>20</v>
       </c>
       <c r="F141" t="s">
-        <v>58</v>
+        <v>21</v>
       </c>
       <c r="G141" t="s">
-        <v>71</v>
+        <v>22</v>
       </c>
       <c r="H141">
-        <v>2014</v>
-[...1 lines deleted...]
-      <c r="I141"/>
+        <v>2016</v>
+      </c>
+      <c r="I141">
+        <v>2018</v>
+      </c>
       <c r="J141" t="s">
-        <v>138</v>
+        <v>755</v>
       </c>
       <c r="K141" t="s">
         <v>24</v>
       </c>
       <c r="L141" t="s">
-        <v>752</v>
+        <v>756</v>
       </c>
       <c r="M141" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="N141" t="s">
         <v>27</v>
       </c>
       <c r="O141" t="s">
-        <v>755</v>
+        <v>757</v>
       </c>
       <c r="P141" t="s">
-        <v>756</v>
+        <v>758</v>
       </c>
     </row>
     <row r="142" spans="1:16">
       <c r="A142" t="s">
-        <v>757</v>
+        <v>759</v>
       </c>
       <c r="B142" t="s">
-        <v>758</v>
+        <v>760</v>
       </c>
       <c r="C142" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="D142" t="s">
-        <v>237</v>
+        <v>378</v>
       </c>
       <c r="E142" t="s">
-        <v>137</v>
+        <v>20</v>
       </c>
       <c r="F142" t="s">
-        <v>58</v>
+        <v>21</v>
       </c>
       <c r="G142" t="s">
-        <v>71</v>
+        <v>22</v>
       </c>
       <c r="H142">
-        <v>2013</v>
-[...1 lines deleted...]
-      <c r="I142"/>
+        <v>2016</v>
+      </c>
+      <c r="I142">
+        <v>2018</v>
+      </c>
       <c r="J142" t="s">
-        <v>138</v>
+        <v>761</v>
       </c>
       <c r="K142" t="s">
         <v>24</v>
       </c>
-      <c r="L142"/>
+      <c r="L142" t="s">
+        <v>762</v>
+      </c>
       <c r="M142" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="N142" t="s">
         <v>27</v>
       </c>
       <c r="O142" t="s">
-        <v>759</v>
+        <v>763</v>
       </c>
       <c r="P142" t="s">
-        <v>760</v>
+        <v>764</v>
       </c>
     </row>
     <row r="143" spans="1:16">
       <c r="A143" t="s">
-        <v>761</v>
+        <v>765</v>
       </c>
       <c r="B143" t="s">
-        <v>762</v>
+        <v>766</v>
       </c>
       <c r="C143" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="D143" t="s">
-        <v>376</v>
+        <v>516</v>
       </c>
       <c r="E143" t="s">
-        <v>137</v>
+        <v>20</v>
       </c>
       <c r="F143" t="s">
-        <v>58</v>
+        <v>21</v>
       </c>
       <c r="G143" t="s">
         <v>22</v>
       </c>
       <c r="H143">
-        <v>2000</v>
+        <v>2016</v>
       </c>
       <c r="I143">
-        <v>2014</v>
+        <v>2018</v>
       </c>
       <c r="J143" t="s">
-        <v>138</v>
+        <v>103</v>
       </c>
       <c r="K143" t="s">
         <v>24</v>
       </c>
       <c r="L143"/>
       <c r="M143" t="s">
-        <v>284</v>
+        <v>142</v>
       </c>
       <c r="N143" t="s">
         <v>27</v>
       </c>
       <c r="O143" t="s">
-        <v>763</v>
+        <v>767</v>
       </c>
       <c r="P143" t="s">
-        <v>764</v>
+        <v>768</v>
       </c>
     </row>
     <row r="144" spans="1:16">
       <c r="A144" t="s">
-        <v>765</v>
+        <v>769</v>
       </c>
       <c r="B144" t="s">
-        <v>766</v>
+        <v>770</v>
       </c>
       <c r="C144" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="D144" t="s">
-        <v>237</v>
+        <v>47</v>
       </c>
       <c r="E144" t="s">
-        <v>137</v>
+        <v>20</v>
       </c>
       <c r="F144" t="s">
-        <v>58</v>
+        <v>21</v>
       </c>
       <c r="G144" t="s">
-        <v>71</v>
+        <v>22</v>
       </c>
       <c r="H144">
-        <v>2013</v>
-[...1 lines deleted...]
-      <c r="I144"/>
+        <v>2016</v>
+      </c>
+      <c r="I144">
+        <v>2019</v>
+      </c>
       <c r="J144" t="s">
-        <v>138</v>
+        <v>103</v>
       </c>
       <c r="K144" t="s">
         <v>24</v>
       </c>
       <c r="L144"/>
       <c r="M144" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="N144" t="s">
         <v>27</v>
       </c>
       <c r="O144" t="s">
-        <v>767</v>
+        <v>771</v>
       </c>
       <c r="P144" t="s">
-        <v>768</v>
+        <v>772</v>
       </c>
     </row>
     <row r="145" spans="1:16">
       <c r="A145" t="s">
-        <v>769</v>
+        <v>773</v>
       </c>
       <c r="B145" t="s">
-        <v>770</v>
+        <v>774</v>
       </c>
       <c r="C145" t="s">
-        <v>771</v>
+        <v>140</v>
       </c>
       <c r="D145" t="s">
-        <v>116</v>
+        <v>91</v>
       </c>
       <c r="E145" t="s">
-        <v>137</v>
+        <v>20</v>
       </c>
       <c r="F145" t="s">
-        <v>118</v>
+        <v>93</v>
       </c>
       <c r="G145" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H145">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="I145"/>
       <c r="J145" t="s">
-        <v>772</v>
+        <v>476</v>
       </c>
       <c r="K145" t="s">
-        <v>129</v>
+        <v>104</v>
       </c>
       <c r="L145" t="s">
-        <v>130</v>
+        <v>775</v>
       </c>
       <c r="M145" t="s">
-        <v>773</v>
+        <v>142</v>
       </c>
       <c r="N145" t="s">
-        <v>774</v>
+        <v>97</v>
       </c>
       <c r="O145" t="s">
-        <v>775</v>
+        <v>776</v>
       </c>
       <c r="P145" t="s">
-        <v>776</v>
+        <v>777</v>
       </c>
     </row>
     <row r="146" spans="1:16">
       <c r="A146" t="s">
-        <v>777</v>
+        <v>778</v>
       </c>
       <c r="B146" t="s">
-        <v>778</v>
+        <v>779</v>
       </c>
       <c r="C146" t="s">
-        <v>136</v>
+        <v>743</v>
       </c>
       <c r="D146" t="s">
-        <v>89</v>
+        <v>80</v>
       </c>
       <c r="E146" t="s">
-        <v>137</v>
+        <v>20</v>
       </c>
       <c r="F146" t="s">
         <v>21</v>
       </c>
       <c r="G146" t="s">
-        <v>22</v>
+        <v>65</v>
       </c>
       <c r="H146">
-        <v>2012</v>
-[...3 lines deleted...]
-      </c>
+        <v>2017</v>
+      </c>
+      <c r="I146"/>
       <c r="J146" t="s">
-        <v>138</v>
+        <v>103</v>
       </c>
       <c r="K146" t="s">
         <v>24</v>
       </c>
-      <c r="L146" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L146"/>
       <c r="M146" t="s">
-        <v>284</v>
+        <v>780</v>
       </c>
       <c r="N146" t="s">
         <v>27</v>
       </c>
       <c r="O146" t="s">
-        <v>780</v>
+        <v>781</v>
       </c>
       <c r="P146" t="s">
-        <v>142</v>
+        <v>782</v>
       </c>
     </row>
     <row r="147" spans="1:16">
       <c r="A147" t="s">
-        <v>781</v>
+        <v>783</v>
       </c>
       <c r="B147" t="s">
-        <v>782</v>
+        <v>784</v>
       </c>
       <c r="C147" t="s">
-        <v>164</v>
+        <v>743</v>
       </c>
       <c r="D147" t="s">
-        <v>89</v>
+        <v>85</v>
       </c>
       <c r="E147" t="s">
         <v>20</v>
       </c>
       <c r="F147" t="s">
         <v>21</v>
       </c>
       <c r="G147" t="s">
-        <v>22</v>
+        <v>65</v>
       </c>
       <c r="H147">
-        <v>2016</v>
-[...3 lines deleted...]
-      </c>
+        <v>2022</v>
+      </c>
+      <c r="I147"/>
       <c r="J147" t="s">
-        <v>783</v>
+        <v>785</v>
       </c>
       <c r="K147" t="s">
         <v>24</v>
       </c>
-      <c r="L147" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L147"/>
       <c r="M147" t="s">
-        <v>166</v>
+        <v>780</v>
       </c>
       <c r="N147" t="s">
         <v>27</v>
       </c>
       <c r="O147" t="s">
-        <v>785</v>
+        <v>786</v>
       </c>
       <c r="P147" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
     </row>
     <row r="148" spans="1:16">
       <c r="A148" t="s">
-        <v>787</v>
+        <v>788</v>
       </c>
       <c r="B148" t="s">
-        <v>788</v>
+        <v>789</v>
       </c>
       <c r="C148" t="s">
-        <v>164</v>
+        <v>743</v>
       </c>
       <c r="D148" t="s">
-        <v>400</v>
+        <v>790</v>
       </c>
       <c r="E148" t="s">
         <v>20</v>
       </c>
       <c r="F148" t="s">
-        <v>21</v>
+        <v>169</v>
       </c>
       <c r="G148" t="s">
-        <v>22</v>
+        <v>65</v>
       </c>
       <c r="H148">
-        <v>2016</v>
-[...3 lines deleted...]
-      </c>
+        <v>2022</v>
+      </c>
+      <c r="I148"/>
       <c r="J148" t="s">
-        <v>789</v>
+        <v>785</v>
       </c>
       <c r="K148" t="s">
         <v>24</v>
       </c>
-      <c r="L148" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L148"/>
       <c r="M148" t="s">
-        <v>166</v>
+        <v>780</v>
       </c>
       <c r="N148" t="s">
         <v>27</v>
       </c>
       <c r="O148" t="s">
         <v>791</v>
       </c>
       <c r="P148" t="s">
-        <v>792</v>
+        <v>787</v>
       </c>
     </row>
     <row r="149" spans="1:16">
       <c r="A149" t="s">
+        <v>792</v>
+      </c>
+      <c r="B149" t="s">
         <v>793</v>
       </c>
-      <c r="B149" t="s">
+      <c r="C149" t="s">
+        <v>743</v>
+      </c>
+      <c r="D149" t="s">
         <v>794</v>
-      </c>
-[...4 lines deleted...]
-        <v>544</v>
       </c>
       <c r="E149" t="s">
         <v>20</v>
       </c>
       <c r="F149" t="s">
-        <v>21</v>
+        <v>126</v>
       </c>
       <c r="G149" t="s">
         <v>22</v>
       </c>
       <c r="H149">
-        <v>2016</v>
+        <v>2005</v>
       </c>
       <c r="I149">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="J149" t="s">
-        <v>128</v>
+        <v>74</v>
       </c>
       <c r="K149" t="s">
         <v>24</v>
       </c>
-      <c r="L149"/>
+      <c r="L149" t="s">
+        <v>795</v>
+      </c>
       <c r="M149" t="s">
-        <v>166</v>
+        <v>780</v>
       </c>
       <c r="N149" t="s">
         <v>27</v>
       </c>
       <c r="O149" t="s">
-        <v>795</v>
+        <v>796</v>
       </c>
       <c r="P149" t="s">
-        <v>796</v>
+        <v>797</v>
       </c>
     </row>
     <row r="150" spans="1:16">
       <c r="A150" t="s">
-        <v>797</v>
+        <v>798</v>
       </c>
       <c r="B150" t="s">
-        <v>798</v>
+        <v>799</v>
       </c>
       <c r="C150" t="s">
-        <v>164</v>
+        <v>743</v>
       </c>
       <c r="D150" t="s">
-        <v>52</v>
+        <v>85</v>
       </c>
       <c r="E150" t="s">
         <v>20</v>
       </c>
       <c r="F150" t="s">
-        <v>21</v>
+        <v>126</v>
       </c>
       <c r="G150" t="s">
-        <v>22</v>
+        <v>65</v>
       </c>
       <c r="H150">
-        <v>2016</v>
-[...3 lines deleted...]
-      </c>
+        <v>2009</v>
+      </c>
+      <c r="I150"/>
       <c r="J150" t="s">
-        <v>128</v>
+        <v>74</v>
       </c>
       <c r="K150" t="s">
         <v>24</v>
       </c>
-      <c r="L150"/>
+      <c r="L150" t="s">
+        <v>800</v>
+      </c>
       <c r="M150" t="s">
-        <v>166</v>
+        <v>780</v>
       </c>
       <c r="N150" t="s">
         <v>27</v>
       </c>
       <c r="O150" t="s">
-        <v>799</v>
+        <v>801</v>
       </c>
       <c r="P150" t="s">
-        <v>800</v>
+        <v>802</v>
       </c>
     </row>
     <row r="151" spans="1:16">
       <c r="A151" t="s">
-        <v>801</v>
+        <v>803</v>
       </c>
       <c r="B151" t="s">
-        <v>802</v>
+        <v>804</v>
       </c>
       <c r="C151" t="s">
-        <v>164</v>
+        <v>125</v>
       </c>
       <c r="D151" t="s">
-        <v>116</v>
+        <v>85</v>
       </c>
       <c r="E151" t="s">
         <v>20</v>
       </c>
       <c r="F151" t="s">
-        <v>118</v>
+        <v>21</v>
       </c>
       <c r="G151" t="s">
-        <v>71</v>
+        <v>22</v>
       </c>
       <c r="H151">
-        <v>2021</v>
-[...1 lines deleted...]
-      <c r="I151"/>
+        <v>2004</v>
+      </c>
+      <c r="I151">
+        <v>2010</v>
+      </c>
       <c r="J151" t="s">
-        <v>504</v>
+        <v>35</v>
       </c>
       <c r="K151" t="s">
-        <v>129</v>
+        <v>24</v>
       </c>
       <c r="L151" t="s">
-        <v>803</v>
+        <v>805</v>
       </c>
       <c r="M151" t="s">
-        <v>166</v>
+        <v>127</v>
       </c>
       <c r="N151" t="s">
-        <v>122</v>
+        <v>27</v>
       </c>
       <c r="O151" t="s">
-        <v>804</v>
+        <v>806</v>
       </c>
       <c r="P151" t="s">
-        <v>805</v>
+        <v>807</v>
       </c>
     </row>
     <row r="152" spans="1:16">
       <c r="A152" t="s">
-        <v>806</v>
+        <v>803</v>
       </c>
       <c r="B152" t="s">
-        <v>807</v>
+        <v>808</v>
       </c>
       <c r="C152" t="s">
-        <v>771</v>
+        <v>125</v>
       </c>
       <c r="D152" t="s">
-        <v>89</v>
+        <v>809</v>
       </c>
       <c r="E152" t="s">
         <v>20</v>
       </c>
       <c r="F152" t="s">
-        <v>21</v>
+        <v>126</v>
       </c>
       <c r="G152" t="s">
-        <v>71</v>
+        <v>22</v>
       </c>
       <c r="H152">
-        <v>2017</v>
-[...1 lines deleted...]
-      <c r="I152"/>
+        <v>2004</v>
+      </c>
+      <c r="I152">
+        <v>2010</v>
+      </c>
       <c r="J152" t="s">
-        <v>128</v>
+        <v>464</v>
       </c>
       <c r="K152" t="s">
         <v>24</v>
       </c>
-      <c r="L152"/>
+      <c r="L152" t="s">
+        <v>805</v>
+      </c>
       <c r="M152" t="s">
-        <v>808</v>
+        <v>127</v>
       </c>
       <c r="N152" t="s">
         <v>27</v>
       </c>
       <c r="O152" t="s">
-        <v>809</v>
+        <v>810</v>
       </c>
       <c r="P152" t="s">
-        <v>810</v>
+        <v>811</v>
       </c>
     </row>
     <row r="153" spans="1:16">
       <c r="A153" t="s">
-        <v>811</v>
+        <v>812</v>
       </c>
       <c r="B153" t="s">
-        <v>812</v>
+        <v>813</v>
       </c>
       <c r="C153" t="s">
-        <v>771</v>
+        <v>125</v>
       </c>
       <c r="D153" t="s">
-        <v>32</v>
+        <v>47</v>
       </c>
       <c r="E153" t="s">
         <v>20</v>
       </c>
       <c r="F153" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="G153" t="s">
-        <v>71</v>
+        <v>22</v>
       </c>
       <c r="H153">
-        <v>2022</v>
-[...1 lines deleted...]
-      <c r="I153"/>
+        <v>2009</v>
+      </c>
+      <c r="I153">
+        <v>2012</v>
+      </c>
       <c r="J153" t="s">
-        <v>813</v>
+        <v>35</v>
       </c>
       <c r="K153" t="s">
         <v>24</v>
       </c>
       <c r="L153"/>
       <c r="M153" t="s">
-        <v>808</v>
+        <v>127</v>
       </c>
       <c r="N153" t="s">
         <v>27</v>
       </c>
       <c r="O153" t="s">
         <v>814</v>
       </c>
       <c r="P153" t="s">
         <v>815</v>
       </c>
     </row>
     <row r="154" spans="1:16">
       <c r="A154" t="s">
+        <v>812</v>
+      </c>
+      <c r="B154" t="s">
         <v>816</v>
       </c>
-      <c r="B154" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C154" t="s">
-        <v>771</v>
+        <v>125</v>
       </c>
       <c r="D154" t="s">
-        <v>818</v>
+        <v>47</v>
       </c>
       <c r="E154" t="s">
         <v>20</v>
       </c>
       <c r="F154" t="s">
-        <v>192</v>
+        <v>21</v>
       </c>
       <c r="G154" t="s">
-        <v>71</v>
+        <v>22</v>
       </c>
       <c r="H154">
-        <v>2022</v>
-[...1 lines deleted...]
-      <c r="I154"/>
+        <v>2010</v>
+      </c>
+      <c r="I154">
+        <v>2012</v>
+      </c>
       <c r="J154" t="s">
-        <v>813</v>
+        <v>35</v>
       </c>
       <c r="K154" t="s">
         <v>24</v>
       </c>
-      <c r="L154"/>
+      <c r="L154" t="s">
+        <v>817</v>
+      </c>
       <c r="M154" t="s">
-        <v>808</v>
+        <v>127</v>
       </c>
       <c r="N154" t="s">
         <v>27</v>
       </c>
       <c r="O154" t="s">
-        <v>819</v>
+        <v>818</v>
       </c>
       <c r="P154" t="s">
         <v>815</v>
       </c>
     </row>
     <row r="155" spans="1:16">
       <c r="A155" t="s">
+        <v>819</v>
+      </c>
+      <c r="B155" t="s">
         <v>820</v>
       </c>
-      <c r="B155" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C155" t="s">
-        <v>771</v>
+        <v>743</v>
       </c>
       <c r="D155" t="s">
-        <v>822</v>
+        <v>198</v>
       </c>
       <c r="E155" t="s">
         <v>20</v>
       </c>
       <c r="F155" t="s">
-        <v>150</v>
+        <v>21</v>
       </c>
       <c r="G155" t="s">
-        <v>22</v>
+        <v>65</v>
       </c>
       <c r="H155">
-        <v>2005</v>
-[...3 lines deleted...]
-      </c>
+        <v>2022</v>
+      </c>
+      <c r="I155"/>
       <c r="J155" t="s">
-        <v>101</v>
+        <v>785</v>
       </c>
       <c r="K155" t="s">
         <v>24</v>
       </c>
-      <c r="L155" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L155"/>
       <c r="M155" t="s">
-        <v>808</v>
+        <v>780</v>
       </c>
       <c r="N155" t="s">
         <v>27</v>
       </c>
       <c r="O155" t="s">
-        <v>824</v>
+        <v>821</v>
       </c>
       <c r="P155" t="s">
-        <v>825</v>
+        <v>787</v>
       </c>
     </row>
     <row r="156" spans="1:16">
       <c r="A156" t="s">
-        <v>826</v>
+        <v>822</v>
       </c>
       <c r="B156" t="s">
-        <v>827</v>
+        <v>823</v>
       </c>
       <c r="C156" t="s">
-        <v>771</v>
+        <v>743</v>
       </c>
       <c r="D156" t="s">
-        <v>32</v>
+        <v>278</v>
       </c>
       <c r="E156" t="s">
         <v>20</v>
       </c>
       <c r="F156" t="s">
-        <v>150</v>
+        <v>21</v>
       </c>
       <c r="G156" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H156">
-        <v>2009</v>
+        <v>2022</v>
       </c>
       <c r="I156"/>
       <c r="J156" t="s">
-        <v>101</v>
+        <v>785</v>
       </c>
       <c r="K156" t="s">
         <v>24</v>
       </c>
-      <c r="L156" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L156"/>
       <c r="M156" t="s">
-        <v>808</v>
+        <v>780</v>
       </c>
       <c r="N156" t="s">
         <v>27</v>
       </c>
       <c r="O156" t="s">
-        <v>829</v>
+        <v>824</v>
       </c>
       <c r="P156" t="s">
-        <v>830</v>
+        <v>787</v>
       </c>
     </row>
     <row r="157" spans="1:16">
       <c r="A157" t="s">
-        <v>831</v>
+        <v>825</v>
       </c>
       <c r="B157" t="s">
-        <v>832</v>
+        <v>826</v>
       </c>
       <c r="C157" t="s">
-        <v>149</v>
+        <v>743</v>
       </c>
       <c r="D157" t="s">
-        <v>32</v>
+        <v>326</v>
       </c>
       <c r="E157" t="s">
         <v>20</v>
       </c>
       <c r="F157" t="s">
         <v>21</v>
       </c>
       <c r="G157" t="s">
-        <v>22</v>
+        <v>65</v>
       </c>
       <c r="H157">
-        <v>2004</v>
-[...3 lines deleted...]
-      </c>
+        <v>2022</v>
+      </c>
+      <c r="I157"/>
       <c r="J157" t="s">
-        <v>33</v>
+        <v>785</v>
       </c>
       <c r="K157" t="s">
         <v>24</v>
       </c>
-      <c r="L157" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L157"/>
       <c r="M157" t="s">
-        <v>151</v>
+        <v>780</v>
       </c>
       <c r="N157" t="s">
         <v>27</v>
       </c>
       <c r="O157" t="s">
-        <v>834</v>
+        <v>827</v>
       </c>
       <c r="P157" t="s">
-        <v>835</v>
+        <v>787</v>
       </c>
     </row>
     <row r="158" spans="1:16">
       <c r="A158" t="s">
-        <v>831</v>
+        <v>828</v>
       </c>
       <c r="B158" t="s">
-        <v>836</v>
+        <v>829</v>
       </c>
       <c r="C158" t="s">
-        <v>149</v>
+        <v>743</v>
       </c>
       <c r="D158" t="s">
-        <v>837</v>
+        <v>405</v>
       </c>
       <c r="E158" t="s">
         <v>20</v>
       </c>
       <c r="F158" t="s">
-        <v>150</v>
+        <v>21</v>
       </c>
       <c r="G158" t="s">
-        <v>22</v>
+        <v>65</v>
       </c>
       <c r="H158">
-        <v>2004</v>
-[...3 lines deleted...]
-      </c>
+        <v>2022</v>
+      </c>
+      <c r="I158"/>
       <c r="J158" t="s">
-        <v>492</v>
+        <v>785</v>
       </c>
       <c r="K158" t="s">
         <v>24</v>
       </c>
-      <c r="L158" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L158"/>
       <c r="M158" t="s">
-        <v>151</v>
+        <v>780</v>
       </c>
       <c r="N158" t="s">
         <v>27</v>
       </c>
       <c r="O158" t="s">
-        <v>838</v>
+        <v>830</v>
       </c>
       <c r="P158" t="s">
-        <v>839</v>
+        <v>787</v>
       </c>
     </row>
     <row r="159" spans="1:16">
       <c r="A159" t="s">
-        <v>840</v>
+        <v>831</v>
       </c>
       <c r="B159" t="s">
-        <v>841</v>
+        <v>832</v>
       </c>
       <c r="C159" t="s">
-        <v>149</v>
+        <v>743</v>
       </c>
       <c r="D159" t="s">
-        <v>52</v>
+        <v>833</v>
       </c>
       <c r="E159" t="s">
         <v>20</v>
       </c>
       <c r="F159" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="G159" t="s">
-        <v>22</v>
-[...6 lines deleted...]
-      </c>
+        <v>65</v>
+      </c>
+      <c r="H159"/>
+      <c r="I159"/>
       <c r="J159" t="s">
-        <v>33</v>
+        <v>834</v>
       </c>
       <c r="K159" t="s">
         <v>24</v>
       </c>
       <c r="L159"/>
       <c r="M159" t="s">
-        <v>151</v>
+        <v>780</v>
       </c>
       <c r="N159" t="s">
         <v>27</v>
       </c>
       <c r="O159" t="s">
-        <v>842</v>
+        <v>835</v>
       </c>
       <c r="P159" t="s">
-        <v>843</v>
+        <v>787</v>
       </c>
     </row>
     <row r="160" spans="1:16">
       <c r="A160" t="s">
-        <v>840</v>
+        <v>836</v>
       </c>
       <c r="B160" t="s">
-        <v>844</v>
+        <v>837</v>
       </c>
       <c r="C160" t="s">
-        <v>149</v>
+        <v>743</v>
       </c>
       <c r="D160" t="s">
-        <v>52</v>
+        <v>838</v>
       </c>
       <c r="E160" t="s">
         <v>20</v>
       </c>
       <c r="F160" t="s">
         <v>21</v>
       </c>
       <c r="G160" t="s">
-        <v>22</v>
+        <v>65</v>
       </c>
       <c r="H160">
-        <v>2010</v>
-[...3 lines deleted...]
-      </c>
+        <v>2022</v>
+      </c>
+      <c r="I160"/>
       <c r="J160" t="s">
-        <v>33</v>
+        <v>834</v>
       </c>
       <c r="K160" t="s">
         <v>24</v>
       </c>
-      <c r="L160" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L160"/>
       <c r="M160" t="s">
-        <v>151</v>
+        <v>780</v>
       </c>
       <c r="N160" t="s">
         <v>27</v>
       </c>
       <c r="O160" t="s">
-        <v>846</v>
+        <v>839</v>
       </c>
       <c r="P160" t="s">
-        <v>843</v>
+        <v>787</v>
       </c>
     </row>
     <row r="161" spans="1:16">
       <c r="A161" t="s">
-        <v>847</v>
+        <v>840</v>
       </c>
       <c r="B161" t="s">
-        <v>848</v>
+        <v>841</v>
       </c>
       <c r="C161" t="s">
-        <v>771</v>
+        <v>743</v>
       </c>
       <c r="D161" t="s">
-        <v>221</v>
+        <v>395</v>
       </c>
       <c r="E161" t="s">
         <v>20</v>
       </c>
       <c r="F161" t="s">
         <v>21</v>
       </c>
       <c r="G161" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H161">
         <v>2022</v>
       </c>
       <c r="I161"/>
       <c r="J161" t="s">
-        <v>813</v>
+        <v>834</v>
       </c>
       <c r="K161" t="s">
         <v>24</v>
       </c>
       <c r="L161"/>
       <c r="M161" t="s">
-        <v>808</v>
+        <v>780</v>
       </c>
       <c r="N161" t="s">
         <v>27</v>
       </c>
       <c r="O161" t="s">
-        <v>849</v>
+        <v>842</v>
       </c>
       <c r="P161" t="s">
-        <v>815</v>
+        <v>787</v>
       </c>
     </row>
     <row r="162" spans="1:16">
       <c r="A162" t="s">
-        <v>850</v>
+        <v>843</v>
       </c>
       <c r="B162" t="s">
-        <v>851</v>
+        <v>844</v>
       </c>
       <c r="C162" t="s">
-        <v>771</v>
+        <v>743</v>
       </c>
       <c r="D162" t="s">
-        <v>300</v>
+        <v>845</v>
       </c>
       <c r="E162" t="s">
         <v>20</v>
       </c>
       <c r="F162" t="s">
         <v>21</v>
       </c>
       <c r="G162" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H162">
         <v>2022</v>
       </c>
       <c r="I162"/>
       <c r="J162" t="s">
-        <v>813</v>
+        <v>785</v>
       </c>
       <c r="K162" t="s">
         <v>24</v>
       </c>
       <c r="L162"/>
       <c r="M162" t="s">
-        <v>808</v>
+        <v>780</v>
       </c>
       <c r="N162" t="s">
         <v>27</v>
       </c>
       <c r="O162" t="s">
-        <v>852</v>
+        <v>846</v>
       </c>
       <c r="P162" t="s">
-        <v>815</v>
+        <v>787</v>
       </c>
     </row>
     <row r="163" spans="1:16">
       <c r="A163" t="s">
-        <v>853</v>
+        <v>847</v>
       </c>
       <c r="B163" t="s">
-        <v>854</v>
+        <v>848</v>
       </c>
       <c r="C163" t="s">
-        <v>771</v>
+        <v>743</v>
       </c>
       <c r="D163" t="s">
-        <v>348</v>
+        <v>849</v>
       </c>
       <c r="E163" t="s">
         <v>20</v>
       </c>
       <c r="F163" t="s">
         <v>21</v>
       </c>
       <c r="G163" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H163">
         <v>2022</v>
       </c>
       <c r="I163"/>
       <c r="J163" t="s">
-        <v>813</v>
+        <v>785</v>
       </c>
       <c r="K163" t="s">
         <v>24</v>
       </c>
       <c r="L163"/>
       <c r="M163" t="s">
-        <v>808</v>
+        <v>780</v>
       </c>
       <c r="N163" t="s">
         <v>27</v>
       </c>
       <c r="O163" t="s">
-        <v>855</v>
+        <v>850</v>
       </c>
       <c r="P163" t="s">
-        <v>815</v>
+        <v>787</v>
       </c>
     </row>
     <row r="164" spans="1:16">
       <c r="A164" t="s">
-        <v>856</v>
+        <v>851</v>
       </c>
       <c r="B164" t="s">
-        <v>857</v>
+        <v>852</v>
       </c>
       <c r="C164" t="s">
-        <v>771</v>
+        <v>743</v>
       </c>
       <c r="D164" t="s">
-        <v>427</v>
+        <v>227</v>
       </c>
       <c r="E164" t="s">
         <v>20</v>
       </c>
       <c r="F164" t="s">
         <v>21</v>
       </c>
       <c r="G164" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H164">
         <v>2022</v>
       </c>
       <c r="I164"/>
       <c r="J164" t="s">
-        <v>813</v>
+        <v>785</v>
       </c>
       <c r="K164" t="s">
         <v>24</v>
       </c>
       <c r="L164"/>
       <c r="M164" t="s">
-        <v>808</v>
+        <v>780</v>
       </c>
       <c r="N164" t="s">
         <v>27</v>
       </c>
       <c r="O164" t="s">
-        <v>858</v>
+        <v>853</v>
       </c>
       <c r="P164" t="s">
-        <v>815</v>
+        <v>787</v>
       </c>
     </row>
     <row r="165" spans="1:16">
       <c r="A165" t="s">
-        <v>859</v>
+        <v>854</v>
       </c>
       <c r="B165" t="s">
-        <v>860</v>
+        <v>855</v>
       </c>
       <c r="C165" t="s">
-        <v>771</v>
+        <v>743</v>
       </c>
       <c r="D165" t="s">
-        <v>861</v>
+        <v>184</v>
       </c>
       <c r="E165" t="s">
         <v>20</v>
       </c>
       <c r="F165" t="s">
         <v>21</v>
       </c>
       <c r="G165" t="s">
-        <v>71</v>
-[...1 lines deleted...]
-      <c r="H165"/>
+        <v>65</v>
+      </c>
+      <c r="H165">
+        <v>2022</v>
+      </c>
       <c r="I165"/>
       <c r="J165" t="s">
-        <v>862</v>
+        <v>785</v>
       </c>
       <c r="K165" t="s">
-        <v>24</v>
+        <v>185</v>
       </c>
       <c r="L165"/>
       <c r="M165" t="s">
-        <v>808</v>
+        <v>780</v>
       </c>
       <c r="N165" t="s">
-        <v>27</v>
+        <v>856</v>
       </c>
       <c r="O165" t="s">
-        <v>863</v>
+        <v>857</v>
       </c>
       <c r="P165" t="s">
-        <v>815</v>
+        <v>787</v>
       </c>
     </row>
     <row r="166" spans="1:16">
       <c r="A166" t="s">
-        <v>864</v>
+        <v>858</v>
       </c>
       <c r="B166" t="s">
-        <v>865</v>
+        <v>859</v>
       </c>
       <c r="C166" t="s">
-        <v>771</v>
+        <v>743</v>
       </c>
       <c r="D166" t="s">
-        <v>866</v>
+        <v>209</v>
       </c>
       <c r="E166" t="s">
         <v>20</v>
       </c>
       <c r="F166" t="s">
         <v>21</v>
       </c>
       <c r="G166" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H166">
         <v>2022</v>
       </c>
       <c r="I166"/>
       <c r="J166" t="s">
-        <v>862</v>
+        <v>785</v>
       </c>
       <c r="K166" t="s">
         <v>24</v>
       </c>
       <c r="L166"/>
       <c r="M166" t="s">
-        <v>808</v>
+        <v>780</v>
       </c>
       <c r="N166" t="s">
         <v>27</v>
       </c>
       <c r="O166" t="s">
-        <v>867</v>
+        <v>860</v>
       </c>
       <c r="P166" t="s">
-        <v>815</v>
+        <v>787</v>
       </c>
     </row>
     <row r="167" spans="1:16">
       <c r="A167" t="s">
-        <v>868</v>
+        <v>861</v>
       </c>
       <c r="B167" t="s">
-        <v>869</v>
+        <v>862</v>
       </c>
       <c r="C167" t="s">
-        <v>771</v>
+        <v>743</v>
       </c>
       <c r="D167" t="s">
-        <v>417</v>
+        <v>863</v>
       </c>
       <c r="E167" t="s">
         <v>20</v>
       </c>
       <c r="F167" t="s">
         <v>21</v>
       </c>
       <c r="G167" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H167">
         <v>2022</v>
       </c>
       <c r="I167"/>
       <c r="J167" t="s">
-        <v>862</v>
+        <v>785</v>
       </c>
       <c r="K167" t="s">
         <v>24</v>
       </c>
       <c r="L167"/>
       <c r="M167" t="s">
-        <v>808</v>
+        <v>780</v>
       </c>
       <c r="N167" t="s">
-        <v>27</v>
+        <v>67</v>
       </c>
       <c r="O167" t="s">
-        <v>870</v>
+        <v>864</v>
       </c>
       <c r="P167" t="s">
-        <v>815</v>
+        <v>787</v>
       </c>
     </row>
     <row r="168" spans="1:16">
       <c r="A168" t="s">
-        <v>871</v>
+        <v>865</v>
       </c>
       <c r="B168" t="s">
-        <v>872</v>
+        <v>866</v>
       </c>
       <c r="C168" t="s">
-        <v>771</v>
+        <v>743</v>
       </c>
       <c r="D168" t="s">
-        <v>873</v>
+        <v>571</v>
       </c>
       <c r="E168" t="s">
         <v>20</v>
       </c>
       <c r="F168" t="s">
         <v>21</v>
       </c>
       <c r="G168" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H168">
         <v>2022</v>
       </c>
       <c r="I168"/>
       <c r="J168" t="s">
-        <v>813</v>
+        <v>785</v>
       </c>
       <c r="K168" t="s">
         <v>24</v>
       </c>
       <c r="L168"/>
       <c r="M168" t="s">
-        <v>808</v>
+        <v>780</v>
       </c>
       <c r="N168" t="s">
         <v>27</v>
       </c>
       <c r="O168" t="s">
-        <v>874</v>
+        <v>867</v>
       </c>
       <c r="P168" t="s">
-        <v>815</v>
+        <v>787</v>
       </c>
     </row>
     <row r="169" spans="1:16">
       <c r="A169" t="s">
-        <v>875</v>
+        <v>868</v>
       </c>
       <c r="B169" t="s">
-        <v>876</v>
+        <v>869</v>
       </c>
       <c r="C169" t="s">
-        <v>771</v>
+        <v>743</v>
       </c>
       <c r="D169" t="s">
-        <v>877</v>
+        <v>470</v>
       </c>
       <c r="E169" t="s">
         <v>20</v>
       </c>
       <c r="F169" t="s">
         <v>21</v>
       </c>
       <c r="G169" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H169">
         <v>2022</v>
       </c>
       <c r="I169"/>
       <c r="J169" t="s">
-        <v>813</v>
+        <v>785</v>
       </c>
       <c r="K169" t="s">
         <v>24</v>
       </c>
       <c r="L169"/>
       <c r="M169" t="s">
-        <v>808</v>
+        <v>780</v>
       </c>
       <c r="N169" t="s">
         <v>27</v>
       </c>
       <c r="O169" t="s">
-        <v>878</v>
+        <v>870</v>
       </c>
       <c r="P169" t="s">
-        <v>815</v>
+        <v>787</v>
       </c>
     </row>
     <row r="170" spans="1:16">
       <c r="A170" t="s">
-        <v>879</v>
+        <v>871</v>
       </c>
       <c r="B170" t="s">
-        <v>880</v>
+        <v>872</v>
       </c>
       <c r="C170" t="s">
-        <v>771</v>
+        <v>743</v>
       </c>
       <c r="D170" t="s">
-        <v>249</v>
+        <v>64</v>
       </c>
       <c r="E170" t="s">
         <v>20</v>
       </c>
       <c r="F170" t="s">
         <v>21</v>
       </c>
       <c r="G170" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H170">
         <v>2022</v>
       </c>
       <c r="I170"/>
       <c r="J170" t="s">
-        <v>813</v>
+        <v>785</v>
       </c>
       <c r="K170" t="s">
         <v>24</v>
       </c>
       <c r="L170"/>
       <c r="M170" t="s">
-        <v>808</v>
+        <v>780</v>
       </c>
       <c r="N170" t="s">
         <v>27</v>
       </c>
       <c r="O170" t="s">
-        <v>881</v>
+        <v>873</v>
       </c>
       <c r="P170" t="s">
-        <v>815</v>
+        <v>787</v>
       </c>
     </row>
     <row r="171" spans="1:16">
       <c r="A171" t="s">
-        <v>882</v>
+        <v>874</v>
       </c>
       <c r="B171" t="s">
-        <v>883</v>
+        <v>875</v>
       </c>
       <c r="C171" t="s">
-        <v>771</v>
+        <v>743</v>
       </c>
       <c r="D171" t="s">
-        <v>207</v>
+        <v>876</v>
       </c>
       <c r="E171" t="s">
         <v>20</v>
       </c>
       <c r="F171" t="s">
         <v>21</v>
       </c>
       <c r="G171" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H171">
         <v>2022</v>
       </c>
       <c r="I171"/>
       <c r="J171" t="s">
-        <v>813</v>
+        <v>785</v>
       </c>
       <c r="K171" t="s">
-        <v>208</v>
+        <v>24</v>
       </c>
       <c r="L171"/>
       <c r="M171" t="s">
-        <v>808</v>
+        <v>780</v>
       </c>
       <c r="N171" t="s">
-        <v>884</v>
+        <v>27</v>
       </c>
       <c r="O171" t="s">
-        <v>885</v>
+        <v>877</v>
       </c>
       <c r="P171" t="s">
-        <v>815</v>
+        <v>787</v>
       </c>
     </row>
     <row r="172" spans="1:16">
       <c r="A172" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="B172" t="s">
-        <v>887</v>
+        <v>879</v>
       </c>
       <c r="C172" t="s">
-        <v>771</v>
+        <v>743</v>
       </c>
       <c r="D172" t="s">
-        <v>94</v>
+        <v>880</v>
       </c>
       <c r="E172" t="s">
-        <v>20</v>
+        <v>112</v>
       </c>
       <c r="F172" t="s">
         <v>21</v>
       </c>
       <c r="G172" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H172">
         <v>2022</v>
       </c>
       <c r="I172"/>
       <c r="J172" t="s">
-        <v>813</v>
+        <v>785</v>
       </c>
       <c r="K172" t="s">
-        <v>24</v>
+        <v>171</v>
       </c>
       <c r="L172"/>
       <c r="M172" t="s">
-        <v>808</v>
+        <v>780</v>
       </c>
       <c r="N172" t="s">
-        <v>27</v>
+        <v>97</v>
       </c>
       <c r="O172" t="s">
-        <v>888</v>
+        <v>881</v>
       </c>
       <c r="P172" t="s">
-        <v>815</v>
+        <v>787</v>
       </c>
     </row>
     <row r="173" spans="1:16">
       <c r="A173" t="s">
-        <v>889</v>
+        <v>882</v>
       </c>
       <c r="B173" t="s">
-        <v>890</v>
+        <v>883</v>
       </c>
       <c r="C173" t="s">
-        <v>771</v>
+        <v>111</v>
       </c>
       <c r="D173" t="s">
-        <v>891</v>
+        <v>884</v>
       </c>
       <c r="E173" t="s">
-        <v>20</v>
+        <v>112</v>
       </c>
       <c r="F173" t="s">
         <v>21</v>
       </c>
       <c r="G173" t="s">
-        <v>71</v>
+        <v>22</v>
       </c>
       <c r="H173">
-        <v>2022</v>
-[...1 lines deleted...]
-      <c r="I173"/>
+        <v>1981</v>
+      </c>
+      <c r="I173">
+        <v>2002</v>
+      </c>
       <c r="J173" t="s">
-        <v>813</v>
+        <v>113</v>
       </c>
       <c r="K173" t="s">
         <v>24</v>
       </c>
       <c r="L173"/>
       <c r="M173" t="s">
-        <v>808</v>
+        <v>262</v>
       </c>
       <c r="N173" t="s">
-        <v>78</v>
+        <v>67</v>
       </c>
       <c r="O173" t="s">
-        <v>892</v>
+        <v>885</v>
       </c>
       <c r="P173" t="s">
-        <v>815</v>
+        <v>117</v>
       </c>
     </row>
     <row r="174" spans="1:16">
       <c r="A174" t="s">
-        <v>893</v>
+        <v>886</v>
       </c>
       <c r="B174" t="s">
-        <v>894</v>
+        <v>742</v>
       </c>
       <c r="C174" t="s">
-        <v>771</v>
+        <v>887</v>
       </c>
       <c r="D174" t="s">
-        <v>599</v>
+        <v>888</v>
       </c>
       <c r="E174" t="s">
         <v>20</v>
       </c>
       <c r="F174" t="s">
-        <v>21</v>
+        <v>93</v>
       </c>
       <c r="G174" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H174">
         <v>2022</v>
       </c>
       <c r="I174"/>
       <c r="J174" t="s">
-        <v>813</v>
+        <v>889</v>
       </c>
       <c r="K174" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="L174"/>
+        <v>104</v>
+      </c>
+      <c r="L174" t="s">
+        <v>105</v>
+      </c>
       <c r="M174" t="s">
-        <v>808</v>
+        <v>890</v>
       </c>
       <c r="N174" t="s">
-        <v>27</v>
+        <v>97</v>
       </c>
       <c r="O174" t="s">
-        <v>895</v>
+        <v>891</v>
       </c>
       <c r="P174" t="s">
-        <v>815</v>
+        <v>892</v>
       </c>
     </row>
     <row r="175" spans="1:16">
       <c r="A175" t="s">
-        <v>896</v>
+        <v>893</v>
       </c>
       <c r="B175" t="s">
-        <v>897</v>
+        <v>89</v>
       </c>
       <c r="C175" t="s">
-        <v>771</v>
+        <v>894</v>
       </c>
       <c r="D175" t="s">
-        <v>498</v>
+        <v>91</v>
       </c>
       <c r="E175" t="s">
-        <v>20</v>
+        <v>92</v>
       </c>
       <c r="F175" t="s">
-        <v>21</v>
+        <v>93</v>
       </c>
       <c r="G175" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H175">
         <v>2022</v>
       </c>
       <c r="I175"/>
       <c r="J175" t="s">
-        <v>813</v>
+        <v>895</v>
       </c>
       <c r="K175" t="s">
         <v>24</v>
       </c>
-      <c r="L175"/>
+      <c r="L175" t="s">
+        <v>95</v>
+      </c>
       <c r="M175" t="s">
-        <v>808</v>
+        <v>896</v>
       </c>
       <c r="N175" t="s">
-        <v>27</v>
+        <v>97</v>
       </c>
       <c r="O175" t="s">
+        <v>897</v>
+      </c>
+      <c r="P175" t="s">
         <v>898</v>
-      </c>
-[...1 lines deleted...]
-        <v>815</v>
       </c>
     </row>
     <row r="176" spans="1:16">
       <c r="A176" t="s">
         <v>899</v>
       </c>
       <c r="B176" t="s">
-        <v>900</v>
+        <v>89</v>
       </c>
       <c r="C176" t="s">
-        <v>771</v>
+        <v>894</v>
       </c>
       <c r="D176" t="s">
-        <v>76</v>
+        <v>91</v>
       </c>
       <c r="E176" t="s">
         <v>20</v>
       </c>
       <c r="F176" t="s">
-        <v>21</v>
+        <v>93</v>
       </c>
       <c r="G176" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H176">
         <v>2022</v>
       </c>
       <c r="I176"/>
       <c r="J176" t="s">
-        <v>813</v>
+        <v>895</v>
       </c>
       <c r="K176" t="s">
         <v>24</v>
       </c>
-      <c r="L176"/>
+      <c r="L176" t="s">
+        <v>900</v>
+      </c>
       <c r="M176" t="s">
-        <v>808</v>
+        <v>896</v>
       </c>
       <c r="N176" t="s">
-        <v>27</v>
+        <v>97</v>
       </c>
       <c r="O176" t="s">
         <v>901</v>
       </c>
       <c r="P176" t="s">
-        <v>815</v>
+        <v>902</v>
       </c>
     </row>
     <row r="177" spans="1:16">
       <c r="A177" t="s">
-        <v>902</v>
+        <v>903</v>
       </c>
       <c r="B177" t="s">
-        <v>903</v>
+        <v>904</v>
       </c>
       <c r="C177" t="s">
-        <v>771</v>
+        <v>111</v>
       </c>
       <c r="D177" t="s">
-        <v>904</v>
+        <v>314</v>
       </c>
       <c r="E177" t="s">
-        <v>20</v>
+        <v>112</v>
       </c>
       <c r="F177" t="s">
         <v>21</v>
       </c>
       <c r="G177" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H177">
-        <v>2022</v>
+        <v>2011</v>
       </c>
       <c r="I177"/>
       <c r="J177" t="s">
-        <v>813</v>
+        <v>113</v>
       </c>
       <c r="K177" t="s">
         <v>24</v>
       </c>
-      <c r="L177"/>
+      <c r="L177" t="s">
+        <v>315</v>
+      </c>
       <c r="M177" t="s">
-        <v>808</v>
+        <v>115</v>
       </c>
       <c r="N177" t="s">
         <v>27</v>
       </c>
       <c r="O177" t="s">
         <v>905</v>
       </c>
       <c r="P177" t="s">
-        <v>815</v>
+        <v>117</v>
       </c>
     </row>
     <row r="178" spans="1:16">
       <c r="A178" t="s">
         <v>906</v>
       </c>
       <c r="B178" t="s">
         <v>907</v>
       </c>
       <c r="C178" t="s">
-        <v>771</v>
+        <v>908</v>
       </c>
       <c r="D178" t="s">
-        <v>908</v>
+        <v>141</v>
       </c>
       <c r="E178" t="s">
-        <v>137</v>
+        <v>112</v>
       </c>
       <c r="F178" t="s">
-        <v>21</v>
+        <v>126</v>
       </c>
       <c r="G178" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H178">
-        <v>2022</v>
+        <v>2015</v>
       </c>
       <c r="I178"/>
       <c r="J178" t="s">
-        <v>813</v>
+        <v>35</v>
       </c>
       <c r="K178" t="s">
-        <v>194</v>
-[...1 lines deleted...]
-      <c r="L178"/>
+        <v>24</v>
+      </c>
+      <c r="L178" t="s">
+        <v>909</v>
+      </c>
       <c r="M178" t="s">
-        <v>808</v>
+        <v>910</v>
       </c>
       <c r="N178" t="s">
-        <v>122</v>
+        <v>27</v>
       </c>
       <c r="O178" t="s">
-        <v>909</v>
+        <v>911</v>
       </c>
       <c r="P178" t="s">
-        <v>815</v>
+        <v>912</v>
       </c>
     </row>
     <row r="179" spans="1:16">
       <c r="A179" t="s">
+        <v>913</v>
+      </c>
+      <c r="B179" t="s">
+        <v>907</v>
+      </c>
+      <c r="C179" t="s">
+        <v>908</v>
+      </c>
+      <c r="D179" t="s">
+        <v>47</v>
+      </c>
+      <c r="E179" t="s">
+        <v>112</v>
+      </c>
+      <c r="F179" t="s">
+        <v>126</v>
+      </c>
+      <c r="G179" t="s">
+        <v>65</v>
+      </c>
+      <c r="H179">
+        <v>2015</v>
+      </c>
+      <c r="I179"/>
+      <c r="J179" t="s">
+        <v>35</v>
+      </c>
+      <c r="K179" t="s">
+        <v>24</v>
+      </c>
+      <c r="L179" t="s">
+        <v>909</v>
+      </c>
+      <c r="M179" t="s">
         <v>910</v>
       </c>
-      <c r="B179" t="s">
-[...5 lines deleted...]
-      <c r="D179" t="s">
+      <c r="N179" t="s">
+        <v>27</v>
+      </c>
+      <c r="O179" t="s">
+        <v>914</v>
+      </c>
+      <c r="P179" t="s">
         <v>912</v>
-      </c>
-[...32 lines deleted...]
-        <v>142</v>
       </c>
     </row>
     <row r="180" spans="1:16">
       <c r="A180" t="s">
-        <v>914</v>
+        <v>915</v>
       </c>
       <c r="B180" t="s">
-        <v>770</v>
+        <v>916</v>
       </c>
       <c r="C180" t="s">
-        <v>915</v>
+        <v>72</v>
       </c>
       <c r="D180" t="s">
-        <v>916</v>
+        <v>73</v>
       </c>
       <c r="E180" t="s">
         <v>20</v>
       </c>
       <c r="F180" t="s">
-        <v>118</v>
+        <v>21</v>
       </c>
       <c r="G180" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H180">
-        <v>2022</v>
+        <v>2010</v>
       </c>
       <c r="I180"/>
       <c r="J180" t="s">
+        <v>74</v>
+      </c>
+      <c r="K180" t="s">
+        <v>24</v>
+      </c>
+      <c r="L180"/>
+      <c r="M180" t="s">
+        <v>75</v>
+      </c>
+      <c r="N180" t="s">
+        <v>27</v>
+      </c>
+      <c r="O180" t="s">
         <v>917</v>
       </c>
-      <c r="K180" t="s">
-[...5 lines deleted...]
-      <c r="M180" t="s">
+      <c r="P180" t="s">
         <v>918</v>
-      </c>
-[...7 lines deleted...]
-        <v>920</v>
       </c>
     </row>
     <row r="181" spans="1:16">
       <c r="A181" t="s">
-        <v>921</v>
+        <v>919</v>
       </c>
       <c r="B181" t="s">
-        <v>114</v>
+        <v>79</v>
       </c>
       <c r="C181" t="s">
-        <v>922</v>
+        <v>72</v>
       </c>
       <c r="D181" t="s">
-        <v>116</v>
+        <v>80</v>
       </c>
       <c r="E181" t="s">
-        <v>117</v>
+        <v>20</v>
       </c>
       <c r="F181" t="s">
-        <v>118</v>
+        <v>21</v>
       </c>
       <c r="G181" t="s">
-        <v>71</v>
+        <v>22</v>
       </c>
       <c r="H181">
-        <v>2022</v>
-[...1 lines deleted...]
-      <c r="I181"/>
+        <v>2010</v>
+      </c>
+      <c r="I181">
+        <v>2010</v>
+      </c>
       <c r="J181" t="s">
-        <v>923</v>
+        <v>74</v>
       </c>
       <c r="K181" t="s">
         <v>24</v>
       </c>
-      <c r="L181" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L181"/>
       <c r="M181" t="s">
-        <v>924</v>
+        <v>75</v>
       </c>
       <c r="N181" t="s">
-        <v>122</v>
+        <v>27</v>
       </c>
       <c r="O181" t="s">
-        <v>925</v>
+        <v>920</v>
       </c>
       <c r="P181" t="s">
-        <v>926</v>
+        <v>918</v>
       </c>
     </row>
     <row r="182" spans="1:16">
       <c r="A182" t="s">
-        <v>927</v>
+        <v>921</v>
       </c>
       <c r="B182" t="s">
-        <v>114</v>
+        <v>84</v>
       </c>
       <c r="C182" t="s">
-        <v>922</v>
+        <v>72</v>
       </c>
       <c r="D182" t="s">
-        <v>116</v>
+        <v>85</v>
       </c>
       <c r="E182" t="s">
         <v>20</v>
       </c>
       <c r="F182" t="s">
-        <v>118</v>
+        <v>21</v>
       </c>
       <c r="G182" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H182">
-        <v>2022</v>
+        <v>2010</v>
       </c>
       <c r="I182"/>
       <c r="J182" t="s">
-        <v>923</v>
+        <v>74</v>
       </c>
       <c r="K182" t="s">
         <v>24</v>
       </c>
-      <c r="L182" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L182"/>
       <c r="M182" t="s">
-        <v>924</v>
+        <v>75</v>
       </c>
       <c r="N182" t="s">
-        <v>122</v>
+        <v>27</v>
       </c>
       <c r="O182" t="s">
-        <v>929</v>
+        <v>922</v>
       </c>
       <c r="P182" t="s">
-        <v>930</v>
+        <v>918</v>
       </c>
     </row>
     <row r="183" spans="1:16">
       <c r="A183" t="s">
-        <v>931</v>
+        <v>923</v>
       </c>
       <c r="B183" t="s">
-        <v>932</v>
+        <v>924</v>
       </c>
       <c r="C183" t="s">
-        <v>136</v>
+        <v>111</v>
       </c>
       <c r="D183" t="s">
-        <v>336</v>
+        <v>925</v>
       </c>
       <c r="E183" t="s">
-        <v>137</v>
+        <v>112</v>
       </c>
       <c r="F183" t="s">
         <v>21</v>
       </c>
       <c r="G183" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H183">
-        <v>2011</v>
+        <v>2003</v>
       </c>
       <c r="I183"/>
       <c r="J183" t="s">
-        <v>138</v>
+        <v>113</v>
       </c>
       <c r="K183" t="s">
         <v>24</v>
       </c>
       <c r="L183" t="s">
-        <v>337</v>
+        <v>926</v>
       </c>
       <c r="M183" t="s">
-        <v>140</v>
+        <v>262</v>
       </c>
       <c r="N183" t="s">
         <v>27</v>
       </c>
       <c r="O183" t="s">
-        <v>933</v>
+        <v>927</v>
       </c>
       <c r="P183" t="s">
-        <v>142</v>
+        <v>117</v>
       </c>
     </row>
     <row r="184" spans="1:16">
       <c r="A184" t="s">
-        <v>934</v>
+        <v>928</v>
       </c>
       <c r="B184" t="s">
-        <v>935</v>
+        <v>929</v>
       </c>
       <c r="C184" t="s">
-        <v>936</v>
+        <v>102</v>
       </c>
       <c r="D184" t="s">
-        <v>165</v>
+        <v>930</v>
       </c>
       <c r="E184" t="s">
-        <v>137</v>
+        <v>20</v>
       </c>
       <c r="F184" t="s">
-        <v>150</v>
+        <v>21</v>
       </c>
       <c r="G184" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H184">
-        <v>2015</v>
+        <v>2017</v>
       </c>
       <c r="I184"/>
       <c r="J184" t="s">
-        <v>33</v>
+        <v>103</v>
       </c>
       <c r="K184" t="s">
         <v>24</v>
       </c>
-      <c r="L184" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L184"/>
       <c r="M184" t="s">
-        <v>938</v>
+        <v>106</v>
       </c>
       <c r="N184" t="s">
         <v>27</v>
       </c>
       <c r="O184" t="s">
-        <v>939</v>
+        <v>931</v>
       </c>
       <c r="P184" t="s">
-        <v>940</v>
+        <v>932</v>
       </c>
     </row>
     <row r="185" spans="1:16">
       <c r="A185" t="s">
-        <v>941</v>
-[...3 lines deleted...]
-      </c>
+        <v>933</v>
+      </c>
+      <c r="B185"/>
       <c r="C185" t="s">
-        <v>936</v>
+        <v>111</v>
       </c>
       <c r="D185" t="s">
-        <v>52</v>
+        <v>934</v>
       </c>
       <c r="E185" t="s">
-        <v>137</v>
+        <v>20</v>
       </c>
       <c r="F185" t="s">
-        <v>150</v>
+        <v>21</v>
       </c>
       <c r="G185" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H185">
-        <v>2015</v>
+        <v>2021</v>
       </c>
       <c r="I185"/>
       <c r="J185" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="K185" t="s">
         <v>24</v>
       </c>
-      <c r="L185" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L185"/>
       <c r="M185" t="s">
-        <v>938</v>
+        <v>115</v>
       </c>
       <c r="N185" t="s">
         <v>27</v>
       </c>
       <c r="O185" t="s">
-        <v>942</v>
+        <v>935</v>
       </c>
       <c r="P185" t="s">
-        <v>940</v>
+        <v>936</v>
       </c>
     </row>
     <row r="186" spans="1:16">
       <c r="A186" t="s">
-        <v>943</v>
+        <v>937</v>
       </c>
       <c r="B186" t="s">
-        <v>944</v>
+        <v>938</v>
       </c>
       <c r="C186" t="s">
-        <v>99</v>
+        <v>111</v>
       </c>
       <c r="D186" t="s">
-        <v>100</v>
+        <v>925</v>
       </c>
       <c r="E186" t="s">
         <v>20</v>
       </c>
       <c r="F186" t="s">
         <v>21</v>
       </c>
       <c r="G186" t="s">
-        <v>71</v>
+        <v>22</v>
       </c>
       <c r="H186">
-        <v>2010</v>
-[...1 lines deleted...]
-      <c r="I186"/>
+        <v>2003</v>
+      </c>
+      <c r="I186">
+        <v>2005</v>
+      </c>
       <c r="J186" t="s">
-        <v>101</v>
+        <v>35</v>
       </c>
       <c r="K186" t="s">
         <v>24</v>
       </c>
       <c r="L186"/>
       <c r="M186" t="s">
-        <v>102</v>
+        <v>115</v>
       </c>
       <c r="N186" t="s">
         <v>27</v>
       </c>
       <c r="O186" t="s">
-        <v>945</v>
+        <v>939</v>
       </c>
       <c r="P186" t="s">
-        <v>946</v>
+        <v>936</v>
       </c>
     </row>
     <row r="187" spans="1:16">
       <c r="A187" t="s">
-        <v>947</v>
+        <v>940</v>
       </c>
       <c r="B187" t="s">
-        <v>106</v>
+        <v>941</v>
       </c>
       <c r="C187" t="s">
-        <v>99</v>
+        <v>111</v>
       </c>
       <c r="D187" t="s">
-        <v>89</v>
+        <v>520</v>
       </c>
       <c r="E187" t="s">
         <v>20</v>
       </c>
       <c r="F187" t="s">
         <v>21</v>
       </c>
       <c r="G187" t="s">
-        <v>22</v>
+        <v>65</v>
       </c>
       <c r="H187">
-        <v>2010</v>
-[...3 lines deleted...]
-      </c>
+        <v>2003</v>
+      </c>
+      <c r="I187"/>
       <c r="J187" t="s">
-        <v>101</v>
+        <v>35</v>
       </c>
       <c r="K187" t="s">
-        <v>24</v>
+        <v>942</v>
       </c>
       <c r="L187"/>
       <c r="M187" t="s">
-        <v>102</v>
+        <v>115</v>
       </c>
       <c r="N187" t="s">
-        <v>27</v>
+        <v>67</v>
       </c>
       <c r="O187" t="s">
-        <v>948</v>
+        <v>943</v>
       </c>
       <c r="P187" t="s">
-        <v>946</v>
+        <v>936</v>
       </c>
     </row>
     <row r="188" spans="1:16">
       <c r="A188" t="s">
-        <v>949</v>
+        <v>944</v>
       </c>
       <c r="B188" t="s">
-        <v>110</v>
+        <v>945</v>
       </c>
       <c r="C188" t="s">
-        <v>99</v>
+        <v>111</v>
       </c>
       <c r="D188" t="s">
-        <v>32</v>
+        <v>946</v>
       </c>
       <c r="E188" t="s">
         <v>20</v>
       </c>
       <c r="F188" t="s">
         <v>21</v>
       </c>
       <c r="G188" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H188">
-        <v>2010</v>
+        <v>2018</v>
       </c>
       <c r="I188"/>
       <c r="J188" t="s">
-        <v>101</v>
+        <v>35</v>
       </c>
       <c r="K188" t="s">
         <v>24</v>
       </c>
       <c r="L188"/>
       <c r="M188" t="s">
-        <v>102</v>
+        <v>115</v>
       </c>
       <c r="N188" t="s">
         <v>27</v>
       </c>
       <c r="O188" t="s">
-        <v>950</v>
+        <v>947</v>
       </c>
       <c r="P188" t="s">
-        <v>946</v>
+        <v>936</v>
       </c>
     </row>
     <row r="189" spans="1:16">
       <c r="A189" t="s">
-        <v>951</v>
+        <v>948</v>
       </c>
       <c r="B189" t="s">
-        <v>952</v>
+        <v>949</v>
       </c>
       <c r="C189" t="s">
-        <v>136</v>
+        <v>111</v>
       </c>
       <c r="D189" t="s">
-        <v>953</v>
+        <v>946</v>
       </c>
       <c r="E189" t="s">
-        <v>137</v>
+        <v>20</v>
       </c>
       <c r="F189" t="s">
         <v>21</v>
       </c>
       <c r="G189" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H189">
-        <v>2003</v>
+        <v>2016</v>
       </c>
       <c r="I189"/>
       <c r="J189" t="s">
-        <v>138</v>
+        <v>35</v>
       </c>
       <c r="K189" t="s">
         <v>24</v>
       </c>
-      <c r="L189" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L189"/>
       <c r="M189" t="s">
-        <v>284</v>
+        <v>115</v>
       </c>
       <c r="N189" t="s">
         <v>27</v>
       </c>
       <c r="O189" t="s">
-        <v>955</v>
+        <v>950</v>
       </c>
       <c r="P189" t="s">
-        <v>142</v>
+        <v>936</v>
       </c>
     </row>
     <row r="190" spans="1:16">
       <c r="A190" t="s">
-        <v>956</v>
-[...3 lines deleted...]
-      </c>
+        <v>951</v>
+      </c>
+      <c r="B190"/>
       <c r="C190" t="s">
-        <v>127</v>
+        <v>111</v>
       </c>
       <c r="D190" t="s">
-        <v>958</v>
+        <v>80</v>
       </c>
       <c r="E190" t="s">
         <v>20</v>
       </c>
       <c r="F190" t="s">
         <v>21</v>
       </c>
       <c r="G190" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H190">
-        <v>2017</v>
+        <v>2010</v>
       </c>
       <c r="I190"/>
       <c r="J190" t="s">
-        <v>128</v>
+        <v>35</v>
       </c>
       <c r="K190" t="s">
         <v>24</v>
       </c>
       <c r="L190"/>
       <c r="M190" t="s">
-        <v>131</v>
+        <v>115</v>
       </c>
       <c r="N190" t="s">
         <v>27</v>
       </c>
       <c r="O190" t="s">
-        <v>959</v>
+        <v>952</v>
       </c>
       <c r="P190" t="s">
-        <v>960</v>
+        <v>936</v>
       </c>
     </row>
     <row r="191" spans="1:16">
       <c r="A191" t="s">
-        <v>961</v>
+        <v>953</v>
       </c>
       <c r="B191"/>
       <c r="C191" t="s">
-        <v>136</v>
+        <v>111</v>
       </c>
       <c r="D191" t="s">
-        <v>962</v>
+        <v>314</v>
       </c>
       <c r="E191" t="s">
         <v>20</v>
       </c>
       <c r="F191" t="s">
         <v>21</v>
       </c>
       <c r="G191" t="s">
-        <v>71</v>
+        <v>22</v>
       </c>
       <c r="H191">
-        <v>2021</v>
-[...1 lines deleted...]
-      <c r="I191"/>
+        <v>2011</v>
+      </c>
+      <c r="I191">
+        <v>2018</v>
+      </c>
       <c r="J191" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="K191" t="s">
         <v>24</v>
       </c>
       <c r="L191"/>
       <c r="M191" t="s">
-        <v>140</v>
+        <v>954</v>
       </c>
       <c r="N191" t="s">
         <v>27</v>
       </c>
       <c r="O191" t="s">
-        <v>963</v>
+        <v>955</v>
       </c>
       <c r="P191" t="s">
-        <v>964</v>
+        <v>936</v>
       </c>
     </row>
     <row r="192" spans="1:16">
       <c r="A192" t="s">
-        <v>965</v>
-[...3 lines deleted...]
-      </c>
+        <v>956</v>
+      </c>
+      <c r="B192"/>
       <c r="C192" t="s">
-        <v>136</v>
+        <v>111</v>
       </c>
       <c r="D192" t="s">
-        <v>953</v>
+        <v>957</v>
       </c>
       <c r="E192" t="s">
         <v>20</v>
       </c>
       <c r="F192" t="s">
         <v>21</v>
       </c>
       <c r="G192" t="s">
-        <v>22</v>
+        <v>65</v>
       </c>
       <c r="H192">
-        <v>2003</v>
+        <v>2011</v>
       </c>
       <c r="I192">
-        <v>2005</v>
+        <v>2016</v>
       </c>
       <c r="J192" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="K192" t="s">
         <v>24</v>
       </c>
       <c r="L192"/>
       <c r="M192" t="s">
-        <v>140</v>
+        <v>115</v>
       </c>
       <c r="N192" t="s">
         <v>27</v>
       </c>
       <c r="O192" t="s">
-        <v>967</v>
+        <v>958</v>
       </c>
       <c r="P192" t="s">
-        <v>964</v>
+        <v>936</v>
       </c>
     </row>
     <row r="193" spans="1:16">
       <c r="A193" t="s">
-        <v>968</v>
-[...3 lines deleted...]
-      </c>
+        <v>959</v>
+      </c>
+      <c r="B193"/>
       <c r="C193" t="s">
-        <v>136</v>
+        <v>111</v>
       </c>
       <c r="D193" t="s">
-        <v>548</v>
+        <v>571</v>
       </c>
       <c r="E193" t="s">
         <v>20</v>
       </c>
       <c r="F193" t="s">
         <v>21</v>
       </c>
       <c r="G193" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H193">
-        <v>2003</v>
+        <v>2015</v>
       </c>
       <c r="I193"/>
       <c r="J193" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="K193" t="s">
-        <v>970</v>
+        <v>24</v>
       </c>
       <c r="L193"/>
       <c r="M193" t="s">
-        <v>140</v>
+        <v>115</v>
       </c>
       <c r="N193" t="s">
-        <v>78</v>
+        <v>27</v>
       </c>
       <c r="O193" t="s">
-        <v>971</v>
+        <v>960</v>
       </c>
       <c r="P193" t="s">
-        <v>964</v>
+        <v>936</v>
       </c>
     </row>
     <row r="194" spans="1:16">
       <c r="A194" t="s">
-        <v>972</v>
-[...3 lines deleted...]
-      </c>
+        <v>961</v>
+      </c>
+      <c r="B194"/>
       <c r="C194" t="s">
-        <v>136</v>
+        <v>111</v>
       </c>
       <c r="D194" t="s">
-        <v>974</v>
+        <v>120</v>
       </c>
       <c r="E194" t="s">
         <v>20</v>
       </c>
       <c r="F194" t="s">
         <v>21</v>
       </c>
       <c r="G194" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H194">
-        <v>2018</v>
+        <v>2015</v>
       </c>
       <c r="I194"/>
       <c r="J194" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="K194" t="s">
         <v>24</v>
       </c>
       <c r="L194"/>
       <c r="M194" t="s">
-        <v>140</v>
+        <v>115</v>
       </c>
       <c r="N194" t="s">
         <v>27</v>
       </c>
       <c r="O194" t="s">
-        <v>975</v>
+        <v>962</v>
       </c>
       <c r="P194" t="s">
-        <v>964</v>
+        <v>936</v>
       </c>
     </row>
     <row r="195" spans="1:16">
       <c r="A195" t="s">
-        <v>976</v>
+        <v>963</v>
       </c>
       <c r="B195" t="s">
-        <v>977</v>
+        <v>964</v>
       </c>
       <c r="C195" t="s">
-        <v>136</v>
+        <v>111</v>
       </c>
       <c r="D195" t="s">
-        <v>974</v>
+        <v>790</v>
       </c>
       <c r="E195" t="s">
         <v>20</v>
       </c>
       <c r="F195" t="s">
         <v>21</v>
       </c>
       <c r="G195" t="s">
-        <v>71</v>
+        <v>22</v>
       </c>
       <c r="H195">
-        <v>2016</v>
-[...1 lines deleted...]
-      <c r="I195"/>
+        <v>2001</v>
+      </c>
+      <c r="I195">
+        <v>2018</v>
+      </c>
       <c r="J195" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="K195" t="s">
         <v>24</v>
       </c>
       <c r="L195"/>
       <c r="M195" t="s">
-        <v>140</v>
+        <v>115</v>
       </c>
       <c r="N195" t="s">
         <v>27</v>
       </c>
       <c r="O195" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="P195" t="s">
-        <v>964</v>
+        <v>936</v>
       </c>
     </row>
     <row r="196" spans="1:16">
       <c r="A196" t="s">
-        <v>979</v>
+        <v>966</v>
       </c>
       <c r="B196"/>
       <c r="C196" t="s">
-        <v>136</v>
+        <v>111</v>
       </c>
       <c r="D196" t="s">
-        <v>89</v>
+        <v>378</v>
       </c>
       <c r="E196" t="s">
         <v>20</v>
       </c>
       <c r="F196" t="s">
         <v>21</v>
       </c>
       <c r="G196" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H196">
-        <v>2010</v>
+        <v>2009</v>
       </c>
       <c r="I196"/>
       <c r="J196" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="K196" t="s">
         <v>24</v>
       </c>
       <c r="L196"/>
       <c r="M196" t="s">
-        <v>140</v>
+        <v>115</v>
       </c>
       <c r="N196" t="s">
         <v>27</v>
       </c>
       <c r="O196" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="P196" t="s">
-        <v>964</v>
+        <v>936</v>
       </c>
     </row>
     <row r="197" spans="1:16">
       <c r="A197" t="s">
-        <v>981</v>
+        <v>968</v>
       </c>
       <c r="B197"/>
       <c r="C197" t="s">
-        <v>136</v>
+        <v>111</v>
       </c>
       <c r="D197" t="s">
-        <v>336</v>
+        <v>80</v>
       </c>
       <c r="E197" t="s">
         <v>20</v>
       </c>
       <c r="F197" t="s">
         <v>21</v>
       </c>
       <c r="G197" t="s">
-        <v>22</v>
+        <v>65</v>
       </c>
       <c r="H197">
-        <v>2011</v>
-[...3 lines deleted...]
-      </c>
+        <v>2012</v>
+      </c>
+      <c r="I197"/>
       <c r="J197" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="K197" t="s">
         <v>24</v>
       </c>
       <c r="L197"/>
       <c r="M197" t="s">
-        <v>982</v>
+        <v>115</v>
       </c>
       <c r="N197" t="s">
         <v>27</v>
       </c>
       <c r="O197" t="s">
-        <v>983</v>
+        <v>969</v>
       </c>
       <c r="P197" t="s">
-        <v>964</v>
+        <v>936</v>
       </c>
     </row>
     <row r="198" spans="1:16">
       <c r="A198" t="s">
-        <v>984</v>
+        <v>970</v>
       </c>
       <c r="B198"/>
       <c r="C198" t="s">
-        <v>136</v>
+        <v>111</v>
       </c>
       <c r="D198" t="s">
-        <v>985</v>
+        <v>790</v>
       </c>
       <c r="E198" t="s">
         <v>20</v>
       </c>
       <c r="F198" t="s">
         <v>21</v>
       </c>
       <c r="G198" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H198">
-        <v>2011</v>
-[...3 lines deleted...]
-      </c>
+        <v>2014</v>
+      </c>
+      <c r="I198"/>
       <c r="J198" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="K198" t="s">
         <v>24</v>
       </c>
       <c r="L198"/>
       <c r="M198" t="s">
-        <v>140</v>
+        <v>115</v>
       </c>
       <c r="N198" t="s">
         <v>27</v>
       </c>
       <c r="O198" t="s">
-        <v>986</v>
+        <v>971</v>
       </c>
       <c r="P198" t="s">
-        <v>964</v>
+        <v>936</v>
       </c>
     </row>
     <row r="199" spans="1:16">
       <c r="A199" t="s">
-        <v>987</v>
-[...1 lines deleted...]
-      <c r="B199"/>
+        <v>972</v>
+      </c>
+      <c r="B199" t="s">
+        <v>973</v>
+      </c>
       <c r="C199" t="s">
-        <v>136</v>
+        <v>111</v>
       </c>
       <c r="D199" t="s">
-        <v>599</v>
+        <v>884</v>
       </c>
       <c r="E199" t="s">
         <v>20</v>
       </c>
       <c r="F199" t="s">
         <v>21</v>
       </c>
       <c r="G199" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H199">
-        <v>2015</v>
+        <v>2002</v>
       </c>
       <c r="I199"/>
       <c r="J199" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="K199" t="s">
         <v>24</v>
       </c>
       <c r="L199"/>
       <c r="M199" t="s">
-        <v>140</v>
+        <v>115</v>
       </c>
       <c r="N199" t="s">
         <v>27</v>
       </c>
       <c r="O199" t="s">
-        <v>988</v>
-[...3 lines deleted...]
-      </c>
+        <v>974</v>
+      </c>
+      <c r="P199"/>
     </row>
     <row r="200" spans="1:16">
       <c r="A200" t="s">
-        <v>989</v>
-[...1 lines deleted...]
-      <c r="B200"/>
+        <v>975</v>
+      </c>
+      <c r="B200" t="s">
+        <v>976</v>
+      </c>
       <c r="C200" t="s">
-        <v>136</v>
+        <v>111</v>
       </c>
       <c r="D200" t="s">
-        <v>70</v>
+        <v>977</v>
       </c>
       <c r="E200" t="s">
         <v>20</v>
       </c>
       <c r="F200" t="s">
         <v>21</v>
       </c>
       <c r="G200" t="s">
-        <v>71</v>
+        <v>22</v>
       </c>
       <c r="H200">
-        <v>2015</v>
-[...1 lines deleted...]
-      <c r="I200"/>
+        <v>2002</v>
+      </c>
+      <c r="I200">
+        <v>2016</v>
+      </c>
       <c r="J200" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="K200" t="s">
         <v>24</v>
       </c>
       <c r="L200"/>
       <c r="M200" t="s">
-        <v>140</v>
+        <v>115</v>
       </c>
       <c r="N200" t="s">
         <v>27</v>
       </c>
       <c r="O200" t="s">
-        <v>990</v>
+        <v>978</v>
       </c>
       <c r="P200" t="s">
-        <v>964</v>
+        <v>936</v>
       </c>
     </row>
     <row r="201" spans="1:16">
       <c r="A201" t="s">
-        <v>991</v>
+        <v>979</v>
       </c>
       <c r="B201" t="s">
-        <v>992</v>
+        <v>980</v>
       </c>
       <c r="C201" t="s">
-        <v>136</v>
+        <v>111</v>
       </c>
       <c r="D201" t="s">
-        <v>818</v>
+        <v>141</v>
       </c>
       <c r="E201" t="s">
         <v>20</v>
       </c>
       <c r="F201" t="s">
         <v>21</v>
       </c>
       <c r="G201" t="s">
         <v>22</v>
       </c>
       <c r="H201">
-        <v>2001</v>
+        <v>2000</v>
       </c>
       <c r="I201">
         <v>2018</v>
       </c>
       <c r="J201" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="K201" t="s">
         <v>24</v>
       </c>
       <c r="L201"/>
       <c r="M201" t="s">
-        <v>140</v>
+        <v>115</v>
       </c>
       <c r="N201" t="s">
         <v>27</v>
       </c>
       <c r="O201" t="s">
-        <v>993</v>
+        <v>981</v>
       </c>
       <c r="P201" t="s">
-        <v>964</v>
+        <v>936</v>
       </c>
     </row>
     <row r="202" spans="1:16">
       <c r="A202" t="s">
-        <v>994</v>
+        <v>982</v>
       </c>
       <c r="B202"/>
       <c r="C202" t="s">
-        <v>136</v>
+        <v>111</v>
       </c>
       <c r="D202" t="s">
-        <v>400</v>
+        <v>326</v>
       </c>
       <c r="E202" t="s">
         <v>20</v>
       </c>
       <c r="F202" t="s">
         <v>21</v>
       </c>
       <c r="G202" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H202">
-        <v>2009</v>
+        <v>2020</v>
       </c>
       <c r="I202"/>
       <c r="J202" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="K202" t="s">
         <v>24</v>
       </c>
       <c r="L202"/>
       <c r="M202" t="s">
-        <v>140</v>
+        <v>115</v>
       </c>
       <c r="N202" t="s">
         <v>27</v>
       </c>
       <c r="O202" t="s">
-        <v>995</v>
+        <v>983</v>
       </c>
       <c r="P202" t="s">
-        <v>964</v>
+        <v>936</v>
       </c>
     </row>
     <row r="203" spans="1:16">
       <c r="A203" t="s">
-        <v>996</v>
+        <v>984</v>
       </c>
       <c r="B203"/>
       <c r="C203" t="s">
-        <v>136</v>
+        <v>111</v>
       </c>
       <c r="D203" t="s">
-        <v>89</v>
+        <v>985</v>
       </c>
       <c r="E203" t="s">
         <v>20</v>
       </c>
       <c r="F203" t="s">
         <v>21</v>
       </c>
       <c r="G203" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H203">
-        <v>2012</v>
+        <v>2010</v>
       </c>
       <c r="I203"/>
       <c r="J203" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="K203" t="s">
         <v>24</v>
       </c>
       <c r="L203"/>
       <c r="M203" t="s">
-        <v>140</v>
+        <v>115</v>
       </c>
       <c r="N203" t="s">
         <v>27</v>
       </c>
       <c r="O203" t="s">
-        <v>997</v>
+        <v>986</v>
       </c>
       <c r="P203" t="s">
-        <v>964</v>
+        <v>936</v>
       </c>
     </row>
     <row r="204" spans="1:16">
       <c r="A204" t="s">
-        <v>998</v>
+        <v>987</v>
       </c>
       <c r="B204"/>
       <c r="C204" t="s">
-        <v>136</v>
+        <v>111</v>
       </c>
       <c r="D204" t="s">
-        <v>818</v>
+        <v>946</v>
       </c>
       <c r="E204" t="s">
         <v>20</v>
       </c>
       <c r="F204" t="s">
         <v>21</v>
       </c>
       <c r="G204" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H204">
-        <v>2014</v>
+        <v>2018</v>
       </c>
       <c r="I204"/>
       <c r="J204" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="K204" t="s">
         <v>24</v>
       </c>
       <c r="L204"/>
       <c r="M204" t="s">
-        <v>140</v>
+        <v>115</v>
       </c>
       <c r="N204" t="s">
         <v>27</v>
       </c>
       <c r="O204" t="s">
-        <v>999</v>
+        <v>988</v>
       </c>
       <c r="P204" t="s">
-        <v>964</v>
+        <v>936</v>
       </c>
     </row>
     <row r="205" spans="1:16">
       <c r="A205" t="s">
-        <v>1000</v>
+        <v>989</v>
       </c>
       <c r="B205" t="s">
-        <v>1001</v>
+        <v>990</v>
       </c>
       <c r="C205" t="s">
-        <v>136</v>
+        <v>111</v>
       </c>
       <c r="D205" t="s">
-        <v>912</v>
+        <v>991</v>
       </c>
       <c r="E205" t="s">
         <v>20</v>
       </c>
       <c r="F205" t="s">
         <v>21</v>
       </c>
       <c r="G205" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H205">
-        <v>2002</v>
+        <v>2020</v>
       </c>
       <c r="I205"/>
       <c r="J205" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="K205" t="s">
         <v>24</v>
       </c>
       <c r="L205"/>
       <c r="M205" t="s">
-        <v>140</v>
+        <v>115</v>
       </c>
       <c r="N205" t="s">
         <v>27</v>
       </c>
       <c r="O205" t="s">
-        <v>1002</v>
-[...1 lines deleted...]
-      <c r="P205"/>
+        <v>992</v>
+      </c>
+      <c r="P205" t="s">
+        <v>936</v>
+      </c>
     </row>
     <row r="206" spans="1:16">
       <c r="A206" t="s">
-        <v>1003</v>
+        <v>993</v>
       </c>
       <c r="B206" t="s">
-        <v>1004</v>
+        <v>994</v>
       </c>
       <c r="C206" t="s">
-        <v>136</v>
+        <v>111</v>
       </c>
       <c r="D206" t="s">
-        <v>1005</v>
+        <v>47</v>
       </c>
       <c r="E206" t="s">
         <v>20</v>
       </c>
       <c r="F206" t="s">
         <v>21</v>
       </c>
       <c r="G206" t="s">
-        <v>22</v>
+        <v>65</v>
       </c>
       <c r="H206">
         <v>2002</v>
       </c>
-      <c r="I206">
-[...1 lines deleted...]
-      </c>
+      <c r="I206"/>
       <c r="J206" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="K206" t="s">
         <v>24</v>
       </c>
       <c r="L206"/>
       <c r="M206" t="s">
-        <v>140</v>
+        <v>115</v>
       </c>
       <c r="N206" t="s">
         <v>27</v>
       </c>
       <c r="O206" t="s">
-        <v>1006</v>
+        <v>995</v>
       </c>
       <c r="P206" t="s">
-        <v>964</v>
+        <v>936</v>
       </c>
     </row>
     <row r="207" spans="1:16">
       <c r="A207" t="s">
-        <v>1007</v>
+        <v>996</v>
       </c>
       <c r="B207" t="s">
-        <v>1008</v>
+        <v>997</v>
       </c>
       <c r="C207" t="s">
-        <v>136</v>
+        <v>998</v>
       </c>
       <c r="D207" t="s">
-        <v>165</v>
+        <v>91</v>
       </c>
       <c r="E207" t="s">
         <v>20</v>
       </c>
       <c r="F207" t="s">
-        <v>21</v>
+        <v>93</v>
       </c>
       <c r="G207" t="s">
         <v>22</v>
       </c>
       <c r="H207">
-        <v>2000</v>
+        <v>2019</v>
       </c>
       <c r="I207">
-        <v>2018</v>
+        <v>2022</v>
       </c>
       <c r="J207" t="s">
-        <v>33</v>
+        <v>170</v>
       </c>
       <c r="K207" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="L207"/>
+        <v>104</v>
+      </c>
+      <c r="L207" t="s">
+        <v>105</v>
+      </c>
       <c r="M207" t="s">
-        <v>140</v>
+        <v>999</v>
       </c>
       <c r="N207" t="s">
-        <v>27</v>
+        <v>97</v>
       </c>
       <c r="O207" t="s">
-        <v>1009</v>
+        <v>1000</v>
       </c>
       <c r="P207" t="s">
-        <v>964</v>
+        <v>1001</v>
       </c>
     </row>
     <row r="208" spans="1:16">
       <c r="A208" t="s">
-        <v>1010</v>
-[...1 lines deleted...]
-      <c r="B208"/>
+        <v>1002</v>
+      </c>
+      <c r="B208" t="s">
+        <v>1003</v>
+      </c>
       <c r="C208" t="s">
-        <v>136</v>
+        <v>527</v>
       </c>
       <c r="D208" t="s">
-        <v>348</v>
+        <v>209</v>
       </c>
       <c r="E208" t="s">
-        <v>20</v>
+        <v>112</v>
       </c>
       <c r="F208" t="s">
         <v>21</v>
       </c>
       <c r="G208" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H208">
-        <v>2020</v>
+        <v>2012</v>
       </c>
       <c r="I208"/>
       <c r="J208" t="s">
-        <v>33</v>
+        <v>103</v>
       </c>
       <c r="K208" t="s">
         <v>24</v>
       </c>
-      <c r="L208"/>
+      <c r="L208" t="s">
+        <v>1004</v>
+      </c>
       <c r="M208" t="s">
-        <v>140</v>
+        <v>530</v>
       </c>
       <c r="N208" t="s">
         <v>27</v>
       </c>
       <c r="O208" t="s">
-        <v>1011</v>
+        <v>1005</v>
       </c>
       <c r="P208" t="s">
-        <v>964</v>
+        <v>1006</v>
       </c>
     </row>
     <row r="209" spans="1:16">
       <c r="A209" t="s">
-        <v>1012</v>
-[...1 lines deleted...]
-      <c r="B209"/>
+        <v>1007</v>
+      </c>
+      <c r="B209" t="s">
+        <v>1008</v>
+      </c>
       <c r="C209" t="s">
-        <v>136</v>
+        <v>527</v>
       </c>
       <c r="D209" t="s">
-        <v>1013</v>
+        <v>616</v>
       </c>
       <c r="E209" t="s">
-        <v>20</v>
+        <v>112</v>
       </c>
       <c r="F209" t="s">
         <v>21</v>
       </c>
       <c r="G209" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H209">
-        <v>2010</v>
+        <v>2015</v>
       </c>
       <c r="I209"/>
       <c r="J209" t="s">
-        <v>33</v>
+        <v>103</v>
       </c>
       <c r="K209" t="s">
         <v>24</v>
       </c>
-      <c r="L209"/>
+      <c r="L209" t="s">
+        <v>1009</v>
+      </c>
       <c r="M209" t="s">
-        <v>140</v>
+        <v>530</v>
       </c>
       <c r="N209" t="s">
         <v>27</v>
       </c>
       <c r="O209" t="s">
-        <v>1014</v>
+        <v>1010</v>
       </c>
       <c r="P209" t="s">
-        <v>964</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="210" spans="1:16">
       <c r="A210" t="s">
-        <v>1015</v>
-[...1 lines deleted...]
-      <c r="B210"/>
+        <v>1012</v>
+      </c>
+      <c r="B210" t="s">
+        <v>1013</v>
+      </c>
       <c r="C210" t="s">
-        <v>136</v>
+        <v>527</v>
       </c>
       <c r="D210" t="s">
-        <v>974</v>
+        <v>47</v>
       </c>
       <c r="E210" t="s">
-        <v>20</v>
+        <v>112</v>
       </c>
       <c r="F210" t="s">
         <v>21</v>
       </c>
       <c r="G210" t="s">
-        <v>71</v>
+        <v>22</v>
       </c>
       <c r="H210">
-        <v>2018</v>
-[...1 lines deleted...]
-      <c r="I210"/>
+        <v>2013</v>
+      </c>
+      <c r="I210">
+        <v>2015</v>
+      </c>
       <c r="J210" t="s">
-        <v>33</v>
+        <v>103</v>
       </c>
       <c r="K210" t="s">
         <v>24</v>
       </c>
-      <c r="L210"/>
+      <c r="L210" t="s">
+        <v>1014</v>
+      </c>
       <c r="M210" t="s">
-        <v>140</v>
+        <v>530</v>
       </c>
       <c r="N210" t="s">
         <v>27</v>
       </c>
       <c r="O210" t="s">
+        <v>1015</v>
+      </c>
+      <c r="P210" t="s">
         <v>1016</v>
-      </c>
-[...1 lines deleted...]
-        <v>964</v>
       </c>
     </row>
     <row r="211" spans="1:16">
       <c r="A211" t="s">
         <v>1017</v>
       </c>
       <c r="B211" t="s">
         <v>1018</v>
       </c>
       <c r="C211" t="s">
-        <v>136</v>
+        <v>527</v>
       </c>
       <c r="D211" t="s">
         <v>1019</v>
       </c>
       <c r="E211" t="s">
-        <v>20</v>
+        <v>112</v>
       </c>
       <c r="F211" t="s">
-        <v>21</v>
+        <v>126</v>
       </c>
       <c r="G211" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H211">
-        <v>2020</v>
+        <v>2014</v>
       </c>
       <c r="I211"/>
       <c r="J211" t="s">
-        <v>33</v>
+        <v>103</v>
       </c>
       <c r="K211" t="s">
         <v>24</v>
       </c>
-      <c r="L211"/>
+      <c r="L211" t="s">
+        <v>1020</v>
+      </c>
       <c r="M211" t="s">
-        <v>140</v>
+        <v>530</v>
       </c>
       <c r="N211" t="s">
         <v>27</v>
       </c>
       <c r="O211" t="s">
-        <v>1020</v>
+        <v>1021</v>
       </c>
       <c r="P211" t="s">
-        <v>964</v>
+        <v>1022</v>
       </c>
     </row>
     <row r="212" spans="1:16">
       <c r="A212" t="s">
-        <v>1021</v>
+        <v>1023</v>
       </c>
       <c r="B212" t="s">
-        <v>1022</v>
+        <v>1024</v>
       </c>
       <c r="C212" t="s">
-        <v>136</v>
+        <v>527</v>
       </c>
       <c r="D212" t="s">
-        <v>52</v>
+        <v>504</v>
       </c>
       <c r="E212" t="s">
         <v>20</v>
       </c>
       <c r="F212" t="s">
         <v>21</v>
       </c>
       <c r="G212" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H212">
-        <v>2002</v>
+        <v>2012</v>
       </c>
       <c r="I212"/>
       <c r="J212" t="s">
-        <v>33</v>
+        <v>103</v>
       </c>
       <c r="K212" t="s">
         <v>24</v>
       </c>
-      <c r="L212"/>
+      <c r="L212" t="s">
+        <v>529</v>
+      </c>
       <c r="M212" t="s">
-        <v>140</v>
+        <v>530</v>
       </c>
       <c r="N212" t="s">
         <v>27</v>
       </c>
       <c r="O212" t="s">
-        <v>1023</v>
+        <v>1025</v>
       </c>
       <c r="P212" t="s">
-        <v>964</v>
+        <v>1026</v>
       </c>
     </row>
     <row r="213" spans="1:16">
       <c r="A213" t="s">
+        <v>1027</v>
+      </c>
+      <c r="B213" t="s">
         <v>1024</v>
       </c>
-      <c r="B213" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C213" t="s">
-        <v>1026</v>
+        <v>527</v>
       </c>
       <c r="D213" t="s">
-        <v>116</v>
+        <v>288</v>
       </c>
       <c r="E213" t="s">
         <v>20</v>
       </c>
       <c r="F213" t="s">
-        <v>118</v>
+        <v>21</v>
       </c>
       <c r="G213" t="s">
-        <v>22</v>
+        <v>65</v>
       </c>
       <c r="H213">
-        <v>2019</v>
-[...3 lines deleted...]
-      </c>
+        <v>2015</v>
+      </c>
+      <c r="I213"/>
       <c r="J213" t="s">
-        <v>193</v>
+        <v>103</v>
       </c>
       <c r="K213" t="s">
-        <v>129</v>
+        <v>24</v>
       </c>
       <c r="L213" t="s">
-        <v>130</v>
+        <v>1028</v>
       </c>
       <c r="M213" t="s">
-        <v>1027</v>
+        <v>530</v>
       </c>
       <c r="N213" t="s">
-        <v>122</v>
+        <v>27</v>
       </c>
       <c r="O213" t="s">
-        <v>1028</v>
+        <v>1029</v>
       </c>
       <c r="P213" t="s">
-        <v>1029</v>
+        <v>1030</v>
       </c>
     </row>
     <row r="214" spans="1:16">
       <c r="A214" t="s">
-        <v>1030</v>
+        <v>1031</v>
       </c>
       <c r="B214" t="s">
-        <v>1031</v>
+        <v>1032</v>
       </c>
       <c r="C214" t="s">
-        <v>555</v>
+        <v>527</v>
       </c>
       <c r="D214" t="s">
-        <v>94</v>
+        <v>1033</v>
       </c>
       <c r="E214" t="s">
-        <v>137</v>
+        <v>20</v>
       </c>
       <c r="F214" t="s">
         <v>21</v>
       </c>
       <c r="G214" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H214">
-        <v>2012</v>
+        <v>2011</v>
       </c>
       <c r="I214"/>
       <c r="J214" t="s">
-        <v>128</v>
+        <v>103</v>
       </c>
       <c r="K214" t="s">
         <v>24</v>
       </c>
       <c r="L214" t="s">
-        <v>1032</v>
+        <v>1034</v>
       </c>
       <c r="M214" t="s">
-        <v>558</v>
+        <v>530</v>
       </c>
       <c r="N214" t="s">
         <v>27</v>
       </c>
       <c r="O214" t="s">
-        <v>1033</v>
+        <v>1035</v>
       </c>
       <c r="P214" t="s">
-        <v>1034</v>
+        <v>1036</v>
       </c>
     </row>
     <row r="215" spans="1:16">
       <c r="A215" t="s">
-        <v>1035</v>
+        <v>1037</v>
       </c>
       <c r="B215" t="s">
-        <v>1036</v>
+        <v>1038</v>
       </c>
       <c r="C215" t="s">
-        <v>555</v>
+        <v>527</v>
       </c>
       <c r="D215" t="s">
-        <v>644</v>
+        <v>192</v>
       </c>
       <c r="E215" t="s">
-        <v>137</v>
+        <v>112</v>
       </c>
       <c r="F215" t="s">
         <v>21</v>
       </c>
       <c r="G215" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H215">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="I215"/>
       <c r="J215" t="s">
-        <v>128</v>
+        <v>103</v>
       </c>
       <c r="K215" t="s">
         <v>24</v>
       </c>
       <c r="L215" t="s">
-        <v>1037</v>
+        <v>1039</v>
       </c>
       <c r="M215" t="s">
-        <v>558</v>
+        <v>530</v>
       </c>
       <c r="N215" t="s">
         <v>27</v>
       </c>
       <c r="O215" t="s">
-        <v>1038</v>
+        <v>1040</v>
       </c>
       <c r="P215" t="s">
-        <v>1039</v>
+        <v>1041</v>
       </c>
     </row>
     <row r="216" spans="1:16">
       <c r="A216" t="s">
-        <v>1040</v>
+        <v>1042</v>
       </c>
       <c r="B216" t="s">
-        <v>1041</v>
+        <v>1043</v>
       </c>
       <c r="C216" t="s">
-        <v>555</v>
+        <v>147</v>
       </c>
       <c r="D216" t="s">
-        <v>52</v>
+        <v>1044</v>
       </c>
       <c r="E216" t="s">
-        <v>137</v>
+        <v>112</v>
       </c>
       <c r="F216" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="G216" t="s">
-        <v>22</v>
+        <v>65</v>
       </c>
       <c r="H216">
-        <v>2013</v>
-[...3 lines deleted...]
-      </c>
+        <v>2017</v>
+      </c>
+      <c r="I216"/>
       <c r="J216" t="s">
-        <v>128</v>
+        <v>641</v>
       </c>
       <c r="K216" t="s">
         <v>24</v>
       </c>
-      <c r="L216" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L216"/>
       <c r="M216" t="s">
-        <v>558</v>
+        <v>149</v>
       </c>
       <c r="N216" t="s">
         <v>27</v>
       </c>
       <c r="O216" t="s">
-        <v>1043</v>
+        <v>1045</v>
       </c>
       <c r="P216" t="s">
-        <v>1044</v>
+        <v>510</v>
       </c>
     </row>
     <row r="217" spans="1:16">
       <c r="A217" t="s">
-        <v>1045</v>
+        <v>1046</v>
       </c>
       <c r="B217" t="s">
-        <v>1046</v>
+        <v>1047</v>
       </c>
       <c r="C217" t="s">
-        <v>555</v>
+        <v>147</v>
       </c>
       <c r="D217" t="s">
-        <v>1047</v>
+        <v>410</v>
       </c>
       <c r="E217" t="s">
-        <v>137</v>
+        <v>20</v>
       </c>
       <c r="F217" t="s">
-        <v>150</v>
+        <v>126</v>
       </c>
       <c r="G217" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H217">
-        <v>2014</v>
+        <v>2024</v>
       </c>
       <c r="I217"/>
       <c r="J217" t="s">
-        <v>128</v>
+        <v>1048</v>
       </c>
       <c r="K217" t="s">
         <v>24</v>
       </c>
       <c r="L217" t="s">
-        <v>1048</v>
+        <v>1049</v>
       </c>
       <c r="M217" t="s">
-        <v>558</v>
+        <v>1050</v>
       </c>
       <c r="N217" t="s">
         <v>27</v>
       </c>
       <c r="O217" t="s">
-        <v>1049</v>
+        <v>1051</v>
       </c>
       <c r="P217" t="s">
-        <v>1050</v>
+        <v>1052</v>
       </c>
     </row>
     <row r="218" spans="1:16">
       <c r="A218" t="s">
-        <v>1051</v>
+        <v>1053</v>
       </c>
       <c r="B218" t="s">
-        <v>1052</v>
+        <v>1054</v>
       </c>
       <c r="C218" t="s">
-        <v>555</v>
+        <v>147</v>
       </c>
       <c r="D218" t="s">
-        <v>532</v>
+        <v>141</v>
       </c>
       <c r="E218" t="s">
-        <v>20</v>
+        <v>112</v>
       </c>
       <c r="F218" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="G218" t="s">
-        <v>71</v>
+        <v>22</v>
       </c>
       <c r="H218">
-        <v>2012</v>
-[...1 lines deleted...]
-      <c r="I218"/>
+        <v>2017</v>
+      </c>
+      <c r="I218">
+        <v>2019</v>
+      </c>
       <c r="J218" t="s">
-        <v>128</v>
+        <v>170</v>
       </c>
       <c r="K218" t="s">
         <v>24</v>
       </c>
-      <c r="L218" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L218"/>
       <c r="M218" t="s">
-        <v>558</v>
+        <v>149</v>
       </c>
       <c r="N218" t="s">
         <v>27</v>
       </c>
       <c r="O218" t="s">
-        <v>1053</v>
+        <v>1055</v>
       </c>
       <c r="P218" t="s">
-        <v>1054</v>
+        <v>510</v>
       </c>
     </row>
     <row r="219" spans="1:16">
       <c r="A219" t="s">
-        <v>1055</v>
+        <v>1056</v>
       </c>
       <c r="B219" t="s">
-        <v>1052</v>
+        <v>1057</v>
       </c>
       <c r="C219" t="s">
-        <v>555</v>
+        <v>147</v>
       </c>
       <c r="D219" t="s">
-        <v>310</v>
+        <v>1058</v>
       </c>
       <c r="E219" t="s">
         <v>20</v>
       </c>
       <c r="F219" t="s">
-        <v>21</v>
+        <v>169</v>
       </c>
       <c r="G219" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H219">
-        <v>2015</v>
+        <v>2018</v>
       </c>
       <c r="I219"/>
       <c r="J219" t="s">
-        <v>128</v>
+        <v>170</v>
       </c>
       <c r="K219" t="s">
         <v>24</v>
       </c>
       <c r="L219" t="s">
-        <v>1056</v>
+        <v>1059</v>
       </c>
       <c r="M219" t="s">
-        <v>558</v>
+        <v>1060</v>
       </c>
       <c r="N219" t="s">
         <v>27</v>
       </c>
       <c r="O219" t="s">
-        <v>1057</v>
+        <v>1061</v>
       </c>
       <c r="P219" t="s">
-        <v>1058</v>
+        <v>1062</v>
       </c>
     </row>
     <row r="220" spans="1:16">
       <c r="A220" t="s">
-        <v>1059</v>
+        <v>1063</v>
       </c>
       <c r="B220" t="s">
-        <v>1060</v>
+        <v>1064</v>
       </c>
       <c r="C220" t="s">
-        <v>555</v>
+        <v>1065</v>
       </c>
       <c r="D220" t="s">
-        <v>1061</v>
+        <v>91</v>
       </c>
       <c r="E220" t="s">
-        <v>20</v>
+        <v>112</v>
       </c>
       <c r="F220" t="s">
-        <v>21</v>
+        <v>93</v>
       </c>
       <c r="G220" t="s">
-        <v>71</v>
+        <v>22</v>
       </c>
       <c r="H220">
-        <v>2011</v>
-[...1 lines deleted...]
-      <c r="I220"/>
+        <v>2018</v>
+      </c>
+      <c r="I220">
+        <v>2022</v>
+      </c>
       <c r="J220" t="s">
-        <v>128</v>
+        <v>170</v>
       </c>
       <c r="K220" t="s">
-        <v>24</v>
+        <v>104</v>
       </c>
       <c r="L220" t="s">
-        <v>1062</v>
+        <v>105</v>
       </c>
       <c r="M220" t="s">
-        <v>558</v>
+        <v>1066</v>
       </c>
       <c r="N220" t="s">
-        <v>27</v>
+        <v>97</v>
       </c>
       <c r="O220" t="s">
-        <v>1063</v>
+        <v>1067</v>
       </c>
       <c r="P220" t="s">
-        <v>1064</v>
+        <v>1068</v>
       </c>
     </row>
     <row r="221" spans="1:16">
       <c r="A221" t="s">
+        <v>1069</v>
+      </c>
+      <c r="B221" t="s">
+        <v>1070</v>
+      </c>
+      <c r="C221" t="s">
         <v>1065</v>
       </c>
-      <c r="B221" t="s">
+      <c r="D221" t="s">
+        <v>91</v>
+      </c>
+      <c r="E221" t="s">
+        <v>112</v>
+      </c>
+      <c r="F221" t="s">
+        <v>93</v>
+      </c>
+      <c r="G221" t="s">
+        <v>22</v>
+      </c>
+      <c r="H221">
+        <v>2018</v>
+      </c>
+      <c r="I221">
+        <v>2022</v>
+      </c>
+      <c r="J221" t="s">
+        <v>170</v>
+      </c>
+      <c r="K221" t="s">
+        <v>171</v>
+      </c>
+      <c r="L221" t="s">
+        <v>105</v>
+      </c>
+      <c r="M221" t="s">
         <v>1066</v>
       </c>
-      <c r="C221" t="s">
-[...29 lines deleted...]
-      </c>
       <c r="N221" t="s">
-        <v>27</v>
+        <v>97</v>
       </c>
       <c r="O221" t="s">
+        <v>1071</v>
+      </c>
+      <c r="P221" t="s">
         <v>1068</v>
-      </c>
-[...1 lines deleted...]
-        <v>1069</v>
       </c>
     </row>
     <row r="222" spans="1:16">
       <c r="A222" t="s">
-        <v>1070</v>
+        <v>1072</v>
       </c>
       <c r="B222" t="s">
-        <v>1071</v>
+        <v>1073</v>
       </c>
       <c r="C222" t="s">
-        <v>171</v>
+        <v>1074</v>
       </c>
       <c r="D222" t="s">
-        <v>1072</v>
+        <v>91</v>
       </c>
       <c r="E222" t="s">
-        <v>137</v>
+        <v>20</v>
       </c>
       <c r="F222" t="s">
-        <v>41</v>
+        <v>93</v>
       </c>
       <c r="G222" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H222">
-        <v>2017</v>
+        <v>2020</v>
       </c>
       <c r="I222"/>
       <c r="J222" t="s">
-        <v>669</v>
+        <v>476</v>
       </c>
       <c r="K222" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="L222"/>
+        <v>104</v>
+      </c>
+      <c r="L222" t="s">
+        <v>105</v>
+      </c>
       <c r="M222" t="s">
-        <v>173</v>
+        <v>1075</v>
       </c>
       <c r="N222" t="s">
-        <v>27</v>
+        <v>97</v>
       </c>
       <c r="O222" t="s">
-        <v>1073</v>
+        <v>1076</v>
       </c>
       <c r="P222" t="s">
-        <v>538</v>
+        <v>1077</v>
       </c>
     </row>
     <row r="223" spans="1:16">
       <c r="A223" t="s">
-        <v>1074</v>
+        <v>1072</v>
       </c>
       <c r="B223" t="s">
-        <v>1075</v>
+        <v>1078</v>
       </c>
       <c r="C223" t="s">
-        <v>1076</v>
+        <v>1079</v>
       </c>
       <c r="D223" t="s">
-        <v>432</v>
+        <v>91</v>
       </c>
       <c r="E223" t="s">
-        <v>20</v>
+        <v>112</v>
       </c>
       <c r="F223" t="s">
-        <v>150</v>
+        <v>93</v>
       </c>
       <c r="G223" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H223">
-        <v>2024</v>
+        <v>2021</v>
       </c>
       <c r="I223"/>
       <c r="J223" t="s">
-        <v>1077</v>
+        <v>476</v>
       </c>
       <c r="K223" t="s">
-        <v>24</v>
+        <v>104</v>
       </c>
       <c r="L223" t="s">
-        <v>1078</v>
+        <v>105</v>
       </c>
       <c r="M223" t="s">
-        <v>1079</v>
+        <v>1080</v>
       </c>
       <c r="N223" t="s">
-        <v>27</v>
+        <v>97</v>
       </c>
       <c r="O223" t="s">
-        <v>1080</v>
-[...1 lines deleted...]
-      <c r="P223" t="s">
         <v>1081</v>
       </c>
+      <c r="P223"/>
     </row>
     <row r="224" spans="1:16">
       <c r="A224" t="s">
         <v>1082</v>
       </c>
       <c r="B224" t="s">
         <v>1083</v>
       </c>
       <c r="C224" t="s">
-        <v>171</v>
+        <v>111</v>
       </c>
       <c r="D224" t="s">
-        <v>165</v>
+        <v>47</v>
       </c>
       <c r="E224" t="s">
-        <v>137</v>
+        <v>112</v>
       </c>
       <c r="F224" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="G224" t="s">
         <v>22</v>
       </c>
       <c r="H224">
-        <v>2017</v>
+        <v>1991</v>
       </c>
       <c r="I224">
-        <v>2019</v>
+        <v>2009</v>
       </c>
       <c r="J224" t="s">
-        <v>193</v>
+        <v>113</v>
       </c>
       <c r="K224" t="s">
         <v>24</v>
       </c>
-      <c r="L224"/>
+      <c r="L224" t="s">
+        <v>1084</v>
+      </c>
       <c r="M224" t="s">
-        <v>173</v>
+        <v>115</v>
       </c>
       <c r="N224" t="s">
         <v>27</v>
       </c>
       <c r="O224" t="s">
-        <v>1084</v>
+        <v>1085</v>
       </c>
       <c r="P224" t="s">
-        <v>538</v>
+        <v>117</v>
       </c>
     </row>
     <row r="225" spans="1:16">
       <c r="A225" t="s">
-        <v>1085</v>
+        <v>1086</v>
       </c>
       <c r="B225" t="s">
-        <v>1086</v>
+        <v>1087</v>
       </c>
       <c r="C225" t="s">
-        <v>171</v>
+        <v>111</v>
       </c>
       <c r="D225" t="s">
-        <v>1087</v>
+        <v>47</v>
       </c>
       <c r="E225" t="s">
-        <v>20</v>
+        <v>112</v>
       </c>
       <c r="F225" t="s">
-        <v>192</v>
+        <v>21</v>
       </c>
       <c r="G225" t="s">
-        <v>71</v>
+        <v>22</v>
       </c>
       <c r="H225">
-        <v>2018</v>
-[...1 lines deleted...]
-      <c r="I225"/>
+        <v>1991</v>
+      </c>
+      <c r="I225">
+        <v>2002</v>
+      </c>
       <c r="J225" t="s">
-        <v>193</v>
+        <v>113</v>
       </c>
       <c r="K225" t="s">
         <v>24</v>
       </c>
       <c r="L225" t="s">
+        <v>256</v>
+      </c>
+      <c r="M225" t="s">
+        <v>115</v>
+      </c>
+      <c r="N225" t="s">
+        <v>27</v>
+      </c>
+      <c r="O225" t="s">
         <v>1088</v>
       </c>
-      <c r="M225" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P225" t="s">
-        <v>1091</v>
+        <v>117</v>
       </c>
     </row>
     <row r="226" spans="1:16">
       <c r="A226" t="s">
-        <v>1092</v>
+        <v>1089</v>
       </c>
       <c r="B226" t="s">
-        <v>1093</v>
+        <v>1090</v>
       </c>
       <c r="C226" t="s">
-        <v>1094</v>
+        <v>111</v>
       </c>
       <c r="D226" t="s">
-        <v>116</v>
+        <v>47</v>
       </c>
       <c r="E226" t="s">
-        <v>137</v>
+        <v>112</v>
       </c>
       <c r="F226" t="s">
-        <v>118</v>
+        <v>21</v>
       </c>
       <c r="G226" t="s">
         <v>22</v>
       </c>
       <c r="H226">
-        <v>2018</v>
+        <v>1991</v>
       </c>
       <c r="I226">
-        <v>2022</v>
+        <v>2016</v>
       </c>
       <c r="J226" t="s">
-        <v>193</v>
+        <v>113</v>
       </c>
       <c r="K226" t="s">
-        <v>129</v>
+        <v>24</v>
       </c>
       <c r="L226" t="s">
-        <v>130</v>
+        <v>1091</v>
       </c>
       <c r="M226" t="s">
-        <v>1095</v>
+        <v>262</v>
       </c>
       <c r="N226" t="s">
-        <v>122</v>
+        <v>27</v>
       </c>
       <c r="O226" t="s">
-        <v>1096</v>
+        <v>1092</v>
       </c>
       <c r="P226" t="s">
-        <v>1097</v>
+        <v>117</v>
       </c>
     </row>
     <row r="227" spans="1:16">
       <c r="A227" t="s">
-        <v>1098</v>
+        <v>1093</v>
       </c>
       <c r="B227" t="s">
-        <v>1099</v>
+        <v>1094</v>
       </c>
       <c r="C227" t="s">
-        <v>1094</v>
+        <v>111</v>
       </c>
       <c r="D227" t="s">
-        <v>116</v>
+        <v>141</v>
       </c>
       <c r="E227" t="s">
-        <v>137</v>
+        <v>112</v>
       </c>
       <c r="F227" t="s">
-        <v>118</v>
+        <v>21</v>
       </c>
       <c r="G227" t="s">
         <v>22</v>
       </c>
       <c r="H227">
-        <v>2018</v>
+        <v>1996</v>
       </c>
       <c r="I227">
-        <v>2022</v>
+        <v>2011</v>
       </c>
       <c r="J227" t="s">
-        <v>193</v>
+        <v>113</v>
       </c>
       <c r="K227" t="s">
-        <v>194</v>
+        <v>24</v>
       </c>
       <c r="L227" t="s">
-        <v>130</v>
+        <v>204</v>
       </c>
       <c r="M227" t="s">
+        <v>115</v>
+      </c>
+      <c r="N227" t="s">
+        <v>27</v>
+      </c>
+      <c r="O227" t="s">
         <v>1095</v>
       </c>
-      <c r="N227" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="P227" t="s">
-        <v>1097</v>
+        <v>117</v>
       </c>
     </row>
     <row r="228" spans="1:16">
       <c r="A228" t="s">
-        <v>1101</v>
+        <v>1096</v>
       </c>
       <c r="B228" t="s">
-        <v>1102</v>
+        <v>141</v>
       </c>
       <c r="C228" t="s">
-        <v>1103</v>
+        <v>111</v>
       </c>
       <c r="D228" t="s">
-        <v>116</v>
+        <v>1097</v>
       </c>
       <c r="E228" t="s">
-        <v>20</v>
+        <v>112</v>
       </c>
       <c r="F228" t="s">
-        <v>118</v>
+        <v>21</v>
       </c>
       <c r="G228" t="s">
-        <v>71</v>
+        <v>22</v>
       </c>
       <c r="H228">
-        <v>2020</v>
-[...1 lines deleted...]
-      <c r="I228"/>
+        <v>2011</v>
+      </c>
+      <c r="I228">
+        <v>2011</v>
+      </c>
       <c r="J228" t="s">
-        <v>504</v>
+        <v>113</v>
       </c>
       <c r="K228" t="s">
-        <v>129</v>
+        <v>24</v>
       </c>
       <c r="L228" t="s">
-        <v>130</v>
+        <v>204</v>
       </c>
       <c r="M228" t="s">
-        <v>1104</v>
+        <v>115</v>
       </c>
       <c r="N228" t="s">
-        <v>122</v>
+        <v>27</v>
       </c>
       <c r="O228" t="s">
-        <v>1105</v>
+        <v>1098</v>
       </c>
       <c r="P228" t="s">
-        <v>1106</v>
+        <v>117</v>
       </c>
     </row>
     <row r="229" spans="1:16">
       <c r="A229" t="s">
-        <v>1101</v>
+        <v>1096</v>
       </c>
       <c r="B229" t="s">
-        <v>1107</v>
+        <v>141</v>
       </c>
       <c r="C229" t="s">
-        <v>1108</v>
+        <v>111</v>
       </c>
       <c r="D229" t="s">
-        <v>116</v>
+        <v>141</v>
       </c>
       <c r="E229" t="s">
-        <v>137</v>
+        <v>112</v>
       </c>
       <c r="F229" t="s">
-        <v>118</v>
+        <v>21</v>
       </c>
       <c r="G229" t="s">
-        <v>71</v>
+        <v>22</v>
       </c>
       <c r="H229">
-        <v>2021</v>
-[...1 lines deleted...]
-      <c r="I229"/>
+        <v>1996</v>
+      </c>
+      <c r="I229">
+        <v>2011</v>
+      </c>
       <c r="J229" t="s">
-        <v>504</v>
+        <v>113</v>
       </c>
       <c r="K229" t="s">
-        <v>129</v>
+        <v>24</v>
       </c>
       <c r="L229" t="s">
-        <v>130</v>
+        <v>204</v>
       </c>
       <c r="M229" t="s">
-        <v>1109</v>
+        <v>115</v>
       </c>
       <c r="N229" t="s">
-        <v>122</v>
+        <v>27</v>
       </c>
       <c r="O229" t="s">
-        <v>1110</v>
-[...1 lines deleted...]
-      <c r="P229"/>
+        <v>1099</v>
+      </c>
+      <c r="P229" t="s">
+        <v>117</v>
+      </c>
     </row>
     <row r="230" spans="1:16">
       <c r="A230" t="s">
-        <v>1111</v>
+        <v>1100</v>
       </c>
       <c r="B230" t="s">
-        <v>1112</v>
+        <v>1101</v>
       </c>
       <c r="C230" t="s">
-        <v>136</v>
+        <v>111</v>
       </c>
       <c r="D230" t="s">
-        <v>52</v>
+        <v>215</v>
       </c>
       <c r="E230" t="s">
-        <v>137</v>
+        <v>20</v>
       </c>
       <c r="F230" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="G230" t="s">
-        <v>22</v>
+        <v>65</v>
       </c>
       <c r="H230">
-        <v>1991</v>
-[...3 lines deleted...]
-      </c>
+        <v>2016</v>
+      </c>
+      <c r="I230"/>
       <c r="J230" t="s">
-        <v>138</v>
+        <v>113</v>
       </c>
       <c r="K230" t="s">
         <v>24</v>
       </c>
-      <c r="L230" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L230"/>
       <c r="M230" t="s">
-        <v>140</v>
+        <v>115</v>
       </c>
       <c r="N230" t="s">
         <v>27</v>
       </c>
       <c r="O230" t="s">
-        <v>1114</v>
+        <v>1102</v>
       </c>
       <c r="P230" t="s">
-        <v>142</v>
+        <v>1103</v>
       </c>
     </row>
     <row r="231" spans="1:16">
       <c r="A231" t="s">
-        <v>1115</v>
+        <v>1104</v>
       </c>
       <c r="B231" t="s">
-        <v>1116</v>
+        <v>1105</v>
       </c>
       <c r="C231" t="s">
-        <v>136</v>
+        <v>111</v>
       </c>
       <c r="D231" t="s">
-        <v>52</v>
+        <v>215</v>
       </c>
       <c r="E231" t="s">
-        <v>137</v>
+        <v>20</v>
       </c>
       <c r="F231" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="G231" t="s">
-        <v>22</v>
+        <v>65</v>
       </c>
       <c r="H231">
-        <v>1991</v>
-[...3 lines deleted...]
-      </c>
+        <v>2016</v>
+      </c>
+      <c r="I231"/>
       <c r="J231" t="s">
-        <v>138</v>
+        <v>113</v>
       </c>
       <c r="K231" t="s">
         <v>24</v>
       </c>
-      <c r="L231" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L231"/>
       <c r="M231" t="s">
-        <v>140</v>
+        <v>115</v>
       </c>
       <c r="N231" t="s">
         <v>27</v>
       </c>
       <c r="O231" t="s">
-        <v>1117</v>
+        <v>1106</v>
       </c>
       <c r="P231" t="s">
-        <v>142</v>
+        <v>1107</v>
       </c>
     </row>
     <row r="232" spans="1:16">
       <c r="A232" t="s">
-        <v>1118</v>
+        <v>1108</v>
       </c>
       <c r="B232" t="s">
-        <v>1119</v>
+        <v>1109</v>
       </c>
       <c r="C232" t="s">
-        <v>136</v>
+        <v>111</v>
       </c>
       <c r="D232" t="s">
-        <v>52</v>
+        <v>977</v>
       </c>
       <c r="E232" t="s">
-        <v>137</v>
+        <v>112</v>
       </c>
       <c r="F232" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="G232" t="s">
         <v>22</v>
       </c>
       <c r="H232">
-        <v>1991</v>
+        <v>2012</v>
       </c>
       <c r="I232">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="J232" t="s">
-        <v>138</v>
+        <v>113</v>
       </c>
       <c r="K232" t="s">
         <v>24</v>
       </c>
-      <c r="L232" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L232"/>
       <c r="M232" t="s">
-        <v>284</v>
+        <v>115</v>
       </c>
       <c r="N232" t="s">
-        <v>27</v>
+        <v>67</v>
       </c>
       <c r="O232" t="s">
-        <v>1121</v>
+        <v>1110</v>
       </c>
       <c r="P232" t="s">
-        <v>142</v>
+        <v>1111</v>
       </c>
     </row>
     <row r="233" spans="1:16">
       <c r="A233" t="s">
-        <v>1122</v>
+        <v>1112</v>
       </c>
       <c r="B233" t="s">
-        <v>1123</v>
+        <v>1113</v>
       </c>
       <c r="C233" t="s">
-        <v>136</v>
+        <v>111</v>
       </c>
       <c r="D233" t="s">
-        <v>165</v>
+        <v>120</v>
       </c>
       <c r="E233" t="s">
-        <v>137</v>
+        <v>20</v>
       </c>
       <c r="F233" t="s">
-        <v>21</v>
+        <v>126</v>
       </c>
       <c r="G233" t="s">
-        <v>22</v>
+        <v>65</v>
       </c>
       <c r="H233">
-        <v>1996</v>
-[...3 lines deleted...]
-      </c>
+        <v>2015</v>
+      </c>
+      <c r="I233"/>
       <c r="J233" t="s">
-        <v>138</v>
+        <v>113</v>
       </c>
       <c r="K233" t="s">
         <v>24</v>
       </c>
-      <c r="L233" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L233"/>
       <c r="M233" t="s">
-        <v>140</v>
+        <v>115</v>
       </c>
       <c r="N233" t="s">
         <v>27</v>
       </c>
       <c r="O233" t="s">
-        <v>1124</v>
+        <v>1114</v>
       </c>
       <c r="P233" t="s">
-        <v>142</v>
+        <v>936</v>
       </c>
     </row>
     <row r="234" spans="1:16">
       <c r="A234" t="s">
-        <v>1125</v>
+        <v>1115</v>
       </c>
       <c r="B234" t="s">
-        <v>165</v>
+        <v>1116</v>
       </c>
       <c r="C234" t="s">
-        <v>136</v>
+        <v>111</v>
       </c>
       <c r="D234" t="s">
-        <v>1126</v>
+        <v>215</v>
       </c>
       <c r="E234" t="s">
-        <v>137</v>
+        <v>20</v>
       </c>
       <c r="F234" t="s">
-        <v>21</v>
+        <v>126</v>
       </c>
       <c r="G234" t="s">
-        <v>22</v>
+        <v>65</v>
       </c>
       <c r="H234">
-        <v>2011</v>
-[...3 lines deleted...]
-      </c>
+        <v>2018</v>
+      </c>
+      <c r="I234"/>
       <c r="J234" t="s">
-        <v>138</v>
+        <v>113</v>
       </c>
       <c r="K234" t="s">
         <v>24</v>
       </c>
-      <c r="L234" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L234"/>
       <c r="M234" t="s">
-        <v>140</v>
+        <v>115</v>
       </c>
       <c r="N234" t="s">
         <v>27</v>
       </c>
       <c r="O234" t="s">
-        <v>1127</v>
+        <v>1117</v>
       </c>
       <c r="P234" t="s">
-        <v>142</v>
+        <v>1118</v>
       </c>
     </row>
     <row r="235" spans="1:16">
       <c r="A235" t="s">
-        <v>1125</v>
+        <v>1119</v>
       </c>
       <c r="B235" t="s">
-        <v>165</v>
+        <v>1120</v>
       </c>
       <c r="C235" t="s">
-        <v>136</v>
+        <v>111</v>
       </c>
       <c r="D235" t="s">
-        <v>165</v>
+        <v>215</v>
       </c>
       <c r="E235" t="s">
-        <v>137</v>
+        <v>112</v>
       </c>
       <c r="F235" t="s">
-        <v>21</v>
+        <v>126</v>
       </c>
       <c r="G235" t="s">
-        <v>22</v>
+        <v>65</v>
       </c>
       <c r="H235">
-        <v>1996</v>
-[...3 lines deleted...]
-      </c>
+        <v>2018</v>
+      </c>
+      <c r="I235"/>
       <c r="J235" t="s">
-        <v>138</v>
+        <v>113</v>
       </c>
       <c r="K235" t="s">
         <v>24</v>
       </c>
-      <c r="L235" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L235"/>
       <c r="M235" t="s">
-        <v>140</v>
+        <v>115</v>
       </c>
       <c r="N235" t="s">
         <v>27</v>
       </c>
       <c r="O235" t="s">
-        <v>1128</v>
+        <v>1121</v>
       </c>
       <c r="P235" t="s">
-        <v>142</v>
+        <v>1122</v>
       </c>
     </row>
     <row r="236" spans="1:16">
       <c r="A236" t="s">
-        <v>1129</v>
+        <v>1123</v>
       </c>
       <c r="B236" t="s">
-        <v>1130</v>
+        <v>1124</v>
       </c>
       <c r="C236" t="s">
-        <v>136</v>
+        <v>111</v>
       </c>
       <c r="D236" t="s">
-        <v>237</v>
+        <v>141</v>
       </c>
       <c r="E236" t="s">
-        <v>20</v>
+        <v>112</v>
       </c>
       <c r="F236" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="G236" t="s">
-        <v>71</v>
+        <v>22</v>
       </c>
       <c r="H236">
-        <v>2016</v>
-[...1 lines deleted...]
-      <c r="I236"/>
+        <v>2010</v>
+      </c>
+      <c r="I236">
+        <v>2018</v>
+      </c>
       <c r="J236" t="s">
-        <v>138</v>
+        <v>113</v>
       </c>
       <c r="K236" t="s">
         <v>24</v>
       </c>
       <c r="L236"/>
       <c r="M236" t="s">
-        <v>140</v>
+        <v>115</v>
       </c>
       <c r="N236" t="s">
         <v>27</v>
       </c>
       <c r="O236" t="s">
-        <v>1131</v>
+        <v>1125</v>
       </c>
       <c r="P236" t="s">
-        <v>1132</v>
+        <v>1126</v>
       </c>
     </row>
     <row r="237" spans="1:16">
       <c r="A237" t="s">
-        <v>1133</v>
+        <v>1127</v>
       </c>
       <c r="B237" t="s">
-        <v>1134</v>
+        <v>1128</v>
       </c>
       <c r="C237" t="s">
-        <v>136</v>
+        <v>111</v>
       </c>
       <c r="D237" t="s">
-        <v>237</v>
+        <v>314</v>
       </c>
       <c r="E237" t="s">
-        <v>20</v>
+        <v>112</v>
       </c>
       <c r="F237" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="G237" t="s">
-        <v>71</v>
+        <v>22</v>
       </c>
       <c r="H237">
-        <v>2016</v>
-[...1 lines deleted...]
-      <c r="I237"/>
+        <v>2011</v>
+      </c>
+      <c r="I237">
+        <v>2011</v>
+      </c>
       <c r="J237" t="s">
-        <v>138</v>
+        <v>113</v>
       </c>
       <c r="K237" t="s">
         <v>24</v>
       </c>
-      <c r="L237"/>
+      <c r="L237" t="s">
+        <v>315</v>
+      </c>
       <c r="M237" t="s">
-        <v>140</v>
+        <v>115</v>
       </c>
       <c r="N237" t="s">
         <v>27</v>
       </c>
       <c r="O237" t="s">
-        <v>1135</v>
+        <v>1129</v>
       </c>
       <c r="P237" t="s">
-        <v>1136</v>
+        <v>1130</v>
       </c>
     </row>
     <row r="238" spans="1:16">
       <c r="A238" t="s">
-        <v>1137</v>
+        <v>1131</v>
       </c>
       <c r="B238" t="s">
-        <v>1138</v>
+        <v>1132</v>
       </c>
       <c r="C238" t="s">
-        <v>136</v>
+        <v>111</v>
       </c>
       <c r="D238" t="s">
-        <v>1005</v>
+        <v>342</v>
       </c>
       <c r="E238" t="s">
-        <v>137</v>
+        <v>112</v>
       </c>
       <c r="F238" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="G238" t="s">
-        <v>22</v>
+        <v>65</v>
       </c>
       <c r="H238">
-        <v>2012</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I238"/>
       <c r="J238" t="s">
-        <v>138</v>
+        <v>113</v>
       </c>
       <c r="K238" t="s">
-        <v>24</v>
+        <v>343</v>
       </c>
       <c r="L238"/>
       <c r="M238" t="s">
-        <v>140</v>
+        <v>115</v>
       </c>
       <c r="N238" t="s">
-        <v>78</v>
+        <v>27</v>
       </c>
       <c r="O238" t="s">
-        <v>1139</v>
+        <v>1133</v>
       </c>
       <c r="P238" t="s">
-        <v>1140</v>
+        <v>1134</v>
       </c>
     </row>
     <row r="239" spans="1:16">
       <c r="A239" t="s">
-        <v>1141</v>
+        <v>1135</v>
       </c>
       <c r="B239" t="s">
-        <v>1142</v>
+        <v>1136</v>
       </c>
       <c r="C239" t="s">
-        <v>136</v>
+        <v>111</v>
       </c>
       <c r="D239" t="s">
-        <v>70</v>
+        <v>1137</v>
       </c>
       <c r="E239" t="s">
-        <v>20</v>
+        <v>112</v>
       </c>
       <c r="F239" t="s">
-        <v>150</v>
+        <v>33</v>
       </c>
       <c r="G239" t="s">
-        <v>71</v>
+        <v>22</v>
       </c>
       <c r="H239">
-        <v>2015</v>
-[...1 lines deleted...]
-      <c r="I239"/>
+        <v>2010</v>
+      </c>
+      <c r="I239">
+        <v>2016</v>
+      </c>
       <c r="J239" t="s">
-        <v>138</v>
+        <v>103</v>
       </c>
       <c r="K239" t="s">
         <v>24</v>
       </c>
       <c r="L239"/>
       <c r="M239" t="s">
-        <v>140</v>
+        <v>115</v>
       </c>
       <c r="N239" t="s">
         <v>27</v>
       </c>
       <c r="O239" t="s">
-        <v>1143</v>
+        <v>1138</v>
       </c>
       <c r="P239" t="s">
-        <v>964</v>
+        <v>1139</v>
       </c>
     </row>
     <row r="240" spans="1:16">
       <c r="A240" t="s">
+        <v>1140</v>
+      </c>
+      <c r="B240" t="s">
+        <v>1141</v>
+      </c>
+      <c r="C240" t="s">
+        <v>111</v>
+      </c>
+      <c r="D240" t="s">
+        <v>85</v>
+      </c>
+      <c r="E240" t="s">
+        <v>112</v>
+      </c>
+      <c r="F240" t="s">
+        <v>33</v>
+      </c>
+      <c r="G240" t="s">
+        <v>22</v>
+      </c>
+      <c r="H240">
+        <v>2010</v>
+      </c>
+      <c r="I240">
+        <v>2010</v>
+      </c>
+      <c r="J240" t="s">
+        <v>113</v>
+      </c>
+      <c r="K240" t="s">
+        <v>24</v>
+      </c>
+      <c r="L240" t="s">
+        <v>1142</v>
+      </c>
+      <c r="M240" t="s">
+        <v>115</v>
+      </c>
+      <c r="N240" t="s">
+        <v>27</v>
+      </c>
+      <c r="O240" t="s">
+        <v>1143</v>
+      </c>
+      <c r="P240" t="s">
         <v>1144</v>
-      </c>
-[...39 lines deleted...]
-        <v>1147</v>
       </c>
     </row>
     <row r="241" spans="1:16">
       <c r="A241" t="s">
+        <v>1145</v>
+      </c>
+      <c r="B241" t="s">
+        <v>1146</v>
+      </c>
+      <c r="C241" t="s">
+        <v>111</v>
+      </c>
+      <c r="D241" t="s">
+        <v>47</v>
+      </c>
+      <c r="E241" t="s">
+        <v>112</v>
+      </c>
+      <c r="F241" t="s">
+        <v>33</v>
+      </c>
+      <c r="G241" t="s">
+        <v>22</v>
+      </c>
+      <c r="H241">
+        <v>2010</v>
+      </c>
+      <c r="I241">
+        <v>2010</v>
+      </c>
+      <c r="J241" t="s">
+        <v>113</v>
+      </c>
+      <c r="K241" t="s">
+        <v>24</v>
+      </c>
+      <c r="L241" t="s">
+        <v>1091</v>
+      </c>
+      <c r="M241" t="s">
+        <v>115</v>
+      </c>
+      <c r="N241" t="s">
+        <v>27</v>
+      </c>
+      <c r="O241" t="s">
+        <v>1147</v>
+      </c>
+      <c r="P241" t="s">
         <v>1148</v>
-      </c>
-[...39 lines deleted...]
-        <v>1151</v>
       </c>
     </row>
     <row r="242" spans="1:16">
       <c r="A242" t="s">
-        <v>1152</v>
+        <v>1149</v>
       </c>
       <c r="B242" t="s">
-        <v>1153</v>
+        <v>1150</v>
       </c>
       <c r="C242" t="s">
-        <v>136</v>
+        <v>111</v>
       </c>
       <c r="D242" t="s">
-        <v>165</v>
+        <v>80</v>
       </c>
       <c r="E242" t="s">
-        <v>137</v>
+        <v>112</v>
       </c>
       <c r="F242" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="G242" t="s">
         <v>22</v>
       </c>
       <c r="H242">
         <v>2010</v>
       </c>
       <c r="I242">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="J242" t="s">
-        <v>138</v>
+        <v>113</v>
       </c>
       <c r="K242" t="s">
         <v>24</v>
       </c>
-      <c r="L242"/>
+      <c r="L242" t="s">
+        <v>1151</v>
+      </c>
       <c r="M242" t="s">
-        <v>140</v>
+        <v>115</v>
       </c>
       <c r="N242" t="s">
         <v>27</v>
       </c>
       <c r="O242" t="s">
-        <v>1154</v>
+        <v>1152</v>
       </c>
       <c r="P242" t="s">
-        <v>1155</v>
+        <v>1153</v>
       </c>
     </row>
     <row r="243" spans="1:16">
       <c r="A243" t="s">
+        <v>1154</v>
+      </c>
+      <c r="B243" t="s">
+        <v>1155</v>
+      </c>
+      <c r="C243" t="s">
+        <v>111</v>
+      </c>
+      <c r="D243" t="s">
+        <v>80</v>
+      </c>
+      <c r="E243" t="s">
+        <v>112</v>
+      </c>
+      <c r="F243" t="s">
+        <v>21</v>
+      </c>
+      <c r="G243" t="s">
+        <v>65</v>
+      </c>
+      <c r="H243">
+        <v>2010</v>
+      </c>
+      <c r="I243"/>
+      <c r="J243" t="s">
+        <v>113</v>
+      </c>
+      <c r="K243" t="s">
+        <v>24</v>
+      </c>
+      <c r="L243" t="s">
         <v>1156</v>
       </c>
-      <c r="B243" t="s">
+      <c r="M243" t="s">
+        <v>115</v>
+      </c>
+      <c r="N243" t="s">
+        <v>27</v>
+      </c>
+      <c r="O243" t="s">
         <v>1157</v>
       </c>
-      <c r="C243" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="P243" t="s">
-        <v>1159</v>
+        <v>117</v>
       </c>
     </row>
     <row r="244" spans="1:16">
       <c r="A244" t="s">
+        <v>1158</v>
+      </c>
+      <c r="B244" t="s">
+        <v>1159</v>
+      </c>
+      <c r="C244" t="s">
         <v>1160</v>
       </c>
-      <c r="B244" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D244" t="s">
-        <v>364</v>
+        <v>91</v>
       </c>
       <c r="E244" t="s">
-        <v>137</v>
+        <v>20</v>
       </c>
       <c r="F244" t="s">
-        <v>41</v>
+        <v>93</v>
       </c>
       <c r="G244" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H244">
-        <v>2013</v>
+        <v>2021</v>
       </c>
       <c r="I244"/>
       <c r="J244" t="s">
-        <v>138</v>
+        <v>170</v>
       </c>
       <c r="K244" t="s">
-        <v>365</v>
-[...1 lines deleted...]
-      <c r="L244"/>
+        <v>104</v>
+      </c>
+      <c r="L244" t="s">
+        <v>105</v>
+      </c>
       <c r="M244" t="s">
-        <v>140</v>
+        <v>1161</v>
       </c>
       <c r="N244" t="s">
-        <v>27</v>
+        <v>97</v>
       </c>
       <c r="O244" t="s">
         <v>1162</v>
       </c>
       <c r="P244" t="s">
         <v>1163</v>
       </c>
     </row>
     <row r="245" spans="1:16">
       <c r="A245" t="s">
         <v>1164</v>
       </c>
       <c r="B245" t="s">
         <v>1165</v>
       </c>
       <c r="C245" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="D245" t="s">
         <v>1166</v>
       </c>
       <c r="E245" t="s">
-        <v>137</v>
+        <v>20</v>
       </c>
       <c r="F245" t="s">
-        <v>41</v>
+        <v>126</v>
       </c>
       <c r="G245" t="s">
-        <v>22</v>
+        <v>65</v>
       </c>
       <c r="H245">
-        <v>2010</v>
-[...1 lines deleted...]
-      <c r="I245">
         <v>2016</v>
       </c>
+      <c r="I245"/>
       <c r="J245" t="s">
-        <v>128</v>
+        <v>1167</v>
       </c>
       <c r="K245" t="s">
         <v>24</v>
       </c>
       <c r="L245"/>
       <c r="M245" t="s">
-        <v>140</v>
+        <v>1168</v>
       </c>
       <c r="N245" t="s">
-        <v>27</v>
+        <v>67</v>
       </c>
       <c r="O245" t="s">
-        <v>1167</v>
+        <v>1169</v>
       </c>
       <c r="P245" t="s">
-        <v>1168</v>
+        <v>1170</v>
       </c>
     </row>
     <row r="246" spans="1:16">
       <c r="A246" t="s">
-        <v>1169</v>
+        <v>1171</v>
       </c>
       <c r="B246" t="s">
-        <v>1170</v>
+        <v>89</v>
       </c>
       <c r="C246" t="s">
-        <v>136</v>
+        <v>1172</v>
       </c>
       <c r="D246" t="s">
-        <v>32</v>
+        <v>91</v>
       </c>
       <c r="E246" t="s">
-        <v>137</v>
+        <v>20</v>
       </c>
       <c r="F246" t="s">
-        <v>41</v>
+        <v>93</v>
       </c>
       <c r="G246" t="s">
-        <v>22</v>
+        <v>65</v>
       </c>
       <c r="H246">
-        <v>2010</v>
-[...3 lines deleted...]
-      </c>
+        <v>2017</v>
+      </c>
+      <c r="I246"/>
       <c r="J246" t="s">
-        <v>138</v>
+        <v>94</v>
       </c>
       <c r="K246" t="s">
         <v>24</v>
       </c>
       <c r="L246" t="s">
-        <v>1171</v>
+        <v>95</v>
       </c>
       <c r="M246" t="s">
-        <v>140</v>
+        <v>1173</v>
       </c>
       <c r="N246" t="s">
-        <v>27</v>
+        <v>97</v>
       </c>
       <c r="O246" t="s">
-        <v>1172</v>
+        <v>1174</v>
       </c>
       <c r="P246" t="s">
-        <v>1173</v>
+        <v>1175</v>
       </c>
     </row>
     <row r="247" spans="1:16">
       <c r="A247" t="s">
-        <v>1174</v>
+        <v>1176</v>
       </c>
       <c r="B247" t="s">
-        <v>1175</v>
+        <v>1177</v>
       </c>
       <c r="C247" t="s">
-        <v>136</v>
+        <v>1172</v>
       </c>
       <c r="D247" t="s">
-        <v>52</v>
+        <v>91</v>
       </c>
       <c r="E247" t="s">
-        <v>137</v>
+        <v>20</v>
       </c>
       <c r="F247" t="s">
-        <v>41</v>
+        <v>93</v>
       </c>
       <c r="G247" t="s">
-        <v>22</v>
+        <v>65</v>
       </c>
       <c r="H247">
-        <v>2010</v>
-[...3 lines deleted...]
-      </c>
+        <v>2020</v>
+      </c>
+      <c r="I247"/>
       <c r="J247" t="s">
-        <v>138</v>
+        <v>94</v>
       </c>
       <c r="K247" t="s">
         <v>24</v>
       </c>
       <c r="L247" t="s">
-        <v>1120</v>
+        <v>95</v>
       </c>
       <c r="M247" t="s">
-        <v>140</v>
+        <v>1173</v>
       </c>
       <c r="N247" t="s">
-        <v>27</v>
+        <v>97</v>
       </c>
       <c r="O247" t="s">
-        <v>1176</v>
-[...3 lines deleted...]
-      </c>
+        <v>1178</v>
+      </c>
+      <c r="P247"/>
     </row>
     <row r="248" spans="1:16">
       <c r="A248" t="s">
-        <v>1178</v>
+        <v>1179</v>
       </c>
       <c r="B248" t="s">
-        <v>1179</v>
+        <v>101</v>
       </c>
       <c r="C248" t="s">
-        <v>136</v>
+        <v>1180</v>
       </c>
       <c r="D248" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="E248" t="s">
-        <v>137</v>
+        <v>20</v>
       </c>
       <c r="F248" t="s">
-        <v>21</v>
+        <v>93</v>
       </c>
       <c r="G248" t="s">
         <v>22</v>
       </c>
       <c r="H248">
-        <v>2010</v>
+        <v>2016</v>
       </c>
       <c r="I248">
         <v>2017</v>
       </c>
       <c r="J248" t="s">
-        <v>138</v>
+        <v>103</v>
       </c>
       <c r="K248" t="s">
-        <v>24</v>
+        <v>104</v>
       </c>
       <c r="L248" t="s">
-        <v>1180</v>
+        <v>105</v>
       </c>
       <c r="M248" t="s">
-        <v>140</v>
+        <v>1181</v>
       </c>
       <c r="N248" t="s">
-        <v>27</v>
+        <v>97</v>
       </c>
       <c r="O248" t="s">
-        <v>1181</v>
+        <v>1182</v>
       </c>
       <c r="P248" t="s">
-        <v>1182</v>
+        <v>1183</v>
       </c>
     </row>
     <row r="249" spans="1:16">
       <c r="A249" t="s">
-        <v>1183</v>
+        <v>1184</v>
       </c>
       <c r="B249" t="s">
-        <v>1184</v>
+        <v>1185</v>
       </c>
       <c r="C249" t="s">
-        <v>136</v>
+        <v>1186</v>
       </c>
       <c r="D249" t="s">
-        <v>89</v>
+        <v>184</v>
       </c>
       <c r="E249" t="s">
-        <v>137</v>
+        <v>112</v>
       </c>
       <c r="F249" t="s">
-        <v>21</v>
+        <v>93</v>
       </c>
       <c r="G249" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H249">
-        <v>2010</v>
+        <v>2019</v>
       </c>
       <c r="I249"/>
       <c r="J249" t="s">
-        <v>138</v>
+        <v>103</v>
       </c>
       <c r="K249" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>185</v>
+      </c>
+      <c r="L249"/>
       <c r="M249" t="s">
-        <v>140</v>
+        <v>1187</v>
       </c>
       <c r="N249" t="s">
-        <v>27</v>
+        <v>187</v>
       </c>
       <c r="O249" t="s">
-        <v>1186</v>
+        <v>1188</v>
       </c>
       <c r="P249" t="s">
-        <v>142</v>
+        <v>1189</v>
       </c>
     </row>
     <row r="250" spans="1:16">
       <c r="A250" t="s">
-        <v>1187</v>
+        <v>1190</v>
       </c>
       <c r="B250" t="s">
-        <v>1188</v>
+        <v>1191</v>
       </c>
       <c r="C250" t="s">
-        <v>1189</v>
+        <v>1186</v>
       </c>
       <c r="D250" t="s">
-        <v>116</v>
+        <v>47</v>
       </c>
       <c r="E250" t="s">
-        <v>20</v>
+        <v>112</v>
       </c>
       <c r="F250" t="s">
-        <v>118</v>
+        <v>21</v>
       </c>
       <c r="G250" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H250">
-        <v>2021</v>
+        <v>2011</v>
       </c>
       <c r="I250"/>
       <c r="J250" t="s">
-        <v>193</v>
+        <v>755</v>
       </c>
       <c r="K250" t="s">
-        <v>129</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L250"/>
       <c r="M250" t="s">
-        <v>1190</v>
+        <v>1187</v>
       </c>
       <c r="N250" t="s">
-        <v>122</v>
+        <v>27</v>
       </c>
       <c r="O250" t="s">
-        <v>1191</v>
+        <v>1192</v>
       </c>
       <c r="P250" t="s">
-        <v>1192</v>
+        <v>1193</v>
       </c>
     </row>
     <row r="251" spans="1:16">
       <c r="A251" t="s">
-        <v>1193</v>
+        <v>1194</v>
       </c>
       <c r="B251" t="s">
-        <v>1194</v>
+        <v>1195</v>
       </c>
       <c r="C251" t="s">
-        <v>164</v>
+        <v>1186</v>
       </c>
       <c r="D251" t="s">
-        <v>1195</v>
+        <v>516</v>
       </c>
       <c r="E251" t="s">
         <v>20</v>
       </c>
       <c r="F251" t="s">
-        <v>150</v>
+        <v>21</v>
       </c>
       <c r="G251" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H251">
-        <v>2016</v>
+        <v>2011</v>
       </c>
       <c r="I251"/>
       <c r="J251" t="s">
-        <v>1196</v>
+        <v>755</v>
       </c>
       <c r="K251" t="s">
         <v>24</v>
       </c>
       <c r="L251"/>
       <c r="M251" t="s">
+        <v>1187</v>
+      </c>
+      <c r="N251" t="s">
+        <v>27</v>
+      </c>
+      <c r="O251" t="s">
+        <v>1196</v>
+      </c>
+      <c r="P251" t="s">
         <v>1197</v>
-      </c>
-[...7 lines deleted...]
-        <v>1199</v>
       </c>
     </row>
     <row r="252" spans="1:16">
       <c r="A252" t="s">
-        <v>1200</v>
+        <v>1198</v>
       </c>
       <c r="B252" t="s">
-        <v>114</v>
+        <v>1199</v>
       </c>
       <c r="C252" t="s">
-        <v>1201</v>
+        <v>1186</v>
       </c>
       <c r="D252" t="s">
-        <v>116</v>
+        <v>516</v>
       </c>
       <c r="E252" t="s">
         <v>20</v>
       </c>
       <c r="F252" t="s">
-        <v>118</v>
+        <v>21</v>
       </c>
       <c r="G252" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H252">
-        <v>2017</v>
+        <v>2011</v>
       </c>
       <c r="I252"/>
       <c r="J252" t="s">
-        <v>119</v>
+        <v>755</v>
       </c>
       <c r="K252" t="s">
         <v>24</v>
       </c>
-      <c r="L252" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L252"/>
       <c r="M252" t="s">
-        <v>1202</v>
+        <v>1187</v>
       </c>
       <c r="N252" t="s">
-        <v>122</v>
+        <v>27</v>
       </c>
       <c r="O252" t="s">
-        <v>1203</v>
+        <v>1200</v>
       </c>
       <c r="P252" t="s">
-        <v>1204</v>
+        <v>1201</v>
       </c>
     </row>
     <row r="253" spans="1:16">
       <c r="A253" t="s">
-        <v>1205</v>
+        <v>1202</v>
       </c>
       <c r="B253" t="s">
-        <v>1206</v>
+        <v>1203</v>
       </c>
       <c r="C253" t="s">
-        <v>1201</v>
+        <v>1186</v>
       </c>
       <c r="D253" t="s">
-        <v>116</v>
+        <v>378</v>
       </c>
       <c r="E253" t="s">
         <v>20</v>
       </c>
       <c r="F253" t="s">
-        <v>118</v>
+        <v>126</v>
       </c>
       <c r="G253" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H253">
-        <v>2020</v>
+        <v>2011</v>
       </c>
       <c r="I253"/>
       <c r="J253" t="s">
-        <v>119</v>
+        <v>755</v>
       </c>
       <c r="K253" t="s">
         <v>24</v>
       </c>
-      <c r="L253" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L253"/>
       <c r="M253" t="s">
-        <v>1202</v>
+        <v>1187</v>
       </c>
       <c r="N253" t="s">
-        <v>122</v>
+        <v>27</v>
       </c>
       <c r="O253" t="s">
-        <v>1207</v>
-[...1 lines deleted...]
-      <c r="P253"/>
+        <v>1204</v>
+      </c>
+      <c r="P253" t="s">
+        <v>1205</v>
+      </c>
     </row>
     <row r="254" spans="1:16">
       <c r="A254" t="s">
-        <v>1208</v>
+        <v>1206</v>
       </c>
       <c r="B254" t="s">
-        <v>126</v>
+        <v>1207</v>
       </c>
       <c r="C254" t="s">
-        <v>1209</v>
+        <v>1186</v>
       </c>
       <c r="D254" t="s">
-        <v>116</v>
+        <v>977</v>
       </c>
       <c r="E254" t="s">
         <v>20</v>
       </c>
       <c r="F254" t="s">
-        <v>118</v>
+        <v>21</v>
       </c>
       <c r="G254" t="s">
-        <v>22</v>
+        <v>65</v>
       </c>
       <c r="H254">
-        <v>2016</v>
-[...3 lines deleted...]
-      </c>
+        <v>2011</v>
+      </c>
+      <c r="I254"/>
       <c r="J254" t="s">
-        <v>128</v>
+        <v>103</v>
       </c>
       <c r="K254" t="s">
-        <v>129</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L254"/>
       <c r="M254" t="s">
-        <v>1210</v>
+        <v>1187</v>
       </c>
       <c r="N254" t="s">
-        <v>122</v>
+        <v>67</v>
       </c>
       <c r="O254" t="s">
-        <v>1211</v>
+        <v>1208</v>
       </c>
       <c r="P254" t="s">
-        <v>1212</v>
+        <v>1209</v>
       </c>
     </row>
     <row r="255" spans="1:16">
       <c r="A255" t="s">
-        <v>1213</v>
+        <v>1210</v>
       </c>
       <c r="B255" t="s">
-        <v>1214</v>
+        <v>146</v>
       </c>
       <c r="C255" t="s">
-        <v>1215</v>
+        <v>1186</v>
       </c>
       <c r="D255" t="s">
-        <v>207</v>
+        <v>91</v>
       </c>
       <c r="E255" t="s">
-        <v>137</v>
+        <v>20</v>
       </c>
       <c r="F255" t="s">
-        <v>118</v>
+        <v>93</v>
       </c>
       <c r="G255" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H255">
-        <v>2019</v>
+        <v>2021</v>
       </c>
       <c r="I255"/>
       <c r="J255" t="s">
-        <v>128</v>
+        <v>476</v>
       </c>
       <c r="K255" t="s">
-        <v>208</v>
-[...1 lines deleted...]
-      <c r="L255"/>
+        <v>104</v>
+      </c>
+      <c r="L255" t="s">
+        <v>105</v>
+      </c>
       <c r="M255" t="s">
-        <v>1216</v>
+        <v>1187</v>
       </c>
       <c r="N255" t="s">
-        <v>210</v>
+        <v>97</v>
       </c>
       <c r="O255" t="s">
-        <v>1217</v>
+        <v>1211</v>
       </c>
       <c r="P255" t="s">
-        <v>1218</v>
+        <v>1212</v>
       </c>
     </row>
     <row r="256" spans="1:16">
       <c r="A256" t="s">
-        <v>1219</v>
+        <v>1213</v>
       </c>
       <c r="B256" t="s">
-        <v>1220</v>
+        <v>1214</v>
       </c>
       <c r="C256" t="s">
-        <v>1215</v>
+        <v>1186</v>
       </c>
       <c r="D256" t="s">
-        <v>52</v>
+        <v>85</v>
       </c>
       <c r="E256" t="s">
-        <v>137</v>
+        <v>20</v>
       </c>
       <c r="F256" t="s">
-        <v>21</v>
+        <v>126</v>
       </c>
       <c r="G256" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H256">
         <v>2011</v>
       </c>
       <c r="I256"/>
       <c r="J256" t="s">
-        <v>783</v>
+        <v>103</v>
       </c>
       <c r="K256" t="s">
         <v>24</v>
       </c>
-      <c r="L256"/>
+      <c r="L256" t="s">
+        <v>1215</v>
+      </c>
       <c r="M256" t="s">
+        <v>1187</v>
+      </c>
+      <c r="N256" t="s">
+        <v>67</v>
+      </c>
+      <c r="O256" t="s">
         <v>1216</v>
       </c>
-      <c r="N256" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="P256" t="s">
-        <v>1222</v>
+        <v>1217</v>
       </c>
     </row>
     <row r="257" spans="1:16">
       <c r="A257" t="s">
-        <v>1223</v>
+        <v>1218</v>
       </c>
       <c r="B257" t="s">
-        <v>1224</v>
+        <v>1219</v>
       </c>
       <c r="C257" t="s">
-        <v>1215</v>
+        <v>1220</v>
       </c>
       <c r="D257" t="s">
-        <v>544</v>
+        <v>80</v>
       </c>
       <c r="E257" t="s">
         <v>20</v>
       </c>
       <c r="F257" t="s">
         <v>21</v>
       </c>
       <c r="G257" t="s">
-        <v>71</v>
+        <v>22</v>
       </c>
       <c r="H257">
-        <v>2011</v>
-[...1 lines deleted...]
-      <c r="I257"/>
+        <v>2010</v>
+      </c>
+      <c r="I257">
+        <v>2014</v>
+      </c>
       <c r="J257" t="s">
-        <v>783</v>
+        <v>464</v>
       </c>
       <c r="K257" t="s">
         <v>24</v>
       </c>
-      <c r="L257"/>
+      <c r="L257" t="s">
+        <v>1221</v>
+      </c>
       <c r="M257" t="s">
-        <v>1216</v>
+        <v>1222</v>
       </c>
       <c r="N257" t="s">
         <v>27</v>
       </c>
       <c r="O257" t="s">
-        <v>1225</v>
+        <v>1223</v>
       </c>
       <c r="P257" t="s">
-        <v>1226</v>
+        <v>1224</v>
       </c>
     </row>
     <row r="258" spans="1:16">
       <c r="A258" t="s">
-        <v>1227</v>
+        <v>1225</v>
       </c>
       <c r="B258" t="s">
-        <v>1228</v>
+        <v>1226</v>
       </c>
       <c r="C258" t="s">
-        <v>1215</v>
+        <v>1220</v>
       </c>
       <c r="D258" t="s">
-        <v>544</v>
+        <v>120</v>
       </c>
       <c r="E258" t="s">
         <v>20</v>
       </c>
       <c r="F258" t="s">
-        <v>21</v>
+        <v>126</v>
       </c>
       <c r="G258" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H258">
-        <v>2011</v>
+        <v>2014</v>
       </c>
       <c r="I258"/>
       <c r="J258" t="s">
-        <v>783</v>
+        <v>464</v>
       </c>
       <c r="K258" t="s">
         <v>24</v>
       </c>
-      <c r="L258"/>
+      <c r="L258" t="s">
+        <v>1227</v>
+      </c>
       <c r="M258" t="s">
-        <v>1216</v>
+        <v>1222</v>
       </c>
       <c r="N258" t="s">
         <v>27</v>
       </c>
       <c r="O258" t="s">
+        <v>1228</v>
+      </c>
+      <c r="P258" t="s">
         <v>1229</v>
-      </c>
-[...1 lines deleted...]
-        <v>1230</v>
       </c>
     </row>
     <row r="259" spans="1:16">
       <c r="A259" t="s">
+        <v>1230</v>
+      </c>
+      <c r="B259" t="s">
         <v>1231</v>
       </c>
-      <c r="B259" t="s">
+      <c r="C259" t="s">
+        <v>1220</v>
+      </c>
+      <c r="D259" t="s">
         <v>1232</v>
-      </c>
-[...4 lines deleted...]
-        <v>400</v>
       </c>
       <c r="E259" t="s">
         <v>20</v>
       </c>
       <c r="F259" t="s">
-        <v>150</v>
+        <v>126</v>
       </c>
       <c r="G259" t="s">
-        <v>71</v>
+        <v>22</v>
       </c>
       <c r="H259">
-        <v>2011</v>
-[...1 lines deleted...]
-      <c r="I259"/>
+        <v>2012</v>
+      </c>
+      <c r="I259">
+        <v>2014</v>
+      </c>
       <c r="J259" t="s">
-        <v>783</v>
+        <v>464</v>
       </c>
       <c r="K259" t="s">
         <v>24</v>
       </c>
-      <c r="L259"/>
+      <c r="L259" t="s">
+        <v>1233</v>
+      </c>
       <c r="M259" t="s">
-        <v>1216</v>
+        <v>1222</v>
       </c>
       <c r="N259" t="s">
         <v>27</v>
       </c>
       <c r="O259" t="s">
-        <v>1233</v>
+        <v>1234</v>
       </c>
       <c r="P259" t="s">
-        <v>1234</v>
+        <v>1235</v>
       </c>
     </row>
     <row r="260" spans="1:16">
       <c r="A260" t="s">
-        <v>1235</v>
+        <v>1236</v>
       </c>
       <c r="B260" t="s">
-        <v>1236</v>
+        <v>1237</v>
       </c>
       <c r="C260" t="s">
-        <v>1215</v>
+        <v>1220</v>
       </c>
       <c r="D260" t="s">
-        <v>1005</v>
+        <v>516</v>
       </c>
       <c r="E260" t="s">
         <v>20</v>
       </c>
       <c r="F260" t="s">
         <v>21</v>
       </c>
       <c r="G260" t="s">
-        <v>71</v>
+        <v>22</v>
       </c>
       <c r="H260">
-        <v>2011</v>
-[...1 lines deleted...]
-      <c r="I260"/>
+        <v>2012</v>
+      </c>
+      <c r="I260">
+        <v>2014</v>
+      </c>
       <c r="J260" t="s">
-        <v>128</v>
+        <v>464</v>
       </c>
       <c r="K260" t="s">
         <v>24</v>
       </c>
-      <c r="L260"/>
+      <c r="L260" t="s">
+        <v>1238</v>
+      </c>
       <c r="M260" t="s">
-        <v>1216</v>
+        <v>1222</v>
       </c>
       <c r="N260" t="s">
-        <v>78</v>
+        <v>27</v>
       </c>
       <c r="O260" t="s">
-        <v>1237</v>
+        <v>1239</v>
       </c>
       <c r="P260" t="s">
-        <v>1238</v>
+        <v>1240</v>
       </c>
     </row>
     <row r="261" spans="1:16">
       <c r="A261" t="s">
-        <v>1239</v>
+        <v>1241</v>
       </c>
       <c r="B261" t="s">
-        <v>170</v>
+        <v>1242</v>
       </c>
       <c r="C261" t="s">
-        <v>1215</v>
+        <v>527</v>
       </c>
       <c r="D261" t="s">
-        <v>116</v>
+        <v>1243</v>
       </c>
       <c r="E261" t="s">
-        <v>20</v>
+        <v>112</v>
       </c>
       <c r="F261" t="s">
-        <v>118</v>
+        <v>33</v>
       </c>
       <c r="G261" t="s">
-        <v>71</v>
+        <v>22</v>
       </c>
       <c r="H261">
-        <v>2021</v>
-[...1 lines deleted...]
-      <c r="I261"/>
+        <v>2014</v>
+      </c>
+      <c r="I261">
+        <v>2017</v>
+      </c>
       <c r="J261" t="s">
-        <v>504</v>
+        <v>476</v>
       </c>
       <c r="K261" t="s">
-        <v>129</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L261"/>
       <c r="M261" t="s">
-        <v>1216</v>
+        <v>530</v>
       </c>
       <c r="N261" t="s">
-        <v>122</v>
+        <v>27</v>
       </c>
       <c r="O261" t="s">
-        <v>1240</v>
+        <v>1244</v>
       </c>
       <c r="P261" t="s">
-        <v>1241</v>
+        <v>1245</v>
       </c>
     </row>
     <row r="262" spans="1:16">
       <c r="A262" t="s">
-        <v>1242</v>
+        <v>1246</v>
       </c>
       <c r="B262" t="s">
-        <v>1243</v>
+        <v>1247</v>
       </c>
       <c r="C262" t="s">
-        <v>1215</v>
+        <v>1248</v>
       </c>
       <c r="D262" t="s">
-        <v>32</v>
+        <v>91</v>
       </c>
       <c r="E262" t="s">
-        <v>20</v>
+        <v>112</v>
       </c>
       <c r="F262" t="s">
-        <v>150</v>
+        <v>93</v>
       </c>
       <c r="G262" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H262">
-        <v>2011</v>
+        <v>2021</v>
       </c>
       <c r="I262"/>
       <c r="J262" t="s">
-        <v>128</v>
+        <v>476</v>
       </c>
       <c r="K262" t="s">
-        <v>24</v>
+        <v>104</v>
       </c>
       <c r="L262" t="s">
-        <v>1244</v>
+        <v>105</v>
       </c>
       <c r="M262" t="s">
-        <v>1216</v>
+        <v>1249</v>
       </c>
       <c r="N262" t="s">
-        <v>78</v>
+        <v>97</v>
       </c>
       <c r="O262" t="s">
-        <v>1245</v>
-[...39 lines deleted...]
-      <c r="L263" t="s">
         <v>1250</v>
       </c>
-      <c r="M263" t="s">
-[...252 lines deleted...]
-      <c r="P268"/>
+      <c r="P262"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>