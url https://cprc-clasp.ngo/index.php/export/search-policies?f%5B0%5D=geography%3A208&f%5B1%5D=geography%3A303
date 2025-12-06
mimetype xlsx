--- v0 (2025-10-11)
+++ v1 (2025-12-06)
@@ -12,3012 +12,4432 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="894">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1362">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>3794 / 2024 Energy Efficiency of Household and Similar Electrical Appliances Measurement and Calculation Methods for Energy Consumption of Refrigerators, Refrigerator-Freezers and Freezers</t>
   </si>
   <si>
+    <t>This standard is mandatory and provides energy efficiency measurement and calculation methods for energy consumption of refrigerators, refrigerator-freezers and freezers.</t>
+  </si>
+  <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Refrigeration, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>April 2025</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>ICS 97.040.30</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards &amp; Quality</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3794-2024-energy-efficiency-household-and-similar-electrical-appliances-measurement-and</t>
   </si>
   <si>
+    <t>https://www.eos.org.eg/en/standard/4358</t>
+  </si>
+  <si>
     <t>3794/2018 Energy efficiency of household and similar electrical appliances - measurement and calculation methods for energy consumption of refrigerrators, refrigerator-freezers and freezers</t>
   </si>
   <si>
+    <t>This standard specifies the requirements of energy efficiency for refrigerators, refrigerator-freezers and freezers. The standard applies to refrigerators, refrigerator-freezers and freezers that operate using 50 Hz AC and with a voltage not exceeding 250 V for single-face appliances and 480 V for other appliances.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>NT 81.70 NT 81.71</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/37942018-energy-efficiency-household-and-similar-electrical-appliances-measurement-and</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/4358</t>
+  </si>
+  <si>
     <t>3795-1/2016 Energy efficiency label requirements for air conditioners part 1: room air conditioner (window-split) with fixed capacity and fixed compressor</t>
+  </si>
+  <si>
+    <t>This standard establishes label requirements for room air conditioners, both window and split with fixed capacity and fixed compressors.</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Air Conditioning, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3795-12016-energy-efficiency-label-requirements-air-conditioners-part-1-room-air</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/14491</t>
+  </si>
+  <si>
     <t>3795-2/2017 Energy Efficiency Label Requirements For Air Conditioners Part 2: Variable Capacity Room Air Conditioner (Window-Split) with Variable Speed Compressor</t>
+  </si>
+  <si>
+    <t>This standard establishes label requirements for room air conditioners, both window and split with variable speed compressors.</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3795-22017-energy-efficiency-label-requirements-air-conditioners-part-2-variable-capacity</t>
   </si>
   <si>
+    <t>http://eos.org.eg/en/standard/14613</t>
+  </si>
+  <si>
     <t>3795-5/2018 Energy efficiency label requirements for air conditioners part 5: fixed capacity ducted room air conditioner with fixed speed compressor</t>
   </si>
   <si>
+    <t>This standard establishes requirements for fixed-capacity ducted room air conditioners with fixed-speed compressors.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3795-52018-energy-efficiency-label-requirements-air-conditioners-part-5-fixed-capacity</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/14798</t>
+  </si>
+  <si>
     <t>3795/2023 Energy Efficiency Label Requirements for Air Conditioner Room Air Conditioner (Window - Split)</t>
   </si>
   <si>
-    <t>Africa, Egypt</t>
+    <t>This standard is mandatory and applies to window and split air conditioners.</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>ICS 23.120 - 27.015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/37952023-energy-efficiency-label-requirements-air-conditioner-room-air-conditioner-window</t>
   </si>
   <si>
+    <t>https://www.eos.org.eg/en/standard/8643</t>
+  </si>
+  <si>
     <t>4100/2006 Energy Efficiency of Households and similar Electrical appliances methods for measuring and calculation energy consumption of washing machine</t>
+  </si>
+  <si>
+    <t>This standard specifies the energy efficiency specifications for washing machines.</t>
   </si>
   <si>
     <t>Laundry, Washing Machines</t>
   </si>
   <si>
     <t>IEC 60465/2003+cor1/2005
 ,   
                       IEC-60335-1/2001-Amd 1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/41002006-energy-efficiency-households-and-similar-electrical-appliances-methods-measuring</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/4472</t>
+  </si>
+  <si>
     <t>5806/2019 Energy efficiency of households and similar Electrical appliances methods for measuring and calculation energy consumption for electric water heaters</t>
   </si>
   <si>
+    <t>This standard specifies the requirement and method of calculation of energy efficiency for electric water heaters.</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/58062019-energy-efficiency-households-and-similar-electrical-appliances-methods-measuring</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/6413</t>
+  </si>
+  <si>
     <t>6977/2009 Energy Efficiency Of Distribution Transformers</t>
+  </si>
+  <si>
+    <t>This standard specifies the energy efficiency of distribution transformers.</t>
   </si>
   <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>IEC 60076-ser/2008
 ,   
                     ES 1886: Power Transformers Dry Type
 ,   
                     ES 4885-1 Instrument transformers part-1Current transformer
 ,   
                     ES 4885-1 Instrument transformers part-2 Inductive voltage transformer</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/69772009-energy-efficiency-distribution-transformers</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/10626</t>
+  </si>
+  <si>
     <t>7821/2014 Energy efficiency of household electrical appliances Methods for measuring and calculating energy efficiency of electric circulating air fans</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and testing methods for electric circulating air fans.</t>
+  </si>
+  <si>
     <t>Integrated Fans</t>
   </si>
   <si>
     <t>IEC 60879</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/78212014-energy-efficiency-household-electrical-appliances-methods-measuring-and</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/14009</t>
+  </si>
+  <si>
     <t>7823/2020 Energy efficiency requirements for electrical lamps and luminaires</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and labeling requirements for filament lamps; fluorescent lamps; compact fluorescent lamps; high-intensity discharge lamps; LED lamps.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/78232020-energy-efficiency-requirements-electrical-lamps-and-luminaires</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/14011</t>
+  </si>
+  <si>
     <t>7993/2018 Energy Efficiency Label For Televisions And Displays</t>
   </si>
   <si>
+    <t>This standard specifies the energy efficiency requirements for televisions and display units.</t>
+  </si>
+  <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/79932018-energy-efficiency-label-televisions-and-displays</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/14349</t>
+  </si>
+  <si>
     <t>Algeria Order of 25 Safar 1430 corresponding to 21 February 2009 on the energy labeling of household air-conditioners</t>
   </si>
   <si>
+    <t>Air conditioners for domestic use with a cooling capacity less than 12kW. Air-to-water and water-water appliances are excluded</t>
+  </si>
+  <si>
     <t>Algeria</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Portable ACs</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>Agence Nationale pour la Promotion et la Rationalisation de l'Utilisation de l'…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/algeria-order-25-safar-1430-corresponding-21-february-2009-energy-labeling-household-air</t>
   </si>
   <si>
+    <t>https://www.energy.gov.dz/Media/galerie/-arrete_du_21_fevrier_2009_relatif_a_l'etiquetage_energetique_des_climatiseurs_a_usage_domestique_5b69515a43778.pdf</t>
+  </si>
+  <si>
     <t>Algeria Order of 25 Safar 1430 corresponding to 21 February 2009 on the energy labeling of residential lamps</t>
   </si>
   <si>
+    <t>Incandescent lamps and integrated ballast fluorescent lamps intended to be directly powered by the mains electrical grid.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/algeria-order-25-safar-1430-corresponding-21-february-2009-energy-labeling-residential</t>
   </si>
   <si>
+    <t>https://www.energy.gov.dz/Media/galerie/arrete_du_21_fevrier_2009_relatif_a_l'etiquetage_energetique_des_lampes_domestiques_5b695196e4dec.pdf</t>
+  </si>
+  <si>
     <t>Algeria Order of 25 Safar 1430 corresponding to 21 February 2009 on the energy labeling of residential refrigerators, freezers, and combined equipment</t>
   </si>
   <si>
+    <t>Refrigerators, freezers and combined appliances for domestic usage that run on electricity</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/algeria-order-25-safar-1430-corresponding-21-february-2009-energy-labeling-residential-0</t>
   </si>
   <si>
+    <t>https://www.energy.gov.dz/Media/galerie/arrete_du_21_fevrier_2009_etiquetage_appareils_usage_domestique_soumis_aux_regles_efficacite_energetique_5b6950da0ecc4.pdf</t>
+  </si>
+  <si>
     <t>Botswana standard for pico-solar and SHS kits (IEC TS 62257-9-5)</t>
   </si>
   <si>
+    <t>This policy applies to off-grid renewable energy products with batteries and solar modules with DC system voltages not exceeding 35 V and peak power ratings not exceeding 350 W.</t>
+  </si>
+  <si>
     <t>Botswana</t>
   </si>
   <si>
     <t>Solar Energy Kits</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>IEC TS 62257-9-5:2018</t>
   </si>
   <si>
     <t>Botswana Bureau of Standards</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/botswana-standard-pico-solar-and-shs-kits-iec-ts-62257-9-5</t>
   </si>
   <si>
+    <t>https://www.iec.ch/dyn/www/f?p=103:36:300860528604589::::FSP_ORG_ID,FSP_LANG_ID:1074,25</t>
+  </si>
+  <si>
     <t>CES 140:2015 Off-grid solar photovoltaic lighting kits - requirements</t>
   </si>
   <si>
+    <t>standalone off-grid solar products</t>
+  </si>
+  <si>
     <t>Ethiopia</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>IEC TS 62257-9-5</t>
   </si>
   <si>
     <t>Ethiopian Standards Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ces-1402015-grid-solar-photovoltaic-lighting-kits-requirements</t>
   </si>
   <si>
+    <t>https://rise.esmap.org/data/files/library/ethiopia/Ethiopia%20Energy%20Performance%20Standards%20for%20lamps.pdf</t>
+  </si>
+  <si>
     <t>COMPULSORY SPECIFICATION FOR ENERGY EFFICIENCY AND FUNCTIONAL PERFORMANCE REQUIREMENTS OF GENERAL SERVICE LAMPS (GSLs) - VC 9109</t>
   </si>
   <si>
+    <t>This compulsory specification on general service lamps will cover the energy efficiency and functional performance for general lighting directional and non -directional lamps of all shapes and finishes; using incandescent, halogen, fluorescent, light emitting diode (LED), and other light source technologies (not including high- intensity discharge lamps).
+Under this policy general service lamps must meet a standard of 90 lumens per Watt (lm/W). By May of 2026, the efficiency standard will be raised further to 105 Lm/W.</t>
+  </si>
+  <si>
     <t>South Africa</t>
   </si>
   <si>
     <t>Lamps</t>
   </si>
   <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>June 2024</t>
   </si>
   <si>
     <t>National Regulator for Compulsory Specification (NRCS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/compulsory-specification-energy-efficiency-and-functional-performance-requirements-general</t>
   </si>
   <si>
+    <t>https://www.greenbuildingafrica.co.za/wp-content/uploads/2024/05/Dept-trade-and-industry-LIGHT-BULB-LEGISLATION.pdf</t>
+  </si>
+  <si>
     <t>Directive 2010-30-EU</t>
   </si>
   <si>
+    <t>The strategy includes the mandatory phase-out of incandescent and halogen lamps by 2016, MEPS and labeling for all lighting technologies following the EU directives, large scale CFL and LED lamp distribution programmes, six million lamps in total; along with an extensive communications campaign; and the design of a lamp collection and recycling legislation and infrastructure in Tunisia. The elimination of lamps in power is less than 100,The taxation of lamps by 50 percent to make economic lamps  more competitive, The follow-up of this program for the elimination of other power. Launched program of 600 million incandescent lamps by LED lamps from 2017, as soon as the appearance of the decree ETF -Energy Transition Fund; which will subsidize this program.</t>
+  </si>
+  <si>
     <t>Tunisia</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>National Agency for Energy Conservation (ANME)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/directive-2010-30-eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32012R0874</t>
+  </si>
+  <si>
     <t>Directive N° 04/2020/Cm/Uemoa Portant Etiquetage Energetique Des Lampes Electriques Et Des Appareils Electromenagers Neufs Dans Les Etats Membres De L’ UEMOA</t>
   </si>
   <si>
+    <t>This Directive sets out provisions relating to the energy labeling of electric lamps and new household appliances and to additional information relating to these appliances, in the WAEMU member states. It applies to the following new electrical appliances: - domestic refrigeration equipment (refrigerators, freezers and combined appliances).- air conditioners. - electric lamps.</t>
+  </si>
+  <si>
     <t>WAEMU/UEMOA</t>
   </si>
   <si>
     <t>Tubular Lamps, Directional Lamps, Room ACs - Stationary ACs, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>May 2020</t>
   </si>
   <si>
     <t>WAEMU Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/directive-ndeg-042020cmuemoa-portant-etiquetage-energetique-des-lampes-electriques-et-des</t>
   </si>
   <si>
+    <t>http://www.uemoa.int/sites/default/files/bibliotheque/reglement_04_2009_cm_uemoa.pdf</t>
+  </si>
+  <si>
     <t>DKS 2464-2:2020 Performance of household electrical Appliances — Refrigerating appliances; Part 2: Minimum energy performance standard requirements</t>
   </si>
   <si>
+    <t>These standards apply to household and similar refrigerating appliances cooled by internal natural convection or forced air circulation. They replace KS 2464-1,2:2013.</t>
+  </si>
+  <si>
     <t>Kenya</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Kenya Bureau of Standards (KEBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/dks-2464-22020-performance-household-electrical-appliances-refrigerating-appliances-part-2</t>
   </si>
   <si>
+    <t>https://www.kebs.org/index.php?option=com_content&amp;view=category&amp;id=66&amp;Itemid=526</t>
+  </si>
+  <si>
     <t>DMS: 202:2020 Energy efficiency and labelling requirement-Household washing machine</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for household washing machine</t>
+  </si>
+  <si>
     <t>Mauritius</t>
   </si>
   <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>MS 202</t>
   </si>
   <si>
     <t>Energy Efficiency Management Office</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/dms-2022020-energy-efficiency-and-labelling-requirement-household-washing-machine</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-677/</t>
+  </si>
+  <si>
     <t>DNIS IEC TS 62257-9-8:2019EE</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
     <t>Nigeria</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Standards Organisation of Nigeria (SON)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/dnis-iec-ts-62257-9-82019ee</t>
   </si>
   <si>
+    <t>https://son.gov.ng/nigeria-adopt-standards-for-renewable-energy-hybrid-systems-for-rural-electrification</t>
+  </si>
+  <si>
     <t>Draft Lighting Standards</t>
   </si>
   <si>
+    <t>Please note this is an unofficial policy title. Please see the presentation linked.
+Proposed MEPS for self-ballasted lamps is rated wattage of 60w (at 8 hr usage = 172.8 Kwh/year). The standard proposed an approved Nigerian label inscribed on each package.</t>
+  </si>
+  <si>
     <t>Lighting, Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-lighting-standards</t>
   </si>
   <si>
+    <t>http://www.ecreee.org/sites/default/files/event-att/e.uyigue-nigerian_standards.pdf</t>
+  </si>
+  <si>
     <t>Draft MEPs for Green Buildings - Windows</t>
   </si>
   <si>
+    <t>Information not available</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>Windows</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-meps-green-buildings-windows</t>
   </si>
   <si>
     <t>Eco-Design Requirements for Water Pump Energy Efficiency (8441/2021)</t>
   </si>
   <si>
+    <t>This standard establishes ecodesign requirements for rotodynamic water pumps for pumping clean water, including those integrated into other products, and efficiency labeling requirements.</t>
+  </si>
+  <si>
     <t>Pumps</t>
   </si>
   <si>
     <t>ICS 23.080</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards and Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/eco-design-requirements-water-pump-energy-efficiency-84412021</t>
   </si>
   <si>
+    <t>https://www.eos.org.eg/en/standard/15248</t>
+  </si>
+  <si>
     <t>ECOSTAND 053: 2016</t>
   </si>
   <si>
+    <t>This policy applies to all networked lighting lamps.</t>
+  </si>
+  <si>
     <t>ECOWAS</t>
   </si>
   <si>
     <t>Directional Lamps</t>
   </si>
   <si>
     <t>ECOWAS Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecostand-053-2016</t>
   </si>
   <si>
+    <t>http://www.ecowrex.org/system/files/notif-ecostand-053-2016-fdhs-on-grid-lighting-fr-specifications-techniques-pour-des-lampes-de-service-declairage-en-reseau.pdf</t>
+  </si>
+  <si>
     <t>ECOSTAND 054: 2015</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp. Minimum performance requirements  and quality standards based on Lighting Global Quality Standards</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard, Quality Standard</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>Electricity, Solar</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecostand-054-2015</t>
   </si>
   <si>
+    <t>http://www.ecreee.org/sites/default/files/event-att/presentation_ecreee_may_2019_v2.pdf</t>
+  </si>
+  <si>
     <t>ECOSTAND 071-1:2017EE: Minimum Energy Performance Standards Part 1: Refrigerating products</t>
   </si>
   <si>
+    <t>This standard covers requirements for AC powered refrigerating appliances with a storage volume up to 1500 litres which are manufactured, assembled, imported or sold in any of the ECOWAS countries. It includes the following categories:</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecostand-071-12017ee-minimum-energy-performance-standards-part-1-refrigerating-products</t>
   </si>
   <si>
     <t>ECOSTAND 071-2:2017EE: Minimum Energy Performance Standards Part 2: Air conditioning products</t>
   </si>
   <si>
+    <t>This standard covers requirements for domestic and commercial air conditioning products such as: (1) portable AC; (2) unitary AC; (3) split AC, and (4) centralised AC system, which are single or double ducts, mobile or others; manufactured, assembled, imported or sold in any of the ECOWAS countries. Descriptions and illustrations of these products are available in Appendix 1. This standard covers equipment up to 20kW. It covers appliances designed to be plugged on the electric grid, it excludes appliances not powered by alternate current that use non-electric energys ources. ECOWAS countries include Benin, Burkina Faso, Cabo Verde, Côte d'Ivoire, the Gambia, Ghana, Guinea, Guinea Bissau, Liberia, Mali, Niger, Nigeria, Senegal, Sierra Leone, and Togo.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs, Portable ACs, Central ACs</t>
   </si>
   <si>
     <t>ISO 5151, ISO 13253, ISO 15042, ISO 16358-1:2013, IEC 60335-2-40:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecostand-071-22017ee-minimum-energy-performance-standards-part-2-air-conditioning-products</t>
   </si>
   <si>
     <t>ECOSTAND IEC TS 62257-9-8:2020</t>
   </si>
   <si>
+    <t>ECOWAS regional quality standards for standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
     <t>April 2023</t>
   </si>
   <si>
     <t>IEC TS 62257-9-6</t>
   </si>
   <si>
     <t>ECOWAQ</t>
   </si>
   <si>
     <t>Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecostand-iec-ts-62257-9-82020</t>
   </si>
   <si>
+    <t>http://www.ecreee.org/news/ecowas-industry-ministers-adopt-regional-standards-standalone-solar-systems-and-solar-pv-mini#:~:text=ABOUT%20ECREEE-,ECOWAS%20Industry%20Ministers%20adopt%20regional%20Standards%20on%20standalone%20solar%20systems,6)%20Standards%20on%20solar%20energy.</t>
+  </si>
+  <si>
     <t>Efficient Biomass Cookstoves Policy</t>
   </si>
   <si>
+    <t>This Nigerian Industrial Standard specifies design, construction, quality and safety requirements, sampling and labeling for clean solid biomass type cookstoves.</t>
+  </si>
+  <si>
     <t>Biomass Stoves</t>
   </si>
   <si>
     <t>Biomass</t>
   </si>
   <si>
     <t>Water Boiling Tests (WBT) version 4.2.3:2014; The current edition shall apply</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid, Productive Use</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/efficient-biomass-cookstoves-policy</t>
   </si>
   <si>
+    <t>https://fscluster.org/sites/default/files/documents/standard_for_clean_cookstoves_son.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Air Purifiers</t>
   </si>
   <si>
+    <t>This program covers split-type air purifiers such as mechanical air cleaners, ionic air cleaners, and Combined Air Purifiers</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Air Cleaners</t>
   </si>
   <si>
     <t>ANSI/AHAM AC-3-2009 for evaluating the performance of air cleaners</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-air-purifiers</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/#.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Cooktop</t>
+  </si>
+  <si>
+    <t>This program covers an electric induction cooker with 1 – 4 heads and the diameter of the cooker does not exceed 220 mm. Covers Portable type and built-in type all sizes (watts), single-phase AC, rated frequency 50 Hz and rated voltage does not exceed 250 V, manufactured locally or imported for sale in Thailand, and must not be a product that does not pass the random test of electric efficiency of the program within 1 year from the notification of the random test result.</t>
   </si>
   <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>TIS 2589-2556 (2013)
 ,   
                     IEC 61817
 ,   
                     IEC 60350-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-cooktop</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/stove.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Electric Stoves</t>
   </si>
   <si>
+    <t>This program covers shallow bottoms pan type: heating type integrated with pan, separate heating with the pan.</t>
+  </si>
+  <si>
     <t>TIS 2673-2559 (2016)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-electric-stoves</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/pan.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Irons</t>
   </si>
   <si>
+    <t>This program covers electric irons types: dry types, steam types, and steam iron system types.</t>
+  </si>
+  <si>
     <t>Irons</t>
   </si>
   <si>
     <t>IEC 60311 Edition 4.1:2006-02</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-irons</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/iron.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for LEDs</t>
+  </si>
+  <si>
+    <t>This program covers all LED lamp types, including dimmable LEDs.</t>
   </si>
   <si>
     <t>IES LM-79-08
 ,   
                     IEC 62612: 2013
 ,   
                     IEC 62722-2-1: 2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-leds</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/led.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Microwaves</t>
   </si>
   <si>
+    <t>This program covers microwave oven types: single and multi-functions</t>
+  </si>
+  <si>
     <t>Microwaves</t>
   </si>
   <si>
     <t>IEC 60705</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-microwaves</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/microwave.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Refrigerated Cabinet</t>
   </si>
   <si>
+    <t>This program covers vertical glass door type refrigerated cabinets. It defines efficiency levels for refrigerated cabinets with a net volume of 140L to 1,650L. The labeling criteria (Efficiency cost [unit/day]) are as followed: 
+-number5: 2.6767+0.0034V
+-number5*: 2.1414+0.0027V
+-number5**: 1.6060+0.0020V
+-number5***: 1.0707+0.0014V</t>
+  </si>
+  <si>
     <t>Refrigerated Cabinets</t>
   </si>
   <si>
     <t>TIS 1235 – 2556</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-refrigerated-cabinet</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/refd.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Short Pans</t>
   </si>
   <si>
+    <t>This policy contains energy efficiency level criteria and testing requirements for electric pans. The criteria for energy efficiency levels (electricity cost [baht/year]) for electric pans are: 
+number5: 78.00-79.99
+number5*: 80.00-81.99 
+number5**: 82.00-83.99
+number5***: &gt;=84.00</t>
+  </si>
+  <si>
     <t>Electric Hot Pots</t>
   </si>
   <si>
     <t>TIS 2673-2016</t>
   </si>
   <si>
     <t>Electricity Generating Authority of Thailand</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-short-pans</t>
   </si>
   <si>
+    <t>https://labelno5.egat.co.th/home/wp-content/uploads/2022/10/short_pan.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for TVs</t>
+  </si>
+  <si>
+    <t>This program covers TV screen types: LCD, EDGE LED, FULL LED, DIRECT LED, OLED, UHD 4K, Plasma, etc.</t>
   </si>
   <si>
     <t>IEC 62087
 ,   
                     IEC 62301 Ed 2.0 (2011-01)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-tvs</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/tv.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Washing Machines</t>
   </si>
   <si>
+    <t>This program covers the following washing machine types: top load, twin tub, and front load.</t>
+  </si>
+  <si>
     <t>TIS 2537-2562 (or IEC 60456 : 2010)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-washing-machines</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/wash.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Water Dispenser</t>
   </si>
   <si>
+    <t>This program covers hot and cold water dispensers with water tanks and drinking water coolers with water tanks.</t>
+  </si>
+  <si>
     <t>Water Coolers</t>
   </si>
   <si>
     <t>TIS 2746-2559</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-water-dispenser</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/wv.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Water Pump</t>
   </si>
   <si>
+    <t>This program covers automatic electric water pumps - sprocket and normal blades types.</t>
+  </si>
+  <si>
     <t>Pumps Other</t>
   </si>
   <si>
     <t>TIS 2618-2557</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-water-pump</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/pump.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency of Household and Similar Electrical Appliances</t>
   </si>
   <si>
+    <t>This standard identifies the methods of measuring and calculating energy efficiency and sets a maximum limit to the values of energy consumption. The standard aims to reduce the consumption of electric power.</t>
+  </si>
+  <si>
     <t>Kitchen, Dishwashers</t>
   </si>
   <si>
     <t>IEC60436:2004, A1:2009, A2:2012</t>
   </si>
   <si>
     <t>Egyptian Organisation for Standards and Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-household-and-similar-electrical-appliances</t>
   </si>
   <si>
+    <t>https://www.eos.org.eg/en/standard/14008</t>
+  </si>
+  <si>
     <t>Energy Efficiency Of Household Electrical Appliances Methods For Measuring And Calculating Energy Efficiency Of Domestic Ovens (ES 8058/2017)</t>
+  </si>
+  <si>
+    <t>This standard establishes the methods of measuring and calculating the energy efficiency of electrical domestic ovens.</t>
   </si>
   <si>
     <t>Kitchen, Ovens</t>
   </si>
   <si>
     <t>IEC 60350-1/2015
 ,   
                     Regulation (EU) No 65/2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-household-electrical-appliances-methods-measuring-and-calculating-0</t>
   </si>
   <si>
+    <t>https://www.eos.org.eg/en/standard/14544</t>
+  </si>
+  <si>
     <t>Energy Efficiency Of Household Electrical Appliances Methods For Measuring And Calculating Energy Efficiency Of Vacuum Cleaners(ES 8057/2017)</t>
+  </si>
+  <si>
+    <t>This standard identifies the methods for measuring and calculating the energy efficiency of vacuum cleaners.</t>
   </si>
   <si>
     <t>Electronics, Other-Electronics, Vacuum Cleaners</t>
   </si>
   <si>
     <t>IEC 62885-2/2016
 ,   
                     (EU) No 665/2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-household-electrical-appliances-methods-measuring-and-calculating-energy</t>
   </si>
   <si>
+    <t>https://www.eos.org.eg/en/standard/14543</t>
+  </si>
+  <si>
     <t>Energy Labeling of Electrical Products and Household Appliances (NM 14.2.300)</t>
   </si>
   <si>
+    <t>This standard specifies mandatory labeling requirements for cooling appliances (refrigerators, freezers, and air conditioners), cooking appliances (electric ovens), cleaning appliances (dishwashers, washing machines, and clothes dryers), and household electric lamps (incandescent and fluorescent lamps with/without integrated ballast).</t>
+  </si>
+  <si>
     <t>Morocco</t>
   </si>
   <si>
     <t>Kitchen, Dishwashers, Laundry, Washing Machines, Lighting, Lamps, Space Heating and Space Cooling, Air Conditioning</t>
   </si>
   <si>
     <t>Entered into force</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>Institut Marocain de Normalisation (IMANOR)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-labeling-electrical-products-and-household-appliances-nm-142300</t>
   </si>
   <si>
+    <t>https://www.imanor.gov.ma/Norme/nm-14-2-300/#</t>
+  </si>
+  <si>
     <t>Energy Labeling of Electrical Products and Household Appliances: Requirements for Air Conditioners (NM 14.2.302)</t>
   </si>
   <si>
+    <t>This policy specifies the energy efficiency and labeling requirements for air conditioners.</t>
+  </si>
+  <si>
     <t>Space Heating and Space Cooling, Air Conditioning</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-labeling-electrical-products-and-household-appliances-requirements-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.imanor.gov.ma/Norme/nm-14-2-302/</t>
+  </si>
+  <si>
     <t>ES 6087:2017 Requirements for plug - and - play DC solar home system kit</t>
   </si>
   <si>
+    <t>This Ethiopian Standard specifies requirements for performance, safety and durability for plug – and – play type DC Solar Home Systems Kit that have the peak power rating above 10 and up to 350W.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/es-60872017-requirements-plug-and-play-dc-solar-home-system-kit</t>
   </si>
   <si>
+    <t>http://www.et.undp.org/content/dam/ethiopia/docs/Ethiopia%20Final%20-%20ES%206087-2017%20Requirements%20for%20DC%20Solar%20Home%20System%20Kit.pdf</t>
+  </si>
+  <si>
     <t>Ethiopian standard for pico-solar and SHS kits</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.
+No policy link available.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ethiopian-standard-pico-solar-and-shs-kits</t>
   </si>
   <si>
     <t>FDNIS ECOSTAND 071-1:2017EE: Minimum Energy Performance Standards Part 1: Refrigerating products</t>
   </si>
   <si>
     <t>Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>IEC 62552-1:2015, IEC 62552-2:2015, IEC 62552-3:2015, IEC 60335-1:2010+AMD1:2013, IEC 60335-2-24:2010+AMD1:2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/fdnis-ecostand-071-12017ee-minimum-energy-performance-standards-part-1-refrigerating</t>
   </si>
   <si>
     <t>FDNIS ECOSTAND 071-2:2017EE: Minimum Energy Performance Standards Part 2: Air conditioning products</t>
   </si>
   <si>
+    <t>This standard covers requirements for domestic and commercial air conditioning products such as: (1) portable AC; (2) unitary AC; (3) split AC, and (4) centralised AC system, which are single or double ducts, mobile or others; manufactured, assembled, imported or sold in any of the ECOWAS countries. Descriptions and illustrations of these products are available in Appendix 1. This standard covers equipment up to 20kW. It covers appliances designed to be plugged on the electric grid, it excludes appliances not powered by alternate current that use non-electric energys ources.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/fdnis-ecostand-071-22017ee-minimum-energy-performance-standards-part-2-air-conditioning</t>
   </si>
   <si>
+    <t>http://son.gov.ng/son-introduces-national-energy-efficiency-label-for-air-conditioners-electrical-appliances-and-equipment</t>
+  </si>
+  <si>
     <t>GN 11/2017: Energy Efficiency (Labelling of Regulated Machinery) Regulations 2017 - amended by GN No. 137 of 2018</t>
   </si>
   <si>
+    <t>This regulation covers the labeling requirements for household refrigerating appliances, household electric ovens, and household dishwashers. The Mauritian label is similar to the EU one. Dealers have to register their appliances with the Energy Efficiency Management Office and affix the energy label on the appliances before putting them on display for sale.</t>
+  </si>
+  <si>
     <t>Ovens, Dishwashers, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>MS 201</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gn-112017-energy-efficiency-labelling-regulated-machinery-regulations-2017-amended-gn-no</t>
   </si>
   <si>
+    <t>https://eemo.govmu.org/Pages/Labelling%20of%20appliances/amend_GN137_2018.pdf</t>
+  </si>
+  <si>
     <t>Green Label Scheme - TGL-23-R2-12 Electronic Ballasts</t>
   </si>
   <si>
+    <t>Electronic ballasts for fluorescent lamps</t>
+  </si>
+  <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>TIS 1506-2542; TIS 1449; TIS 623; CIE No. 25</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/green-label-scheme-tgl-23-r2-12-electronic-ballasts</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/application-electric.html</t>
+  </si>
+  <si>
     <t>GS IEC 62257-9-8:2020, Renewable energy and hybrid systems for rural electrification - Part 9-8: Integrated systems - Requirements for stand-alone renewable energy products with power ratings less than or equal to 350 W</t>
   </si>
   <si>
+    <t>Quality standards for standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
     <t>July 2022</t>
   </si>
   <si>
     <t>Ghana Standards Authority</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gs-iec-62257-9-82020-renewable-energy-and-hybrid-systems-rural-electrification-part-9-8</t>
   </si>
   <si>
+    <t>http://services.gsa.gov.gh/standards/standards.php?sno=GS%20IEC%20TS%2062257-9-8:2020</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for 1 phase motor</t>
   </si>
   <si>
+    <t>This scheme covers single-phase induction motors with a rated output power of not more than 7.5 kW and a rated voltage of not more than 250 V and a frequency of 50 Hz. Excluded - submersible motors, motors integrated into the drive unit and cannot be separated from multi-speed motors, motors intended exclusively for short-cycle duty applications, and induction motors used in electric cars or vehicles.</t>
+  </si>
+  <si>
     <t>Motors and Motor Driven Equipment, Motors, 1-Phase Motors</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>IEC 60034-2-1</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-energy-performance-label-1-phase-motor</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/6_01032565.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for 3 phase motor</t>
   </si>
   <si>
+    <t>This scheme covers three-phase squirrel-cage induction motors with rated output power from 0.73-185.0 kW and for a power supply with a frequency of 50-60 Hz, rated voltage of 380 V. It excludes submersible motors, motors integrated into the drive unit and cannot be separated from multi-speed motors, motors intended exclusively for short-cycle duty applications.</t>
+  </si>
+  <si>
     <t>Motors and Motor Driven Equipment, Motors, 3-Phase Motors</t>
   </si>
   <si>
     <t>TIS 867-2550 or IEC 60034-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-energy-performance-label-3-phase-motor</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/5_01032565.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Aerated Concrete</t>
   </si>
   <si>
+    <t>This scheme covers aerated concrete components. Must be lightweight concrete than general concrete of the same size and suitable for building walls with a thickness of 75 or 100 millimeters.</t>
+  </si>
+  <si>
     <t>Building Materials, Envelopes</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>ASTM C177-04</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-energy-performance-label-aerated-concrete</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/15_01032565.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Electric Deep Fryer</t>
   </si>
   <si>
+    <t>This scheme covers electric deep fryers (electric and liquefied petroleum gas fryers type), with the characteristics of working in batches and the maximum mass of oil used for frying is not more than 27 kg or 30 liters.</t>
+  </si>
+  <si>
     <t>Fryers</t>
   </si>
   <si>
     <t>TIS 2717-2559</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-energy-performance-label-electric-deep-fryer</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/19_01032565.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Fiberglass Insulation</t>
   </si>
   <si>
+    <t>This scheme covers flat sheet fiberglass insulation.</t>
+  </si>
+  <si>
     <t>Building Materials, Insulations</t>
   </si>
   <si>
     <t>ISO 8301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-energy-performance-label-fiberglass-insulation</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/12_01032565.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Infrared gas stove</t>
   </si>
   <si>
+    <t>This scheme covers infrared gas stoves (high-pressure gas stoves)--cooking stoves that use liquefied petroleum gas as the fuel for heating power--that use gas pressures from 5 to 200 kPa and sizes of high-pressure gas furnaces from 8.0 to 16.5 centimeters.</t>
+  </si>
+  <si>
     <t>LPG Stoves</t>
   </si>
   <si>
     <t>LPG</t>
   </si>
   <si>
     <t>ref. A study project of energy efficiency standard for infrared gas stoves (DEDE)</t>
   </si>
   <si>
     <t>Cookstoves</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-energy-performance-label-infrared-gas-stove</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/2_01032565.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Liquefied petroleum gas (LPG) Cookstoves</t>
   </si>
   <si>
+    <t>This scheme covers household stoves (direct heating and flame types) with a maximum gas consumption of each burner that does not exceed 0.42 kg/h (or 5.78 kW) and the total gas consumption of all burners does not exceed 1. kg/h (or 13.76 kW) with one or more burners (without grill, oven or electric stove components). Household cooking stoves for liquefied petroleum gas must only be low-pressure gas stoves and must not be infrared stoves.</t>
+  </si>
+  <si>
     <t>Kitchen, LPG Stoves</t>
   </si>
   <si>
     <t>TIS 2312-2549</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-energy-performance-label-liquefied-petroleum-gas-lpg-cookstoves</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/1_01032565.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Range Hood</t>
   </si>
   <si>
+    <t>This scheme covers domestic range hoods, operated by a motor which it controls, intended to collect contaminated air from above a hob, with a rated voltage not exceeding 250 volts. Excluded - Commercial fume hoods or intended to be used in locations with special conditions such as potentially corrosive or explosive atmospheres (dust, vapors, or gases).</t>
+  </si>
+  <si>
     <t>TIS 710–2530 or JIS C 9603:1988</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-energy-performance-label-range-hood</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/18_01032565.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Tile Roof</t>
   </si>
   <si>
+    <t>This scheme covers tile roofs including concrete tile, clay tile, and fiber cement tile.</t>
+  </si>
+  <si>
     <t>Building Materials, Roof Materials and Coatings</t>
   </si>
   <si>
     <t>ASTM E903</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-energy-performance-label-tile-roof</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/16_01032565.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Variable Speed Drive</t>
   </si>
   <si>
+    <t>This scheme covers variable speed drive for 2 types: 1. Motor speed adjustment device used for AC induction motors with a rated power output of more than 37.5 kW., and 2. Motor speed adjustment device used for AC induction motors with rated power output ranging from 0.37 to 37.5 kW (0.5 to 50 hp).</t>
+  </si>
+  <si>
     <t>Motors and Motor Driven Equipment, Motors, Variable Speed Drives</t>
   </si>
   <si>
     <t>IEC 61800-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-energy-performance-label-variable-speed-drive</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/4_01032565.pdf</t>
+  </si>
+  <si>
     <t>KS 2446-1:2013 Self ballasted lamps for general lighting services Part 1: Minimum energy performance standards requirements</t>
   </si>
   <si>
+    <t>This standard specifies minimum energy performance standards requirements and related attributes for self ballasted compact fluorescent lamps -CFLs.</t>
+  </si>
+  <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>KS 2446-2:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ks-2446-12013-self-ballasted-lamps-general-lighting-services-part-1-minimum-energy</t>
   </si>
   <si>
+    <t>http://www.puntofocal.gov.ar/notific_otros_miembros/ken358_t.pdf</t>
+  </si>
+  <si>
     <t>KS 2447-1:2013 Performance of electrical lighting equipment- Ballasts for fluorescent lamps Part 1: Energy labeling and minimum energy performance standards requirements</t>
   </si>
   <si>
+    <t>Specifies requirements for the classsification of ballasts for a range of fluorescent lamp types according to their energy efficiency index</t>
+  </si>
+  <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>KS 2447-2:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ks-2447-12013-performance-electrical-lighting-equipment-ballasts-fluorescent-lamps-part-1</t>
   </si>
   <si>
+    <t>https://webstore.kebs.org/index.php?route=product/product&amp;product_id=10054&amp;search=ballast</t>
+  </si>
+  <si>
     <t>KS 2448-1:2013 Double-capped flourescent lamps-performance specification-minimum energy performance standards</t>
   </si>
   <si>
+    <t>This standard specifies MEPS requirements for double-capped; FD1 and FDH2; tubular lamps with a nominal length of 550 mm to 1500 mm and having nominal wattage of 16 watts or more that are within the scope of IEC 60081.</t>
+  </si>
+  <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ks-2448-12013-double-capped-flourescent-lamps-performance-specification-minimum-energy</t>
   </si>
   <si>
+    <t>https://webstore.kebs.org/index.php?route=product/product&amp;product_id=10039</t>
+  </si>
+  <si>
     <t>KS 2463:2019 Non-ducted air conditioners - Testing and rating performance</t>
   </si>
   <si>
+    <t>This standard specifies the standard conditions on which the ratings of single-package and split-system non-ducted air conditioners employing air cooled condensers are based and the test methods to be applied for determination of the various ratings.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ks-24632019-non-ducted-air-conditioners-testing-and-rating-performance</t>
   </si>
   <si>
+    <t>https://webstore.kebs.org/index.php?route=product/product&amp;product_id=15545</t>
+  </si>
+  <si>
     <t>KS IEC/TS 62257-9-8:2020 Requirements for stand-alone renewable products with power ratings less than or equal to 350 W</t>
   </si>
   <si>
+    <t>This standard applies to off-grid lighting appliances or kits that can be installed by a typical user without employing a technician. The kits are generally comprised of a light source (LED, CFL, or other), a rechargeable energy storage device (usually a battery), an energy generation device or source (PV module, dynamo, AC grid, unregulated DC input, or other), and internal electronics. Lighting appliances or kits with PV modules larger than 10 W (peak power under standard test conditions) are excluded from the scope of this standard.</t>
+  </si>
+  <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>KS IEC/TS 62257-9-5</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ks-iects-62257-9-82020-requirements-stand-alone-renewable-products-power-ratings-less-or</t>
   </si>
   <si>
+    <t>https://webstore.kebs.org/index.php?route=product/product&amp;product_id=16444&amp;search=-9-8</t>
+  </si>
+  <si>
     <t>L.I 2353 Efficiency standards and labelling-Light emitting diode and self ballasted fluorescent lamps</t>
   </si>
   <si>
+    <t>These regulations apply to enforcement of standards for minimum energy efficiency of self ballasted fluorescent lamps and LED. The regulations also include the labelling of these two products</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2353-efficiency-standards-and-labelling-light-emitting-diode-and-self-ballasted</t>
   </si>
   <si>
+    <t>http://www.energycom.gov.gh/files/Efficiency%20Standards%20LI%202353.pdf</t>
+  </si>
+  <si>
     <t>L.I 2441 Energy Commission (Energy Efficiency Standards and Labeling) (Refrigerating Appliances) Regulations,2022</t>
   </si>
   <si>
+    <t>These regulations apply to electric mains-operated refrigerating appliances with a volume of not less than ten litres and not more than one thousand five hundred litres, manufactured in the country or imported into the country for sale or use.</t>
+  </si>
+  <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2441-energy-commission-energy-efficiency-standards-and-labeling-refrigerating</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>L.I 2442 Energy Commission (Energy Efficiency Standards and Labeling) (Prohibition of manufacture, importation and sale of Incandescent filament lamp) Regulations,2022</t>
   </si>
   <si>
+    <t>These regulations apply to a manufacturer or importer of an incandescent filament lamp.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2442-energy-commission-energy-efficiency-standards-and-labeling-prohibition-manufacture</t>
   </si>
   <si>
     <t>L.I. 1815 Energy Efficiency Standards and Labelling Regulations - Non-ducted Air Conditioners and Self-ballasted Fluorescent Lamps</t>
   </si>
   <si>
+    <t>These Regulations apply to non-ducted air conditioners or self-ballasted fluorescent lamps manufactured in Ghana or imported for use in Ghana.</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>GS 324:2003</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-1815-energy-efficiency-standards-and-labelling-regulations-non-ducted-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.energycom.gov.gh/files/LI_1815.pdf</t>
+  </si>
+  <si>
     <t>L.I. 1958 Energy Efficiency Standards and Labelling - Household Refrigerating Appliances</t>
   </si>
   <si>
+    <t>These Regulations apply to electric mains operated appliances manufactured in Ghana or imported for use in this country. These Regulations do not apply to the rating plate or its equivalent affixed for safety purposes to an appliance; or an appliance which is designed to use an energy source other than electricity; or an appliance manufactured in this country for export. For the purpose of this regulation; appliance means a refrigerator; a frozen food storage cabinet; a food freezer or their combination.</t>
+  </si>
+  <si>
     <t>GS IEC 62552: 2007</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-1958-energy-efficiency-standards-and-labelling-household-refrigerating-appliances</t>
   </si>
   <si>
+    <t>http://www.energycom.gov.gh/files/LI1958.pdf</t>
+  </si>
+  <si>
     <t>Law 2004-72 and Decree 2004-2145; Amended by Law 2009-07</t>
   </si>
   <si>
+    <t>In the framework of the ENPI CBC programmes, including a privileged instrument of cooperation for the institutional capacity-building of ENPI countries, Tunisia decided to largely harmonize the product categories and label efficiency thresholds with those in place in the EU. Since September 2004, Tunisian law requires the display of an EU-style energy label for refrigerators, freezers, and refrigerator-freezers (with eight classes, the top one representing the recently added EU A+ and A++ classes) in a bilingual version (French and Arabic, and the numbers 1-8 indicating classes instead of letters). From January 2010 onwards, the lowest three energy classes (6,7 and 8) have been banned from the Tunisian market, followed in January 2011 7 with the banning of classes 5 and  January 2012 class 4 has been likewise banned from the Tunisian market.</t>
+  </si>
+  <si>
+    <t>EN 153</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/law-2004-72-and-decree-2004-2145-amended-law-2009-07</t>
+  </si>
+  <si>
+    <t>http://www.rcreee.org/sites/default/files/tunisia_ee_fact_sheet_print.pdf</t>
+  </si>
+  <si>
+    <t>This policy covers cooling appliances: refrigerators and air conditioners. It requires the use of an EU-style energy label (with eight classes, the top one representing the recently added EU A+ and A++ classes) in a bilingual version (French and Arabic, and the numbers 1-8 indicating classes instead of letters) on refrigerators.</t>
+  </si>
+  <si>
     <t>Air Conditioning, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
-    <t>EN 153</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/law-2004-72-and-decree-2004-2145-amended-law-2009-07-0</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/law-2004-72-and-decree-2004-2145-amended-law-2009-07</t>
+    <t>https://rise.esmap.org/data/files/library/tunisia/Energy%20Efficiency/Tunisia_Decree%20N%C2%B02004-2144%20Energy%20auditing%20-%20Fr.pdf</t>
   </si>
   <si>
     <t>Law 2009-07</t>
   </si>
   <si>
+    <t>Air conditioners with a power consumption below 12 kW , Since September 2004, Tunisian law requires the display of an EU-style energy label (with eight classes, the top one representing the recently added EU A+ and A++ classes) in a bilingual version (French and Arabic, and the numbers 1-8 indicating classes instead of letters). From July 2006  onwards, the lowest two energy classes (7 and 8) have been banned from the Tunisian market, followed in July 2007  with the banning of classes 5 and 6, from April 2009 class 4 has been likewise banned from the Tunisian market</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/law-2009-07</t>
+  </si>
+  <si>
+    <t>http://www.profiscal.com/newfisaf/loi/loi_2009-7_af.pdf</t>
+  </si>
+  <si>
+    <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
+  </si>
+  <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/law-2009-07-0</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/law-2009-07</t>
-[...1 lines deleted...]
-  <si>
     <t>LI 2443 Energy Commission Clothes Washing Machines Regulations</t>
   </si>
   <si>
+    <t>This policy includes energy efficiency standards and labeling guidelines for clothes washing machines in Ghana.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2443-energy-commission-clothes-washing-machines-regulations</t>
   </si>
   <si>
     <t>LI 2444 Energy Commission Energy Efficiency Standards and Labelling Industrial Fans Regulations</t>
   </si>
   <si>
+    <t>Minimum energy performance regulations and labelling guidelines for industrial fans with an electrical input power between 0.125 - 500 kW or integrated in other energy-related products manufactured in the country or imported into the country for display, sale, or use.</t>
+  </si>
+  <si>
     <t>Industrial Fans</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2444-energy-commission-energy-efficiency-standards-and-labelling-industrial-fans</t>
   </si>
   <si>
     <t>LI 2445 Energy Commission (Energy Efficiency Standards and Labelling) (Rice Cookers) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply a rice cooker manufactured in the country or imported into the country for display, sale, or use that has a rated power not exceeding two thousand watts, voltage not exceeding two hundred and fifty volts, and volume not exceeding ten litres.</t>
+  </si>
+  <si>
     <t>Rice Cookers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2445-energy-commission-energy-efficiency-standards-and-labelling-rice-cookers</t>
   </si>
   <si>
     <t>LI 2446 Energy Commission (Energy Efficiency Standards and Labelling) (Computers) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to a computer, manufactured in the country or imported into the country for display, sale or use as a desktop computer, notebook computer, a workstation, or a computer server.</t>
+  </si>
+  <si>
     <t>Computers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2446-energy-commission-energy-efficiency-standards-and-labelling-computers-regulations</t>
   </si>
   <si>
     <t>LI 2447 Energy Commission (Energy Efficiency Standards and Labelling) (Set-Top Boxes) Regulations, 2022</t>
   </si>
   <si>
+    <t>Minimum energy performance standard and labelling guidelines for set-top boxes. These regulations apply to set-top boxes manufactured in the country or imported into the country for display, sale or use, with the ability to be powered directly from the mains alternating current for use as either a simple set-top box, or a complex set-top box.</t>
+  </si>
+  <si>
     <t>Televisions, Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>May 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2447-energy-commission-energy-efficiency-standards-and-labelling-set-top-boxes</t>
   </si>
   <si>
     <t>LI 2448 Energy Commission (Energy Efficiency Standards and Labelling) (Ventilating Fans) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to a ventilating fan or unit with an individual fan electric power input of less than 125 W manufactured in the country or imported into the country for display, sale or use.</t>
+  </si>
+  <si>
     <t>Space Heating and Space Cooling, Ventilation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2448-energy-commission-energy-efficiency-standards-and-labelling-ventilating-fans</t>
   </si>
   <si>
     <t>LI 2450 Energy Commission (Energy Efficiency Standards and Labelling) (Microwave Ovens) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to an electric mains-operated microwave oven, manufactured in the country or imported into the country for display, sale or use. These regulations do not apply to microwave ovens which cannot accept a load with a diameter equal or greater than 200mm or heigh of 120mm.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2450-energy-commission-energy-efficiency-standards-and-labelling-microwave-ovens</t>
   </si>
   <si>
     <t>LI 2451 Energy Commission (Energy Efficiency Standards and Labelling) (Storage Water Heaters) Regulations, 20</t>
   </si>
   <si>
+    <t>These regulations apply to an electric storage water heater with a storage volume of not more than 500 litres, an electric instantaneous water heater, and a water heater with rated power not exceeding 70kW.</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2451-energy-commission-energy-efficiency-standards-and-labelling-storage-water-heaters</t>
   </si>
   <si>
     <t>LI 2452 Renewable Energy (Standards and Labelling) (Renewable Energy Batteries) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to a renewable energy battery manufactured in the country or imported into the country for display, sale, or use, irrespective of size, method of charge or energy system design of the renewable energy battery.</t>
+  </si>
+  <si>
     <t>Battery Chargers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2452-renewable-energy-standards-and-labelling-renewable-energy-batteries-regulations</t>
   </si>
   <si>
     <t>LI 2453 Energy Commission (Energy Efficiency Standards and Labelling) (Public Lighting) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to a lamp or luminaire manufactured in the country or imported into the country for the purpose of public lighting services, for display, sale or use in the country. These regulations do not apply to a lamp or luminaire other than an electric mains-operated lamp or luminaire.</t>
+  </si>
+  <si>
     <t>Streetlighting</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2453-energy-commission-energy-efficiency-standards-and-labelling-public-lighting</t>
   </si>
   <si>
     <t>LI 2454 Renewable Energy (Standards and Labelling) (Improved Biomass Cookstoves) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to an improved biomass cookstoves, manufactured in the country or imported into the country for sale, display or use as a domestic cookstove, or an institutional cookstove that uses solid biomass fuels including wood, charcoal, briquette, or pellet.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2454-renewable-energy-standards-and-labelling-improved-biomass-cookstoves-regulations</t>
   </si>
   <si>
     <t>LI 2455 Energy Commission (Energy Efficiency Standards and Labelling) (Television Sets) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to a television set or monitor, manufactured in the country or imported into the country for display, sale or use. These regulations do not apply to a rating plate or the equivalent of a rating plate, a digital display and signage, and or non-electric mains operated television or monitor.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2455-energy-commission-energy-efficiency-standards-and-labelling-television-sets</t>
   </si>
   <si>
     <t>LI 2456 Energy Commission (Energy Efficiency Standards and Labelling) (Electric Motors) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to an induction motor whether sold separately or partly integrated in other products that has 2,4,6, or 8 poles; has a rated voltage that's more than 50 V but less than 1000 V; has a rated power output of 0.12 kW up to 1000 kW; is rated to operate at a frequency of 50 Hz; is rated on the basis of continuous duty operation, and; is rated for direct on-line operation.</t>
+  </si>
+  <si>
     <t>3-Phase Motors, 1-Phase Motors</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2456-energy-commission-energy-efficiency-standards-and-labelling-electric-motors</t>
   </si>
   <si>
     <t>LI 2457 Energy Commission (Energy Efficiency Standards and Labelling) (Electric Kettles) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to kettles with a water capacity not exceeding 2.5 litres, manufactured in the country or imported into the country for display, sale or use.</t>
+  </si>
+  <si>
     <t>Electric Kettles</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2457-energy-commission-energy-efficiency-standards-and-labelling-electric-kettles</t>
   </si>
   <si>
     <t>LI 2458 Energy Commission (Energy Efficiency Standards and Labelling) (Air conditioners) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to an air conditioning product, manufactured in the country or imported into the country for display, sale or use. These regulations apply to a single-phase and three-phase AC, multi-split outdoor unit and single split outdoor unit that has a rated full capacity of 65kW or less and is designed for human comfort.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2458-energy-commission-energy-efficiency-standards-and-labelling-air-conditioners</t>
   </si>
   <si>
     <t>LI 2459 Energy Commission (Energy Efficiency Standards and Labelling) (Distribution Transformers) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to a distributor transformer manufactured in the country or imported to the country for display, sale or use.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2459-energy-commission-energy-efficiency-standards-and-labelling-distribution</t>
   </si>
   <si>
     <t>LI 2460 Energy Commission (Energy Efficiency Standards and Labelling) (Comfort Fans) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to comfort fans with an electric power input not exceeding 125W, manufactured in the country or imported into the country for display, sale, or use.</t>
+  </si>
+  <si>
     <t>Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2460-energy-commission-energy-efficiency-standards-and-labelling-comfort-fans</t>
   </si>
   <si>
     <t>LI 2461 Renewable Energy (Standards and Labelling) (Inverters) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to an inverter intended for use in a stand-alone energy system or utility-interactive energy system where the output of the inverter is a stable alternating current of constant frequency; and a single-phase inverter or 3-phase inverter intended for use in a stand alone energy system or utility interactive energy system intended to be operated in parallel with an electric power system to supply power to common loads manufactured in the country or imported into the country for display, sale or use.</t>
+  </si>
+  <si>
     <t>Solar Inverters</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2461-renewable-energy-standards-and-labelling-inverters-regulations-2022</t>
   </si>
   <si>
     <t>LS IEC 62257-9-8: 2020</t>
   </si>
   <si>
     <t>Liberia</t>
   </si>
   <si>
     <t>Renewable Energy Systems, Solar Energy Kits</t>
   </si>
   <si>
     <t>June 2022</t>
   </si>
   <si>
     <t>National Standards Laboratory of Liberia</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/node/1799</t>
   </si>
   <si>
+    <t>https://www.iec.ch/dyn/www/f?p=103:36:202048646803578::::FSP_ORG_ID,FSP_LANG_ID:20060,25</t>
+  </si>
+  <si>
     <t>Malawi standard for pico-solar and SHS kits (IEC TS 62257-9-5)</t>
   </si>
   <si>
     <t>Malawi</t>
   </si>
   <si>
     <t>November 2023</t>
   </si>
   <si>
     <t>Malawi Bureau of Standards (MBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/malawi-standard-pico-solar-and-shs-kits-iec-ts-62257-9-5</t>
   </si>
   <si>
+    <t>https://www.iec.ch/dyn/www/f?p=103:36:112914829377027::::FSP_ORG_ID,FSP_LANG_ID:1090,25</t>
+  </si>
+  <si>
     <t>Malawi standard for pico-solar and SHS kits (IEC TS 62257-9-8)</t>
   </si>
   <si>
     <t>MS IEC TS 62257-9-8</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/malawi-standard-pico-solar-and-shs-kits-iec-ts-62257-9-8</t>
   </si>
   <si>
+    <t>https://nam10.safelinks.protection.outlook.com/?url=https%3A%2F%2Fwww.iec.ch%2Fdyn%2Fwww%2Ff%3Fp%3D103%3A36%3A112914829377027%3A%3A%3A%3AFSP_ORG_ID%2CFSP_LANG_ID%3A1090%2C25&amp;data=05%7C01%7Clboucher%40clasp.ngo%7C991380eb2ddc4597b0bd08dbd6ffa68d%7C893cf7999fee4d2a8d71655b7b1e53d2%7C0%7C0%7C638340165728696357%7CUnknown%7CTWFpbGZsb3d8eyJWIjoiMC4wLjAwMDAiLCJQIjoiV2luMzIiLCJBTiI6Ik1haWwiLCJXVCI6Mn0%3D%7C3000%7C%7C%7C&amp;sdata=BRfwqZ8YWSBCwfEf9yfxjELTLNVh5Efnf5BHKmWv9cw%3D&amp;reserved=0</t>
+  </si>
+  <si>
     <t>MEPS and Labeling Scheme for Refrigerators</t>
   </si>
   <si>
+    <t>Namibian standards are similar to South African standards (SANS 941 and VC 9008).</t>
+  </si>
+  <si>
     <t>Namibia</t>
   </si>
   <si>
     <t>SANS 941</t>
   </si>
   <si>
     <t>Ministry of Mines and Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-scheme-refrigerators</t>
   </si>
   <si>
+    <t>https://www.ctc-n.org/system/files/dossier/3b/country_profile_-_namibia.pdf</t>
+  </si>
+  <si>
     <t>MEPS and labeling schemes for air conditioners</t>
   </si>
   <si>
     <t>Seychelles</t>
   </si>
   <si>
     <t>Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-air-conditioners-0</t>
   </si>
   <si>
+    <t>http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%23, http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+applia----http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%22, http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+applia</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-air-conditioners</t>
   </si>
   <si>
     <t>MEPS and labeling schemes for bulbs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-bulbs</t>
   </si>
   <si>
+    <t>http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%20, http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+applia----http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%20 ; http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+appli</t>
+  </si>
+  <si>
     <t>MEPS and labeling schemes for electric water heaters</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-electric-water-heaters</t>
   </si>
   <si>
+    <t>http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%25, http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+applia----http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%24,</t>
+  </si>
+  <si>
     <t>MEPS and labeling schemes for freezers and refrigerators</t>
   </si>
   <si>
     <t>Freezers-only, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-freezers-and-refrigerators</t>
   </si>
   <si>
+    <t>http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%20, http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+applia----http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%21 ,----http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%20, http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+appli</t>
+  </si>
+  <si>
     <t>MEPS and labeling schemes for washing machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-washing-machines</t>
   </si>
   <si>
+    <t>http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%27 , http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+appli----http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%26,</t>
+  </si>
+  <si>
     <t>MEPS for air conditioners</t>
   </si>
   <si>
+    <t>Air conditioners for domestic use , with a cooling capacity less than 12kW.   Air-to-water and water-water appliances are excluded</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-air-conditioners-0</t>
   </si>
   <si>
+    <t>http://www.rcreee.org/sites/default/files/algeria_ee_fact_sheet_print.pdf</t>
+  </si>
+  <si>
     <t>MEPS for lighting products</t>
   </si>
   <si>
+    <t>The Gambia</t>
+  </si>
+  <si>
+    <t>Lighting, Lamps, Directional Lamps</t>
+  </si>
+  <si>
+    <t>NB 10.07.001, NB 17.02.001</t>
+  </si>
+  <si>
+    <t>Ministry of Petroleum and Energy</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-lighting-products-1</t>
+  </si>
+  <si>
+    <t>Namibian standards are similar to South African standards.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-lighting-products-0</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-lighting-products</t>
   </si>
   <si>
-    <t>The Gambia</t>
-[...16 lines deleted...]
-  <si>
     <t>MEPS for refrigerators, freezers and combined equipment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-refrigerators-freezers-and-combined-equipment</t>
   </si>
   <si>
     <t>Minimum Energy Perfomance Standards for refrigerating appliances (MEPS)</t>
   </si>
   <si>
+    <t>This standard applies to all refrigerating appliances of the vapor compression type, with a rated volume at or above 10 Liters (L) and at or below 1,500 L, powered by electric mains and offered for sale or installed in any application. The standard specifies requirements for test methods and energy use calculation, daily energy use calculation, maximum energy use, functional performance, refrigerant and foam blowing agent, product information and declaration of conformity 1975 and its regulations</t>
+  </si>
+  <si>
     <t>Eswatini</t>
   </si>
   <si>
     <t>Refrigeration</t>
   </si>
   <si>
     <t>IEC 62552:2015  part 1, 2 and 3</t>
   </si>
   <si>
     <t>Eswatini Energy Regulatory Authority (ESERA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-perfomance-standards-refrigerating-appliances-meps</t>
   </si>
   <si>
     <t>Minimum energy performance standard(MEPS) and labelling for clay plate resistor based electric injera mitad</t>
   </si>
   <si>
+    <t>This Ethiopian Minimum Energy Performance Standard and label grading applies to clay plate resistor</t>
+  </si>
+  <si>
     <t>Griddles</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standardmeps-and-labelling-clay-plate-resistor-based-electric</t>
   </si>
   <si>
+    <t>http://eea.gov.et/media/attachments/LAWS%20AND%20REGUALTIONS/Energy%20laws%20and%20regualtions/4-MEPS%20INJER%20MITAD%20%20Ethiopia%20draft%2029-2-2020%20version%20final%20East%20Gate%20(4).pdf</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards for Distribution Transformers (MEPS)</t>
   </si>
   <si>
+    <t>This regulation applies to all distribution power transformers that are manufactured in, or imported into the country/region, and are either sold, installed, or put into service as standalone equipment or as a component of a system, and which meet the following criteria:</t>
+  </si>
+  <si>
     <t>Distribution Transformers</t>
   </si>
   <si>
     <t>Botswana Energy Regulatory Authority (BERA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-distribution-transformers-meps</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Refrigerating Appliances</t>
   </si>
   <si>
+    <t>This standard will apply to all refrigerating appliances of the vapor compression type, with a rated volume at or above 10 Liters (L) and at or below 1,500 L, powered by electric mains and offered for sale or installed in any application. The standard specifies requirements for test methods and energy use calculation, daily energy use calculation, maximum energy use, functional performance, refrigerant, and foam blowing agent, product information, and declaration of conformity 1975 and its regulations.</t>
+  </si>
+  <si>
     <t>IEC 62552:2015, Part 1, 2, and 3</t>
   </si>
   <si>
     <t>Malawi Energy Regulatory Authority (MERA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-refrigerating-appliances</t>
   </si>
   <si>
+    <t>This standard will apply to all refrigerating appliances of the vapor compression type, with a rated volume at or above 10 Liters (L) and at or below 1,500 L, powered by electric mains and offered for sale or installed in any application. The standard specifies requirements for test methods and energy use calculation, daily energy use calculation, maximum energy use, functional performance, refrigerant and foam blowing agent, product information and declaration of conformity 1975 and its regulations</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-refrigerating-appliances-0</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for refrigerating appliances (MEPS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-refrigerating-appliances-meps</t>
   </si>
   <si>
     <t>Ministerial Guidelines on Minimum Standard Requirements for Solar Home Systems</t>
   </si>
   <si>
+    <t>Covers stand-alone photovoltaic power systems; defines the minimum service level energy requirements for an off-grid solar home system; cover the corresponding minimum requirements for the off-grid solar home system accessories such as Lamps, Cables, Batteries, Solar Photovoltaic Panel, Charge controller, installation requirements and other accessories required for off-grid solar home system installation to ensure safety of end users and quality of the system as well as quality of service.</t>
+  </si>
+  <si>
     <t>Rwanda</t>
   </si>
   <si>
     <t>Rwanda Ministry of Infrastructure</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-guidelines-minimum-standard-requirements-solar-home-systems</t>
   </si>
   <si>
+    <t>https://www.mininfra.gov.rw/fileadmin/user_upload/Mininfra/Documents/Energy_Docs/Ministerial_Guidelines_on_minimum_requirements_for_solar_home_systems.pdf</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Fiberglass Insulation for Energy Conservation, B.E. 2561 (2018)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers fiberglass Insulation made by glass melting and natural raw materials.</t>
+  </si>
+  <si>
     <t>Insulations</t>
   </si>
   <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-fiberglass-insulation-energy-conservation-be-2561-2018</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=17063741</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing High Efficiency Chiller, B.E. 2552 (2009)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers a chiller for the air conditioning system that allows water to flow through. It includes air-cooled (piston type) and water-cooled (rotary type, screw type or scroll type, centrifugal type) systems.</t>
+  </si>
+  <si>
     <t>Space Heating and Space Cooling, Air Conditioning, Chillers - Cooler Towers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-high-efficiency-chiller-be-2552-2009</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=1776757</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing High Efficiency Double-Capped Fluorescent Lamps, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers double-capped fluorescent lamps, which are straight cylindrical fluorescent lamps intended for general lighting use. It applies to one-phase alternating current rated voltage 220 volts, frequency 50 hertz.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-high-efficiency-double-capped-fluorescent-lamps-be-2558</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048416</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing High Efficiency Electric Fans of Table, Wall Mounted and Floor Standing Types, B.E. 2552 (2009)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers table fans, wall-mounted electric fans, and floor standing electric fans used for single-phase AC power. The rated voltage does not exceed 250 volts, the electric frequency is 50 hertz. Covers electric fan types and sizes: Table electric fan and wall-mounted electric fan size 300 and 400 mm. and Floor standing electric fan size 300 and 400 mm.</t>
+  </si>
+  <si>
     <t>Space Heating and Space Cooling, Ventilation, Portable Fans</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-high-efficiency-electric-fans-table-wall-mounted-and</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2552/A/023/32.PDF</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing High Efficiency Electric Rice Cookers, B.E. 2552 (2009)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers electric rice cookers that automatically convert electricity into heat for cooking rice and maintaining a certain warming temperature range. It covers electric rice cookers with a wattage range from 400 to 800 watts.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-high-efficiency-electric-rice-cookers-be-2552-2009</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2552/A/023/47.PDF</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing High Efficiency Self-ballasted Lamps, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers self-ballasted lamps (with built-in ballast) which are pre-assembled by the manufacturer and applies to single-phase alternating current (AC) rated voltage of 220 volts, frequency of 50 hertz. The following self-ballasted lamps are not included: (1) lamps that provide a spectrum other than the visible; (2) color viewing lamps; (3) lamps used in industrial or agricultural; (4) medical lamps; and (5) lamps for specific use (not intended use as general)</t>
+  </si>
+  <si>
     <t>Lighting, Drivers/ Controls, Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>https://www.dede.go.th/</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-high-efficiency-self-ballasted-lamps-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048415</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing High Efficiency Single Capped Fluorescent Lamp, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers single-capped fluorescent lamps intended for use in an external circuit and applies to one-phase alternating current rated voltage 220 volts, frequency 50 hertz.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-high-efficiency-single-capped-fluorescent-lamp-be-2558</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048432</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Ballasts for Fluorescent Lamps, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers ballasts for fluorescent lamps which are used for fluorescent lamps or cylindrical fluorescent lamps (straight tube type) with a power of 18 watts or 36 watts or a circular tube with a power of 32 watts, which applies to one-phase alternating current rated voltage 220 volts, frequency 50 hertz. The following fluorescent lamps are not included: (1) fluorescent lamps used to provide a spectrum other than the visible; (2) fluorescent lamps used as an exit sign; and (3) fluorescent lamps used to illuminate hazardous areas.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-highly-efficiency-ballasts-fluorescent-lamps-be-2558</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048413</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Electric Kettles, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers electric kettles that automatically convert electrical energy into heat for use in boiling water (one-phase alternating current with a rated voltage that does not exceed 250 volts and an electric frequency is 50 hertz).</t>
+  </si>
+  <si>
     <t>Kitchen, Electric Kettles</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-highly-efficiency-electric-kettles-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=2048431</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Electric Thermo Pot, B.E. 2552 (2009)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers electric thermo pots that automatically convert electricity into heat for use in boiling water and maintains a certain heat temperature. Applicable capacities of the electric thermos include 1. less than 2.4 cubic decimeters, 2. 2.4 to 3.0 cubic decimeters, and 3. more than 3.0 cubic decimeters.</t>
+  </si>
+  <si>
     <t>Kitchen, Electric Hot Pots</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-highly-efficiency-electric-thermo-pot-be-2552-2009</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=1776761</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Electronic Ballasts for Fluorescent Lamps, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers electronic ballasts for fluorescent lamps or cylindrical fluorescent lamps (straight tube type) with a power of 18 watts or 36 watts or a circular tube with a power of 32 watts which applies to one-phase alternating current rated voltage of 220 volts, frequency 50 hertz. The following fluorescent lamps are not included:(1) fluorescent lamps used to provide a spectrum other than the visible; (2) fluorescent lamps used as an exit sign; and (3) fluorescent lamps used to illuminate hazardous areas.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-highly-efficiency-electronic-ballasts-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048414</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Home Audio Equipment of Standby Mode, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers home audio equipment. It includes DVD players, mini component audio, micro component audio, and home theater audio that read or record data from a memory card or memory device or receives radio waves and produce audio or visual signals to provide entertainment or information and can operate with the power from the mains electricity supply. This does not include audio equipment for commercial use (professional audio system) and a public address (PA) system.</t>
+  </si>
+  <si>
     <t>Electronics, Audio-Visual, Home Theater Equipment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-highly-efficiency-home-audio-equipment-standby-mode-be</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=2048427</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Scanner of Standby Mode, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers scanners for office and home use that read data from images and record it on a computer.</t>
+  </si>
+  <si>
     <t>Electronics, Information Technology, Imaging Equipment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-highly-efficiency-scanner-standby-mode-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=2048425</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Television of Standby Mode, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers televisions (CRT, LCD, Plasma, LED, or other technologies) that can operate with the power from the mains electricity supply.</t>
+  </si>
+  <si>
     <t>Electronics, Audio-Visual, Televisions</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-highly-efficiency-television-standby-mode-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048426</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Three-Phase Induction Motors, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers a three-phase induction motor with rated output power and rated voltage not exceeding 1000 V.</t>
+  </si>
+  <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-highly-efficiency-three-phase-induction-motors-be-2558</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048418</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Variable Speed Drive, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers a variable speed drive that is supplied to an AC electric motor. The scope includes 1. Applicable to one-phase or three-phase; 2. Applicable to an AC power supply with a frequency of 50 hertz or an increase or decrease from a frequency of 50 hertz by 5% and a rated voltage not exceeding 1,000 volts; 3. Harmonic quantity control shall be in accordance with IEC 61000-3-2 or IEC 61000-3-4 or equivalent standards; 4. It has a noise emission limit feature and the noise resistance complies with the IEC 61800-3 standard; 5. Withstand the sudden surge of current (surge) according to IEC 61800-3 standard; 6. Can be used with ambient temperature from 5 degrees Celsius; 7. Compatible with 85 percent relative humidity without condensation; and 8. It can be used in vibrating installation conditions as defined in IEC 61800-2.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-highly-efficiency-variable-speed-drive-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=2048428</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Determining High Efficiency Electric Stove, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers electric stoves that have a heat source under the surface of the cooking part for heating the container (one-phase alternating current, with a rated voltage that does not exceed 250 volts and an electric frequency of 50 hertz). This policy covers hot plate electric stoves and induction stoves and excludes industrial electric stoves.</t>
+  </si>
+  <si>
     <t>Kitchen, Cooktops or Hobs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-determining-high-efficiency-electric-stove-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=2048429</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing High Efficiency Clothes Washers, B.E. 2564 (2021)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers clothes washing machines (top load, twin hub, and front load) with a rated voltage not exceeding 250 V for a single-phase AC supply and an electric frequency of 50 hertz.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-prescribing-high-efficiency-clothes-washers-be-2564-2021</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=17063742</t>
+  </si>
+  <si>
+    <t>The ministerial regulation covers clothes washing machines (top load, twin tub, front load), with a rated voltage not exceeding 250 V for single-phase AC supply and an electric frequency of 50 hertz.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-prescribing-high-efficiency-clothes-washers-be-2564-2021-0</t>
   </si>
   <si>
     <t>Ministerial Regulations Prescribing High Efficiency Cold Water Dispenser and Hot-Cold Water Dispenser, B.E. 2564 (2021)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers a drinking water dispenser that lowers the temperature of the water, with the size of the cold water tank inside the machine, not more than 6 liters and using a single-phase current with a voltage not exceeding 250 volts or using a 3-phase electric current with a voltage of not more than 480 volts and having Power frequency 50 hertz. It includes hot and cold water dispenser that raises the temperature of drinking water in the hot water section and lowers the temperature of drinking water in the cold water section, with the size of the hot water tank inside the machine, not more than 5 liters and the size of the cold water tank inside the machine not more than 6 liters and using single-phase electricity, voltage not more than 250 volts, or using type 3 electricity phase, voltage not more than 480 volts and electric frequency 50 hertz.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-prescribing-high-efficiency-cold-water-dispenser-and-hot-cold</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2564/A/028/T_0016.PDF</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing High Efficiency Electric Oven, B.E. 2564 (2021)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers electric ovens for heating food, beverages, and baking with a rated voltage not exceeding 250 volts and an electric frequency of 50 hertz. The volume of the electric oven must have a capacity of 12 liters or more.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-prescribing-high-efficiency-electric-oven-be-2564-2021</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=17162824</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing High Efficiency Electric Water Heaters, B.E. 2552 (2009)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers an electric water heater means an appliance that instantly raises the temperature of the water flowing through it without retaining water. Power size of the electric water heater (watts): 1. less than 4,000 watts, 2. 4,000 to 5,500 watts, and 3. more than 5,500 watts.</t>
+  </si>
+  <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-prescribing-high-efficiency-electric-water-heaters-be-2552-2009</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2552/A/023/43.PDF</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing High Efficiency Household Water Pump, B.E. 2564 (2021)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers single-stage suction centrifugal pumps that are used to pump water with temperatures from 5 to 40 °C. Maximum working pressure 1 MPa, inlet diameter not more than 32 mm. Single-phase induction motors, the maximum voltage does not exceed 250 volts, frequency of 50 hertz. The power is not more than 746 watts. It excludes submersible pumps and special pumps.</t>
+  </si>
+  <si>
     <t>Pumps, Pumps Other</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-prescribing-high-efficiency-household-water-pump-be-2564-2021</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=17063743</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing High Efficiency Refrigerators, B.E. 2552 (2009)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers refrigerators for household use that are insulated with heat and have an electric cooler with equipment and volume suitable for use in the residence.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-prescribing-high-efficiency-refrigerators-be-2552-2009</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2552/A/023/28.PDF</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Air Conditioners, B.E. 2552 (2009)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers an air conditioner split type, which is designed to be separated into two working parts: a condensing unit and a fan-coil unit. Alternating current (AC) power at a frequency of 50 Hz for use to reduce the temperature and humidity of the air flowing through the fan coil unit. Size categories of an air conditioner (watts): 1. Not more than 8,000 watts and 2. More than 8,000 but not more than 12,000 watts.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-prescribing-highly-efficiency-air-conditioners-be-2552-2009</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2552/A/023/25.PDF</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Computers in Standby and Off Mode Power, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers desktop and notebook computers that perform processing functions for general use, consisting of a central processing unit and a monitor.</t>
+  </si>
+  <si>
     <t>Electronics, Information Technology, Computers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-prescribing-highly-efficiency-computers-standby-and-mode-power-be</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048421</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Electric Fans - Ceiling and Orbital Types, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers ceiling electric fans and orbit electric fans used for single-phase AC power with a rated voltage that does not exceed 250 volts and an electric frequency of 50 hertz. It covers the following electric fan types and sizes: ceiling electric fans (1,200 and 1,400 mm) and orbit electric fans (400 mm).</t>
+  </si>
+  <si>
     <t>Ceiling Fans, Portable Fans</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-prescribing-highly-efficiency-electric-fans-ceiling-and-orbital</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2558/A/073/17.PDF</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Electric Pans, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers electric shallow frying pans, which include pans with built-in and separate heating systems (single-phase AC, a rated frequency of 50 Hz, and a rated voltage that does not exceed 250 V).</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-prescribing-highly-efficiency-electric-pans-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=17162822</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Liquefied petroleum gas (LPG) Cookstoves, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers household stoves that use liquefied petroleum gas.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-prescribing-highly-efficiency-liquefied-petroleum-gas-lpg</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048419</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Microwave Oven, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers domestic microwave ovens that use electromagnetic energy in one or more ISM (industrial sciences medicine) frequency bands between 300 MHz and 30 GHz for heating food and beverages. The voltage is not more than 250 volts and the electric frequency is 50 hertz.</t>
+  </si>
+  <si>
     <t>Kitchen, Microwaves</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-prescribing-highly-efficiency-microwave-oven-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=2048430</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Monitors in Standby and Off Mode Power, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers monitors with a size of 12 inches or more that are manufactured to be used as a display for a computer (excluding the monitor integrated into the processor and the monitor used to receive TV signals).</t>
+  </si>
+  <si>
     <t>Electronics, Audio-Visual, Displays</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-prescribing-highly-efficiency-monitors-standby-and-mode-power-be</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048422</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Multi-Functional Devices in Standby and Off Mode Power, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers multi-functional devices that can print, copy, and scan documents in the same device and can be operated using power from the mains power supply. It covers ink-injected multi-function devices and laser multifunction devices or black LED multifunction devices.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-prescribing-highly-efficiency-multi-functional-devices-standby-and</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048424</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Printers in Standby and Off Mode Power, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers printers that print documents and use them with computers. Included types: 1. Ink-jet printers and, 2. black laser printers or LED printers and color laser printers or LED printers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-prescribing-highly-efficiency-printers-standby-and-mode-power-be</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048423</t>
+  </si>
+  <si>
     <t>MS : 208 : 2012 Energy efficiency and labelling requirements-Television</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for Television</t>
+  </si>
+  <si>
     <t>MS 208</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-208-2012-energy-efficiency-and-labelling-requirements-television</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-682/</t>
+  </si>
+  <si>
     <t>MS : 210 : 2015 Energy efficiency and labelling requirements-vacuum cleaners</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for Vacuum cleaners</t>
+  </si>
+  <si>
     <t>Vacuum Cleaners</t>
   </si>
   <si>
     <t>MS 210</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-210-2015-energy-efficiency-and-labelling-requirements-vacuum-cleaners</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-683/</t>
+  </si>
+  <si>
     <t>MS :200:2013 Energy efficiency and labelling requirements -household air conditioner</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for household air conditioner</t>
+  </si>
+  <si>
     <t>MS 200</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-2002013-energy-efficiency-and-labelling-requirements-household-air-conditioner</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-675/</t>
+  </si>
+  <si>
     <t>MS :203:2014 Energy efficiency and labelling requirements -Electric lamps and luminaires</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for electric lamps and luminaires</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Indoor Luminaires</t>
   </si>
   <si>
     <t>MS 203</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-2032014-energy-efficiency-and-labelling-requirements-electric-lamps-and-luminaires</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-678/</t>
+  </si>
+  <si>
     <t>MS: 201:2012 Energy efficiency and labelling requirement-Household refrigerating appliances</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for household refrigerating applliances</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-2012012-energy-efficiency-and-labelling-requirement-household-refrigerating-appliances</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-676/</t>
+  </si>
+  <si>
     <t>MS: 204:2015 Energy efficiency and labelling requirement-Domestic Ovens and Range hoods</t>
   </si>
   <si>
     <t>Ovens</t>
   </si>
   <si>
     <t>MS 204</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-2042015-energy-efficiency-and-labelling-requirement-domestic-ovens-and-range-hoods</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-679/</t>
+  </si>
+  <si>
     <t>MS: 205:2011 Energy efficiency and labelling requirement-Household electric dishwasher</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for dishwasher</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>MS 205</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-2052011-energy-efficiency-and-labelling-requirement-household-electric-dishwasher</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-680/</t>
+  </si>
+  <si>
     <t>MS: 207: 2013 Energy efficiency and labelling requirements-Household Tumble driers</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for household tumble driers</t>
+  </si>
+  <si>
     <t>Clothes Dryers</t>
   </si>
   <si>
     <t>MS 207</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-207-2013-energy-efficiency-and-labelling-requirements-household-tumble-driers</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-681/</t>
+  </si>
+  <si>
     <t>National Regulator for Compulsory Specifications Act: Compulsory Specification for Efficiency Requirements of Electric Motors (VC 9113)</t>
   </si>
   <si>
+    <t>This compulsory specification will cover electric motors with the following parameters: 0.75kW-375kW motors, including those with variable speed drives, including 2, 4, 6, and 8 pole motors. The regulation specifies that electric motors meeting these requirements must have a minimum efficiency class of IE3 as specified in IEC 60034-30-1.</t>
+  </si>
+  <si>
     <t>Motors</t>
   </si>
   <si>
     <t>IEC 60034-30-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/national-regulator-compulsory-specifications-act-compulsory-specification-efficiency</t>
   </si>
   <si>
+    <t>https://www.gov.za/documents/notices/national-regulator-compulsory-specifications-act-compulsory-specification-85</t>
+  </si>
+  <si>
     <t>NI IEC TS 62258-9-8</t>
   </si>
   <si>
     <t>Côte d'Ivoire</t>
   </si>
   <si>
     <t>CODINORM</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ni-iec-ts-62258-9-8</t>
   </si>
   <si>
+    <t>https://www.codinorm.ci/</t>
+  </si>
+  <si>
     <t>Nigerian MEPS and Energy Label Guide</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/nigerian-meps-and-energy-label-guide</t>
+    <t>The Nigerian Energy Label Guide label for ACs is a comparative label that helps consumers to know the level of efficiency of Acs in the market</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Central ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nigerian-meps-and-energy-label-guide-0</t>
   </si>
   <si>
     <t>NIS 1209-1:2024 Minimum Energy Performance Standard - Lighting - Part 1: Lamps</t>
   </si>
   <si>
-    <t>Africa, Nigeria</t>
+    <t>This standard specifies the energy labelling requirements and the minimum energy performance standard (MEPS) requirements for lamps used in general lighting services and tubular lamps. Lamps covered in this standard include those used in general lighting services (GLS), which refers to Tungsten Filament Lamps, Compact Florescent Lamps (CFL), and Light Emitting Diode (LED) Lamps, as well as LED and fluorescent tubes of rated voltage not exceeding 300V.</t>
   </si>
   <si>
     <t>May 2025</t>
   </si>
   <si>
     <t>NIS IEC 60064
 ,   
                     NIS IEC 60357
 ,   
                     NIS IEC 60969
 ,   
                     NIS IEC 60081
 ,   
                     NIS IEC 62612
 ,   
                     NIS IEC 62717
 ,   
                     NIS IEC 63103
 ,   
                     NIS IEC 61000-4-11
 ,   
                     NIS IEC 61000-4-5
 ,   
                     NIS IEC 60901
 ,   
                     NIS IEC TR 61547-1
 ,   
                     NIS IEC TR 63158
 ,   
                     NIS CISPR 15
 ,   
                     NIS IEC 61547
 ,   
                     NIS IEC 61000-4-7; NIS IEC 61000-3-2</t>
   </si>
   <si>
     <t>Standards Council of Nigeria</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nis-1209-12024-minimum-energy-performance-standard-lighting-part-1-lamps</t>
   </si>
   <si>
+    <t>https://library.son.gov.ng/?g=elect&amp;s=5&amp;t=groups-opac</t>
+  </si>
+  <si>
     <t>NIS 1209-1:2024 Minimum Energy Performance Standard - Lighting - Part 2: Luminaires</t>
+  </si>
+  <si>
+    <t>This standard specifies the minimum energy performance standard (MEPS), functional performance and energy labelling requirements for luminaires, including both indoor and outdoor / streetlight luminaires, such as indoor ambient luminaires, linear batten luminaires, linear troffer luminaire, downlight luminaires, high-bay luminaires, low-bay luminaires and planer (or plane) luminaires.</t>
   </si>
   <si>
     <t>Luminaires</t>
   </si>
   <si>
     <t>NIS IEC 62722-2-1
 ,   
                     NIS IEC 62722-2 series
 ,   
                     NIS IEC 61000-4-11; NIS IEC 61000-4-5
 ,   
                     NIS IEC 61000-4-7; NIS IEC 61000-3-2
 ,   
                     NIS IEC 61643-11
 ,   
                     IES LM-79 CIE S 025
 ,   
                     NIS IEC TR 61547-1
 ,   
                     NIS IEC TR 63158
 ,   
                     NIS CISPR 15
 ,   
                     NIS IEC 61547</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nis-1209-12024-minimum-energy-performance-standard-lighting-part-2-luminaires</t>
   </si>
   <si>
+    <t>NIS 943:2017  Minimum Energy Performance Standards (MEPS) and Labels for Air Conditioners (2017)</t>
+  </si>
+  <si>
+    <t>December 2025</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/nis-9432017-minimum-energy-performance-standards-meps-and-labels-air-conditioners-2017</t>
+  </si>
+  <si>
+    <t>NIS ECOSTAND 072:2018EE - Nigerian Energy Label Guide label for ACs</t>
+  </si>
+  <si>
+    <t>NIS ECOSTAND 072:2018EE - The Nigerian Energy Label Guide label for ACs is a comparative label that helps consumers to know the level of efficiency of refrigerators in the market.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/nis-ecostand-0722018ee-nigerian-energy-label-guide-label-acs</t>
+  </si>
+  <si>
     <t>NIS IEC 62717:2015, LED modules for general lighting – Performance requirements</t>
+  </si>
+  <si>
+    <t>Specifies the performance requirements for LED modules, together with the test methods and conditions, required to show compliance with this standard.</t>
   </si>
   <si>
     <t>Lighting</t>
   </si>
   <si>
     <t>IEC 60050-845:1987, International Electrotechnical Vocabulary – Chapter 845: Lighting
 ,   
                     IEC 60068-2-14, Environmental testing – Part 2-14: Tests – Test N: Change of temperature
 ,   
                     IEC 60068-3-5:2001, Environmental testing – Part 3-5: Supporting documentation and
 guidance – Confirmation of the performance of temperature chambers
 ,   
                     IEC 60081, Double-capped fluorescent lamps – Performance specifications
 ,   
                     IEC 61000-3-2:2005, Electromagnetic compatibility (EMC) – Part 3-2: Limits – Limits for
 harmonic current emissions (equipment input current ≤ 16 A per phase)
 IEC 61000-3-2:2005/AMD 1:2008
 IEC 61000-3-2:2005/AMD 2:2009
 ,   
                     IEC 61000-4-7, Electromagnetic compatibility (EMC) – Part 4-7: Testing and measurement techniques – General guide on harmonics and interharmonics measurements and instrumentation, for power supply systems and equipment connected thereto
 ,   
                     IEC TR 61341, Method of measurement of centre beam intensity and beam angle(s) of
 reflector lamps
 ,   
                     IEC 61347-2-13, Lamp controlgear – Part 2-13: Particular requirements for d.c. or a.c.
 supplied electronic controlgear for LED modules
 ,   
                     IEC 62031:2008, LED modules for general lighting – Safety specifications
 ,   
                     IEC 62504, General lighting – Light emitting diode (LED) products and related equipment –Terms and definitions
 ,   
                     CIE 13.3:1995, Method of measuring and specifying colour rendering properties of light
 sources
 ,   
                     CIE 177:2007, Colour rendering of white LED light sources
 ,   
                     CIE S 025/E:2015, Test Method for LED Lamps, LED Luminaires and LED Modules
 ,   
                     ANSI/IES LM-80-15, Approved Method: Measuring Luminous Flux and Color Maintenance of LED Packages, Arrays and Modules</t>
   </si>
   <si>
     <t>Standards Organization of Nigeria (SON)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nis-iec-627172015-led-modules-general-lighting-performance-requirements</t>
   </si>
   <si>
+    <t>https://standards.lawnigeria.com/2018/08/31/standards-of-nigeria/</t>
+  </si>
+  <si>
     <t>NMG 202-1 National quality standards for pico-PV products</t>
   </si>
   <si>
+    <t>The quality standard is harmonized with IEC TS 62257-9-8, covering pico-PV products up to 10Wp.</t>
+  </si>
+  <si>
     <t>Madagascar</t>
   </si>
   <si>
     <t>Bureau des Normes de Madagascar (BNM)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nmg-202-1-national-quality-standards-pico-pv-products</t>
   </si>
   <si>
+    <t>https://www.lightingafrica.org/country/madagascar/</t>
+  </si>
+  <si>
     <t>NMG 202-2 National quality standards for SHS kits</t>
   </si>
   <si>
+    <t>The quality standard is harmonized with IEC TS 62257-9-8, covering off-grid solar products 10-350Wp.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nmg-202-2-national-quality-standards-shs-kits</t>
   </si>
   <si>
     <t>Quality standards for stand-alone renewable energy products with power ratings less than or equal to 350 W</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.
+The source links to a publication from ACE-TAF stating that that the standard was adopted in 2020.</t>
+  </si>
+  <si>
     <t>Sierra Leone</t>
   </si>
   <si>
     <t>Sierra Leone Standards Bureau (SLSB)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/quality-standards-stand-alone-renewable-energy-products-power-ratings-less-or-equal-350-w</t>
   </si>
   <si>
+    <t>https://sun-connect-news.org/fileadmin/DATEIEN/Dateien/New/Stand-Alone-Solar-SAS-Market-Update-Sierra-Leone.pdf</t>
+  </si>
+  <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp
+No policy link available.</t>
+  </si>
+  <si>
     <t>Zimbabwe</t>
   </si>
   <si>
     <t>Standards Association of Zimbabwe (SAZ)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/quality-standards-stand-alone-renewable-energy-products-power-ratings-less-or-equal-350-0</t>
   </si>
   <si>
     <t>Regional quality standards for stand-alone renewable energy products with power ratings less than or equal to 350 W</t>
   </si>
   <si>
+    <t>Applies to standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regional-quality-standards-stand-alone-renewable-energy-products-power-ratings-less-or</t>
   </si>
   <si>
     <t>Rwanda MEPS for Air Conditioners</t>
   </si>
   <si>
+    <t>This is a national cooling strategy establishes minimum energy perfomance standards for cooling equipments( Refrigerators and Air conditioners).</t>
+  </si>
+  <si>
     <t>Rwanda Utilities Regulatory Authority</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/rwanda-meps-air-conditioners</t>
   </si>
   <si>
+    <t>https://energy-base.org/projects/r-cool-with-coolease-in-rwanda/</t>
+  </si>
+  <si>
     <t>Rwanda MEPS for Refrigerators</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/rwanda-meps-refrigerators</t>
   </si>
   <si>
     <t>Senegalese quality standard for pico-solar products and SHS kits</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp. Products meeting this standard qualify for VAT exemption; Upon adoption of the standard, all products must meet mandatory requirements.</t>
+  </si>
+  <si>
     <t>Senegal</t>
   </si>
   <si>
     <t>Senegal Standards Association (ASN)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/senegalese-quality-standard-pico-solar-products-and-shs-kits</t>
   </si>
   <si>
+    <t>https://www.iec.ch/ords/f?p=103:36:714836314153512::::FSP_ORG_ID,FSP_LANG_ID:1113,25</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Air Cleaners TGL-91-14</t>
   </si>
   <si>
+    <t>These criteria shall apply to air purifiers for residential or similar purposes with a rated voltage not exceeding 250 V for single-phase alternating current (AC).</t>
+  </si>
+  <si>
     <t>Electronics, Other-Electronics, Air Cleaners</t>
   </si>
   <si>
     <t>TIS 1516 (or IEC 60335-2-65)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-air-cleaners-tgl-91-14</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-91-14.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Building Materials: Thermal Insulation TGL-14-R1-11</t>
   </si>
   <si>
+    <t>These criteria shall apply to thermal insulation, including glass wool and foam plastic insulation for use in office, residential, commercial, and industrial buildings.</t>
+  </si>
+  <si>
     <t>TIS 486</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-building-materials-thermal-insulation-tgl-14-r1-11</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-14-R1-11.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Clothes Washing Machines for Household Use TGL-13-R2-12</t>
   </si>
   <si>
+    <t>These criteria shall apply to washing machines for residential and similar applications with AC power supply characteristics.</t>
+  </si>
+  <si>
     <t>TIS 1462-2540</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-clothes-washing-machines-household-use-tgl-13-r2-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-13-R2-12.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Computer TGL-12-R2-15</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to personal computers (PC) and computers that can be portable and can be divided into 4 types.</t>
   </si>
   <si>
     <t>TIS 1561
 ,   
                     TIS 1956
 ,   
                     TIS 1448
 ,   
                     IEC 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-computer-tgl-12-r2-15</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-12-R2-15.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Digital Projectors TGL-81-R1-17</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to digital projectors with display technology such as Liquid Crystal Display (LCD), Digital Light Processing (DLP), Liquid Crystal on Silicon (LCOS), or Silicon X‐tal Reflective Display (SXRD).</t>
   </si>
   <si>
     <t>Projectors</t>
   </si>
   <si>
     <t>TIS 1195
 ,   
                     TIS 1956 (or CISPR 32, EN 55032)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-digital-projectors-tgl-81-r1-17</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-81-R1-17.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Dishwashers TGL-83-13</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to dishwashers used in housing.</t>
   </si>
   <si>
     <t>TIS 1838 (or IEC 60335-2-5, EN 60335-2-5), Household dishwashers
 ,   
                     TIS 1839 (or IEC 60335-2-5, EN 60335-2-5), Commercial dishwashers
 ,   
                     IEC 62321
 ,   
                     IEC 60436
 ,   
                     CISPR 14-1
 ,   
                     CISPR 14-2 (or EN 55014-1)
 ,   
                     EN 55014-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-dishwashers-tgl-83-13</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-83-13.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Doors and windows TGL-70-12</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to finished products of door sets, window sets, and frames made of composite wood, interlocking wood, plastic, metal, mirror, and insulators.</t>
   </si>
   <si>
     <t>Doors, Windows</t>
   </si>
   <si>
     <t>TIS 1288, TIS 1651, TIS 504, TIS 744, TIS 829 (Doors and Windows)
 ,   
                     TIS 1013, TIS 1220, TIS 1568, TIS 1569, TIS 192 (Doors)
 ,   
                     TIS 1043 (Windows)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-doors-and-windows-tgl-70-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-70-12.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Electric Fans TGL-51-11</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to A.C. electric fans: table and wall types, pedestal types, ceiling types, double-oscillating types, and ventilating types used in housing.</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Ventilation, Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>TIS 934 (AC electric fans, safety requirements)
 ,   
                     TIS 92 (AC electric fans, table and wall type)
 ,   
                     TIS 127 (AC electric fans, pedestal type)
 ,   
                     TIS 205 (AC electric fans, ceiling type)
 ,   
                     TIS 572 (AC electric fans, oscillating type)
 ,   
                     TIS 710 (AC electric fans, electric ventilating type)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-electric-fans-tgl-51-11</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-51-11.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Electric Fryers TGL-82-13</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to an electric pan that uses electricity to heat.</t>
   </si>
   <si>
     <t>TIS 1509
 ,   
                     CISPR 14-1
 ,   
                     CISPR 14-2 (or EN 55014-1)
 ,   
                     EN 55014-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-electric-fryers-tgl-82-13</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-82-13.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Electric irons TGL-87-13</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to dry electric irons and electric steam irons, including electric irons with separate water containers or boilers with a capacity of no more than 5 liters for home use and similar purposes and a rated voltage that does not exceed 250 volts.</t>
   </si>
   <si>
     <t>TIS 366 
 ,   
                     IEC 60311</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-electric-irons-tgl-87-13</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-87-13.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Electric rice-cookers TGL-73-12</t>
   </si>
   <si>
+    <t>These criteria shall apply to electric rice cookers with a rated voltage not exceeding 250 V and with a capacity not exceeding 10 liters for residential use or similar purposes.</t>
+  </si>
+  <si>
     <t>TIS 1039</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-electric-rice-cookers-tgl-73-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-73-12.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Electric Thermo Pot TGL-63-12</t>
   </si>
   <si>
+    <t>These criteria shall apply to electric thermo pots for residential use (single-phase alternating current (AC), frequency 50 Hz, rated voltage not more than 250 V, rated water capacity not more than 10 liters)</t>
+  </si>
+  <si>
     <t>TIS 2062</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-electric-thermo-pot-tgl-63-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-63-12.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Facsimile machine TGL-36-R1-12</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to a stand-alone fax machine, a combined printer/facsimile, a multi-purpose fax machine. (multifunctional units).</t>
   </si>
   <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>IEC 60950-1 (or TIS 1561)
 ,   
                     CISPR 22 (or TIS 1956, EN 55022)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-facsimile-machine-tgl-36-r1-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-36-R1-12.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Faucets and water saving equipment TGL-11-R3-17</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to faucets and water-saving equipment including faucets for sinks, faucets for washbasins, self-closing faucets for washbasins, automatic faucets for sanitary wares, shower units, rinsing sprays, flush valves for urinals, and flush valves for toilets.</t>
   </si>
   <si>
     <t>Taps or Faucets</t>
   </si>
   <si>
     <t>Water</t>
   </si>
   <si>
     <t>TIS 2067, TIS 1277 (faucets for sinks)
 ,   
                     TIS 2067, TIS 1278 (faucets for wash basins)
 ,   
                     TIS 2067, TIS 1377 (self-closing faucets for wash basins)
 ,   
                     TIS 2147 (automatic faucets for sanitary wares)
 ,   
                     TIS 2066, TIS 1187 (shower units)
 ,   
                     TIS 1497 (rinsing sprays)
 ,   
                     TIS 1094 (flush valves for urinals)
 ,   
                     TIS 1093 (flush valves for toilets)</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-faucets-and-water-saving-equipment-tgl-11-r3-17</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-11-R3-17.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Fluorescent Lamps TGL-2-R4-15</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to fluorescent lamps consisting of single-capped fluorescent lamps, double-capped fluorescent lamps, and self-ballasted lamps for general lighting purposes.</t>
   </si>
   <si>
     <t>Double–capped fluorescent lamps: TIS 236, TIS 956, TIS 2309, TIS 2310
 ,   
                     Single–capped fluorescent lamps: TIS 1713, TIS 2235, TIS 2334 ,TIS 2310</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-fluorescent-lamps-tgl-2-r4-15</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-02-R4-15.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Hair Dryers TGL-84-13</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to personal or animal hair dryers with a rated voltage not exceeding 250 V for home, shop, industrial, farm use, or similar purposes.</t>
   </si>
   <si>
     <t>Hair Dryers</t>
   </si>
   <si>
     <t>TIS 1985
 ,   
                     IEC 61855
 ,   
                     IEC 60704-1
 ,   
                     IEC 60704-2-9
 ,   
                     IEC 60704-3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-hair-dryers-tgl-84-13</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-84-13.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Hand dryers TGL-65-12</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to automatic sensor-based hand dryers for residential and similar purposes with a rated voltage not exceeding 250 volts.</t>
   </si>
   <si>
     <t>Hand Dryers</t>
   </si>
   <si>
     <t>TIS 1985
 ,   
                     CISPR 14-1
 ,   
                     CISPR 14-2
 ,   
                     IEC 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-hand-dryers-tgl-65-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-65-12.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Heat Pumps TGL-57-11</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to heat pumps for residential use including heat pumps operated at a rated voltage up to 250 V for single-phase appliances and not more than 600 V for three-phase appliances.</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Space Heating, Heat Pumps</t>
   </si>
   <si>
     <t>TIS 1529
 ,   
                     BS EN 255-4
 ,   
                     TIS 2368</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-heat-pumps-tgl-57-11</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-57-11.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Instantaneous Water Heater TGL-95-14</t>
   </si>
   <si>
+    <t>These criteria shall apply to single-point and multi-point instantaneous electric water heaters. The rated single-phase AC voltage does not exceed 250 V.</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters</t>
   </si>
   <si>
     <t>TIS 1693</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-instantaneous-water-heater-tgl-95-14</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-95-14.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - LED lighting TGL-86-R1-17</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to LED lamps and LED luminaires for general lighting purposes.</t>
   </si>
   <si>
     <t>TIS 1955
 ,   
                     TIS 2624 P2 (1) (or IEC 62722-2-1)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-led-lighting-tgl-86-r1-17</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-86-R1-17.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Microwave oven TGL-38-11</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to microwave ovens that use electromagnetic energy in one or more ISM (industrial sciences medicine) frequency bands between 300 MHz and 30 GHz for heating food and beverages.</t>
   </si>
   <si>
     <t>TIS 1773
 ,   
                     TIS 2238 (or IEC 62301)
 ,   
                     IEC 60705
 ,   
                     TIS 2368</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-microwave-oven-tgl-38-11</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-38-11.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Motors TGL-15-98</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to three-phase induction motors which have a rated output and a voltage not exceeding 375 kW or 500 horsepower and 1,000 volts, respectively.</t>
   </si>
   <si>
     <t>TIS 867
 ,   
                     IEEE-112 (test method B)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-motors-tgl-15-98</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-15-98.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Photocopiers TGL-27-R4-15</t>
   </si>
   <si>
+    <t>These criteria shall apply to all sizes of dry system copiers and multifunction copiers for both color and monochrome copies, which are operated manually and/or automatically (exclude copiers without photoreceptor drums).</t>
+  </si>
+  <si>
     <t>TIS 1561 (or IEC 60950 part 1, EN 60950-1)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-photocopiers-tgl-27-r4-15</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-27-R4-15.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Product Printer TGL-37-R2-15</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to products that create pictures, texts and graphics on paper, and receives information from a single user or networked computer or other equipment (such as a digital camera).</t>
   </si>
   <si>
     <t>TIS 1561 (or IEC 60950 part 1, EN 60950-1)
 ,   
                     TIS 1956 (or CISPR 22, EN 55022)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-product-printer-tgl-37-r2-15</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-37-R2-15.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Refrigerated display cabinet TGL-85-R2-20</t>
   </si>
   <si>
+    <t>These criteria shall apply to refrigerated display cabinets with vertical glass door types.</t>
+  </si>
+  <si>
     <t>TIS 1235 (or ISO 23953-2)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-refrigerated-display-cabinet-tgl-85-r2-20</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-85-R2-20.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Refrigerators TGL-3-R4-20</t>
   </si>
   <si>
+    <t>These criteria shall apply to refrigerators and fridge freezers for residential use.</t>
+  </si>
+  <si>
     <t>TIS 2214</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-refrigerators-tgl-3-r4-20</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-03-R4-20.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Room Air Conditioner TGL-7-R4-20</t>
   </si>
   <si>
+    <t>These criteria shall apply to air conditioning products (including motor-compressor) with a rated voltage of up to 250 V for single-phase air conditioners and 600 V for multi-phase air conditioners with a total cooling capacity of not more than 18,000 watts.</t>
+  </si>
+  <si>
     <t>TIS 1529</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-room-air-conditioner-tgl-7-r4-20</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-07-R4-20.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Secondary Batteries for Portable Applications TGL-67-12</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to secondary batteries containing alkaline or other non-acid electrolytes for portable use by categorizing secondary batteries into two systems: 1. Nickel systems (covers only nickel-cadmium batteries and nickel-metal hydride batteries), and 2. Lithium systems.</t>
   </si>
   <si>
     <t>External Power Supply</t>
   </si>
   <si>
     <t>TIS 2217 (Secondary batteries)
 ,   
                     TIS 2218 or IEC 61960 (or EN 61960, JIS C 8711) (Lithium)
 ,   
                     IEC 61951-1 (or EN 61951-1) (Nickel-Cadmium)
 ,   
                     IEC 61951-2 (or EN 61951-2) (Nickel-metal hydride)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-secondary-batteries-portable-applications-tgl-67-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-67-12.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Televisions TGL-34-R1-12</t>
   </si>
   <si>
+    <t>These criteria shall apply to a television set that is powered by the mains power and is a device that serves to receive displays images and sounds transmission (e.g. analogue or digital), with display methods such as Liquid Crystal Display (LCD), Plasma Display Panel (PDP), Light-emitting-diode (LED), or LED-backdrop LCD or Organic Light-Emitting Devices (OLED), excluding Cathode Ray Tube (CRT) display systems and battery-operated portable television set.</t>
+  </si>
+  <si>
     <t>TIS 1195</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-televisions-tgl-34-r1-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-34-R1-12.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Toaster TGL-92-14</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to automatic pop-up toasters.</t>
   </si>
   <si>
     <t>Kitchen, Toasters</t>
   </si>
   <si>
     <t>TIS 1641
 ,   
                     IEC 60335-2-9
 ,   
                     TIS 2238</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-toaster-tgl-92-14</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-92-14.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Uninterruptible Power System TGL-106-15</t>
   </si>
   <si>
+    <t>These criteria shall apply to uninterrupted power system (UPS) products that have electrical energy storage devices in the DC connection.</t>
+  </si>
+  <si>
     <t>Uninterruptable Power Supply</t>
   </si>
   <si>
     <t>TIS 1291 P 3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-uninterruptible-power-system-tgl-106-15</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-106-15.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Vacuum TGL-64-12</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to horizontal canister vacuum cleaners for residential use or similar purpose with a rated voltage not exceeding 250 volts.</t>
   </si>
   <si>
     <t>TIS 1522
 ,   
                     IEC 60335-2-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-vacuum-tgl-64-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-64-12.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Video Media Players / Recorders TGL-39-04</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to mains-powered electronic equipment designed to reproduce video-audio signals recorded in data storage media video cassette tape, VCD, DVD, etc. in connection with other visual display units and sound speaker units such as TVs.</t>
   </si>
   <si>
     <t>DVD|Blu-Ray Players</t>
   </si>
   <si>
     <t>Certificate of conformity and test results. (with quality and environmental requirements).
 ,   
                     Standby power consumption of the applied product shall comply with the following requirements: The power consumption of the applied product in on-mode not exceeded 15W. Exempted from this are audio-DVD combination units.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-video-media-players-recorders-tgl-39-04</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-39-04.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Water Dispenser TGL-97-R1-20</t>
   </si>
   <si>
+    <t>These criteria shall apply to hot and cold water dispensers and compressed cold water dispensers (compression type) with a cold water tank capacity of no more than 6 liters, a hot water tank capacity of no more than 5 liters, and voltage that does not exceed 250 V.</t>
+  </si>
+  <si>
     <t>TIS 2461</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-water-dispenser-tgl-97-r1-20</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-97-R1-20.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Water Pump TGL-94-14</t>
   </si>
   <si>
+    <t>These criteria shall apply to pumps for pumping liquids with a temperature not exceeding 90°C intended for use in residential and similar purposes with a rated voltage that does not exceed 250 V for single-phase pumps and 480 V for other pumps.</t>
+  </si>
+  <si>
     <t>TIS 1548 (or IEC 60335-2-41)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-water-pump-tgl-94-14</t>
   </si>
   <si>
-    <t>The Energy (Appliances' Energy Performance and Labelling) Regulations, 2016</t>
+    <t>http://www.tei.or.th/greenlabel/en/application.html</t>
+  </si>
+  <si>
+    <t>The Energy Act Appliances Energy Performance and Labelling Regulations,2016</t>
+  </si>
+  <si>
+    <t>This act specifies the labeling requirements for non-ducted air conditioners, refrigerating appliances, 3 phase caged induction motors, self ballasted lamps, double capped fluorescent lamps, and ballasts for fluorescent lamps.</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Lighting Controls, 3-Phase Motors, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/energy-appliances-energy-performance-and-labelling-regulations-2016</t>
+    <t>October 2025</t>
+  </si>
+  <si>
+    <t>Energy &amp; Petroleum Regulatory Authority (EPRA)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-act-appliances-energy-performance-and-labelling-regulations2016</t>
+  </si>
+  <si>
+    <t>https://www.epra.go.ke/sites/default/files/Documents/The-Energy-Appliances-Energy-Performance-and-Labelling-Regulations-2016.pdf</t>
   </si>
   <si>
     <t>The Energy Efficiency for No. 5 Label for CFLs</t>
+  </si>
+  <si>
+    <t>This program covers compact fluorescent lamp - screw cap type (E27), internal electronic ballast with a lifetime of 6,000 hours.</t>
   </si>
   <si>
     <t>TIS 2233-2548
 ,   
                     TIS 2310-2556
 ,   
                     TIS 1955-2551</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-no-5-label-cfls</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/cfl.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for Air Conditioners</t>
+  </si>
+  <si>
+    <t>This program covers split type air conditioners - floor/ceiling type, wall type, concealed/duct type, cassette type, and floor standing type.</t>
   </si>
   <si>
     <t>TIS 2710–2015 or ISO 5151 : 2010
 ,   
                     TIS 2711-2015 or ISO 13253 : 2011
 ,   
                     TIS 2714, Volume 1–2015 or ISO 16358-1 : 2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-air-conditioners</t>
   </si>
   <si>
+    <t>https://labelno5.egat.co.th/home/wp-content/uploads/2022/11/short_air.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for Air Purifiers</t>
+  </si>
+  <si>
+    <t>This policy defines energy efficiency level criteria and test standards for air purifiers. The scope of air purifiers includes air purifiers, split type, cooled with air, according to the following types: mechanical air cleaners, ion air purifiers (ionic air cleaners), and combined air purifiers. The policy applies to air purifiers intended for use in homes or places with similar purposes such as offices, and shops. The number 5 efficiency criteria for an air cleaner with an area of use less than or equal to 50m2 is set at greater than or equal to 7.5 baht/year (annual electricity cost).</t>
   </si>
   <si>
     <t>TIS 3061-2020
 ,   
                     ANSI/AHAM AC-3-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-air-purifiers-0</t>
   </si>
   <si>
+    <t>https://labelno5.egat.co.th/home/%e0%b9%80%e0%b8%81%e0%b8%93%e0%b8%91%e0%b9%8c%e0%b8%9b%e0%b8%a3%e0%b8%b0%e0%b8%aa%e0%b8%b4%e0%b8%97%e0%b8%98%e0%b8%b4%e0%b8%a0%e0%b8%b2%e0%b8%9e%e0%b8%9e%e0%b8%a5%e0%b8%b1%e0%b8%87%e0%b8%87%e0%b8%b2/</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for Electric Kettle</t>
   </si>
   <si>
+    <t>This program covers electric kettles with internal or external heating types, single-phase alternating current</t>
+  </si>
+  <si>
     <t>TIS 2588-2556</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-electric-kettle</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/ele_kettle.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for electric water heaters</t>
+  </si>
+  <si>
+    <t>This program covers electric water heater types: instantaneous water heaters -- single point, and multipoint.</t>
   </si>
   <si>
     <t>TIS 1693-2547
 ,   
                     TIS 1375-2547</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-electric-water-heaters</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/wh.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for fans</t>
+  </si>
+  <si>
+    <t>This program covers the following fan types: table fans, floor fans, wall fans, orbit fans, and ventilation fans.</t>
   </si>
   <si>
     <t>TIS 92 - 2536 (Table Fans and Wall Fans)
 ,   
                     TIS 127 - 2536 (Floor Fans)
 ,   
                     TIS 572 - 2528 (Orbit Fans)
 ,   
                     TIS 710 - 2530 (Ventilating Fans)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-fans</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/fan.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for Refrigerators</t>
+  </si>
+  <si>
+    <t>This program covers refrigerators and refrigerators with freezer compartments. The policy contains energy efficiency criteria and labeling requirements for the following products: refrigerators with a calibrated volume of less than 100L, refrigerators with a calibrated volume of greater than or equal to 100L, refrigerator-freezers with a calibrated volume of less than 450L and refrigerator-freezers with a calibrated volume of greater than or equal to 450L.</t>
   </si>
   <si>
     <t>TIS 455 Lem. 1-2017
 ,   
                     TIS 455 Volume 3-2017
 ,   
                     TIS 2186-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-refrigerators</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/ref.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for rice cooker</t>
+  </si>
+  <si>
+    <t>This program covers the following rice cooker types: normal rice cookers (rice cooker), cook/warm rice cookers (jar type), digital rice cookers (computerized)</t>
   </si>
   <si>
     <t>TIS 2545-2555
 ,   
                     TIS 1039 - 2547</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-rice-cooker</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/ek.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for Rice Cookers</t>
   </si>
   <si>
+    <t>This program covers electric thermos pot types (classified by the operation of work) - normal type and auto warm.</t>
+  </si>
+  <si>
     <t>JIS C 9213-1988</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-rice-cookers</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/rc.pdf</t>
+  </si>
+  <si>
     <t>TIS 1462-2562 (2019) Clothes washing machines for household use - Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard defines the minimum energy efficiency requirements of clothes washing machines for household and similar purposes with a rated voltage not exceeding 250 V for single-phase AC supply, with or without heating devices, and for cold and/or hot water supply, and having standard washing capacity not exceeding 30 kg.</t>
+  </si>
+  <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-1462-2562-2019-clothes-washing-machines-household-use-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>https://www.tisi.go.th/data/standard/fulltext/TIS1462-2562p.pdf</t>
+  </si>
+  <si>
     <t>TIS 2134-2553 Thai Industrial Standard for Room Air Conditioners</t>
   </si>
   <si>
+    <t>This standard defines minimum energy efficiency requirements of split-type room air conditioners that use alternating current single phase at a frequency of 50 Hz, with a cooling capacity of less than 12000 W. This standard also covers condenser units and/or fan-coil units.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2134-2553-thai-industrial-standard-room-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.tisi.go.th/data/standard/fulltext/TIS-2134-2553m.pdf</t>
+  </si>
+  <si>
     <t>TIS 2134-2565 air conditioner for room Energy efficiency</t>
   </si>
   <si>
+    <t>This industrial product standard contains the energy efficiency requirements for room air conditioners with a total cooling capacity that does not exceed 18,000 W and a maximum rated voltage that does not exceed 250 V for air conditioners with single-phase electrical systems and no more than 600 V for air conditioner with multi-phase electrical system. This policy covers air conditioners with air ducts with a total cooling capacity of less than 8,000 W intended to operate at static pressure. </t>
+  </si>
+  <si>
     <t>Thai Industrial Standards Institute</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2134-2565-air-conditioner-room-energy-efficiency</t>
   </si>
   <si>
+    <t>https://a.tisi.go.th/t/?n=7393</t>
+  </si>
+  <si>
     <t>TIS 2186-2547 Thai Industrial Standard for Household Refrigerators</t>
   </si>
   <si>
+    <t>The standard specifies the energy efficiency of compression-type refrigerators for household and similar use. It covers only compression types. It includes requirements, marks and labels, sampling, and criteria for conformity and testing. It's been replaced by TIS 2186-2561(2018).</t>
+  </si>
+  <si>
+    <t>New, Superseded</t>
+  </si>
+  <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>TIS 455-2537</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2186-2547-thai-industrial-standard-household-refrigerators</t>
   </si>
   <si>
+    <t>https://service.tisi.go.th/fulltext/2186_2547.pdf</t>
+  </si>
+  <si>
     <t>TIS 2186-2561 (2018) :  Household Refrigerators and Refrigerator-Freezer: Environmental Requirements : Energy Ffficiency</t>
   </si>
   <si>
+    <t>The standard mandates energy efficiency of compression-type refrigerators for household and similar use. Covers only compression type.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2186-2561-2018-household-refrigerators-and-refrigerator-freezer-environmental</t>
   </si>
   <si>
+    <t>https://service.tisi.go.th/fulltext/TIS2186-2561p.pdf</t>
+  </si>
+  <si>
     <t>TIS 23-2521 Thai Industrial Standard for Ballast for Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This standard specifies safety requirements for ballasts, excluding resistance types, for use on A.C. supplies up to 1000 V at 50 Hz or 60 Hz, associated with fluorescent lamps with or without pre-heated cathodes operated with or without a starter or starting device and having rated wattages, dimensions and characteristics.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-23-2521-thai-industrial-standard-ballast-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.tisi.go.th/data/standard/fulltext/TIS-23-2558p.pdf</t>
+  </si>
+  <si>
     <t>TIS 2309-2556 (2013) double-capped fluorescent lamps: energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies requirements for minimum energy efficiency for double capped fluorescent lamps with a rated wattage of 14 W to 80 W and a diameter of 16 mm and 26 mm (T5 and T8), in accordance with the scope of TIS 236. This standard specifies requirements for lamps intended for general lighting purposes used in the luminaires and ballast is connected to a single-phase electric power supply having a rated voltage 220 V 50 Hz and applied to lamp intended for use with high-frequency ballast (electronic ballast).</t>
+  </si>
+  <si>
     <t>Lighting, Lamps, Tubular Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2309-2556-2013-double-capped-fluorescent-lamps-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2558/A/073/13.PDF</t>
+  </si>
+  <si>
     <t>TIS 2310-2556 (2013) self-ballasted lamps for general lighting services: energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies minimum energy efficiency requirements of self­ ballasted lamps for general lighting services with a rated voltage of 220 V to 240 V 50 Hz, in accordance with the scope of TIS 2233. This standard specifies requirements for lamps intended for use indoor and similar general lighting purposes.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2310-2556-2013-self-ballasted-lamps-general-lighting-services-energy-efficiency</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2556/E/188/9.PDF</t>
+  </si>
+  <si>
     <t>TIS 2334-2556 (2013) single - capped fluorescent lamps : energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies energy efficiency requirements and the measurement of the power consumption of ballasts for fluorescent lamps and determines the energy efficiency index, which is generally shown on the ballast. 
+This standard also specifies the minimum energy performance standards (MEPS) requirements of ballasts for fluorescent lamps. The ballasts covered by this standard are the ferromagnetic or electronic types used with fluorescent lamps with a rated lamp power from 10 W to 70 W, for use on 50 Hz supplies of 220/230/240 V. This standard covers ballasts that are supplied as separate components or as part of a luminaire.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2334-2556-2013-single-capped-fluorescent-lamps-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2558/A/073/65.PDF</t>
+  </si>
+  <si>
     <t>TIS 2337-2557 (2014) Ballasts for tubular fluorescent lamps: Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies energy efficiency requirements and the measurement of the power consumption of ballasts for fluorescent lamps and determines the energy efficiency index, which is generally shown on the ballast. This standard also specifies the minimum energy performance standards (MEPS) requirements of ballasts for fluorescent lamps. The ballasts covered by this standard are the ferromagnetic or electronic types, that are used with fluorescent lamps with a rated lamp power from 10 W to 70 W, for use on 50 Hz supplies of 220/230/240V. This standard covers ballasts that are supplied as separate components or as part of a luminaire.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2337-2557-2014-ballasts-tubular-fluorescent-lamps-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>https://www.tisi.go.th/data/standard/fulltext/TIS-2337-2557.pdf</t>
+  </si>
+  <si>
     <t>TIS 2432-2555 (2012) Plugs and socket-outlets for household and similar purposes: cord extension sets</t>
   </si>
   <si>
+    <t>This standard applies to cord extension sets (rewirable and non-rewirable) with a rated voltage greater than 50 V but not exceeding 440 V and a rated current not exceeding 16 A, intended for household and similar purposes, either indoors or outdoors. This standard does not apply to cord extension sets with means for reeling.</t>
+  </si>
+  <si>
     <t>Electronics, Power Supply and Power Conversion, Power strips</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2432-2555-2012-plugs-and-socket-outlets-household-and-similar-purposes-cord-extension</t>
   </si>
   <si>
+    <t>https://service.tisi.go.th/fulltext/TIS-2432-2555m_Auto1849.pdf</t>
+  </si>
+  <si>
     <t>TIS 2545-2555 (2012) Electric rice-cookers : energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies heat efficiency requirements for household electric rice cookers. Covers only single-phase electric rice cookers with a rated frequency of 50 Hz, a rated voltage not exceeding 250 volts, a rated power supply not exceeding 2 kW, and a rated capacity not exceeding 5 Litres. This policy prescribes the general requirements, mark, sampling, and criteria for conformity and testing.</t>
+  </si>
+  <si>
     <t>Kitchen, Rice Cookers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2545-2555-2012-electric-rice-cookers-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2556/E/006/16.PDF</t>
+  </si>
+  <si>
     <t>TIS 2578-2555 (2012) Microwave ovens: energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies the size, general requirement, mark and labeling, sampling, and criteria for conformity and testing for microwaves for household use and similar purposes (single-phase, with a frequency of 50 Hz, a rated voltage that does not exceed 250 V).</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2578-2555-2012-microwave-ovens-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2556/E/050/2.PDF</t>
+  </si>
+  <si>
     <t>TIS 2588-2556 (2013) Electric kettles: Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies energy efficiency requirements of electric kettles used for single-phase AC power, frequency 50 Hz, rated voltage not more than 250 V and rated capacity not more than 2.5 liters, for boiling water for residential and general use with similar purposes.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2588-2556-2013-electric-kettles-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>http://law.industry.go.th/laws/file/61091</t>
+  </si>
+  <si>
     <t>TIS 2589-2556 (2013) Electric hobs: Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies energy efficiency requirements of electric hobs for household and similar purposes, their rated voltage not more than 250 V at a frequency of 50 Hz and having a diameter not more than 220 mm. This policy specifies types and dimensions, marks, and testing.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2589-2556-2013-electric-hobs-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2556/E/127/8.PDF</t>
+  </si>
+  <si>
     <t>TIS 2590-2557 (2014) Electric irons: Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard defines energy efficiency requirements of electric irons for household or similar general purposes use for alternating current single phase, with a rated voltage not exceeding 250 V and 50 Hz. It was replaced by TIS 2590-2024 since January 2025.</t>
+  </si>
+  <si>
     <t>Laundry, Irons</t>
   </si>
   <si>
+    <t>Entered into force, New, Superseded</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2590-2557-2014-electric-irons-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>https://a.tisi.go.th/t/?n=2590-2557</t>
+  </si>
+  <si>
     <t>TIS 2590-2567 Electric Irons: Particular Requirements for Energy Performance</t>
   </si>
   <si>
+    <t>The standard specifies energy performance requirements for three types of electric irons: dry irons, steam irons, and steam generator irons with a defined capacity not exceeding 5 liters, intended for residential and similar general-purpose use, and designed for a rated voltage not exceeding 250 V.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2590-2567-electric-irons-particular-requirements-energy-performance</t>
   </si>
   <si>
+    <t>https://service.tisi.go.th/tisi-standard-shop/item/tis/7734</t>
+  </si>
+  <si>
     <t>TIS 2618-2557 (2014) Single suction centrifugal electric pumps: Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies energy efficiency requirements of single-suction centrifugal electric pumps (sprocket blades type) for household and similar purposes with a rated voltage of no more than 250 V for single-phase appliances and 480 V for three-phase appliances with 50Hz and three-phase induction motor.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2618-2557-2014-single-suction-centrifugal-electric-pumps-energy-efficiency</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2557/E/079/6.PDF</t>
+  </si>
+  <si>
     <t>TIS 2673-2559 (2016) Electric fryers: Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard defines energy efficiency requirements of electric fryers intended for household and similar purposes use for alternating current single phase with a rated voltage not exceeding 250 V and 50 Hz.</t>
+  </si>
+  <si>
     <t>Kitchen, Fryers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2673-2559-2016-electric-fryers-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>http://siamvip.com/managefiles/fileUploads/cnkconsultant/imgUploads/indu_370.PDF</t>
+  </si>
+  <si>
     <t>TIS 2674-2559 (2016) Electric ovens: Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard defines energy efficiency requirements of electric ovens intended for household and similar purposes use for alternating current single phase, with a rated voltage not exceeding 250 V and 50 Hz.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2674-2559-2016-electric-ovens-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>http://siamvip.com/managefiles/fileUploads/cnkconsultant/imgUploads/indu_371.PDF</t>
+  </si>
+  <si>
     <t>TIS 2746-2559 (2016) Hot and Cool water dispenser and Cool water dispenser: Energy efficiency</t>
   </si>
   <si>
+    <t>This standard defines the energy efficiency requirements for hot and cool water dispensers and compression type cool water dispensers with a cold water tank capacity of no more than 6 L, a hot water tank capacity of no more than 5 L, and a rated voltage of no more than 250 V.</t>
+  </si>
+  <si>
     <t>Refrigeration, Water Coolers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2746-2559-2016-hot-and-cool-water-dispenser-and-cool-water-dispenser-energy-efficiency</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2559/E/291/6.PDF</t>
+  </si>
+  <si>
     <t>TIS 3623-2566 Air-to-water heat pump water heaters: Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This draft policy determines the size, required characteristics, marks and labels, sampling, judging criteria, and testing requirements of air-to-water heat pump water heaters. This policy covers water heaters and air-to-water heat pump systems with a net hot water heating capacity of no more than 36 kW. Note: This industrial product standard only includes water heaters and excludes circulation systems and hot water storage tanks.</t>
+  </si>
+  <si>
     <t>Water Heating</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-3623-2566-air-water-heat-pump-water-heaters-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>https://a.tisi.go.th/t/?n=7490</t>
+  </si>
+  <si>
     <t>TIS 867-2550 (2007) Three-Phase Induction Motor: Minimum Efficiency</t>
   </si>
   <si>
+    <t>This standard defines the minimum efficiency requirements of squirrel cage rotor three-phase induction motors with an output power ranging from 0.73 kW to less than 185 kW and a nominal voltage that does not exceed 1000 Volts.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-867-2550-2007-three-phase-induction-motor-minimum-efficiency</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2550/E/073/8.PDF</t>
+  </si>
+  <si>
     <t>Togo standard for pico-solar and SHS kits (IEC TS 62257-9-5)</t>
   </si>
   <si>
     <t>Togo</t>
   </si>
   <si>
     <t>Agence Togolaise de Normalisation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/togo-standard-pico-solar-and-shs-kits-iec-ts-62257-9-5</t>
   </si>
   <si>
+    <t>entity:node/1349</t>
+  </si>
+  <si>
     <t>Togo standard for pico-solar and SHS kits (IEC TS 62257-9-8)</t>
   </si>
   <si>
+    <t>This policy provides baseline requirements for quality, durability, and truth in advertising to protect consumers of off-grid renewable energy products. Evaluation of these requirements is based on tests described in IEC TS 62257-9-5.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/togo-standard-pico-solar-and-shs-kits-iec-ts-62257-9-8</t>
   </si>
   <si>
     <t>Tunisia Clothes Washer MEPS &amp; label</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tunisia-clothes-washer-meps-label</t>
   </si>
   <si>
+    <t>http://130.226.56.176/sites/default/files/EE%20Labelling%20and%20MEPS%20Programmes%20for%20Household%20Appliances-Tunisia%20Case%20Study.pdf</t>
+  </si>
+  <si>
     <t>TZS 1952:2016 Off-grid solar photovoltaic lighting kits - Requirements</t>
   </si>
   <si>
     <t>Tanzania</t>
   </si>
   <si>
     <t>Tanzania Bureau of Standards</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tzs-19522016-grid-solar-photovoltaic-lighting-kits-requirements</t>
   </si>
   <si>
+    <t>http://tbs.go.tz/uploads/files/LIST%20OF%20COMPULSORY%20TANZANIA%20STANDARD%20AS%20OF%20AUGUST%202020.pdf</t>
+  </si>
+  <si>
     <t>US 761: 2019, household biomass stoves requirement( 2nd edition)</t>
   </si>
   <si>
+    <t>This Uganda standard specifies the classification,technical requirements, performance requirements, safety requirements and test methods of biomass cookstoves intended for use in households. This standard is applicable to cookstoves using solid biomass</t>
+  </si>
+  <si>
     <t>Uganda</t>
   </si>
   <si>
     <t>Uganda National Bureau of Standards (UNBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us-761-2019-household-biomass-stoves-requirement-2nd-edition</t>
   </si>
   <si>
+    <t>https://unbs.go.ug/attachments/menus/27/Uganda-Standards-Catalogue-as-at-31-March-2019.pdf</t>
+  </si>
+  <si>
     <t>US 901: 2011 Non-ducted air conditioners - Testing and rating for performance</t>
   </si>
   <si>
+    <t>This Uganda Standard specifies the standard conditions on which the ratings of single-package and split-system non-ducted air conditioners employing air cooled condensers are based and the test methods to be applied for determination of the various ratings. This standard is limited to systems utilizing a single refrigeration circuit and having one evaporator and one condenser.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us-901-2011-non-ducted-air-conditioners-testing-and-rating-performance</t>
   </si>
   <si>
+    <t>https://webstore.unbs.go.ug/store.php?src=1759&amp;preview</t>
+  </si>
+  <si>
     <t>US 902:2011 Self-ballasted lamps for General Lighting Services - Performance requirements</t>
   </si>
   <si>
+    <t>This Uganda Standard specifies the performance requirements; together with the test methods and conditions required to show compliance of tubular fluorescent and other gas-discharge lamps with integrated means for controlling starting and stable operation -self-ballasted lamps; intended for domestic and similar general lighting purposes.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us-9022011-self-ballasted-lamps-general-lighting-services-performance-requirements</t>
   </si>
   <si>
+    <t>https://webstore.unbs.go.ug/store.php?src=540&amp;preview</t>
+  </si>
+  <si>
     <t>US 903-1:2011 Double-capped fluorescent lamps-performance specifications</t>
   </si>
   <si>
+    <t>This Uganda Standard specifies Minimum Energy Performance Standard (MEPS) requirements for double-capped tubular fluorescent lamps with a nominal length of 550 mm to 1500 mm and having nominal lamp wattage of 16 watts or more. This standard covers lamps for general illumination purposes, for use in luminaires and with lamp ballasts connected to a 240 V 50 Hz single phase or similar mains supply.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us-903-12011-double-capped-fluorescent-lamps-performance-specifications</t>
   </si>
   <si>
+    <t>https://webstore.unbs.go.ug/store.php?src=541&amp;preview</t>
+  </si>
+  <si>
     <t>US 904-1:2011 Performance of electrical lighting equipment-ballasts for fluorescent lamps - Part 1: Energy labeling and Minimum Energy Performance Standards requirements</t>
   </si>
   <si>
+    <t>This Uganda Standard specifies requirements for the classification of ballasts for a range of fluorescent lamp types according to their Energy Efficiency Index -EEI- and the form of labeling of the EEI; which is generally shown on the ballast rating plate</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us-904-12011-performance-electrical-lighting-equipment-ballasts-fluorescent-lamps-part-1</t>
   </si>
   <si>
+    <t>https://webstore.unbs.go.ug/store.php?src=543&amp;preview</t>
+  </si>
+  <si>
     <t>US 905-1:2011 Rotating electrical machines - General requirements - Part 1: Three phase cage induction motors - High efficiency and Minimum Energy Performance Standards requirement</t>
   </si>
   <si>
+    <t>This Uganda Standard applies to three-phase cage induction motors with ratings from 0.73 kW and up to but not including 185 kW. The scope covers motors of rated voltages up to 1100 V a.c</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us-905-12011-rotating-electrical-machines-general-requirements-part-1-three-phase-cage</t>
   </si>
   <si>
+    <t>https://webstore.unbs.go.ug/store.php?src=1760&amp;preview</t>
+  </si>
+  <si>
     <t>US IEC 62257-9-8: 2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us-iec-62257-9-8-2020</t>
   </si>
   <si>
+    <t>https://webstore.unbs.go.ug//store.php?src=4427&amp;preview</t>
+  </si>
+  <si>
     <t>US900-1-2011 Performance of household electrical appliances refrigerating appliances- Part 1 Energy labeling and MEPs requirements</t>
   </si>
   <si>
+    <t>This Uganda Standard specifies the energy labeling and Minimum Energy Performance Standard requirements for vapour compression refrigerating appliances that can be connected to mains power and which are within the scope of US 900-2. Such refrigerating appliances that are used in the commercial sector are included within the scope.</t>
+  </si>
+  <si>
     <t>US900-2:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us900-1-2011-performance-household-electrical-appliances-refrigerating-appliances-part-1</t>
   </si>
   <si>
+    <t>https://webstore.unbs.go.ug/store.php?src=539&amp;preview</t>
+  </si>
+  <si>
     <t>VC 8043 Incandescent Lamps</t>
+  </si>
+  <si>
+    <t>This compulsory specification covers the requirements for safety; performance and quality of incandescent lamps intended for domestic and general lighting service; having: A power rating up to and including 1500 W; Rated voltage up to 250 V; Caps of any type- material- shape- and finish.</t>
   </si>
   <si>
     <t>SANS 60064
 ,   
                     SANS 60357
 ,   
                     SANS 60432</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/vc-8043-incandescent-lamps</t>
   </si>
   <si>
+    <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%208043.pdf</t>
+  </si>
+  <si>
     <t>VC 9006 Hot Water Storage Tanks for Domestic Use</t>
   </si>
   <si>
+    <t>This specification covers the requirements for hot water storage tanks for domestic use. It includes fixed electrical storage water heaters; stand-alone water heaters and water containers with or without heat exchangers or heating jackets intended for use in solar heating and heat pump applications; and tanks used for storage of hot water only.</t>
+  </si>
+  <si>
     <t>SANS 151</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/vc-9006-hot-water-storage-tanks-domestic-use</t>
   </si>
   <si>
+    <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%209006%20Supplement.pdf</t>
+  </si>
+  <si>
     <t>VC 9008</t>
   </si>
   <si>
+    <t>This compulsory specification covers energy efficiency requirements and energy efficiency labeling of the following electrical and electronic appliances: air conditioners not exceeding 7.1KW cooling capacity, audio and video equipment including television sets (not covered by labeling), dishwashers, electric ovens, refrigerators, freezers, tumble dryers, washer dryers, and washing machines.</t>
+  </si>
+  <si>
     <t>Televisions, Set Top Boxes (STB), Ovens, Dishwashers, Clothes Dryers, Washer and Dryers, Washing Machines, Room ACs - Stationary ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>SANS 941:2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/vc-9008</t>
   </si>
   <si>
+    <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%209008%20Supplement.pdf</t>
+  </si>
+  <si>
     <t>VC 9091 Fluorescent Lamps</t>
+  </si>
+  <si>
+    <t>This compulsory specification covers the safety; efficacy performance; life and interchangeability requirements for single-capped tubular fluorescent lamps with integrated means for controlling starting and stable operation- self-ballasted lamps- and non-self-ballasted single-capped tubular fluorescent lamps; intended for general lighting purposes that have: a rated wattage up to 60W; a rated voltage of 100 to 250 V a.c.; and 2G7 2GX7 GR8 2G10 G10q GR10q GX10q GY10q 2G11 2GX11 GR14q G23 GX23 G24 GX24 GX24q G24d GX32 and Edison screw or Bayonet caps.</t>
   </si>
   <si>
     <t>Annex AA of SANS 60901; or Annex AA of SANS 60969
 ,   
                     SANS 61199
 ,   
                     SANS 60968</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/vc-9091-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%209091.pdf</t>
+  </si>
+  <si>
     <t>Voluntary Labelling of Electrical Appliances</t>
   </si>
   <si>
+    <t>The voluntary scheme covers the following electrical appliances: room air conditioners, washing machines, electric lamps, and tumble dryers.</t>
+  </si>
+  <si>
     <t>Clothes Dryers, Washing Machines, Directional Lamps, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/voluntary-labelling-electrical-appliances</t>
   </si>
   <si>
+    <t>https://eemo.govmu.org/Pages/Labelling%20of%20appliances/Voluntary_labelling.pdf#search=Voluntary%20labelling%20of%20Electrical%20Appliance</t>
+  </si>
+  <si>
     <t>ZS IEC 62257-9-8</t>
+  </si>
+  <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.
+The Standard has been gazetted but has not entered into force yet.</t>
   </si>
   <si>
     <t>Zambia</t>
   </si>
   <si>
     <t>Zambia Standards Bureau (ZABS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/zs-iec-62257-9-8</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -3281,11015 +4701,12608 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N263"/>
+  <dimension ref="A1:P264"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="259" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="259.365" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1038.032" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="16.425" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="202.808" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="303.069" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="764.385" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2003</v>
+      </c>
+      <c r="I2">
+        <v>2024</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>33</v>
+      </c>
+      <c r="H3">
         <v>2003</v>
       </c>
-      <c r="H2">
-[...2 lines deleted...]
-      <c r="I2" t="s">
+      <c r="I3">
+        <v>2018</v>
+      </c>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>36</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>41</v>
+      </c>
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F4" t="s">
+        <v>42</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2003</v>
+      </c>
+      <c r="I4">
+        <v>2016</v>
+      </c>
+      <c r="J4" t="s">
+        <v>34</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>43</v>
+      </c>
+      <c r="M4" t="s">
+        <v>36</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>44</v>
+      </c>
+      <c r="P4" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>46</v>
+      </c>
+      <c r="B5" t="s">
+        <v>47</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>41</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>42</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2003</v>
+      </c>
+      <c r="I5">
+        <v>2017</v>
+      </c>
+      <c r="J5" t="s">
+        <v>34</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>48</v>
+      </c>
+      <c r="M5" t="s">
+        <v>36</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>49</v>
+      </c>
+      <c r="P5" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>51</v>
+      </c>
+      <c r="B6" t="s">
+        <v>52</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>53</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>42</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2003</v>
+      </c>
+      <c r="I6">
+        <v>2018</v>
+      </c>
+      <c r="J6" t="s">
+        <v>34</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>36</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>54</v>
+      </c>
+      <c r="P6" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>56</v>
+      </c>
+      <c r="B7" t="s">
+        <v>57</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>53</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>58</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2003</v>
+      </c>
+      <c r="I7">
+        <v>2023</v>
+      </c>
+      <c r="J7" t="s">
+        <v>23</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>59</v>
+      </c>
+      <c r="M7" t="s">
+        <v>36</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>60</v>
+      </c>
+      <c r="P7" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>62</v>
+      </c>
+      <c r="B8" t="s">
+        <v>63</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>64</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G8" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...22 lines deleted...]
-      <c r="E3" t="s">
+      <c r="H8">
+        <v>2003</v>
+      </c>
+      <c r="I8">
+        <v>2006</v>
+      </c>
+      <c r="J8" t="s">
+        <v>34</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>65</v>
+      </c>
+      <c r="M8" t="s">
+        <v>36</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>66</v>
+      </c>
+      <c r="P8" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>68</v>
+      </c>
+      <c r="B9" t="s">
+        <v>69</v>
+      </c>
+      <c r="C9" t="s">
         <v>18</v>
       </c>
-      <c r="F3" t="s">
-[...5 lines deleted...]
-      <c r="H3">
+      <c r="D9" t="s">
+        <v>70</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>71</v>
+      </c>
+      <c r="H9">
+        <v>2019</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>34</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>36</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>72</v>
+      </c>
+      <c r="P9" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>74</v>
+      </c>
+      <c r="B10" t="s">
+        <v>75</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>76</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>71</v>
+      </c>
+      <c r="H10">
+        <v>2009</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>34</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>77</v>
+      </c>
+      <c r="M10" t="s">
+        <v>36</v>
+      </c>
+      <c r="N10" t="s">
+        <v>78</v>
+      </c>
+      <c r="O10" t="s">
+        <v>79</v>
+      </c>
+      <c r="P10" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>81</v>
+      </c>
+      <c r="B11" t="s">
+        <v>82</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>83</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>71</v>
+      </c>
+      <c r="H11">
+        <v>2014</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>34</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>84</v>
+      </c>
+      <c r="M11" t="s">
+        <v>36</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>85</v>
+      </c>
+      <c r="P11" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>87</v>
+      </c>
+      <c r="B12" t="s">
+        <v>88</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>89</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2008</v>
+      </c>
+      <c r="I12">
+        <v>2020</v>
+      </c>
+      <c r="J12" t="s">
+        <v>34</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>36</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>90</v>
+      </c>
+      <c r="P12" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>92</v>
+      </c>
+      <c r="B13" t="s">
+        <v>93</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>94</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>71</v>
+      </c>
+      <c r="H13">
         <v>2018</v>
       </c>
-      <c r="I3" t="s">
-[...2 lines deleted...]
-      <c r="J3" t="s">
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>34</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>36</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>95</v>
+      </c>
+      <c r="P13" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>97</v>
+      </c>
+      <c r="B14" t="s">
+        <v>98</v>
+      </c>
+      <c r="C14" t="s">
+        <v>99</v>
+      </c>
+      <c r="D14" t="s">
+        <v>100</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>42</v>
+      </c>
+      <c r="G14" t="s">
+        <v>71</v>
+      </c>
+      <c r="H14">
+        <v>2010</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>101</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>102</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>103</v>
+      </c>
+      <c r="P14" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>105</v>
+      </c>
+      <c r="B15" t="s">
+        <v>106</v>
+      </c>
+      <c r="C15" t="s">
+        <v>99</v>
+      </c>
+      <c r="D15" t="s">
+        <v>89</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>42</v>
+      </c>
+      <c r="G15" t="s">
+        <v>71</v>
+      </c>
+      <c r="H15">
+        <v>2010</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>101</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>102</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>107</v>
+      </c>
+      <c r="P15" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>109</v>
+      </c>
+      <c r="B16" t="s">
+        <v>110</v>
+      </c>
+      <c r="C16" t="s">
+        <v>99</v>
+      </c>
+      <c r="D16" t="s">
+        <v>32</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>42</v>
+      </c>
+      <c r="G16" t="s">
+        <v>71</v>
+      </c>
+      <c r="H16">
+        <v>2010</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>101</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>102</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>111</v>
+      </c>
+      <c r="P16" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>113</v>
+      </c>
+      <c r="B17" t="s">
+        <v>114</v>
+      </c>
+      <c r="C17" t="s">
+        <v>115</v>
+      </c>
+      <c r="D17" t="s">
+        <v>116</v>
+      </c>
+      <c r="E17" t="s">
+        <v>117</v>
+      </c>
+      <c r="F17" t="s">
+        <v>118</v>
+      </c>
+      <c r="G17" t="s">
+        <v>71</v>
+      </c>
+      <c r="H17">
+        <v>2009</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>119</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>120</v>
+      </c>
+      <c r="M17" t="s">
+        <v>121</v>
+      </c>
+      <c r="N17" t="s">
+        <v>122</v>
+      </c>
+      <c r="O17" t="s">
+        <v>123</v>
+      </c>
+      <c r="P17" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>125</v>
+      </c>
+      <c r="B18" t="s">
+        <v>126</v>
+      </c>
+      <c r="C18" t="s">
+        <v>127</v>
+      </c>
+      <c r="D18" t="s">
+        <v>116</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>118</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2015</v>
+      </c>
+      <c r="I18">
+        <v>2016</v>
+      </c>
+      <c r="J18" t="s">
+        <v>128</v>
+      </c>
+      <c r="K18" t="s">
+        <v>129</v>
+      </c>
+      <c r="L18" t="s">
+        <v>130</v>
+      </c>
+      <c r="M18" t="s">
+        <v>131</v>
+      </c>
+      <c r="N18" t="s">
+        <v>122</v>
+      </c>
+      <c r="O18" t="s">
+        <v>132</v>
+      </c>
+      <c r="P18" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>134</v>
+      </c>
+      <c r="B19" t="s">
+        <v>135</v>
+      </c>
+      <c r="C19" t="s">
+        <v>136</v>
+      </c>
+      <c r="D19" t="s">
+        <v>137</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
         <v>21</v>
       </c>
-      <c r="K3" t="s">
-[...25 lines deleted...]
-      <c r="E4" t="s">
+      <c r="G19" t="s">
+        <v>138</v>
+      </c>
+      <c r="H19">
+        <v>2023</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>139</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>140</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>141</v>
+      </c>
+      <c r="P19" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>143</v>
+      </c>
+      <c r="B20" t="s">
+        <v>144</v>
+      </c>
+      <c r="C20" t="s">
+        <v>145</v>
+      </c>
+      <c r="D20" t="s">
+        <v>89</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>146</v>
+      </c>
+      <c r="G20" t="s">
+        <v>71</v>
+      </c>
+      <c r="H20">
+        <v>2013</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
         <v>34</v>
       </c>
-      <c r="F4" t="s">
-[...5 lines deleted...]
-      <c r="H4">
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>147</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>148</v>
+      </c>
+      <c r="P20" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>150</v>
+      </c>
+      <c r="B21" t="s">
+        <v>151</v>
+      </c>
+      <c r="C21" t="s">
+        <v>152</v>
+      </c>
+      <c r="D21" t="s">
+        <v>153</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>42</v>
+      </c>
+      <c r="G21" t="s">
+        <v>71</v>
+      </c>
+      <c r="H21">
+        <v>2020</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>154</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>155</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>156</v>
+      </c>
+      <c r="P21" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>158</v>
+      </c>
+      <c r="B22" t="s">
+        <v>159</v>
+      </c>
+      <c r="C22" t="s">
+        <v>160</v>
+      </c>
+      <c r="D22" t="s">
+        <v>161</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>21</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
         <v>2016</v>
       </c>
-      <c r="I4" t="s">
-[...2 lines deleted...]
-      <c r="J4" t="s">
+      <c r="I22">
+        <v>2019</v>
+      </c>
+      <c r="J22" t="s">
+        <v>128</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>162</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>163</v>
+      </c>
+      <c r="P22" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>165</v>
+      </c>
+      <c r="B23" t="s">
+        <v>166</v>
+      </c>
+      <c r="C23" t="s">
+        <v>167</v>
+      </c>
+      <c r="D23" t="s">
+        <v>168</v>
+      </c>
+      <c r="E23" t="s">
+        <v>117</v>
+      </c>
+      <c r="F23" t="s">
         <v>21</v>
       </c>
-      <c r="K4" t="s">
-[...123 lines deleted...]
-      <c r="I7" t="s">
+      <c r="G23" t="s">
+        <v>169</v>
+      </c>
+      <c r="H23"/>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>128</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
+        <v>170</v>
+      </c>
+      <c r="M23" t="s">
+        <v>171</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>172</v>
+      </c>
+      <c r="P23" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>174</v>
+      </c>
+      <c r="B24" t="s">
+        <v>175</v>
+      </c>
+      <c r="C24" t="s">
+        <v>176</v>
+      </c>
+      <c r="D24" t="s">
+        <v>116</v>
+      </c>
+      <c r="E24" t="s">
         <v>20</v>
       </c>
-      <c r="J7" t="s">
-[...205 lines deleted...]
-      <c r="H12">
+      <c r="F24" t="s">
+        <v>118</v>
+      </c>
+      <c r="G24" t="s">
+        <v>71</v>
+      </c>
+      <c r="H24">
         <v>2020</v>
       </c>
-      <c r="I12" t="s">
-[...487 lines deleted...]
-      <c r="I24" t="s">
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>177</v>
+      </c>
+      <c r="K24" t="s">
         <v>129</v>
-      </c>
-[...4 lines deleted...]
-        <v>95</v>
       </c>
       <c r="L24" t="s">
         <v>130</v>
       </c>
       <c r="M24" t="s">
+        <v>178</v>
+      </c>
+      <c r="N24" t="s">
+        <v>122</v>
+      </c>
+      <c r="O24" t="s">
+        <v>179</v>
+      </c>
+      <c r="P24" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>181</v>
+      </c>
+      <c r="B25" t="s">
+        <v>182</v>
+      </c>
+      <c r="C25" t="s">
+        <v>176</v>
+      </c>
+      <c r="D25" t="s">
+        <v>183</v>
+      </c>
+      <c r="E25" t="s">
+        <v>184</v>
+      </c>
+      <c r="F25" t="s">
+        <v>146</v>
+      </c>
+      <c r="G25" t="s">
+        <v>169</v>
+      </c>
+      <c r="H25"/>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>185</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25"/>
+      <c r="M25" t="s">
+        <v>178</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>186</v>
+      </c>
+      <c r="P25" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>188</v>
+      </c>
+      <c r="B26" t="s">
+        <v>189</v>
+      </c>
+      <c r="C26" t="s">
+        <v>190</v>
+      </c>
+      <c r="D26" t="s">
+        <v>191</v>
+      </c>
+      <c r="E26" t="s">
+        <v>184</v>
+      </c>
+      <c r="F26" t="s">
+        <v>21</v>
+      </c>
+      <c r="G26" t="s">
+        <v>169</v>
+      </c>
+      <c r="H26"/>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>185</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26"/>
+      <c r="M26" t="s">
+        <v>192</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>193</v>
+      </c>
+      <c r="P26"/>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>194</v>
+      </c>
+      <c r="B27" t="s">
+        <v>195</v>
+      </c>
+      <c r="C27" t="s">
+        <v>18</v>
+      </c>
+      <c r="D27" t="s">
+        <v>196</v>
+      </c>
+      <c r="E27" t="s">
+        <v>184</v>
+      </c>
+      <c r="F27" t="s">
+        <v>21</v>
+      </c>
+      <c r="G27" t="s">
+        <v>71</v>
+      </c>
+      <c r="H27">
+        <v>2021</v>
+      </c>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>34</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27" t="s">
+        <v>197</v>
+      </c>
+      <c r="M27" t="s">
+        <v>198</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>199</v>
+      </c>
+      <c r="P27" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>201</v>
+      </c>
+      <c r="B28" t="s">
+        <v>202</v>
+      </c>
+      <c r="C28" t="s">
+        <v>203</v>
+      </c>
+      <c r="D28" t="s">
+        <v>204</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>21</v>
+      </c>
+      <c r="G28" t="s">
+        <v>71</v>
+      </c>
+      <c r="H28">
+        <v>2016</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>128</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28"/>
+      <c r="M28" t="s">
+        <v>205</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>206</v>
+      </c>
+      <c r="P28" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>208</v>
+      </c>
+      <c r="B29" t="s">
+        <v>209</v>
+      </c>
+      <c r="C29" t="s">
+        <v>203</v>
+      </c>
+      <c r="D29" t="s">
+        <v>116</v>
+      </c>
+      <c r="E29" t="s">
+        <v>117</v>
+      </c>
+      <c r="F29" t="s">
+        <v>210</v>
+      </c>
+      <c r="G29" t="s">
+        <v>71</v>
+      </c>
+      <c r="H29">
+        <v>2015</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>211</v>
+      </c>
+      <c r="K29" t="s">
+        <v>212</v>
+      </c>
+      <c r="L29" t="s">
+        <v>130</v>
+      </c>
+      <c r="M29" t="s">
+        <v>205</v>
+      </c>
+      <c r="N29" t="s">
+        <v>122</v>
+      </c>
+      <c r="O29" t="s">
+        <v>213</v>
+      </c>
+      <c r="P29" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>215</v>
+      </c>
+      <c r="B30" t="s">
+        <v>216</v>
+      </c>
+      <c r="C30" t="s">
+        <v>203</v>
+      </c>
+      <c r="D30" t="s">
+        <v>32</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>21</v>
+      </c>
+      <c r="G30" t="s">
+        <v>71</v>
+      </c>
+      <c r="H30">
+        <v>2017</v>
+      </c>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>101</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30"/>
+      <c r="M30" t="s">
+        <v>205</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>217</v>
+      </c>
+      <c r="P30"/>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>218</v>
+      </c>
+      <c r="B31" t="s">
+        <v>219</v>
+      </c>
+      <c r="C31" t="s">
+        <v>203</v>
+      </c>
+      <c r="D31" t="s">
+        <v>220</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>146</v>
+      </c>
+      <c r="G31" t="s">
+        <v>71</v>
+      </c>
+      <c r="H31">
+        <v>2017</v>
+      </c>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>101</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31" t="s">
+        <v>221</v>
+      </c>
+      <c r="M31" t="s">
+        <v>205</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>222</v>
+      </c>
+      <c r="P31"/>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>223</v>
+      </c>
+      <c r="B32" t="s">
+        <v>224</v>
+      </c>
+      <c r="C32" t="s">
+        <v>203</v>
+      </c>
+      <c r="D32" t="s">
+        <v>116</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>118</v>
+      </c>
+      <c r="G32" t="s">
+        <v>138</v>
+      </c>
+      <c r="H32">
+        <v>2023</v>
+      </c>
+      <c r="I32"/>
+      <c r="J32" t="s">
+        <v>225</v>
+      </c>
+      <c r="K32" t="s">
+        <v>129</v>
+      </c>
+      <c r="L32" t="s">
+        <v>226</v>
+      </c>
+      <c r="M32" t="s">
+        <v>227</v>
+      </c>
+      <c r="N32" t="s">
+        <v>228</v>
+      </c>
+      <c r="O32" t="s">
+        <v>229</v>
+      </c>
+      <c r="P32" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>231</v>
+      </c>
+      <c r="B33" t="s">
+        <v>232</v>
+      </c>
+      <c r="C33" t="s">
+        <v>176</v>
+      </c>
+      <c r="D33" t="s">
+        <v>233</v>
+      </c>
+      <c r="E33" t="s">
+        <v>117</v>
+      </c>
+      <c r="F33" t="s">
+        <v>21</v>
+      </c>
+      <c r="G33" t="s">
+        <v>71</v>
+      </c>
+      <c r="H33">
+        <v>2018</v>
+      </c>
+      <c r="I33"/>
+      <c r="J33" t="s">
+        <v>211</v>
+      </c>
+      <c r="K33" t="s">
+        <v>234</v>
+      </c>
+      <c r="L33" t="s">
+        <v>235</v>
+      </c>
+      <c r="M33" t="s">
+        <v>178</v>
+      </c>
+      <c r="N33" t="s">
+        <v>236</v>
+      </c>
+      <c r="O33" t="s">
+        <v>237</v>
+      </c>
+      <c r="P33" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>239</v>
+      </c>
+      <c r="B34" t="s">
+        <v>240</v>
+      </c>
+      <c r="C34" t="s">
+        <v>241</v>
+      </c>
+      <c r="D34" t="s">
+        <v>242</v>
+      </c>
+      <c r="E34" t="s">
+        <v>184</v>
+      </c>
+      <c r="F34" t="s">
+        <v>42</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34">
+        <v>2021</v>
+      </c>
+      <c r="I34">
+        <v>2019</v>
+      </c>
+      <c r="J34" t="s">
+        <v>211</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34" t="s">
+        <v>243</v>
+      </c>
+      <c r="M34" t="s">
+        <v>244</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>245</v>
+      </c>
+      <c r="P34" t="s">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>247</v>
+      </c>
+      <c r="B35" t="s">
+        <v>248</v>
+      </c>
+      <c r="C35" t="s">
+        <v>241</v>
+      </c>
+      <c r="D35" t="s">
+        <v>249</v>
+      </c>
+      <c r="E35" t="s">
+        <v>184</v>
+      </c>
+      <c r="F35" t="s">
+        <v>42</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
+        <v>2014</v>
+      </c>
+      <c r="I35">
+        <v>2019</v>
+      </c>
+      <c r="J35" t="s">
+        <v>250</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35" t="s">
+        <v>251</v>
+      </c>
+      <c r="M35" t="s">
+        <v>244</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>252</v>
+      </c>
+      <c r="P35" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>254</v>
+      </c>
+      <c r="B36" t="s">
+        <v>255</v>
+      </c>
+      <c r="C36" t="s">
+        <v>241</v>
+      </c>
+      <c r="D36" t="s">
+        <v>249</v>
+      </c>
+      <c r="E36" t="s">
+        <v>184</v>
+      </c>
+      <c r="F36" t="s">
+        <v>42</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
+        <v>2015</v>
+      </c>
+      <c r="I36">
+        <v>2019</v>
+      </c>
+      <c r="J36" t="s">
+        <v>211</v>
+      </c>
+      <c r="K36" t="s">
+        <v>24</v>
+      </c>
+      <c r="L36" t="s">
+        <v>256</v>
+      </c>
+      <c r="M36" t="s">
+        <v>244</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>257</v>
+      </c>
+      <c r="P36" t="s">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>259</v>
+      </c>
+      <c r="B37" t="s">
+        <v>260</v>
+      </c>
+      <c r="C37" t="s">
+        <v>241</v>
+      </c>
+      <c r="D37" t="s">
+        <v>261</v>
+      </c>
+      <c r="E37" t="s">
+        <v>184</v>
+      </c>
+      <c r="F37" t="s">
+        <v>42</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
+        <v>2012</v>
+      </c>
+      <c r="I37">
+        <v>2019</v>
+      </c>
+      <c r="J37" t="s">
+        <v>211</v>
+      </c>
+      <c r="K37" t="s">
+        <v>24</v>
+      </c>
+      <c r="L37" t="s">
+        <v>262</v>
+      </c>
+      <c r="M37" t="s">
+        <v>244</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>263</v>
+      </c>
+      <c r="P37" t="s">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>265</v>
+      </c>
+      <c r="B38" t="s">
+        <v>266</v>
+      </c>
+      <c r="C38" t="s">
+        <v>241</v>
+      </c>
+      <c r="D38" t="s">
         <v>89</v>
       </c>
-      <c r="N24" t="s">
+      <c r="E38" t="s">
+        <v>184</v>
+      </c>
+      <c r="F38" t="s">
+        <v>42</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
+        <v>2012</v>
+      </c>
+      <c r="I38">
+        <v>2019</v>
+      </c>
+      <c r="J38" t="s">
+        <v>250</v>
+      </c>
+      <c r="K38" t="s">
+        <v>24</v>
+      </c>
+      <c r="L38" t="s">
+        <v>267</v>
+      </c>
+      <c r="M38" t="s">
+        <v>244</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>268</v>
+      </c>
+      <c r="P38" t="s">
+        <v>269</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>270</v>
+      </c>
+      <c r="B39" t="s">
+        <v>271</v>
+      </c>
+      <c r="C39" t="s">
+        <v>241</v>
+      </c>
+      <c r="D39" t="s">
+        <v>272</v>
+      </c>
+      <c r="E39" t="s">
+        <v>184</v>
+      </c>
+      <c r="F39" t="s">
+        <v>42</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
+        <v>2014</v>
+      </c>
+      <c r="I39">
+        <v>2019</v>
+      </c>
+      <c r="J39" t="s">
+        <v>250</v>
+      </c>
+      <c r="K39" t="s">
+        <v>24</v>
+      </c>
+      <c r="L39" t="s">
+        <v>273</v>
+      </c>
+      <c r="M39" t="s">
+        <v>244</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>274</v>
+      </c>
+      <c r="P39" t="s">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>276</v>
+      </c>
+      <c r="B40" t="s">
+        <v>277</v>
+      </c>
+      <c r="C40" t="s">
+        <v>241</v>
+      </c>
+      <c r="D40" t="s">
+        <v>278</v>
+      </c>
+      <c r="E40" t="s">
+        <v>184</v>
+      </c>
+      <c r="F40" t="s">
+        <v>42</v>
+      </c>
+      <c r="G40" t="s">
+        <v>22</v>
+      </c>
+      <c r="H40">
+        <v>2015</v>
+      </c>
+      <c r="I40">
+        <v>2019</v>
+      </c>
+      <c r="J40" t="s">
+        <v>250</v>
+      </c>
+      <c r="K40" t="s">
+        <v>24</v>
+      </c>
+      <c r="L40" t="s">
+        <v>279</v>
+      </c>
+      <c r="M40" t="s">
+        <v>244</v>
+      </c>
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>280</v>
+      </c>
+      <c r="P40" t="s">
+        <v>281</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>282</v>
+      </c>
+      <c r="B41" t="s">
+        <v>283</v>
+      </c>
+      <c r="C41" t="s">
+        <v>241</v>
+      </c>
+      <c r="D41" t="s">
+        <v>284</v>
+      </c>
+      <c r="E41" t="s">
+        <v>184</v>
+      </c>
+      <c r="F41" t="s">
+        <v>42</v>
+      </c>
+      <c r="G41" t="s">
+        <v>71</v>
+      </c>
+      <c r="H41">
+        <v>2015</v>
+      </c>
+      <c r="I41"/>
+      <c r="J41" t="s">
+        <v>250</v>
+      </c>
+      <c r="K41" t="s">
+        <v>24</v>
+      </c>
+      <c r="L41" t="s">
+        <v>285</v>
+      </c>
+      <c r="M41" t="s">
+        <v>286</v>
+      </c>
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>287</v>
+      </c>
+      <c r="P41" t="s">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>289</v>
+      </c>
+      <c r="B42" t="s">
+        <v>290</v>
+      </c>
+      <c r="C42" t="s">
+        <v>241</v>
+      </c>
+      <c r="D42" t="s">
+        <v>94</v>
+      </c>
+      <c r="E42" t="s">
+        <v>184</v>
+      </c>
+      <c r="F42" t="s">
+        <v>42</v>
+      </c>
+      <c r="G42" t="s">
+        <v>22</v>
+      </c>
+      <c r="H42">
+        <v>2014</v>
+      </c>
+      <c r="I42">
+        <v>2019</v>
+      </c>
+      <c r="J42" t="s">
+        <v>211</v>
+      </c>
+      <c r="K42" t="s">
+        <v>24</v>
+      </c>
+      <c r="L42" t="s">
+        <v>291</v>
+      </c>
+      <c r="M42" t="s">
+        <v>244</v>
+      </c>
+      <c r="N42" t="s">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>292</v>
+      </c>
+      <c r="P42" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>294</v>
+      </c>
+      <c r="B43" t="s">
+        <v>295</v>
+      </c>
+      <c r="C43" t="s">
+        <v>241</v>
+      </c>
+      <c r="D43" t="s">
+        <v>168</v>
+      </c>
+      <c r="E43" t="s">
+        <v>184</v>
+      </c>
+      <c r="F43" t="s">
+        <v>42</v>
+      </c>
+      <c r="G43" t="s">
+        <v>22</v>
+      </c>
+      <c r="H43">
+        <v>2013</v>
+      </c>
+      <c r="I43">
+        <v>2019</v>
+      </c>
+      <c r="J43" t="s">
+        <v>250</v>
+      </c>
+      <c r="K43" t="s">
+        <v>24</v>
+      </c>
+      <c r="L43" t="s">
+        <v>296</v>
+      </c>
+      <c r="M43" t="s">
+        <v>244</v>
+      </c>
+      <c r="N43" t="s">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>297</v>
+      </c>
+      <c r="P43" t="s">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>299</v>
+      </c>
+      <c r="B44" t="s">
+        <v>300</v>
+      </c>
+      <c r="C44" t="s">
+        <v>241</v>
+      </c>
+      <c r="D44" t="s">
+        <v>301</v>
+      </c>
+      <c r="E44" t="s">
+        <v>184</v>
+      </c>
+      <c r="F44" t="s">
+        <v>42</v>
+      </c>
+      <c r="G44" t="s">
+        <v>22</v>
+      </c>
+      <c r="H44">
+        <v>2017</v>
+      </c>
+      <c r="I44">
+        <v>2019</v>
+      </c>
+      <c r="J44" t="s">
+        <v>250</v>
+      </c>
+      <c r="K44" t="s">
+        <v>24</v>
+      </c>
+      <c r="L44" t="s">
+        <v>302</v>
+      </c>
+      <c r="M44" t="s">
+        <v>244</v>
+      </c>
+      <c r="N44" t="s">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>303</v>
+      </c>
+      <c r="P44" t="s">
+        <v>304</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>305</v>
+      </c>
+      <c r="B45" t="s">
+        <v>306</v>
+      </c>
+      <c r="C45" t="s">
+        <v>241</v>
+      </c>
+      <c r="D45" t="s">
+        <v>307</v>
+      </c>
+      <c r="E45" t="s">
+        <v>184</v>
+      </c>
+      <c r="F45" t="s">
+        <v>42</v>
+      </c>
+      <c r="G45" t="s">
+        <v>22</v>
+      </c>
+      <c r="H45">
+        <v>2016</v>
+      </c>
+      <c r="I45">
+        <v>2019</v>
+      </c>
+      <c r="J45" t="s">
+        <v>250</v>
+      </c>
+      <c r="K45" t="s">
+        <v>24</v>
+      </c>
+      <c r="L45" t="s">
+        <v>308</v>
+      </c>
+      <c r="M45" t="s">
+        <v>244</v>
+      </c>
+      <c r="N45" t="s">
+        <v>27</v>
+      </c>
+      <c r="O45" t="s">
+        <v>309</v>
+      </c>
+      <c r="P45" t="s">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>311</v>
+      </c>
+      <c r="B46" t="s">
+        <v>312</v>
+      </c>
+      <c r="C46" t="s">
+        <v>18</v>
+      </c>
+      <c r="D46" t="s">
+        <v>313</v>
+      </c>
+      <c r="E46" t="s">
+        <v>20</v>
+      </c>
+      <c r="F46" t="s">
+        <v>21</v>
+      </c>
+      <c r="G46" t="s">
+        <v>71</v>
+      </c>
+      <c r="H46">
+        <v>2014</v>
+      </c>
+      <c r="I46"/>
+      <c r="J46" t="s">
+        <v>34</v>
+      </c>
+      <c r="K46" t="s">
+        <v>24</v>
+      </c>
+      <c r="L46" t="s">
+        <v>314</v>
+      </c>
+      <c r="M46" t="s">
+        <v>315</v>
+      </c>
+      <c r="N46" t="s">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
+        <v>316</v>
+      </c>
+      <c r="P46" t="s">
+        <v>317</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>318</v>
+      </c>
+      <c r="B47" t="s">
+        <v>319</v>
+      </c>
+      <c r="C47" t="s">
+        <v>18</v>
+      </c>
+      <c r="D47" t="s">
+        <v>320</v>
+      </c>
+      <c r="E47" t="s">
+        <v>20</v>
+      </c>
+      <c r="F47" t="s">
+        <v>21</v>
+      </c>
+      <c r="G47" t="s">
+        <v>71</v>
+      </c>
+      <c r="H47">
+        <v>2017</v>
+      </c>
+      <c r="I47"/>
+      <c r="J47" t="s">
+        <v>34</v>
+      </c>
+      <c r="K47" t="s">
+        <v>24</v>
+      </c>
+      <c r="L47" t="s">
+        <v>321</v>
+      </c>
+      <c r="M47" t="s">
+        <v>26</v>
+      </c>
+      <c r="N47" t="s">
+        <v>27</v>
+      </c>
+      <c r="O47" t="s">
+        <v>322</v>
+      </c>
+      <c r="P47" t="s">
+        <v>323</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>324</v>
+      </c>
+      <c r="B48" t="s">
+        <v>325</v>
+      </c>
+      <c r="C48" t="s">
+        <v>18</v>
+      </c>
+      <c r="D48" t="s">
+        <v>326</v>
+      </c>
+      <c r="E48" t="s">
+        <v>20</v>
+      </c>
+      <c r="F48" t="s">
+        <v>21</v>
+      </c>
+      <c r="G48" t="s">
+        <v>71</v>
+      </c>
+      <c r="H48">
+        <v>2017</v>
+      </c>
+      <c r="I48"/>
+      <c r="J48" t="s">
+        <v>34</v>
+      </c>
+      <c r="K48" t="s">
+        <v>24</v>
+      </c>
+      <c r="L48" t="s">
+        <v>327</v>
+      </c>
+      <c r="M48" t="s">
+        <v>26</v>
+      </c>
+      <c r="N48" t="s">
+        <v>27</v>
+      </c>
+      <c r="O48" t="s">
+        <v>328</v>
+      </c>
+      <c r="P48" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>330</v>
+      </c>
+      <c r="B49" t="s">
+        <v>331</v>
+      </c>
+      <c r="C49" t="s">
+        <v>332</v>
+      </c>
+      <c r="D49" t="s">
+        <v>333</v>
+      </c>
+      <c r="E49" t="s">
+        <v>20</v>
+      </c>
+      <c r="F49" t="s">
+        <v>42</v>
+      </c>
+      <c r="G49" t="s">
+        <v>334</v>
+      </c>
+      <c r="H49">
+        <v>2010</v>
+      </c>
+      <c r="I49">
+        <v>2011</v>
+      </c>
+      <c r="J49" t="s">
+        <v>335</v>
+      </c>
+      <c r="K49" t="s">
+        <v>24</v>
+      </c>
+      <c r="L49"/>
+      <c r="M49" t="s">
+        <v>336</v>
+      </c>
+      <c r="N49" t="s">
+        <v>27</v>
+      </c>
+      <c r="O49" t="s">
+        <v>337</v>
+      </c>
+      <c r="P49" t="s">
+        <v>338</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>339</v>
+      </c>
+      <c r="B50" t="s">
+        <v>340</v>
+      </c>
+      <c r="C50" t="s">
+        <v>332</v>
+      </c>
+      <c r="D50" t="s">
+        <v>341</v>
+      </c>
+      <c r="E50" t="s">
+        <v>20</v>
+      </c>
+      <c r="F50" t="s">
+        <v>146</v>
+      </c>
+      <c r="G50" t="s">
+        <v>334</v>
+      </c>
+      <c r="H50">
+        <v>2018</v>
+      </c>
+      <c r="I50"/>
+      <c r="J50" t="s">
+        <v>335</v>
+      </c>
+      <c r="K50" t="s">
+        <v>24</v>
+      </c>
+      <c r="L50"/>
+      <c r="M50" t="s">
+        <v>336</v>
+      </c>
+      <c r="N50" t="s">
+        <v>27</v>
+      </c>
+      <c r="O50" t="s">
+        <v>342</v>
+      </c>
+      <c r="P50" t="s">
+        <v>343</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>344</v>
+      </c>
+      <c r="B51" t="s">
+        <v>345</v>
+      </c>
+      <c r="C51" t="s">
+        <v>127</v>
+      </c>
+      <c r="D51" t="s">
+        <v>116</v>
+      </c>
+      <c r="E51" t="s">
+        <v>184</v>
+      </c>
+      <c r="F51" t="s">
+        <v>118</v>
+      </c>
+      <c r="G51" t="s">
+        <v>71</v>
+      </c>
+      <c r="H51">
+        <v>2017</v>
+      </c>
+      <c r="I51"/>
+      <c r="J51" t="s">
+        <v>128</v>
+      </c>
+      <c r="K51" t="s">
+        <v>129</v>
+      </c>
+      <c r="L51" t="s">
+        <v>130</v>
+      </c>
+      <c r="M51" t="s">
         <v>131</v>
       </c>
-    </row>
-[...24 lines deleted...]
-      <c r="J25" t="s">
+      <c r="N51" t="s">
+        <v>122</v>
+      </c>
+      <c r="O51" t="s">
+        <v>346</v>
+      </c>
+      <c r="P51" t="s">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>348</v>
+      </c>
+      <c r="B52" t="s">
+        <v>349</v>
+      </c>
+      <c r="C52" t="s">
+        <v>127</v>
+      </c>
+      <c r="D52" t="s">
+        <v>116</v>
+      </c>
+      <c r="E52" t="s">
+        <v>20</v>
+      </c>
+      <c r="F52" t="s">
+        <v>118</v>
+      </c>
+      <c r="G52" t="s">
+        <v>71</v>
+      </c>
+      <c r="H52">
+        <v>2021</v>
+      </c>
+      <c r="I52"/>
+      <c r="J52" t="s">
+        <v>211</v>
+      </c>
+      <c r="K52" t="s">
+        <v>129</v>
+      </c>
+      <c r="L52" t="s">
+        <v>130</v>
+      </c>
+      <c r="M52" t="s">
+        <v>131</v>
+      </c>
+      <c r="N52" t="s">
+        <v>122</v>
+      </c>
+      <c r="O52" t="s">
+        <v>350</v>
+      </c>
+      <c r="P52"/>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>351</v>
+      </c>
+      <c r="B53" t="s">
+        <v>216</v>
+      </c>
+      <c r="C53" t="s">
+        <v>203</v>
+      </c>
+      <c r="D53" t="s">
+        <v>352</v>
+      </c>
+      <c r="E53" t="s">
+        <v>20</v>
+      </c>
+      <c r="F53" t="s">
+        <v>146</v>
+      </c>
+      <c r="G53" t="s">
+        <v>71</v>
+      </c>
+      <c r="H53">
+        <v>2017</v>
+      </c>
+      <c r="I53"/>
+      <c r="J53" t="s">
+        <v>101</v>
+      </c>
+      <c r="K53" t="s">
+        <v>24</v>
+      </c>
+      <c r="L53" t="s">
+        <v>353</v>
+      </c>
+      <c r="M53" t="s">
+        <v>205</v>
+      </c>
+      <c r="N53" t="s">
+        <v>27</v>
+      </c>
+      <c r="O53" t="s">
+        <v>354</v>
+      </c>
+      <c r="P53"/>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>355</v>
+      </c>
+      <c r="B54" t="s">
+        <v>356</v>
+      </c>
+      <c r="C54" t="s">
+        <v>176</v>
+      </c>
+      <c r="D54" t="s">
+        <v>220</v>
+      </c>
+      <c r="E54" t="s">
+        <v>20</v>
+      </c>
+      <c r="F54" t="s">
         <v>21</v>
       </c>
-      <c r="K25"/>
-[...191 lines deleted...]
-      <c r="G30">
+      <c r="G54" t="s">
+        <v>71</v>
+      </c>
+      <c r="H54">
         <v>2017</v>
       </c>
-      <c r="H30"/>
-[...94 lines deleted...]
-      <c r="M32" t="s">
+      <c r="I54"/>
+      <c r="J54" t="s">
+        <v>101</v>
+      </c>
+      <c r="K54" t="s">
+        <v>24</v>
+      </c>
+      <c r="L54" t="s">
+        <v>221</v>
+      </c>
+      <c r="M54" t="s">
+        <v>178</v>
+      </c>
+      <c r="N54" t="s">
+        <v>27</v>
+      </c>
+      <c r="O54" t="s">
+        <v>357</v>
+      </c>
+      <c r="P54" t="s">
+        <v>358</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>359</v>
+      </c>
+      <c r="B55" t="s">
+        <v>360</v>
+      </c>
+      <c r="C55" t="s">
         <v>167</v>
       </c>
-      <c r="N32" t="s">
-[...956 lines deleted...]
-      </c>
       <c r="D55" t="s">
-        <v>17</v>
+        <v>361</v>
       </c>
       <c r="E55" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="F55" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2019</v>
+        <v>42</v>
+      </c>
+      <c r="G55" t="s">
+        <v>22</v>
       </c>
       <c r="H55">
         <v>2019</v>
       </c>
-      <c r="I55" t="s">
-        <v>93</v>
+      <c r="I55">
+        <v>2019</v>
       </c>
       <c r="J55" t="s">
+        <v>128</v>
+      </c>
+      <c r="K55" t="s">
+        <v>24</v>
+      </c>
+      <c r="L55" t="s">
+        <v>362</v>
+      </c>
+      <c r="M55" t="s">
+        <v>171</v>
+      </c>
+      <c r="N55" t="s">
+        <v>27</v>
+      </c>
+      <c r="O55" t="s">
+        <v>363</v>
+      </c>
+      <c r="P55" t="s">
+        <v>364</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>365</v>
+      </c>
+      <c r="B56" t="s">
+        <v>366</v>
+      </c>
+      <c r="C56" t="s">
+        <v>241</v>
+      </c>
+      <c r="D56" t="s">
+        <v>367</v>
+      </c>
+      <c r="E56" t="s">
+        <v>184</v>
+      </c>
+      <c r="F56" t="s">
+        <v>58</v>
+      </c>
+      <c r="G56" t="s">
+        <v>22</v>
+      </c>
+      <c r="H56">
+        <v>2003</v>
+      </c>
+      <c r="I56">
+        <v>2012</v>
+      </c>
+      <c r="J56" t="s">
+        <v>368</v>
+      </c>
+      <c r="K56" t="s">
+        <v>24</v>
+      </c>
+      <c r="L56" t="s">
+        <v>369</v>
+      </c>
+      <c r="M56" t="s">
+        <v>370</v>
+      </c>
+      <c r="N56" t="s">
+        <v>27</v>
+      </c>
+      <c r="O56" t="s">
+        <v>371</v>
+      </c>
+      <c r="P56" t="s">
+        <v>372</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>373</v>
+      </c>
+      <c r="B57" t="s">
+        <v>374</v>
+      </c>
+      <c r="C57" t="s">
+        <v>190</v>
+      </c>
+      <c r="D57" t="s">
+        <v>116</v>
+      </c>
+      <c r="E57" t="s">
+        <v>184</v>
+      </c>
+      <c r="F57" t="s">
+        <v>118</v>
+      </c>
+      <c r="G57" t="s">
+        <v>71</v>
+      </c>
+      <c r="H57">
+        <v>2020</v>
+      </c>
+      <c r="I57"/>
+      <c r="J57" t="s">
+        <v>375</v>
+      </c>
+      <c r="K57" t="s">
+        <v>129</v>
+      </c>
+      <c r="L57" t="s">
+        <v>130</v>
+      </c>
+      <c r="M57" t="s">
+        <v>376</v>
+      </c>
+      <c r="N57" t="s">
+        <v>228</v>
+      </c>
+      <c r="O57" t="s">
+        <v>377</v>
+      </c>
+      <c r="P57" t="s">
+        <v>378</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>379</v>
+      </c>
+      <c r="B58" t="s">
+        <v>380</v>
+      </c>
+      <c r="C58" t="s">
+        <v>241</v>
+      </c>
+      <c r="D58" t="s">
+        <v>381</v>
+      </c>
+      <c r="E58" t="s">
+        <v>184</v>
+      </c>
+      <c r="F58" t="s">
+        <v>42</v>
+      </c>
+      <c r="G58" t="s">
+        <v>71</v>
+      </c>
+      <c r="H58">
+        <v>2022</v>
+      </c>
+      <c r="I58"/>
+      <c r="J58" t="s">
+        <v>382</v>
+      </c>
+      <c r="K58" t="s">
+        <v>24</v>
+      </c>
+      <c r="L58" t="s">
+        <v>383</v>
+      </c>
+      <c r="M58" t="s">
+        <v>384</v>
+      </c>
+      <c r="N58" t="s">
+        <v>27</v>
+      </c>
+      <c r="O58" t="s">
+        <v>385</v>
+      </c>
+      <c r="P58" t="s">
+        <v>386</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
+      <c r="A59" t="s">
+        <v>387</v>
+      </c>
+      <c r="B59" t="s">
+        <v>388</v>
+      </c>
+      <c r="C59" t="s">
+        <v>241</v>
+      </c>
+      <c r="D59" t="s">
+        <v>389</v>
+      </c>
+      <c r="E59" t="s">
+        <v>184</v>
+      </c>
+      <c r="F59" t="s">
+        <v>42</v>
+      </c>
+      <c r="G59" t="s">
+        <v>71</v>
+      </c>
+      <c r="H59">
+        <v>2022</v>
+      </c>
+      <c r="I59"/>
+      <c r="J59" t="s">
+        <v>382</v>
+      </c>
+      <c r="K59" t="s">
+        <v>24</v>
+      </c>
+      <c r="L59" t="s">
+        <v>390</v>
+      </c>
+      <c r="M59" t="s">
+        <v>384</v>
+      </c>
+      <c r="N59" t="s">
+        <v>27</v>
+      </c>
+      <c r="O59" t="s">
+        <v>391</v>
+      </c>
+      <c r="P59" t="s">
+        <v>392</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60" t="s">
+        <v>393</v>
+      </c>
+      <c r="B60" t="s">
+        <v>394</v>
+      </c>
+      <c r="C60" t="s">
+        <v>241</v>
+      </c>
+      <c r="D60" t="s">
+        <v>395</v>
+      </c>
+      <c r="E60" t="s">
+        <v>184</v>
+      </c>
+      <c r="F60" t="s">
+        <v>42</v>
+      </c>
+      <c r="G60" t="s">
+        <v>71</v>
+      </c>
+      <c r="H60">
+        <v>2022</v>
+      </c>
+      <c r="I60"/>
+      <c r="J60" t="s">
+        <v>382</v>
+      </c>
+      <c r="K60" t="s">
+        <v>396</v>
+      </c>
+      <c r="L60" t="s">
+        <v>397</v>
+      </c>
+      <c r="M60" t="s">
+        <v>384</v>
+      </c>
+      <c r="N60" t="s">
+        <v>27</v>
+      </c>
+      <c r="O60" t="s">
+        <v>398</v>
+      </c>
+      <c r="P60" t="s">
+        <v>399</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
+      <c r="A61" t="s">
+        <v>400</v>
+      </c>
+      <c r="B61" t="s">
+        <v>401</v>
+      </c>
+      <c r="C61" t="s">
+        <v>241</v>
+      </c>
+      <c r="D61" t="s">
+        <v>402</v>
+      </c>
+      <c r="E61" t="s">
+        <v>184</v>
+      </c>
+      <c r="F61" t="s">
+        <v>42</v>
+      </c>
+      <c r="G61" t="s">
+        <v>71</v>
+      </c>
+      <c r="H61">
+        <v>2022</v>
+      </c>
+      <c r="I61"/>
+      <c r="J61" t="s">
+        <v>382</v>
+      </c>
+      <c r="K61" t="s">
+        <v>24</v>
+      </c>
+      <c r="L61" t="s">
+        <v>403</v>
+      </c>
+      <c r="M61" t="s">
+        <v>384</v>
+      </c>
+      <c r="N61" t="s">
+        <v>27</v>
+      </c>
+      <c r="O61" t="s">
+        <v>404</v>
+      </c>
+      <c r="P61" t="s">
+        <v>405</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
+      <c r="A62" t="s">
+        <v>406</v>
+      </c>
+      <c r="B62" t="s">
+        <v>407</v>
+      </c>
+      <c r="C62" t="s">
+        <v>241</v>
+      </c>
+      <c r="D62" t="s">
+        <v>408</v>
+      </c>
+      <c r="E62" t="s">
+        <v>184</v>
+      </c>
+      <c r="F62" t="s">
+        <v>42</v>
+      </c>
+      <c r="G62" t="s">
+        <v>71</v>
+      </c>
+      <c r="H62">
+        <v>2022</v>
+      </c>
+      <c r="I62"/>
+      <c r="J62" t="s">
+        <v>382</v>
+      </c>
+      <c r="K62" t="s">
+        <v>396</v>
+      </c>
+      <c r="L62" t="s">
+        <v>409</v>
+      </c>
+      <c r="M62" t="s">
+        <v>384</v>
+      </c>
+      <c r="N62" t="s">
+        <v>27</v>
+      </c>
+      <c r="O62" t="s">
+        <v>410</v>
+      </c>
+      <c r="P62" t="s">
+        <v>411</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
+      <c r="A63" t="s">
+        <v>412</v>
+      </c>
+      <c r="B63" t="s">
+        <v>413</v>
+      </c>
+      <c r="C63" t="s">
+        <v>241</v>
+      </c>
+      <c r="D63" t="s">
+        <v>414</v>
+      </c>
+      <c r="E63" t="s">
+        <v>184</v>
+      </c>
+      <c r="F63" t="s">
+        <v>42</v>
+      </c>
+      <c r="G63" t="s">
+        <v>71</v>
+      </c>
+      <c r="H63">
+        <v>2022</v>
+      </c>
+      <c r="I63"/>
+      <c r="J63" t="s">
+        <v>382</v>
+      </c>
+      <c r="K63" t="s">
+        <v>415</v>
+      </c>
+      <c r="L63" t="s">
+        <v>416</v>
+      </c>
+      <c r="M63" t="s">
+        <v>384</v>
+      </c>
+      <c r="N63" t="s">
+        <v>417</v>
+      </c>
+      <c r="O63" t="s">
+        <v>418</v>
+      </c>
+      <c r="P63" t="s">
+        <v>419</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16">
+      <c r="A64" t="s">
+        <v>420</v>
+      </c>
+      <c r="B64" t="s">
+        <v>421</v>
+      </c>
+      <c r="C64" t="s">
+        <v>241</v>
+      </c>
+      <c r="D64" t="s">
+        <v>422</v>
+      </c>
+      <c r="E64" t="s">
+        <v>184</v>
+      </c>
+      <c r="F64" t="s">
+        <v>42</v>
+      </c>
+      <c r="G64" t="s">
+        <v>71</v>
+      </c>
+      <c r="H64">
+        <v>2022</v>
+      </c>
+      <c r="I64"/>
+      <c r="J64" t="s">
+        <v>382</v>
+      </c>
+      <c r="K64" t="s">
+        <v>415</v>
+      </c>
+      <c r="L64" t="s">
+        <v>423</v>
+      </c>
+      <c r="M64" t="s">
+        <v>384</v>
+      </c>
+      <c r="N64" t="s">
+        <v>417</v>
+      </c>
+      <c r="O64" t="s">
+        <v>424</v>
+      </c>
+      <c r="P64" t="s">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16">
+      <c r="A65" t="s">
+        <v>426</v>
+      </c>
+      <c r="B65" t="s">
+        <v>427</v>
+      </c>
+      <c r="C65" t="s">
+        <v>241</v>
+      </c>
+      <c r="D65" t="s">
+        <v>249</v>
+      </c>
+      <c r="E65" t="s">
+        <v>184</v>
+      </c>
+      <c r="F65" t="s">
+        <v>42</v>
+      </c>
+      <c r="G65" t="s">
+        <v>71</v>
+      </c>
+      <c r="H65">
+        <v>2022</v>
+      </c>
+      <c r="I65"/>
+      <c r="J65" t="s">
+        <v>382</v>
+      </c>
+      <c r="K65" t="s">
+        <v>24</v>
+      </c>
+      <c r="L65" t="s">
+        <v>428</v>
+      </c>
+      <c r="M65" t="s">
+        <v>384</v>
+      </c>
+      <c r="N65" t="s">
+        <v>27</v>
+      </c>
+      <c r="O65" t="s">
+        <v>429</v>
+      </c>
+      <c r="P65" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="66" spans="1:16">
+      <c r="A66" t="s">
+        <v>431</v>
+      </c>
+      <c r="B66" t="s">
+        <v>432</v>
+      </c>
+      <c r="C66" t="s">
+        <v>241</v>
+      </c>
+      <c r="D66" t="s">
+        <v>433</v>
+      </c>
+      <c r="E66" t="s">
+        <v>184</v>
+      </c>
+      <c r="F66" t="s">
+        <v>42</v>
+      </c>
+      <c r="G66" t="s">
+        <v>71</v>
+      </c>
+      <c r="H66">
+        <v>2022</v>
+      </c>
+      <c r="I66"/>
+      <c r="J66" t="s">
+        <v>382</v>
+      </c>
+      <c r="K66" t="s">
+        <v>396</v>
+      </c>
+      <c r="L66" t="s">
+        <v>434</v>
+      </c>
+      <c r="M66" t="s">
+        <v>384</v>
+      </c>
+      <c r="N66" t="s">
+        <v>27</v>
+      </c>
+      <c r="O66" t="s">
+        <v>435</v>
+      </c>
+      <c r="P66" t="s">
+        <v>436</v>
+      </c>
+    </row>
+    <row r="67" spans="1:16">
+      <c r="A67" t="s">
+        <v>437</v>
+      </c>
+      <c r="B67" t="s">
+        <v>438</v>
+      </c>
+      <c r="C67" t="s">
+        <v>241</v>
+      </c>
+      <c r="D67" t="s">
+        <v>439</v>
+      </c>
+      <c r="E67" t="s">
+        <v>184</v>
+      </c>
+      <c r="F67" t="s">
+        <v>42</v>
+      </c>
+      <c r="G67" t="s">
+        <v>71</v>
+      </c>
+      <c r="H67">
+        <v>2022</v>
+      </c>
+      <c r="I67"/>
+      <c r="J67" t="s">
+        <v>382</v>
+      </c>
+      <c r="K67" t="s">
+        <v>24</v>
+      </c>
+      <c r="L67" t="s">
+        <v>440</v>
+      </c>
+      <c r="M67" t="s">
+        <v>384</v>
+      </c>
+      <c r="N67" t="s">
+        <v>27</v>
+      </c>
+      <c r="O67" t="s">
+        <v>441</v>
+      </c>
+      <c r="P67" t="s">
+        <v>442</v>
+      </c>
+    </row>
+    <row r="68" spans="1:16">
+      <c r="A68" t="s">
+        <v>443</v>
+      </c>
+      <c r="B68" t="s">
+        <v>444</v>
+      </c>
+      <c r="C68" t="s">
+        <v>160</v>
+      </c>
+      <c r="D68" t="s">
+        <v>89</v>
+      </c>
+      <c r="E68" t="s">
+        <v>20</v>
+      </c>
+      <c r="F68" t="s">
         <v>21</v>
       </c>
-      <c r="K55" t="s">
-[...16 lines deleted...]
-      <c r="B56" t="s">
+      <c r="G68" t="s">
+        <v>22</v>
+      </c>
+      <c r="H68">
+        <v>2016</v>
+      </c>
+      <c r="I68">
+        <v>2018</v>
+      </c>
+      <c r="J68" t="s">
+        <v>445</v>
+      </c>
+      <c r="K68" t="s">
+        <v>24</v>
+      </c>
+      <c r="L68" t="s">
+        <v>446</v>
+      </c>
+      <c r="M68" t="s">
+        <v>162</v>
+      </c>
+      <c r="N68" t="s">
+        <v>27</v>
+      </c>
+      <c r="O68" t="s">
+        <v>447</v>
+      </c>
+      <c r="P68" t="s">
+        <v>448</v>
+      </c>
+    </row>
+    <row r="69" spans="1:16">
+      <c r="A69" t="s">
+        <v>449</v>
+      </c>
+      <c r="B69" t="s">
+        <v>450</v>
+      </c>
+      <c r="C69" t="s">
+        <v>160</v>
+      </c>
+      <c r="D69" t="s">
+        <v>367</v>
+      </c>
+      <c r="E69" t="s">
+        <v>20</v>
+      </c>
+      <c r="F69" t="s">
+        <v>21</v>
+      </c>
+      <c r="G69" t="s">
+        <v>22</v>
+      </c>
+      <c r="H69">
+        <v>2016</v>
+      </c>
+      <c r="I69">
+        <v>2018</v>
+      </c>
+      <c r="J69" t="s">
+        <v>451</v>
+      </c>
+      <c r="K69" t="s">
+        <v>24</v>
+      </c>
+      <c r="L69" t="s">
+        <v>452</v>
+      </c>
+      <c r="M69" t="s">
+        <v>162</v>
+      </c>
+      <c r="N69" t="s">
+        <v>27</v>
+      </c>
+      <c r="O69" t="s">
+        <v>453</v>
+      </c>
+      <c r="P69" t="s">
+        <v>454</v>
+      </c>
+    </row>
+    <row r="70" spans="1:16">
+      <c r="A70" t="s">
+        <v>455</v>
+      </c>
+      <c r="B70" t="s">
+        <v>456</v>
+      </c>
+      <c r="C70" t="s">
+        <v>160</v>
+      </c>
+      <c r="D70" t="s">
+        <v>457</v>
+      </c>
+      <c r="E70" t="s">
+        <v>20</v>
+      </c>
+      <c r="F70" t="s">
+        <v>21</v>
+      </c>
+      <c r="G70" t="s">
+        <v>22</v>
+      </c>
+      <c r="H70">
+        <v>2016</v>
+      </c>
+      <c r="I70">
+        <v>2018</v>
+      </c>
+      <c r="J70" t="s">
+        <v>128</v>
+      </c>
+      <c r="K70" t="s">
+        <v>24</v>
+      </c>
+      <c r="L70"/>
+      <c r="M70" t="s">
+        <v>162</v>
+      </c>
+      <c r="N70" t="s">
+        <v>27</v>
+      </c>
+      <c r="O70" t="s">
+        <v>458</v>
+      </c>
+      <c r="P70" t="s">
+        <v>459</v>
+      </c>
+    </row>
+    <row r="71" spans="1:16">
+      <c r="A71" t="s">
+        <v>460</v>
+      </c>
+      <c r="B71" t="s">
+        <v>461</v>
+      </c>
+      <c r="C71" t="s">
+        <v>160</v>
+      </c>
+      <c r="D71" t="s">
+        <v>53</v>
+      </c>
+      <c r="E71" t="s">
+        <v>20</v>
+      </c>
+      <c r="F71" t="s">
+        <v>21</v>
+      </c>
+      <c r="G71" t="s">
+        <v>22</v>
+      </c>
+      <c r="H71">
+        <v>2016</v>
+      </c>
+      <c r="I71">
+        <v>2019</v>
+      </c>
+      <c r="J71" t="s">
+        <v>128</v>
+      </c>
+      <c r="K71" t="s">
+        <v>24</v>
+      </c>
+      <c r="L71"/>
+      <c r="M71" t="s">
+        <v>162</v>
+      </c>
+      <c r="N71" t="s">
+        <v>27</v>
+      </c>
+      <c r="O71" t="s">
+        <v>462</v>
+      </c>
+      <c r="P71" t="s">
+        <v>463</v>
+      </c>
+    </row>
+    <row r="72" spans="1:16">
+      <c r="A72" t="s">
+        <v>464</v>
+      </c>
+      <c r="B72" t="s">
+        <v>465</v>
+      </c>
+      <c r="C72" t="s">
+        <v>160</v>
+      </c>
+      <c r="D72" t="s">
+        <v>116</v>
+      </c>
+      <c r="E72" t="s">
+        <v>20</v>
+      </c>
+      <c r="F72" t="s">
+        <v>118</v>
+      </c>
+      <c r="G72" t="s">
+        <v>71</v>
+      </c>
+      <c r="H72">
+        <v>2021</v>
+      </c>
+      <c r="I72"/>
+      <c r="J72" t="s">
+        <v>466</v>
+      </c>
+      <c r="K72" t="s">
+        <v>129</v>
+      </c>
+      <c r="L72" t="s">
+        <v>467</v>
+      </c>
+      <c r="M72" t="s">
+        <v>162</v>
+      </c>
+      <c r="N72" t="s">
+        <v>122</v>
+      </c>
+      <c r="O72" t="s">
+        <v>468</v>
+      </c>
+      <c r="P72" t="s">
+        <v>469</v>
+      </c>
+    </row>
+    <row r="73" spans="1:16">
+      <c r="A73" t="s">
+        <v>470</v>
+      </c>
+      <c r="B73" t="s">
+        <v>471</v>
+      </c>
+      <c r="C73" t="s">
+        <v>190</v>
+      </c>
+      <c r="D73" t="s">
+        <v>89</v>
+      </c>
+      <c r="E73" t="s">
+        <v>20</v>
+      </c>
+      <c r="F73" t="s">
+        <v>21</v>
+      </c>
+      <c r="G73" t="s">
+        <v>71</v>
+      </c>
+      <c r="H73">
+        <v>2017</v>
+      </c>
+      <c r="I73"/>
+      <c r="J73" t="s">
+        <v>128</v>
+      </c>
+      <c r="K73" t="s">
+        <v>24</v>
+      </c>
+      <c r="L73"/>
+      <c r="M73" t="s">
+        <v>192</v>
+      </c>
+      <c r="N73" t="s">
+        <v>27</v>
+      </c>
+      <c r="O73" t="s">
+        <v>472</v>
+      </c>
+      <c r="P73" t="s">
+        <v>473</v>
+      </c>
+    </row>
+    <row r="74" spans="1:16">
+      <c r="A74" t="s">
+        <v>474</v>
+      </c>
+      <c r="B74" t="s">
+        <v>475</v>
+      </c>
+      <c r="C74" t="s">
+        <v>190</v>
+      </c>
+      <c r="D74" t="s">
+        <v>32</v>
+      </c>
+      <c r="E74" t="s">
+        <v>20</v>
+      </c>
+      <c r="F74" t="s">
+        <v>21</v>
+      </c>
+      <c r="G74" t="s">
+        <v>71</v>
+      </c>
+      <c r="H74">
+        <v>2022</v>
+      </c>
+      <c r="I74"/>
+      <c r="J74" t="s">
+        <v>476</v>
+      </c>
+      <c r="K74" t="s">
+        <v>24</v>
+      </c>
+      <c r="L74"/>
+      <c r="M74" t="s">
+        <v>192</v>
+      </c>
+      <c r="N74" t="s">
+        <v>27</v>
+      </c>
+      <c r="O74" t="s">
+        <v>477</v>
+      </c>
+      <c r="P74" t="s">
+        <v>478</v>
+      </c>
+    </row>
+    <row r="75" spans="1:16">
+      <c r="A75" t="s">
+        <v>479</v>
+      </c>
+      <c r="B75" t="s">
+        <v>480</v>
+      </c>
+      <c r="C75" t="s">
+        <v>190</v>
+      </c>
+      <c r="D75" t="s">
+        <v>137</v>
+      </c>
+      <c r="E75" t="s">
+        <v>20</v>
+      </c>
+      <c r="F75" t="s">
+        <v>210</v>
+      </c>
+      <c r="G75" t="s">
+        <v>71</v>
+      </c>
+      <c r="H75">
+        <v>2022</v>
+      </c>
+      <c r="I75"/>
+      <c r="J75" t="s">
+        <v>476</v>
+      </c>
+      <c r="K75" t="s">
+        <v>24</v>
+      </c>
+      <c r="L75"/>
+      <c r="M75" t="s">
+        <v>192</v>
+      </c>
+      <c r="N75" t="s">
+        <v>27</v>
+      </c>
+      <c r="O75" t="s">
+        <v>481</v>
+      </c>
+      <c r="P75" t="s">
+        <v>478</v>
+      </c>
+    </row>
+    <row r="76" spans="1:16">
+      <c r="A76" t="s">
+        <v>482</v>
+      </c>
+      <c r="B76" t="s">
+        <v>483</v>
+      </c>
+      <c r="C76" t="s">
+        <v>190</v>
+      </c>
+      <c r="D76" t="s">
+        <v>484</v>
+      </c>
+      <c r="E76" t="s">
+        <v>20</v>
+      </c>
+      <c r="F76" t="s">
+        <v>146</v>
+      </c>
+      <c r="G76" t="s">
+        <v>22</v>
+      </c>
+      <c r="H76">
+        <v>2005</v>
+      </c>
+      <c r="I76">
+        <v>2008</v>
+      </c>
+      <c r="J76" t="s">
+        <v>101</v>
+      </c>
+      <c r="K76" t="s">
+        <v>24</v>
+      </c>
+      <c r="L76" t="s">
+        <v>485</v>
+      </c>
+      <c r="M76" t="s">
+        <v>192</v>
+      </c>
+      <c r="N76" t="s">
+        <v>27</v>
+      </c>
+      <c r="O76" t="s">
+        <v>486</v>
+      </c>
+      <c r="P76" t="s">
+        <v>487</v>
+      </c>
+    </row>
+    <row r="77" spans="1:16">
+      <c r="A77" t="s">
+        <v>488</v>
+      </c>
+      <c r="B77" t="s">
+        <v>489</v>
+      </c>
+      <c r="C77" t="s">
+        <v>190</v>
+      </c>
+      <c r="D77" t="s">
+        <v>32</v>
+      </c>
+      <c r="E77" t="s">
+        <v>20</v>
+      </c>
+      <c r="F77" t="s">
+        <v>146</v>
+      </c>
+      <c r="G77" t="s">
+        <v>71</v>
+      </c>
+      <c r="H77">
+        <v>2009</v>
+      </c>
+      <c r="I77"/>
+      <c r="J77" t="s">
+        <v>101</v>
+      </c>
+      <c r="K77" t="s">
+        <v>24</v>
+      </c>
+      <c r="L77" t="s">
+        <v>490</v>
+      </c>
+      <c r="M77" t="s">
+        <v>192</v>
+      </c>
+      <c r="N77" t="s">
+        <v>27</v>
+      </c>
+      <c r="O77" t="s">
+        <v>491</v>
+      </c>
+      <c r="P77" t="s">
+        <v>492</v>
+      </c>
+    </row>
+    <row r="78" spans="1:16">
+      <c r="A78" t="s">
+        <v>493</v>
+      </c>
+      <c r="B78" t="s">
+        <v>494</v>
+      </c>
+      <c r="C78" t="s">
+        <v>145</v>
+      </c>
+      <c r="D78" t="s">
+        <v>32</v>
+      </c>
+      <c r="E78" t="s">
+        <v>20</v>
+      </c>
+      <c r="F78" t="s">
+        <v>21</v>
+      </c>
+      <c r="G78" t="s">
+        <v>22</v>
+      </c>
+      <c r="H78">
+        <v>2004</v>
+      </c>
+      <c r="I78">
+        <v>2010</v>
+      </c>
+      <c r="J78" t="s">
+        <v>34</v>
+      </c>
+      <c r="K78" t="s">
+        <v>24</v>
+      </c>
+      <c r="L78" t="s">
+        <v>495</v>
+      </c>
+      <c r="M78" t="s">
+        <v>147</v>
+      </c>
+      <c r="N78" t="s">
+        <v>27</v>
+      </c>
+      <c r="O78" t="s">
+        <v>496</v>
+      </c>
+      <c r="P78" t="s">
+        <v>497</v>
+      </c>
+    </row>
+    <row r="79" spans="1:16">
+      <c r="A79" t="s">
+        <v>493</v>
+      </c>
+      <c r="B79" t="s">
+        <v>498</v>
+      </c>
+      <c r="C79" t="s">
+        <v>145</v>
+      </c>
+      <c r="D79" t="s">
+        <v>499</v>
+      </c>
+      <c r="E79" t="s">
+        <v>20</v>
+      </c>
+      <c r="F79" t="s">
+        <v>146</v>
+      </c>
+      <c r="G79" t="s">
+        <v>22</v>
+      </c>
+      <c r="H79">
+        <v>2004</v>
+      </c>
+      <c r="I79">
+        <v>2010</v>
+      </c>
+      <c r="J79" t="s">
+        <v>335</v>
+      </c>
+      <c r="K79" t="s">
+        <v>24</v>
+      </c>
+      <c r="L79" t="s">
+        <v>495</v>
+      </c>
+      <c r="M79" t="s">
+        <v>147</v>
+      </c>
+      <c r="N79" t="s">
+        <v>27</v>
+      </c>
+      <c r="O79" t="s">
+        <v>500</v>
+      </c>
+      <c r="P79" t="s">
+        <v>501</v>
+      </c>
+    </row>
+    <row r="80" spans="1:16">
+      <c r="A80" t="s">
+        <v>502</v>
+      </c>
+      <c r="B80" t="s">
+        <v>503</v>
+      </c>
+      <c r="C80" t="s">
+        <v>145</v>
+      </c>
+      <c r="D80" t="s">
+        <v>53</v>
+      </c>
+      <c r="E80" t="s">
+        <v>20</v>
+      </c>
+      <c r="F80" t="s">
+        <v>42</v>
+      </c>
+      <c r="G80" t="s">
+        <v>22</v>
+      </c>
+      <c r="H80">
+        <v>2009</v>
+      </c>
+      <c r="I80">
+        <v>2012</v>
+      </c>
+      <c r="J80" t="s">
+        <v>34</v>
+      </c>
+      <c r="K80" t="s">
+        <v>24</v>
+      </c>
+      <c r="L80"/>
+      <c r="M80" t="s">
+        <v>147</v>
+      </c>
+      <c r="N80" t="s">
+        <v>27</v>
+      </c>
+      <c r="O80" t="s">
+        <v>504</v>
+      </c>
+      <c r="P80" t="s">
+        <v>505</v>
+      </c>
+    </row>
+    <row r="81" spans="1:16">
+      <c r="A81" t="s">
+        <v>502</v>
+      </c>
+      <c r="B81" t="s">
+        <v>506</v>
+      </c>
+      <c r="C81" t="s">
+        <v>145</v>
+      </c>
+      <c r="D81" t="s">
+        <v>53</v>
+      </c>
+      <c r="E81" t="s">
+        <v>20</v>
+      </c>
+      <c r="F81" t="s">
+        <v>21</v>
+      </c>
+      <c r="G81" t="s">
+        <v>22</v>
+      </c>
+      <c r="H81">
+        <v>2010</v>
+      </c>
+      <c r="I81">
+        <v>2012</v>
+      </c>
+      <c r="J81" t="s">
+        <v>34</v>
+      </c>
+      <c r="K81" t="s">
+        <v>24</v>
+      </c>
+      <c r="L81" t="s">
+        <v>507</v>
+      </c>
+      <c r="M81" t="s">
+        <v>147</v>
+      </c>
+      <c r="N81" t="s">
+        <v>27</v>
+      </c>
+      <c r="O81" t="s">
+        <v>508</v>
+      </c>
+      <c r="P81" t="s">
+        <v>505</v>
+      </c>
+    </row>
+    <row r="82" spans="1:16">
+      <c r="A82" t="s">
+        <v>509</v>
+      </c>
+      <c r="B82" t="s">
+        <v>510</v>
+      </c>
+      <c r="C82" t="s">
+        <v>190</v>
+      </c>
+      <c r="D82" t="s">
+        <v>168</v>
+      </c>
+      <c r="E82" t="s">
+        <v>20</v>
+      </c>
+      <c r="F82" t="s">
+        <v>21</v>
+      </c>
+      <c r="G82" t="s">
+        <v>71</v>
+      </c>
+      <c r="H82">
+        <v>2022</v>
+      </c>
+      <c r="I82"/>
+      <c r="J82" t="s">
+        <v>476</v>
+      </c>
+      <c r="K82" t="s">
+        <v>24</v>
+      </c>
+      <c r="L82"/>
+      <c r="M82" t="s">
+        <v>192</v>
+      </c>
+      <c r="N82" t="s">
+        <v>27</v>
+      </c>
+      <c r="O82" t="s">
+        <v>511</v>
+      </c>
+      <c r="P82" t="s">
+        <v>478</v>
+      </c>
+    </row>
+    <row r="83" spans="1:16">
+      <c r="A83" t="s">
+        <v>512</v>
+      </c>
+      <c r="B83" t="s">
+        <v>513</v>
+      </c>
+      <c r="C83" t="s">
+        <v>190</v>
+      </c>
+      <c r="D83" t="s">
+        <v>514</v>
+      </c>
+      <c r="E83" t="s">
+        <v>20</v>
+      </c>
+      <c r="F83" t="s">
+        <v>21</v>
+      </c>
+      <c r="G83" t="s">
+        <v>71</v>
+      </c>
+      <c r="H83">
+        <v>2022</v>
+      </c>
+      <c r="I83"/>
+      <c r="J83" t="s">
+        <v>476</v>
+      </c>
+      <c r="K83" t="s">
+        <v>24</v>
+      </c>
+      <c r="L83"/>
+      <c r="M83" t="s">
+        <v>192</v>
+      </c>
+      <c r="N83" t="s">
+        <v>27</v>
+      </c>
+      <c r="O83" t="s">
+        <v>515</v>
+      </c>
+      <c r="P83" t="s">
+        <v>478</v>
+      </c>
+    </row>
+    <row r="84" spans="1:16">
+      <c r="A84" t="s">
+        <v>516</v>
+      </c>
+      <c r="B84" t="s">
+        <v>517</v>
+      </c>
+      <c r="C84" t="s">
+        <v>190</v>
+      </c>
+      <c r="D84" t="s">
+        <v>518</v>
+      </c>
+      <c r="E84" t="s">
+        <v>20</v>
+      </c>
+      <c r="F84" t="s">
+        <v>21</v>
+      </c>
+      <c r="G84" t="s">
+        <v>71</v>
+      </c>
+      <c r="H84">
+        <v>2022</v>
+      </c>
+      <c r="I84"/>
+      <c r="J84" t="s">
+        <v>476</v>
+      </c>
+      <c r="K84" t="s">
+        <v>24</v>
+      </c>
+      <c r="L84"/>
+      <c r="M84" t="s">
+        <v>192</v>
+      </c>
+      <c r="N84" t="s">
+        <v>27</v>
+      </c>
+      <c r="O84" t="s">
+        <v>519</v>
+      </c>
+      <c r="P84" t="s">
+        <v>478</v>
+      </c>
+    </row>
+    <row r="85" spans="1:16">
+      <c r="A85" t="s">
+        <v>520</v>
+      </c>
+      <c r="B85" t="s">
+        <v>521</v>
+      </c>
+      <c r="C85" t="s">
+        <v>190</v>
+      </c>
+      <c r="D85" t="s">
+        <v>522</v>
+      </c>
+      <c r="E85" t="s">
+        <v>20</v>
+      </c>
+      <c r="F85" t="s">
+        <v>21</v>
+      </c>
+      <c r="G85" t="s">
+        <v>71</v>
+      </c>
+      <c r="H85">
+        <v>2022</v>
+      </c>
+      <c r="I85"/>
+      <c r="J85" t="s">
+        <v>476</v>
+      </c>
+      <c r="K85" t="s">
+        <v>24</v>
+      </c>
+      <c r="L85"/>
+      <c r="M85" t="s">
+        <v>192</v>
+      </c>
+      <c r="N85" t="s">
+        <v>27</v>
+      </c>
+      <c r="O85" t="s">
+        <v>523</v>
+      </c>
+      <c r="P85" t="s">
+        <v>478</v>
+      </c>
+    </row>
+    <row r="86" spans="1:16">
+      <c r="A86" t="s">
+        <v>524</v>
+      </c>
+      <c r="B86" t="s">
+        <v>525</v>
+      </c>
+      <c r="C86" t="s">
+        <v>190</v>
+      </c>
+      <c r="D86" t="s">
+        <v>526</v>
+      </c>
+      <c r="E86" t="s">
+        <v>20</v>
+      </c>
+      <c r="F86" t="s">
+        <v>21</v>
+      </c>
+      <c r="G86" t="s">
+        <v>71</v>
+      </c>
+      <c r="H86"/>
+      <c r="I86"/>
+      <c r="J86" t="s">
+        <v>527</v>
+      </c>
+      <c r="K86" t="s">
+        <v>24</v>
+      </c>
+      <c r="L86"/>
+      <c r="M86" t="s">
+        <v>192</v>
+      </c>
+      <c r="N86" t="s">
+        <v>27</v>
+      </c>
+      <c r="O86" t="s">
+        <v>528</v>
+      </c>
+      <c r="P86" t="s">
+        <v>478</v>
+      </c>
+    </row>
+    <row r="87" spans="1:16">
+      <c r="A87" t="s">
+        <v>529</v>
+      </c>
+      <c r="B87" t="s">
+        <v>530</v>
+      </c>
+      <c r="C87" t="s">
+        <v>190</v>
+      </c>
+      <c r="D87" t="s">
+        <v>531</v>
+      </c>
+      <c r="E87" t="s">
+        <v>20</v>
+      </c>
+      <c r="F87" t="s">
+        <v>21</v>
+      </c>
+      <c r="G87" t="s">
+        <v>71</v>
+      </c>
+      <c r="H87">
+        <v>2022</v>
+      </c>
+      <c r="I87"/>
+      <c r="J87" t="s">
+        <v>527</v>
+      </c>
+      <c r="K87" t="s">
+        <v>24</v>
+      </c>
+      <c r="L87"/>
+      <c r="M87" t="s">
+        <v>192</v>
+      </c>
+      <c r="N87" t="s">
+        <v>27</v>
+      </c>
+      <c r="O87" t="s">
+        <v>532</v>
+      </c>
+      <c r="P87" t="s">
+        <v>478</v>
+      </c>
+    </row>
+    <row r="88" spans="1:16">
+      <c r="A88" t="s">
+        <v>533</v>
+      </c>
+      <c r="B88" t="s">
+        <v>534</v>
+      </c>
+      <c r="C88" t="s">
+        <v>190</v>
+      </c>
+      <c r="D88" t="s">
+        <v>272</v>
+      </c>
+      <c r="E88" t="s">
+        <v>20</v>
+      </c>
+      <c r="F88" t="s">
+        <v>21</v>
+      </c>
+      <c r="G88" t="s">
+        <v>71</v>
+      </c>
+      <c r="H88">
+        <v>2022</v>
+      </c>
+      <c r="I88"/>
+      <c r="J88" t="s">
+        <v>527</v>
+      </c>
+      <c r="K88" t="s">
+        <v>24</v>
+      </c>
+      <c r="L88"/>
+      <c r="M88" t="s">
+        <v>192</v>
+      </c>
+      <c r="N88" t="s">
+        <v>27</v>
+      </c>
+      <c r="O88" t="s">
+        <v>535</v>
+      </c>
+      <c r="P88" t="s">
+        <v>478</v>
+      </c>
+    </row>
+    <row r="89" spans="1:16">
+      <c r="A89" t="s">
+        <v>536</v>
+      </c>
+      <c r="B89" t="s">
+        <v>537</v>
+      </c>
+      <c r="C89" t="s">
+        <v>190</v>
+      </c>
+      <c r="D89" t="s">
+        <v>538</v>
+      </c>
+      <c r="E89" t="s">
+        <v>20</v>
+      </c>
+      <c r="F89" t="s">
+        <v>21</v>
+      </c>
+      <c r="G89" t="s">
+        <v>71</v>
+      </c>
+      <c r="H89">
+        <v>2022</v>
+      </c>
+      <c r="I89"/>
+      <c r="J89" t="s">
+        <v>476</v>
+      </c>
+      <c r="K89" t="s">
+        <v>24</v>
+      </c>
+      <c r="L89"/>
+      <c r="M89" t="s">
+        <v>192</v>
+      </c>
+      <c r="N89" t="s">
+        <v>27</v>
+      </c>
+      <c r="O89" t="s">
+        <v>539</v>
+      </c>
+      <c r="P89" t="s">
+        <v>478</v>
+      </c>
+    </row>
+    <row r="90" spans="1:16">
+      <c r="A90" t="s">
+        <v>540</v>
+      </c>
+      <c r="B90" t="s">
+        <v>541</v>
+      </c>
+      <c r="C90" t="s">
+        <v>190</v>
+      </c>
+      <c r="D90" t="s">
+        <v>542</v>
+      </c>
+      <c r="E90" t="s">
+        <v>20</v>
+      </c>
+      <c r="F90" t="s">
+        <v>21</v>
+      </c>
+      <c r="G90" t="s">
+        <v>71</v>
+      </c>
+      <c r="H90">
+        <v>2022</v>
+      </c>
+      <c r="I90"/>
+      <c r="J90" t="s">
+        <v>476</v>
+      </c>
+      <c r="K90" t="s">
+        <v>24</v>
+      </c>
+      <c r="L90"/>
+      <c r="M90" t="s">
+        <v>192</v>
+      </c>
+      <c r="N90" t="s">
+        <v>27</v>
+      </c>
+      <c r="O90" t="s">
+        <v>543</v>
+      </c>
+      <c r="P90" t="s">
+        <v>478</v>
+      </c>
+    </row>
+    <row r="91" spans="1:16">
+      <c r="A91" t="s">
+        <v>544</v>
+      </c>
+      <c r="B91" t="s">
+        <v>545</v>
+      </c>
+      <c r="C91" t="s">
+        <v>190</v>
+      </c>
+      <c r="D91" t="s">
+        <v>546</v>
+      </c>
+      <c r="E91" t="s">
+        <v>20</v>
+      </c>
+      <c r="F91" t="s">
+        <v>21</v>
+      </c>
+      <c r="G91" t="s">
+        <v>71</v>
+      </c>
+      <c r="H91">
+        <v>2022</v>
+      </c>
+      <c r="I91"/>
+      <c r="J91" t="s">
+        <v>476</v>
+      </c>
+      <c r="K91" t="s">
+        <v>24</v>
+      </c>
+      <c r="L91"/>
+      <c r="M91" t="s">
+        <v>192</v>
+      </c>
+      <c r="N91" t="s">
+        <v>27</v>
+      </c>
+      <c r="O91" t="s">
+        <v>547</v>
+      </c>
+      <c r="P91" t="s">
+        <v>478</v>
+      </c>
+    </row>
+    <row r="92" spans="1:16">
+      <c r="A92" t="s">
+        <v>548</v>
+      </c>
+      <c r="B92" t="s">
+        <v>549</v>
+      </c>
+      <c r="C92" t="s">
+        <v>190</v>
+      </c>
+      <c r="D92" t="s">
+        <v>233</v>
+      </c>
+      <c r="E92" t="s">
+        <v>20</v>
+      </c>
+      <c r="F92" t="s">
+        <v>21</v>
+      </c>
+      <c r="G92" t="s">
+        <v>71</v>
+      </c>
+      <c r="H92">
+        <v>2022</v>
+      </c>
+      <c r="I92"/>
+      <c r="J92" t="s">
+        <v>476</v>
+      </c>
+      <c r="K92" t="s">
+        <v>234</v>
+      </c>
+      <c r="L92"/>
+      <c r="M92" t="s">
+        <v>192</v>
+      </c>
+      <c r="N92" t="s">
+        <v>417</v>
+      </c>
+      <c r="O92" t="s">
+        <v>550</v>
+      </c>
+      <c r="P92" t="s">
+        <v>478</v>
+      </c>
+    </row>
+    <row r="93" spans="1:16">
+      <c r="A93" t="s">
+        <v>551</v>
+      </c>
+      <c r="B93" t="s">
+        <v>552</v>
+      </c>
+      <c r="C93" t="s">
+        <v>190</v>
+      </c>
+      <c r="D93" t="s">
+        <v>94</v>
+      </c>
+      <c r="E93" t="s">
+        <v>20</v>
+      </c>
+      <c r="F93" t="s">
+        <v>21</v>
+      </c>
+      <c r="G93" t="s">
+        <v>71</v>
+      </c>
+      <c r="H93">
+        <v>2022</v>
+      </c>
+      <c r="I93"/>
+      <c r="J93" t="s">
+        <v>476</v>
+      </c>
+      <c r="K93" t="s">
+        <v>24</v>
+      </c>
+      <c r="L93"/>
+      <c r="M93" t="s">
+        <v>192</v>
+      </c>
+      <c r="N93" t="s">
+        <v>27</v>
+      </c>
+      <c r="O93" t="s">
+        <v>553</v>
+      </c>
+      <c r="P93" t="s">
+        <v>478</v>
+      </c>
+    </row>
+    <row r="94" spans="1:16">
+      <c r="A94" t="s">
+        <v>554</v>
+      </c>
+      <c r="B94" t="s">
+        <v>555</v>
+      </c>
+      <c r="C94" t="s">
+        <v>190</v>
+      </c>
+      <c r="D94" t="s">
+        <v>556</v>
+      </c>
+      <c r="E94" t="s">
+        <v>20</v>
+      </c>
+      <c r="F94" t="s">
+        <v>21</v>
+      </c>
+      <c r="G94" t="s">
+        <v>71</v>
+      </c>
+      <c r="H94">
+        <v>2022</v>
+      </c>
+      <c r="I94"/>
+      <c r="J94" t="s">
+        <v>476</v>
+      </c>
+      <c r="K94" t="s">
+        <v>24</v>
+      </c>
+      <c r="L94"/>
+      <c r="M94" t="s">
+        <v>192</v>
+      </c>
+      <c r="N94" t="s">
+        <v>78</v>
+      </c>
+      <c r="O94" t="s">
+        <v>557</v>
+      </c>
+      <c r="P94" t="s">
+        <v>478</v>
+      </c>
+    </row>
+    <row r="95" spans="1:16">
+      <c r="A95" t="s">
+        <v>558</v>
+      </c>
+      <c r="B95" t="s">
+        <v>559</v>
+      </c>
+      <c r="C95" t="s">
+        <v>190</v>
+      </c>
+      <c r="D95" t="s">
+        <v>560</v>
+      </c>
+      <c r="E95" t="s">
+        <v>20</v>
+      </c>
+      <c r="F95" t="s">
+        <v>21</v>
+      </c>
+      <c r="G95" t="s">
+        <v>71</v>
+      </c>
+      <c r="H95">
+        <v>2022</v>
+      </c>
+      <c r="I95"/>
+      <c r="J95" t="s">
+        <v>476</v>
+      </c>
+      <c r="K95" t="s">
+        <v>24</v>
+      </c>
+      <c r="L95"/>
+      <c r="M95" t="s">
+        <v>192</v>
+      </c>
+      <c r="N95" t="s">
+        <v>27</v>
+      </c>
+      <c r="O95" t="s">
+        <v>561</v>
+      </c>
+      <c r="P95" t="s">
+        <v>478</v>
+      </c>
+    </row>
+    <row r="96" spans="1:16">
+      <c r="A96" t="s">
+        <v>562</v>
+      </c>
+      <c r="B96" t="s">
+        <v>563</v>
+      </c>
+      <c r="C96" t="s">
+        <v>190</v>
+      </c>
+      <c r="D96" t="s">
+        <v>341</v>
+      </c>
+      <c r="E96" t="s">
+        <v>20</v>
+      </c>
+      <c r="F96" t="s">
+        <v>21</v>
+      </c>
+      <c r="G96" t="s">
+        <v>71</v>
+      </c>
+      <c r="H96">
+        <v>2022</v>
+      </c>
+      <c r="I96"/>
+      <c r="J96" t="s">
+        <v>476</v>
+      </c>
+      <c r="K96" t="s">
+        <v>24</v>
+      </c>
+      <c r="L96"/>
+      <c r="M96" t="s">
+        <v>192</v>
+      </c>
+      <c r="N96" t="s">
+        <v>27</v>
+      </c>
+      <c r="O96" t="s">
+        <v>564</v>
+      </c>
+      <c r="P96" t="s">
+        <v>478</v>
+      </c>
+    </row>
+    <row r="97" spans="1:16">
+      <c r="A97" t="s">
+        <v>565</v>
+      </c>
+      <c r="B97" t="s">
+        <v>566</v>
+      </c>
+      <c r="C97" t="s">
+        <v>190</v>
+      </c>
+      <c r="D97" t="s">
+        <v>76</v>
+      </c>
+      <c r="E97" t="s">
+        <v>20</v>
+      </c>
+      <c r="F97" t="s">
+        <v>21</v>
+      </c>
+      <c r="G97" t="s">
+        <v>71</v>
+      </c>
+      <c r="H97">
+        <v>2022</v>
+      </c>
+      <c r="I97"/>
+      <c r="J97" t="s">
+        <v>476</v>
+      </c>
+      <c r="K97" t="s">
+        <v>24</v>
+      </c>
+      <c r="L97"/>
+      <c r="M97" t="s">
+        <v>192</v>
+      </c>
+      <c r="N97" t="s">
+        <v>27</v>
+      </c>
+      <c r="O97" t="s">
+        <v>567</v>
+      </c>
+      <c r="P97" t="s">
+        <v>478</v>
+      </c>
+    </row>
+    <row r="98" spans="1:16">
+      <c r="A98" t="s">
+        <v>568</v>
+      </c>
+      <c r="B98" t="s">
+        <v>569</v>
+      </c>
+      <c r="C98" t="s">
+        <v>190</v>
+      </c>
+      <c r="D98" t="s">
+        <v>570</v>
+      </c>
+      <c r="E98" t="s">
+        <v>20</v>
+      </c>
+      <c r="F98" t="s">
+        <v>21</v>
+      </c>
+      <c r="G98" t="s">
+        <v>71</v>
+      </c>
+      <c r="H98">
+        <v>2022</v>
+      </c>
+      <c r="I98"/>
+      <c r="J98" t="s">
+        <v>476</v>
+      </c>
+      <c r="K98" t="s">
+        <v>24</v>
+      </c>
+      <c r="L98"/>
+      <c r="M98" t="s">
+        <v>192</v>
+      </c>
+      <c r="N98" t="s">
+        <v>27</v>
+      </c>
+      <c r="O98" t="s">
+        <v>571</v>
+      </c>
+      <c r="P98" t="s">
+        <v>478</v>
+      </c>
+    </row>
+    <row r="99" spans="1:16">
+      <c r="A99" t="s">
+        <v>572</v>
+      </c>
+      <c r="B99" t="s">
+        <v>573</v>
+      </c>
+      <c r="C99" t="s">
+        <v>190</v>
+      </c>
+      <c r="D99" t="s">
+        <v>574</v>
+      </c>
+      <c r="E99" t="s">
+        <v>184</v>
+      </c>
+      <c r="F99" t="s">
+        <v>21</v>
+      </c>
+      <c r="G99" t="s">
+        <v>71</v>
+      </c>
+      <c r="H99">
+        <v>2022</v>
+      </c>
+      <c r="I99"/>
+      <c r="J99" t="s">
+        <v>476</v>
+      </c>
+      <c r="K99" t="s">
+        <v>212</v>
+      </c>
+      <c r="L99"/>
+      <c r="M99" t="s">
+        <v>192</v>
+      </c>
+      <c r="N99" t="s">
+        <v>122</v>
+      </c>
+      <c r="O99" t="s">
+        <v>575</v>
+      </c>
+      <c r="P99" t="s">
+        <v>478</v>
+      </c>
+    </row>
+    <row r="100" spans="1:16">
+      <c r="A100" t="s">
+        <v>576</v>
+      </c>
+      <c r="B100" t="s">
+        <v>374</v>
+      </c>
+      <c r="C100" t="s">
+        <v>577</v>
+      </c>
+      <c r="D100" t="s">
+        <v>578</v>
+      </c>
+      <c r="E100" t="s">
+        <v>20</v>
+      </c>
+      <c r="F100" t="s">
+        <v>118</v>
+      </c>
+      <c r="G100" t="s">
+        <v>71</v>
+      </c>
+      <c r="H100">
+        <v>2022</v>
+      </c>
+      <c r="I100"/>
+      <c r="J100" t="s">
+        <v>579</v>
+      </c>
+      <c r="K100" t="s">
+        <v>129</v>
+      </c>
+      <c r="L100" t="s">
+        <v>130</v>
+      </c>
+      <c r="M100" t="s">
+        <v>580</v>
+      </c>
+      <c r="N100" t="s">
+        <v>122</v>
+      </c>
+      <c r="O100" t="s">
+        <v>581</v>
+      </c>
+      <c r="P100" t="s">
+        <v>582</v>
+      </c>
+    </row>
+    <row r="101" spans="1:16">
+      <c r="A101" t="s">
+        <v>583</v>
+      </c>
+      <c r="B101" t="s">
+        <v>114</v>
+      </c>
+      <c r="C101" t="s">
+        <v>584</v>
+      </c>
+      <c r="D101" t="s">
+        <v>116</v>
+      </c>
+      <c r="E101" t="s">
+        <v>117</v>
+      </c>
+      <c r="F101" t="s">
+        <v>118</v>
+      </c>
+      <c r="G101" t="s">
+        <v>71</v>
+      </c>
+      <c r="H101">
+        <v>2022</v>
+      </c>
+      <c r="I101"/>
+      <c r="J101" t="s">
+        <v>585</v>
+      </c>
+      <c r="K101" t="s">
+        <v>24</v>
+      </c>
+      <c r="L101" t="s">
+        <v>120</v>
+      </c>
+      <c r="M101" t="s">
+        <v>586</v>
+      </c>
+      <c r="N101" t="s">
+        <v>122</v>
+      </c>
+      <c r="O101" t="s">
+        <v>587</v>
+      </c>
+      <c r="P101" t="s">
+        <v>588</v>
+      </c>
+    </row>
+    <row r="102" spans="1:16">
+      <c r="A102" t="s">
+        <v>589</v>
+      </c>
+      <c r="B102" t="s">
+        <v>114</v>
+      </c>
+      <c r="C102" t="s">
+        <v>584</v>
+      </c>
+      <c r="D102" t="s">
+        <v>116</v>
+      </c>
+      <c r="E102" t="s">
+        <v>20</v>
+      </c>
+      <c r="F102" t="s">
+        <v>118</v>
+      </c>
+      <c r="G102" t="s">
+        <v>71</v>
+      </c>
+      <c r="H102">
+        <v>2022</v>
+      </c>
+      <c r="I102"/>
+      <c r="J102" t="s">
+        <v>585</v>
+      </c>
+      <c r="K102" t="s">
+        <v>24</v>
+      </c>
+      <c r="L102" t="s">
+        <v>590</v>
+      </c>
+      <c r="M102" t="s">
+        <v>586</v>
+      </c>
+      <c r="N102" t="s">
+        <v>122</v>
+      </c>
+      <c r="O102" t="s">
+        <v>591</v>
+      </c>
+      <c r="P102" t="s">
+        <v>592</v>
+      </c>
+    </row>
+    <row r="103" spans="1:16">
+      <c r="A103" t="s">
+        <v>593</v>
+      </c>
+      <c r="B103" t="s">
+        <v>594</v>
+      </c>
+      <c r="C103" t="s">
+        <v>595</v>
+      </c>
+      <c r="D103" t="s">
+        <v>161</v>
+      </c>
+      <c r="E103" t="s">
+        <v>184</v>
+      </c>
+      <c r="F103" t="s">
+        <v>146</v>
+      </c>
+      <c r="G103" t="s">
+        <v>71</v>
+      </c>
+      <c r="H103">
+        <v>2015</v>
+      </c>
+      <c r="I103"/>
+      <c r="J103" t="s">
+        <v>34</v>
+      </c>
+      <c r="K103" t="s">
+        <v>24</v>
+      </c>
+      <c r="L103" t="s">
+        <v>596</v>
+      </c>
+      <c r="M103" t="s">
+        <v>597</v>
+      </c>
+      <c r="N103" t="s">
+        <v>27</v>
+      </c>
+      <c r="O103" t="s">
+        <v>598</v>
+      </c>
+      <c r="P103" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="104" spans="1:16">
+      <c r="A104" t="s">
+        <v>600</v>
+      </c>
+      <c r="B104" t="s">
+        <v>189</v>
+      </c>
+      <c r="C104" t="s">
+        <v>601</v>
+      </c>
+      <c r="D104" t="s">
+        <v>53</v>
+      </c>
+      <c r="E104" t="s">
+        <v>20</v>
+      </c>
+      <c r="F104" t="s">
+        <v>146</v>
+      </c>
+      <c r="G104" t="s">
+        <v>169</v>
+      </c>
+      <c r="H104"/>
+      <c r="I104"/>
+      <c r="J104" t="s">
+        <v>101</v>
+      </c>
+      <c r="K104" t="s">
+        <v>24</v>
+      </c>
+      <c r="L104"/>
+      <c r="M104" t="s">
+        <v>602</v>
+      </c>
+      <c r="N104" t="s">
+        <v>27</v>
+      </c>
+      <c r="O104" t="s">
+        <v>603</v>
+      </c>
+      <c r="P104" t="s">
+        <v>604</v>
+      </c>
+    </row>
+    <row r="105" spans="1:16">
+      <c r="A105" t="s">
+        <v>600</v>
+      </c>
+      <c r="B105" t="s">
+        <v>594</v>
+      </c>
+      <c r="C105" t="s">
+        <v>595</v>
+      </c>
+      <c r="D105" t="s">
+        <v>53</v>
+      </c>
+      <c r="E105" t="s">
+        <v>184</v>
+      </c>
+      <c r="F105" t="s">
+        <v>146</v>
+      </c>
+      <c r="G105" t="s">
+        <v>71</v>
+      </c>
+      <c r="H105">
+        <v>2015</v>
+      </c>
+      <c r="I105"/>
+      <c r="J105" t="s">
+        <v>34</v>
+      </c>
+      <c r="K105" t="s">
+        <v>24</v>
+      </c>
+      <c r="L105" t="s">
+        <v>596</v>
+      </c>
+      <c r="M105" t="s">
+        <v>597</v>
+      </c>
+      <c r="N105" t="s">
+        <v>27</v>
+      </c>
+      <c r="O105" t="s">
+        <v>605</v>
+      </c>
+      <c r="P105" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="106" spans="1:16">
+      <c r="A106" t="s">
+        <v>606</v>
+      </c>
+      <c r="B106" t="s">
+        <v>189</v>
+      </c>
+      <c r="C106" t="s">
+        <v>601</v>
+      </c>
+      <c r="D106" t="s">
+        <v>204</v>
+      </c>
+      <c r="E106" t="s">
+        <v>20</v>
+      </c>
+      <c r="F106" t="s">
+        <v>146</v>
+      </c>
+      <c r="G106" t="s">
+        <v>169</v>
+      </c>
+      <c r="H106"/>
+      <c r="I106"/>
+      <c r="J106" t="s">
+        <v>101</v>
+      </c>
+      <c r="K106" t="s">
+        <v>24</v>
+      </c>
+      <c r="L106"/>
+      <c r="M106" t="s">
+        <v>602</v>
+      </c>
+      <c r="N106" t="s">
+        <v>27</v>
+      </c>
+      <c r="O106" t="s">
+        <v>607</v>
+      </c>
+      <c r="P106" t="s">
+        <v>608</v>
+      </c>
+    </row>
+    <row r="107" spans="1:16">
+      <c r="A107" t="s">
+        <v>609</v>
+      </c>
+      <c r="B107" t="s">
+        <v>189</v>
+      </c>
+      <c r="C107" t="s">
+        <v>601</v>
+      </c>
+      <c r="D107" t="s">
+        <v>70</v>
+      </c>
+      <c r="E107" t="s">
+        <v>20</v>
+      </c>
+      <c r="F107" t="s">
+        <v>146</v>
+      </c>
+      <c r="G107" t="s">
+        <v>169</v>
+      </c>
+      <c r="H107"/>
+      <c r="I107"/>
+      <c r="J107" t="s">
+        <v>101</v>
+      </c>
+      <c r="K107" t="s">
+        <v>24</v>
+      </c>
+      <c r="L107"/>
+      <c r="M107" t="s">
+        <v>602</v>
+      </c>
+      <c r="N107" t="s">
+        <v>27</v>
+      </c>
+      <c r="O107" t="s">
+        <v>610</v>
+      </c>
+      <c r="P107" t="s">
+        <v>611</v>
+      </c>
+    </row>
+    <row r="108" spans="1:16">
+      <c r="A108" t="s">
+        <v>612</v>
+      </c>
+      <c r="B108" t="s">
+        <v>189</v>
+      </c>
+      <c r="C108" t="s">
+        <v>601</v>
+      </c>
+      <c r="D108" t="s">
+        <v>613</v>
+      </c>
+      <c r="E108" t="s">
+        <v>20</v>
+      </c>
+      <c r="F108" t="s">
+        <v>146</v>
+      </c>
+      <c r="G108" t="s">
+        <v>169</v>
+      </c>
+      <c r="H108"/>
+      <c r="I108"/>
+      <c r="J108" t="s">
+        <v>101</v>
+      </c>
+      <c r="K108" t="s">
+        <v>24</v>
+      </c>
+      <c r="L108"/>
+      <c r="M108" t="s">
+        <v>602</v>
+      </c>
+      <c r="N108" t="s">
+        <v>27</v>
+      </c>
+      <c r="O108" t="s">
+        <v>614</v>
+      </c>
+      <c r="P108" t="s">
+        <v>615</v>
+      </c>
+    </row>
+    <row r="109" spans="1:16">
+      <c r="A109" t="s">
+        <v>616</v>
+      </c>
+      <c r="B109" t="s">
+        <v>189</v>
+      </c>
+      <c r="C109" t="s">
+        <v>601</v>
+      </c>
+      <c r="D109" t="s">
+        <v>168</v>
+      </c>
+      <c r="E109" t="s">
+        <v>20</v>
+      </c>
+      <c r="F109" t="s">
+        <v>146</v>
+      </c>
+      <c r="G109" t="s">
+        <v>169</v>
+      </c>
+      <c r="H109"/>
+      <c r="I109"/>
+      <c r="J109" t="s">
+        <v>101</v>
+      </c>
+      <c r="K109" t="s">
+        <v>24</v>
+      </c>
+      <c r="L109"/>
+      <c r="M109" t="s">
+        <v>602</v>
+      </c>
+      <c r="N109" t="s">
+        <v>27</v>
+      </c>
+      <c r="O109" t="s">
+        <v>617</v>
+      </c>
+      <c r="P109" t="s">
+        <v>618</v>
+      </c>
+    </row>
+    <row r="110" spans="1:16">
+      <c r="A110" t="s">
+        <v>619</v>
+      </c>
+      <c r="B110" t="s">
+        <v>620</v>
+      </c>
+      <c r="C110" t="s">
+        <v>99</v>
+      </c>
+      <c r="D110" t="s">
+        <v>100</v>
+      </c>
+      <c r="E110" t="s">
+        <v>20</v>
+      </c>
+      <c r="F110" t="s">
+        <v>21</v>
+      </c>
+      <c r="G110" t="s">
+        <v>71</v>
+      </c>
+      <c r="H110">
+        <v>2010</v>
+      </c>
+      <c r="I110"/>
+      <c r="J110" t="s">
+        <v>101</v>
+      </c>
+      <c r="K110" t="s">
+        <v>24</v>
+      </c>
+      <c r="L110"/>
+      <c r="M110" t="s">
+        <v>102</v>
+      </c>
+      <c r="N110" t="s">
+        <v>27</v>
+      </c>
+      <c r="O110" t="s">
+        <v>621</v>
+      </c>
+      <c r="P110" t="s">
+        <v>622</v>
+      </c>
+    </row>
+    <row r="111" spans="1:16">
+      <c r="A111" t="s">
+        <v>623</v>
+      </c>
+      <c r="B111" t="s">
+        <v>189</v>
+      </c>
+      <c r="C111" t="s">
+        <v>624</v>
+      </c>
+      <c r="D111" t="s">
+        <v>625</v>
+      </c>
+      <c r="E111" t="s">
+        <v>117</v>
+      </c>
+      <c r="F111" t="s">
+        <v>21</v>
+      </c>
+      <c r="G111" t="s">
+        <v>169</v>
+      </c>
+      <c r="H111"/>
+      <c r="I111"/>
+      <c r="J111" t="s">
+        <v>101</v>
+      </c>
+      <c r="K111" t="s">
+        <v>24</v>
+      </c>
+      <c r="L111" t="s">
+        <v>626</v>
+      </c>
+      <c r="M111" t="s">
+        <v>627</v>
+      </c>
+      <c r="N111" t="s">
+        <v>27</v>
+      </c>
+      <c r="O111" t="s">
+        <v>628</v>
+      </c>
+      <c r="P111"/>
+    </row>
+    <row r="112" spans="1:16">
+      <c r="A112" t="s">
+        <v>623</v>
+      </c>
+      <c r="B112" t="s">
+        <v>629</v>
+      </c>
+      <c r="C112" t="s">
+        <v>595</v>
+      </c>
+      <c r="D112" t="s">
+        <v>204</v>
+      </c>
+      <c r="E112" t="s">
+        <v>184</v>
+      </c>
+      <c r="F112" t="s">
+        <v>21</v>
+      </c>
+      <c r="G112" t="s">
+        <v>169</v>
+      </c>
+      <c r="H112"/>
+      <c r="I112"/>
+      <c r="J112" t="s">
+        <v>34</v>
+      </c>
+      <c r="K112" t="s">
+        <v>24</v>
+      </c>
+      <c r="L112"/>
+      <c r="M112" t="s">
+        <v>597</v>
+      </c>
+      <c r="N112" t="s">
+        <v>27</v>
+      </c>
+      <c r="O112" t="s">
+        <v>630</v>
+      </c>
+      <c r="P112" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="113" spans="1:16">
+      <c r="A113" t="s">
+        <v>623</v>
+      </c>
+      <c r="B113" t="s">
+        <v>106</v>
+      </c>
+      <c r="C113" t="s">
+        <v>99</v>
+      </c>
+      <c r="D113" t="s">
+        <v>89</v>
+      </c>
+      <c r="E113" t="s">
+        <v>20</v>
+      </c>
+      <c r="F113" t="s">
+        <v>21</v>
+      </c>
+      <c r="G113" t="s">
+        <v>22</v>
+      </c>
+      <c r="H113">
+        <v>2010</v>
+      </c>
+      <c r="I113">
+        <v>2010</v>
+      </c>
+      <c r="J113" t="s">
+        <v>101</v>
+      </c>
+      <c r="K113" t="s">
+        <v>24</v>
+      </c>
+      <c r="L113"/>
+      <c r="M113" t="s">
+        <v>102</v>
+      </c>
+      <c r="N113" t="s">
+        <v>27</v>
+      </c>
+      <c r="O113" t="s">
+        <v>631</v>
+      </c>
+      <c r="P113" t="s">
+        <v>622</v>
+      </c>
+    </row>
+    <row r="114" spans="1:16">
+      <c r="A114" t="s">
+        <v>632</v>
+      </c>
+      <c r="B114" t="s">
+        <v>110</v>
+      </c>
+      <c r="C114" t="s">
+        <v>99</v>
+      </c>
+      <c r="D114" t="s">
+        <v>32</v>
+      </c>
+      <c r="E114" t="s">
+        <v>20</v>
+      </c>
+      <c r="F114" t="s">
+        <v>21</v>
+      </c>
+      <c r="G114" t="s">
+        <v>71</v>
+      </c>
+      <c r="H114">
+        <v>2010</v>
+      </c>
+      <c r="I114"/>
+      <c r="J114" t="s">
+        <v>101</v>
+      </c>
+      <c r="K114" t="s">
+        <v>24</v>
+      </c>
+      <c r="L114"/>
+      <c r="M114" t="s">
+        <v>102</v>
+      </c>
+      <c r="N114" t="s">
+        <v>27</v>
+      </c>
+      <c r="O114" t="s">
+        <v>633</v>
+      </c>
+      <c r="P114" t="s">
+        <v>622</v>
+      </c>
+    </row>
+    <row r="115" spans="1:16">
+      <c r="A115" t="s">
+        <v>634</v>
+      </c>
+      <c r="B115" t="s">
+        <v>635</v>
+      </c>
+      <c r="C115" t="s">
+        <v>636</v>
+      </c>
+      <c r="D115" t="s">
+        <v>637</v>
+      </c>
+      <c r="E115" t="s">
+        <v>117</v>
+      </c>
+      <c r="F115" t="s">
+        <v>21</v>
+      </c>
+      <c r="G115" t="s">
+        <v>169</v>
+      </c>
+      <c r="H115"/>
+      <c r="I115"/>
+      <c r="J115" t="s">
+        <v>34</v>
+      </c>
+      <c r="K115" t="s">
+        <v>24</v>
+      </c>
+      <c r="L115" t="s">
+        <v>638</v>
+      </c>
+      <c r="M115" t="s">
+        <v>639</v>
+      </c>
+      <c r="N115" t="s">
+        <v>27</v>
+      </c>
+      <c r="O115" t="s">
+        <v>640</v>
+      </c>
+      <c r="P115"/>
+    </row>
+    <row r="116" spans="1:16">
+      <c r="A116" t="s">
+        <v>641</v>
+      </c>
+      <c r="B116" t="s">
+        <v>642</v>
+      </c>
+      <c r="C116" t="s">
+        <v>127</v>
+      </c>
+      <c r="D116" t="s">
+        <v>643</v>
+      </c>
+      <c r="E116" t="s">
+        <v>20</v>
+      </c>
+      <c r="F116" t="s">
+        <v>21</v>
+      </c>
+      <c r="G116" t="s">
+        <v>71</v>
+      </c>
+      <c r="H116">
+        <v>2017</v>
+      </c>
+      <c r="I116"/>
+      <c r="J116" t="s">
+        <v>128</v>
+      </c>
+      <c r="K116" t="s">
+        <v>24</v>
+      </c>
+      <c r="L116"/>
+      <c r="M116" t="s">
+        <v>131</v>
+      </c>
+      <c r="N116" t="s">
+        <v>27</v>
+      </c>
+      <c r="O116" t="s">
+        <v>644</v>
+      </c>
+      <c r="P116" t="s">
+        <v>645</v>
+      </c>
+    </row>
+    <row r="117" spans="1:16">
+      <c r="A117" t="s">
+        <v>646</v>
+      </c>
+      <c r="B117" t="s">
+        <v>647</v>
+      </c>
+      <c r="C117" t="s">
+        <v>115</v>
+      </c>
+      <c r="D117" t="s">
+        <v>648</v>
+      </c>
+      <c r="E117" t="s">
+        <v>184</v>
+      </c>
+      <c r="F117" t="s">
+        <v>21</v>
+      </c>
+      <c r="G117" t="s">
+        <v>169</v>
+      </c>
+      <c r="H117"/>
+      <c r="I117"/>
+      <c r="J117" t="s">
+        <v>335</v>
+      </c>
+      <c r="K117" t="s">
+        <v>24</v>
+      </c>
+      <c r="L117"/>
+      <c r="M117" t="s">
+        <v>649</v>
+      </c>
+      <c r="N117" t="s">
+        <v>27</v>
+      </c>
+      <c r="O117" t="s">
+        <v>650</v>
+      </c>
+      <c r="P117"/>
+    </row>
+    <row r="118" spans="1:16">
+      <c r="A118" t="s">
+        <v>651</v>
+      </c>
+      <c r="B118" t="s">
+        <v>652</v>
+      </c>
+      <c r="C118" t="s">
+        <v>584</v>
+      </c>
+      <c r="D118" t="s">
+        <v>637</v>
+      </c>
+      <c r="E118" t="s">
+        <v>117</v>
+      </c>
+      <c r="F118" t="s">
+        <v>21</v>
+      </c>
+      <c r="G118" t="s">
+        <v>169</v>
+      </c>
+      <c r="H118"/>
+      <c r="I118"/>
+      <c r="J118" t="s">
+        <v>335</v>
+      </c>
+      <c r="K118" t="s">
+        <v>24</v>
+      </c>
+      <c r="L118" t="s">
+        <v>653</v>
+      </c>
+      <c r="M118" t="s">
+        <v>654</v>
+      </c>
+      <c r="N118" t="s">
+        <v>27</v>
+      </c>
+      <c r="O118" t="s">
+        <v>655</v>
+      </c>
+      <c r="P118"/>
+    </row>
+    <row r="119" spans="1:16">
+      <c r="A119" t="s">
+        <v>651</v>
+      </c>
+      <c r="B119" t="s">
+        <v>656</v>
+      </c>
+      <c r="C119" t="s">
+        <v>595</v>
+      </c>
+      <c r="D119" t="s">
+        <v>637</v>
+      </c>
+      <c r="E119" t="s">
+        <v>117</v>
+      </c>
+      <c r="F119" t="s">
+        <v>21</v>
+      </c>
+      <c r="G119" t="s">
+        <v>169</v>
+      </c>
+      <c r="H119"/>
+      <c r="I119"/>
+      <c r="J119" t="s">
+        <v>335</v>
+      </c>
+      <c r="K119" t="s">
+        <v>24</v>
+      </c>
+      <c r="L119" t="s">
+        <v>653</v>
+      </c>
+      <c r="M119"/>
+      <c r="N119" t="s">
+        <v>27</v>
+      </c>
+      <c r="O119" t="s">
+        <v>657</v>
+      </c>
+      <c r="P119"/>
+    </row>
+    <row r="120" spans="1:16">
+      <c r="A120" t="s">
+        <v>658</v>
+      </c>
+      <c r="B120" t="s">
+        <v>635</v>
+      </c>
+      <c r="C120" t="s">
+        <v>115</v>
+      </c>
+      <c r="D120" t="s">
+        <v>637</v>
+      </c>
+      <c r="E120" t="s">
+        <v>184</v>
+      </c>
+      <c r="F120" t="s">
+        <v>21</v>
+      </c>
+      <c r="G120" t="s">
+        <v>169</v>
+      </c>
+      <c r="H120"/>
+      <c r="I120"/>
+      <c r="J120" t="s">
+        <v>34</v>
+      </c>
+      <c r="K120" t="s">
+        <v>24</v>
+      </c>
+      <c r="L120" t="s">
+        <v>638</v>
+      </c>
+      <c r="M120" t="s">
+        <v>649</v>
+      </c>
+      <c r="N120" t="s">
+        <v>27</v>
+      </c>
+      <c r="O120" t="s">
+        <v>659</v>
+      </c>
+      <c r="P120"/>
+    </row>
+    <row r="121" spans="1:16">
+      <c r="A121" t="s">
+        <v>660</v>
+      </c>
+      <c r="B121" t="s">
+        <v>661</v>
+      </c>
+      <c r="C121" t="s">
+        <v>662</v>
+      </c>
+      <c r="D121" t="s">
+        <v>116</v>
+      </c>
+      <c r="E121" t="s">
+        <v>20</v>
+      </c>
+      <c r="F121" t="s">
+        <v>118</v>
+      </c>
+      <c r="G121" t="s">
+        <v>22</v>
+      </c>
+      <c r="H121">
+        <v>2019</v>
+      </c>
+      <c r="I121">
+        <v>2022</v>
+      </c>
+      <c r="J121" t="s">
+        <v>211</v>
+      </c>
+      <c r="K121" t="s">
+        <v>129</v>
+      </c>
+      <c r="L121" t="s">
+        <v>130</v>
+      </c>
+      <c r="M121" t="s">
+        <v>663</v>
+      </c>
+      <c r="N121" t="s">
+        <v>122</v>
+      </c>
+      <c r="O121" t="s">
+        <v>664</v>
+      </c>
+      <c r="P121" t="s">
+        <v>665</v>
+      </c>
+    </row>
+    <row r="122" spans="1:16">
+      <c r="A122" t="s">
+        <v>666</v>
+      </c>
+      <c r="B122" t="s">
+        <v>667</v>
+      </c>
+      <c r="C122" t="s">
+        <v>241</v>
+      </c>
+      <c r="D122" t="s">
+        <v>668</v>
+      </c>
+      <c r="E122" t="s">
+        <v>184</v>
+      </c>
+      <c r="F122" t="s">
+        <v>669</v>
+      </c>
+      <c r="G122" t="s">
+        <v>71</v>
+      </c>
+      <c r="H122">
+        <v>2018</v>
+      </c>
+      <c r="I122"/>
+      <c r="J122" t="s">
+        <v>211</v>
+      </c>
+      <c r="K122" t="s">
+        <v>396</v>
+      </c>
+      <c r="L122"/>
+      <c r="M122" t="s">
+        <v>384</v>
+      </c>
+      <c r="N122" t="s">
+        <v>27</v>
+      </c>
+      <c r="O122" t="s">
+        <v>670</v>
+      </c>
+      <c r="P122" t="s">
+        <v>671</v>
+      </c>
+    </row>
+    <row r="123" spans="1:16">
+      <c r="A123" t="s">
+        <v>672</v>
+      </c>
+      <c r="B123" t="s">
+        <v>673</v>
+      </c>
+      <c r="C123" t="s">
+        <v>241</v>
+      </c>
+      <c r="D123" t="s">
+        <v>674</v>
+      </c>
+      <c r="E123" t="s">
+        <v>184</v>
+      </c>
+      <c r="F123" t="s">
+        <v>669</v>
+      </c>
+      <c r="G123" t="s">
+        <v>71</v>
+      </c>
+      <c r="H123">
+        <v>2009</v>
+      </c>
+      <c r="I123"/>
+      <c r="J123" t="s">
+        <v>382</v>
+      </c>
+      <c r="K123" t="s">
+        <v>24</v>
+      </c>
+      <c r="L123"/>
+      <c r="M123" t="s">
+        <v>384</v>
+      </c>
+      <c r="N123" t="s">
+        <v>27</v>
+      </c>
+      <c r="O123" t="s">
+        <v>675</v>
+      </c>
+      <c r="P123" t="s">
+        <v>676</v>
+      </c>
+    </row>
+    <row r="124" spans="1:16">
+      <c r="A124" t="s">
+        <v>677</v>
+      </c>
+      <c r="B124" t="s">
+        <v>678</v>
+      </c>
+      <c r="C124" t="s">
+        <v>241</v>
+      </c>
+      <c r="D124" t="s">
+        <v>457</v>
+      </c>
+      <c r="E124" t="s">
+        <v>184</v>
+      </c>
+      <c r="F124" t="s">
+        <v>669</v>
+      </c>
+      <c r="G124" t="s">
+        <v>71</v>
+      </c>
+      <c r="H124">
+        <v>2015</v>
+      </c>
+      <c r="I124"/>
+      <c r="J124" t="s">
+        <v>382</v>
+      </c>
+      <c r="K124" t="s">
+        <v>24</v>
+      </c>
+      <c r="L124"/>
+      <c r="M124" t="s">
+        <v>384</v>
+      </c>
+      <c r="N124" t="s">
+        <v>27</v>
+      </c>
+      <c r="O124" t="s">
+        <v>679</v>
+      </c>
+      <c r="P124" t="s">
+        <v>680</v>
+      </c>
+    </row>
+    <row r="125" spans="1:16">
+      <c r="A125" t="s">
+        <v>681</v>
+      </c>
+      <c r="B125" t="s">
+        <v>682</v>
+      </c>
+      <c r="C125" t="s">
+        <v>241</v>
+      </c>
+      <c r="D125" t="s">
+        <v>683</v>
+      </c>
+      <c r="E125" t="s">
+        <v>184</v>
+      </c>
+      <c r="F125" t="s">
+        <v>669</v>
+      </c>
+      <c r="G125" t="s">
+        <v>71</v>
+      </c>
+      <c r="H125">
+        <v>2009</v>
+      </c>
+      <c r="I125"/>
+      <c r="J125" t="s">
+        <v>382</v>
+      </c>
+      <c r="K125" t="s">
+        <v>24</v>
+      </c>
+      <c r="L125"/>
+      <c r="M125" t="s">
+        <v>384</v>
+      </c>
+      <c r="N125" t="s">
+        <v>27</v>
+      </c>
+      <c r="O125" t="s">
+        <v>684</v>
+      </c>
+      <c r="P125" t="s">
+        <v>685</v>
+      </c>
+    </row>
+    <row r="126" spans="1:16">
+      <c r="A126" t="s">
+        <v>686</v>
+      </c>
+      <c r="B126" t="s">
+        <v>687</v>
+      </c>
+      <c r="C126" t="s">
+        <v>241</v>
+      </c>
+      <c r="D126" t="s">
+        <v>518</v>
+      </c>
+      <c r="E126" t="s">
+        <v>184</v>
+      </c>
+      <c r="F126" t="s">
+        <v>669</v>
+      </c>
+      <c r="G126" t="s">
+        <v>71</v>
+      </c>
+      <c r="H126">
+        <v>2009</v>
+      </c>
+      <c r="I126"/>
+      <c r="J126" t="s">
+        <v>211</v>
+      </c>
+      <c r="K126" t="s">
+        <v>24</v>
+      </c>
+      <c r="L126"/>
+      <c r="M126" t="s">
+        <v>384</v>
+      </c>
+      <c r="N126" t="s">
+        <v>27</v>
+      </c>
+      <c r="O126" t="s">
+        <v>688</v>
+      </c>
+      <c r="P126" t="s">
+        <v>689</v>
+      </c>
+    </row>
+    <row r="127" spans="1:16">
+      <c r="A127" t="s">
+        <v>690</v>
+      </c>
+      <c r="B127" t="s">
+        <v>691</v>
+      </c>
+      <c r="C127" t="s">
+        <v>241</v>
+      </c>
+      <c r="D127" t="s">
+        <v>692</v>
+      </c>
+      <c r="E127" t="s">
+        <v>184</v>
+      </c>
+      <c r="F127" t="s">
+        <v>669</v>
+      </c>
+      <c r="G127" t="s">
+        <v>71</v>
+      </c>
+      <c r="H127">
+        <v>2015</v>
+      </c>
+      <c r="I127"/>
+      <c r="J127" t="s">
+        <v>382</v>
+      </c>
+      <c r="K127" t="s">
+        <v>24</v>
+      </c>
+      <c r="L127"/>
+      <c r="M127" t="s">
+        <v>693</v>
+      </c>
+      <c r="N127" t="s">
+        <v>27</v>
+      </c>
+      <c r="O127" t="s">
+        <v>694</v>
+      </c>
+      <c r="P127" t="s">
+        <v>695</v>
+      </c>
+    </row>
+    <row r="128" spans="1:16">
+      <c r="A128" t="s">
+        <v>696</v>
+      </c>
+      <c r="B128" t="s">
+        <v>697</v>
+      </c>
+      <c r="C128" t="s">
+        <v>241</v>
+      </c>
+      <c r="D128" t="s">
+        <v>89</v>
+      </c>
+      <c r="E128" t="s">
+        <v>184</v>
+      </c>
+      <c r="F128" t="s">
+        <v>21</v>
+      </c>
+      <c r="G128" t="s">
+        <v>71</v>
+      </c>
+      <c r="H128">
+        <v>2015</v>
+      </c>
+      <c r="I128"/>
+      <c r="J128" t="s">
+        <v>382</v>
+      </c>
+      <c r="K128" t="s">
+        <v>24</v>
+      </c>
+      <c r="L128"/>
+      <c r="M128" t="s">
+        <v>384</v>
+      </c>
+      <c r="N128" t="s">
+        <v>27</v>
+      </c>
+      <c r="O128" t="s">
+        <v>698</v>
+      </c>
+      <c r="P128" t="s">
+        <v>699</v>
+      </c>
+    </row>
+    <row r="129" spans="1:16">
+      <c r="A129" t="s">
+        <v>700</v>
+      </c>
+      <c r="B129" t="s">
+        <v>701</v>
+      </c>
+      <c r="C129" t="s">
+        <v>241</v>
+      </c>
+      <c r="D129" t="s">
+        <v>692</v>
+      </c>
+      <c r="E129" t="s">
+        <v>184</v>
+      </c>
+      <c r="F129" t="s">
+        <v>669</v>
+      </c>
+      <c r="G129" t="s">
+        <v>71</v>
+      </c>
+      <c r="H129">
+        <v>2015</v>
+      </c>
+      <c r="I129"/>
+      <c r="J129" t="s">
+        <v>382</v>
+      </c>
+      <c r="K129" t="s">
+        <v>24</v>
+      </c>
+      <c r="L129"/>
+      <c r="M129" t="s">
+        <v>384</v>
+      </c>
+      <c r="N129" t="s">
+        <v>27</v>
+      </c>
+      <c r="O129" t="s">
+        <v>702</v>
+      </c>
+      <c r="P129" t="s">
+        <v>703</v>
+      </c>
+    </row>
+    <row r="130" spans="1:16">
+      <c r="A130" t="s">
+        <v>704</v>
+      </c>
+      <c r="B130" t="s">
+        <v>705</v>
+      </c>
+      <c r="C130" t="s">
+        <v>241</v>
+      </c>
+      <c r="D130" t="s">
+        <v>706</v>
+      </c>
+      <c r="E130" t="s">
+        <v>184</v>
+      </c>
+      <c r="F130" t="s">
+        <v>669</v>
+      </c>
+      <c r="G130" t="s">
+        <v>71</v>
+      </c>
+      <c r="H130">
+        <v>2015</v>
+      </c>
+      <c r="I130"/>
+      <c r="J130" t="s">
+        <v>382</v>
+      </c>
+      <c r="K130" t="s">
+        <v>24</v>
+      </c>
+      <c r="L130"/>
+      <c r="M130" t="s">
+        <v>384</v>
+      </c>
+      <c r="N130" t="s">
+        <v>27</v>
+      </c>
+      <c r="O130" t="s">
+        <v>707</v>
+      </c>
+      <c r="P130" t="s">
+        <v>708</v>
+      </c>
+    </row>
+    <row r="131" spans="1:16">
+      <c r="A131" t="s">
+        <v>709</v>
+      </c>
+      <c r="B131" t="s">
+        <v>710</v>
+      </c>
+      <c r="C131" t="s">
+        <v>241</v>
+      </c>
+      <c r="D131" t="s">
+        <v>711</v>
+      </c>
+      <c r="E131" t="s">
+        <v>184</v>
+      </c>
+      <c r="F131" t="s">
+        <v>669</v>
+      </c>
+      <c r="G131" t="s">
+        <v>71</v>
+      </c>
+      <c r="H131">
+        <v>2009</v>
+      </c>
+      <c r="I131"/>
+      <c r="J131" t="s">
+        <v>382</v>
+      </c>
+      <c r="K131" t="s">
+        <v>24</v>
+      </c>
+      <c r="L131"/>
+      <c r="M131" t="s">
+        <v>384</v>
+      </c>
+      <c r="N131" t="s">
+        <v>27</v>
+      </c>
+      <c r="O131" t="s">
+        <v>712</v>
+      </c>
+      <c r="P131" t="s">
+        <v>713</v>
+      </c>
+    </row>
+    <row r="132" spans="1:16">
+      <c r="A132" t="s">
+        <v>714</v>
+      </c>
+      <c r="B132" t="s">
+        <v>715</v>
+      </c>
+      <c r="C132" t="s">
+        <v>241</v>
+      </c>
+      <c r="D132" t="s">
+        <v>692</v>
+      </c>
+      <c r="E132" t="s">
+        <v>184</v>
+      </c>
+      <c r="F132" t="s">
+        <v>669</v>
+      </c>
+      <c r="G132" t="s">
+        <v>71</v>
+      </c>
+      <c r="H132">
+        <v>2015</v>
+      </c>
+      <c r="I132"/>
+      <c r="J132" t="s">
+        <v>382</v>
+      </c>
+      <c r="K132" t="s">
+        <v>24</v>
+      </c>
+      <c r="L132"/>
+      <c r="M132" t="s">
+        <v>384</v>
+      </c>
+      <c r="N132" t="s">
+        <v>27</v>
+      </c>
+      <c r="O132" t="s">
+        <v>716</v>
+      </c>
+      <c r="P132" t="s">
+        <v>717</v>
+      </c>
+    </row>
+    <row r="133" spans="1:16">
+      <c r="A133" t="s">
+        <v>718</v>
+      </c>
+      <c r="B133" t="s">
+        <v>719</v>
+      </c>
+      <c r="C133" t="s">
+        <v>241</v>
+      </c>
+      <c r="D133" t="s">
+        <v>720</v>
+      </c>
+      <c r="E133" t="s">
+        <v>184</v>
+      </c>
+      <c r="F133" t="s">
+        <v>669</v>
+      </c>
+      <c r="G133" t="s">
+        <v>71</v>
+      </c>
+      <c r="H133">
+        <v>2015</v>
+      </c>
+      <c r="I133"/>
+      <c r="J133" t="s">
+        <v>382</v>
+      </c>
+      <c r="K133" t="s">
+        <v>24</v>
+      </c>
+      <c r="L133"/>
+      <c r="M133" t="s">
+        <v>384</v>
+      </c>
+      <c r="N133" t="s">
+        <v>27</v>
+      </c>
+      <c r="O133" t="s">
+        <v>721</v>
+      </c>
+      <c r="P133" t="s">
+        <v>722</v>
+      </c>
+    </row>
+    <row r="134" spans="1:16">
+      <c r="A134" t="s">
+        <v>723</v>
+      </c>
+      <c r="B134" t="s">
+        <v>724</v>
+      </c>
+      <c r="C134" t="s">
+        <v>241</v>
+      </c>
+      <c r="D134" t="s">
+        <v>725</v>
+      </c>
+      <c r="E134" t="s">
+        <v>184</v>
+      </c>
+      <c r="F134" t="s">
+        <v>669</v>
+      </c>
+      <c r="G134" t="s">
+        <v>71</v>
+      </c>
+      <c r="H134">
+        <v>2015</v>
+      </c>
+      <c r="I134"/>
+      <c r="J134" t="s">
+        <v>382</v>
+      </c>
+      <c r="K134" t="s">
+        <v>24</v>
+      </c>
+      <c r="L134"/>
+      <c r="M134" t="s">
+        <v>384</v>
+      </c>
+      <c r="N134" t="s">
+        <v>27</v>
+      </c>
+      <c r="O134" t="s">
+        <v>726</v>
+      </c>
+      <c r="P134" t="s">
+        <v>727</v>
+      </c>
+    </row>
+    <row r="135" spans="1:16">
+      <c r="A135" t="s">
+        <v>728</v>
+      </c>
+      <c r="B135" t="s">
+        <v>729</v>
+      </c>
+      <c r="C135" t="s">
+        <v>241</v>
+      </c>
+      <c r="D135" t="s">
+        <v>730</v>
+      </c>
+      <c r="E135" t="s">
+        <v>184</v>
+      </c>
+      <c r="F135" t="s">
+        <v>669</v>
+      </c>
+      <c r="G135" t="s">
+        <v>71</v>
+      </c>
+      <c r="H135">
+        <v>2015</v>
+      </c>
+      <c r="I135"/>
+      <c r="J135" t="s">
+        <v>382</v>
+      </c>
+      <c r="K135" t="s">
+        <v>24</v>
+      </c>
+      <c r="L135"/>
+      <c r="M135" t="s">
+        <v>384</v>
+      </c>
+      <c r="N135" t="s">
+        <v>27</v>
+      </c>
+      <c r="O135" t="s">
+        <v>731</v>
+      </c>
+      <c r="P135" t="s">
+        <v>732</v>
+      </c>
+    </row>
+    <row r="136" spans="1:16">
+      <c r="A136" t="s">
+        <v>733</v>
+      </c>
+      <c r="B136" t="s">
+        <v>734</v>
+      </c>
+      <c r="C136" t="s">
+        <v>241</v>
+      </c>
+      <c r="D136" t="s">
+        <v>735</v>
+      </c>
+      <c r="E136" t="s">
+        <v>184</v>
+      </c>
+      <c r="F136" t="s">
+        <v>669</v>
+      </c>
+      <c r="G136" t="s">
+        <v>71</v>
+      </c>
+      <c r="H136">
+        <v>2015</v>
+      </c>
+      <c r="I136"/>
+      <c r="J136" t="s">
+        <v>382</v>
+      </c>
+      <c r="K136" t="s">
+        <v>24</v>
+      </c>
+      <c r="L136"/>
+      <c r="M136" t="s">
+        <v>384</v>
+      </c>
+      <c r="N136" t="s">
+        <v>27</v>
+      </c>
+      <c r="O136" t="s">
+        <v>736</v>
+      </c>
+      <c r="P136" t="s">
+        <v>737</v>
+      </c>
+    </row>
+    <row r="137" spans="1:16">
+      <c r="A137" t="s">
+        <v>738</v>
+      </c>
+      <c r="B137" t="s">
+        <v>739</v>
+      </c>
+      <c r="C137" t="s">
+        <v>241</v>
+      </c>
+      <c r="D137" t="s">
+        <v>439</v>
+      </c>
+      <c r="E137" t="s">
+        <v>184</v>
+      </c>
+      <c r="F137" t="s">
+        <v>669</v>
+      </c>
+      <c r="G137" t="s">
+        <v>71</v>
+      </c>
+      <c r="H137">
+        <v>2015</v>
+      </c>
+      <c r="I137"/>
+      <c r="J137" t="s">
+        <v>382</v>
+      </c>
+      <c r="K137" t="s">
+        <v>24</v>
+      </c>
+      <c r="L137"/>
+      <c r="M137" t="s">
+        <v>384</v>
+      </c>
+      <c r="N137" t="s">
+        <v>27</v>
+      </c>
+      <c r="O137" t="s">
+        <v>740</v>
+      </c>
+      <c r="P137" t="s">
+        <v>741</v>
+      </c>
+    </row>
+    <row r="138" spans="1:16">
+      <c r="A138" t="s">
+        <v>742</v>
+      </c>
+      <c r="B138" t="s">
+        <v>743</v>
+      </c>
+      <c r="C138" t="s">
+        <v>241</v>
+      </c>
+      <c r="D138" t="s">
+        <v>744</v>
+      </c>
+      <c r="E138" t="s">
+        <v>184</v>
+      </c>
+      <c r="F138" t="s">
+        <v>669</v>
+      </c>
+      <c r="G138" t="s">
+        <v>71</v>
+      </c>
+      <c r="H138">
+        <v>2015</v>
+      </c>
+      <c r="I138"/>
+      <c r="J138" t="s">
+        <v>382</v>
+      </c>
+      <c r="K138" t="s">
+        <v>24</v>
+      </c>
+      <c r="L138"/>
+      <c r="M138" t="s">
+        <v>384</v>
+      </c>
+      <c r="N138" t="s">
+        <v>27</v>
+      </c>
+      <c r="O138" t="s">
+        <v>745</v>
+      </c>
+      <c r="P138" t="s">
+        <v>746</v>
+      </c>
+    </row>
+    <row r="139" spans="1:16">
+      <c r="A139" t="s">
+        <v>747</v>
+      </c>
+      <c r="B139" t="s">
+        <v>748</v>
+      </c>
+      <c r="C139" t="s">
+        <v>241</v>
+      </c>
+      <c r="D139" t="s">
+        <v>64</v>
+      </c>
+      <c r="E139" t="s">
+        <v>117</v>
+      </c>
+      <c r="F139" t="s">
+        <v>669</v>
+      </c>
+      <c r="G139" t="s">
+        <v>71</v>
+      </c>
+      <c r="H139">
+        <v>2021</v>
+      </c>
+      <c r="I139"/>
+      <c r="J139" t="s">
+        <v>382</v>
+      </c>
+      <c r="K139" t="s">
+        <v>24</v>
+      </c>
+      <c r="L139"/>
+      <c r="M139" t="s">
+        <v>384</v>
+      </c>
+      <c r="N139" t="s">
+        <v>27</v>
+      </c>
+      <c r="O139" t="s">
+        <v>749</v>
+      </c>
+      <c r="P139" t="s">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="140" spans="1:16">
+      <c r="A140" t="s">
+        <v>747</v>
+      </c>
+      <c r="B140" t="s">
+        <v>751</v>
+      </c>
+      <c r="C140" t="s">
+        <v>241</v>
+      </c>
+      <c r="D140" t="s">
+        <v>64</v>
+      </c>
+      <c r="E140" t="s">
+        <v>184</v>
+      </c>
+      <c r="F140" t="s">
+        <v>669</v>
+      </c>
+      <c r="G140" t="s">
+        <v>71</v>
+      </c>
+      <c r="H140">
+        <v>2021</v>
+      </c>
+      <c r="I140"/>
+      <c r="J140" t="s">
+        <v>382</v>
+      </c>
+      <c r="K140" t="s">
+        <v>24</v>
+      </c>
+      <c r="L140"/>
+      <c r="M140" t="s">
+        <v>384</v>
+      </c>
+      <c r="N140" t="s">
+        <v>27</v>
+      </c>
+      <c r="O140" t="s">
+        <v>752</v>
+      </c>
+      <c r="P140" t="s">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="141" spans="1:16">
+      <c r="A141" t="s">
+        <v>753</v>
+      </c>
+      <c r="B141" t="s">
+        <v>754</v>
+      </c>
+      <c r="C141" t="s">
+        <v>241</v>
+      </c>
+      <c r="D141" t="s">
+        <v>301</v>
+      </c>
+      <c r="E141" t="s">
+        <v>184</v>
+      </c>
+      <c r="F141" t="s">
+        <v>669</v>
+      </c>
+      <c r="G141" t="s">
+        <v>71</v>
+      </c>
+      <c r="H141">
+        <v>2021</v>
+      </c>
+      <c r="I141"/>
+      <c r="J141" t="s">
+        <v>211</v>
+      </c>
+      <c r="K141" t="s">
+        <v>24</v>
+      </c>
+      <c r="L141"/>
+      <c r="M141" t="s">
+        <v>384</v>
+      </c>
+      <c r="N141" t="s">
+        <v>27</v>
+      </c>
+      <c r="O141" t="s">
+        <v>755</v>
+      </c>
+      <c r="P141" t="s">
+        <v>756</v>
+      </c>
+    </row>
+    <row r="142" spans="1:16">
+      <c r="A142" t="s">
+        <v>757</v>
+      </c>
+      <c r="B142" t="s">
+        <v>758</v>
+      </c>
+      <c r="C142" t="s">
+        <v>241</v>
+      </c>
+      <c r="D142" t="s">
+        <v>320</v>
+      </c>
+      <c r="E142" t="s">
+        <v>184</v>
+      </c>
+      <c r="F142" t="s">
+        <v>669</v>
+      </c>
+      <c r="G142" t="s">
+        <v>71</v>
+      </c>
+      <c r="H142">
+        <v>2021</v>
+      </c>
+      <c r="I142"/>
+      <c r="J142" t="s">
+        <v>382</v>
+      </c>
+      <c r="K142" t="s">
+        <v>24</v>
+      </c>
+      <c r="L142"/>
+      <c r="M142" t="s">
+        <v>384</v>
+      </c>
+      <c r="N142" t="s">
+        <v>27</v>
+      </c>
+      <c r="O142" t="s">
+        <v>759</v>
+      </c>
+      <c r="P142" t="s">
+        <v>760</v>
+      </c>
+    </row>
+    <row r="143" spans="1:16">
+      <c r="A143" t="s">
+        <v>761</v>
+      </c>
+      <c r="B143" t="s">
+        <v>762</v>
+      </c>
+      <c r="C143" t="s">
+        <v>241</v>
+      </c>
+      <c r="D143" t="s">
+        <v>763</v>
+      </c>
+      <c r="E143" t="s">
+        <v>184</v>
+      </c>
+      <c r="F143" t="s">
+        <v>669</v>
+      </c>
+      <c r="G143" t="s">
+        <v>71</v>
+      </c>
+      <c r="H143">
+        <v>2009</v>
+      </c>
+      <c r="I143"/>
+      <c r="J143" t="s">
+        <v>211</v>
+      </c>
+      <c r="K143" t="s">
+        <v>24</v>
+      </c>
+      <c r="L143"/>
+      <c r="M143" t="s">
+        <v>384</v>
+      </c>
+      <c r="N143" t="s">
+        <v>27</v>
+      </c>
+      <c r="O143" t="s">
+        <v>764</v>
+      </c>
+      <c r="P143" t="s">
+        <v>765</v>
+      </c>
+    </row>
+    <row r="144" spans="1:16">
+      <c r="A144" t="s">
+        <v>766</v>
+      </c>
+      <c r="B144" t="s">
+        <v>767</v>
+      </c>
+      <c r="C144" t="s">
+        <v>241</v>
+      </c>
+      <c r="D144" t="s">
+        <v>768</v>
+      </c>
+      <c r="E144" t="s">
+        <v>184</v>
+      </c>
+      <c r="F144" t="s">
+        <v>669</v>
+      </c>
+      <c r="G144" t="s">
+        <v>71</v>
+      </c>
+      <c r="H144">
+        <v>2021</v>
+      </c>
+      <c r="I144"/>
+      <c r="J144" t="s">
+        <v>382</v>
+      </c>
+      <c r="K144" t="s">
+        <v>24</v>
+      </c>
+      <c r="L144"/>
+      <c r="M144" t="s">
+        <v>384</v>
+      </c>
+      <c r="N144" t="s">
+        <v>27</v>
+      </c>
+      <c r="O144" t="s">
+        <v>769</v>
+      </c>
+      <c r="P144" t="s">
+        <v>770</v>
+      </c>
+    </row>
+    <row r="145" spans="1:16">
+      <c r="A145" t="s">
+        <v>771</v>
+      </c>
+      <c r="B145" t="s">
+        <v>772</v>
+      </c>
+      <c r="C145" t="s">
+        <v>241</v>
+      </c>
+      <c r="D145" t="s">
+        <v>161</v>
+      </c>
+      <c r="E145" t="s">
+        <v>184</v>
+      </c>
+      <c r="F145" t="s">
+        <v>669</v>
+      </c>
+      <c r="G145" t="s">
+        <v>71</v>
+      </c>
+      <c r="H145">
+        <v>2009</v>
+      </c>
+      <c r="I145"/>
+      <c r="J145" t="s">
+        <v>382</v>
+      </c>
+      <c r="K145" t="s">
+        <v>24</v>
+      </c>
+      <c r="L145"/>
+      <c r="M145" t="s">
+        <v>384</v>
+      </c>
+      <c r="N145" t="s">
+        <v>27</v>
+      </c>
+      <c r="O145" t="s">
+        <v>773</v>
+      </c>
+      <c r="P145" t="s">
+        <v>774</v>
+      </c>
+    </row>
+    <row r="146" spans="1:16">
+      <c r="A146" t="s">
+        <v>775</v>
+      </c>
+      <c r="B146" t="s">
+        <v>776</v>
+      </c>
+      <c r="C146" t="s">
+        <v>241</v>
+      </c>
+      <c r="D146" t="s">
+        <v>53</v>
+      </c>
+      <c r="E146" t="s">
+        <v>20</v>
+      </c>
+      <c r="F146" t="s">
+        <v>669</v>
+      </c>
+      <c r="G146" t="s">
+        <v>71</v>
+      </c>
+      <c r="H146">
+        <v>2009</v>
+      </c>
+      <c r="I146"/>
+      <c r="J146" t="s">
+        <v>211</v>
+      </c>
+      <c r="K146" t="s">
+        <v>24</v>
+      </c>
+      <c r="L146"/>
+      <c r="M146" t="s">
+        <v>384</v>
+      </c>
+      <c r="N146" t="s">
+        <v>27</v>
+      </c>
+      <c r="O146" t="s">
+        <v>777</v>
+      </c>
+      <c r="P146" t="s">
+        <v>778</v>
+      </c>
+    </row>
+    <row r="147" spans="1:16">
+      <c r="A147" t="s">
+        <v>779</v>
+      </c>
+      <c r="B147" t="s">
+        <v>780</v>
+      </c>
+      <c r="C147" t="s">
+        <v>241</v>
+      </c>
+      <c r="D147" t="s">
+        <v>781</v>
+      </c>
+      <c r="E147" t="s">
+        <v>184</v>
+      </c>
+      <c r="F147" t="s">
+        <v>669</v>
+      </c>
+      <c r="G147" t="s">
+        <v>71</v>
+      </c>
+      <c r="H147">
+        <v>2015</v>
+      </c>
+      <c r="I147"/>
+      <c r="J147" t="s">
+        <v>382</v>
+      </c>
+      <c r="K147" t="s">
+        <v>24</v>
+      </c>
+      <c r="L147"/>
+      <c r="M147" t="s">
+        <v>384</v>
+      </c>
+      <c r="N147" t="s">
+        <v>27</v>
+      </c>
+      <c r="O147" t="s">
+        <v>782</v>
+      </c>
+      <c r="P147" t="s">
+        <v>783</v>
+      </c>
+    </row>
+    <row r="148" spans="1:16">
+      <c r="A148" t="s">
+        <v>784</v>
+      </c>
+      <c r="B148" t="s">
+        <v>785</v>
+      </c>
+      <c r="C148" t="s">
+        <v>241</v>
+      </c>
+      <c r="D148" t="s">
+        <v>786</v>
+      </c>
+      <c r="E148" t="s">
+        <v>184</v>
+      </c>
+      <c r="F148" t="s">
+        <v>669</v>
+      </c>
+      <c r="G148" t="s">
+        <v>71</v>
+      </c>
+      <c r="H148">
+        <v>2015</v>
+      </c>
+      <c r="I148"/>
+      <c r="J148" t="s">
+        <v>382</v>
+      </c>
+      <c r="K148" t="s">
+        <v>24</v>
+      </c>
+      <c r="L148"/>
+      <c r="M148" t="s">
+        <v>384</v>
+      </c>
+      <c r="N148" t="s">
+        <v>27</v>
+      </c>
+      <c r="O148" t="s">
+        <v>787</v>
+      </c>
+      <c r="P148" t="s">
+        <v>788</v>
+      </c>
+    </row>
+    <row r="149" spans="1:16">
+      <c r="A149" t="s">
+        <v>789</v>
+      </c>
+      <c r="B149" t="s">
+        <v>790</v>
+      </c>
+      <c r="C149" t="s">
+        <v>241</v>
+      </c>
+      <c r="D149" t="s">
+        <v>744</v>
+      </c>
+      <c r="E149" t="s">
+        <v>184</v>
+      </c>
+      <c r="F149" t="s">
+        <v>669</v>
+      </c>
+      <c r="G149" t="s">
+        <v>71</v>
+      </c>
+      <c r="H149">
+        <v>2015</v>
+      </c>
+      <c r="I149"/>
+      <c r="J149" t="s">
+        <v>382</v>
+      </c>
+      <c r="K149" t="s">
+        <v>24</v>
+      </c>
+      <c r="L149"/>
+      <c r="M149" t="s">
+        <v>384</v>
+      </c>
+      <c r="N149" t="s">
+        <v>27</v>
+      </c>
+      <c r="O149" t="s">
+        <v>791</v>
+      </c>
+      <c r="P149" t="s">
+        <v>792</v>
+      </c>
+    </row>
+    <row r="150" spans="1:16">
+      <c r="A150" t="s">
+        <v>793</v>
+      </c>
+      <c r="B150" t="s">
+        <v>794</v>
+      </c>
+      <c r="C150" t="s">
+        <v>241</v>
+      </c>
+      <c r="D150" t="s">
+        <v>249</v>
+      </c>
+      <c r="E150" t="s">
+        <v>184</v>
+      </c>
+      <c r="F150" t="s">
+        <v>669</v>
+      </c>
+      <c r="G150" t="s">
+        <v>71</v>
+      </c>
+      <c r="H150">
+        <v>2015</v>
+      </c>
+      <c r="I150"/>
+      <c r="J150" t="s">
+        <v>211</v>
+      </c>
+      <c r="K150" t="s">
+        <v>415</v>
+      </c>
+      <c r="L150"/>
+      <c r="M150" t="s">
+        <v>384</v>
+      </c>
+      <c r="N150" t="s">
+        <v>27</v>
+      </c>
+      <c r="O150" t="s">
+        <v>795</v>
+      </c>
+      <c r="P150" t="s">
+        <v>796</v>
+      </c>
+    </row>
+    <row r="151" spans="1:16">
+      <c r="A151" t="s">
+        <v>797</v>
+      </c>
+      <c r="B151" t="s">
+        <v>798</v>
+      </c>
+      <c r="C151" t="s">
+        <v>241</v>
+      </c>
+      <c r="D151" t="s">
+        <v>799</v>
+      </c>
+      <c r="E151" t="s">
+        <v>184</v>
+      </c>
+      <c r="F151" t="s">
+        <v>669</v>
+      </c>
+      <c r="G151" t="s">
+        <v>71</v>
+      </c>
+      <c r="H151">
+        <v>2015</v>
+      </c>
+      <c r="I151"/>
+      <c r="J151" t="s">
+        <v>382</v>
+      </c>
+      <c r="K151" t="s">
+        <v>24</v>
+      </c>
+      <c r="L151"/>
+      <c r="M151" t="s">
+        <v>384</v>
+      </c>
+      <c r="N151" t="s">
+        <v>27</v>
+      </c>
+      <c r="O151" t="s">
+        <v>800</v>
+      </c>
+      <c r="P151" t="s">
+        <v>801</v>
+      </c>
+    </row>
+    <row r="152" spans="1:16">
+      <c r="A152" t="s">
+        <v>802</v>
+      </c>
+      <c r="B152" t="s">
+        <v>803</v>
+      </c>
+      <c r="C152" t="s">
+        <v>241</v>
+      </c>
+      <c r="D152" t="s">
+        <v>804</v>
+      </c>
+      <c r="E152" t="s">
+        <v>184</v>
+      </c>
+      <c r="F152" t="s">
+        <v>21</v>
+      </c>
+      <c r="G152" t="s">
+        <v>71</v>
+      </c>
+      <c r="H152">
+        <v>2015</v>
+      </c>
+      <c r="I152"/>
+      <c r="J152" t="s">
+        <v>382</v>
+      </c>
+      <c r="K152" t="s">
+        <v>24</v>
+      </c>
+      <c r="L152"/>
+      <c r="M152" t="s">
+        <v>384</v>
+      </c>
+      <c r="N152" t="s">
+        <v>27</v>
+      </c>
+      <c r="O152" t="s">
+        <v>805</v>
+      </c>
+      <c r="P152" t="s">
+        <v>806</v>
+      </c>
+    </row>
+    <row r="153" spans="1:16">
+      <c r="A153" t="s">
+        <v>807</v>
+      </c>
+      <c r="B153" t="s">
+        <v>808</v>
+      </c>
+      <c r="C153" t="s">
+        <v>241</v>
+      </c>
+      <c r="D153" t="s">
+        <v>725</v>
+      </c>
+      <c r="E153" t="s">
+        <v>117</v>
+      </c>
+      <c r="F153" t="s">
+        <v>669</v>
+      </c>
+      <c r="G153" t="s">
+        <v>71</v>
+      </c>
+      <c r="H153">
+        <v>2015</v>
+      </c>
+      <c r="I153"/>
+      <c r="J153" t="s">
+        <v>382</v>
+      </c>
+      <c r="K153" t="s">
+        <v>24</v>
+      </c>
+      <c r="L153"/>
+      <c r="M153" t="s">
+        <v>384</v>
+      </c>
+      <c r="N153" t="s">
+        <v>27</v>
+      </c>
+      <c r="O153" t="s">
+        <v>809</v>
+      </c>
+      <c r="P153" t="s">
+        <v>810</v>
+      </c>
+    </row>
+    <row r="154" spans="1:16">
+      <c r="A154" t="s">
+        <v>811</v>
+      </c>
+      <c r="B154" t="s">
+        <v>812</v>
+      </c>
+      <c r="C154" t="s">
+        <v>241</v>
+      </c>
+      <c r="D154" t="s">
+        <v>725</v>
+      </c>
+      <c r="E154" t="s">
+        <v>184</v>
+      </c>
+      <c r="F154" t="s">
+        <v>669</v>
+      </c>
+      <c r="G154" t="s">
+        <v>71</v>
+      </c>
+      <c r="H154">
+        <v>2015</v>
+      </c>
+      <c r="I154"/>
+      <c r="J154" t="s">
+        <v>382</v>
+      </c>
+      <c r="K154" t="s">
+        <v>24</v>
+      </c>
+      <c r="L154"/>
+      <c r="M154" t="s">
+        <v>384</v>
+      </c>
+      <c r="N154" t="s">
+        <v>27</v>
+      </c>
+      <c r="O154" t="s">
+        <v>813</v>
+      </c>
+      <c r="P154" t="s">
+        <v>814</v>
+      </c>
+    </row>
+    <row r="155" spans="1:16">
+      <c r="A155" t="s">
+        <v>815</v>
+      </c>
+      <c r="B155" t="s">
+        <v>816</v>
+      </c>
+      <c r="C155" t="s">
+        <v>167</v>
+      </c>
+      <c r="D155" t="s">
+        <v>94</v>
+      </c>
+      <c r="E155" t="s">
+        <v>184</v>
+      </c>
+      <c r="F155" t="s">
+        <v>21</v>
+      </c>
+      <c r="G155" t="s">
+        <v>71</v>
+      </c>
+      <c r="H155">
+        <v>2012</v>
+      </c>
+      <c r="I155"/>
+      <c r="J155" t="s">
+        <v>128</v>
+      </c>
+      <c r="K155" t="s">
+        <v>24</v>
+      </c>
+      <c r="L155" t="s">
+        <v>817</v>
+      </c>
+      <c r="M155" t="s">
+        <v>171</v>
+      </c>
+      <c r="N155" t="s">
+        <v>27</v>
+      </c>
+      <c r="O155" t="s">
+        <v>818</v>
+      </c>
+      <c r="P155" t="s">
+        <v>819</v>
+      </c>
+    </row>
+    <row r="156" spans="1:16">
+      <c r="A156" t="s">
+        <v>820</v>
+      </c>
+      <c r="B156" t="s">
+        <v>821</v>
+      </c>
+      <c r="C156" t="s">
+        <v>167</v>
+      </c>
+      <c r="D156" t="s">
+        <v>822</v>
+      </c>
+      <c r="E156" t="s">
+        <v>184</v>
+      </c>
+      <c r="F156" t="s">
+        <v>21</v>
+      </c>
+      <c r="G156" t="s">
+        <v>71</v>
+      </c>
+      <c r="H156">
+        <v>2015</v>
+      </c>
+      <c r="I156"/>
+      <c r="J156" t="s">
+        <v>128</v>
+      </c>
+      <c r="K156" t="s">
+        <v>24</v>
+      </c>
+      <c r="L156" t="s">
+        <v>823</v>
+      </c>
+      <c r="M156" t="s">
+        <v>171</v>
+      </c>
+      <c r="N156" t="s">
+        <v>27</v>
+      </c>
+      <c r="O156" t="s">
+        <v>824</v>
+      </c>
+      <c r="P156" t="s">
+        <v>825</v>
+      </c>
+    </row>
+    <row r="157" spans="1:16">
+      <c r="A157" t="s">
+        <v>826</v>
+      </c>
+      <c r="B157" t="s">
+        <v>827</v>
+      </c>
+      <c r="C157" t="s">
+        <v>167</v>
+      </c>
+      <c r="D157" t="s">
+        <v>53</v>
+      </c>
+      <c r="E157" t="s">
+        <v>184</v>
+      </c>
+      <c r="F157" t="s">
+        <v>21</v>
+      </c>
+      <c r="G157" t="s">
+        <v>22</v>
+      </c>
+      <c r="H157">
+        <v>2013</v>
+      </c>
+      <c r="I157">
+        <v>2015</v>
+      </c>
+      <c r="J157" t="s">
+        <v>128</v>
+      </c>
+      <c r="K157" t="s">
+        <v>24</v>
+      </c>
+      <c r="L157" t="s">
+        <v>828</v>
+      </c>
+      <c r="M157" t="s">
+        <v>171</v>
+      </c>
+      <c r="N157" t="s">
+        <v>27</v>
+      </c>
+      <c r="O157" t="s">
+        <v>829</v>
+      </c>
+      <c r="P157" t="s">
+        <v>830</v>
+      </c>
+    </row>
+    <row r="158" spans="1:16">
+      <c r="A158" t="s">
+        <v>831</v>
+      </c>
+      <c r="B158" t="s">
+        <v>832</v>
+      </c>
+      <c r="C158" t="s">
+        <v>167</v>
+      </c>
+      <c r="D158" t="s">
+        <v>833</v>
+      </c>
+      <c r="E158" t="s">
+        <v>184</v>
+      </c>
+      <c r="F158" t="s">
+        <v>146</v>
+      </c>
+      <c r="G158" t="s">
+        <v>71</v>
+      </c>
+      <c r="H158">
+        <v>2014</v>
+      </c>
+      <c r="I158"/>
+      <c r="J158" t="s">
+        <v>128</v>
+      </c>
+      <c r="K158" t="s">
+        <v>24</v>
+      </c>
+      <c r="L158" t="s">
+        <v>834</v>
+      </c>
+      <c r="M158" t="s">
+        <v>171</v>
+      </c>
+      <c r="N158" t="s">
+        <v>27</v>
+      </c>
+      <c r="O158" t="s">
+        <v>835</v>
+      </c>
+      <c r="P158" t="s">
+        <v>836</v>
+      </c>
+    </row>
+    <row r="159" spans="1:16">
+      <c r="A159" t="s">
+        <v>837</v>
+      </c>
+      <c r="B159" t="s">
+        <v>838</v>
+      </c>
+      <c r="C159" t="s">
+        <v>167</v>
+      </c>
+      <c r="D159" t="s">
+        <v>352</v>
+      </c>
+      <c r="E159" t="s">
+        <v>20</v>
+      </c>
+      <c r="F159" t="s">
+        <v>21</v>
+      </c>
+      <c r="G159" t="s">
+        <v>71</v>
+      </c>
+      <c r="H159">
+        <v>2012</v>
+      </c>
+      <c r="I159"/>
+      <c r="J159" t="s">
+        <v>128</v>
+      </c>
+      <c r="K159" t="s">
+        <v>24</v>
+      </c>
+      <c r="L159" t="s">
+        <v>362</v>
+      </c>
+      <c r="M159" t="s">
+        <v>171</v>
+      </c>
+      <c r="N159" t="s">
+        <v>27</v>
+      </c>
+      <c r="O159" t="s">
+        <v>839</v>
+      </c>
+      <c r="P159" t="s">
+        <v>840</v>
+      </c>
+    </row>
+    <row r="160" spans="1:16">
+      <c r="A160" t="s">
+        <v>841</v>
+      </c>
+      <c r="B160" t="s">
+        <v>838</v>
+      </c>
+      <c r="C160" t="s">
+        <v>167</v>
+      </c>
+      <c r="D160" t="s">
+        <v>842</v>
+      </c>
+      <c r="E160" t="s">
+        <v>20</v>
+      </c>
+      <c r="F160" t="s">
+        <v>21</v>
+      </c>
+      <c r="G160" t="s">
+        <v>71</v>
+      </c>
+      <c r="H160">
+        <v>2015</v>
+      </c>
+      <c r="I160"/>
+      <c r="J160" t="s">
+        <v>128</v>
+      </c>
+      <c r="K160" t="s">
+        <v>24</v>
+      </c>
+      <c r="L160" t="s">
+        <v>843</v>
+      </c>
+      <c r="M160" t="s">
+        <v>171</v>
+      </c>
+      <c r="N160" t="s">
+        <v>27</v>
+      </c>
+      <c r="O160" t="s">
+        <v>844</v>
+      </c>
+      <c r="P160" t="s">
+        <v>845</v>
+      </c>
+    </row>
+    <row r="161" spans="1:16">
+      <c r="A161" t="s">
+        <v>846</v>
+      </c>
+      <c r="B161" t="s">
+        <v>847</v>
+      </c>
+      <c r="C161" t="s">
+        <v>167</v>
+      </c>
+      <c r="D161" t="s">
+        <v>848</v>
+      </c>
+      <c r="E161" t="s">
+        <v>20</v>
+      </c>
+      <c r="F161" t="s">
+        <v>21</v>
+      </c>
+      <c r="G161" t="s">
+        <v>71</v>
+      </c>
+      <c r="H161">
+        <v>2011</v>
+      </c>
+      <c r="I161"/>
+      <c r="J161" t="s">
+        <v>128</v>
+      </c>
+      <c r="K161" t="s">
+        <v>24</v>
+      </c>
+      <c r="L161" t="s">
+        <v>849</v>
+      </c>
+      <c r="M161" t="s">
+        <v>171</v>
+      </c>
+      <c r="N161" t="s">
+        <v>27</v>
+      </c>
+      <c r="O161" t="s">
+        <v>850</v>
+      </c>
+      <c r="P161" t="s">
+        <v>851</v>
+      </c>
+    </row>
+    <row r="162" spans="1:16">
+      <c r="A162" t="s">
+        <v>852</v>
+      </c>
+      <c r="B162" t="s">
+        <v>853</v>
+      </c>
+      <c r="C162" t="s">
+        <v>167</v>
+      </c>
+      <c r="D162" t="s">
+        <v>854</v>
+      </c>
+      <c r="E162" t="s">
+        <v>184</v>
+      </c>
+      <c r="F162" t="s">
+        <v>21</v>
+      </c>
+      <c r="G162" t="s">
+        <v>71</v>
+      </c>
+      <c r="H162">
+        <v>2013</v>
+      </c>
+      <c r="I162"/>
+      <c r="J162" t="s">
+        <v>128</v>
+      </c>
+      <c r="K162" t="s">
+        <v>24</v>
+      </c>
+      <c r="L162" t="s">
+        <v>855</v>
+      </c>
+      <c r="M162" t="s">
+        <v>171</v>
+      </c>
+      <c r="N162" t="s">
+        <v>27</v>
+      </c>
+      <c r="O162" t="s">
+        <v>856</v>
+      </c>
+      <c r="P162" t="s">
+        <v>857</v>
+      </c>
+    </row>
+    <row r="163" spans="1:16">
+      <c r="A163" t="s">
+        <v>858</v>
+      </c>
+      <c r="B163" t="s">
+        <v>859</v>
+      </c>
+      <c r="C163" t="s">
+        <v>136</v>
+      </c>
+      <c r="D163" t="s">
+        <v>860</v>
+      </c>
+      <c r="E163" t="s">
+        <v>20</v>
+      </c>
+      <c r="F163" t="s">
+        <v>21</v>
+      </c>
+      <c r="G163" t="s">
+        <v>138</v>
+      </c>
+      <c r="H163">
+        <v>2024</v>
+      </c>
+      <c r="I163"/>
+      <c r="J163" t="s">
+        <v>139</v>
+      </c>
+      <c r="K163" t="s">
+        <v>24</v>
+      </c>
+      <c r="L163" t="s">
+        <v>861</v>
+      </c>
+      <c r="M163" t="s">
+        <v>140</v>
+      </c>
+      <c r="N163" t="s">
+        <v>27</v>
+      </c>
+      <c r="O163" t="s">
+        <v>862</v>
+      </c>
+      <c r="P163" t="s">
+        <v>863</v>
+      </c>
+    </row>
+    <row r="164" spans="1:16">
+      <c r="A164" t="s">
+        <v>864</v>
+      </c>
+      <c r="B164" t="s">
+        <v>374</v>
+      </c>
+      <c r="C164" t="s">
+        <v>865</v>
+      </c>
+      <c r="D164" t="s">
+        <v>116</v>
+      </c>
+      <c r="E164" t="s">
+        <v>184</v>
+      </c>
+      <c r="F164" t="s">
+        <v>118</v>
+      </c>
+      <c r="G164" t="s">
+        <v>138</v>
+      </c>
+      <c r="H164">
+        <v>2022</v>
+      </c>
+      <c r="I164"/>
+      <c r="J164" t="s">
+        <v>225</v>
+      </c>
+      <c r="K164" t="s">
+        <v>129</v>
+      </c>
+      <c r="L164" t="s">
+        <v>130</v>
+      </c>
+      <c r="M164" t="s">
+        <v>866</v>
+      </c>
+      <c r="N164" t="s">
+        <v>228</v>
+      </c>
+      <c r="O164" t="s">
+        <v>867</v>
+      </c>
+      <c r="P164" t="s">
+        <v>868</v>
+      </c>
+    </row>
+    <row r="165" spans="1:16">
+      <c r="A165" t="s">
+        <v>869</v>
+      </c>
+      <c r="B165" t="s">
+        <v>870</v>
+      </c>
+      <c r="C165" t="s">
         <v>176</v>
       </c>
-      <c r="C56" t="s">
+      <c r="D165" t="s">
+        <v>871</v>
+      </c>
+      <c r="E165" t="s">
+        <v>184</v>
+      </c>
+      <c r="F165" t="s">
+        <v>42</v>
+      </c>
+      <c r="G165" t="s">
+        <v>71</v>
+      </c>
+      <c r="H165">
+        <v>2017</v>
+      </c>
+      <c r="I165"/>
+      <c r="J165" t="s">
+        <v>185</v>
+      </c>
+      <c r="K165" t="s">
+        <v>24</v>
+      </c>
+      <c r="L165"/>
+      <c r="M165" t="s">
+        <v>178</v>
+      </c>
+      <c r="N165" t="s">
+        <v>27</v>
+      </c>
+      <c r="O165" t="s">
+        <v>872</v>
+      </c>
+      <c r="P165" t="s">
+        <v>358</v>
+      </c>
+    </row>
+    <row r="166" spans="1:16">
+      <c r="A166" t="s">
+        <v>873</v>
+      </c>
+      <c r="B166" t="s">
+        <v>874</v>
+      </c>
+      <c r="C166" t="s">
+        <v>176</v>
+      </c>
+      <c r="D166" t="s">
+        <v>137</v>
+      </c>
+      <c r="E166" t="s">
+        <v>20</v>
+      </c>
+      <c r="F166" t="s">
+        <v>146</v>
+      </c>
+      <c r="G166" t="s">
+        <v>138</v>
+      </c>
+      <c r="H166">
+        <v>2024</v>
+      </c>
+      <c r="I166"/>
+      <c r="J166" t="s">
+        <v>875</v>
+      </c>
+      <c r="K166" t="s">
+        <v>24</v>
+      </c>
+      <c r="L166" t="s">
+        <v>876</v>
+      </c>
+      <c r="M166" t="s">
+        <v>877</v>
+      </c>
+      <c r="N166" t="s">
+        <v>27</v>
+      </c>
+      <c r="O166" t="s">
+        <v>878</v>
+      </c>
+      <c r="P166" t="s">
+        <v>879</v>
+      </c>
+    </row>
+    <row r="167" spans="1:16">
+      <c r="A167" t="s">
+        <v>880</v>
+      </c>
+      <c r="B167" t="s">
+        <v>881</v>
+      </c>
+      <c r="C167" t="s">
+        <v>176</v>
+      </c>
+      <c r="D167" t="s">
+        <v>882</v>
+      </c>
+      <c r="E167" t="s">
+        <v>20</v>
+      </c>
+      <c r="F167" t="s">
+        <v>146</v>
+      </c>
+      <c r="G167" t="s">
+        <v>71</v>
+      </c>
+      <c r="H167">
+        <v>2024</v>
+      </c>
+      <c r="I167"/>
+      <c r="J167" t="s">
+        <v>875</v>
+      </c>
+      <c r="K167" t="s">
+        <v>24</v>
+      </c>
+      <c r="L167" t="s">
+        <v>883</v>
+      </c>
+      <c r="M167" t="s">
+        <v>877</v>
+      </c>
+      <c r="N167" t="s">
+        <v>27</v>
+      </c>
+      <c r="O167" t="s">
+        <v>884</v>
+      </c>
+      <c r="P167" t="s">
+        <v>879</v>
+      </c>
+    </row>
+    <row r="168" spans="1:16">
+      <c r="A168" t="s">
+        <v>885</v>
+      </c>
+      <c r="B168"/>
+      <c r="C168" t="s">
+        <v>176</v>
+      </c>
+      <c r="D168" t="s">
+        <v>53</v>
+      </c>
+      <c r="E168" t="s">
+        <v>20</v>
+      </c>
+      <c r="F168" t="s">
+        <v>146</v>
+      </c>
+      <c r="G168" t="s">
+        <v>138</v>
+      </c>
+      <c r="H168">
+        <v>2017</v>
+      </c>
+      <c r="I168"/>
+      <c r="J168" t="s">
+        <v>886</v>
+      </c>
+      <c r="K168" t="s">
+        <v>24</v>
+      </c>
+      <c r="L168"/>
+      <c r="M168" t="s">
+        <v>877</v>
+      </c>
+      <c r="N168" t="s">
+        <v>27</v>
+      </c>
+      <c r="O168" t="s">
+        <v>887</v>
+      </c>
+      <c r="P168" t="s">
+        <v>879</v>
+      </c>
+    </row>
+    <row r="169" spans="1:16">
+      <c r="A169" t="s">
+        <v>888</v>
+      </c>
+      <c r="B169" t="s">
+        <v>889</v>
+      </c>
+      <c r="C169" t="s">
+        <v>176</v>
+      </c>
+      <c r="D169" t="s">
+        <v>161</v>
+      </c>
+      <c r="E169" t="s">
+        <v>184</v>
+      </c>
+      <c r="F169" t="s">
+        <v>42</v>
+      </c>
+      <c r="G169" t="s">
+        <v>22</v>
+      </c>
+      <c r="H169">
+        <v>2017</v>
+      </c>
+      <c r="I169">
+        <v>2019</v>
+      </c>
+      <c r="J169" t="s">
+        <v>211</v>
+      </c>
+      <c r="K169" t="s">
+        <v>24</v>
+      </c>
+      <c r="L169"/>
+      <c r="M169" t="s">
+        <v>178</v>
+      </c>
+      <c r="N169" t="s">
+        <v>27</v>
+      </c>
+      <c r="O169" t="s">
+        <v>890</v>
+      </c>
+      <c r="P169" t="s">
+        <v>358</v>
+      </c>
+    </row>
+    <row r="170" spans="1:16">
+      <c r="A170" t="s">
+        <v>891</v>
+      </c>
+      <c r="B170" t="s">
+        <v>892</v>
+      </c>
+      <c r="C170" t="s">
+        <v>176</v>
+      </c>
+      <c r="D170" t="s">
+        <v>893</v>
+      </c>
+      <c r="E170" t="s">
+        <v>20</v>
+      </c>
+      <c r="F170" t="s">
+        <v>210</v>
+      </c>
+      <c r="G170" t="s">
+        <v>71</v>
+      </c>
+      <c r="H170">
+        <v>2018</v>
+      </c>
+      <c r="I170"/>
+      <c r="J170" t="s">
+        <v>211</v>
+      </c>
+      <c r="K170" t="s">
+        <v>24</v>
+      </c>
+      <c r="L170" t="s">
+        <v>894</v>
+      </c>
+      <c r="M170" t="s">
+        <v>895</v>
+      </c>
+      <c r="N170" t="s">
+        <v>27</v>
+      </c>
+      <c r="O170" t="s">
+        <v>896</v>
+      </c>
+      <c r="P170" t="s">
+        <v>897</v>
+      </c>
+    </row>
+    <row r="171" spans="1:16">
+      <c r="A171" t="s">
+        <v>898</v>
+      </c>
+      <c r="B171" t="s">
+        <v>899</v>
+      </c>
+      <c r="C171" t="s">
+        <v>900</v>
+      </c>
+      <c r="D171" t="s">
+        <v>116</v>
+      </c>
+      <c r="E171" t="s">
+        <v>184</v>
+      </c>
+      <c r="F171" t="s">
+        <v>118</v>
+      </c>
+      <c r="G171" t="s">
+        <v>22</v>
+      </c>
+      <c r="H171">
+        <v>2018</v>
+      </c>
+      <c r="I171">
+        <v>2022</v>
+      </c>
+      <c r="J171" t="s">
+        <v>211</v>
+      </c>
+      <c r="K171" t="s">
+        <v>129</v>
+      </c>
+      <c r="L171" t="s">
+        <v>130</v>
+      </c>
+      <c r="M171" t="s">
+        <v>901</v>
+      </c>
+      <c r="N171" t="s">
+        <v>122</v>
+      </c>
+      <c r="O171" t="s">
+        <v>902</v>
+      </c>
+      <c r="P171" t="s">
+        <v>903</v>
+      </c>
+    </row>
+    <row r="172" spans="1:16">
+      <c r="A172" t="s">
+        <v>904</v>
+      </c>
+      <c r="B172" t="s">
+        <v>905</v>
+      </c>
+      <c r="C172" t="s">
+        <v>900</v>
+      </c>
+      <c r="D172" t="s">
+        <v>116</v>
+      </c>
+      <c r="E172" t="s">
+        <v>184</v>
+      </c>
+      <c r="F172" t="s">
+        <v>118</v>
+      </c>
+      <c r="G172" t="s">
+        <v>22</v>
+      </c>
+      <c r="H172">
+        <v>2018</v>
+      </c>
+      <c r="I172">
+        <v>2022</v>
+      </c>
+      <c r="J172" t="s">
+        <v>211</v>
+      </c>
+      <c r="K172" t="s">
+        <v>212</v>
+      </c>
+      <c r="L172" t="s">
+        <v>130</v>
+      </c>
+      <c r="M172" t="s">
+        <v>901</v>
+      </c>
+      <c r="N172" t="s">
+        <v>122</v>
+      </c>
+      <c r="O172" t="s">
+        <v>906</v>
+      </c>
+      <c r="P172" t="s">
+        <v>903</v>
+      </c>
+    </row>
+    <row r="173" spans="1:16">
+      <c r="A173" t="s">
+        <v>907</v>
+      </c>
+      <c r="B173" t="s">
+        <v>908</v>
+      </c>
+      <c r="C173" t="s">
+        <v>909</v>
+      </c>
+      <c r="D173" t="s">
+        <v>116</v>
+      </c>
+      <c r="E173" t="s">
+        <v>20</v>
+      </c>
+      <c r="F173" t="s">
+        <v>118</v>
+      </c>
+      <c r="G173" t="s">
+        <v>71</v>
+      </c>
+      <c r="H173">
+        <v>2020</v>
+      </c>
+      <c r="I173"/>
+      <c r="J173" t="s">
+        <v>466</v>
+      </c>
+      <c r="K173" t="s">
+        <v>129</v>
+      </c>
+      <c r="L173" t="s">
+        <v>130</v>
+      </c>
+      <c r="M173" t="s">
+        <v>910</v>
+      </c>
+      <c r="N173" t="s">
+        <v>122</v>
+      </c>
+      <c r="O173" t="s">
+        <v>911</v>
+      </c>
+      <c r="P173" t="s">
+        <v>912</v>
+      </c>
+    </row>
+    <row r="174" spans="1:16">
+      <c r="A174" t="s">
+        <v>907</v>
+      </c>
+      <c r="B174" t="s">
+        <v>913</v>
+      </c>
+      <c r="C174" t="s">
+        <v>914</v>
+      </c>
+      <c r="D174" t="s">
+        <v>116</v>
+      </c>
+      <c r="E174" t="s">
+        <v>184</v>
+      </c>
+      <c r="F174" t="s">
+        <v>118</v>
+      </c>
+      <c r="G174" t="s">
+        <v>71</v>
+      </c>
+      <c r="H174">
+        <v>2021</v>
+      </c>
+      <c r="I174"/>
+      <c r="J174" t="s">
+        <v>466</v>
+      </c>
+      <c r="K174" t="s">
+        <v>129</v>
+      </c>
+      <c r="L174" t="s">
+        <v>130</v>
+      </c>
+      <c r="M174" t="s">
+        <v>915</v>
+      </c>
+      <c r="N174" t="s">
+        <v>122</v>
+      </c>
+      <c r="O174" t="s">
+        <v>916</v>
+      </c>
+      <c r="P174"/>
+    </row>
+    <row r="175" spans="1:16">
+      <c r="A175" t="s">
+        <v>917</v>
+      </c>
+      <c r="B175" t="s">
+        <v>918</v>
+      </c>
+      <c r="C175" t="s">
+        <v>203</v>
+      </c>
+      <c r="D175" t="s">
+        <v>578</v>
+      </c>
+      <c r="E175" t="s">
+        <v>117</v>
+      </c>
+      <c r="F175" t="s">
+        <v>118</v>
+      </c>
+      <c r="G175" t="s">
+        <v>169</v>
+      </c>
+      <c r="H175"/>
+      <c r="I175"/>
+      <c r="J175" t="s">
+        <v>211</v>
+      </c>
+      <c r="K175" t="s">
+        <v>129</v>
+      </c>
+      <c r="L175" t="s">
+        <v>130</v>
+      </c>
+      <c r="M175" t="s">
+        <v>205</v>
+      </c>
+      <c r="N175" t="s">
+        <v>122</v>
+      </c>
+      <c r="O175" t="s">
+        <v>919</v>
+      </c>
+      <c r="P175"/>
+    </row>
+    <row r="176" spans="1:16">
+      <c r="A176" t="s">
+        <v>920</v>
+      </c>
+      <c r="B176" t="s">
+        <v>921</v>
+      </c>
+      <c r="C176" t="s">
+        <v>662</v>
+      </c>
+      <c r="D176" t="s">
+        <v>53</v>
+      </c>
+      <c r="E176" t="s">
+        <v>20</v>
+      </c>
+      <c r="F176" t="s">
+        <v>21</v>
+      </c>
+      <c r="G176" t="s">
+        <v>169</v>
+      </c>
+      <c r="H176"/>
+      <c r="I176"/>
+      <c r="J176" t="s">
+        <v>128</v>
+      </c>
+      <c r="K176" t="s">
+        <v>24</v>
+      </c>
+      <c r="L176"/>
+      <c r="M176" t="s">
+        <v>922</v>
+      </c>
+      <c r="N176" t="s">
+        <v>27</v>
+      </c>
+      <c r="O176" t="s">
+        <v>923</v>
+      </c>
+      <c r="P176" t="s">
+        <v>924</v>
+      </c>
+    </row>
+    <row r="177" spans="1:16">
+      <c r="A177" t="s">
+        <v>925</v>
+      </c>
+      <c r="B177" t="s">
+        <v>921</v>
+      </c>
+      <c r="C177" t="s">
+        <v>662</v>
+      </c>
+      <c r="D177" t="s">
+        <v>161</v>
+      </c>
+      <c r="E177" t="s">
+        <v>20</v>
+      </c>
+      <c r="F177" t="s">
+        <v>21</v>
+      </c>
+      <c r="G177" t="s">
+        <v>169</v>
+      </c>
+      <c r="H177"/>
+      <c r="I177"/>
+      <c r="J177" t="s">
+        <v>128</v>
+      </c>
+      <c r="K177" t="s">
+        <v>24</v>
+      </c>
+      <c r="L177"/>
+      <c r="M177" t="s">
+        <v>922</v>
+      </c>
+      <c r="N177" t="s">
+        <v>27</v>
+      </c>
+      <c r="O177" t="s">
+        <v>926</v>
+      </c>
+      <c r="P177" t="s">
+        <v>924</v>
+      </c>
+    </row>
+    <row r="178" spans="1:16">
+      <c r="A178" t="s">
+        <v>927</v>
+      </c>
+      <c r="B178" t="s">
+        <v>928</v>
+      </c>
+      <c r="C178" t="s">
+        <v>929</v>
+      </c>
+      <c r="D178" t="s">
+        <v>116</v>
+      </c>
+      <c r="E178" t="s">
+        <v>20</v>
+      </c>
+      <c r="F178" t="s">
+        <v>118</v>
+      </c>
+      <c r="G178" t="s">
+        <v>71</v>
+      </c>
+      <c r="H178">
+        <v>2021</v>
+      </c>
+      <c r="I178"/>
+      <c r="J178" t="s">
+        <v>211</v>
+      </c>
+      <c r="K178" t="s">
+        <v>129</v>
+      </c>
+      <c r="L178" t="s">
+        <v>130</v>
+      </c>
+      <c r="M178" t="s">
+        <v>930</v>
+      </c>
+      <c r="N178" t="s">
+        <v>122</v>
+      </c>
+      <c r="O178" t="s">
+        <v>931</v>
+      </c>
+      <c r="P178" t="s">
+        <v>932</v>
+      </c>
+    </row>
+    <row r="179" spans="1:16">
+      <c r="A179" t="s">
+        <v>933</v>
+      </c>
+      <c r="B179" t="s">
+        <v>934</v>
+      </c>
+      <c r="C179" t="s">
+        <v>241</v>
+      </c>
+      <c r="D179" t="s">
+        <v>935</v>
+      </c>
+      <c r="E179" t="s">
+        <v>184</v>
+      </c>
+      <c r="F179" t="s">
+        <v>58</v>
+      </c>
+      <c r="G179" t="s">
+        <v>71</v>
+      </c>
+      <c r="H179">
+        <v>2014</v>
+      </c>
+      <c r="I179"/>
+      <c r="J179" t="s">
+        <v>382</v>
+      </c>
+      <c r="K179" t="s">
+        <v>24</v>
+      </c>
+      <c r="L179" t="s">
+        <v>936</v>
+      </c>
+      <c r="M179" t="s">
+        <v>370</v>
+      </c>
+      <c r="N179" t="s">
+        <v>27</v>
+      </c>
+      <c r="O179" t="s">
+        <v>937</v>
+      </c>
+      <c r="P179" t="s">
+        <v>938</v>
+      </c>
+    </row>
+    <row r="180" spans="1:16">
+      <c r="A180" t="s">
+        <v>939</v>
+      </c>
+      <c r="B180" t="s">
+        <v>940</v>
+      </c>
+      <c r="C180" t="s">
+        <v>241</v>
+      </c>
+      <c r="D180" t="s">
+        <v>668</v>
+      </c>
+      <c r="E180" t="s">
+        <v>184</v>
+      </c>
+      <c r="F180" t="s">
+        <v>58</v>
+      </c>
+      <c r="G180" t="s">
+        <v>71</v>
+      </c>
+      <c r="H180">
+        <v>1997</v>
+      </c>
+      <c r="I180">
+        <v>2011</v>
+      </c>
+      <c r="J180" t="s">
+        <v>211</v>
+      </c>
+      <c r="K180" t="s">
+        <v>396</v>
+      </c>
+      <c r="L180" t="s">
+        <v>941</v>
+      </c>
+      <c r="M180" t="s">
+        <v>370</v>
+      </c>
+      <c r="N180" t="s">
+        <v>27</v>
+      </c>
+      <c r="O180" t="s">
+        <v>942</v>
+      </c>
+      <c r="P180" t="s">
+        <v>943</v>
+      </c>
+    </row>
+    <row r="181" spans="1:16">
+      <c r="A181" t="s">
+        <v>944</v>
+      </c>
+      <c r="B181" t="s">
+        <v>945</v>
+      </c>
+      <c r="C181" t="s">
+        <v>241</v>
+      </c>
+      <c r="D181" t="s">
+        <v>168</v>
+      </c>
+      <c r="E181" t="s">
+        <v>184</v>
+      </c>
+      <c r="F181" t="s">
+        <v>58</v>
+      </c>
+      <c r="G181" t="s">
+        <v>22</v>
+      </c>
+      <c r="H181">
+        <v>2007</v>
+      </c>
+      <c r="I181">
+        <v>2012</v>
+      </c>
+      <c r="J181" t="s">
+        <v>211</v>
+      </c>
+      <c r="K181" t="s">
+        <v>24</v>
+      </c>
+      <c r="L181" t="s">
+        <v>946</v>
+      </c>
+      <c r="M181" t="s">
+        <v>370</v>
+      </c>
+      <c r="N181" t="s">
+        <v>27</v>
+      </c>
+      <c r="O181" t="s">
+        <v>947</v>
+      </c>
+      <c r="P181" t="s">
+        <v>948</v>
+      </c>
+    </row>
+    <row r="182" spans="1:16">
+      <c r="A182" t="s">
+        <v>949</v>
+      </c>
+      <c r="B182" t="s">
+        <v>950</v>
+      </c>
+      <c r="C182" t="s">
+        <v>241</v>
+      </c>
+      <c r="D182" t="s">
+        <v>522</v>
+      </c>
+      <c r="E182" t="s">
+        <v>184</v>
+      </c>
+      <c r="F182" t="s">
+        <v>58</v>
+      </c>
+      <c r="G182" t="s">
+        <v>22</v>
+      </c>
+      <c r="H182">
+        <v>1997</v>
+      </c>
+      <c r="I182">
+        <v>2015</v>
+      </c>
+      <c r="J182" t="s">
+        <v>368</v>
+      </c>
+      <c r="K182" t="s">
+        <v>24</v>
+      </c>
+      <c r="L182" t="s">
+        <v>951</v>
+      </c>
+      <c r="M182" t="s">
+        <v>370</v>
+      </c>
+      <c r="N182" t="s">
+        <v>27</v>
+      </c>
+      <c r="O182" t="s">
+        <v>952</v>
+      </c>
+      <c r="P182" t="s">
+        <v>953</v>
+      </c>
+    </row>
+    <row r="183" spans="1:16">
+      <c r="A183" t="s">
+        <v>954</v>
+      </c>
+      <c r="B183" t="s">
+        <v>955</v>
+      </c>
+      <c r="C183" t="s">
+        <v>241</v>
+      </c>
+      <c r="D183" t="s">
+        <v>956</v>
+      </c>
+      <c r="E183" t="s">
+        <v>184</v>
+      </c>
+      <c r="F183" t="s">
+        <v>58</v>
+      </c>
+      <c r="G183" t="s">
+        <v>22</v>
+      </c>
+      <c r="H183">
+        <v>2013</v>
+      </c>
+      <c r="I183">
+        <v>2018</v>
+      </c>
+      <c r="J183" t="s">
+        <v>211</v>
+      </c>
+      <c r="K183" t="s">
+        <v>24</v>
+      </c>
+      <c r="L183" t="s">
+        <v>957</v>
+      </c>
+      <c r="M183" t="s">
+        <v>370</v>
+      </c>
+      <c r="N183" t="s">
+        <v>27</v>
+      </c>
+      <c r="O183" t="s">
+        <v>958</v>
+      </c>
+      <c r="P183" t="s">
+        <v>959</v>
+      </c>
+    </row>
+    <row r="184" spans="1:16">
+      <c r="A184" t="s">
+        <v>960</v>
+      </c>
+      <c r="B184" t="s">
+        <v>961</v>
+      </c>
+      <c r="C184" t="s">
+        <v>241</v>
+      </c>
+      <c r="D184" t="s">
+        <v>848</v>
+      </c>
+      <c r="E184" t="s">
+        <v>184</v>
+      </c>
+      <c r="F184" t="s">
+        <v>58</v>
+      </c>
+      <c r="G184" t="s">
+        <v>71</v>
+      </c>
+      <c r="H184">
+        <v>2013</v>
+      </c>
+      <c r="I184"/>
+      <c r="J184" t="s">
+        <v>368</v>
+      </c>
+      <c r="K184" t="s">
+        <v>24</v>
+      </c>
+      <c r="L184" t="s">
+        <v>962</v>
+      </c>
+      <c r="M184" t="s">
+        <v>370</v>
+      </c>
+      <c r="N184" t="s">
+        <v>27</v>
+      </c>
+      <c r="O184" t="s">
+        <v>963</v>
+      </c>
+      <c r="P184" t="s">
+        <v>964</v>
+      </c>
+    </row>
+    <row r="185" spans="1:16">
+      <c r="A185" t="s">
+        <v>965</v>
+      </c>
+      <c r="B185" t="s">
+        <v>966</v>
+      </c>
+      <c r="C185" t="s">
+        <v>241</v>
+      </c>
+      <c r="D185" t="s">
+        <v>967</v>
+      </c>
+      <c r="E185" t="s">
+        <v>184</v>
+      </c>
+      <c r="F185" t="s">
+        <v>58</v>
+      </c>
+      <c r="G185" t="s">
+        <v>71</v>
+      </c>
+      <c r="H185">
+        <v>2012</v>
+      </c>
+      <c r="I185"/>
+      <c r="J185" t="s">
+        <v>211</v>
+      </c>
+      <c r="K185" t="s">
+        <v>396</v>
+      </c>
+      <c r="L185" t="s">
+        <v>968</v>
+      </c>
+      <c r="M185" t="s">
+        <v>370</v>
+      </c>
+      <c r="N185" t="s">
+        <v>27</v>
+      </c>
+      <c r="O185" t="s">
+        <v>969</v>
+      </c>
+      <c r="P185" t="s">
+        <v>970</v>
+      </c>
+    </row>
+    <row r="186" spans="1:16">
+      <c r="A186" t="s">
+        <v>971</v>
+      </c>
+      <c r="B186" t="s">
+        <v>972</v>
+      </c>
+      <c r="C186" t="s">
+        <v>241</v>
+      </c>
+      <c r="D186" t="s">
+        <v>973</v>
+      </c>
+      <c r="E186" t="s">
+        <v>184</v>
+      </c>
+      <c r="F186" t="s">
+        <v>58</v>
+      </c>
+      <c r="G186" t="s">
+        <v>71</v>
+      </c>
+      <c r="H186">
+        <v>2011</v>
+      </c>
+      <c r="I186"/>
+      <c r="J186" t="s">
+        <v>211</v>
+      </c>
+      <c r="K186" t="s">
+        <v>24</v>
+      </c>
+      <c r="L186" t="s">
+        <v>974</v>
+      </c>
+      <c r="M186" t="s">
+        <v>370</v>
+      </c>
+      <c r="N186" t="s">
+        <v>27</v>
+      </c>
+      <c r="O186" t="s">
+        <v>975</v>
+      </c>
+      <c r="P186" t="s">
+        <v>976</v>
+      </c>
+    </row>
+    <row r="187" spans="1:16">
+      <c r="A187" t="s">
+        <v>977</v>
+      </c>
+      <c r="B187" t="s">
+        <v>978</v>
+      </c>
+      <c r="C187" t="s">
+        <v>241</v>
+      </c>
+      <c r="D187" t="s">
+        <v>402</v>
+      </c>
+      <c r="E187" t="s">
+        <v>184</v>
+      </c>
+      <c r="F187" t="s">
+        <v>58</v>
+      </c>
+      <c r="G187" t="s">
+        <v>71</v>
+      </c>
+      <c r="H187">
+        <v>2013</v>
+      </c>
+      <c r="I187"/>
+      <c r="J187" t="s">
+        <v>368</v>
+      </c>
+      <c r="K187" t="s">
+        <v>24</v>
+      </c>
+      <c r="L187" t="s">
+        <v>979</v>
+      </c>
+      <c r="M187" t="s">
+        <v>370</v>
+      </c>
+      <c r="N187" t="s">
+        <v>27</v>
+      </c>
+      <c r="O187" t="s">
+        <v>980</v>
+      </c>
+      <c r="P187" t="s">
+        <v>981</v>
+      </c>
+    </row>
+    <row r="188" spans="1:16">
+      <c r="A188" t="s">
+        <v>982</v>
+      </c>
+      <c r="B188" t="s">
+        <v>983</v>
+      </c>
+      <c r="C188" t="s">
+        <v>241</v>
+      </c>
+      <c r="D188" t="s">
         <v>261</v>
       </c>
-      <c r="D56" t="s">
-[...11 lines deleted...]
-      <c r="H56">
+      <c r="E188" t="s">
+        <v>184</v>
+      </c>
+      <c r="F188" t="s">
+        <v>58</v>
+      </c>
+      <c r="G188" t="s">
+        <v>71</v>
+      </c>
+      <c r="H188">
+        <v>2013</v>
+      </c>
+      <c r="I188"/>
+      <c r="J188" t="s">
+        <v>211</v>
+      </c>
+      <c r="K188" t="s">
+        <v>24</v>
+      </c>
+      <c r="L188" t="s">
+        <v>984</v>
+      </c>
+      <c r="M188" t="s">
+        <v>370</v>
+      </c>
+      <c r="N188" t="s">
+        <v>27</v>
+      </c>
+      <c r="O188" t="s">
+        <v>985</v>
+      </c>
+      <c r="P188" t="s">
+        <v>986</v>
+      </c>
+    </row>
+    <row r="189" spans="1:16">
+      <c r="A189" t="s">
+        <v>987</v>
+      </c>
+      <c r="B189" t="s">
+        <v>988</v>
+      </c>
+      <c r="C189" t="s">
+        <v>241</v>
+      </c>
+      <c r="D189" t="s">
+        <v>518</v>
+      </c>
+      <c r="E189" t="s">
+        <v>184</v>
+      </c>
+      <c r="F189" t="s">
+        <v>58</v>
+      </c>
+      <c r="G189" t="s">
+        <v>71</v>
+      </c>
+      <c r="H189">
         <v>2012</v>
       </c>
-      <c r="I56" t="s">
-[...1279 lines deleted...]
-      <c r="C87" t="s">
+      <c r="I189"/>
+      <c r="J189" t="s">
+        <v>211</v>
+      </c>
+      <c r="K189" t="s">
+        <v>24</v>
+      </c>
+      <c r="L189" t="s">
+        <v>989</v>
+      </c>
+      <c r="M189" t="s">
         <v>370</v>
       </c>
-      <c r="D87" t="s">
-[...4176 lines deleted...]
-      </c>
       <c r="N189" t="s">
-        <v>674</v>
-[...2 lines deleted...]
-    <row r="190" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O189" t="s">
+        <v>990</v>
+      </c>
+      <c r="P189" t="s">
+        <v>991</v>
+      </c>
+    </row>
+    <row r="190" spans="1:16">
       <c r="A190" t="s">
-        <v>675</v>
+        <v>992</v>
       </c>
       <c r="B190" t="s">
-        <v>176</v>
+        <v>993</v>
       </c>
       <c r="C190" t="s">
-        <v>676</v>
+        <v>241</v>
       </c>
       <c r="D190" t="s">
-        <v>134</v>
+        <v>711</v>
       </c>
       <c r="E190" t="s">
-        <v>45</v>
+        <v>184</v>
       </c>
       <c r="F190" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2003</v>
+        <v>58</v>
+      </c>
+      <c r="G190" t="s">
+        <v>71</v>
       </c>
       <c r="H190">
         <v>2012</v>
       </c>
-      <c r="I190" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I190"/>
       <c r="J190" t="s">
-        <v>21</v>
+        <v>382</v>
       </c>
       <c r="K190" t="s">
-        <v>677</v>
+        <v>24</v>
       </c>
       <c r="L190" t="s">
-        <v>264</v>
+        <v>994</v>
       </c>
       <c r="M190" t="s">
-        <v>24</v>
+        <v>370</v>
       </c>
       <c r="N190" t="s">
-        <v>678</v>
-[...2 lines deleted...]
-    <row r="191" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O190" t="s">
+        <v>995</v>
+      </c>
+      <c r="P190" t="s">
+        <v>996</v>
+      </c>
+    </row>
+    <row r="191" spans="1:16">
       <c r="A191" t="s">
-        <v>679</v>
+        <v>997</v>
       </c>
       <c r="B191" t="s">
-        <v>176</v>
+        <v>998</v>
       </c>
       <c r="C191" t="s">
-        <v>680</v>
+        <v>241</v>
       </c>
       <c r="D191" t="s">
-        <v>134</v>
+        <v>999</v>
       </c>
       <c r="E191" t="s">
-        <v>45</v>
+        <v>184</v>
       </c>
       <c r="F191" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G191">
+        <v>58</v>
+      </c>
+      <c r="G191" t="s">
+        <v>22</v>
+      </c>
+      <c r="H191">
+        <v>2003</v>
+      </c>
+      <c r="I191">
+        <v>2012</v>
+      </c>
+      <c r="J191" t="s">
+        <v>211</v>
+      </c>
+      <c r="K191" t="s">
+        <v>24</v>
+      </c>
+      <c r="L191" t="s">
+        <v>1000</v>
+      </c>
+      <c r="M191" t="s">
+        <v>370</v>
+      </c>
+      <c r="N191" t="s">
+        <v>27</v>
+      </c>
+      <c r="O191" t="s">
+        <v>1001</v>
+      </c>
+      <c r="P191" t="s">
+        <v>1002</v>
+      </c>
+    </row>
+    <row r="192" spans="1:16">
+      <c r="A192" t="s">
+        <v>1003</v>
+      </c>
+      <c r="B192" t="s">
+        <v>1004</v>
+      </c>
+      <c r="C192" t="s">
+        <v>241</v>
+      </c>
+      <c r="D192" t="s">
+        <v>1005</v>
+      </c>
+      <c r="E192" t="s">
+        <v>184</v>
+      </c>
+      <c r="F192" t="s">
+        <v>58</v>
+      </c>
+      <c r="G192" t="s">
+        <v>22</v>
+      </c>
+      <c r="H192">
         <v>2011</v>
       </c>
-      <c r="H191">
+      <c r="I192">
         <v>2017</v>
       </c>
-      <c r="I191" t="s">
-[...37 lines deleted...]
-      <c r="G192">
+      <c r="J192" t="s">
+        <v>211</v>
+      </c>
+      <c r="K192" t="s">
+        <v>1006</v>
+      </c>
+      <c r="L192" t="s">
+        <v>1007</v>
+      </c>
+      <c r="M192" t="s">
+        <v>370</v>
+      </c>
+      <c r="N192" t="s">
+        <v>1008</v>
+      </c>
+      <c r="O192" t="s">
+        <v>1009</v>
+      </c>
+      <c r="P192" t="s">
+        <v>1010</v>
+      </c>
+    </row>
+    <row r="193" spans="1:16">
+      <c r="A193" t="s">
+        <v>1011</v>
+      </c>
+      <c r="B193" t="s">
+        <v>1012</v>
+      </c>
+      <c r="C193" t="s">
+        <v>241</v>
+      </c>
+      <c r="D193" t="s">
+        <v>457</v>
+      </c>
+      <c r="E193" t="s">
+        <v>184</v>
+      </c>
+      <c r="F193" t="s">
+        <v>58</v>
+      </c>
+      <c r="G193" t="s">
+        <v>22</v>
+      </c>
+      <c r="H193">
         <v>2002</v>
       </c>
-      <c r="H192">
+      <c r="I193">
         <v>2015</v>
       </c>
-      <c r="I192" t="s">
-[...37 lines deleted...]
-      <c r="G193">
+      <c r="J193" t="s">
+        <v>211</v>
+      </c>
+      <c r="K193" t="s">
+        <v>24</v>
+      </c>
+      <c r="L193" t="s">
+        <v>1013</v>
+      </c>
+      <c r="M193" t="s">
+        <v>370</v>
+      </c>
+      <c r="N193" t="s">
+        <v>27</v>
+      </c>
+      <c r="O193" t="s">
+        <v>1014</v>
+      </c>
+      <c r="P193" t="s">
+        <v>1015</v>
+      </c>
+    </row>
+    <row r="194" spans="1:16">
+      <c r="A194" t="s">
+        <v>1016</v>
+      </c>
+      <c r="B194" t="s">
+        <v>1017</v>
+      </c>
+      <c r="C194" t="s">
+        <v>241</v>
+      </c>
+      <c r="D194" t="s">
+        <v>1018</v>
+      </c>
+      <c r="E194" t="s">
+        <v>184</v>
+      </c>
+      <c r="F194" t="s">
+        <v>58</v>
+      </c>
+      <c r="G194" t="s">
+        <v>71</v>
+      </c>
+      <c r="H194">
         <v>2013</v>
       </c>
-      <c r="H193"/>
-[...38 lines deleted...]
-      <c r="G194">
+      <c r="I194"/>
+      <c r="J194" t="s">
+        <v>185</v>
+      </c>
+      <c r="K194" t="s">
+        <v>24</v>
+      </c>
+      <c r="L194" t="s">
+        <v>1019</v>
+      </c>
+      <c r="M194" t="s">
+        <v>370</v>
+      </c>
+      <c r="N194" t="s">
+        <v>27</v>
+      </c>
+      <c r="O194" t="s">
+        <v>1020</v>
+      </c>
+      <c r="P194" t="s">
+        <v>1021</v>
+      </c>
+    </row>
+    <row r="195" spans="1:16">
+      <c r="A195" t="s">
+        <v>1022</v>
+      </c>
+      <c r="B195" t="s">
+        <v>1023</v>
+      </c>
+      <c r="C195" t="s">
+        <v>241</v>
+      </c>
+      <c r="D195" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E195" t="s">
+        <v>184</v>
+      </c>
+      <c r="F195" t="s">
+        <v>58</v>
+      </c>
+      <c r="G195" t="s">
+        <v>71</v>
+      </c>
+      <c r="H195">
         <v>2012</v>
       </c>
-      <c r="H194"/>
-[...38 lines deleted...]
-      <c r="G195">
+      <c r="I195"/>
+      <c r="J195" t="s">
+        <v>211</v>
+      </c>
+      <c r="K195" t="s">
+        <v>24</v>
+      </c>
+      <c r="L195" t="s">
+        <v>1025</v>
+      </c>
+      <c r="M195" t="s">
+        <v>370</v>
+      </c>
+      <c r="N195" t="s">
+        <v>27</v>
+      </c>
+      <c r="O195" t="s">
+        <v>1026</v>
+      </c>
+      <c r="P195" t="s">
+        <v>1027</v>
+      </c>
+    </row>
+    <row r="196" spans="1:16">
+      <c r="A196" t="s">
+        <v>1028</v>
+      </c>
+      <c r="B196" t="s">
+        <v>1029</v>
+      </c>
+      <c r="C196" t="s">
+        <v>241</v>
+      </c>
+      <c r="D196" t="s">
+        <v>1030</v>
+      </c>
+      <c r="E196" t="s">
+        <v>184</v>
+      </c>
+      <c r="F196" t="s">
+        <v>58</v>
+      </c>
+      <c r="G196" t="s">
+        <v>22</v>
+      </c>
+      <c r="H196">
         <v>2001</v>
       </c>
-      <c r="H195"/>
-[...38 lines deleted...]
-      <c r="G196">
+      <c r="I196"/>
+      <c r="J196" t="s">
+        <v>211</v>
+      </c>
+      <c r="K196" t="s">
+        <v>24</v>
+      </c>
+      <c r="L196" t="s">
+        <v>1031</v>
+      </c>
+      <c r="M196" t="s">
+        <v>370</v>
+      </c>
+      <c r="N196" t="s">
+        <v>27</v>
+      </c>
+      <c r="O196" t="s">
+        <v>1032</v>
+      </c>
+      <c r="P196" t="s">
+        <v>1033</v>
+      </c>
+    </row>
+    <row r="197" spans="1:16">
+      <c r="A197" t="s">
+        <v>1034</v>
+      </c>
+      <c r="B197" t="s">
+        <v>1035</v>
+      </c>
+      <c r="C197" t="s">
+        <v>241</v>
+      </c>
+      <c r="D197" t="s">
+        <v>1036</v>
+      </c>
+      <c r="E197" t="s">
+        <v>184</v>
+      </c>
+      <c r="F197" t="s">
+        <v>58</v>
+      </c>
+      <c r="G197" t="s">
+        <v>71</v>
+      </c>
+      <c r="H197">
         <v>2014</v>
       </c>
-      <c r="H196"/>
-[...38 lines deleted...]
-      <c r="G197">
+      <c r="I197"/>
+      <c r="J197" t="s">
+        <v>211</v>
+      </c>
+      <c r="K197" t="s">
+        <v>24</v>
+      </c>
+      <c r="L197" t="s">
+        <v>1037</v>
+      </c>
+      <c r="M197" t="s">
+        <v>370</v>
+      </c>
+      <c r="N197" t="s">
+        <v>27</v>
+      </c>
+      <c r="O197" t="s">
+        <v>1038</v>
+      </c>
+      <c r="P197" t="s">
+        <v>1039</v>
+      </c>
+    </row>
+    <row r="198" spans="1:16">
+      <c r="A198" t="s">
+        <v>1040</v>
+      </c>
+      <c r="B198" t="s">
+        <v>1041</v>
+      </c>
+      <c r="C198" t="s">
+        <v>241</v>
+      </c>
+      <c r="D198" t="s">
+        <v>89</v>
+      </c>
+      <c r="E198" t="s">
+        <v>184</v>
+      </c>
+      <c r="F198" t="s">
+        <v>58</v>
+      </c>
+      <c r="G198" t="s">
+        <v>22</v>
+      </c>
+      <c r="H198">
         <v>2013</v>
       </c>
-      <c r="H197">
+      <c r="I198">
         <v>2017</v>
       </c>
-      <c r="I197" t="s">
-[...37 lines deleted...]
-      <c r="G198">
+      <c r="J198" t="s">
+        <v>211</v>
+      </c>
+      <c r="K198" t="s">
+        <v>24</v>
+      </c>
+      <c r="L198" t="s">
+        <v>1042</v>
+      </c>
+      <c r="M198" t="s">
+        <v>370</v>
+      </c>
+      <c r="N198" t="s">
+        <v>27</v>
+      </c>
+      <c r="O198" t="s">
+        <v>1043</v>
+      </c>
+      <c r="P198" t="s">
+        <v>1044</v>
+      </c>
+    </row>
+    <row r="199" spans="1:16">
+      <c r="A199" t="s">
+        <v>1045</v>
+      </c>
+      <c r="B199" t="s">
+        <v>1046</v>
+      </c>
+      <c r="C199" t="s">
+        <v>241</v>
+      </c>
+      <c r="D199" t="s">
+        <v>272</v>
+      </c>
+      <c r="E199" t="s">
+        <v>184</v>
+      </c>
+      <c r="F199" t="s">
+        <v>58</v>
+      </c>
+      <c r="G199" t="s">
+        <v>22</v>
+      </c>
+      <c r="H199">
         <v>2011</v>
       </c>
-      <c r="H198"/>
-[...38 lines deleted...]
-      <c r="G199">
+      <c r="I199"/>
+      <c r="J199" t="s">
+        <v>211</v>
+      </c>
+      <c r="K199" t="s">
+        <v>24</v>
+      </c>
+      <c r="L199" t="s">
+        <v>1047</v>
+      </c>
+      <c r="M199" t="s">
+        <v>370</v>
+      </c>
+      <c r="N199" t="s">
+        <v>27</v>
+      </c>
+      <c r="O199" t="s">
+        <v>1048</v>
+      </c>
+      <c r="P199" t="s">
+        <v>1049</v>
+      </c>
+    </row>
+    <row r="200" spans="1:16">
+      <c r="A200" t="s">
+        <v>1050</v>
+      </c>
+      <c r="B200" t="s">
+        <v>1051</v>
+      </c>
+      <c r="C200" t="s">
+        <v>241</v>
+      </c>
+      <c r="D200" t="s">
+        <v>735</v>
+      </c>
+      <c r="E200" t="s">
+        <v>184</v>
+      </c>
+      <c r="F200" t="s">
+        <v>58</v>
+      </c>
+      <c r="G200" t="s">
+        <v>71</v>
+      </c>
+      <c r="H200">
         <v>1998</v>
       </c>
-      <c r="H199"/>
-[...38 lines deleted...]
-      <c r="G200">
+      <c r="I200"/>
+      <c r="J200" t="s">
+        <v>211</v>
+      </c>
+      <c r="K200" t="s">
+        <v>24</v>
+      </c>
+      <c r="L200" t="s">
+        <v>1052</v>
+      </c>
+      <c r="M200" t="s">
+        <v>370</v>
+      </c>
+      <c r="N200" t="s">
+        <v>78</v>
+      </c>
+      <c r="O200" t="s">
+        <v>1053</v>
+      </c>
+      <c r="P200" t="s">
+        <v>1054</v>
+      </c>
+    </row>
+    <row r="201" spans="1:16">
+      <c r="A201" t="s">
+        <v>1055</v>
+      </c>
+      <c r="B201" t="s">
+        <v>1056</v>
+      </c>
+      <c r="C201" t="s">
+        <v>241</v>
+      </c>
+      <c r="D201" t="s">
+        <v>999</v>
+      </c>
+      <c r="E201" t="s">
+        <v>184</v>
+      </c>
+      <c r="F201" t="s">
+        <v>58</v>
+      </c>
+      <c r="G201" t="s">
+        <v>71</v>
+      </c>
+      <c r="H201">
         <v>2018</v>
       </c>
-      <c r="H200"/>
-[...38 lines deleted...]
-      <c r="G201">
+      <c r="I201"/>
+      <c r="J201" t="s">
+        <v>211</v>
+      </c>
+      <c r="K201" t="s">
+        <v>24</v>
+      </c>
+      <c r="L201" t="s">
+        <v>1057</v>
+      </c>
+      <c r="M201" t="s">
+        <v>370</v>
+      </c>
+      <c r="N201" t="s">
+        <v>27</v>
+      </c>
+      <c r="O201" t="s">
+        <v>1058</v>
+      </c>
+      <c r="P201" t="s">
+        <v>1059</v>
+      </c>
+    </row>
+    <row r="202" spans="1:16">
+      <c r="A202" t="s">
+        <v>1060</v>
+      </c>
+      <c r="B202" t="s">
+        <v>1061</v>
+      </c>
+      <c r="C202" t="s">
+        <v>241</v>
+      </c>
+      <c r="D202" t="s">
+        <v>999</v>
+      </c>
+      <c r="E202" t="s">
+        <v>184</v>
+      </c>
+      <c r="F202" t="s">
+        <v>58</v>
+      </c>
+      <c r="G202" t="s">
+        <v>71</v>
+      </c>
+      <c r="H202">
         <v>2018</v>
       </c>
-      <c r="H201"/>
-[...38 lines deleted...]
-      <c r="G202">
+      <c r="I202"/>
+      <c r="J202" t="s">
+        <v>211</v>
+      </c>
+      <c r="K202" t="s">
+        <v>24</v>
+      </c>
+      <c r="L202" t="s">
+        <v>1062</v>
+      </c>
+      <c r="M202" t="s">
+        <v>370</v>
+      </c>
+      <c r="N202" t="s">
+        <v>27</v>
+      </c>
+      <c r="O202" t="s">
+        <v>1063</v>
+      </c>
+      <c r="P202" t="s">
+        <v>1064</v>
+      </c>
+    </row>
+    <row r="203" spans="1:16">
+      <c r="A203" t="s">
+        <v>1065</v>
+      </c>
+      <c r="B203" t="s">
+        <v>1066</v>
+      </c>
+      <c r="C203" t="s">
+        <v>241</v>
+      </c>
+      <c r="D203" t="s">
+        <v>278</v>
+      </c>
+      <c r="E203" t="s">
+        <v>184</v>
+      </c>
+      <c r="F203" t="s">
+        <v>58</v>
+      </c>
+      <c r="G203" t="s">
+        <v>22</v>
+      </c>
+      <c r="H203">
         <v>2013</v>
       </c>
-      <c r="H202">
+      <c r="I203">
         <v>2021</v>
       </c>
-      <c r="I202" t="s">
-[...37 lines deleted...]
-      <c r="G203">
+      <c r="J203" t="s">
+        <v>211</v>
+      </c>
+      <c r="K203" t="s">
+        <v>24</v>
+      </c>
+      <c r="L203" t="s">
+        <v>1067</v>
+      </c>
+      <c r="M203" t="s">
+        <v>370</v>
+      </c>
+      <c r="N203" t="s">
+        <v>27</v>
+      </c>
+      <c r="O203" t="s">
+        <v>1068</v>
+      </c>
+      <c r="P203" t="s">
+        <v>1069</v>
+      </c>
+    </row>
+    <row r="204" spans="1:16">
+      <c r="A204" t="s">
+        <v>1070</v>
+      </c>
+      <c r="B204" t="s">
+        <v>1071</v>
+      </c>
+      <c r="C204" t="s">
+        <v>241</v>
+      </c>
+      <c r="D204" t="s">
+        <v>161</v>
+      </c>
+      <c r="E204" t="s">
+        <v>184</v>
+      </c>
+      <c r="F204" t="s">
+        <v>58</v>
+      </c>
+      <c r="G204" t="s">
+        <v>22</v>
+      </c>
+      <c r="H204">
         <v>2002</v>
       </c>
-      <c r="H203">
+      <c r="I204">
         <v>2021</v>
       </c>
-      <c r="I203" t="s">
-[...37 lines deleted...]
-      <c r="G204">
+      <c r="J204" t="s">
+        <v>211</v>
+      </c>
+      <c r="K204" t="s">
+        <v>24</v>
+      </c>
+      <c r="L204" t="s">
+        <v>1072</v>
+      </c>
+      <c r="M204" t="s">
+        <v>370</v>
+      </c>
+      <c r="N204" t="s">
+        <v>27</v>
+      </c>
+      <c r="O204" t="s">
+        <v>1073</v>
+      </c>
+      <c r="P204" t="s">
+        <v>1074</v>
+      </c>
+    </row>
+    <row r="205" spans="1:16">
+      <c r="A205" t="s">
+        <v>1075</v>
+      </c>
+      <c r="B205" t="s">
+        <v>1076</v>
+      </c>
+      <c r="C205" t="s">
+        <v>241</v>
+      </c>
+      <c r="D205" t="s">
+        <v>53</v>
+      </c>
+      <c r="E205" t="s">
+        <v>184</v>
+      </c>
+      <c r="F205" t="s">
+        <v>58</v>
+      </c>
+      <c r="G205" t="s">
+        <v>22</v>
+      </c>
+      <c r="H205">
         <v>2003</v>
       </c>
-      <c r="H204">
+      <c r="I205">
         <v>2021</v>
       </c>
-      <c r="I204" t="s">
-[...43 lines deleted...]
-      </c>
       <c r="J205" t="s">
-        <v>21</v>
+        <v>211</v>
       </c>
       <c r="K205" t="s">
-        <v>730</v>
+        <v>24</v>
       </c>
       <c r="L205" t="s">
-        <v>264</v>
+        <v>1077</v>
       </c>
       <c r="M205" t="s">
-        <v>24</v>
+        <v>370</v>
       </c>
       <c r="N205" t="s">
-        <v>731</v>
-[...2 lines deleted...]
-    <row r="206" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O205" t="s">
+        <v>1078</v>
+      </c>
+      <c r="P205" t="s">
+        <v>1079</v>
+      </c>
+    </row>
+    <row r="206" spans="1:16">
       <c r="A206" t="s">
-        <v>732</v>
+        <v>1080</v>
       </c>
       <c r="B206" t="s">
-        <v>176</v>
+        <v>1081</v>
       </c>
       <c r="C206" t="s">
-        <v>69</v>
+        <v>241</v>
       </c>
       <c r="D206" t="s">
-        <v>134</v>
+        <v>1082</v>
       </c>
       <c r="E206" t="s">
-        <v>45</v>
+        <v>184</v>
       </c>
       <c r="F206" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2004</v>
+        <v>58</v>
+      </c>
+      <c r="G206" t="s">
+        <v>71</v>
       </c>
       <c r="H206">
         <v>2012</v>
       </c>
-      <c r="I206" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I206"/>
       <c r="J206" t="s">
+        <v>211</v>
+      </c>
+      <c r="K206" t="s">
+        <v>24</v>
+      </c>
+      <c r="L206" t="s">
+        <v>1083</v>
+      </c>
+      <c r="M206" t="s">
+        <v>370</v>
+      </c>
+      <c r="N206" t="s">
+        <v>27</v>
+      </c>
+      <c r="O206" t="s">
+        <v>1084</v>
+      </c>
+      <c r="P206" t="s">
+        <v>1085</v>
+      </c>
+    </row>
+    <row r="207" spans="1:16">
+      <c r="A207" t="s">
+        <v>1086</v>
+      </c>
+      <c r="B207" t="s">
+        <v>1087</v>
+      </c>
+      <c r="C207" t="s">
+        <v>241</v>
+      </c>
+      <c r="D207" t="s">
+        <v>94</v>
+      </c>
+      <c r="E207" t="s">
+        <v>184</v>
+      </c>
+      <c r="F207" t="s">
+        <v>58</v>
+      </c>
+      <c r="G207" t="s">
+        <v>22</v>
+      </c>
+      <c r="H207">
+        <v>2004</v>
+      </c>
+      <c r="I207">
+        <v>2012</v>
+      </c>
+      <c r="J207" t="s">
+        <v>211</v>
+      </c>
+      <c r="K207" t="s">
+        <v>24</v>
+      </c>
+      <c r="L207" t="s">
+        <v>1088</v>
+      </c>
+      <c r="M207" t="s">
+        <v>370</v>
+      </c>
+      <c r="N207" t="s">
+        <v>27</v>
+      </c>
+      <c r="O207" t="s">
+        <v>1089</v>
+      </c>
+      <c r="P207" t="s">
+        <v>1090</v>
+      </c>
+    </row>
+    <row r="208" spans="1:16">
+      <c r="A208" t="s">
+        <v>1091</v>
+      </c>
+      <c r="B208" t="s">
+        <v>1092</v>
+      </c>
+      <c r="C208" t="s">
+        <v>241</v>
+      </c>
+      <c r="D208" t="s">
+        <v>1093</v>
+      </c>
+      <c r="E208" t="s">
+        <v>184</v>
+      </c>
+      <c r="F208" t="s">
+        <v>58</v>
+      </c>
+      <c r="G208" t="s">
+        <v>71</v>
+      </c>
+      <c r="H208">
+        <v>2014</v>
+      </c>
+      <c r="I208"/>
+      <c r="J208" t="s">
+        <v>382</v>
+      </c>
+      <c r="K208" t="s">
+        <v>24</v>
+      </c>
+      <c r="L208" t="s">
+        <v>1094</v>
+      </c>
+      <c r="M208" t="s">
+        <v>370</v>
+      </c>
+      <c r="N208" t="s">
+        <v>27</v>
+      </c>
+      <c r="O208" t="s">
+        <v>1095</v>
+      </c>
+      <c r="P208" t="s">
+        <v>1096</v>
+      </c>
+    </row>
+    <row r="209" spans="1:16">
+      <c r="A209" t="s">
+        <v>1097</v>
+      </c>
+      <c r="B209" t="s">
+        <v>1098</v>
+      </c>
+      <c r="C209" t="s">
+        <v>241</v>
+      </c>
+      <c r="D209" t="s">
+        <v>1099</v>
+      </c>
+      <c r="E209" t="s">
+        <v>184</v>
+      </c>
+      <c r="F209" t="s">
+        <v>58</v>
+      </c>
+      <c r="G209" t="s">
+        <v>71</v>
+      </c>
+      <c r="H209">
+        <v>2015</v>
+      </c>
+      <c r="I209"/>
+      <c r="J209" t="s">
+        <v>211</v>
+      </c>
+      <c r="K209" t="s">
+        <v>24</v>
+      </c>
+      <c r="L209" t="s">
+        <v>1100</v>
+      </c>
+      <c r="M209" t="s">
+        <v>370</v>
+      </c>
+      <c r="N209" t="s">
+        <v>27</v>
+      </c>
+      <c r="O209" t="s">
+        <v>1101</v>
+      </c>
+      <c r="P209" t="s">
+        <v>1102</v>
+      </c>
+    </row>
+    <row r="210" spans="1:16">
+      <c r="A210" t="s">
+        <v>1103</v>
+      </c>
+      <c r="B210" t="s">
+        <v>1104</v>
+      </c>
+      <c r="C210" t="s">
+        <v>241</v>
+      </c>
+      <c r="D210" t="s">
+        <v>822</v>
+      </c>
+      <c r="E210" t="s">
+        <v>184</v>
+      </c>
+      <c r="F210" t="s">
+        <v>58</v>
+      </c>
+      <c r="G210" t="s">
+        <v>71</v>
+      </c>
+      <c r="H210">
+        <v>2012</v>
+      </c>
+      <c r="I210"/>
+      <c r="J210" t="s">
+        <v>211</v>
+      </c>
+      <c r="K210" t="s">
+        <v>24</v>
+      </c>
+      <c r="L210" t="s">
+        <v>1105</v>
+      </c>
+      <c r="M210" t="s">
+        <v>370</v>
+      </c>
+      <c r="N210" t="s">
+        <v>27</v>
+      </c>
+      <c r="O210" t="s">
+        <v>1106</v>
+      </c>
+      <c r="P210" t="s">
+        <v>1107</v>
+      </c>
+    </row>
+    <row r="211" spans="1:16">
+      <c r="A211" t="s">
+        <v>1108</v>
+      </c>
+      <c r="B211" t="s">
+        <v>1109</v>
+      </c>
+      <c r="C211" t="s">
+        <v>241</v>
+      </c>
+      <c r="D211" t="s">
+        <v>1110</v>
+      </c>
+      <c r="E211" t="s">
+        <v>184</v>
+      </c>
+      <c r="F211" t="s">
+        <v>58</v>
+      </c>
+      <c r="G211" t="s">
+        <v>71</v>
+      </c>
+      <c r="H211">
+        <v>2004</v>
+      </c>
+      <c r="I211"/>
+      <c r="J211" t="s">
+        <v>211</v>
+      </c>
+      <c r="K211" t="s">
+        <v>24</v>
+      </c>
+      <c r="L211" t="s">
+        <v>1111</v>
+      </c>
+      <c r="M211" t="s">
+        <v>370</v>
+      </c>
+      <c r="N211" t="s">
+        <v>27</v>
+      </c>
+      <c r="O211" t="s">
+        <v>1112</v>
+      </c>
+      <c r="P211" t="s">
+        <v>1113</v>
+      </c>
+    </row>
+    <row r="212" spans="1:16">
+      <c r="A212" t="s">
+        <v>1114</v>
+      </c>
+      <c r="B212" t="s">
+        <v>1115</v>
+      </c>
+      <c r="C212" t="s">
+        <v>241</v>
+      </c>
+      <c r="D212" t="s">
+        <v>301</v>
+      </c>
+      <c r="E212" t="s">
+        <v>184</v>
+      </c>
+      <c r="F212" t="s">
+        <v>58</v>
+      </c>
+      <c r="G212" t="s">
+        <v>22</v>
+      </c>
+      <c r="H212">
+        <v>2015</v>
+      </c>
+      <c r="I212">
+        <v>2021</v>
+      </c>
+      <c r="J212" t="s">
+        <v>211</v>
+      </c>
+      <c r="K212" t="s">
+        <v>24</v>
+      </c>
+      <c r="L212" t="s">
+        <v>1116</v>
+      </c>
+      <c r="M212" t="s">
+        <v>370</v>
+      </c>
+      <c r="N212" t="s">
+        <v>27</v>
+      </c>
+      <c r="O212" t="s">
+        <v>1117</v>
+      </c>
+      <c r="P212" t="s">
+        <v>1118</v>
+      </c>
+    </row>
+    <row r="213" spans="1:16">
+      <c r="A213" t="s">
+        <v>1119</v>
+      </c>
+      <c r="B213" t="s">
+        <v>1120</v>
+      </c>
+      <c r="C213" t="s">
+        <v>241</v>
+      </c>
+      <c r="D213" t="s">
+        <v>307</v>
+      </c>
+      <c r="E213" t="s">
+        <v>184</v>
+      </c>
+      <c r="F213" t="s">
+        <v>58</v>
+      </c>
+      <c r="G213" t="s">
+        <v>71</v>
+      </c>
+      <c r="H213">
+        <v>2014</v>
+      </c>
+      <c r="I213"/>
+      <c r="J213" t="s">
+        <v>211</v>
+      </c>
+      <c r="K213" t="s">
+        <v>24</v>
+      </c>
+      <c r="L213" t="s">
+        <v>1121</v>
+      </c>
+      <c r="M213" t="s">
+        <v>370</v>
+      </c>
+      <c r="N213" t="s">
+        <v>27</v>
+      </c>
+      <c r="O213" t="s">
+        <v>1122</v>
+      </c>
+      <c r="P213" t="s">
+        <v>1123</v>
+      </c>
+    </row>
+    <row r="214" spans="1:16">
+      <c r="A214" t="s">
+        <v>1124</v>
+      </c>
+      <c r="B214" t="s">
+        <v>1125</v>
+      </c>
+      <c r="C214" t="s">
+        <v>160</v>
+      </c>
+      <c r="D214" t="s">
+        <v>1126</v>
+      </c>
+      <c r="E214" t="s">
+        <v>20</v>
+      </c>
+      <c r="F214" t="s">
+        <v>146</v>
+      </c>
+      <c r="G214" t="s">
+        <v>71</v>
+      </c>
+      <c r="H214">
+        <v>2016</v>
+      </c>
+      <c r="I214"/>
+      <c r="J214" t="s">
+        <v>1127</v>
+      </c>
+      <c r="K214" t="s">
+        <v>24</v>
+      </c>
+      <c r="L214"/>
+      <c r="M214" t="s">
+        <v>1128</v>
+      </c>
+      <c r="N214" t="s">
+        <v>78</v>
+      </c>
+      <c r="O214" t="s">
+        <v>1129</v>
+      </c>
+      <c r="P214" t="s">
+        <v>1130</v>
+      </c>
+    </row>
+    <row r="215" spans="1:16">
+      <c r="A215" t="s">
+        <v>1131</v>
+      </c>
+      <c r="B215" t="s">
+        <v>1132</v>
+      </c>
+      <c r="C215" t="s">
+        <v>241</v>
+      </c>
+      <c r="D215" t="s">
+        <v>89</v>
+      </c>
+      <c r="E215" t="s">
+        <v>184</v>
+      </c>
+      <c r="F215" t="s">
+        <v>42</v>
+      </c>
+      <c r="G215" t="s">
+        <v>22</v>
+      </c>
+      <c r="H215">
+        <v>2001</v>
+      </c>
+      <c r="I215">
+        <v>2019</v>
+      </c>
+      <c r="J215" t="s">
+        <v>211</v>
+      </c>
+      <c r="K215" t="s">
+        <v>24</v>
+      </c>
+      <c r="L215" t="s">
+        <v>1133</v>
+      </c>
+      <c r="M215" t="s">
+        <v>244</v>
+      </c>
+      <c r="N215" t="s">
+        <v>27</v>
+      </c>
+      <c r="O215" t="s">
+        <v>1134</v>
+      </c>
+      <c r="P215" t="s">
+        <v>1135</v>
+      </c>
+    </row>
+    <row r="216" spans="1:16">
+      <c r="A216" t="s">
+        <v>1136</v>
+      </c>
+      <c r="B216" t="s">
+        <v>1137</v>
+      </c>
+      <c r="C216" t="s">
+        <v>241</v>
+      </c>
+      <c r="D216" t="s">
+        <v>53</v>
+      </c>
+      <c r="E216" t="s">
+        <v>184</v>
+      </c>
+      <c r="F216" t="s">
+        <v>42</v>
+      </c>
+      <c r="G216" t="s">
+        <v>22</v>
+      </c>
+      <c r="H216">
+        <v>1995</v>
+      </c>
+      <c r="I216">
+        <v>2019</v>
+      </c>
+      <c r="J216" t="s">
+        <v>250</v>
+      </c>
+      <c r="K216" t="s">
+        <v>24</v>
+      </c>
+      <c r="L216" t="s">
+        <v>1138</v>
+      </c>
+      <c r="M216" t="s">
+        <v>244</v>
+      </c>
+      <c r="N216" t="s">
+        <v>27</v>
+      </c>
+      <c r="O216" t="s">
+        <v>1139</v>
+      </c>
+      <c r="P216" t="s">
+        <v>1140</v>
+      </c>
+    </row>
+    <row r="217" spans="1:16">
+      <c r="A217" t="s">
+        <v>1141</v>
+      </c>
+      <c r="B217" t="s">
+        <v>1142</v>
+      </c>
+      <c r="C217" t="s">
+        <v>241</v>
+      </c>
+      <c r="D217" t="s">
+        <v>242</v>
+      </c>
+      <c r="E217" t="s">
+        <v>184</v>
+      </c>
+      <c r="F217" t="s">
+        <v>42</v>
+      </c>
+      <c r="G217" t="s">
+        <v>138</v>
+      </c>
+      <c r="H217">
+        <v>2021</v>
+      </c>
+      <c r="I217"/>
+      <c r="J217" t="s">
+        <v>250</v>
+      </c>
+      <c r="K217" t="s">
+        <v>24</v>
+      </c>
+      <c r="L217" t="s">
+        <v>1143</v>
+      </c>
+      <c r="M217" t="s">
+        <v>286</v>
+      </c>
+      <c r="N217" t="s">
+        <v>27</v>
+      </c>
+      <c r="O217" t="s">
+        <v>1144</v>
+      </c>
+      <c r="P217" t="s">
+        <v>1145</v>
+      </c>
+    </row>
+    <row r="218" spans="1:16">
+      <c r="A218" t="s">
+        <v>1146</v>
+      </c>
+      <c r="B218" t="s">
+        <v>1147</v>
+      </c>
+      <c r="C218" t="s">
+        <v>241</v>
+      </c>
+      <c r="D218" t="s">
+        <v>560</v>
+      </c>
+      <c r="E218" t="s">
+        <v>184</v>
+      </c>
+      <c r="F218" t="s">
+        <v>42</v>
+      </c>
+      <c r="G218" t="s">
+        <v>22</v>
+      </c>
+      <c r="H218">
+        <v>2014</v>
+      </c>
+      <c r="I218">
+        <v>2019</v>
+      </c>
+      <c r="J218" t="s">
+        <v>250</v>
+      </c>
+      <c r="K218" t="s">
+        <v>24</v>
+      </c>
+      <c r="L218" t="s">
+        <v>1148</v>
+      </c>
+      <c r="M218" t="s">
+        <v>244</v>
+      </c>
+      <c r="N218" t="s">
+        <v>27</v>
+      </c>
+      <c r="O218" t="s">
+        <v>1149</v>
+      </c>
+      <c r="P218" t="s">
+        <v>1150</v>
+      </c>
+    </row>
+    <row r="219" spans="1:16">
+      <c r="A219" t="s">
+        <v>1151</v>
+      </c>
+      <c r="B219" t="s">
+        <v>1152</v>
+      </c>
+      <c r="C219" t="s">
+        <v>241</v>
+      </c>
+      <c r="D219" t="s">
+        <v>1036</v>
+      </c>
+      <c r="E219" t="s">
+        <v>184</v>
+      </c>
+      <c r="F219" t="s">
+        <v>42</v>
+      </c>
+      <c r="G219" t="s">
+        <v>22</v>
+      </c>
+      <c r="H219">
+        <v>2012</v>
+      </c>
+      <c r="I219">
+        <v>2019</v>
+      </c>
+      <c r="J219" t="s">
+        <v>128</v>
+      </c>
+      <c r="K219" t="s">
+        <v>24</v>
+      </c>
+      <c r="L219" t="s">
+        <v>1153</v>
+      </c>
+      <c r="M219" t="s">
+        <v>244</v>
+      </c>
+      <c r="N219" t="s">
+        <v>27</v>
+      </c>
+      <c r="O219" t="s">
+        <v>1154</v>
+      </c>
+      <c r="P219" t="s">
+        <v>1155</v>
+      </c>
+    </row>
+    <row r="220" spans="1:16">
+      <c r="A220" t="s">
+        <v>1156</v>
+      </c>
+      <c r="B220" t="s">
+        <v>1157</v>
+      </c>
+      <c r="C220" t="s">
+        <v>241</v>
+      </c>
+      <c r="D220" t="s">
+        <v>973</v>
+      </c>
+      <c r="E220" t="s">
+        <v>184</v>
+      </c>
+      <c r="F220" t="s">
+        <v>42</v>
+      </c>
+      <c r="G220" t="s">
+        <v>22</v>
+      </c>
+      <c r="H220">
+        <v>2001</v>
+      </c>
+      <c r="I220">
+        <v>2019</v>
+      </c>
+      <c r="J220" t="s">
+        <v>250</v>
+      </c>
+      <c r="K220" t="s">
+        <v>24</v>
+      </c>
+      <c r="L220" t="s">
+        <v>1158</v>
+      </c>
+      <c r="M220" t="s">
+        <v>244</v>
+      </c>
+      <c r="N220" t="s">
+        <v>27</v>
+      </c>
+      <c r="O220" t="s">
+        <v>1159</v>
+      </c>
+      <c r="P220" t="s">
+        <v>1160</v>
+      </c>
+    </row>
+    <row r="221" spans="1:16">
+      <c r="A221" t="s">
+        <v>1161</v>
+      </c>
+      <c r="B221" t="s">
+        <v>1162</v>
+      </c>
+      <c r="C221" t="s">
+        <v>241</v>
+      </c>
+      <c r="D221" t="s">
+        <v>161</v>
+      </c>
+      <c r="E221" t="s">
+        <v>184</v>
+      </c>
+      <c r="F221" t="s">
+        <v>42</v>
+      </c>
+      <c r="G221" t="s">
+        <v>22</v>
+      </c>
+      <c r="H221">
+        <v>1995</v>
+      </c>
+      <c r="I221">
+        <v>2019</v>
+      </c>
+      <c r="J221" t="s">
+        <v>250</v>
+      </c>
+      <c r="K221" t="s">
+        <v>24</v>
+      </c>
+      <c r="L221" t="s">
+        <v>1163</v>
+      </c>
+      <c r="M221" t="s">
+        <v>244</v>
+      </c>
+      <c r="N221" t="s">
+        <v>27</v>
+      </c>
+      <c r="O221" t="s">
+        <v>1164</v>
+      </c>
+      <c r="P221" t="s">
+        <v>1165</v>
+      </c>
+    </row>
+    <row r="222" spans="1:16">
+      <c r="A222" t="s">
+        <v>1166</v>
+      </c>
+      <c r="B222" t="s">
+        <v>1167</v>
+      </c>
+      <c r="C222" t="s">
+        <v>241</v>
+      </c>
+      <c r="D222" t="s">
+        <v>284</v>
+      </c>
+      <c r="E222" t="s">
+        <v>184</v>
+      </c>
+      <c r="F222" t="s">
+        <v>42</v>
+      </c>
+      <c r="G222" t="s">
+        <v>22</v>
+      </c>
+      <c r="H222">
+        <v>2004</v>
+      </c>
+      <c r="I222">
+        <v>2019</v>
+      </c>
+      <c r="J222" t="s">
+        <v>250</v>
+      </c>
+      <c r="K222" t="s">
+        <v>24</v>
+      </c>
+      <c r="L222" t="s">
+        <v>1168</v>
+      </c>
+      <c r="M222" t="s">
+        <v>244</v>
+      </c>
+      <c r="N222" t="s">
+        <v>27</v>
+      </c>
+      <c r="O222" t="s">
+        <v>1169</v>
+      </c>
+      <c r="P222" t="s">
+        <v>1170</v>
+      </c>
+    </row>
+    <row r="223" spans="1:16">
+      <c r="A223" t="s">
+        <v>1171</v>
+      </c>
+      <c r="B223" t="s">
+        <v>1172</v>
+      </c>
+      <c r="C223" t="s">
+        <v>241</v>
+      </c>
+      <c r="D223" t="s">
+        <v>518</v>
+      </c>
+      <c r="E223" t="s">
+        <v>184</v>
+      </c>
+      <c r="F223" t="s">
+        <v>42</v>
+      </c>
+      <c r="G223" t="s">
+        <v>22</v>
+      </c>
+      <c r="H223">
+        <v>2011</v>
+      </c>
+      <c r="I223">
+        <v>2019</v>
+      </c>
+      <c r="J223" t="s">
+        <v>250</v>
+      </c>
+      <c r="K223" t="s">
+        <v>24</v>
+      </c>
+      <c r="L223" t="s">
+        <v>1173</v>
+      </c>
+      <c r="M223" t="s">
+        <v>244</v>
+      </c>
+      <c r="N223" t="s">
+        <v>27</v>
+      </c>
+      <c r="O223" t="s">
+        <v>1174</v>
+      </c>
+      <c r="P223" t="s">
+        <v>1175</v>
+      </c>
+    </row>
+    <row r="224" spans="1:16">
+      <c r="A224" t="s">
+        <v>1176</v>
+      </c>
+      <c r="B224" t="s">
+        <v>1177</v>
+      </c>
+      <c r="C224" t="s">
+        <v>241</v>
+      </c>
+      <c r="D224" t="s">
+        <v>64</v>
+      </c>
+      <c r="E224" t="s">
+        <v>20</v>
+      </c>
+      <c r="F224" t="s">
         <v>21</v>
       </c>
-      <c r="K206" t="s">
-[...38 lines deleted...]
-      <c r="J207" t="s">
+      <c r="G224" t="s">
+        <v>22</v>
+      </c>
+      <c r="H224">
+        <v>1997</v>
+      </c>
+      <c r="I224">
+        <v>2022</v>
+      </c>
+      <c r="J224" t="s">
+        <v>250</v>
+      </c>
+      <c r="K224" t="s">
+        <v>24</v>
+      </c>
+      <c r="L224"/>
+      <c r="M224" t="s">
+        <v>1178</v>
+      </c>
+      <c r="N224" t="s">
+        <v>27</v>
+      </c>
+      <c r="O224" t="s">
+        <v>1179</v>
+      </c>
+      <c r="P224" t="s">
+        <v>1180</v>
+      </c>
+    </row>
+    <row r="225" spans="1:16">
+      <c r="A225" t="s">
+        <v>1181</v>
+      </c>
+      <c r="B225" t="s">
+        <v>1182</v>
+      </c>
+      <c r="C225" t="s">
+        <v>241</v>
+      </c>
+      <c r="D225" t="s">
+        <v>53</v>
+      </c>
+      <c r="E225" t="s">
+        <v>20</v>
+      </c>
+      <c r="F225" t="s">
         <v>21</v>
       </c>
-      <c r="K207" t="s">
-[...38 lines deleted...]
-      <c r="J208" t="s">
+      <c r="G225" t="s">
+        <v>22</v>
+      </c>
+      <c r="H225">
+        <v>2003</v>
+      </c>
+      <c r="I225">
+        <v>2013</v>
+      </c>
+      <c r="J225" t="s">
+        <v>211</v>
+      </c>
+      <c r="K225" t="s">
+        <v>24</v>
+      </c>
+      <c r="L225"/>
+      <c r="M225" t="s">
+        <v>1178</v>
+      </c>
+      <c r="N225" t="s">
+        <v>27</v>
+      </c>
+      <c r="O225" t="s">
+        <v>1183</v>
+      </c>
+      <c r="P225" t="s">
+        <v>1184</v>
+      </c>
+    </row>
+    <row r="226" spans="1:16">
+      <c r="A226" t="s">
+        <v>1185</v>
+      </c>
+      <c r="B226" t="s">
+        <v>1186</v>
+      </c>
+      <c r="C226" t="s">
+        <v>241</v>
+      </c>
+      <c r="D226" t="s">
+        <v>53</v>
+      </c>
+      <c r="E226" t="s">
+        <v>20</v>
+      </c>
+      <c r="F226" t="s">
         <v>21</v>
       </c>
-      <c r="K208" t="s">
-[...38 lines deleted...]
-      <c r="J209" t="s">
+      <c r="G226" t="s">
+        <v>71</v>
+      </c>
+      <c r="H226">
+        <v>2023</v>
+      </c>
+      <c r="I226"/>
+      <c r="J226" t="s">
+        <v>250</v>
+      </c>
+      <c r="K226" t="s">
+        <v>24</v>
+      </c>
+      <c r="L226"/>
+      <c r="M226" t="s">
+        <v>1187</v>
+      </c>
+      <c r="N226" t="s">
+        <v>27</v>
+      </c>
+      <c r="O226" t="s">
+        <v>1188</v>
+      </c>
+      <c r="P226" t="s">
+        <v>1189</v>
+      </c>
+    </row>
+    <row r="227" spans="1:16">
+      <c r="A227" t="s">
+        <v>1190</v>
+      </c>
+      <c r="B227" t="s">
+        <v>1191</v>
+      </c>
+      <c r="C227" t="s">
+        <v>241</v>
+      </c>
+      <c r="D227" t="s">
+        <v>161</v>
+      </c>
+      <c r="E227" t="s">
+        <v>20</v>
+      </c>
+      <c r="F227" t="s">
         <v>21</v>
       </c>
-      <c r="K209" t="s">
-[...31 lines deleted...]
-      <c r="G210">
+      <c r="G227" t="s">
+        <v>1192</v>
+      </c>
+      <c r="H227">
         <v>2004</v>
       </c>
-      <c r="H210"/>
-[...3 lines deleted...]
-      <c r="J210" t="s">
+      <c r="I227"/>
+      <c r="J227" t="s">
+        <v>1193</v>
+      </c>
+      <c r="K227" t="s">
+        <v>24</v>
+      </c>
+      <c r="L227" t="s">
+        <v>1194</v>
+      </c>
+      <c r="M227" t="s">
+        <v>1178</v>
+      </c>
+      <c r="N227" t="s">
+        <v>27</v>
+      </c>
+      <c r="O227" t="s">
+        <v>1195</v>
+      </c>
+      <c r="P227" t="s">
+        <v>1196</v>
+      </c>
+    </row>
+    <row r="228" spans="1:16">
+      <c r="A228" t="s">
+        <v>1197</v>
+      </c>
+      <c r="B228" t="s">
+        <v>1198</v>
+      </c>
+      <c r="C228" t="s">
+        <v>241</v>
+      </c>
+      <c r="D228" t="s">
+        <v>161</v>
+      </c>
+      <c r="E228" t="s">
+        <v>20</v>
+      </c>
+      <c r="F228" t="s">
+        <v>146</v>
+      </c>
+      <c r="G228" t="s">
+        <v>22</v>
+      </c>
+      <c r="H228">
+        <v>2004</v>
+      </c>
+      <c r="I228">
+        <v>2021</v>
+      </c>
+      <c r="J228" t="s">
+        <v>1193</v>
+      </c>
+      <c r="K228" t="s">
+        <v>24</v>
+      </c>
+      <c r="L228"/>
+      <c r="M228" t="s">
+        <v>1178</v>
+      </c>
+      <c r="N228" t="s">
+        <v>27</v>
+      </c>
+      <c r="O228" t="s">
+        <v>1199</v>
+      </c>
+      <c r="P228" t="s">
+        <v>1200</v>
+      </c>
+    </row>
+    <row r="229" spans="1:16">
+      <c r="A229" t="s">
+        <v>1201</v>
+      </c>
+      <c r="B229" t="s">
+        <v>1202</v>
+      </c>
+      <c r="C229" t="s">
+        <v>241</v>
+      </c>
+      <c r="D229" t="s">
+        <v>367</v>
+      </c>
+      <c r="E229" t="s">
+        <v>20</v>
+      </c>
+      <c r="F229" t="s">
         <v>21</v>
       </c>
-      <c r="K210" t="s">
-[...40 lines deleted...]
-      <c r="J211" t="s">
+      <c r="G229" t="s">
+        <v>22</v>
+      </c>
+      <c r="H229">
+        <v>1978</v>
+      </c>
+      <c r="I229">
+        <v>2017</v>
+      </c>
+      <c r="J229" t="s">
+        <v>250</v>
+      </c>
+      <c r="K229" t="s">
+        <v>24</v>
+      </c>
+      <c r="L229"/>
+      <c r="M229" t="s">
+        <v>1178</v>
+      </c>
+      <c r="N229" t="s">
+        <v>27</v>
+      </c>
+      <c r="O229" t="s">
+        <v>1203</v>
+      </c>
+      <c r="P229" t="s">
+        <v>1204</v>
+      </c>
+    </row>
+    <row r="230" spans="1:16">
+      <c r="A230" t="s">
+        <v>1205</v>
+      </c>
+      <c r="B230" t="s">
+        <v>1206</v>
+      </c>
+      <c r="C230" t="s">
+        <v>241</v>
+      </c>
+      <c r="D230" t="s">
+        <v>1207</v>
+      </c>
+      <c r="E230" t="s">
+        <v>184</v>
+      </c>
+      <c r="F230" t="s">
         <v>21</v>
       </c>
-      <c r="K211" t="s">
-[...38 lines deleted...]
-      <c r="J212" t="s">
+      <c r="G230" t="s">
+        <v>71</v>
+      </c>
+      <c r="H230">
+        <v>2013</v>
+      </c>
+      <c r="I230"/>
+      <c r="J230" t="s">
+        <v>382</v>
+      </c>
+      <c r="K230" t="s">
+        <v>24</v>
+      </c>
+      <c r="L230"/>
+      <c r="M230" t="s">
+        <v>1178</v>
+      </c>
+      <c r="N230" t="s">
+        <v>27</v>
+      </c>
+      <c r="O230" t="s">
+        <v>1208</v>
+      </c>
+      <c r="P230" t="s">
+        <v>1209</v>
+      </c>
+    </row>
+    <row r="231" spans="1:16">
+      <c r="A231" t="s">
+        <v>1210</v>
+      </c>
+      <c r="B231" t="s">
+        <v>1211</v>
+      </c>
+      <c r="C231" t="s">
+        <v>241</v>
+      </c>
+      <c r="D231" t="s">
+        <v>692</v>
+      </c>
+      <c r="E231" t="s">
+        <v>184</v>
+      </c>
+      <c r="F231" t="s">
         <v>21</v>
       </c>
-      <c r="K212" t="s">
-[...798 lines deleted...]
-        <v>2007</v>
+      <c r="G231" t="s">
+        <v>71</v>
       </c>
       <c r="H231">
         <v>2014</v>
       </c>
-      <c r="I231" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I231"/>
       <c r="J231" t="s">
+        <v>382</v>
+      </c>
+      <c r="K231" t="s">
+        <v>24</v>
+      </c>
+      <c r="L231"/>
+      <c r="M231" t="s">
+        <v>1178</v>
+      </c>
+      <c r="N231" t="s">
+        <v>27</v>
+      </c>
+      <c r="O231" t="s">
+        <v>1212</v>
+      </c>
+      <c r="P231" t="s">
+        <v>1213</v>
+      </c>
+    </row>
+    <row r="232" spans="1:16">
+      <c r="A232" t="s">
+        <v>1214</v>
+      </c>
+      <c r="B232" t="s">
+        <v>1215</v>
+      </c>
+      <c r="C232" t="s">
+        <v>241</v>
+      </c>
+      <c r="D232" t="s">
+        <v>183</v>
+      </c>
+      <c r="E232" t="s">
+        <v>184</v>
+      </c>
+      <c r="F232" t="s">
         <v>21</v>
       </c>
-      <c r="K231"/>
-[...29 lines deleted...]
-      <c r="G232">
+      <c r="G232" t="s">
+        <v>22</v>
+      </c>
+      <c r="H232">
+        <v>2007</v>
+      </c>
+      <c r="I232">
+        <v>2014</v>
+      </c>
+      <c r="J232" t="s">
+        <v>382</v>
+      </c>
+      <c r="K232" t="s">
+        <v>24</v>
+      </c>
+      <c r="L232"/>
+      <c r="M232" t="s">
+        <v>1178</v>
+      </c>
+      <c r="N232" t="s">
+        <v>27</v>
+      </c>
+      <c r="O232" t="s">
+        <v>1216</v>
+      </c>
+      <c r="P232" t="s">
+        <v>1217</v>
+      </c>
+    </row>
+    <row r="233" spans="1:16">
+      <c r="A233" t="s">
+        <v>1218</v>
+      </c>
+      <c r="B233" t="s">
+        <v>1219</v>
+      </c>
+      <c r="C233" t="s">
+        <v>241</v>
+      </c>
+      <c r="D233" t="s">
+        <v>692</v>
+      </c>
+      <c r="E233" t="s">
+        <v>20</v>
+      </c>
+      <c r="F233" t="s">
+        <v>21</v>
+      </c>
+      <c r="G233" t="s">
+        <v>71</v>
+      </c>
+      <c r="H233">
         <v>2017</v>
       </c>
-      <c r="H232"/>
-[...3 lines deleted...]
-      <c r="J232" t="s">
+      <c r="I233"/>
+      <c r="J233" t="s">
+        <v>382</v>
+      </c>
+      <c r="K233" t="s">
+        <v>24</v>
+      </c>
+      <c r="L233"/>
+      <c r="M233" t="s">
+        <v>1178</v>
+      </c>
+      <c r="N233" t="s">
+        <v>27</v>
+      </c>
+      <c r="O233" t="s">
+        <v>1220</v>
+      </c>
+      <c r="P233" t="s">
+        <v>1221</v>
+      </c>
+    </row>
+    <row r="234" spans="1:16">
+      <c r="A234" t="s">
+        <v>1222</v>
+      </c>
+      <c r="B234" t="s">
+        <v>1223</v>
+      </c>
+      <c r="C234" t="s">
+        <v>241</v>
+      </c>
+      <c r="D234" t="s">
+        <v>1224</v>
+      </c>
+      <c r="E234" t="s">
+        <v>184</v>
+      </c>
+      <c r="F234" t="s">
         <v>21</v>
       </c>
-      <c r="K232"/>
-[...29 lines deleted...]
-      <c r="G233">
+      <c r="G234" t="s">
+        <v>71</v>
+      </c>
+      <c r="H234">
         <v>2012</v>
       </c>
-      <c r="H233"/>
-[...3 lines deleted...]
-      <c r="J233" t="s">
+      <c r="I234"/>
+      <c r="J234" t="s">
+        <v>382</v>
+      </c>
+      <c r="K234" t="s">
+        <v>24</v>
+      </c>
+      <c r="L234"/>
+      <c r="M234" t="s">
+        <v>1178</v>
+      </c>
+      <c r="N234" t="s">
+        <v>27</v>
+      </c>
+      <c r="O234" t="s">
+        <v>1225</v>
+      </c>
+      <c r="P234" t="s">
+        <v>1226</v>
+      </c>
+    </row>
+    <row r="235" spans="1:16">
+      <c r="A235" t="s">
+        <v>1227</v>
+      </c>
+      <c r="B235" t="s">
+        <v>1228</v>
+      </c>
+      <c r="C235" t="s">
+        <v>241</v>
+      </c>
+      <c r="D235" t="s">
+        <v>1229</v>
+      </c>
+      <c r="E235" t="s">
+        <v>184</v>
+      </c>
+      <c r="F235" t="s">
         <v>21</v>
       </c>
-      <c r="K233"/>
-[...29 lines deleted...]
-      <c r="G234">
+      <c r="G235" t="s">
+        <v>71</v>
+      </c>
+      <c r="H235">
         <v>2013</v>
       </c>
-      <c r="H234"/>
-[...3 lines deleted...]
-      <c r="J234" t="s">
+      <c r="I235"/>
+      <c r="J235" t="s">
+        <v>250</v>
+      </c>
+      <c r="K235" t="s">
+        <v>24</v>
+      </c>
+      <c r="L235"/>
+      <c r="M235" t="s">
+        <v>1178</v>
+      </c>
+      <c r="N235" t="s">
+        <v>27</v>
+      </c>
+      <c r="O235" t="s">
+        <v>1230</v>
+      </c>
+      <c r="P235" t="s">
+        <v>1231</v>
+      </c>
+    </row>
+    <row r="236" spans="1:16">
+      <c r="A236" t="s">
+        <v>1232</v>
+      </c>
+      <c r="B236" t="s">
+        <v>1233</v>
+      </c>
+      <c r="C236" t="s">
+        <v>241</v>
+      </c>
+      <c r="D236" t="s">
+        <v>799</v>
+      </c>
+      <c r="E236" t="s">
+        <v>184</v>
+      </c>
+      <c r="F236" t="s">
         <v>21</v>
       </c>
-      <c r="K234"/>
-[...29 lines deleted...]
-      <c r="G235">
+      <c r="G236" t="s">
+        <v>71</v>
+      </c>
+      <c r="H236">
         <v>2013</v>
       </c>
-      <c r="H235"/>
-[...3 lines deleted...]
-      <c r="J235" t="s">
+      <c r="I236"/>
+      <c r="J236" t="s">
+        <v>382</v>
+      </c>
+      <c r="K236" t="s">
+        <v>24</v>
+      </c>
+      <c r="L236"/>
+      <c r="M236" t="s">
+        <v>1178</v>
+      </c>
+      <c r="N236" t="s">
+        <v>27</v>
+      </c>
+      <c r="O236" t="s">
+        <v>1234</v>
+      </c>
+      <c r="P236" t="s">
+        <v>1235</v>
+      </c>
+    </row>
+    <row r="237" spans="1:16">
+      <c r="A237" t="s">
+        <v>1236</v>
+      </c>
+      <c r="B237" t="s">
+        <v>1237</v>
+      </c>
+      <c r="C237" t="s">
+        <v>241</v>
+      </c>
+      <c r="D237" t="s">
+        <v>706</v>
+      </c>
+      <c r="E237" t="s">
+        <v>184</v>
+      </c>
+      <c r="F237" t="s">
         <v>21</v>
       </c>
-      <c r="K235"/>
-[...29 lines deleted...]
-      <c r="G236">
+      <c r="G237" t="s">
+        <v>71</v>
+      </c>
+      <c r="H237">
         <v>2013</v>
       </c>
-      <c r="H236"/>
-[...3 lines deleted...]
-      <c r="J236" t="s">
+      <c r="I237"/>
+      <c r="J237" t="s">
+        <v>382</v>
+      </c>
+      <c r="K237" t="s">
+        <v>24</v>
+      </c>
+      <c r="L237"/>
+      <c r="M237" t="s">
+        <v>1178</v>
+      </c>
+      <c r="N237" t="s">
+        <v>27</v>
+      </c>
+      <c r="O237" t="s">
+        <v>1238</v>
+      </c>
+      <c r="P237" t="s">
+        <v>1239</v>
+      </c>
+    </row>
+    <row r="238" spans="1:16">
+      <c r="A238" t="s">
+        <v>1240</v>
+      </c>
+      <c r="B238" t="s">
+        <v>1241</v>
+      </c>
+      <c r="C238" t="s">
+        <v>241</v>
+      </c>
+      <c r="D238" t="s">
+        <v>744</v>
+      </c>
+      <c r="E238" t="s">
+        <v>184</v>
+      </c>
+      <c r="F238" t="s">
         <v>21</v>
       </c>
-      <c r="K236"/>
-[...29 lines deleted...]
-      <c r="G237">
+      <c r="G238" t="s">
+        <v>71</v>
+      </c>
+      <c r="H238">
         <v>2013</v>
       </c>
-      <c r="H237"/>
-[...3 lines deleted...]
-      <c r="J237" t="s">
+      <c r="I238"/>
+      <c r="J238" t="s">
+        <v>382</v>
+      </c>
+      <c r="K238" t="s">
+        <v>24</v>
+      </c>
+      <c r="L238"/>
+      <c r="M238" t="s">
+        <v>1178</v>
+      </c>
+      <c r="N238" t="s">
+        <v>27</v>
+      </c>
+      <c r="O238" t="s">
+        <v>1242</v>
+      </c>
+      <c r="P238" t="s">
+        <v>1243</v>
+      </c>
+    </row>
+    <row r="239" spans="1:16">
+      <c r="A239" t="s">
+        <v>1244</v>
+      </c>
+      <c r="B239" t="s">
+        <v>1245</v>
+      </c>
+      <c r="C239" t="s">
+        <v>241</v>
+      </c>
+      <c r="D239" t="s">
+        <v>1246</v>
+      </c>
+      <c r="E239" t="s">
+        <v>184</v>
+      </c>
+      <c r="F239" t="s">
         <v>21</v>
       </c>
-      <c r="K237"/>
-[...29 lines deleted...]
-      <c r="G238">
+      <c r="G239" t="s">
+        <v>1247</v>
+      </c>
+      <c r="H239">
         <v>2014</v>
       </c>
-      <c r="H238"/>
-[...3 lines deleted...]
-      <c r="J238" t="s">
+      <c r="I239"/>
+      <c r="J239" t="s">
+        <v>1193</v>
+      </c>
+      <c r="K239" t="s">
+        <v>24</v>
+      </c>
+      <c r="L239"/>
+      <c r="M239" t="s">
+        <v>1178</v>
+      </c>
+      <c r="N239" t="s">
+        <v>27</v>
+      </c>
+      <c r="O239" t="s">
+        <v>1248</v>
+      </c>
+      <c r="P239" t="s">
+        <v>1249</v>
+      </c>
+    </row>
+    <row r="240" spans="1:16">
+      <c r="A240" t="s">
+        <v>1250</v>
+      </c>
+      <c r="B240" t="s">
+        <v>1251</v>
+      </c>
+      <c r="C240" t="s">
+        <v>241</v>
+      </c>
+      <c r="D240" t="s">
+        <v>261</v>
+      </c>
+      <c r="E240" t="s">
+        <v>184</v>
+      </c>
+      <c r="F240" t="s">
         <v>21</v>
       </c>
-      <c r="K238"/>
-[...29 lines deleted...]
-      <c r="G239">
+      <c r="G240" t="s">
+        <v>22</v>
+      </c>
+      <c r="H240">
         <v>2014</v>
       </c>
-      <c r="H239">
+      <c r="I240">
         <v>2024</v>
       </c>
-      <c r="I239" t="s">
-[...2 lines deleted...]
-      <c r="J239" t="s">
+      <c r="J240" t="s">
+        <v>1193</v>
+      </c>
+      <c r="K240" t="s">
+        <v>24</v>
+      </c>
+      <c r="L240"/>
+      <c r="M240" t="s">
+        <v>1178</v>
+      </c>
+      <c r="N240" t="s">
+        <v>27</v>
+      </c>
+      <c r="O240" t="s">
+        <v>1252</v>
+      </c>
+      <c r="P240" t="s">
+        <v>1253</v>
+      </c>
+    </row>
+    <row r="241" spans="1:16">
+      <c r="A241" t="s">
+        <v>1254</v>
+      </c>
+      <c r="B241" t="s">
+        <v>1255</v>
+      </c>
+      <c r="C241" t="s">
+        <v>241</v>
+      </c>
+      <c r="D241" t="s">
+        <v>768</v>
+      </c>
+      <c r="E241" t="s">
+        <v>184</v>
+      </c>
+      <c r="F241" t="s">
         <v>21</v>
       </c>
-      <c r="K239"/>
-[...29 lines deleted...]
-      <c r="G240">
+      <c r="G241" t="s">
+        <v>71</v>
+      </c>
+      <c r="H241">
         <v>2014</v>
       </c>
-      <c r="H240"/>
-[...3 lines deleted...]
-      <c r="J240" t="s">
+      <c r="I241"/>
+      <c r="J241" t="s">
+        <v>382</v>
+      </c>
+      <c r="K241" t="s">
+        <v>24</v>
+      </c>
+      <c r="L241"/>
+      <c r="M241" t="s">
+        <v>1178</v>
+      </c>
+      <c r="N241" t="s">
+        <v>27</v>
+      </c>
+      <c r="O241" t="s">
+        <v>1256</v>
+      </c>
+      <c r="P241" t="s">
+        <v>1257</v>
+      </c>
+    </row>
+    <row r="242" spans="1:16">
+      <c r="A242" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B242" t="s">
+        <v>1259</v>
+      </c>
+      <c r="C242" t="s">
+        <v>241</v>
+      </c>
+      <c r="D242" t="s">
+        <v>1260</v>
+      </c>
+      <c r="E242" t="s">
+        <v>184</v>
+      </c>
+      <c r="F242" t="s">
         <v>21</v>
       </c>
-      <c r="K240"/>
-[...29 lines deleted...]
-      <c r="G241">
+      <c r="G242" t="s">
+        <v>71</v>
+      </c>
+      <c r="H242">
         <v>2016</v>
       </c>
-      <c r="H241"/>
-[...3 lines deleted...]
-      <c r="J241" t="s">
+      <c r="I242"/>
+      <c r="J242" t="s">
+        <v>382</v>
+      </c>
+      <c r="K242" t="s">
+        <v>24</v>
+      </c>
+      <c r="L242"/>
+      <c r="M242" t="s">
+        <v>1178</v>
+      </c>
+      <c r="N242" t="s">
+        <v>27</v>
+      </c>
+      <c r="O242" t="s">
+        <v>1261</v>
+      </c>
+      <c r="P242" t="s">
+        <v>1262</v>
+      </c>
+    </row>
+    <row r="243" spans="1:16">
+      <c r="A243" t="s">
+        <v>1263</v>
+      </c>
+      <c r="B243" t="s">
+        <v>1264</v>
+      </c>
+      <c r="C243" t="s">
+        <v>241</v>
+      </c>
+      <c r="D243" t="s">
+        <v>320</v>
+      </c>
+      <c r="E243" t="s">
+        <v>184</v>
+      </c>
+      <c r="F243" t="s">
         <v>21</v>
       </c>
-      <c r="K241"/>
-[...29 lines deleted...]
-      <c r="G242">
+      <c r="G243" t="s">
+        <v>71</v>
+      </c>
+      <c r="H243">
         <v>2016</v>
       </c>
-      <c r="H242"/>
-[...3 lines deleted...]
-      <c r="J242" t="s">
+      <c r="I243"/>
+      <c r="J243" t="s">
+        <v>382</v>
+      </c>
+      <c r="K243" t="s">
+        <v>24</v>
+      </c>
+      <c r="L243"/>
+      <c r="M243" t="s">
+        <v>1178</v>
+      </c>
+      <c r="N243" t="s">
+        <v>27</v>
+      </c>
+      <c r="O243" t="s">
+        <v>1265</v>
+      </c>
+      <c r="P243" t="s">
+        <v>1266</v>
+      </c>
+    </row>
+    <row r="244" spans="1:16">
+      <c r="A244" t="s">
+        <v>1267</v>
+      </c>
+      <c r="B244" t="s">
+        <v>1268</v>
+      </c>
+      <c r="C244" t="s">
+        <v>241</v>
+      </c>
+      <c r="D244" t="s">
+        <v>1269</v>
+      </c>
+      <c r="E244" t="s">
+        <v>184</v>
+      </c>
+      <c r="F244" t="s">
         <v>21</v>
       </c>
-      <c r="K242"/>
-[...29 lines deleted...]
-      <c r="G243">
+      <c r="G244" t="s">
+        <v>71</v>
+      </c>
+      <c r="H244">
         <v>2016</v>
       </c>
-      <c r="H243"/>
-[...3 lines deleted...]
-      <c r="J243" t="s">
+      <c r="I244"/>
+      <c r="J244" t="s">
+        <v>382</v>
+      </c>
+      <c r="K244" t="s">
+        <v>24</v>
+      </c>
+      <c r="L244"/>
+      <c r="M244" t="s">
+        <v>1178</v>
+      </c>
+      <c r="N244" t="s">
+        <v>27</v>
+      </c>
+      <c r="O244" t="s">
+        <v>1270</v>
+      </c>
+      <c r="P244" t="s">
+        <v>1271</v>
+      </c>
+    </row>
+    <row r="245" spans="1:16">
+      <c r="A245" t="s">
+        <v>1272</v>
+      </c>
+      <c r="B245" t="s">
+        <v>1273</v>
+      </c>
+      <c r="C245" t="s">
+        <v>241</v>
+      </c>
+      <c r="D245" t="s">
+        <v>1274</v>
+      </c>
+      <c r="E245" t="s">
+        <v>117</v>
+      </c>
+      <c r="F245" t="s">
         <v>21</v>
       </c>
-      <c r="K243"/>
-[...34 lines deleted...]
-      <c r="J244" t="s">
+      <c r="G245" t="s">
+        <v>169</v>
+      </c>
+      <c r="H245"/>
+      <c r="I245"/>
+      <c r="J245" t="s">
+        <v>250</v>
+      </c>
+      <c r="K245" t="s">
+        <v>24</v>
+      </c>
+      <c r="L245"/>
+      <c r="M245" t="s">
+        <v>1187</v>
+      </c>
+      <c r="N245" t="s">
+        <v>27</v>
+      </c>
+      <c r="O245" t="s">
+        <v>1275</v>
+      </c>
+      <c r="P245" t="s">
+        <v>1276</v>
+      </c>
+    </row>
+    <row r="246" spans="1:16">
+      <c r="A246" t="s">
+        <v>1277</v>
+      </c>
+      <c r="B246" t="s">
+        <v>1278</v>
+      </c>
+      <c r="C246" t="s">
+        <v>241</v>
+      </c>
+      <c r="D246" t="s">
+        <v>389</v>
+      </c>
+      <c r="E246" t="s">
+        <v>184</v>
+      </c>
+      <c r="F246" t="s">
         <v>21</v>
       </c>
-      <c r="K244"/>
-[...29 lines deleted...]
-      <c r="G245">
+      <c r="G246" t="s">
+        <v>71</v>
+      </c>
+      <c r="H246">
         <v>2007</v>
       </c>
-      <c r="H245"/>
-[...3 lines deleted...]
-      <c r="J245" t="s">
+      <c r="I246"/>
+      <c r="J246" t="s">
+        <v>382</v>
+      </c>
+      <c r="K246" t="s">
+        <v>24</v>
+      </c>
+      <c r="L246"/>
+      <c r="M246" t="s">
+        <v>1178</v>
+      </c>
+      <c r="N246" t="s">
+        <v>27</v>
+      </c>
+      <c r="O246" t="s">
+        <v>1279</v>
+      </c>
+      <c r="P246" t="s">
+        <v>1280</v>
+      </c>
+    </row>
+    <row r="247" spans="1:16">
+      <c r="A247" t="s">
+        <v>1281</v>
+      </c>
+      <c r="B247" t="s">
+        <v>114</v>
+      </c>
+      <c r="C247" t="s">
+        <v>1282</v>
+      </c>
+      <c r="D247" t="s">
+        <v>116</v>
+      </c>
+      <c r="E247" t="s">
+        <v>20</v>
+      </c>
+      <c r="F247" t="s">
+        <v>118</v>
+      </c>
+      <c r="G247" t="s">
+        <v>71</v>
+      </c>
+      <c r="H247">
+        <v>2017</v>
+      </c>
+      <c r="I247"/>
+      <c r="J247" t="s">
+        <v>119</v>
+      </c>
+      <c r="K247" t="s">
+        <v>24</v>
+      </c>
+      <c r="L247" t="s">
+        <v>120</v>
+      </c>
+      <c r="M247" t="s">
+        <v>1283</v>
+      </c>
+      <c r="N247" t="s">
+        <v>122</v>
+      </c>
+      <c r="O247" t="s">
+        <v>1284</v>
+      </c>
+      <c r="P247" t="s">
+        <v>1285</v>
+      </c>
+    </row>
+    <row r="248" spans="1:16">
+      <c r="A248" t="s">
+        <v>1286</v>
+      </c>
+      <c r="B248" t="s">
+        <v>1287</v>
+      </c>
+      <c r="C248" t="s">
+        <v>1282</v>
+      </c>
+      <c r="D248" t="s">
+        <v>116</v>
+      </c>
+      <c r="E248" t="s">
+        <v>20</v>
+      </c>
+      <c r="F248" t="s">
+        <v>118</v>
+      </c>
+      <c r="G248" t="s">
+        <v>71</v>
+      </c>
+      <c r="H248">
+        <v>2020</v>
+      </c>
+      <c r="I248"/>
+      <c r="J248" t="s">
+        <v>119</v>
+      </c>
+      <c r="K248" t="s">
+        <v>24</v>
+      </c>
+      <c r="L248" t="s">
+        <v>120</v>
+      </c>
+      <c r="M248" t="s">
+        <v>1283</v>
+      </c>
+      <c r="N248" t="s">
+        <v>122</v>
+      </c>
+      <c r="O248" t="s">
+        <v>1288</v>
+      </c>
+      <c r="P248"/>
+    </row>
+    <row r="249" spans="1:16">
+      <c r="A249" t="s">
+        <v>1289</v>
+      </c>
+      <c r="B249" t="s">
+        <v>189</v>
+      </c>
+      <c r="C249" t="s">
+        <v>145</v>
+      </c>
+      <c r="D249" t="s">
+        <v>168</v>
+      </c>
+      <c r="E249" t="s">
+        <v>117</v>
+      </c>
+      <c r="F249" t="s">
+        <v>146</v>
+      </c>
+      <c r="G249" t="s">
+        <v>169</v>
+      </c>
+      <c r="H249"/>
+      <c r="I249"/>
+      <c r="J249" t="s">
+        <v>34</v>
+      </c>
+      <c r="K249" t="s">
+        <v>24</v>
+      </c>
+      <c r="L249"/>
+      <c r="M249" t="s">
+        <v>147</v>
+      </c>
+      <c r="N249" t="s">
+        <v>27</v>
+      </c>
+      <c r="O249" t="s">
+        <v>1290</v>
+      </c>
+      <c r="P249" t="s">
+        <v>1291</v>
+      </c>
+    </row>
+    <row r="250" spans="1:16">
+      <c r="A250" t="s">
+        <v>1292</v>
+      </c>
+      <c r="B250" t="s">
+        <v>126</v>
+      </c>
+      <c r="C250" t="s">
+        <v>1293</v>
+      </c>
+      <c r="D250" t="s">
+        <v>116</v>
+      </c>
+      <c r="E250" t="s">
+        <v>20</v>
+      </c>
+      <c r="F250" t="s">
+        <v>118</v>
+      </c>
+      <c r="G250" t="s">
+        <v>22</v>
+      </c>
+      <c r="H250">
+        <v>2016</v>
+      </c>
+      <c r="I250">
+        <v>2017</v>
+      </c>
+      <c r="J250" t="s">
+        <v>128</v>
+      </c>
+      <c r="K250" t="s">
+        <v>129</v>
+      </c>
+      <c r="L250" t="s">
+        <v>130</v>
+      </c>
+      <c r="M250" t="s">
+        <v>1294</v>
+      </c>
+      <c r="N250" t="s">
+        <v>122</v>
+      </c>
+      <c r="O250" t="s">
+        <v>1295</v>
+      </c>
+      <c r="P250" t="s">
+        <v>1296</v>
+      </c>
+    </row>
+    <row r="251" spans="1:16">
+      <c r="A251" t="s">
+        <v>1297</v>
+      </c>
+      <c r="B251" t="s">
+        <v>1298</v>
+      </c>
+      <c r="C251" t="s">
+        <v>1299</v>
+      </c>
+      <c r="D251" t="s">
+        <v>233</v>
+      </c>
+      <c r="E251" t="s">
+        <v>184</v>
+      </c>
+      <c r="F251" t="s">
+        <v>118</v>
+      </c>
+      <c r="G251" t="s">
+        <v>71</v>
+      </c>
+      <c r="H251">
+        <v>2019</v>
+      </c>
+      <c r="I251"/>
+      <c r="J251" t="s">
+        <v>128</v>
+      </c>
+      <c r="K251" t="s">
+        <v>234</v>
+      </c>
+      <c r="L251"/>
+      <c r="M251" t="s">
+        <v>1300</v>
+      </c>
+      <c r="N251" t="s">
+        <v>236</v>
+      </c>
+      <c r="O251" t="s">
+        <v>1301</v>
+      </c>
+      <c r="P251" t="s">
+        <v>1302</v>
+      </c>
+    </row>
+    <row r="252" spans="1:16">
+      <c r="A252" t="s">
+        <v>1303</v>
+      </c>
+      <c r="B252" t="s">
+        <v>1304</v>
+      </c>
+      <c r="C252" t="s">
+        <v>1299</v>
+      </c>
+      <c r="D252" t="s">
+        <v>53</v>
+      </c>
+      <c r="E252" t="s">
+        <v>184</v>
+      </c>
+      <c r="F252" t="s">
         <v>21</v>
       </c>
-      <c r="K245"/>
-[...36 lines deleted...]
-      <c r="J246" t="s">
+      <c r="G252" t="s">
+        <v>71</v>
+      </c>
+      <c r="H252">
+        <v>2011</v>
+      </c>
+      <c r="I252"/>
+      <c r="J252" t="s">
+        <v>445</v>
+      </c>
+      <c r="K252" t="s">
+        <v>24</v>
+      </c>
+      <c r="L252"/>
+      <c r="M252" t="s">
+        <v>1300</v>
+      </c>
+      <c r="N252" t="s">
+        <v>27</v>
+      </c>
+      <c r="O252" t="s">
+        <v>1305</v>
+      </c>
+      <c r="P252" t="s">
+        <v>1306</v>
+      </c>
+    </row>
+    <row r="253" spans="1:16">
+      <c r="A253" t="s">
+        <v>1307</v>
+      </c>
+      <c r="B253" t="s">
+        <v>1308</v>
+      </c>
+      <c r="C253" t="s">
+        <v>1299</v>
+      </c>
+      <c r="D253" t="s">
+        <v>457</v>
+      </c>
+      <c r="E253" t="s">
+        <v>20</v>
+      </c>
+      <c r="F253" t="s">
         <v>21</v>
       </c>
-      <c r="K246" t="s">
-[...5 lines deleted...]
-      <c r="M246" t="s">
+      <c r="G253" t="s">
+        <v>71</v>
+      </c>
+      <c r="H253">
+        <v>2011</v>
+      </c>
+      <c r="I253"/>
+      <c r="J253" t="s">
+        <v>445</v>
+      </c>
+      <c r="K253" t="s">
+        <v>24</v>
+      </c>
+      <c r="L253"/>
+      <c r="M253" t="s">
+        <v>1300</v>
+      </c>
+      <c r="N253" t="s">
+        <v>27</v>
+      </c>
+      <c r="O253" t="s">
+        <v>1309</v>
+      </c>
+      <c r="P253" t="s">
+        <v>1310</v>
+      </c>
+    </row>
+    <row r="254" spans="1:16">
+      <c r="A254" t="s">
+        <v>1311</v>
+      </c>
+      <c r="B254" t="s">
+        <v>1312</v>
+      </c>
+      <c r="C254" t="s">
+        <v>1299</v>
+      </c>
+      <c r="D254" t="s">
+        <v>457</v>
+      </c>
+      <c r="E254" t="s">
+        <v>20</v>
+      </c>
+      <c r="F254" t="s">
+        <v>21</v>
+      </c>
+      <c r="G254" t="s">
+        <v>71</v>
+      </c>
+      <c r="H254">
+        <v>2011</v>
+      </c>
+      <c r="I254"/>
+      <c r="J254" t="s">
+        <v>445</v>
+      </c>
+      <c r="K254" t="s">
+        <v>24</v>
+      </c>
+      <c r="L254"/>
+      <c r="M254" t="s">
+        <v>1300</v>
+      </c>
+      <c r="N254" t="s">
+        <v>27</v>
+      </c>
+      <c r="O254" t="s">
+        <v>1313</v>
+      </c>
+      <c r="P254" t="s">
+        <v>1314</v>
+      </c>
+    </row>
+    <row r="255" spans="1:16">
+      <c r="A255" t="s">
+        <v>1315</v>
+      </c>
+      <c r="B255" t="s">
+        <v>1316</v>
+      </c>
+      <c r="C255" t="s">
+        <v>1299</v>
+      </c>
+      <c r="D255" t="s">
+        <v>367</v>
+      </c>
+      <c r="E255" t="s">
+        <v>20</v>
+      </c>
+      <c r="F255" t="s">
+        <v>146</v>
+      </c>
+      <c r="G255" t="s">
+        <v>71</v>
+      </c>
+      <c r="H255">
+        <v>2011</v>
+      </c>
+      <c r="I255"/>
+      <c r="J255" t="s">
+        <v>445</v>
+      </c>
+      <c r="K255" t="s">
+        <v>24</v>
+      </c>
+      <c r="L255"/>
+      <c r="M255" t="s">
+        <v>1300</v>
+      </c>
+      <c r="N255" t="s">
+        <v>27</v>
+      </c>
+      <c r="O255" t="s">
+        <v>1317</v>
+      </c>
+      <c r="P255" t="s">
+        <v>1318</v>
+      </c>
+    </row>
+    <row r="256" spans="1:16">
+      <c r="A256" t="s">
+        <v>1319</v>
+      </c>
+      <c r="B256" t="s">
+        <v>1320</v>
+      </c>
+      <c r="C256" t="s">
+        <v>1299</v>
+      </c>
+      <c r="D256" t="s">
+        <v>735</v>
+      </c>
+      <c r="E256" t="s">
+        <v>20</v>
+      </c>
+      <c r="F256" t="s">
+        <v>21</v>
+      </c>
+      <c r="G256" t="s">
+        <v>71</v>
+      </c>
+      <c r="H256">
+        <v>2011</v>
+      </c>
+      <c r="I256"/>
+      <c r="J256" t="s">
+        <v>128</v>
+      </c>
+      <c r="K256" t="s">
+        <v>24</v>
+      </c>
+      <c r="L256"/>
+      <c r="M256" t="s">
+        <v>1300</v>
+      </c>
+      <c r="N256" t="s">
+        <v>78</v>
+      </c>
+      <c r="O256" t="s">
+        <v>1321</v>
+      </c>
+      <c r="P256" t="s">
+        <v>1322</v>
+      </c>
+    </row>
+    <row r="257" spans="1:16">
+      <c r="A257" t="s">
+        <v>1323</v>
+      </c>
+      <c r="B257" t="s">
+        <v>175</v>
+      </c>
+      <c r="C257" t="s">
+        <v>1299</v>
+      </c>
+      <c r="D257" t="s">
+        <v>116</v>
+      </c>
+      <c r="E257" t="s">
+        <v>20</v>
+      </c>
+      <c r="F257" t="s">
+        <v>118</v>
+      </c>
+      <c r="G257" t="s">
+        <v>71</v>
+      </c>
+      <c r="H257">
+        <v>2021</v>
+      </c>
+      <c r="I257"/>
+      <c r="J257" t="s">
+        <v>466</v>
+      </c>
+      <c r="K257" t="s">
+        <v>129</v>
+      </c>
+      <c r="L257" t="s">
+        <v>130</v>
+      </c>
+      <c r="M257" t="s">
+        <v>1300</v>
+      </c>
+      <c r="N257" t="s">
+        <v>122</v>
+      </c>
+      <c r="O257" t="s">
+        <v>1324</v>
+      </c>
+      <c r="P257" t="s">
+        <v>1325</v>
+      </c>
+    </row>
+    <row r="258" spans="1:16">
+      <c r="A258" t="s">
+        <v>1326</v>
+      </c>
+      <c r="B258" t="s">
+        <v>1327</v>
+      </c>
+      <c r="C258" t="s">
+        <v>1299</v>
+      </c>
+      <c r="D258" t="s">
+        <v>32</v>
+      </c>
+      <c r="E258" t="s">
+        <v>20</v>
+      </c>
+      <c r="F258" t="s">
+        <v>146</v>
+      </c>
+      <c r="G258" t="s">
+        <v>71</v>
+      </c>
+      <c r="H258">
+        <v>2011</v>
+      </c>
+      <c r="I258"/>
+      <c r="J258" t="s">
+        <v>128</v>
+      </c>
+      <c r="K258" t="s">
+        <v>24</v>
+      </c>
+      <c r="L258" t="s">
+        <v>1328</v>
+      </c>
+      <c r="M258" t="s">
+        <v>1300</v>
+      </c>
+      <c r="N258" t="s">
+        <v>78</v>
+      </c>
+      <c r="O258" t="s">
+        <v>1329</v>
+      </c>
+      <c r="P258" t="s">
+        <v>1330</v>
+      </c>
+    </row>
+    <row r="259" spans="1:16">
+      <c r="A259" t="s">
+        <v>1331</v>
+      </c>
+      <c r="B259" t="s">
+        <v>1332</v>
+      </c>
+      <c r="C259" t="s">
+        <v>136</v>
+      </c>
+      <c r="D259" t="s">
         <v>89</v>
       </c>
-      <c r="N246" t="s">
-[...29 lines deleted...]
-      <c r="J247" t="s">
+      <c r="E259" t="s">
+        <v>20</v>
+      </c>
+      <c r="F259" t="s">
         <v>21</v>
       </c>
-      <c r="K247" t="s">
-[...437 lines deleted...]
-      <c r="G258">
+      <c r="G259" t="s">
+        <v>22</v>
+      </c>
+      <c r="H259">
         <v>2010</v>
       </c>
-      <c r="H258">
+      <c r="I259">
         <v>2014</v>
       </c>
-      <c r="I258" t="s">
-[...43 lines deleted...]
-      </c>
       <c r="J259" t="s">
-        <v>21</v>
+        <v>335</v>
       </c>
       <c r="K259" t="s">
-        <v>878</v>
+        <v>24</v>
       </c>
       <c r="L259" t="s">
-        <v>102</v>
+        <v>1333</v>
       </c>
       <c r="M259" t="s">
-        <v>24</v>
+        <v>140</v>
       </c>
       <c r="N259" t="s">
-        <v>879</v>
-[...2 lines deleted...]
-    <row r="260" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O259" t="s">
+        <v>1334</v>
+      </c>
+      <c r="P259" t="s">
+        <v>1335</v>
+      </c>
+    </row>
+    <row r="260" spans="1:16">
       <c r="A260" t="s">
-        <v>880</v>
+        <v>1336</v>
       </c>
       <c r="B260" t="s">
-        <v>99</v>
+        <v>1337</v>
       </c>
       <c r="C260" t="s">
-        <v>881</v>
+        <v>136</v>
       </c>
       <c r="D260" t="s">
-        <v>17</v>
+        <v>70</v>
       </c>
       <c r="E260" t="s">
-        <v>106</v>
+        <v>20</v>
       </c>
       <c r="F260" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>146</v>
+      </c>
+      <c r="G260" t="s">
+        <v>71</v>
       </c>
       <c r="H260">
         <v>2014</v>
       </c>
-      <c r="I260" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I260"/>
       <c r="J260" t="s">
+        <v>335</v>
+      </c>
+      <c r="K260" t="s">
+        <v>24</v>
+      </c>
+      <c r="L260" t="s">
+        <v>1338</v>
+      </c>
+      <c r="M260" t="s">
+        <v>140</v>
+      </c>
+      <c r="N260" t="s">
+        <v>27</v>
+      </c>
+      <c r="O260" t="s">
+        <v>1339</v>
+      </c>
+      <c r="P260" t="s">
+        <v>1340</v>
+      </c>
+    </row>
+    <row r="261" spans="1:16">
+      <c r="A261" t="s">
+        <v>1341</v>
+      </c>
+      <c r="B261" t="s">
+        <v>1342</v>
+      </c>
+      <c r="C261" t="s">
+        <v>136</v>
+      </c>
+      <c r="D261" t="s">
+        <v>1343</v>
+      </c>
+      <c r="E261" t="s">
+        <v>20</v>
+      </c>
+      <c r="F261" t="s">
+        <v>146</v>
+      </c>
+      <c r="G261" t="s">
+        <v>22</v>
+      </c>
+      <c r="H261">
+        <v>2012</v>
+      </c>
+      <c r="I261">
+        <v>2014</v>
+      </c>
+      <c r="J261" t="s">
+        <v>335</v>
+      </c>
+      <c r="K261" t="s">
+        <v>24</v>
+      </c>
+      <c r="L261" t="s">
+        <v>1344</v>
+      </c>
+      <c r="M261" t="s">
+        <v>140</v>
+      </c>
+      <c r="N261" t="s">
+        <v>27</v>
+      </c>
+      <c r="O261" t="s">
+        <v>1345</v>
+      </c>
+      <c r="P261" t="s">
+        <v>1346</v>
+      </c>
+    </row>
+    <row r="262" spans="1:16">
+      <c r="A262" t="s">
+        <v>1347</v>
+      </c>
+      <c r="B262" t="s">
+        <v>1348</v>
+      </c>
+      <c r="C262" t="s">
+        <v>136</v>
+      </c>
+      <c r="D262" t="s">
+        <v>457</v>
+      </c>
+      <c r="E262" t="s">
+        <v>20</v>
+      </c>
+      <c r="F262" t="s">
         <v>21</v>
       </c>
-      <c r="K260" t="s">
-[...31 lines deleted...]
-      <c r="G261">
+      <c r="G262" t="s">
+        <v>22</v>
+      </c>
+      <c r="H262">
         <v>2012</v>
       </c>
-      <c r="H261">
+      <c r="I262">
         <v>2014</v>
       </c>
-      <c r="I261" t="s">
-[...37 lines deleted...]
-      <c r="G262">
+      <c r="J262" t="s">
+        <v>335</v>
+      </c>
+      <c r="K262" t="s">
+        <v>24</v>
+      </c>
+      <c r="L262" t="s">
+        <v>1349</v>
+      </c>
+      <c r="M262" t="s">
+        <v>140</v>
+      </c>
+      <c r="N262" t="s">
+        <v>27</v>
+      </c>
+      <c r="O262" t="s">
+        <v>1350</v>
+      </c>
+      <c r="P262" t="s">
+        <v>1351</v>
+      </c>
+    </row>
+    <row r="263" spans="1:16">
+      <c r="A263" t="s">
+        <v>1352</v>
+      </c>
+      <c r="B263" t="s">
+        <v>1353</v>
+      </c>
+      <c r="C263" t="s">
+        <v>167</v>
+      </c>
+      <c r="D263" t="s">
+        <v>1354</v>
+      </c>
+      <c r="E263" t="s">
+        <v>184</v>
+      </c>
+      <c r="F263" t="s">
+        <v>42</v>
+      </c>
+      <c r="G263" t="s">
+        <v>22</v>
+      </c>
+      <c r="H263">
         <v>2014</v>
       </c>
-      <c r="H262">
+      <c r="I263">
         <v>2017</v>
       </c>
-      <c r="I262" t="s">
-[...35 lines deleted...]
-      <c r="G263">
+      <c r="J263" t="s">
+        <v>466</v>
+      </c>
+      <c r="K263" t="s">
+        <v>24</v>
+      </c>
+      <c r="L263"/>
+      <c r="M263" t="s">
+        <v>171</v>
+      </c>
+      <c r="N263" t="s">
+        <v>27</v>
+      </c>
+      <c r="O263" t="s">
+        <v>1355</v>
+      </c>
+      <c r="P263" t="s">
+        <v>1356</v>
+      </c>
+    </row>
+    <row r="264" spans="1:16">
+      <c r="A264" t="s">
+        <v>1357</v>
+      </c>
+      <c r="B264" t="s">
+        <v>1358</v>
+      </c>
+      <c r="C264" t="s">
+        <v>1359</v>
+      </c>
+      <c r="D264" t="s">
+        <v>116</v>
+      </c>
+      <c r="E264" t="s">
+        <v>184</v>
+      </c>
+      <c r="F264" t="s">
+        <v>118</v>
+      </c>
+      <c r="G264" t="s">
+        <v>71</v>
+      </c>
+      <c r="H264">
         <v>2021</v>
       </c>
-      <c r="H263"/>
-[...17 lines deleted...]
-      </c>
+      <c r="I264"/>
+      <c r="J264" t="s">
+        <v>466</v>
+      </c>
+      <c r="K264" t="s">
+        <v>129</v>
+      </c>
+      <c r="L264" t="s">
+        <v>130</v>
+      </c>
+      <c r="M264" t="s">
+        <v>1360</v>
+      </c>
+      <c r="N264" t="s">
+        <v>122</v>
+      </c>
+      <c r="O264" t="s">
+        <v>1361</v>
+      </c>
+      <c r="P264"/>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>