--- v1 (2025-12-06)
+++ v2 (2026-02-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1362">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1364">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -141,50 +141,53 @@
     <t>October 2022</t>
   </si>
   <si>
     <t>NT 81.70 NT 81.71</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/37942018-energy-efficiency-household-and-similar-electrical-appliances-measurement-and</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/4358</t>
   </si>
   <si>
     <t>3795-1/2016 Energy efficiency label requirements for air conditioners part 1: room air conditioner (window-split) with fixed capacity and fixed compressor</t>
   </si>
   <si>
     <t>This standard establishes label requirements for room air conditioners, both window and split with fixed capacity and fixed compressors.</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Air Conditioning, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, Superseded</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3795-12016-energy-efficiency-label-requirements-air-conditioners-part-1-room-air</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14491</t>
   </si>
   <si>
     <t>3795-2/2017 Energy Efficiency Label Requirements For Air Conditioners Part 2: Variable Capacity Room Air Conditioner (Window-Split) with Variable Speed Compressor</t>
   </si>
   <si>
     <t>This standard establishes label requirements for room air conditioners, both window and split with variable speed compressors.</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3795-22017-energy-efficiency-label-requirements-air-conditioners-part-2-variable-capacity</t>
@@ -233,66 +236,69 @@
   </si>
   <si>
     <t>Laundry, Washing Machines</t>
   </si>
   <si>
     <t>IEC 60465/2003+cor1/2005
 ,   
                       IEC-60335-1/2001-Amd 1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/41002006-energy-efficiency-households-and-similar-electrical-appliances-methods-measuring</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/4472</t>
   </si>
   <si>
     <t>5806/2019 Energy efficiency of households and similar Electrical appliances methods for measuring and calculation energy consumption for electric water heaters</t>
   </si>
   <si>
     <t>This standard specifies the requirement and method of calculation of energy efficiency for electric water heaters.</t>
   </si>
   <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
+    <t>Superseded</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/58062019-energy-efficiency-households-and-similar-electrical-appliances-methods-measuring</t>
+  </si>
+  <si>
+    <t>http://www.eos.org.eg/en/standard/6413</t>
+  </si>
+  <si>
+    <t>6977/2009 Energy Efficiency Of Distribution Transformers</t>
+  </si>
+  <si>
+    <t>This standard specifies the energy efficiency of distribution transformers.</t>
+  </si>
+  <si>
+    <t>Power Transformers</t>
+  </si>
+  <si>
     <t>Entered into force, New</t>
-  </si>
-[...13 lines deleted...]
-    <t>Power Transformers</t>
   </si>
   <si>
     <t>IEC 60076-ser/2008
 ,   
                     ES 1886: Power Transformers Dry Type
 ,   
                     ES 4885-1 Instrument transformers part-1Current transformer
 ,   
                     ES 4885-1 Instrument transformers part-2 Inductive voltage transformer</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/69772009-energy-efficiency-distribution-transformers</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/10626</t>
   </si>
   <si>
     <t>7821/2014 Energy efficiency of household electrical appliances Methods for measuring and calculating energy efficiency of electric circulating air fans</t>
   </si>
   <si>
     <t>This standard specifies the MEPS and testing methods for electric circulating air fans.</t>
   </si>
@@ -617,50 +623,53 @@
     <t>Draft MEPs for Green Buildings - Windows</t>
   </si>
   <si>
     <t>Information not available</t>
   </si>
   <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>Windows</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-meps-green-buildings-windows</t>
   </si>
   <si>
     <t>Eco-Design Requirements for Water Pump Energy Efficiency (8441/2021)</t>
   </si>
   <si>
     <t>This standard establishes ecodesign requirements for rotodynamic water pumps for pumping clean water, including those integrated into other products, and efficiency labeling requirements.</t>
   </si>
   <si>
     <t>Pumps</t>
+  </si>
+  <si>
+    <t>Entered into force, New, Superseded</t>
   </si>
   <si>
     <t>ICS 23.080</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards and Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/eco-design-requirements-water-pump-energy-efficiency-84412021</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/15248</t>
   </si>
   <si>
     <t>ECOSTAND 053: 2016</t>
   </si>
   <si>
     <t>This policy applies to all networked lighting lamps.</t>
   </si>
   <si>
     <t>ECOWAS</t>
   </si>
   <si>
     <t>Directional Lamps</t>
   </si>
@@ -4000,53 +4009,50 @@
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2588-2556-2013-electric-kettles-energy-efficiency-requirements</t>
   </si>
   <si>
     <t>http://law.industry.go.th/laws/file/61091</t>
   </si>
   <si>
     <t>TIS 2589-2556 (2013) Electric hobs: Energy efficiency requirements</t>
   </si>
   <si>
     <t>This standard specifies energy efficiency requirements of electric hobs for household and similar purposes, their rated voltage not more than 250 V at a frequency of 50 Hz and having a diameter not more than 220 mm. This policy specifies types and dimensions, marks, and testing.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2589-2556-2013-electric-hobs-energy-efficiency-requirements</t>
   </si>
   <si>
     <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2556/E/127/8.PDF</t>
   </si>
   <si>
     <t>TIS 2590-2557 (2014) Electric irons: Energy efficiency requirements</t>
   </si>
   <si>
     <t>This standard defines energy efficiency requirements of electric irons for household or similar general purposes use for alternating current single phase, with a rated voltage not exceeding 250 V and 50 Hz. It was replaced by TIS 2590-2024 since January 2025.</t>
   </si>
   <si>
     <t>Laundry, Irons</t>
-  </si>
-[...1 lines deleted...]
-    <t>Entered into force, New, Superseded</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2590-2557-2014-electric-irons-energy-efficiency-requirements</t>
   </si>
   <si>
     <t>https://a.tisi.go.th/t/?n=2590-2557</t>
   </si>
   <si>
     <t>TIS 2590-2567 Electric Irons: Particular Requirements for Energy Performance</t>
   </si>
   <si>
     <t>The standard specifies energy performance requirements for three types of electric irons: dry irons, steam irons, and steam generator irons with a defined capacity not exceeding 5 liters, intended for residential and similar general-purpose use, and designed for a rated voltage not exceeding 250 V.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2590-2567-electric-irons-particular-requirements-energy-performance</t>
   </si>
   <si>
     <t>https://service.tisi.go.th/tisi-standard-shop/item/tis/7734</t>
   </si>
   <si>
     <t>TIS 2618-2557 (2014) Single suction centrifugal electric pumps: Energy efficiency requirements</t>
   </si>
   <si>
     <t>This standard specifies energy efficiency requirements of single-suction centrifugal electric pumps (sprocket blades type) for household and similar purposes with a rated voltage of no more than 250 V for single-phase appliances and 480 V for three-phase appliances with 50Hz and three-phase induction motor.</t>
   </si>
@@ -4715,51 +4721,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P264"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="259.365" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1038.032" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="202.808" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="303.069" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="764.385" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -4897,12375 +4903,12375 @@
       </c>
       <c r="P3" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
         <v>39</v>
       </c>
       <c r="B4" t="s">
         <v>40</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
         <v>41</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>42</v>
       </c>
       <c r="G4" t="s">
-        <v>22</v>
+        <v>43</v>
       </c>
       <c r="H4">
         <v>2003</v>
       </c>
       <c r="I4">
         <v>2016</v>
       </c>
       <c r="J4" t="s">
         <v>34</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="M4" t="s">
         <v>36</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="P4" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B5" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C5" t="s">
         <v>18</v>
       </c>
       <c r="D5" t="s">
         <v>41</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>42</v>
       </c>
       <c r="G5" t="s">
-        <v>22</v>
+        <v>43</v>
       </c>
       <c r="H5">
         <v>2003</v>
       </c>
       <c r="I5">
         <v>2017</v>
       </c>
       <c r="J5" t="s">
         <v>34</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="M5" t="s">
         <v>36</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="P5" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B6" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
       <c r="D6" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>42</v>
       </c>
       <c r="G6" t="s">
         <v>22</v>
       </c>
       <c r="H6">
         <v>2003</v>
       </c>
       <c r="I6">
         <v>2018</v>
       </c>
       <c r="J6" t="s">
         <v>34</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6"/>
       <c r="M6" t="s">
         <v>36</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="P6" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B7" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C7" t="s">
         <v>18</v>
       </c>
       <c r="D7" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="G7" t="s">
         <v>22</v>
       </c>
       <c r="H7">
         <v>2003</v>
       </c>
       <c r="I7">
         <v>2023</v>
       </c>
       <c r="J7" t="s">
         <v>23</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="M7" t="s">
         <v>36</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="P7" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B8" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C8" t="s">
         <v>18</v>
       </c>
       <c r="D8" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
         <v>21</v>
       </c>
       <c r="G8" t="s">
-        <v>22</v>
+        <v>43</v>
       </c>
       <c r="H8">
         <v>2003</v>
       </c>
       <c r="I8">
         <v>2006</v>
       </c>
       <c r="J8" t="s">
         <v>34</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="M8" t="s">
         <v>36</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="P8" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B9" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C9" t="s">
         <v>18</v>
       </c>
       <c r="D9" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
         <v>21</v>
       </c>
       <c r="G9" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="H9">
         <v>2019</v>
       </c>
       <c r="I9"/>
       <c r="J9" t="s">
         <v>34</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9"/>
       <c r="M9" t="s">
         <v>36</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="P9" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B10" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C10" t="s">
         <v>18</v>
       </c>
       <c r="D10" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
         <v>21</v>
       </c>
       <c r="G10" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H10">
         <v>2009</v>
       </c>
       <c r="I10"/>
       <c r="J10" t="s">
         <v>34</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="M10" t="s">
         <v>36</v>
       </c>
       <c r="N10" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="O10" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="P10" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="B11" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="C11" t="s">
         <v>18</v>
       </c>
       <c r="D11" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
         <v>21</v>
       </c>
       <c r="G11" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="H11">
         <v>2014</v>
       </c>
       <c r="I11"/>
       <c r="J11" t="s">
         <v>34</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="M11" t="s">
         <v>36</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="P11" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="B12" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="C12" t="s">
         <v>18</v>
       </c>
       <c r="D12" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
         <v>21</v>
       </c>
       <c r="G12" t="s">
-        <v>22</v>
+        <v>72</v>
       </c>
       <c r="H12">
         <v>2008</v>
       </c>
       <c r="I12">
         <v>2020</v>
       </c>
       <c r="J12" t="s">
         <v>34</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12"/>
       <c r="M12" t="s">
         <v>36</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="P12" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="B13" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C13" t="s">
         <v>18</v>
       </c>
       <c r="D13" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
         <v>21</v>
       </c>
       <c r="G13" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="H13">
         <v>2018</v>
       </c>
       <c r="I13"/>
       <c r="J13" t="s">
         <v>34</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13"/>
       <c r="M13" t="s">
         <v>36</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="P13" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="B14" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="C14" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="D14" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
         <v>42</v>
       </c>
       <c r="G14" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H14">
         <v>2010</v>
       </c>
       <c r="I14"/>
       <c r="J14" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14"/>
       <c r="M14" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="P14" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="B15" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="C15" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="D15" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
         <v>42</v>
       </c>
       <c r="G15" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H15">
         <v>2010</v>
       </c>
       <c r="I15"/>
       <c r="J15" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15"/>
       <c r="M15" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="P15" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="B16" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="C16" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="D16" t="s">
         <v>32</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
         <v>42</v>
       </c>
       <c r="G16" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H16">
         <v>2010</v>
       </c>
       <c r="I16"/>
       <c r="J16" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16"/>
       <c r="M16" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="P16" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="B17" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="C17" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="D17" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="E17" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="F17" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="G17" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H17">
         <v>2009</v>
       </c>
       <c r="I17"/>
       <c r="J17" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
       <c r="L17" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="M17" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="N17" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="O17" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="P17" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="B18" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="C18" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="D18" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="G18" t="s">
         <v>22</v>
       </c>
       <c r="H18">
         <v>2015</v>
       </c>
       <c r="I18">
         <v>2016</v>
       </c>
       <c r="J18" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="K18" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="L18" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="M18" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="N18" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="O18" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="P18" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="B19" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="C19" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="D19" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
         <v>21</v>
       </c>
       <c r="G19" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="H19">
         <v>2023</v>
       </c>
       <c r="I19"/>
       <c r="J19" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="K19" t="s">
         <v>24</v>
       </c>
       <c r="L19"/>
       <c r="M19" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="P19" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="B20" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="C20" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="D20" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="G20" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H20">
         <v>2013</v>
       </c>
       <c r="I20"/>
       <c r="J20" t="s">
         <v>34</v>
       </c>
       <c r="K20" t="s">
         <v>24</v>
       </c>
       <c r="L20"/>
       <c r="M20" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="P20" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="B21" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="C21" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="D21" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
         <v>42</v>
       </c>
       <c r="G21" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H21">
         <v>2020</v>
       </c>
       <c r="I21"/>
       <c r="J21" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="K21" t="s">
         <v>24</v>
       </c>
       <c r="L21"/>
       <c r="M21" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="P21" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="B22" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="C22" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="D22" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
         <v>21</v>
       </c>
       <c r="G22" t="s">
         <v>22</v>
       </c>
       <c r="H22">
         <v>2016</v>
       </c>
       <c r="I22">
         <v>2019</v>
       </c>
       <c r="J22" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="K22" t="s">
         <v>24</v>
       </c>
       <c r="L22"/>
       <c r="M22" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="P22" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="B23" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="C23" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="D23" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="E23" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="F23" t="s">
         <v>21</v>
       </c>
       <c r="G23" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="H23"/>
       <c r="I23"/>
       <c r="J23" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="K23" t="s">
         <v>24</v>
       </c>
       <c r="L23" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="M23" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="P23" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="B24" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="C24" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="D24" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="G24" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H24">
         <v>2020</v>
       </c>
       <c r="I24"/>
       <c r="J24" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="K24" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="L24" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="M24" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="N24" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="O24" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="P24" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="B25" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="C25" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="D25" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="E25" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F25" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="G25" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="H25"/>
       <c r="I25"/>
       <c r="J25" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="K25" t="s">
         <v>24</v>
       </c>
       <c r="L25"/>
       <c r="M25" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="P25" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="B26" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="C26" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="D26" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="E26" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F26" t="s">
         <v>21</v>
       </c>
       <c r="G26" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="H26"/>
       <c r="I26"/>
       <c r="J26" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="K26" t="s">
         <v>24</v>
       </c>
       <c r="L26"/>
       <c r="M26" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="P26"/>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="B27" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="C27" t="s">
         <v>18</v>
       </c>
       <c r="D27" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="E27" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F27" t="s">
         <v>21</v>
       </c>
       <c r="G27" t="s">
-        <v>71</v>
+        <v>199</v>
       </c>
       <c r="H27">
         <v>2021</v>
       </c>
       <c r="I27"/>
       <c r="J27" t="s">
         <v>34</v>
       </c>
       <c r="K27" t="s">
         <v>24</v>
       </c>
       <c r="L27" t="s">
-        <v>197</v>
+        <v>200</v>
       </c>
       <c r="M27" t="s">
-        <v>198</v>
+        <v>201</v>
       </c>
       <c r="N27" t="s">
         <v>27</v>
       </c>
       <c r="O27" t="s">
-        <v>199</v>
+        <v>202</v>
       </c>
       <c r="P27" t="s">
-        <v>200</v>
+        <v>203</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>201</v>
+        <v>204</v>
       </c>
       <c r="B28" t="s">
-        <v>202</v>
+        <v>205</v>
       </c>
       <c r="C28" t="s">
-        <v>203</v>
+        <v>206</v>
       </c>
       <c r="D28" t="s">
-        <v>204</v>
+        <v>207</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
         <v>21</v>
       </c>
       <c r="G28" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H28">
         <v>2016</v>
       </c>
       <c r="I28"/>
       <c r="J28" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="K28" t="s">
         <v>24</v>
       </c>
       <c r="L28"/>
       <c r="M28" t="s">
-        <v>205</v>
+        <v>208</v>
       </c>
       <c r="N28" t="s">
         <v>27</v>
       </c>
       <c r="O28" t="s">
-        <v>206</v>
+        <v>209</v>
       </c>
       <c r="P28" t="s">
-        <v>207</v>
+        <v>210</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>208</v>
+        <v>211</v>
       </c>
       <c r="B29" t="s">
-        <v>209</v>
+        <v>212</v>
       </c>
       <c r="C29" t="s">
-        <v>203</v>
+        <v>206</v>
       </c>
       <c r="D29" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="E29" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="F29" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
       <c r="G29" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H29">
         <v>2015</v>
       </c>
       <c r="I29"/>
       <c r="J29" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="K29" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
       <c r="L29" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="M29" t="s">
-        <v>205</v>
+        <v>208</v>
       </c>
       <c r="N29" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="O29" t="s">
-        <v>213</v>
+        <v>216</v>
       </c>
       <c r="P29" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>215</v>
+        <v>218</v>
       </c>
       <c r="B30" t="s">
-        <v>216</v>
+        <v>219</v>
       </c>
       <c r="C30" t="s">
-        <v>203</v>
+        <v>206</v>
       </c>
       <c r="D30" t="s">
         <v>32</v>
       </c>
       <c r="E30" t="s">
         <v>20</v>
       </c>
       <c r="F30" t="s">
         <v>21</v>
       </c>
       <c r="G30" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H30">
         <v>2017</v>
       </c>
       <c r="I30"/>
       <c r="J30" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="K30" t="s">
         <v>24</v>
       </c>
       <c r="L30"/>
       <c r="M30" t="s">
-        <v>205</v>
+        <v>208</v>
       </c>
       <c r="N30" t="s">
         <v>27</v>
       </c>
       <c r="O30" t="s">
-        <v>217</v>
+        <v>220</v>
       </c>
       <c r="P30"/>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>218</v>
+        <v>221</v>
       </c>
       <c r="B31" t="s">
-        <v>219</v>
+        <v>222</v>
       </c>
       <c r="C31" t="s">
-        <v>203</v>
+        <v>206</v>
       </c>
       <c r="D31" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="E31" t="s">
         <v>20</v>
       </c>
       <c r="F31" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="G31" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H31">
         <v>2017</v>
       </c>
       <c r="I31"/>
       <c r="J31" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="K31" t="s">
         <v>24</v>
       </c>
       <c r="L31" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
       <c r="M31" t="s">
-        <v>205</v>
+        <v>208</v>
       </c>
       <c r="N31" t="s">
         <v>27</v>
       </c>
       <c r="O31" t="s">
-        <v>222</v>
+        <v>225</v>
       </c>
       <c r="P31"/>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>223</v>
+        <v>226</v>
       </c>
       <c r="B32" t="s">
-        <v>224</v>
+        <v>227</v>
       </c>
       <c r="C32" t="s">
-        <v>203</v>
+        <v>206</v>
       </c>
       <c r="D32" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="E32" t="s">
         <v>20</v>
       </c>
       <c r="F32" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="G32" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="H32">
         <v>2023</v>
       </c>
       <c r="I32"/>
       <c r="J32" t="s">
-        <v>225</v>
+        <v>228</v>
       </c>
       <c r="K32" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="L32" t="s">
-        <v>226</v>
+        <v>229</v>
       </c>
       <c r="M32" t="s">
-        <v>227</v>
+        <v>230</v>
       </c>
       <c r="N32" t="s">
-        <v>228</v>
+        <v>231</v>
       </c>
       <c r="O32" t="s">
-        <v>229</v>
+        <v>232</v>
       </c>
       <c r="P32" t="s">
-        <v>230</v>
+        <v>233</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>231</v>
+        <v>234</v>
       </c>
       <c r="B33" t="s">
-        <v>232</v>
+        <v>235</v>
       </c>
       <c r="C33" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="D33" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="E33" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="F33" t="s">
         <v>21</v>
       </c>
       <c r="G33" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H33">
         <v>2018</v>
       </c>
       <c r="I33"/>
       <c r="J33" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="K33" t="s">
-        <v>234</v>
+        <v>237</v>
       </c>
       <c r="L33" t="s">
-        <v>235</v>
+        <v>238</v>
       </c>
       <c r="M33" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="N33" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="O33" t="s">
-        <v>237</v>
+        <v>240</v>
       </c>
       <c r="P33" t="s">
-        <v>238</v>
+        <v>241</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>239</v>
+        <v>242</v>
       </c>
       <c r="B34" t="s">
-        <v>240</v>
+        <v>243</v>
       </c>
       <c r="C34" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="D34" t="s">
-        <v>242</v>
+        <v>245</v>
       </c>
       <c r="E34" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F34" t="s">
         <v>42</v>
       </c>
       <c r="G34" t="s">
         <v>22</v>
       </c>
       <c r="H34">
         <v>2021</v>
       </c>
       <c r="I34">
         <v>2019</v>
       </c>
       <c r="J34" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="K34" t="s">
         <v>24</v>
       </c>
       <c r="L34" t="s">
-        <v>243</v>
+        <v>246</v>
       </c>
       <c r="M34" t="s">
-        <v>244</v>
+        <v>247</v>
       </c>
       <c r="N34" t="s">
         <v>27</v>
       </c>
       <c r="O34" t="s">
-        <v>245</v>
+        <v>248</v>
       </c>
       <c r="P34" t="s">
-        <v>246</v>
+        <v>249</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>247</v>
+        <v>250</v>
       </c>
       <c r="B35" t="s">
-        <v>248</v>
+        <v>251</v>
       </c>
       <c r="C35" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="D35" t="s">
-        <v>249</v>
+        <v>252</v>
       </c>
       <c r="E35" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F35" t="s">
         <v>42</v>
       </c>
       <c r="G35" t="s">
         <v>22</v>
       </c>
       <c r="H35">
         <v>2014</v>
       </c>
       <c r="I35">
         <v>2019</v>
       </c>
       <c r="J35" t="s">
-        <v>250</v>
+        <v>253</v>
       </c>
       <c r="K35" t="s">
         <v>24</v>
       </c>
       <c r="L35" t="s">
-        <v>251</v>
+        <v>254</v>
       </c>
       <c r="M35" t="s">
-        <v>244</v>
+        <v>247</v>
       </c>
       <c r="N35" t="s">
         <v>27</v>
       </c>
       <c r="O35" t="s">
-        <v>252</v>
+        <v>255</v>
       </c>
       <c r="P35" t="s">
-        <v>253</v>
+        <v>256</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>254</v>
+        <v>257</v>
       </c>
       <c r="B36" t="s">
-        <v>255</v>
+        <v>258</v>
       </c>
       <c r="C36" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="D36" t="s">
-        <v>249</v>
+        <v>252</v>
       </c>
       <c r="E36" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F36" t="s">
         <v>42</v>
       </c>
       <c r="G36" t="s">
         <v>22</v>
       </c>
       <c r="H36">
         <v>2015</v>
       </c>
       <c r="I36">
         <v>2019</v>
       </c>
       <c r="J36" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="K36" t="s">
         <v>24</v>
       </c>
       <c r="L36" t="s">
-        <v>256</v>
+        <v>259</v>
       </c>
       <c r="M36" t="s">
-        <v>244</v>
+        <v>247</v>
       </c>
       <c r="N36" t="s">
         <v>27</v>
       </c>
       <c r="O36" t="s">
-        <v>257</v>
+        <v>260</v>
       </c>
       <c r="P36" t="s">
-        <v>258</v>
+        <v>261</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>259</v>
+        <v>262</v>
       </c>
       <c r="B37" t="s">
-        <v>260</v>
+        <v>263</v>
       </c>
       <c r="C37" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="D37" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="E37" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F37" t="s">
         <v>42</v>
       </c>
       <c r="G37" t="s">
         <v>22</v>
       </c>
       <c r="H37">
         <v>2012</v>
       </c>
       <c r="I37">
         <v>2019</v>
       </c>
       <c r="J37" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="K37" t="s">
         <v>24</v>
       </c>
       <c r="L37" t="s">
-        <v>262</v>
+        <v>265</v>
       </c>
       <c r="M37" t="s">
-        <v>244</v>
+        <v>247</v>
       </c>
       <c r="N37" t="s">
         <v>27</v>
       </c>
       <c r="O37" t="s">
-        <v>263</v>
+        <v>266</v>
       </c>
       <c r="P37" t="s">
-        <v>264</v>
+        <v>267</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>265</v>
+        <v>268</v>
       </c>
       <c r="B38" t="s">
-        <v>266</v>
+        <v>269</v>
       </c>
       <c r="C38" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="D38" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="E38" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F38" t="s">
         <v>42</v>
       </c>
       <c r="G38" t="s">
         <v>22</v>
       </c>
       <c r="H38">
         <v>2012</v>
       </c>
       <c r="I38">
         <v>2019</v>
       </c>
       <c r="J38" t="s">
-        <v>250</v>
+        <v>253</v>
       </c>
       <c r="K38" t="s">
         <v>24</v>
       </c>
       <c r="L38" t="s">
-        <v>267</v>
+        <v>270</v>
       </c>
       <c r="M38" t="s">
-        <v>244</v>
+        <v>247</v>
       </c>
       <c r="N38" t="s">
         <v>27</v>
       </c>
       <c r="O38" t="s">
-        <v>268</v>
+        <v>271</v>
       </c>
       <c r="P38" t="s">
-        <v>269</v>
+        <v>272</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>270</v>
+        <v>273</v>
       </c>
       <c r="B39" t="s">
-        <v>271</v>
+        <v>274</v>
       </c>
       <c r="C39" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="D39" t="s">
-        <v>272</v>
+        <v>275</v>
       </c>
       <c r="E39" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F39" t="s">
         <v>42</v>
       </c>
       <c r="G39" t="s">
         <v>22</v>
       </c>
       <c r="H39">
         <v>2014</v>
       </c>
       <c r="I39">
         <v>2019</v>
       </c>
       <c r="J39" t="s">
-        <v>250</v>
+        <v>253</v>
       </c>
       <c r="K39" t="s">
         <v>24</v>
       </c>
       <c r="L39" t="s">
-        <v>273</v>
+        <v>276</v>
       </c>
       <c r="M39" t="s">
-        <v>244</v>
+        <v>247</v>
       </c>
       <c r="N39" t="s">
         <v>27</v>
       </c>
       <c r="O39" t="s">
-        <v>274</v>
+        <v>277</v>
       </c>
       <c r="P39" t="s">
-        <v>275</v>
+        <v>278</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>276</v>
+        <v>279</v>
       </c>
       <c r="B40" t="s">
-        <v>277</v>
+        <v>280</v>
       </c>
       <c r="C40" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="D40" t="s">
-        <v>278</v>
+        <v>281</v>
       </c>
       <c r="E40" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F40" t="s">
         <v>42</v>
       </c>
       <c r="G40" t="s">
         <v>22</v>
       </c>
       <c r="H40">
         <v>2015</v>
       </c>
       <c r="I40">
         <v>2019</v>
       </c>
       <c r="J40" t="s">
-        <v>250</v>
+        <v>253</v>
       </c>
       <c r="K40" t="s">
         <v>24</v>
       </c>
       <c r="L40" t="s">
-        <v>279</v>
+        <v>282</v>
       </c>
       <c r="M40" t="s">
-        <v>244</v>
+        <v>247</v>
       </c>
       <c r="N40" t="s">
         <v>27</v>
       </c>
       <c r="O40" t="s">
-        <v>280</v>
+        <v>283</v>
       </c>
       <c r="P40" t="s">
-        <v>281</v>
+        <v>284</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>282</v>
+        <v>285</v>
       </c>
       <c r="B41" t="s">
-        <v>283</v>
+        <v>286</v>
       </c>
       <c r="C41" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="D41" t="s">
-        <v>284</v>
+        <v>287</v>
       </c>
       <c r="E41" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F41" t="s">
         <v>42</v>
       </c>
       <c r="G41" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H41">
         <v>2015</v>
       </c>
       <c r="I41"/>
       <c r="J41" t="s">
-        <v>250</v>
+        <v>253</v>
       </c>
       <c r="K41" t="s">
         <v>24</v>
       </c>
       <c r="L41" t="s">
-        <v>285</v>
+        <v>288</v>
       </c>
       <c r="M41" t="s">
-        <v>286</v>
+        <v>289</v>
       </c>
       <c r="N41" t="s">
         <v>27</v>
       </c>
       <c r="O41" t="s">
-        <v>287</v>
+        <v>290</v>
       </c>
       <c r="P41" t="s">
-        <v>288</v>
+        <v>291</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>289</v>
+        <v>292</v>
       </c>
       <c r="B42" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
       <c r="C42" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="D42" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="E42" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F42" t="s">
         <v>42</v>
       </c>
       <c r="G42" t="s">
         <v>22</v>
       </c>
       <c r="H42">
         <v>2014</v>
       </c>
       <c r="I42">
         <v>2019</v>
       </c>
       <c r="J42" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="K42" t="s">
         <v>24</v>
       </c>
       <c r="L42" t="s">
-        <v>291</v>
+        <v>294</v>
       </c>
       <c r="M42" t="s">
-        <v>244</v>
+        <v>247</v>
       </c>
       <c r="N42" t="s">
         <v>27</v>
       </c>
       <c r="O42" t="s">
-        <v>292</v>
+        <v>295</v>
       </c>
       <c r="P42" t="s">
-        <v>293</v>
+        <v>296</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>294</v>
+        <v>297</v>
       </c>
       <c r="B43" t="s">
-        <v>295</v>
+        <v>298</v>
       </c>
       <c r="C43" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="D43" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="E43" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F43" t="s">
         <v>42</v>
       </c>
       <c r="G43" t="s">
         <v>22</v>
       </c>
       <c r="H43">
         <v>2013</v>
       </c>
       <c r="I43">
         <v>2019</v>
       </c>
       <c r="J43" t="s">
-        <v>250</v>
+        <v>253</v>
       </c>
       <c r="K43" t="s">
         <v>24</v>
       </c>
       <c r="L43" t="s">
-        <v>296</v>
+        <v>299</v>
       </c>
       <c r="M43" t="s">
-        <v>244</v>
+        <v>247</v>
       </c>
       <c r="N43" t="s">
         <v>27</v>
       </c>
       <c r="O43" t="s">
-        <v>297</v>
+        <v>300</v>
       </c>
       <c r="P43" t="s">
-        <v>298</v>
+        <v>301</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>299</v>
+        <v>302</v>
       </c>
       <c r="B44" t="s">
-        <v>300</v>
+        <v>303</v>
       </c>
       <c r="C44" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="D44" t="s">
-        <v>301</v>
+        <v>304</v>
       </c>
       <c r="E44" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F44" t="s">
         <v>42</v>
       </c>
       <c r="G44" t="s">
         <v>22</v>
       </c>
       <c r="H44">
         <v>2017</v>
       </c>
       <c r="I44">
         <v>2019</v>
       </c>
       <c r="J44" t="s">
-        <v>250</v>
+        <v>253</v>
       </c>
       <c r="K44" t="s">
         <v>24</v>
       </c>
       <c r="L44" t="s">
-        <v>302</v>
+        <v>305</v>
       </c>
       <c r="M44" t="s">
-        <v>244</v>
+        <v>247</v>
       </c>
       <c r="N44" t="s">
         <v>27</v>
       </c>
       <c r="O44" t="s">
-        <v>303</v>
+        <v>306</v>
       </c>
       <c r="P44" t="s">
-        <v>304</v>
+        <v>307</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>305</v>
+        <v>308</v>
       </c>
       <c r="B45" t="s">
-        <v>306</v>
+        <v>309</v>
       </c>
       <c r="C45" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="D45" t="s">
-        <v>307</v>
+        <v>310</v>
       </c>
       <c r="E45" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F45" t="s">
         <v>42</v>
       </c>
       <c r="G45" t="s">
         <v>22</v>
       </c>
       <c r="H45">
         <v>2016</v>
       </c>
       <c r="I45">
         <v>2019</v>
       </c>
       <c r="J45" t="s">
-        <v>250</v>
+        <v>253</v>
       </c>
       <c r="K45" t="s">
         <v>24</v>
       </c>
       <c r="L45" t="s">
-        <v>308</v>
+        <v>311</v>
       </c>
       <c r="M45" t="s">
-        <v>244</v>
+        <v>247</v>
       </c>
       <c r="N45" t="s">
         <v>27</v>
       </c>
       <c r="O45" t="s">
-        <v>309</v>
+        <v>312</v>
       </c>
       <c r="P45" t="s">
-        <v>310</v>
+        <v>313</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>311</v>
+        <v>314</v>
       </c>
       <c r="B46" t="s">
-        <v>312</v>
+        <v>315</v>
       </c>
       <c r="C46" t="s">
         <v>18</v>
       </c>
       <c r="D46" t="s">
-        <v>313</v>
+        <v>316</v>
       </c>
       <c r="E46" t="s">
         <v>20</v>
       </c>
       <c r="F46" t="s">
         <v>21</v>
       </c>
       <c r="G46" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H46">
         <v>2014</v>
       </c>
       <c r="I46"/>
       <c r="J46" t="s">
         <v>34</v>
       </c>
       <c r="K46" t="s">
         <v>24</v>
       </c>
       <c r="L46" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="M46" t="s">
-        <v>315</v>
+        <v>318</v>
       </c>
       <c r="N46" t="s">
         <v>27</v>
       </c>
       <c r="O46" t="s">
-        <v>316</v>
+        <v>319</v>
       </c>
       <c r="P46" t="s">
-        <v>317</v>
+        <v>320</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
-        <v>318</v>
+        <v>321</v>
       </c>
       <c r="B47" t="s">
-        <v>319</v>
+        <v>322</v>
       </c>
       <c r="C47" t="s">
         <v>18</v>
       </c>
       <c r="D47" t="s">
-        <v>320</v>
+        <v>323</v>
       </c>
       <c r="E47" t="s">
         <v>20</v>
       </c>
       <c r="F47" t="s">
         <v>21</v>
       </c>
       <c r="G47" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H47">
         <v>2017</v>
       </c>
       <c r="I47"/>
       <c r="J47" t="s">
         <v>34</v>
       </c>
       <c r="K47" t="s">
         <v>24</v>
       </c>
       <c r="L47" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="M47" t="s">
         <v>26</v>
       </c>
       <c r="N47" t="s">
         <v>27</v>
       </c>
       <c r="O47" t="s">
-        <v>322</v>
+        <v>325</v>
       </c>
       <c r="P47" t="s">
-        <v>323</v>
+        <v>326</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="s">
-        <v>324</v>
+        <v>327</v>
       </c>
       <c r="B48" t="s">
-        <v>325</v>
+        <v>328</v>
       </c>
       <c r="C48" t="s">
         <v>18</v>
       </c>
       <c r="D48" t="s">
-        <v>326</v>
+        <v>329</v>
       </c>
       <c r="E48" t="s">
         <v>20</v>
       </c>
       <c r="F48" t="s">
         <v>21</v>
       </c>
       <c r="G48" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="H48">
         <v>2017</v>
       </c>
       <c r="I48"/>
       <c r="J48" t="s">
         <v>34</v>
       </c>
       <c r="K48" t="s">
         <v>24</v>
       </c>
       <c r="L48" t="s">
-        <v>327</v>
+        <v>330</v>
       </c>
       <c r="M48" t="s">
         <v>26</v>
       </c>
       <c r="N48" t="s">
         <v>27</v>
       </c>
       <c r="O48" t="s">
-        <v>328</v>
+        <v>331</v>
       </c>
       <c r="P48" t="s">
-        <v>329</v>
+        <v>332</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="s">
-        <v>330</v>
+        <v>333</v>
       </c>
       <c r="B49" t="s">
-        <v>331</v>
+        <v>334</v>
       </c>
       <c r="C49" t="s">
-        <v>332</v>
+        <v>335</v>
       </c>
       <c r="D49" t="s">
-        <v>333</v>
+        <v>336</v>
       </c>
       <c r="E49" t="s">
         <v>20</v>
       </c>
       <c r="F49" t="s">
         <v>42</v>
       </c>
       <c r="G49" t="s">
-        <v>334</v>
+        <v>337</v>
       </c>
       <c r="H49">
         <v>2010</v>
       </c>
       <c r="I49">
         <v>2011</v>
       </c>
       <c r="J49" t="s">
-        <v>335</v>
+        <v>338</v>
       </c>
       <c r="K49" t="s">
         <v>24</v>
       </c>
       <c r="L49"/>
       <c r="M49" t="s">
-        <v>336</v>
+        <v>339</v>
       </c>
       <c r="N49" t="s">
         <v>27</v>
       </c>
       <c r="O49" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="P49" t="s">
-        <v>338</v>
+        <v>341</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="s">
-        <v>339</v>
+        <v>342</v>
       </c>
       <c r="B50" t="s">
-        <v>340</v>
+        <v>343</v>
       </c>
       <c r="C50" t="s">
-        <v>332</v>
+        <v>335</v>
       </c>
       <c r="D50" t="s">
-        <v>341</v>
+        <v>344</v>
       </c>
       <c r="E50" t="s">
         <v>20</v>
       </c>
       <c r="F50" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="G50" t="s">
-        <v>334</v>
+        <v>337</v>
       </c>
       <c r="H50">
         <v>2018</v>
       </c>
       <c r="I50"/>
       <c r="J50" t="s">
-        <v>335</v>
+        <v>338</v>
       </c>
       <c r="K50" t="s">
         <v>24</v>
       </c>
       <c r="L50"/>
       <c r="M50" t="s">
-        <v>336</v>
+        <v>339</v>
       </c>
       <c r="N50" t="s">
         <v>27</v>
       </c>
       <c r="O50" t="s">
-        <v>342</v>
+        <v>345</v>
       </c>
       <c r="P50" t="s">
-        <v>343</v>
+        <v>346</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="s">
-        <v>344</v>
+        <v>347</v>
       </c>
       <c r="B51" t="s">
-        <v>345</v>
+        <v>348</v>
       </c>
       <c r="C51" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="D51" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="E51" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F51" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="G51" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H51">
         <v>2017</v>
       </c>
       <c r="I51"/>
       <c r="J51" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="K51" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="L51" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="M51" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="N51" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="O51" t="s">
-        <v>346</v>
+        <v>349</v>
       </c>
       <c r="P51" t="s">
-        <v>347</v>
+        <v>350</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="B52" t="s">
-        <v>349</v>
+        <v>352</v>
       </c>
       <c r="C52" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="D52" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="E52" t="s">
         <v>20</v>
       </c>
       <c r="F52" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="G52" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H52">
         <v>2021</v>
       </c>
       <c r="I52"/>
       <c r="J52" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="K52" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="L52" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="M52" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="N52" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="O52" t="s">
-        <v>350</v>
+        <v>353</v>
       </c>
       <c r="P52"/>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" t="s">
-        <v>351</v>
+        <v>354</v>
       </c>
       <c r="B53" t="s">
-        <v>216</v>
+        <v>219</v>
       </c>
       <c r="C53" t="s">
-        <v>203</v>
+        <v>206</v>
       </c>
       <c r="D53" t="s">
-        <v>352</v>
+        <v>355</v>
       </c>
       <c r="E53" t="s">
         <v>20</v>
       </c>
       <c r="F53" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="G53" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H53">
         <v>2017</v>
       </c>
       <c r="I53"/>
       <c r="J53" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="K53" t="s">
         <v>24</v>
       </c>
       <c r="L53" t="s">
-        <v>353</v>
+        <v>356</v>
       </c>
       <c r="M53" t="s">
-        <v>205</v>
+        <v>208</v>
       </c>
       <c r="N53" t="s">
         <v>27</v>
       </c>
       <c r="O53" t="s">
-        <v>354</v>
+        <v>357</v>
       </c>
       <c r="P53"/>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="s">
-        <v>355</v>
+        <v>358</v>
       </c>
       <c r="B54" t="s">
-        <v>356</v>
+        <v>359</v>
       </c>
       <c r="C54" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="D54" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="E54" t="s">
         <v>20</v>
       </c>
       <c r="F54" t="s">
         <v>21</v>
       </c>
       <c r="G54" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H54">
         <v>2017</v>
       </c>
       <c r="I54"/>
       <c r="J54" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="K54" t="s">
         <v>24</v>
       </c>
       <c r="L54" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
       <c r="M54" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="N54" t="s">
         <v>27</v>
       </c>
       <c r="O54" t="s">
-        <v>357</v>
+        <v>360</v>
       </c>
       <c r="P54" t="s">
-        <v>358</v>
+        <v>361</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" t="s">
-        <v>359</v>
+        <v>362</v>
       </c>
       <c r="B55" t="s">
-        <v>360</v>
+        <v>363</v>
       </c>
       <c r="C55" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="D55" t="s">
-        <v>361</v>
+        <v>364</v>
       </c>
       <c r="E55" t="s">
         <v>20</v>
       </c>
       <c r="F55" t="s">
         <v>42</v>
       </c>
       <c r="G55" t="s">
         <v>22</v>
       </c>
       <c r="H55">
         <v>2019</v>
       </c>
       <c r="I55">
         <v>2019</v>
       </c>
       <c r="J55" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="K55" t="s">
         <v>24</v>
       </c>
       <c r="L55" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="M55" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="N55" t="s">
         <v>27</v>
       </c>
       <c r="O55" t="s">
-        <v>363</v>
+        <v>366</v>
       </c>
       <c r="P55" t="s">
-        <v>364</v>
+        <v>367</v>
       </c>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="s">
-        <v>365</v>
+        <v>368</v>
       </c>
       <c r="B56" t="s">
-        <v>366</v>
+        <v>369</v>
       </c>
       <c r="C56" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="D56" t="s">
-        <v>367</v>
+        <v>370</v>
       </c>
       <c r="E56" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F56" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="G56" t="s">
         <v>22</v>
       </c>
       <c r="H56">
         <v>2003</v>
       </c>
       <c r="I56">
         <v>2012</v>
       </c>
       <c r="J56" t="s">
-        <v>368</v>
+        <v>371</v>
       </c>
       <c r="K56" t="s">
         <v>24</v>
       </c>
       <c r="L56" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="M56" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="N56" t="s">
         <v>27</v>
       </c>
       <c r="O56" t="s">
-        <v>371</v>
+        <v>374</v>
       </c>
       <c r="P56" t="s">
-        <v>372</v>
+        <v>375</v>
       </c>
     </row>
     <row r="57" spans="1:16">
       <c r="A57" t="s">
-        <v>373</v>
+        <v>376</v>
       </c>
       <c r="B57" t="s">
-        <v>374</v>
+        <v>377</v>
       </c>
       <c r="C57" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="D57" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="E57" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F57" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="G57" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H57">
         <v>2020</v>
       </c>
       <c r="I57"/>
       <c r="J57" t="s">
-        <v>375</v>
+        <v>378</v>
       </c>
       <c r="K57" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="L57" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="M57" t="s">
-        <v>376</v>
+        <v>379</v>
       </c>
       <c r="N57" t="s">
-        <v>228</v>
+        <v>231</v>
       </c>
       <c r="O57" t="s">
-        <v>377</v>
+        <v>380</v>
       </c>
       <c r="P57" t="s">
-        <v>378</v>
+        <v>381</v>
       </c>
     </row>
     <row r="58" spans="1:16">
       <c r="A58" t="s">
-        <v>379</v>
+        <v>382</v>
       </c>
       <c r="B58" t="s">
-        <v>380</v>
+        <v>383</v>
       </c>
       <c r="C58" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="D58" t="s">
-        <v>381</v>
+        <v>384</v>
       </c>
       <c r="E58" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F58" t="s">
         <v>42</v>
       </c>
       <c r="G58" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H58">
         <v>2022</v>
       </c>
       <c r="I58"/>
       <c r="J58" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
       <c r="K58" t="s">
         <v>24</v>
       </c>
       <c r="L58" t="s">
-        <v>383</v>
+        <v>386</v>
       </c>
       <c r="M58" t="s">
-        <v>384</v>
+        <v>387</v>
       </c>
       <c r="N58" t="s">
         <v>27</v>
       </c>
       <c r="O58" t="s">
-        <v>385</v>
+        <v>388</v>
       </c>
       <c r="P58" t="s">
-        <v>386</v>
+        <v>389</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" t="s">
-        <v>387</v>
+        <v>390</v>
       </c>
       <c r="B59" t="s">
-        <v>388</v>
+        <v>391</v>
       </c>
       <c r="C59" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="D59" t="s">
-        <v>389</v>
+        <v>392</v>
       </c>
       <c r="E59" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F59" t="s">
         <v>42</v>
       </c>
       <c r="G59" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H59">
         <v>2022</v>
       </c>
       <c r="I59"/>
       <c r="J59" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
       <c r="K59" t="s">
         <v>24</v>
       </c>
       <c r="L59" t="s">
-        <v>390</v>
+        <v>393</v>
       </c>
       <c r="M59" t="s">
-        <v>384</v>
+        <v>387</v>
       </c>
       <c r="N59" t="s">
         <v>27</v>
       </c>
       <c r="O59" t="s">
-        <v>391</v>
+        <v>394</v>
       </c>
       <c r="P59" t="s">
-        <v>392</v>
+        <v>395</v>
       </c>
     </row>
     <row r="60" spans="1:16">
       <c r="A60" t="s">
-        <v>393</v>
+        <v>396</v>
       </c>
       <c r="B60" t="s">
-        <v>394</v>
+        <v>397</v>
       </c>
       <c r="C60" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="D60" t="s">
-        <v>395</v>
+        <v>398</v>
       </c>
       <c r="E60" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F60" t="s">
         <v>42</v>
       </c>
       <c r="G60" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H60">
         <v>2022</v>
       </c>
       <c r="I60"/>
       <c r="J60" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
       <c r="K60" t="s">
-        <v>396</v>
+        <v>399</v>
       </c>
       <c r="L60" t="s">
-        <v>397</v>
+        <v>400</v>
       </c>
       <c r="M60" t="s">
-        <v>384</v>
+        <v>387</v>
       </c>
       <c r="N60" t="s">
         <v>27</v>
       </c>
       <c r="O60" t="s">
-        <v>398</v>
+        <v>401</v>
       </c>
       <c r="P60" t="s">
-        <v>399</v>
+        <v>402</v>
       </c>
     </row>
     <row r="61" spans="1:16">
       <c r="A61" t="s">
-        <v>400</v>
+        <v>403</v>
       </c>
       <c r="B61" t="s">
-        <v>401</v>
+        <v>404</v>
       </c>
       <c r="C61" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="D61" t="s">
-        <v>402</v>
+        <v>405</v>
       </c>
       <c r="E61" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F61" t="s">
         <v>42</v>
       </c>
       <c r="G61" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H61">
         <v>2022</v>
       </c>
       <c r="I61"/>
       <c r="J61" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
       <c r="K61" t="s">
         <v>24</v>
       </c>
       <c r="L61" t="s">
-        <v>403</v>
+        <v>406</v>
       </c>
       <c r="M61" t="s">
-        <v>384</v>
+        <v>387</v>
       </c>
       <c r="N61" t="s">
         <v>27</v>
       </c>
       <c r="O61" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="P61" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
     </row>
     <row r="62" spans="1:16">
       <c r="A62" t="s">
-        <v>406</v>
+        <v>409</v>
       </c>
       <c r="B62" t="s">
-        <v>407</v>
+        <v>410</v>
       </c>
       <c r="C62" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="D62" t="s">
-        <v>408</v>
+        <v>411</v>
       </c>
       <c r="E62" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F62" t="s">
         <v>42</v>
       </c>
       <c r="G62" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H62">
         <v>2022</v>
       </c>
       <c r="I62"/>
       <c r="J62" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
       <c r="K62" t="s">
-        <v>396</v>
+        <v>399</v>
       </c>
       <c r="L62" t="s">
-        <v>409</v>
+        <v>412</v>
       </c>
       <c r="M62" t="s">
-        <v>384</v>
+        <v>387</v>
       </c>
       <c r="N62" t="s">
         <v>27</v>
       </c>
       <c r="O62" t="s">
-        <v>410</v>
+        <v>413</v>
       </c>
       <c r="P62" t="s">
-        <v>411</v>
+        <v>414</v>
       </c>
     </row>
     <row r="63" spans="1:16">
       <c r="A63" t="s">
-        <v>412</v>
+        <v>415</v>
       </c>
       <c r="B63" t="s">
-        <v>413</v>
+        <v>416</v>
       </c>
       <c r="C63" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="D63" t="s">
-        <v>414</v>
+        <v>417</v>
       </c>
       <c r="E63" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F63" t="s">
         <v>42</v>
       </c>
       <c r="G63" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H63">
         <v>2022</v>
       </c>
       <c r="I63"/>
       <c r="J63" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
       <c r="K63" t="s">
-        <v>415</v>
+        <v>418</v>
       </c>
       <c r="L63" t="s">
-        <v>416</v>
+        <v>419</v>
       </c>
       <c r="M63" t="s">
-        <v>384</v>
+        <v>387</v>
       </c>
       <c r="N63" t="s">
-        <v>417</v>
+        <v>420</v>
       </c>
       <c r="O63" t="s">
-        <v>418</v>
+        <v>421</v>
       </c>
       <c r="P63" t="s">
-        <v>419</v>
+        <v>422</v>
       </c>
     </row>
     <row r="64" spans="1:16">
       <c r="A64" t="s">
-        <v>420</v>
+        <v>423</v>
       </c>
       <c r="B64" t="s">
-        <v>421</v>
+        <v>424</v>
       </c>
       <c r="C64" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="D64" t="s">
-        <v>422</v>
+        <v>425</v>
       </c>
       <c r="E64" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F64" t="s">
         <v>42</v>
       </c>
       <c r="G64" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H64">
         <v>2022</v>
       </c>
       <c r="I64"/>
       <c r="J64" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
       <c r="K64" t="s">
-        <v>415</v>
+        <v>418</v>
       </c>
       <c r="L64" t="s">
-        <v>423</v>
+        <v>426</v>
       </c>
       <c r="M64" t="s">
-        <v>384</v>
+        <v>387</v>
       </c>
       <c r="N64" t="s">
-        <v>417</v>
+        <v>420</v>
       </c>
       <c r="O64" t="s">
-        <v>424</v>
+        <v>427</v>
       </c>
       <c r="P64" t="s">
-        <v>425</v>
+        <v>428</v>
       </c>
     </row>
     <row r="65" spans="1:16">
       <c r="A65" t="s">
-        <v>426</v>
+        <v>429</v>
       </c>
       <c r="B65" t="s">
-        <v>427</v>
+        <v>430</v>
       </c>
       <c r="C65" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="D65" t="s">
-        <v>249</v>
+        <v>252</v>
       </c>
       <c r="E65" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F65" t="s">
         <v>42</v>
       </c>
       <c r="G65" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H65">
         <v>2022</v>
       </c>
       <c r="I65"/>
       <c r="J65" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
       <c r="K65" t="s">
         <v>24</v>
       </c>
       <c r="L65" t="s">
-        <v>428</v>
+        <v>431</v>
       </c>
       <c r="M65" t="s">
-        <v>384</v>
+        <v>387</v>
       </c>
       <c r="N65" t="s">
         <v>27</v>
       </c>
       <c r="O65" t="s">
-        <v>429</v>
+        <v>432</v>
       </c>
       <c r="P65" t="s">
-        <v>430</v>
+        <v>433</v>
       </c>
     </row>
     <row r="66" spans="1:16">
       <c r="A66" t="s">
-        <v>431</v>
+        <v>434</v>
       </c>
       <c r="B66" t="s">
-        <v>432</v>
+        <v>435</v>
       </c>
       <c r="C66" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="D66" t="s">
-        <v>433</v>
+        <v>436</v>
       </c>
       <c r="E66" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F66" t="s">
         <v>42</v>
       </c>
       <c r="G66" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H66">
         <v>2022</v>
       </c>
       <c r="I66"/>
       <c r="J66" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
       <c r="K66" t="s">
-        <v>396</v>
+        <v>399</v>
       </c>
       <c r="L66" t="s">
-        <v>434</v>
+        <v>437</v>
       </c>
       <c r="M66" t="s">
-        <v>384</v>
+        <v>387</v>
       </c>
       <c r="N66" t="s">
         <v>27</v>
       </c>
       <c r="O66" t="s">
-        <v>435</v>
+        <v>438</v>
       </c>
       <c r="P66" t="s">
-        <v>436</v>
+        <v>439</v>
       </c>
     </row>
     <row r="67" spans="1:16">
       <c r="A67" t="s">
-        <v>437</v>
+        <v>440</v>
       </c>
       <c r="B67" t="s">
-        <v>438</v>
+        <v>441</v>
       </c>
       <c r="C67" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="D67" t="s">
-        <v>439</v>
+        <v>442</v>
       </c>
       <c r="E67" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F67" t="s">
         <v>42</v>
       </c>
       <c r="G67" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H67">
         <v>2022</v>
       </c>
       <c r="I67"/>
       <c r="J67" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
       <c r="K67" t="s">
         <v>24</v>
       </c>
       <c r="L67" t="s">
-        <v>440</v>
+        <v>443</v>
       </c>
       <c r="M67" t="s">
-        <v>384</v>
+        <v>387</v>
       </c>
       <c r="N67" t="s">
         <v>27</v>
       </c>
       <c r="O67" t="s">
-        <v>441</v>
+        <v>444</v>
       </c>
       <c r="P67" t="s">
-        <v>442</v>
+        <v>445</v>
       </c>
     </row>
     <row r="68" spans="1:16">
       <c r="A68" t="s">
-        <v>443</v>
+        <v>446</v>
       </c>
       <c r="B68" t="s">
-        <v>444</v>
+        <v>447</v>
       </c>
       <c r="C68" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="D68" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="E68" t="s">
         <v>20</v>
       </c>
       <c r="F68" t="s">
         <v>21</v>
       </c>
       <c r="G68" t="s">
         <v>22</v>
       </c>
       <c r="H68">
         <v>2016</v>
       </c>
       <c r="I68">
         <v>2018</v>
       </c>
       <c r="J68" t="s">
-        <v>445</v>
+        <v>448</v>
       </c>
       <c r="K68" t="s">
         <v>24</v>
       </c>
       <c r="L68" t="s">
-        <v>446</v>
+        <v>449</v>
       </c>
       <c r="M68" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="N68" t="s">
         <v>27</v>
       </c>
       <c r="O68" t="s">
-        <v>447</v>
+        <v>450</v>
       </c>
       <c r="P68" t="s">
-        <v>448</v>
+        <v>451</v>
       </c>
     </row>
     <row r="69" spans="1:16">
       <c r="A69" t="s">
-        <v>449</v>
+        <v>452</v>
       </c>
       <c r="B69" t="s">
-        <v>450</v>
+        <v>453</v>
       </c>
       <c r="C69" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="D69" t="s">
-        <v>367</v>
+        <v>370</v>
       </c>
       <c r="E69" t="s">
         <v>20</v>
       </c>
       <c r="F69" t="s">
         <v>21</v>
       </c>
       <c r="G69" t="s">
         <v>22</v>
       </c>
       <c r="H69">
         <v>2016</v>
       </c>
       <c r="I69">
         <v>2018</v>
       </c>
       <c r="J69" t="s">
-        <v>451</v>
+        <v>454</v>
       </c>
       <c r="K69" t="s">
         <v>24</v>
       </c>
       <c r="L69" t="s">
-        <v>452</v>
+        <v>455</v>
       </c>
       <c r="M69" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="N69" t="s">
         <v>27</v>
       </c>
       <c r="O69" t="s">
-        <v>453</v>
+        <v>456</v>
       </c>
       <c r="P69" t="s">
-        <v>454</v>
+        <v>457</v>
       </c>
     </row>
     <row r="70" spans="1:16">
       <c r="A70" t="s">
-        <v>455</v>
+        <v>458</v>
       </c>
       <c r="B70" t="s">
-        <v>456</v>
+        <v>459</v>
       </c>
       <c r="C70" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="D70" t="s">
-        <v>457</v>
+        <v>460</v>
       </c>
       <c r="E70" t="s">
         <v>20</v>
       </c>
       <c r="F70" t="s">
         <v>21</v>
       </c>
       <c r="G70" t="s">
         <v>22</v>
       </c>
       <c r="H70">
         <v>2016</v>
       </c>
       <c r="I70">
         <v>2018</v>
       </c>
       <c r="J70" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="K70" t="s">
         <v>24</v>
       </c>
       <c r="L70"/>
       <c r="M70" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="N70" t="s">
         <v>27</v>
       </c>
       <c r="O70" t="s">
-        <v>458</v>
+        <v>461</v>
       </c>
       <c r="P70" t="s">
-        <v>459</v>
+        <v>462</v>
       </c>
     </row>
     <row r="71" spans="1:16">
       <c r="A71" t="s">
-        <v>460</v>
+        <v>463</v>
       </c>
       <c r="B71" t="s">
-        <v>461</v>
+        <v>464</v>
       </c>
       <c r="C71" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="D71" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="E71" t="s">
         <v>20</v>
       </c>
       <c r="F71" t="s">
         <v>21</v>
       </c>
       <c r="G71" t="s">
         <v>22</v>
       </c>
       <c r="H71">
         <v>2016</v>
       </c>
       <c r="I71">
         <v>2019</v>
       </c>
       <c r="J71" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="K71" t="s">
         <v>24</v>
       </c>
       <c r="L71"/>
       <c r="M71" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="N71" t="s">
         <v>27</v>
       </c>
       <c r="O71" t="s">
-        <v>462</v>
+        <v>465</v>
       </c>
       <c r="P71" t="s">
-        <v>463</v>
+        <v>466</v>
       </c>
     </row>
     <row r="72" spans="1:16">
       <c r="A72" t="s">
-        <v>464</v>
+        <v>467</v>
       </c>
       <c r="B72" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
       <c r="C72" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="D72" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="E72" t="s">
         <v>20</v>
       </c>
       <c r="F72" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="G72" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H72">
         <v>2021</v>
       </c>
       <c r="I72"/>
       <c r="J72" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="K72" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="L72" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="M72" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="N72" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="O72" t="s">
-        <v>468</v>
+        <v>471</v>
       </c>
       <c r="P72" t="s">
-        <v>469</v>
+        <v>472</v>
       </c>
     </row>
     <row r="73" spans="1:16">
       <c r="A73" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="B73" t="s">
-        <v>471</v>
+        <v>474</v>
       </c>
       <c r="C73" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="D73" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="E73" t="s">
         <v>20</v>
       </c>
       <c r="F73" t="s">
         <v>21</v>
       </c>
       <c r="G73" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H73">
         <v>2017</v>
       </c>
       <c r="I73"/>
       <c r="J73" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="K73" t="s">
         <v>24</v>
       </c>
       <c r="L73"/>
       <c r="M73" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="N73" t="s">
         <v>27</v>
       </c>
       <c r="O73" t="s">
-        <v>472</v>
+        <v>475</v>
       </c>
       <c r="P73" t="s">
-        <v>473</v>
+        <v>476</v>
       </c>
     </row>
     <row r="74" spans="1:16">
       <c r="A74" t="s">
-        <v>474</v>
+        <v>477</v>
       </c>
       <c r="B74" t="s">
-        <v>475</v>
+        <v>478</v>
       </c>
       <c r="C74" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="D74" t="s">
         <v>32</v>
       </c>
       <c r="E74" t="s">
         <v>20</v>
       </c>
       <c r="F74" t="s">
         <v>21</v>
       </c>
       <c r="G74" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H74">
         <v>2022</v>
       </c>
       <c r="I74"/>
       <c r="J74" t="s">
-        <v>476</v>
+        <v>479</v>
       </c>
       <c r="K74" t="s">
         <v>24</v>
       </c>
       <c r="L74"/>
       <c r="M74" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="N74" t="s">
         <v>27</v>
       </c>
       <c r="O74" t="s">
-        <v>477</v>
+        <v>480</v>
       </c>
       <c r="P74" t="s">
-        <v>478</v>
+        <v>481</v>
       </c>
     </row>
     <row r="75" spans="1:16">
       <c r="A75" t="s">
-        <v>479</v>
+        <v>482</v>
       </c>
       <c r="B75" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="C75" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="D75" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="E75" t="s">
         <v>20</v>
       </c>
       <c r="F75" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
       <c r="G75" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H75">
         <v>2022</v>
       </c>
       <c r="I75"/>
       <c r="J75" t="s">
-        <v>476</v>
+        <v>479</v>
       </c>
       <c r="K75" t="s">
         <v>24</v>
       </c>
       <c r="L75"/>
       <c r="M75" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="N75" t="s">
         <v>27</v>
       </c>
       <c r="O75" t="s">
+        <v>484</v>
+      </c>
+      <c r="P75" t="s">
         <v>481</v>
-      </c>
-[...1 lines deleted...]
-        <v>478</v>
       </c>
     </row>
     <row r="76" spans="1:16">
       <c r="A76" t="s">
-        <v>482</v>
+        <v>485</v>
       </c>
       <c r="B76" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="C76" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="D76" t="s">
-        <v>484</v>
+        <v>487</v>
       </c>
       <c r="E76" t="s">
         <v>20</v>
       </c>
       <c r="F76" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="G76" t="s">
         <v>22</v>
       </c>
       <c r="H76">
         <v>2005</v>
       </c>
       <c r="I76">
         <v>2008</v>
       </c>
       <c r="J76" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="K76" t="s">
         <v>24</v>
       </c>
       <c r="L76" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
       <c r="M76" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="N76" t="s">
         <v>27</v>
       </c>
       <c r="O76" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="P76" t="s">
-        <v>487</v>
+        <v>490</v>
       </c>
     </row>
     <row r="77" spans="1:16">
       <c r="A77" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="B77" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="C77" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="D77" t="s">
         <v>32</v>
       </c>
       <c r="E77" t="s">
         <v>20</v>
       </c>
       <c r="F77" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="G77" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H77">
         <v>2009</v>
       </c>
       <c r="I77"/>
       <c r="J77" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="K77" t="s">
         <v>24</v>
       </c>
       <c r="L77" t="s">
-        <v>490</v>
+        <v>493</v>
       </c>
       <c r="M77" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="N77" t="s">
         <v>27</v>
       </c>
       <c r="O77" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="P77" t="s">
-        <v>492</v>
+        <v>495</v>
       </c>
     </row>
     <row r="78" spans="1:16">
       <c r="A78" t="s">
-        <v>493</v>
+        <v>496</v>
       </c>
       <c r="B78" t="s">
-        <v>494</v>
+        <v>497</v>
       </c>
       <c r="C78" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="D78" t="s">
         <v>32</v>
       </c>
       <c r="E78" t="s">
         <v>20</v>
       </c>
       <c r="F78" t="s">
         <v>21</v>
       </c>
       <c r="G78" t="s">
         <v>22</v>
       </c>
       <c r="H78">
         <v>2004</v>
       </c>
       <c r="I78">
         <v>2010</v>
       </c>
       <c r="J78" t="s">
         <v>34</v>
       </c>
       <c r="K78" t="s">
         <v>24</v>
       </c>
       <c r="L78" t="s">
-        <v>495</v>
+        <v>498</v>
       </c>
       <c r="M78" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="N78" t="s">
         <v>27</v>
       </c>
       <c r="O78" t="s">
-        <v>496</v>
+        <v>499</v>
       </c>
       <c r="P78" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
     </row>
     <row r="79" spans="1:16">
       <c r="A79" t="s">
-        <v>493</v>
+        <v>496</v>
       </c>
       <c r="B79" t="s">
-        <v>498</v>
+        <v>501</v>
       </c>
       <c r="C79" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="D79" t="s">
-        <v>499</v>
+        <v>502</v>
       </c>
       <c r="E79" t="s">
         <v>20</v>
       </c>
       <c r="F79" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="G79" t="s">
         <v>22</v>
       </c>
       <c r="H79">
         <v>2004</v>
       </c>
       <c r="I79">
         <v>2010</v>
       </c>
       <c r="J79" t="s">
-        <v>335</v>
+        <v>338</v>
       </c>
       <c r="K79" t="s">
         <v>24</v>
       </c>
       <c r="L79" t="s">
-        <v>495</v>
+        <v>498</v>
       </c>
       <c r="M79" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="N79" t="s">
         <v>27</v>
       </c>
       <c r="O79" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="P79" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
     </row>
     <row r="80" spans="1:16">
       <c r="A80" t="s">
-        <v>502</v>
+        <v>505</v>
       </c>
       <c r="B80" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="C80" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="D80" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="E80" t="s">
         <v>20</v>
       </c>
       <c r="F80" t="s">
         <v>42</v>
       </c>
       <c r="G80" t="s">
         <v>22</v>
       </c>
       <c r="H80">
         <v>2009</v>
       </c>
       <c r="I80">
         <v>2012</v>
       </c>
       <c r="J80" t="s">
         <v>34</v>
       </c>
       <c r="K80" t="s">
         <v>24</v>
       </c>
       <c r="L80"/>
       <c r="M80" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="N80" t="s">
         <v>27</v>
       </c>
       <c r="O80" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="P80" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
     </row>
     <row r="81" spans="1:16">
       <c r="A81" t="s">
-        <v>502</v>
+        <v>505</v>
       </c>
       <c r="B81" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="C81" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="D81" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="E81" t="s">
         <v>20</v>
       </c>
       <c r="F81" t="s">
         <v>21</v>
       </c>
       <c r="G81" t="s">
         <v>22</v>
       </c>
       <c r="H81">
         <v>2010</v>
       </c>
       <c r="I81">
         <v>2012</v>
       </c>
       <c r="J81" t="s">
         <v>34</v>
       </c>
       <c r="K81" t="s">
         <v>24</v>
       </c>
       <c r="L81" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="M81" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="N81" t="s">
         <v>27</v>
       </c>
       <c r="O81" t="s">
+        <v>511</v>
+      </c>
+      <c r="P81" t="s">
         <v>508</v>
-      </c>
-[...1 lines deleted...]
-        <v>505</v>
       </c>
     </row>
     <row r="82" spans="1:16">
       <c r="A82" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="B82" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="C82" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="D82" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="E82" t="s">
         <v>20</v>
       </c>
       <c r="F82" t="s">
         <v>21</v>
       </c>
       <c r="G82" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H82">
         <v>2022</v>
       </c>
       <c r="I82"/>
       <c r="J82" t="s">
-        <v>476</v>
+        <v>479</v>
       </c>
       <c r="K82" t="s">
         <v>24</v>
       </c>
       <c r="L82"/>
       <c r="M82" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="N82" t="s">
         <v>27</v>
       </c>
       <c r="O82" t="s">
-        <v>511</v>
+        <v>514</v>
       </c>
       <c r="P82" t="s">
-        <v>478</v>
+        <v>481</v>
       </c>
     </row>
     <row r="83" spans="1:16">
       <c r="A83" t="s">
-        <v>512</v>
+        <v>515</v>
       </c>
       <c r="B83" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="C83" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="D83" t="s">
-        <v>514</v>
+        <v>517</v>
       </c>
       <c r="E83" t="s">
         <v>20</v>
       </c>
       <c r="F83" t="s">
         <v>21</v>
       </c>
       <c r="G83" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H83">
         <v>2022</v>
       </c>
       <c r="I83"/>
       <c r="J83" t="s">
-        <v>476</v>
+        <v>479</v>
       </c>
       <c r="K83" t="s">
         <v>24</v>
       </c>
       <c r="L83"/>
       <c r="M83" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="N83" t="s">
         <v>27</v>
       </c>
       <c r="O83" t="s">
-        <v>515</v>
+        <v>518</v>
       </c>
       <c r="P83" t="s">
-        <v>478</v>
+        <v>481</v>
       </c>
     </row>
     <row r="84" spans="1:16">
       <c r="A84" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="B84" t="s">
-        <v>517</v>
+        <v>520</v>
       </c>
       <c r="C84" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="D84" t="s">
-        <v>518</v>
+        <v>521</v>
       </c>
       <c r="E84" t="s">
         <v>20</v>
       </c>
       <c r="F84" t="s">
         <v>21</v>
       </c>
       <c r="G84" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H84">
         <v>2022</v>
       </c>
       <c r="I84"/>
       <c r="J84" t="s">
-        <v>476</v>
+        <v>479</v>
       </c>
       <c r="K84" t="s">
         <v>24</v>
       </c>
       <c r="L84"/>
       <c r="M84" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="N84" t="s">
         <v>27</v>
       </c>
       <c r="O84" t="s">
-        <v>519</v>
+        <v>522</v>
       </c>
       <c r="P84" t="s">
-        <v>478</v>
+        <v>481</v>
       </c>
     </row>
     <row r="85" spans="1:16">
       <c r="A85" t="s">
-        <v>520</v>
+        <v>523</v>
       </c>
       <c r="B85" t="s">
-        <v>521</v>
+        <v>524</v>
       </c>
       <c r="C85" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="D85" t="s">
-        <v>522</v>
+        <v>525</v>
       </c>
       <c r="E85" t="s">
         <v>20</v>
       </c>
       <c r="F85" t="s">
         <v>21</v>
       </c>
       <c r="G85" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H85">
         <v>2022</v>
       </c>
       <c r="I85"/>
       <c r="J85" t="s">
-        <v>476</v>
+        <v>479</v>
       </c>
       <c r="K85" t="s">
         <v>24</v>
       </c>
       <c r="L85"/>
       <c r="M85" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="N85" t="s">
         <v>27</v>
       </c>
       <c r="O85" t="s">
-        <v>523</v>
+        <v>526</v>
       </c>
       <c r="P85" t="s">
-        <v>478</v>
+        <v>481</v>
       </c>
     </row>
     <row r="86" spans="1:16">
       <c r="A86" t="s">
-        <v>524</v>
+        <v>527</v>
       </c>
       <c r="B86" t="s">
-        <v>525</v>
+        <v>528</v>
       </c>
       <c r="C86" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="D86" t="s">
-        <v>526</v>
+        <v>529</v>
       </c>
       <c r="E86" t="s">
         <v>20</v>
       </c>
       <c r="F86" t="s">
         <v>21</v>
       </c>
       <c r="G86" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H86"/>
       <c r="I86"/>
       <c r="J86" t="s">
-        <v>527</v>
+        <v>530</v>
       </c>
       <c r="K86" t="s">
         <v>24</v>
       </c>
       <c r="L86"/>
       <c r="M86" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="N86" t="s">
         <v>27</v>
       </c>
       <c r="O86" t="s">
-        <v>528</v>
+        <v>531</v>
       </c>
       <c r="P86" t="s">
-        <v>478</v>
+        <v>481</v>
       </c>
     </row>
     <row r="87" spans="1:16">
       <c r="A87" t="s">
-        <v>529</v>
+        <v>532</v>
       </c>
       <c r="B87" t="s">
-        <v>530</v>
+        <v>533</v>
       </c>
       <c r="C87" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="D87" t="s">
-        <v>531</v>
+        <v>534</v>
       </c>
       <c r="E87" t="s">
         <v>20</v>
       </c>
       <c r="F87" t="s">
         <v>21</v>
       </c>
       <c r="G87" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H87">
         <v>2022</v>
       </c>
       <c r="I87"/>
       <c r="J87" t="s">
-        <v>527</v>
+        <v>530</v>
       </c>
       <c r="K87" t="s">
         <v>24</v>
       </c>
       <c r="L87"/>
       <c r="M87" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="N87" t="s">
         <v>27</v>
       </c>
       <c r="O87" t="s">
-        <v>532</v>
+        <v>535</v>
       </c>
       <c r="P87" t="s">
-        <v>478</v>
+        <v>481</v>
       </c>
     </row>
     <row r="88" spans="1:16">
       <c r="A88" t="s">
-        <v>533</v>
+        <v>536</v>
       </c>
       <c r="B88" t="s">
-        <v>534</v>
+        <v>537</v>
       </c>
       <c r="C88" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="D88" t="s">
-        <v>272</v>
+        <v>275</v>
       </c>
       <c r="E88" t="s">
         <v>20</v>
       </c>
       <c r="F88" t="s">
         <v>21</v>
       </c>
       <c r="G88" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H88">
         <v>2022</v>
       </c>
       <c r="I88"/>
       <c r="J88" t="s">
-        <v>527</v>
+        <v>530</v>
       </c>
       <c r="K88" t="s">
         <v>24</v>
       </c>
       <c r="L88"/>
       <c r="M88" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="N88" t="s">
         <v>27</v>
       </c>
       <c r="O88" t="s">
-        <v>535</v>
+        <v>538</v>
       </c>
       <c r="P88" t="s">
-        <v>478</v>
+        <v>481</v>
       </c>
     </row>
     <row r="89" spans="1:16">
       <c r="A89" t="s">
-        <v>536</v>
+        <v>539</v>
       </c>
       <c r="B89" t="s">
-        <v>537</v>
+        <v>540</v>
       </c>
       <c r="C89" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="D89" t="s">
-        <v>538</v>
+        <v>541</v>
       </c>
       <c r="E89" t="s">
         <v>20</v>
       </c>
       <c r="F89" t="s">
         <v>21</v>
       </c>
       <c r="G89" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H89">
         <v>2022</v>
       </c>
       <c r="I89"/>
       <c r="J89" t="s">
-        <v>476</v>
+        <v>479</v>
       </c>
       <c r="K89" t="s">
         <v>24</v>
       </c>
       <c r="L89"/>
       <c r="M89" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="N89" t="s">
         <v>27</v>
       </c>
       <c r="O89" t="s">
-        <v>539</v>
+        <v>542</v>
       </c>
       <c r="P89" t="s">
-        <v>478</v>
+        <v>481</v>
       </c>
     </row>
     <row r="90" spans="1:16">
       <c r="A90" t="s">
-        <v>540</v>
+        <v>543</v>
       </c>
       <c r="B90" t="s">
-        <v>541</v>
+        <v>544</v>
       </c>
       <c r="C90" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="D90" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="E90" t="s">
         <v>20</v>
       </c>
       <c r="F90" t="s">
         <v>21</v>
       </c>
       <c r="G90" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H90">
         <v>2022</v>
       </c>
       <c r="I90"/>
       <c r="J90" t="s">
-        <v>476</v>
+        <v>479</v>
       </c>
       <c r="K90" t="s">
         <v>24</v>
       </c>
       <c r="L90"/>
       <c r="M90" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="N90" t="s">
         <v>27</v>
       </c>
       <c r="O90" t="s">
-        <v>543</v>
+        <v>546</v>
       </c>
       <c r="P90" t="s">
-        <v>478</v>
+        <v>481</v>
       </c>
     </row>
     <row r="91" spans="1:16">
       <c r="A91" t="s">
-        <v>544</v>
+        <v>547</v>
       </c>
       <c r="B91" t="s">
-        <v>545</v>
+        <v>548</v>
       </c>
       <c r="C91" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="D91" t="s">
-        <v>546</v>
+        <v>549</v>
       </c>
       <c r="E91" t="s">
         <v>20</v>
       </c>
       <c r="F91" t="s">
         <v>21</v>
       </c>
       <c r="G91" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H91">
         <v>2022</v>
       </c>
       <c r="I91"/>
       <c r="J91" t="s">
-        <v>476</v>
+        <v>479</v>
       </c>
       <c r="K91" t="s">
         <v>24</v>
       </c>
       <c r="L91"/>
       <c r="M91" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="N91" t="s">
         <v>27</v>
       </c>
       <c r="O91" t="s">
-        <v>547</v>
+        <v>550</v>
       </c>
       <c r="P91" t="s">
-        <v>478</v>
+        <v>481</v>
       </c>
     </row>
     <row r="92" spans="1:16">
       <c r="A92" t="s">
-        <v>548</v>
+        <v>551</v>
       </c>
       <c r="B92" t="s">
-        <v>549</v>
+        <v>552</v>
       </c>
       <c r="C92" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="D92" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="E92" t="s">
         <v>20</v>
       </c>
       <c r="F92" t="s">
         <v>21</v>
       </c>
       <c r="G92" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H92">
         <v>2022</v>
       </c>
       <c r="I92"/>
       <c r="J92" t="s">
-        <v>476</v>
+        <v>479</v>
       </c>
       <c r="K92" t="s">
-        <v>234</v>
+        <v>237</v>
       </c>
       <c r="L92"/>
       <c r="M92" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="N92" t="s">
-        <v>417</v>
+        <v>420</v>
       </c>
       <c r="O92" t="s">
-        <v>550</v>
+        <v>553</v>
       </c>
       <c r="P92" t="s">
-        <v>478</v>
+        <v>481</v>
       </c>
     </row>
     <row r="93" spans="1:16">
       <c r="A93" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="B93" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="C93" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="D93" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="E93" t="s">
         <v>20</v>
       </c>
       <c r="F93" t="s">
         <v>21</v>
       </c>
       <c r="G93" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H93">
         <v>2022</v>
       </c>
       <c r="I93"/>
       <c r="J93" t="s">
-        <v>476</v>
+        <v>479</v>
       </c>
       <c r="K93" t="s">
         <v>24</v>
       </c>
       <c r="L93"/>
       <c r="M93" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="N93" t="s">
         <v>27</v>
       </c>
       <c r="O93" t="s">
-        <v>553</v>
+        <v>556</v>
       </c>
       <c r="P93" t="s">
-        <v>478</v>
+        <v>481</v>
       </c>
     </row>
     <row r="94" spans="1:16">
       <c r="A94" t="s">
-        <v>554</v>
+        <v>557</v>
       </c>
       <c r="B94" t="s">
-        <v>555</v>
+        <v>558</v>
       </c>
       <c r="C94" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="D94" t="s">
-        <v>556</v>
+        <v>559</v>
       </c>
       <c r="E94" t="s">
         <v>20</v>
       </c>
       <c r="F94" t="s">
         <v>21</v>
       </c>
       <c r="G94" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H94">
         <v>2022</v>
       </c>
       <c r="I94"/>
       <c r="J94" t="s">
-        <v>476</v>
+        <v>479</v>
       </c>
       <c r="K94" t="s">
         <v>24</v>
       </c>
       <c r="L94"/>
       <c r="M94" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="N94" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="O94" t="s">
-        <v>557</v>
+        <v>560</v>
       </c>
       <c r="P94" t="s">
-        <v>478</v>
+        <v>481</v>
       </c>
     </row>
     <row r="95" spans="1:16">
       <c r="A95" t="s">
-        <v>558</v>
+        <v>561</v>
       </c>
       <c r="B95" t="s">
-        <v>559</v>
+        <v>562</v>
       </c>
       <c r="C95" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="D95" t="s">
-        <v>560</v>
+        <v>563</v>
       </c>
       <c r="E95" t="s">
         <v>20</v>
       </c>
       <c r="F95" t="s">
         <v>21</v>
       </c>
       <c r="G95" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H95">
         <v>2022</v>
       </c>
       <c r="I95"/>
       <c r="J95" t="s">
-        <v>476</v>
+        <v>479</v>
       </c>
       <c r="K95" t="s">
         <v>24</v>
       </c>
       <c r="L95"/>
       <c r="M95" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="N95" t="s">
         <v>27</v>
       </c>
       <c r="O95" t="s">
-        <v>561</v>
+        <v>564</v>
       </c>
       <c r="P95" t="s">
-        <v>478</v>
+        <v>481</v>
       </c>
     </row>
     <row r="96" spans="1:16">
       <c r="A96" t="s">
-        <v>562</v>
+        <v>565</v>
       </c>
       <c r="B96" t="s">
-        <v>563</v>
+        <v>566</v>
       </c>
       <c r="C96" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="D96" t="s">
-        <v>341</v>
+        <v>344</v>
       </c>
       <c r="E96" t="s">
         <v>20</v>
       </c>
       <c r="F96" t="s">
         <v>21</v>
       </c>
       <c r="G96" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H96">
         <v>2022</v>
       </c>
       <c r="I96"/>
       <c r="J96" t="s">
-        <v>476</v>
+        <v>479</v>
       </c>
       <c r="K96" t="s">
         <v>24</v>
       </c>
       <c r="L96"/>
       <c r="M96" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="N96" t="s">
         <v>27</v>
       </c>
       <c r="O96" t="s">
-        <v>564</v>
+        <v>567</v>
       </c>
       <c r="P96" t="s">
-        <v>478</v>
+        <v>481</v>
       </c>
     </row>
     <row r="97" spans="1:16">
       <c r="A97" t="s">
-        <v>565</v>
+        <v>568</v>
       </c>
       <c r="B97" t="s">
-        <v>566</v>
+        <v>569</v>
       </c>
       <c r="C97" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="D97" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="E97" t="s">
         <v>20</v>
       </c>
       <c r="F97" t="s">
         <v>21</v>
       </c>
       <c r="G97" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H97">
         <v>2022</v>
       </c>
       <c r="I97"/>
       <c r="J97" t="s">
-        <v>476</v>
+        <v>479</v>
       </c>
       <c r="K97" t="s">
         <v>24</v>
       </c>
       <c r="L97"/>
       <c r="M97" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="N97" t="s">
         <v>27</v>
       </c>
       <c r="O97" t="s">
-        <v>567</v>
+        <v>570</v>
       </c>
       <c r="P97" t="s">
-        <v>478</v>
+        <v>481</v>
       </c>
     </row>
     <row r="98" spans="1:16">
       <c r="A98" t="s">
-        <v>568</v>
+        <v>571</v>
       </c>
       <c r="B98" t="s">
-        <v>569</v>
+        <v>572</v>
       </c>
       <c r="C98" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="D98" t="s">
-        <v>570</v>
+        <v>573</v>
       </c>
       <c r="E98" t="s">
         <v>20</v>
       </c>
       <c r="F98" t="s">
         <v>21</v>
       </c>
       <c r="G98" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H98">
         <v>2022</v>
       </c>
       <c r="I98"/>
       <c r="J98" t="s">
-        <v>476</v>
+        <v>479</v>
       </c>
       <c r="K98" t="s">
         <v>24</v>
       </c>
       <c r="L98"/>
       <c r="M98" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="N98" t="s">
         <v>27</v>
       </c>
       <c r="O98" t="s">
-        <v>571</v>
+        <v>574</v>
       </c>
       <c r="P98" t="s">
-        <v>478</v>
+        <v>481</v>
       </c>
     </row>
     <row r="99" spans="1:16">
       <c r="A99" t="s">
-        <v>572</v>
+        <v>575</v>
       </c>
       <c r="B99" t="s">
-        <v>573</v>
+        <v>576</v>
       </c>
       <c r="C99" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="D99" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="E99" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F99" t="s">
         <v>21</v>
       </c>
       <c r="G99" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H99">
         <v>2022</v>
       </c>
       <c r="I99"/>
       <c r="J99" t="s">
-        <v>476</v>
+        <v>479</v>
       </c>
       <c r="K99" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
       <c r="L99"/>
       <c r="M99" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="N99" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="O99" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="P99" t="s">
-        <v>478</v>
+        <v>481</v>
       </c>
     </row>
     <row r="100" spans="1:16">
       <c r="A100" t="s">
-        <v>576</v>
+        <v>579</v>
       </c>
       <c r="B100" t="s">
-        <v>374</v>
+        <v>377</v>
       </c>
       <c r="C100" t="s">
-        <v>577</v>
+        <v>580</v>
       </c>
       <c r="D100" t="s">
-        <v>578</v>
+        <v>581</v>
       </c>
       <c r="E100" t="s">
         <v>20</v>
       </c>
       <c r="F100" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="G100" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H100">
         <v>2022</v>
       </c>
       <c r="I100"/>
       <c r="J100" t="s">
-        <v>579</v>
+        <v>582</v>
       </c>
       <c r="K100" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="L100" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="M100" t="s">
-        <v>580</v>
+        <v>583</v>
       </c>
       <c r="N100" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="O100" t="s">
-        <v>581</v>
+        <v>584</v>
       </c>
       <c r="P100" t="s">
-        <v>582</v>
+        <v>585</v>
       </c>
     </row>
     <row r="101" spans="1:16">
       <c r="A101" t="s">
-        <v>583</v>
+        <v>586</v>
       </c>
       <c r="B101" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="C101" t="s">
-        <v>584</v>
+        <v>587</v>
       </c>
       <c r="D101" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="E101" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="F101" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="G101" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H101">
         <v>2022</v>
       </c>
       <c r="I101"/>
       <c r="J101" t="s">
-        <v>585</v>
+        <v>588</v>
       </c>
       <c r="K101" t="s">
         <v>24</v>
       </c>
       <c r="L101" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="M101" t="s">
-        <v>586</v>
+        <v>589</v>
       </c>
       <c r="N101" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="O101" t="s">
-        <v>587</v>
+        <v>590</v>
       </c>
       <c r="P101" t="s">
-        <v>588</v>
+        <v>591</v>
       </c>
     </row>
     <row r="102" spans="1:16">
       <c r="A102" t="s">
-        <v>589</v>
+        <v>592</v>
       </c>
       <c r="B102" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="C102" t="s">
-        <v>584</v>
+        <v>587</v>
       </c>
       <c r="D102" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="E102" t="s">
         <v>20</v>
       </c>
       <c r="F102" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="G102" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H102">
         <v>2022</v>
       </c>
       <c r="I102"/>
       <c r="J102" t="s">
-        <v>585</v>
+        <v>588</v>
       </c>
       <c r="K102" t="s">
         <v>24</v>
       </c>
       <c r="L102" t="s">
-        <v>590</v>
+        <v>593</v>
       </c>
       <c r="M102" t="s">
-        <v>586</v>
+        <v>589</v>
       </c>
       <c r="N102" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="O102" t="s">
-        <v>591</v>
+        <v>594</v>
       </c>
       <c r="P102" t="s">
-        <v>592</v>
+        <v>595</v>
       </c>
     </row>
     <row r="103" spans="1:16">
       <c r="A103" t="s">
-        <v>593</v>
+        <v>596</v>
       </c>
       <c r="B103" t="s">
-        <v>594</v>
+        <v>597</v>
       </c>
       <c r="C103" t="s">
-        <v>595</v>
+        <v>598</v>
       </c>
       <c r="D103" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="E103" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F103" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="G103" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H103">
         <v>2015</v>
       </c>
       <c r="I103"/>
       <c r="J103" t="s">
         <v>34</v>
       </c>
       <c r="K103" t="s">
         <v>24</v>
       </c>
       <c r="L103" t="s">
-        <v>596</v>
+        <v>599</v>
       </c>
       <c r="M103" t="s">
-        <v>597</v>
+        <v>600</v>
       </c>
       <c r="N103" t="s">
         <v>27</v>
       </c>
       <c r="O103" t="s">
-        <v>598</v>
+        <v>601</v>
       </c>
       <c r="P103" t="s">
-        <v>599</v>
+        <v>602</v>
       </c>
     </row>
     <row r="104" spans="1:16">
       <c r="A104" t="s">
-        <v>600</v>
+        <v>603</v>
       </c>
       <c r="B104" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="C104" t="s">
-        <v>601</v>
+        <v>604</v>
       </c>
       <c r="D104" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="E104" t="s">
         <v>20</v>
       </c>
       <c r="F104" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="G104" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="H104"/>
       <c r="I104"/>
       <c r="J104" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="K104" t="s">
         <v>24</v>
       </c>
       <c r="L104"/>
       <c r="M104" t="s">
-        <v>602</v>
+        <v>605</v>
       </c>
       <c r="N104" t="s">
         <v>27</v>
       </c>
       <c r="O104" t="s">
-        <v>603</v>
+        <v>606</v>
       </c>
       <c r="P104" t="s">
-        <v>604</v>
+        <v>607</v>
       </c>
     </row>
     <row r="105" spans="1:16">
       <c r="A105" t="s">
-        <v>600</v>
+        <v>603</v>
       </c>
       <c r="B105" t="s">
-        <v>594</v>
+        <v>597</v>
       </c>
       <c r="C105" t="s">
-        <v>595</v>
+        <v>598</v>
       </c>
       <c r="D105" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="E105" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F105" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="G105" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H105">
         <v>2015</v>
       </c>
       <c r="I105"/>
       <c r="J105" t="s">
         <v>34</v>
       </c>
       <c r="K105" t="s">
         <v>24</v>
       </c>
       <c r="L105" t="s">
-        <v>596</v>
+        <v>599</v>
       </c>
       <c r="M105" t="s">
-        <v>597</v>
+        <v>600</v>
       </c>
       <c r="N105" t="s">
         <v>27</v>
       </c>
       <c r="O105" t="s">
-        <v>605</v>
+        <v>608</v>
       </c>
       <c r="P105" t="s">
-        <v>599</v>
+        <v>602</v>
       </c>
     </row>
     <row r="106" spans="1:16">
       <c r="A106" t="s">
-        <v>606</v>
+        <v>609</v>
       </c>
       <c r="B106" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="C106" t="s">
-        <v>601</v>
+        <v>604</v>
       </c>
       <c r="D106" t="s">
-        <v>204</v>
+        <v>207</v>
       </c>
       <c r="E106" t="s">
         <v>20</v>
       </c>
       <c r="F106" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="G106" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="H106"/>
       <c r="I106"/>
       <c r="J106" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="K106" t="s">
         <v>24</v>
       </c>
       <c r="L106"/>
       <c r="M106" t="s">
-        <v>602</v>
+        <v>605</v>
       </c>
       <c r="N106" t="s">
         <v>27</v>
       </c>
       <c r="O106" t="s">
-        <v>607</v>
+        <v>610</v>
       </c>
       <c r="P106" t="s">
-        <v>608</v>
+        <v>611</v>
       </c>
     </row>
     <row r="107" spans="1:16">
       <c r="A107" t="s">
-        <v>609</v>
+        <v>612</v>
       </c>
       <c r="B107" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="C107" t="s">
-        <v>601</v>
+        <v>604</v>
       </c>
       <c r="D107" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="E107" t="s">
         <v>20</v>
       </c>
       <c r="F107" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="G107" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="H107"/>
       <c r="I107"/>
       <c r="J107" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="K107" t="s">
         <v>24</v>
       </c>
       <c r="L107"/>
       <c r="M107" t="s">
-        <v>602</v>
+        <v>605</v>
       </c>
       <c r="N107" t="s">
         <v>27</v>
       </c>
       <c r="O107" t="s">
-        <v>610</v>
+        <v>613</v>
       </c>
       <c r="P107" t="s">
-        <v>611</v>
+        <v>614</v>
       </c>
     </row>
     <row r="108" spans="1:16">
       <c r="A108" t="s">
-        <v>612</v>
+        <v>615</v>
       </c>
       <c r="B108" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="C108" t="s">
-        <v>601</v>
+        <v>604</v>
       </c>
       <c r="D108" t="s">
-        <v>613</v>
+        <v>616</v>
       </c>
       <c r="E108" t="s">
         <v>20</v>
       </c>
       <c r="F108" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="G108" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="H108"/>
       <c r="I108"/>
       <c r="J108" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="K108" t="s">
         <v>24</v>
       </c>
       <c r="L108"/>
       <c r="M108" t="s">
-        <v>602</v>
+        <v>605</v>
       </c>
       <c r="N108" t="s">
         <v>27</v>
       </c>
       <c r="O108" t="s">
-        <v>614</v>
+        <v>617</v>
       </c>
       <c r="P108" t="s">
-        <v>615</v>
+        <v>618</v>
       </c>
     </row>
     <row r="109" spans="1:16">
       <c r="A109" t="s">
-        <v>616</v>
+        <v>619</v>
       </c>
       <c r="B109" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="C109" t="s">
-        <v>601</v>
+        <v>604</v>
       </c>
       <c r="D109" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="E109" t="s">
         <v>20</v>
       </c>
       <c r="F109" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="G109" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="H109"/>
       <c r="I109"/>
       <c r="J109" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="K109" t="s">
         <v>24</v>
       </c>
       <c r="L109"/>
       <c r="M109" t="s">
-        <v>602</v>
+        <v>605</v>
       </c>
       <c r="N109" t="s">
         <v>27</v>
       </c>
       <c r="O109" t="s">
-        <v>617</v>
+        <v>620</v>
       </c>
       <c r="P109" t="s">
-        <v>618</v>
+        <v>621</v>
       </c>
     </row>
     <row r="110" spans="1:16">
       <c r="A110" t="s">
-        <v>619</v>
+        <v>622</v>
       </c>
       <c r="B110" t="s">
-        <v>620</v>
+        <v>623</v>
       </c>
       <c r="C110" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="D110" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="E110" t="s">
         <v>20</v>
       </c>
       <c r="F110" t="s">
         <v>21</v>
       </c>
       <c r="G110" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H110">
         <v>2010</v>
       </c>
       <c r="I110"/>
       <c r="J110" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="K110" t="s">
         <v>24</v>
       </c>
       <c r="L110"/>
       <c r="M110" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="N110" t="s">
         <v>27</v>
       </c>
       <c r="O110" t="s">
-        <v>621</v>
+        <v>624</v>
       </c>
       <c r="P110" t="s">
-        <v>622</v>
+        <v>625</v>
       </c>
     </row>
     <row r="111" spans="1:16">
       <c r="A111" t="s">
-        <v>623</v>
+        <v>626</v>
       </c>
       <c r="B111" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="C111" t="s">
-        <v>624</v>
+        <v>627</v>
       </c>
       <c r="D111" t="s">
-        <v>625</v>
+        <v>628</v>
       </c>
       <c r="E111" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="F111" t="s">
         <v>21</v>
       </c>
       <c r="G111" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="H111"/>
       <c r="I111"/>
       <c r="J111" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="K111" t="s">
         <v>24</v>
       </c>
       <c r="L111" t="s">
-        <v>626</v>
+        <v>629</v>
       </c>
       <c r="M111" t="s">
-        <v>627</v>
+        <v>630</v>
       </c>
       <c r="N111" t="s">
         <v>27</v>
       </c>
       <c r="O111" t="s">
-        <v>628</v>
+        <v>631</v>
       </c>
       <c r="P111"/>
     </row>
     <row r="112" spans="1:16">
       <c r="A112" t="s">
-        <v>623</v>
+        <v>626</v>
       </c>
       <c r="B112" t="s">
-        <v>629</v>
+        <v>632</v>
       </c>
       <c r="C112" t="s">
-        <v>595</v>
+        <v>598</v>
       </c>
       <c r="D112" t="s">
-        <v>204</v>
+        <v>207</v>
       </c>
       <c r="E112" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F112" t="s">
         <v>21</v>
       </c>
       <c r="G112" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="H112"/>
       <c r="I112"/>
       <c r="J112" t="s">
         <v>34</v>
       </c>
       <c r="K112" t="s">
         <v>24</v>
       </c>
       <c r="L112"/>
       <c r="M112" t="s">
-        <v>597</v>
+        <v>600</v>
       </c>
       <c r="N112" t="s">
         <v>27</v>
       </c>
       <c r="O112" t="s">
-        <v>630</v>
+        <v>633</v>
       </c>
       <c r="P112" t="s">
-        <v>599</v>
+        <v>602</v>
       </c>
     </row>
     <row r="113" spans="1:16">
       <c r="A113" t="s">
-        <v>623</v>
+        <v>626</v>
       </c>
       <c r="B113" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="C113" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="D113" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="E113" t="s">
         <v>20</v>
       </c>
       <c r="F113" t="s">
         <v>21</v>
       </c>
       <c r="G113" t="s">
         <v>22</v>
       </c>
       <c r="H113">
         <v>2010</v>
       </c>
       <c r="I113">
         <v>2010</v>
       </c>
       <c r="J113" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="K113" t="s">
         <v>24</v>
       </c>
       <c r="L113"/>
       <c r="M113" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="N113" t="s">
         <v>27</v>
       </c>
       <c r="O113" t="s">
-        <v>631</v>
+        <v>634</v>
       </c>
       <c r="P113" t="s">
-        <v>622</v>
+        <v>625</v>
       </c>
     </row>
     <row r="114" spans="1:16">
       <c r="A114" t="s">
-        <v>632</v>
+        <v>635</v>
       </c>
       <c r="B114" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="C114" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="D114" t="s">
         <v>32</v>
       </c>
       <c r="E114" t="s">
         <v>20</v>
       </c>
       <c r="F114" t="s">
         <v>21</v>
       </c>
       <c r="G114" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H114">
         <v>2010</v>
       </c>
       <c r="I114"/>
       <c r="J114" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="K114" t="s">
         <v>24</v>
       </c>
       <c r="L114"/>
       <c r="M114" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="N114" t="s">
         <v>27</v>
       </c>
       <c r="O114" t="s">
-        <v>633</v>
+        <v>636</v>
       </c>
       <c r="P114" t="s">
-        <v>622</v>
+        <v>625</v>
       </c>
     </row>
     <row r="115" spans="1:16">
       <c r="A115" t="s">
-        <v>634</v>
+        <v>637</v>
       </c>
       <c r="B115" t="s">
-        <v>635</v>
+        <v>638</v>
       </c>
       <c r="C115" t="s">
-        <v>636</v>
+        <v>639</v>
       </c>
       <c r="D115" t="s">
-        <v>637</v>
+        <v>640</v>
       </c>
       <c r="E115" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="F115" t="s">
         <v>21</v>
       </c>
       <c r="G115" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="H115"/>
       <c r="I115"/>
       <c r="J115" t="s">
         <v>34</v>
       </c>
       <c r="K115" t="s">
         <v>24</v>
       </c>
       <c r="L115" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="M115" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="N115" t="s">
         <v>27</v>
       </c>
       <c r="O115" t="s">
-        <v>640</v>
+        <v>643</v>
       </c>
       <c r="P115"/>
     </row>
     <row r="116" spans="1:16">
       <c r="A116" t="s">
-        <v>641</v>
+        <v>644</v>
       </c>
       <c r="B116" t="s">
-        <v>642</v>
+        <v>645</v>
       </c>
       <c r="C116" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="D116" t="s">
-        <v>643</v>
+        <v>646</v>
       </c>
       <c r="E116" t="s">
         <v>20</v>
       </c>
       <c r="F116" t="s">
         <v>21</v>
       </c>
       <c r="G116" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H116">
         <v>2017</v>
       </c>
       <c r="I116"/>
       <c r="J116" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="K116" t="s">
         <v>24</v>
       </c>
       <c r="L116"/>
       <c r="M116" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="N116" t="s">
         <v>27</v>
       </c>
       <c r="O116" t="s">
-        <v>644</v>
+        <v>647</v>
       </c>
       <c r="P116" t="s">
-        <v>645</v>
+        <v>648</v>
       </c>
     </row>
     <row r="117" spans="1:16">
       <c r="A117" t="s">
-        <v>646</v>
+        <v>649</v>
       </c>
       <c r="B117" t="s">
-        <v>647</v>
+        <v>650</v>
       </c>
       <c r="C117" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="D117" t="s">
-        <v>648</v>
+        <v>651</v>
       </c>
       <c r="E117" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F117" t="s">
         <v>21</v>
       </c>
       <c r="G117" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="H117"/>
       <c r="I117"/>
       <c r="J117" t="s">
-        <v>335</v>
+        <v>338</v>
       </c>
       <c r="K117" t="s">
         <v>24</v>
       </c>
       <c r="L117"/>
       <c r="M117" t="s">
-        <v>649</v>
+        <v>652</v>
       </c>
       <c r="N117" t="s">
         <v>27</v>
       </c>
       <c r="O117" t="s">
-        <v>650</v>
+        <v>653</v>
       </c>
       <c r="P117"/>
     </row>
     <row r="118" spans="1:16">
       <c r="A118" t="s">
-        <v>651</v>
+        <v>654</v>
       </c>
       <c r="B118" t="s">
-        <v>652</v>
+        <v>655</v>
       </c>
       <c r="C118" t="s">
-        <v>584</v>
+        <v>587</v>
       </c>
       <c r="D118" t="s">
-        <v>637</v>
+        <v>640</v>
       </c>
       <c r="E118" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="F118" t="s">
         <v>21</v>
       </c>
       <c r="G118" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="H118"/>
       <c r="I118"/>
       <c r="J118" t="s">
-        <v>335</v>
+        <v>338</v>
       </c>
       <c r="K118" t="s">
         <v>24</v>
       </c>
       <c r="L118" t="s">
-        <v>653</v>
+        <v>656</v>
       </c>
       <c r="M118" t="s">
-        <v>654</v>
+        <v>657</v>
       </c>
       <c r="N118" t="s">
         <v>27</v>
       </c>
       <c r="O118" t="s">
-        <v>655</v>
+        <v>658</v>
       </c>
       <c r="P118"/>
     </row>
     <row r="119" spans="1:16">
       <c r="A119" t="s">
-        <v>651</v>
+        <v>654</v>
       </c>
       <c r="B119" t="s">
-        <v>656</v>
+        <v>659</v>
       </c>
       <c r="C119" t="s">
-        <v>595</v>
+        <v>598</v>
       </c>
       <c r="D119" t="s">
-        <v>637</v>
+        <v>640</v>
       </c>
       <c r="E119" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="F119" t="s">
         <v>21</v>
       </c>
       <c r="G119" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="H119"/>
       <c r="I119"/>
       <c r="J119" t="s">
-        <v>335</v>
+        <v>338</v>
       </c>
       <c r="K119" t="s">
         <v>24</v>
       </c>
       <c r="L119" t="s">
-        <v>653</v>
+        <v>656</v>
       </c>
       <c r="M119"/>
       <c r="N119" t="s">
         <v>27</v>
       </c>
       <c r="O119" t="s">
-        <v>657</v>
+        <v>660</v>
       </c>
       <c r="P119"/>
     </row>
     <row r="120" spans="1:16">
       <c r="A120" t="s">
-        <v>658</v>
+        <v>661</v>
       </c>
       <c r="B120" t="s">
-        <v>635</v>
+        <v>638</v>
       </c>
       <c r="C120" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="D120" t="s">
-        <v>637</v>
+        <v>640</v>
       </c>
       <c r="E120" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F120" t="s">
         <v>21</v>
       </c>
       <c r="G120" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="H120"/>
       <c r="I120"/>
       <c r="J120" t="s">
         <v>34</v>
       </c>
       <c r="K120" t="s">
         <v>24</v>
       </c>
       <c r="L120" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="M120" t="s">
-        <v>649</v>
+        <v>652</v>
       </c>
       <c r="N120" t="s">
         <v>27</v>
       </c>
       <c r="O120" t="s">
-        <v>659</v>
+        <v>662</v>
       </c>
       <c r="P120"/>
     </row>
     <row r="121" spans="1:16">
       <c r="A121" t="s">
-        <v>660</v>
+        <v>663</v>
       </c>
       <c r="B121" t="s">
-        <v>661</v>
+        <v>664</v>
       </c>
       <c r="C121" t="s">
-        <v>662</v>
+        <v>665</v>
       </c>
       <c r="D121" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="E121" t="s">
         <v>20</v>
       </c>
       <c r="F121" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="G121" t="s">
         <v>22</v>
       </c>
       <c r="H121">
         <v>2019</v>
       </c>
       <c r="I121">
         <v>2022</v>
       </c>
       <c r="J121" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="K121" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="L121" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="M121" t="s">
-        <v>663</v>
+        <v>666</v>
       </c>
       <c r="N121" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="O121" t="s">
-        <v>664</v>
+        <v>667</v>
       </c>
       <c r="P121" t="s">
-        <v>665</v>
+        <v>668</v>
       </c>
     </row>
     <row r="122" spans="1:16">
       <c r="A122" t="s">
-        <v>666</v>
+        <v>669</v>
       </c>
       <c r="B122" t="s">
-        <v>667</v>
+        <v>670</v>
       </c>
       <c r="C122" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="D122" t="s">
-        <v>668</v>
+        <v>671</v>
       </c>
       <c r="E122" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F122" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="G122" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H122">
         <v>2018</v>
       </c>
       <c r="I122"/>
       <c r="J122" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="K122" t="s">
-        <v>396</v>
+        <v>399</v>
       </c>
       <c r="L122"/>
       <c r="M122" t="s">
-        <v>384</v>
+        <v>387</v>
       </c>
       <c r="N122" t="s">
         <v>27</v>
       </c>
       <c r="O122" t="s">
-        <v>670</v>
+        <v>673</v>
       </c>
       <c r="P122" t="s">
-        <v>671</v>
+        <v>674</v>
       </c>
     </row>
     <row r="123" spans="1:16">
       <c r="A123" t="s">
+        <v>675</v>
+      </c>
+      <c r="B123" t="s">
+        <v>676</v>
+      </c>
+      <c r="C123" t="s">
+        <v>244</v>
+      </c>
+      <c r="D123" t="s">
+        <v>677</v>
+      </c>
+      <c r="E123" t="s">
+        <v>186</v>
+      </c>
+      <c r="F123" t="s">
         <v>672</v>
       </c>
-      <c r="B123" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G123" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H123">
         <v>2009</v>
       </c>
       <c r="I123"/>
       <c r="J123" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
       <c r="K123" t="s">
         <v>24</v>
       </c>
       <c r="L123"/>
       <c r="M123" t="s">
-        <v>384</v>
+        <v>387</v>
       </c>
       <c r="N123" t="s">
         <v>27</v>
       </c>
       <c r="O123" t="s">
-        <v>675</v>
+        <v>678</v>
       </c>
       <c r="P123" t="s">
-        <v>676</v>
+        <v>679</v>
       </c>
     </row>
     <row r="124" spans="1:16">
       <c r="A124" t="s">
-        <v>677</v>
+        <v>680</v>
       </c>
       <c r="B124" t="s">
-        <v>678</v>
+        <v>681</v>
       </c>
       <c r="C124" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="D124" t="s">
-        <v>457</v>
+        <v>460</v>
       </c>
       <c r="E124" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F124" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="G124" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H124">
         <v>2015</v>
       </c>
       <c r="I124"/>
       <c r="J124" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
       <c r="K124" t="s">
         <v>24</v>
       </c>
       <c r="L124"/>
       <c r="M124" t="s">
-        <v>384</v>
+        <v>387</v>
       </c>
       <c r="N124" t="s">
         <v>27</v>
       </c>
       <c r="O124" t="s">
-        <v>679</v>
+        <v>682</v>
       </c>
       <c r="P124" t="s">
-        <v>680</v>
+        <v>683</v>
       </c>
     </row>
     <row r="125" spans="1:16">
       <c r="A125" t="s">
-        <v>681</v>
+        <v>684</v>
       </c>
       <c r="B125" t="s">
-        <v>682</v>
+        <v>685</v>
       </c>
       <c r="C125" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="D125" t="s">
-        <v>683</v>
+        <v>686</v>
       </c>
       <c r="E125" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F125" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="G125" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H125">
         <v>2009</v>
       </c>
       <c r="I125"/>
       <c r="J125" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
       <c r="K125" t="s">
         <v>24</v>
       </c>
       <c r="L125"/>
       <c r="M125" t="s">
-        <v>384</v>
+        <v>387</v>
       </c>
       <c r="N125" t="s">
         <v>27</v>
       </c>
       <c r="O125" t="s">
-        <v>684</v>
+        <v>687</v>
       </c>
       <c r="P125" t="s">
-        <v>685</v>
+        <v>688</v>
       </c>
     </row>
     <row r="126" spans="1:16">
       <c r="A126" t="s">
-        <v>686</v>
+        <v>689</v>
       </c>
       <c r="B126" t="s">
-        <v>687</v>
+        <v>690</v>
       </c>
       <c r="C126" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="D126" t="s">
-        <v>518</v>
+        <v>521</v>
       </c>
       <c r="E126" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F126" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="G126" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H126">
         <v>2009</v>
       </c>
       <c r="I126"/>
       <c r="J126" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="K126" t="s">
         <v>24</v>
       </c>
       <c r="L126"/>
       <c r="M126" t="s">
-        <v>384</v>
+        <v>387</v>
       </c>
       <c r="N126" t="s">
         <v>27</v>
       </c>
       <c r="O126" t="s">
-        <v>688</v>
+        <v>691</v>
       </c>
       <c r="P126" t="s">
-        <v>689</v>
+        <v>692</v>
       </c>
     </row>
     <row r="127" spans="1:16">
       <c r="A127" t="s">
-        <v>690</v>
+        <v>693</v>
       </c>
       <c r="B127" t="s">
-        <v>691</v>
+        <v>694</v>
       </c>
       <c r="C127" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="D127" t="s">
-        <v>692</v>
+        <v>695</v>
       </c>
       <c r="E127" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F127" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="G127" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H127">
         <v>2015</v>
       </c>
       <c r="I127"/>
       <c r="J127" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
       <c r="K127" t="s">
         <v>24</v>
       </c>
       <c r="L127"/>
       <c r="M127" t="s">
-        <v>693</v>
+        <v>696</v>
       </c>
       <c r="N127" t="s">
         <v>27</v>
       </c>
       <c r="O127" t="s">
-        <v>694</v>
+        <v>697</v>
       </c>
       <c r="P127" t="s">
-        <v>695</v>
+        <v>698</v>
       </c>
     </row>
     <row r="128" spans="1:16">
       <c r="A128" t="s">
-        <v>696</v>
+        <v>699</v>
       </c>
       <c r="B128" t="s">
-        <v>697</v>
+        <v>700</v>
       </c>
       <c r="C128" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="D128" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="E128" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F128" t="s">
         <v>21</v>
       </c>
       <c r="G128" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H128">
         <v>2015</v>
       </c>
       <c r="I128"/>
       <c r="J128" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
       <c r="K128" t="s">
         <v>24</v>
       </c>
       <c r="L128"/>
       <c r="M128" t="s">
-        <v>384</v>
+        <v>387</v>
       </c>
       <c r="N128" t="s">
         <v>27</v>
       </c>
       <c r="O128" t="s">
-        <v>698</v>
+        <v>701</v>
       </c>
       <c r="P128" t="s">
-        <v>699</v>
+        <v>702</v>
       </c>
     </row>
     <row r="129" spans="1:16">
       <c r="A129" t="s">
-        <v>700</v>
+        <v>703</v>
       </c>
       <c r="B129" t="s">
-        <v>701</v>
+        <v>704</v>
       </c>
       <c r="C129" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="D129" t="s">
-        <v>692</v>
+        <v>695</v>
       </c>
       <c r="E129" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F129" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="G129" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H129">
         <v>2015</v>
       </c>
       <c r="I129"/>
       <c r="J129" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
       <c r="K129" t="s">
         <v>24</v>
       </c>
       <c r="L129"/>
       <c r="M129" t="s">
-        <v>384</v>
+        <v>387</v>
       </c>
       <c r="N129" t="s">
         <v>27</v>
       </c>
       <c r="O129" t="s">
-        <v>702</v>
+        <v>705</v>
       </c>
       <c r="P129" t="s">
-        <v>703</v>
+        <v>706</v>
       </c>
     </row>
     <row r="130" spans="1:16">
       <c r="A130" t="s">
-        <v>704</v>
+        <v>707</v>
       </c>
       <c r="B130" t="s">
-        <v>705</v>
+        <v>708</v>
       </c>
       <c r="C130" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="D130" t="s">
-        <v>706</v>
+        <v>709</v>
       </c>
       <c r="E130" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F130" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="G130" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H130">
         <v>2015</v>
       </c>
       <c r="I130"/>
       <c r="J130" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
       <c r="K130" t="s">
         <v>24</v>
       </c>
       <c r="L130"/>
       <c r="M130" t="s">
-        <v>384</v>
+        <v>387</v>
       </c>
       <c r="N130" t="s">
         <v>27</v>
       </c>
       <c r="O130" t="s">
-        <v>707</v>
+        <v>710</v>
       </c>
       <c r="P130" t="s">
-        <v>708</v>
+        <v>711</v>
       </c>
     </row>
     <row r="131" spans="1:16">
       <c r="A131" t="s">
-        <v>709</v>
+        <v>712</v>
       </c>
       <c r="B131" t="s">
-        <v>710</v>
+        <v>713</v>
       </c>
       <c r="C131" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="D131" t="s">
-        <v>711</v>
+        <v>714</v>
       </c>
       <c r="E131" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F131" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="G131" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H131">
         <v>2009</v>
       </c>
       <c r="I131"/>
       <c r="J131" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
       <c r="K131" t="s">
         <v>24</v>
       </c>
       <c r="L131"/>
       <c r="M131" t="s">
-        <v>384</v>
+        <v>387</v>
       </c>
       <c r="N131" t="s">
         <v>27</v>
       </c>
       <c r="O131" t="s">
-        <v>712</v>
+        <v>715</v>
       </c>
       <c r="P131" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
     </row>
     <row r="132" spans="1:16">
       <c r="A132" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="B132" t="s">
-        <v>715</v>
+        <v>718</v>
       </c>
       <c r="C132" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="D132" t="s">
-        <v>692</v>
+        <v>695</v>
       </c>
       <c r="E132" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F132" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="G132" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H132">
         <v>2015</v>
       </c>
       <c r="I132"/>
       <c r="J132" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
       <c r="K132" t="s">
         <v>24</v>
       </c>
       <c r="L132"/>
       <c r="M132" t="s">
-        <v>384</v>
+        <v>387</v>
       </c>
       <c r="N132" t="s">
         <v>27</v>
       </c>
       <c r="O132" t="s">
-        <v>716</v>
+        <v>719</v>
       </c>
       <c r="P132" t="s">
-        <v>717</v>
+        <v>720</v>
       </c>
     </row>
     <row r="133" spans="1:16">
       <c r="A133" t="s">
-        <v>718</v>
+        <v>721</v>
       </c>
       <c r="B133" t="s">
-        <v>719</v>
+        <v>722</v>
       </c>
       <c r="C133" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="D133" t="s">
-        <v>720</v>
+        <v>723</v>
       </c>
       <c r="E133" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F133" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="G133" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H133">
         <v>2015</v>
       </c>
       <c r="I133"/>
       <c r="J133" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
       <c r="K133" t="s">
         <v>24</v>
       </c>
       <c r="L133"/>
       <c r="M133" t="s">
-        <v>384</v>
+        <v>387</v>
       </c>
       <c r="N133" t="s">
         <v>27</v>
       </c>
       <c r="O133" t="s">
-        <v>721</v>
+        <v>724</v>
       </c>
       <c r="P133" t="s">
-        <v>722</v>
+        <v>725</v>
       </c>
     </row>
     <row r="134" spans="1:16">
       <c r="A134" t="s">
-        <v>723</v>
+        <v>726</v>
       </c>
       <c r="B134" t="s">
-        <v>724</v>
+        <v>727</v>
       </c>
       <c r="C134" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="D134" t="s">
-        <v>725</v>
+        <v>728</v>
       </c>
       <c r="E134" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F134" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="G134" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H134">
         <v>2015</v>
       </c>
       <c r="I134"/>
       <c r="J134" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
       <c r="K134" t="s">
         <v>24</v>
       </c>
       <c r="L134"/>
       <c r="M134" t="s">
-        <v>384</v>
+        <v>387</v>
       </c>
       <c r="N134" t="s">
         <v>27</v>
       </c>
       <c r="O134" t="s">
-        <v>726</v>
+        <v>729</v>
       </c>
       <c r="P134" t="s">
-        <v>727</v>
+        <v>730</v>
       </c>
     </row>
     <row r="135" spans="1:16">
       <c r="A135" t="s">
-        <v>728</v>
+        <v>731</v>
       </c>
       <c r="B135" t="s">
-        <v>729</v>
+        <v>732</v>
       </c>
       <c r="C135" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="D135" t="s">
-        <v>730</v>
+        <v>733</v>
       </c>
       <c r="E135" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F135" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="G135" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H135">
         <v>2015</v>
       </c>
       <c r="I135"/>
       <c r="J135" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
       <c r="K135" t="s">
         <v>24</v>
       </c>
       <c r="L135"/>
       <c r="M135" t="s">
-        <v>384</v>
+        <v>387</v>
       </c>
       <c r="N135" t="s">
         <v>27</v>
       </c>
       <c r="O135" t="s">
-        <v>731</v>
+        <v>734</v>
       </c>
       <c r="P135" t="s">
-        <v>732</v>
+        <v>735</v>
       </c>
     </row>
     <row r="136" spans="1:16">
       <c r="A136" t="s">
-        <v>733</v>
+        <v>736</v>
       </c>
       <c r="B136" t="s">
-        <v>734</v>
+        <v>737</v>
       </c>
       <c r="C136" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="D136" t="s">
-        <v>735</v>
+        <v>738</v>
       </c>
       <c r="E136" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F136" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="G136" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H136">
         <v>2015</v>
       </c>
       <c r="I136"/>
       <c r="J136" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
       <c r="K136" t="s">
         <v>24</v>
       </c>
       <c r="L136"/>
       <c r="M136" t="s">
-        <v>384</v>
+        <v>387</v>
       </c>
       <c r="N136" t="s">
         <v>27</v>
       </c>
       <c r="O136" t="s">
-        <v>736</v>
+        <v>739</v>
       </c>
       <c r="P136" t="s">
-        <v>737</v>
+        <v>740</v>
       </c>
     </row>
     <row r="137" spans="1:16">
       <c r="A137" t="s">
-        <v>738</v>
+        <v>741</v>
       </c>
       <c r="B137" t="s">
-        <v>739</v>
+        <v>742</v>
       </c>
       <c r="C137" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="D137" t="s">
-        <v>439</v>
+        <v>442</v>
       </c>
       <c r="E137" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F137" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="G137" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H137">
         <v>2015</v>
       </c>
       <c r="I137"/>
       <c r="J137" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
       <c r="K137" t="s">
         <v>24</v>
       </c>
       <c r="L137"/>
       <c r="M137" t="s">
-        <v>384</v>
+        <v>387</v>
       </c>
       <c r="N137" t="s">
         <v>27</v>
       </c>
       <c r="O137" t="s">
-        <v>740</v>
+        <v>743</v>
       </c>
       <c r="P137" t="s">
-        <v>741</v>
+        <v>744</v>
       </c>
     </row>
     <row r="138" spans="1:16">
       <c r="A138" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="B138" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="C138" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="D138" t="s">
-        <v>744</v>
+        <v>747</v>
       </c>
       <c r="E138" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F138" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="G138" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H138">
         <v>2015</v>
       </c>
       <c r="I138"/>
       <c r="J138" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
       <c r="K138" t="s">
         <v>24</v>
       </c>
       <c r="L138"/>
       <c r="M138" t="s">
-        <v>384</v>
+        <v>387</v>
       </c>
       <c r="N138" t="s">
         <v>27</v>
       </c>
       <c r="O138" t="s">
-        <v>745</v>
+        <v>748</v>
       </c>
       <c r="P138" t="s">
-        <v>746</v>
+        <v>749</v>
       </c>
     </row>
     <row r="139" spans="1:16">
       <c r="A139" t="s">
-        <v>747</v>
+        <v>750</v>
       </c>
       <c r="B139" t="s">
-        <v>748</v>
+        <v>751</v>
       </c>
       <c r="C139" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="D139" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="E139" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="F139" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="G139" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H139">
         <v>2021</v>
       </c>
       <c r="I139"/>
       <c r="J139" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
       <c r="K139" t="s">
         <v>24</v>
       </c>
       <c r="L139"/>
       <c r="M139" t="s">
-        <v>384</v>
+        <v>387</v>
       </c>
       <c r="N139" t="s">
         <v>27</v>
       </c>
       <c r="O139" t="s">
-        <v>749</v>
+        <v>752</v>
       </c>
       <c r="P139" t="s">
-        <v>750</v>
+        <v>753</v>
       </c>
     </row>
     <row r="140" spans="1:16">
       <c r="A140" t="s">
-        <v>747</v>
+        <v>750</v>
       </c>
       <c r="B140" t="s">
-        <v>751</v>
+        <v>754</v>
       </c>
       <c r="C140" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="D140" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="E140" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F140" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="G140" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H140">
         <v>2021</v>
       </c>
       <c r="I140"/>
       <c r="J140" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
       <c r="K140" t="s">
         <v>24</v>
       </c>
       <c r="L140"/>
       <c r="M140" t="s">
-        <v>384</v>
+        <v>387</v>
       </c>
       <c r="N140" t="s">
         <v>27</v>
       </c>
       <c r="O140" t="s">
-        <v>752</v>
+        <v>755</v>
       </c>
       <c r="P140" t="s">
-        <v>750</v>
+        <v>753</v>
       </c>
     </row>
     <row r="141" spans="1:16">
       <c r="A141" t="s">
-        <v>753</v>
+        <v>756</v>
       </c>
       <c r="B141" t="s">
-        <v>754</v>
+        <v>757</v>
       </c>
       <c r="C141" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="D141" t="s">
-        <v>301</v>
+        <v>304</v>
       </c>
       <c r="E141" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F141" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="G141" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H141">
         <v>2021</v>
       </c>
       <c r="I141"/>
       <c r="J141" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="K141" t="s">
         <v>24</v>
       </c>
       <c r="L141"/>
       <c r="M141" t="s">
-        <v>384</v>
+        <v>387</v>
       </c>
       <c r="N141" t="s">
         <v>27</v>
       </c>
       <c r="O141" t="s">
-        <v>755</v>
+        <v>758</v>
       </c>
       <c r="P141" t="s">
-        <v>756</v>
+        <v>759</v>
       </c>
     </row>
     <row r="142" spans="1:16">
       <c r="A142" t="s">
-        <v>757</v>
+        <v>760</v>
       </c>
       <c r="B142" t="s">
-        <v>758</v>
+        <v>761</v>
       </c>
       <c r="C142" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="D142" t="s">
-        <v>320</v>
+        <v>323</v>
       </c>
       <c r="E142" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F142" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="G142" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H142">
         <v>2021</v>
       </c>
       <c r="I142"/>
       <c r="J142" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
       <c r="K142" t="s">
         <v>24</v>
       </c>
       <c r="L142"/>
       <c r="M142" t="s">
-        <v>384</v>
+        <v>387</v>
       </c>
       <c r="N142" t="s">
         <v>27</v>
       </c>
       <c r="O142" t="s">
-        <v>759</v>
+        <v>762</v>
       </c>
       <c r="P142" t="s">
-        <v>760</v>
+        <v>763</v>
       </c>
     </row>
     <row r="143" spans="1:16">
       <c r="A143" t="s">
-        <v>761</v>
+        <v>764</v>
       </c>
       <c r="B143" t="s">
-        <v>762</v>
+        <v>765</v>
       </c>
       <c r="C143" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="D143" t="s">
-        <v>763</v>
+        <v>766</v>
       </c>
       <c r="E143" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F143" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="G143" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H143">
         <v>2009</v>
       </c>
       <c r="I143"/>
       <c r="J143" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="K143" t="s">
         <v>24</v>
       </c>
       <c r="L143"/>
       <c r="M143" t="s">
-        <v>384</v>
+        <v>387</v>
       </c>
       <c r="N143" t="s">
         <v>27</v>
       </c>
       <c r="O143" t="s">
-        <v>764</v>
+        <v>767</v>
       </c>
       <c r="P143" t="s">
-        <v>765</v>
+        <v>768</v>
       </c>
     </row>
     <row r="144" spans="1:16">
       <c r="A144" t="s">
-        <v>766</v>
+        <v>769</v>
       </c>
       <c r="B144" t="s">
-        <v>767</v>
+        <v>770</v>
       </c>
       <c r="C144" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="D144" t="s">
-        <v>768</v>
+        <v>771</v>
       </c>
       <c r="E144" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F144" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="G144" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H144">
         <v>2021</v>
       </c>
       <c r="I144"/>
       <c r="J144" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
       <c r="K144" t="s">
         <v>24</v>
       </c>
       <c r="L144"/>
       <c r="M144" t="s">
-        <v>384</v>
+        <v>387</v>
       </c>
       <c r="N144" t="s">
         <v>27</v>
       </c>
       <c r="O144" t="s">
-        <v>769</v>
+        <v>772</v>
       </c>
       <c r="P144" t="s">
-        <v>770</v>
+        <v>773</v>
       </c>
     </row>
     <row r="145" spans="1:16">
       <c r="A145" t="s">
-        <v>771</v>
+        <v>774</v>
       </c>
       <c r="B145" t="s">
-        <v>772</v>
+        <v>775</v>
       </c>
       <c r="C145" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="D145" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="E145" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F145" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="G145" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H145">
         <v>2009</v>
       </c>
       <c r="I145"/>
       <c r="J145" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
       <c r="K145" t="s">
         <v>24</v>
       </c>
       <c r="L145"/>
       <c r="M145" t="s">
-        <v>384</v>
+        <v>387</v>
       </c>
       <c r="N145" t="s">
         <v>27</v>
       </c>
       <c r="O145" t="s">
-        <v>773</v>
+        <v>776</v>
       </c>
       <c r="P145" t="s">
-        <v>774</v>
+        <v>777</v>
       </c>
     </row>
     <row r="146" spans="1:16">
       <c r="A146" t="s">
-        <v>775</v>
+        <v>778</v>
       </c>
       <c r="B146" t="s">
-        <v>776</v>
+        <v>779</v>
       </c>
       <c r="C146" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="D146" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="E146" t="s">
         <v>20</v>
       </c>
       <c r="F146" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="G146" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H146">
         <v>2009</v>
       </c>
       <c r="I146"/>
       <c r="J146" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="K146" t="s">
         <v>24</v>
       </c>
       <c r="L146"/>
       <c r="M146" t="s">
-        <v>384</v>
+        <v>387</v>
       </c>
       <c r="N146" t="s">
         <v>27</v>
       </c>
       <c r="O146" t="s">
-        <v>777</v>
+        <v>780</v>
       </c>
       <c r="P146" t="s">
-        <v>778</v>
+        <v>781</v>
       </c>
     </row>
     <row r="147" spans="1:16">
       <c r="A147" t="s">
-        <v>779</v>
+        <v>782</v>
       </c>
       <c r="B147" t="s">
-        <v>780</v>
+        <v>783</v>
       </c>
       <c r="C147" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="D147" t="s">
-        <v>781</v>
+        <v>784</v>
       </c>
       <c r="E147" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F147" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="G147" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H147">
         <v>2015</v>
       </c>
       <c r="I147"/>
       <c r="J147" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
       <c r="K147" t="s">
         <v>24</v>
       </c>
       <c r="L147"/>
       <c r="M147" t="s">
-        <v>384</v>
+        <v>387</v>
       </c>
       <c r="N147" t="s">
         <v>27</v>
       </c>
       <c r="O147" t="s">
-        <v>782</v>
+        <v>785</v>
       </c>
       <c r="P147" t="s">
-        <v>783</v>
+        <v>786</v>
       </c>
     </row>
     <row r="148" spans="1:16">
       <c r="A148" t="s">
-        <v>784</v>
+        <v>787</v>
       </c>
       <c r="B148" t="s">
-        <v>785</v>
+        <v>788</v>
       </c>
       <c r="C148" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="D148" t="s">
-        <v>786</v>
+        <v>789</v>
       </c>
       <c r="E148" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F148" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="G148" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H148">
         <v>2015</v>
       </c>
       <c r="I148"/>
       <c r="J148" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
       <c r="K148" t="s">
         <v>24</v>
       </c>
       <c r="L148"/>
       <c r="M148" t="s">
-        <v>384</v>
+        <v>387</v>
       </c>
       <c r="N148" t="s">
         <v>27</v>
       </c>
       <c r="O148" t="s">
-        <v>787</v>
+        <v>790</v>
       </c>
       <c r="P148" t="s">
-        <v>788</v>
+        <v>791</v>
       </c>
     </row>
     <row r="149" spans="1:16">
       <c r="A149" t="s">
-        <v>789</v>
+        <v>792</v>
       </c>
       <c r="B149" t="s">
-        <v>790</v>
+        <v>793</v>
       </c>
       <c r="C149" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="D149" t="s">
-        <v>744</v>
+        <v>747</v>
       </c>
       <c r="E149" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F149" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="G149" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H149">
         <v>2015</v>
       </c>
       <c r="I149"/>
       <c r="J149" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
       <c r="K149" t="s">
         <v>24</v>
       </c>
       <c r="L149"/>
       <c r="M149" t="s">
-        <v>384</v>
+        <v>387</v>
       </c>
       <c r="N149" t="s">
         <v>27</v>
       </c>
       <c r="O149" t="s">
-        <v>791</v>
+        <v>794</v>
       </c>
       <c r="P149" t="s">
-        <v>792</v>
+        <v>795</v>
       </c>
     </row>
     <row r="150" spans="1:16">
       <c r="A150" t="s">
-        <v>793</v>
+        <v>796</v>
       </c>
       <c r="B150" t="s">
-        <v>794</v>
+        <v>797</v>
       </c>
       <c r="C150" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="D150" t="s">
-        <v>249</v>
+        <v>252</v>
       </c>
       <c r="E150" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F150" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="G150" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H150">
         <v>2015</v>
       </c>
       <c r="I150"/>
       <c r="J150" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="K150" t="s">
-        <v>415</v>
+        <v>418</v>
       </c>
       <c r="L150"/>
       <c r="M150" t="s">
-        <v>384</v>
+        <v>387</v>
       </c>
       <c r="N150" t="s">
         <v>27</v>
       </c>
       <c r="O150" t="s">
-        <v>795</v>
+        <v>798</v>
       </c>
       <c r="P150" t="s">
-        <v>796</v>
+        <v>799</v>
       </c>
     </row>
     <row r="151" spans="1:16">
       <c r="A151" t="s">
-        <v>797</v>
+        <v>800</v>
       </c>
       <c r="B151" t="s">
-        <v>798</v>
+        <v>801</v>
       </c>
       <c r="C151" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="D151" t="s">
-        <v>799</v>
+        <v>802</v>
       </c>
       <c r="E151" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F151" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="G151" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H151">
         <v>2015</v>
       </c>
       <c r="I151"/>
       <c r="J151" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
       <c r="K151" t="s">
         <v>24</v>
       </c>
       <c r="L151"/>
       <c r="M151" t="s">
-        <v>384</v>
+        <v>387</v>
       </c>
       <c r="N151" t="s">
         <v>27</v>
       </c>
       <c r="O151" t="s">
-        <v>800</v>
+        <v>803</v>
       </c>
       <c r="P151" t="s">
-        <v>801</v>
+        <v>804</v>
       </c>
     </row>
     <row r="152" spans="1:16">
       <c r="A152" t="s">
-        <v>802</v>
+        <v>805</v>
       </c>
       <c r="B152" t="s">
-        <v>803</v>
+        <v>806</v>
       </c>
       <c r="C152" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="D152" t="s">
-        <v>804</v>
+        <v>807</v>
       </c>
       <c r="E152" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F152" t="s">
         <v>21</v>
       </c>
       <c r="G152" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H152">
         <v>2015</v>
       </c>
       <c r="I152"/>
       <c r="J152" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
       <c r="K152" t="s">
         <v>24</v>
       </c>
       <c r="L152"/>
       <c r="M152" t="s">
-        <v>384</v>
+        <v>387</v>
       </c>
       <c r="N152" t="s">
         <v>27</v>
       </c>
       <c r="O152" t="s">
-        <v>805</v>
+        <v>808</v>
       </c>
       <c r="P152" t="s">
-        <v>806</v>
+        <v>809</v>
       </c>
     </row>
     <row r="153" spans="1:16">
       <c r="A153" t="s">
-        <v>807</v>
+        <v>810</v>
       </c>
       <c r="B153" t="s">
-        <v>808</v>
+        <v>811</v>
       </c>
       <c r="C153" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="D153" t="s">
-        <v>725</v>
+        <v>728</v>
       </c>
       <c r="E153" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="F153" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="G153" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H153">
         <v>2015</v>
       </c>
       <c r="I153"/>
       <c r="J153" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
       <c r="K153" t="s">
         <v>24</v>
       </c>
       <c r="L153"/>
       <c r="M153" t="s">
-        <v>384</v>
+        <v>387</v>
       </c>
       <c r="N153" t="s">
         <v>27</v>
       </c>
       <c r="O153" t="s">
-        <v>809</v>
+        <v>812</v>
       </c>
       <c r="P153" t="s">
-        <v>810</v>
+        <v>813</v>
       </c>
     </row>
     <row r="154" spans="1:16">
       <c r="A154" t="s">
-        <v>811</v>
+        <v>814</v>
       </c>
       <c r="B154" t="s">
-        <v>812</v>
+        <v>815</v>
       </c>
       <c r="C154" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="D154" t="s">
-        <v>725</v>
+        <v>728</v>
       </c>
       <c r="E154" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F154" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="G154" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H154">
         <v>2015</v>
       </c>
       <c r="I154"/>
       <c r="J154" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
       <c r="K154" t="s">
         <v>24</v>
       </c>
       <c r="L154"/>
       <c r="M154" t="s">
-        <v>384</v>
+        <v>387</v>
       </c>
       <c r="N154" t="s">
         <v>27</v>
       </c>
       <c r="O154" t="s">
-        <v>813</v>
+        <v>816</v>
       </c>
       <c r="P154" t="s">
-        <v>814</v>
+        <v>817</v>
       </c>
     </row>
     <row r="155" spans="1:16">
       <c r="A155" t="s">
-        <v>815</v>
+        <v>818</v>
       </c>
       <c r="B155" t="s">
-        <v>816</v>
+        <v>819</v>
       </c>
       <c r="C155" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="D155" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="E155" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F155" t="s">
         <v>21</v>
       </c>
       <c r="G155" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H155">
         <v>2012</v>
       </c>
       <c r="I155"/>
       <c r="J155" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="K155" t="s">
         <v>24</v>
       </c>
       <c r="L155" t="s">
-        <v>817</v>
+        <v>820</v>
       </c>
       <c r="M155" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="N155" t="s">
         <v>27</v>
       </c>
       <c r="O155" t="s">
-        <v>818</v>
+        <v>821</v>
       </c>
       <c r="P155" t="s">
-        <v>819</v>
+        <v>822</v>
       </c>
     </row>
     <row r="156" spans="1:16">
       <c r="A156" t="s">
-        <v>820</v>
+        <v>823</v>
       </c>
       <c r="B156" t="s">
-        <v>821</v>
+        <v>824</v>
       </c>
       <c r="C156" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="D156" t="s">
-        <v>822</v>
+        <v>825</v>
       </c>
       <c r="E156" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F156" t="s">
         <v>21</v>
       </c>
       <c r="G156" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H156">
         <v>2015</v>
       </c>
       <c r="I156"/>
       <c r="J156" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="K156" t="s">
         <v>24</v>
       </c>
       <c r="L156" t="s">
-        <v>823</v>
+        <v>826</v>
       </c>
       <c r="M156" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="N156" t="s">
         <v>27</v>
       </c>
       <c r="O156" t="s">
-        <v>824</v>
+        <v>827</v>
       </c>
       <c r="P156" t="s">
-        <v>825</v>
+        <v>828</v>
       </c>
     </row>
     <row r="157" spans="1:16">
       <c r="A157" t="s">
-        <v>826</v>
+        <v>829</v>
       </c>
       <c r="B157" t="s">
-        <v>827</v>
+        <v>830</v>
       </c>
       <c r="C157" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="D157" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="E157" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F157" t="s">
         <v>21</v>
       </c>
       <c r="G157" t="s">
         <v>22</v>
       </c>
       <c r="H157">
         <v>2013</v>
       </c>
       <c r="I157">
         <v>2015</v>
       </c>
       <c r="J157" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="K157" t="s">
         <v>24</v>
       </c>
       <c r="L157" t="s">
-        <v>828</v>
+        <v>831</v>
       </c>
       <c r="M157" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="N157" t="s">
         <v>27</v>
       </c>
       <c r="O157" t="s">
-        <v>829</v>
+        <v>832</v>
       </c>
       <c r="P157" t="s">
-        <v>830</v>
+        <v>833</v>
       </c>
     </row>
     <row r="158" spans="1:16">
       <c r="A158" t="s">
-        <v>831</v>
+        <v>834</v>
       </c>
       <c r="B158" t="s">
-        <v>832</v>
+        <v>835</v>
       </c>
       <c r="C158" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="D158" t="s">
-        <v>833</v>
+        <v>836</v>
       </c>
       <c r="E158" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F158" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="G158" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H158">
         <v>2014</v>
       </c>
       <c r="I158"/>
       <c r="J158" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="K158" t="s">
         <v>24</v>
       </c>
       <c r="L158" t="s">
-        <v>834</v>
+        <v>837</v>
       </c>
       <c r="M158" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="N158" t="s">
         <v>27</v>
       </c>
       <c r="O158" t="s">
-        <v>835</v>
+        <v>838</v>
       </c>
       <c r="P158" t="s">
-        <v>836</v>
+        <v>839</v>
       </c>
     </row>
     <row r="159" spans="1:16">
       <c r="A159" t="s">
-        <v>837</v>
+        <v>840</v>
       </c>
       <c r="B159" t="s">
-        <v>838</v>
+        <v>841</v>
       </c>
       <c r="C159" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="D159" t="s">
-        <v>352</v>
+        <v>355</v>
       </c>
       <c r="E159" t="s">
         <v>20</v>
       </c>
       <c r="F159" t="s">
         <v>21</v>
       </c>
       <c r="G159" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H159">
         <v>2012</v>
       </c>
       <c r="I159"/>
       <c r="J159" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="K159" t="s">
         <v>24</v>
       </c>
       <c r="L159" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="M159" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="N159" t="s">
         <v>27</v>
       </c>
       <c r="O159" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
       <c r="P159" t="s">
-        <v>840</v>
+        <v>843</v>
       </c>
     </row>
     <row r="160" spans="1:16">
       <c r="A160" t="s">
+        <v>844</v>
+      </c>
+      <c r="B160" t="s">
         <v>841</v>
       </c>
-      <c r="B160" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C160" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="D160" t="s">
-        <v>842</v>
+        <v>845</v>
       </c>
       <c r="E160" t="s">
         <v>20</v>
       </c>
       <c r="F160" t="s">
         <v>21</v>
       </c>
       <c r="G160" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H160">
         <v>2015</v>
       </c>
       <c r="I160"/>
       <c r="J160" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="K160" t="s">
         <v>24</v>
       </c>
       <c r="L160" t="s">
-        <v>843</v>
+        <v>846</v>
       </c>
       <c r="M160" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="N160" t="s">
         <v>27</v>
       </c>
       <c r="O160" t="s">
-        <v>844</v>
+        <v>847</v>
       </c>
       <c r="P160" t="s">
-        <v>845</v>
+        <v>848</v>
       </c>
     </row>
     <row r="161" spans="1:16">
       <c r="A161" t="s">
-        <v>846</v>
+        <v>849</v>
       </c>
       <c r="B161" t="s">
-        <v>847</v>
+        <v>850</v>
       </c>
       <c r="C161" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="D161" t="s">
-        <v>848</v>
+        <v>851</v>
       </c>
       <c r="E161" t="s">
         <v>20</v>
       </c>
       <c r="F161" t="s">
         <v>21</v>
       </c>
       <c r="G161" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H161">
         <v>2011</v>
       </c>
       <c r="I161"/>
       <c r="J161" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="K161" t="s">
         <v>24</v>
       </c>
       <c r="L161" t="s">
-        <v>849</v>
+        <v>852</v>
       </c>
       <c r="M161" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="N161" t="s">
         <v>27</v>
       </c>
       <c r="O161" t="s">
-        <v>850</v>
+        <v>853</v>
       </c>
       <c r="P161" t="s">
-        <v>851</v>
+        <v>854</v>
       </c>
     </row>
     <row r="162" spans="1:16">
       <c r="A162" t="s">
-        <v>852</v>
+        <v>855</v>
       </c>
       <c r="B162" t="s">
-        <v>853</v>
+        <v>856</v>
       </c>
       <c r="C162" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="D162" t="s">
-        <v>854</v>
+        <v>857</v>
       </c>
       <c r="E162" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F162" t="s">
         <v>21</v>
       </c>
       <c r="G162" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H162">
         <v>2013</v>
       </c>
       <c r="I162"/>
       <c r="J162" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="K162" t="s">
         <v>24</v>
       </c>
       <c r="L162" t="s">
-        <v>855</v>
+        <v>858</v>
       </c>
       <c r="M162" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="N162" t="s">
         <v>27</v>
       </c>
       <c r="O162" t="s">
-        <v>856</v>
+        <v>859</v>
       </c>
       <c r="P162" t="s">
-        <v>857</v>
+        <v>860</v>
       </c>
     </row>
     <row r="163" spans="1:16">
       <c r="A163" t="s">
-        <v>858</v>
+        <v>861</v>
       </c>
       <c r="B163" t="s">
-        <v>859</v>
+        <v>862</v>
       </c>
       <c r="C163" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="D163" t="s">
-        <v>860</v>
+        <v>863</v>
       </c>
       <c r="E163" t="s">
         <v>20</v>
       </c>
       <c r="F163" t="s">
         <v>21</v>
       </c>
       <c r="G163" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="H163">
         <v>2024</v>
       </c>
       <c r="I163"/>
       <c r="J163" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="K163" t="s">
         <v>24</v>
       </c>
       <c r="L163" t="s">
-        <v>861</v>
+        <v>864</v>
       </c>
       <c r="M163" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="N163" t="s">
         <v>27</v>
       </c>
       <c r="O163" t="s">
-        <v>862</v>
+        <v>865</v>
       </c>
       <c r="P163" t="s">
-        <v>863</v>
+        <v>866</v>
       </c>
     </row>
     <row r="164" spans="1:16">
       <c r="A164" t="s">
-        <v>864</v>
+        <v>867</v>
       </c>
       <c r="B164" t="s">
-        <v>374</v>
+        <v>377</v>
       </c>
       <c r="C164" t="s">
-        <v>865</v>
+        <v>868</v>
       </c>
       <c r="D164" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="E164" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F164" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="G164" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="H164">
         <v>2022</v>
       </c>
       <c r="I164"/>
       <c r="J164" t="s">
-        <v>225</v>
+        <v>228</v>
       </c>
       <c r="K164" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="L164" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="M164" t="s">
-        <v>866</v>
+        <v>869</v>
       </c>
       <c r="N164" t="s">
-        <v>228</v>
+        <v>231</v>
       </c>
       <c r="O164" t="s">
-        <v>867</v>
+        <v>870</v>
       </c>
       <c r="P164" t="s">
-        <v>868</v>
+        <v>871</v>
       </c>
     </row>
     <row r="165" spans="1:16">
       <c r="A165" t="s">
-        <v>869</v>
+        <v>872</v>
       </c>
       <c r="B165" t="s">
-        <v>870</v>
+        <v>873</v>
       </c>
       <c r="C165" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="D165" t="s">
-        <v>871</v>
+        <v>874</v>
       </c>
       <c r="E165" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F165" t="s">
         <v>42</v>
       </c>
       <c r="G165" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H165">
         <v>2017</v>
       </c>
       <c r="I165"/>
       <c r="J165" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="K165" t="s">
         <v>24</v>
       </c>
       <c r="L165"/>
       <c r="M165" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="N165" t="s">
         <v>27</v>
       </c>
       <c r="O165" t="s">
-        <v>872</v>
+        <v>875</v>
       </c>
       <c r="P165" t="s">
-        <v>358</v>
+        <v>361</v>
       </c>
     </row>
     <row r="166" spans="1:16">
       <c r="A166" t="s">
-        <v>873</v>
+        <v>876</v>
       </c>
       <c r="B166" t="s">
-        <v>874</v>
+        <v>877</v>
       </c>
       <c r="C166" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="D166" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="E166" t="s">
         <v>20</v>
       </c>
       <c r="F166" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="G166" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="H166">
         <v>2024</v>
       </c>
       <c r="I166"/>
       <c r="J166" t="s">
-        <v>875</v>
+        <v>878</v>
       </c>
       <c r="K166" t="s">
         <v>24</v>
       </c>
       <c r="L166" t="s">
-        <v>876</v>
+        <v>879</v>
       </c>
       <c r="M166" t="s">
-        <v>877</v>
+        <v>880</v>
       </c>
       <c r="N166" t="s">
         <v>27</v>
       </c>
       <c r="O166" t="s">
-        <v>878</v>
+        <v>881</v>
       </c>
       <c r="P166" t="s">
-        <v>879</v>
+        <v>882</v>
       </c>
     </row>
     <row r="167" spans="1:16">
       <c r="A167" t="s">
-        <v>880</v>
+        <v>883</v>
       </c>
       <c r="B167" t="s">
-        <v>881</v>
+        <v>884</v>
       </c>
       <c r="C167" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="D167" t="s">
-        <v>882</v>
+        <v>885</v>
       </c>
       <c r="E167" t="s">
         <v>20</v>
       </c>
       <c r="F167" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="G167" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H167">
         <v>2024</v>
       </c>
       <c r="I167"/>
       <c r="J167" t="s">
-        <v>875</v>
+        <v>878</v>
       </c>
       <c r="K167" t="s">
         <v>24</v>
       </c>
       <c r="L167" t="s">
-        <v>883</v>
+        <v>886</v>
       </c>
       <c r="M167" t="s">
-        <v>877</v>
+        <v>880</v>
       </c>
       <c r="N167" t="s">
         <v>27</v>
       </c>
       <c r="O167" t="s">
-        <v>884</v>
+        <v>887</v>
       </c>
       <c r="P167" t="s">
-        <v>879</v>
+        <v>882</v>
       </c>
     </row>
     <row r="168" spans="1:16">
       <c r="A168" t="s">
-        <v>885</v>
+        <v>888</v>
       </c>
       <c r="B168"/>
       <c r="C168" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="D168" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="E168" t="s">
         <v>20</v>
       </c>
       <c r="F168" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="G168" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="H168">
         <v>2017</v>
       </c>
       <c r="I168"/>
       <c r="J168" t="s">
-        <v>886</v>
+        <v>889</v>
       </c>
       <c r="K168" t="s">
         <v>24</v>
       </c>
       <c r="L168"/>
       <c r="M168" t="s">
-        <v>877</v>
+        <v>880</v>
       </c>
       <c r="N168" t="s">
         <v>27</v>
       </c>
       <c r="O168" t="s">
-        <v>887</v>
+        <v>890</v>
       </c>
       <c r="P168" t="s">
-        <v>879</v>
+        <v>882</v>
       </c>
     </row>
     <row r="169" spans="1:16">
       <c r="A169" t="s">
-        <v>888</v>
+        <v>891</v>
       </c>
       <c r="B169" t="s">
-        <v>889</v>
+        <v>892</v>
       </c>
       <c r="C169" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="D169" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="E169" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F169" t="s">
         <v>42</v>
       </c>
       <c r="G169" t="s">
         <v>22</v>
       </c>
       <c r="H169">
         <v>2017</v>
       </c>
       <c r="I169">
         <v>2019</v>
       </c>
       <c r="J169" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="K169" t="s">
         <v>24</v>
       </c>
       <c r="L169"/>
       <c r="M169" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="N169" t="s">
         <v>27</v>
       </c>
       <c r="O169" t="s">
-        <v>890</v>
+        <v>893</v>
       </c>
       <c r="P169" t="s">
-        <v>358</v>
+        <v>361</v>
       </c>
     </row>
     <row r="170" spans="1:16">
       <c r="A170" t="s">
-        <v>891</v>
+        <v>894</v>
       </c>
       <c r="B170" t="s">
-        <v>892</v>
+        <v>895</v>
       </c>
       <c r="C170" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="D170" t="s">
-        <v>893</v>
+        <v>896</v>
       </c>
       <c r="E170" t="s">
         <v>20</v>
       </c>
       <c r="F170" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
       <c r="G170" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H170">
         <v>2018</v>
       </c>
       <c r="I170"/>
       <c r="J170" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="K170" t="s">
         <v>24</v>
       </c>
       <c r="L170" t="s">
-        <v>894</v>
+        <v>897</v>
       </c>
       <c r="M170" t="s">
-        <v>895</v>
+        <v>898</v>
       </c>
       <c r="N170" t="s">
         <v>27</v>
       </c>
       <c r="O170" t="s">
-        <v>896</v>
+        <v>899</v>
       </c>
       <c r="P170" t="s">
-        <v>897</v>
+        <v>900</v>
       </c>
     </row>
     <row r="171" spans="1:16">
       <c r="A171" t="s">
-        <v>898</v>
+        <v>901</v>
       </c>
       <c r="B171" t="s">
-        <v>899</v>
+        <v>902</v>
       </c>
       <c r="C171" t="s">
-        <v>900</v>
+        <v>903</v>
       </c>
       <c r="D171" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="E171" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F171" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="G171" t="s">
         <v>22</v>
       </c>
       <c r="H171">
         <v>2018</v>
       </c>
       <c r="I171">
         <v>2022</v>
       </c>
       <c r="J171" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="K171" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="L171" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="M171" t="s">
-        <v>901</v>
+        <v>904</v>
       </c>
       <c r="N171" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="O171" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="P171" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
     </row>
     <row r="172" spans="1:16">
       <c r="A172" t="s">
-        <v>904</v>
+        <v>907</v>
       </c>
       <c r="B172" t="s">
-        <v>905</v>
+        <v>908</v>
       </c>
       <c r="C172" t="s">
-        <v>900</v>
+        <v>903</v>
       </c>
       <c r="D172" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="E172" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F172" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="G172" t="s">
         <v>22</v>
       </c>
       <c r="H172">
         <v>2018</v>
       </c>
       <c r="I172">
         <v>2022</v>
       </c>
       <c r="J172" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="K172" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
       <c r="L172" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="M172" t="s">
-        <v>901</v>
+        <v>904</v>
       </c>
       <c r="N172" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="O172" t="s">
+        <v>909</v>
+      </c>
+      <c r="P172" t="s">
         <v>906</v>
-      </c>
-[...1 lines deleted...]
-        <v>903</v>
       </c>
     </row>
     <row r="173" spans="1:16">
       <c r="A173" t="s">
-        <v>907</v>
+        <v>910</v>
       </c>
       <c r="B173" t="s">
-        <v>908</v>
+        <v>911</v>
       </c>
       <c r="C173" t="s">
-        <v>909</v>
+        <v>912</v>
       </c>
       <c r="D173" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="E173" t="s">
         <v>20</v>
       </c>
       <c r="F173" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="G173" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H173">
         <v>2020</v>
       </c>
       <c r="I173"/>
       <c r="J173" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="K173" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="L173" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="M173" t="s">
-        <v>910</v>
+        <v>913</v>
       </c>
       <c r="N173" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="O173" t="s">
-        <v>911</v>
+        <v>914</v>
       </c>
       <c r="P173" t="s">
-        <v>912</v>
+        <v>915</v>
       </c>
     </row>
     <row r="174" spans="1:16">
       <c r="A174" t="s">
-        <v>907</v>
+        <v>910</v>
       </c>
       <c r="B174" t="s">
-        <v>913</v>
+        <v>916</v>
       </c>
       <c r="C174" t="s">
-        <v>914</v>
+        <v>917</v>
       </c>
       <c r="D174" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="E174" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F174" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="G174" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H174">
         <v>2021</v>
       </c>
       <c r="I174"/>
       <c r="J174" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="K174" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="L174" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="M174" t="s">
-        <v>915</v>
+        <v>918</v>
       </c>
       <c r="N174" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="O174" t="s">
-        <v>916</v>
+        <v>919</v>
       </c>
       <c r="P174"/>
     </row>
     <row r="175" spans="1:16">
       <c r="A175" t="s">
-        <v>917</v>
+        <v>920</v>
       </c>
       <c r="B175" t="s">
-        <v>918</v>
+        <v>921</v>
       </c>
       <c r="C175" t="s">
-        <v>203</v>
+        <v>206</v>
       </c>
       <c r="D175" t="s">
-        <v>578</v>
+        <v>581</v>
       </c>
       <c r="E175" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="F175" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="G175" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="H175"/>
       <c r="I175"/>
       <c r="J175" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="K175" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="L175" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="M175" t="s">
-        <v>205</v>
+        <v>208</v>
       </c>
       <c r="N175" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="O175" t="s">
-        <v>919</v>
+        <v>922</v>
       </c>
       <c r="P175"/>
     </row>
     <row r="176" spans="1:16">
       <c r="A176" t="s">
-        <v>920</v>
+        <v>923</v>
       </c>
       <c r="B176" t="s">
-        <v>921</v>
+        <v>924</v>
       </c>
       <c r="C176" t="s">
-        <v>662</v>
+        <v>665</v>
       </c>
       <c r="D176" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="E176" t="s">
         <v>20</v>
       </c>
       <c r="F176" t="s">
         <v>21</v>
       </c>
       <c r="G176" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="H176"/>
       <c r="I176"/>
       <c r="J176" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="K176" t="s">
         <v>24</v>
       </c>
       <c r="L176"/>
       <c r="M176" t="s">
-        <v>922</v>
+        <v>925</v>
       </c>
       <c r="N176" t="s">
         <v>27</v>
       </c>
       <c r="O176" t="s">
-        <v>923</v>
+        <v>926</v>
       </c>
       <c r="P176" t="s">
-        <v>924</v>
+        <v>927</v>
       </c>
     </row>
     <row r="177" spans="1:16">
       <c r="A177" t="s">
-        <v>925</v>
+        <v>928</v>
       </c>
       <c r="B177" t="s">
-        <v>921</v>
+        <v>924</v>
       </c>
       <c r="C177" t="s">
-        <v>662</v>
+        <v>665</v>
       </c>
       <c r="D177" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="E177" t="s">
         <v>20</v>
       </c>
       <c r="F177" t="s">
         <v>21</v>
       </c>
       <c r="G177" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="H177"/>
       <c r="I177"/>
       <c r="J177" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="K177" t="s">
         <v>24</v>
       </c>
       <c r="L177"/>
       <c r="M177" t="s">
-        <v>922</v>
+        <v>925</v>
       </c>
       <c r="N177" t="s">
         <v>27</v>
       </c>
       <c r="O177" t="s">
-        <v>926</v>
+        <v>929</v>
       </c>
       <c r="P177" t="s">
-        <v>924</v>
+        <v>927</v>
       </c>
     </row>
     <row r="178" spans="1:16">
       <c r="A178" t="s">
-        <v>927</v>
+        <v>930</v>
       </c>
       <c r="B178" t="s">
-        <v>928</v>
+        <v>931</v>
       </c>
       <c r="C178" t="s">
-        <v>929</v>
+        <v>932</v>
       </c>
       <c r="D178" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="E178" t="s">
         <v>20</v>
       </c>
       <c r="F178" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="G178" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H178">
         <v>2021</v>
       </c>
       <c r="I178"/>
       <c r="J178" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="K178" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="L178" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="M178" t="s">
-        <v>930</v>
+        <v>933</v>
       </c>
       <c r="N178" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="O178" t="s">
-        <v>931</v>
+        <v>934</v>
       </c>
       <c r="P178" t="s">
-        <v>932</v>
+        <v>935</v>
       </c>
     </row>
     <row r="179" spans="1:16">
       <c r="A179" t="s">
-        <v>933</v>
+        <v>936</v>
       </c>
       <c r="B179" t="s">
-        <v>934</v>
+        <v>937</v>
       </c>
       <c r="C179" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="D179" t="s">
-        <v>935</v>
+        <v>938</v>
       </c>
       <c r="E179" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F179" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="G179" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H179">
         <v>2014</v>
       </c>
       <c r="I179"/>
       <c r="J179" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
       <c r="K179" t="s">
         <v>24</v>
       </c>
       <c r="L179" t="s">
-        <v>936</v>
+        <v>939</v>
       </c>
       <c r="M179" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="N179" t="s">
         <v>27</v>
       </c>
       <c r="O179" t="s">
-        <v>937</v>
+        <v>940</v>
       </c>
       <c r="P179" t="s">
-        <v>938</v>
+        <v>941</v>
       </c>
     </row>
     <row r="180" spans="1:16">
       <c r="A180" t="s">
-        <v>939</v>
+        <v>942</v>
       </c>
       <c r="B180" t="s">
-        <v>940</v>
+        <v>943</v>
       </c>
       <c r="C180" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="D180" t="s">
-        <v>668</v>
+        <v>671</v>
       </c>
       <c r="E180" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F180" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="G180" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H180">
         <v>1997</v>
       </c>
       <c r="I180">
         <v>2011</v>
       </c>
       <c r="J180" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="K180" t="s">
-        <v>396</v>
+        <v>399</v>
       </c>
       <c r="L180" t="s">
-        <v>941</v>
+        <v>944</v>
       </c>
       <c r="M180" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="N180" t="s">
         <v>27</v>
       </c>
       <c r="O180" t="s">
-        <v>942</v>
+        <v>945</v>
       </c>
       <c r="P180" t="s">
-        <v>943</v>
+        <v>946</v>
       </c>
     </row>
     <row r="181" spans="1:16">
       <c r="A181" t="s">
-        <v>944</v>
+        <v>947</v>
       </c>
       <c r="B181" t="s">
-        <v>945</v>
+        <v>948</v>
       </c>
       <c r="C181" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="D181" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="E181" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F181" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="G181" t="s">
         <v>22</v>
       </c>
       <c r="H181">
         <v>2007</v>
       </c>
       <c r="I181">
         <v>2012</v>
       </c>
       <c r="J181" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="K181" t="s">
         <v>24</v>
       </c>
       <c r="L181" t="s">
-        <v>946</v>
+        <v>949</v>
       </c>
       <c r="M181" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="N181" t="s">
         <v>27</v>
       </c>
       <c r="O181" t="s">
-        <v>947</v>
+        <v>950</v>
       </c>
       <c r="P181" t="s">
-        <v>948</v>
+        <v>951</v>
       </c>
     </row>
     <row r="182" spans="1:16">
       <c r="A182" t="s">
-        <v>949</v>
+        <v>952</v>
       </c>
       <c r="B182" t="s">
-        <v>950</v>
+        <v>953</v>
       </c>
       <c r="C182" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="D182" t="s">
-        <v>522</v>
+        <v>525</v>
       </c>
       <c r="E182" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F182" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="G182" t="s">
         <v>22</v>
       </c>
       <c r="H182">
         <v>1997</v>
       </c>
       <c r="I182">
         <v>2015</v>
       </c>
       <c r="J182" t="s">
-        <v>368</v>
+        <v>371</v>
       </c>
       <c r="K182" t="s">
         <v>24</v>
       </c>
       <c r="L182" t="s">
-        <v>951</v>
+        <v>954</v>
       </c>
       <c r="M182" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="N182" t="s">
         <v>27</v>
       </c>
       <c r="O182" t="s">
-        <v>952</v>
+        <v>955</v>
       </c>
       <c r="P182" t="s">
-        <v>953</v>
+        <v>956</v>
       </c>
     </row>
     <row r="183" spans="1:16">
       <c r="A183" t="s">
-        <v>954</v>
+        <v>957</v>
       </c>
       <c r="B183" t="s">
-        <v>955</v>
+        <v>958</v>
       </c>
       <c r="C183" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="D183" t="s">
-        <v>956</v>
+        <v>959</v>
       </c>
       <c r="E183" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F183" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="G183" t="s">
         <v>22</v>
       </c>
       <c r="H183">
         <v>2013</v>
       </c>
       <c r="I183">
         <v>2018</v>
       </c>
       <c r="J183" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="K183" t="s">
         <v>24</v>
       </c>
       <c r="L183" t="s">
-        <v>957</v>
+        <v>960</v>
       </c>
       <c r="M183" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="N183" t="s">
         <v>27</v>
       </c>
       <c r="O183" t="s">
-        <v>958</v>
+        <v>961</v>
       </c>
       <c r="P183" t="s">
-        <v>959</v>
+        <v>962</v>
       </c>
     </row>
     <row r="184" spans="1:16">
       <c r="A184" t="s">
-        <v>960</v>
+        <v>963</v>
       </c>
       <c r="B184" t="s">
-        <v>961</v>
+        <v>964</v>
       </c>
       <c r="C184" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="D184" t="s">
-        <v>848</v>
+        <v>851</v>
       </c>
       <c r="E184" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F184" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="G184" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H184">
         <v>2013</v>
       </c>
       <c r="I184"/>
       <c r="J184" t="s">
-        <v>368</v>
+        <v>371</v>
       </c>
       <c r="K184" t="s">
         <v>24</v>
       </c>
       <c r="L184" t="s">
-        <v>962</v>
+        <v>965</v>
       </c>
       <c r="M184" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="N184" t="s">
         <v>27</v>
       </c>
       <c r="O184" t="s">
-        <v>963</v>
+        <v>966</v>
       </c>
       <c r="P184" t="s">
-        <v>964</v>
+        <v>967</v>
       </c>
     </row>
     <row r="185" spans="1:16">
       <c r="A185" t="s">
-        <v>965</v>
+        <v>968</v>
       </c>
       <c r="B185" t="s">
-        <v>966</v>
+        <v>969</v>
       </c>
       <c r="C185" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="D185" t="s">
-        <v>967</v>
+        <v>970</v>
       </c>
       <c r="E185" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F185" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="G185" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H185">
         <v>2012</v>
       </c>
       <c r="I185"/>
       <c r="J185" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="K185" t="s">
-        <v>396</v>
+        <v>399</v>
       </c>
       <c r="L185" t="s">
-        <v>968</v>
+        <v>971</v>
       </c>
       <c r="M185" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="N185" t="s">
         <v>27</v>
       </c>
       <c r="O185" t="s">
-        <v>969</v>
+        <v>972</v>
       </c>
       <c r="P185" t="s">
-        <v>970</v>
+        <v>973</v>
       </c>
     </row>
     <row r="186" spans="1:16">
       <c r="A186" t="s">
-        <v>971</v>
+        <v>974</v>
       </c>
       <c r="B186" t="s">
-        <v>972</v>
+        <v>975</v>
       </c>
       <c r="C186" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="D186" t="s">
-        <v>973</v>
+        <v>976</v>
       </c>
       <c r="E186" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F186" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="G186" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H186">
         <v>2011</v>
       </c>
       <c r="I186"/>
       <c r="J186" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="K186" t="s">
         <v>24</v>
       </c>
       <c r="L186" t="s">
-        <v>974</v>
+        <v>977</v>
       </c>
       <c r="M186" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="N186" t="s">
         <v>27</v>
       </c>
       <c r="O186" t="s">
-        <v>975</v>
+        <v>978</v>
       </c>
       <c r="P186" t="s">
-        <v>976</v>
+        <v>979</v>
       </c>
     </row>
     <row r="187" spans="1:16">
       <c r="A187" t="s">
-        <v>977</v>
+        <v>980</v>
       </c>
       <c r="B187" t="s">
-        <v>978</v>
+        <v>981</v>
       </c>
       <c r="C187" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="D187" t="s">
-        <v>402</v>
+        <v>405</v>
       </c>
       <c r="E187" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F187" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="G187" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H187">
         <v>2013</v>
       </c>
       <c r="I187"/>
       <c r="J187" t="s">
-        <v>368</v>
+        <v>371</v>
       </c>
       <c r="K187" t="s">
         <v>24</v>
       </c>
       <c r="L187" t="s">
-        <v>979</v>
+        <v>982</v>
       </c>
       <c r="M187" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="N187" t="s">
         <v>27</v>
       </c>
       <c r="O187" t="s">
-        <v>980</v>
+        <v>983</v>
       </c>
       <c r="P187" t="s">
-        <v>981</v>
+        <v>984</v>
       </c>
     </row>
     <row r="188" spans="1:16">
       <c r="A188" t="s">
-        <v>982</v>
+        <v>985</v>
       </c>
       <c r="B188" t="s">
-        <v>983</v>
+        <v>986</v>
       </c>
       <c r="C188" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="D188" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="E188" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F188" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="G188" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H188">
         <v>2013</v>
       </c>
       <c r="I188"/>
       <c r="J188" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="K188" t="s">
         <v>24</v>
       </c>
       <c r="L188" t="s">
-        <v>984</v>
+        <v>987</v>
       </c>
       <c r="M188" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="N188" t="s">
         <v>27</v>
       </c>
       <c r="O188" t="s">
-        <v>985</v>
+        <v>988</v>
       </c>
       <c r="P188" t="s">
-        <v>986</v>
+        <v>989</v>
       </c>
     </row>
     <row r="189" spans="1:16">
       <c r="A189" t="s">
-        <v>987</v>
+        <v>990</v>
       </c>
       <c r="B189" t="s">
-        <v>988</v>
+        <v>991</v>
       </c>
       <c r="C189" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="D189" t="s">
-        <v>518</v>
+        <v>521</v>
       </c>
       <c r="E189" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F189" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="G189" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H189">
         <v>2012</v>
       </c>
       <c r="I189"/>
       <c r="J189" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="K189" t="s">
         <v>24</v>
       </c>
       <c r="L189" t="s">
-        <v>989</v>
+        <v>992</v>
       </c>
       <c r="M189" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="N189" t="s">
         <v>27</v>
       </c>
       <c r="O189" t="s">
-        <v>990</v>
+        <v>993</v>
       </c>
       <c r="P189" t="s">
-        <v>991</v>
+        <v>994</v>
       </c>
     </row>
     <row r="190" spans="1:16">
       <c r="A190" t="s">
-        <v>992</v>
+        <v>995</v>
       </c>
       <c r="B190" t="s">
-        <v>993</v>
+        <v>996</v>
       </c>
       <c r="C190" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="D190" t="s">
-        <v>711</v>
+        <v>714</v>
       </c>
       <c r="E190" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F190" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="G190" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H190">
         <v>2012</v>
       </c>
       <c r="I190"/>
       <c r="J190" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
       <c r="K190" t="s">
         <v>24</v>
       </c>
       <c r="L190" t="s">
-        <v>994</v>
+        <v>997</v>
       </c>
       <c r="M190" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="N190" t="s">
         <v>27</v>
       </c>
       <c r="O190" t="s">
-        <v>995</v>
+        <v>998</v>
       </c>
       <c r="P190" t="s">
-        <v>996</v>
+        <v>999</v>
       </c>
     </row>
     <row r="191" spans="1:16">
       <c r="A191" t="s">
-        <v>997</v>
+        <v>1000</v>
       </c>
       <c r="B191" t="s">
-        <v>998</v>
+        <v>1001</v>
       </c>
       <c r="C191" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="D191" t="s">
-        <v>999</v>
+        <v>1002</v>
       </c>
       <c r="E191" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F191" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="G191" t="s">
         <v>22</v>
       </c>
       <c r="H191">
         <v>2003</v>
       </c>
       <c r="I191">
         <v>2012</v>
       </c>
       <c r="J191" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="K191" t="s">
         <v>24</v>
       </c>
       <c r="L191" t="s">
-        <v>1000</v>
+        <v>1003</v>
       </c>
       <c r="M191" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="N191" t="s">
         <v>27</v>
       </c>
       <c r="O191" t="s">
-        <v>1001</v>
+        <v>1004</v>
       </c>
       <c r="P191" t="s">
-        <v>1002</v>
+        <v>1005</v>
       </c>
     </row>
     <row r="192" spans="1:16">
       <c r="A192" t="s">
-        <v>1003</v>
+        <v>1006</v>
       </c>
       <c r="B192" t="s">
-        <v>1004</v>
+        <v>1007</v>
       </c>
       <c r="C192" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="D192" t="s">
-        <v>1005</v>
+        <v>1008</v>
       </c>
       <c r="E192" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F192" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="G192" t="s">
         <v>22</v>
       </c>
       <c r="H192">
         <v>2011</v>
       </c>
       <c r="I192">
         <v>2017</v>
       </c>
       <c r="J192" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="K192" t="s">
-        <v>1006</v>
+        <v>1009</v>
       </c>
       <c r="L192" t="s">
-        <v>1007</v>
+        <v>1010</v>
       </c>
       <c r="M192" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="N192" t="s">
-        <v>1008</v>
+        <v>1011</v>
       </c>
       <c r="O192" t="s">
-        <v>1009</v>
+        <v>1012</v>
       </c>
       <c r="P192" t="s">
-        <v>1010</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="193" spans="1:16">
       <c r="A193" t="s">
-        <v>1011</v>
+        <v>1014</v>
       </c>
       <c r="B193" t="s">
-        <v>1012</v>
+        <v>1015</v>
       </c>
       <c r="C193" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="D193" t="s">
-        <v>457</v>
+        <v>460</v>
       </c>
       <c r="E193" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F193" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="G193" t="s">
         <v>22</v>
       </c>
       <c r="H193">
         <v>2002</v>
       </c>
       <c r="I193">
         <v>2015</v>
       </c>
       <c r="J193" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="K193" t="s">
         <v>24</v>
       </c>
       <c r="L193" t="s">
-        <v>1013</v>
+        <v>1016</v>
       </c>
       <c r="M193" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="N193" t="s">
         <v>27</v>
       </c>
       <c r="O193" t="s">
-        <v>1014</v>
+        <v>1017</v>
       </c>
       <c r="P193" t="s">
-        <v>1015</v>
+        <v>1018</v>
       </c>
     </row>
     <row r="194" spans="1:16">
       <c r="A194" t="s">
-        <v>1016</v>
+        <v>1019</v>
       </c>
       <c r="B194" t="s">
-        <v>1017</v>
+        <v>1020</v>
       </c>
       <c r="C194" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="D194" t="s">
-        <v>1018</v>
+        <v>1021</v>
       </c>
       <c r="E194" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F194" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="G194" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H194">
         <v>2013</v>
       </c>
       <c r="I194"/>
       <c r="J194" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="K194" t="s">
         <v>24</v>
       </c>
       <c r="L194" t="s">
-        <v>1019</v>
+        <v>1022</v>
       </c>
       <c r="M194" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="N194" t="s">
         <v>27</v>
       </c>
       <c r="O194" t="s">
-        <v>1020</v>
+        <v>1023</v>
       </c>
       <c r="P194" t="s">
-        <v>1021</v>
+        <v>1024</v>
       </c>
     </row>
     <row r="195" spans="1:16">
       <c r="A195" t="s">
-        <v>1022</v>
+        <v>1025</v>
       </c>
       <c r="B195" t="s">
-        <v>1023</v>
+        <v>1026</v>
       </c>
       <c r="C195" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="D195" t="s">
-        <v>1024</v>
+        <v>1027</v>
       </c>
       <c r="E195" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F195" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="G195" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H195">
         <v>2012</v>
       </c>
       <c r="I195"/>
       <c r="J195" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="K195" t="s">
         <v>24</v>
       </c>
       <c r="L195" t="s">
-        <v>1025</v>
+        <v>1028</v>
       </c>
       <c r="M195" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="N195" t="s">
         <v>27</v>
       </c>
       <c r="O195" t="s">
-        <v>1026</v>
+        <v>1029</v>
       </c>
       <c r="P195" t="s">
-        <v>1027</v>
+        <v>1030</v>
       </c>
     </row>
     <row r="196" spans="1:16">
       <c r="A196" t="s">
-        <v>1028</v>
+        <v>1031</v>
       </c>
       <c r="B196" t="s">
-        <v>1029</v>
+        <v>1032</v>
       </c>
       <c r="C196" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="D196" t="s">
-        <v>1030</v>
+        <v>1033</v>
       </c>
       <c r="E196" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F196" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="G196" t="s">
         <v>22</v>
       </c>
       <c r="H196">
         <v>2001</v>
       </c>
       <c r="I196"/>
       <c r="J196" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="K196" t="s">
         <v>24</v>
       </c>
       <c r="L196" t="s">
-        <v>1031</v>
+        <v>1034</v>
       </c>
       <c r="M196" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="N196" t="s">
         <v>27</v>
       </c>
       <c r="O196" t="s">
-        <v>1032</v>
+        <v>1035</v>
       </c>
       <c r="P196" t="s">
-        <v>1033</v>
+        <v>1036</v>
       </c>
     </row>
     <row r="197" spans="1:16">
       <c r="A197" t="s">
-        <v>1034</v>
+        <v>1037</v>
       </c>
       <c r="B197" t="s">
-        <v>1035</v>
+        <v>1038</v>
       </c>
       <c r="C197" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="D197" t="s">
-        <v>1036</v>
+        <v>1039</v>
       </c>
       <c r="E197" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F197" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="G197" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H197">
         <v>2014</v>
       </c>
       <c r="I197"/>
       <c r="J197" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="K197" t="s">
         <v>24</v>
       </c>
       <c r="L197" t="s">
-        <v>1037</v>
+        <v>1040</v>
       </c>
       <c r="M197" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="N197" t="s">
         <v>27</v>
       </c>
       <c r="O197" t="s">
-        <v>1038</v>
+        <v>1041</v>
       </c>
       <c r="P197" t="s">
-        <v>1039</v>
+        <v>1042</v>
       </c>
     </row>
     <row r="198" spans="1:16">
       <c r="A198" t="s">
-        <v>1040</v>
+        <v>1043</v>
       </c>
       <c r="B198" t="s">
-        <v>1041</v>
+        <v>1044</v>
       </c>
       <c r="C198" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="D198" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="E198" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F198" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="G198" t="s">
         <v>22</v>
       </c>
       <c r="H198">
         <v>2013</v>
       </c>
       <c r="I198">
         <v>2017</v>
       </c>
       <c r="J198" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="K198" t="s">
         <v>24</v>
       </c>
       <c r="L198" t="s">
-        <v>1042</v>
+        <v>1045</v>
       </c>
       <c r="M198" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="N198" t="s">
         <v>27</v>
       </c>
       <c r="O198" t="s">
-        <v>1043</v>
+        <v>1046</v>
       </c>
       <c r="P198" t="s">
-        <v>1044</v>
+        <v>1047</v>
       </c>
     </row>
     <row r="199" spans="1:16">
       <c r="A199" t="s">
-        <v>1045</v>
+        <v>1048</v>
       </c>
       <c r="B199" t="s">
-        <v>1046</v>
+        <v>1049</v>
       </c>
       <c r="C199" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="D199" t="s">
-        <v>272</v>
+        <v>275</v>
       </c>
       <c r="E199" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F199" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="G199" t="s">
         <v>22</v>
       </c>
       <c r="H199">
         <v>2011</v>
       </c>
       <c r="I199"/>
       <c r="J199" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="K199" t="s">
         <v>24</v>
       </c>
       <c r="L199" t="s">
-        <v>1047</v>
+        <v>1050</v>
       </c>
       <c r="M199" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="N199" t="s">
         <v>27</v>
       </c>
       <c r="O199" t="s">
-        <v>1048</v>
+        <v>1051</v>
       </c>
       <c r="P199" t="s">
-        <v>1049</v>
+        <v>1052</v>
       </c>
     </row>
     <row r="200" spans="1:16">
       <c r="A200" t="s">
-        <v>1050</v>
+        <v>1053</v>
       </c>
       <c r="B200" t="s">
-        <v>1051</v>
+        <v>1054</v>
       </c>
       <c r="C200" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="D200" t="s">
-        <v>735</v>
+        <v>738</v>
       </c>
       <c r="E200" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F200" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="G200" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H200">
         <v>1998</v>
       </c>
       <c r="I200"/>
       <c r="J200" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="K200" t="s">
         <v>24</v>
       </c>
       <c r="L200" t="s">
-        <v>1052</v>
+        <v>1055</v>
       </c>
       <c r="M200" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="N200" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="O200" t="s">
-        <v>1053</v>
+        <v>1056</v>
       </c>
       <c r="P200" t="s">
-        <v>1054</v>
+        <v>1057</v>
       </c>
     </row>
     <row r="201" spans="1:16">
       <c r="A201" t="s">
-        <v>1055</v>
+        <v>1058</v>
       </c>
       <c r="B201" t="s">
-        <v>1056</v>
+        <v>1059</v>
       </c>
       <c r="C201" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="D201" t="s">
-        <v>999</v>
+        <v>1002</v>
       </c>
       <c r="E201" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F201" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="G201" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H201">
         <v>2018</v>
       </c>
       <c r="I201"/>
       <c r="J201" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="K201" t="s">
         <v>24</v>
       </c>
       <c r="L201" t="s">
-        <v>1057</v>
+        <v>1060</v>
       </c>
       <c r="M201" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="N201" t="s">
         <v>27</v>
       </c>
       <c r="O201" t="s">
-        <v>1058</v>
+        <v>1061</v>
       </c>
       <c r="P201" t="s">
-        <v>1059</v>
+        <v>1062</v>
       </c>
     </row>
     <row r="202" spans="1:16">
       <c r="A202" t="s">
-        <v>1060</v>
+        <v>1063</v>
       </c>
       <c r="B202" t="s">
-        <v>1061</v>
+        <v>1064</v>
       </c>
       <c r="C202" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="D202" t="s">
-        <v>999</v>
+        <v>1002</v>
       </c>
       <c r="E202" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F202" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="G202" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H202">
         <v>2018</v>
       </c>
       <c r="I202"/>
       <c r="J202" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="K202" t="s">
         <v>24</v>
       </c>
       <c r="L202" t="s">
-        <v>1062</v>
+        <v>1065</v>
       </c>
       <c r="M202" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="N202" t="s">
         <v>27</v>
       </c>
       <c r="O202" t="s">
-        <v>1063</v>
+        <v>1066</v>
       </c>
       <c r="P202" t="s">
-        <v>1064</v>
+        <v>1067</v>
       </c>
     </row>
     <row r="203" spans="1:16">
       <c r="A203" t="s">
-        <v>1065</v>
+        <v>1068</v>
       </c>
       <c r="B203" t="s">
-        <v>1066</v>
+        <v>1069</v>
       </c>
       <c r="C203" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="D203" t="s">
-        <v>278</v>
+        <v>281</v>
       </c>
       <c r="E203" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F203" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="G203" t="s">
         <v>22</v>
       </c>
       <c r="H203">
         <v>2013</v>
       </c>
       <c r="I203">
         <v>2021</v>
       </c>
       <c r="J203" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="K203" t="s">
         <v>24</v>
       </c>
       <c r="L203" t="s">
-        <v>1067</v>
+        <v>1070</v>
       </c>
       <c r="M203" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="N203" t="s">
         <v>27</v>
       </c>
       <c r="O203" t="s">
-        <v>1068</v>
+        <v>1071</v>
       </c>
       <c r="P203" t="s">
-        <v>1069</v>
+        <v>1072</v>
       </c>
     </row>
     <row r="204" spans="1:16">
       <c r="A204" t="s">
-        <v>1070</v>
+        <v>1073</v>
       </c>
       <c r="B204" t="s">
-        <v>1071</v>
+        <v>1074</v>
       </c>
       <c r="C204" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="D204" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="E204" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F204" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="G204" t="s">
         <v>22</v>
       </c>
       <c r="H204">
         <v>2002</v>
       </c>
       <c r="I204">
         <v>2021</v>
       </c>
       <c r="J204" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="K204" t="s">
         <v>24</v>
       </c>
       <c r="L204" t="s">
-        <v>1072</v>
+        <v>1075</v>
       </c>
       <c r="M204" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="N204" t="s">
         <v>27</v>
       </c>
       <c r="O204" t="s">
-        <v>1073</v>
+        <v>1076</v>
       </c>
       <c r="P204" t="s">
-        <v>1074</v>
+        <v>1077</v>
       </c>
     </row>
     <row r="205" spans="1:16">
       <c r="A205" t="s">
-        <v>1075</v>
+        <v>1078</v>
       </c>
       <c r="B205" t="s">
-        <v>1076</v>
+        <v>1079</v>
       </c>
       <c r="C205" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="D205" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="E205" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F205" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="G205" t="s">
         <v>22</v>
       </c>
       <c r="H205">
         <v>2003</v>
       </c>
       <c r="I205">
         <v>2021</v>
       </c>
       <c r="J205" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="K205" t="s">
         <v>24</v>
       </c>
       <c r="L205" t="s">
-        <v>1077</v>
+        <v>1080</v>
       </c>
       <c r="M205" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="N205" t="s">
         <v>27</v>
       </c>
       <c r="O205" t="s">
-        <v>1078</v>
+        <v>1081</v>
       </c>
       <c r="P205" t="s">
-        <v>1079</v>
+        <v>1082</v>
       </c>
     </row>
     <row r="206" spans="1:16">
       <c r="A206" t="s">
-        <v>1080</v>
+        <v>1083</v>
       </c>
       <c r="B206" t="s">
-        <v>1081</v>
+        <v>1084</v>
       </c>
       <c r="C206" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="D206" t="s">
-        <v>1082</v>
+        <v>1085</v>
       </c>
       <c r="E206" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F206" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="G206" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H206">
         <v>2012</v>
       </c>
       <c r="I206"/>
       <c r="J206" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="K206" t="s">
         <v>24</v>
       </c>
       <c r="L206" t="s">
-        <v>1083</v>
+        <v>1086</v>
       </c>
       <c r="M206" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="N206" t="s">
         <v>27</v>
       </c>
       <c r="O206" t="s">
-        <v>1084</v>
+        <v>1087</v>
       </c>
       <c r="P206" t="s">
-        <v>1085</v>
+        <v>1088</v>
       </c>
     </row>
     <row r="207" spans="1:16">
       <c r="A207" t="s">
-        <v>1086</v>
+        <v>1089</v>
       </c>
       <c r="B207" t="s">
-        <v>1087</v>
+        <v>1090</v>
       </c>
       <c r="C207" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="D207" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="E207" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F207" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="G207" t="s">
         <v>22</v>
       </c>
       <c r="H207">
         <v>2004</v>
       </c>
       <c r="I207">
         <v>2012</v>
       </c>
       <c r="J207" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="K207" t="s">
         <v>24</v>
       </c>
       <c r="L207" t="s">
-        <v>1088</v>
+        <v>1091</v>
       </c>
       <c r="M207" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="N207" t="s">
         <v>27</v>
       </c>
       <c r="O207" t="s">
-        <v>1089</v>
+        <v>1092</v>
       </c>
       <c r="P207" t="s">
-        <v>1090</v>
+        <v>1093</v>
       </c>
     </row>
     <row r="208" spans="1:16">
       <c r="A208" t="s">
-        <v>1091</v>
+        <v>1094</v>
       </c>
       <c r="B208" t="s">
-        <v>1092</v>
+        <v>1095</v>
       </c>
       <c r="C208" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="D208" t="s">
-        <v>1093</v>
+        <v>1096</v>
       </c>
       <c r="E208" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F208" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="G208" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H208">
         <v>2014</v>
       </c>
       <c r="I208"/>
       <c r="J208" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
       <c r="K208" t="s">
         <v>24</v>
       </c>
       <c r="L208" t="s">
-        <v>1094</v>
+        <v>1097</v>
       </c>
       <c r="M208" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="N208" t="s">
         <v>27</v>
       </c>
       <c r="O208" t="s">
-        <v>1095</v>
+        <v>1098</v>
       </c>
       <c r="P208" t="s">
-        <v>1096</v>
+        <v>1099</v>
       </c>
     </row>
     <row r="209" spans="1:16">
       <c r="A209" t="s">
-        <v>1097</v>
+        <v>1100</v>
       </c>
       <c r="B209" t="s">
-        <v>1098</v>
+        <v>1101</v>
       </c>
       <c r="C209" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="D209" t="s">
-        <v>1099</v>
+        <v>1102</v>
       </c>
       <c r="E209" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F209" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="G209" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H209">
         <v>2015</v>
       </c>
       <c r="I209"/>
       <c r="J209" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="K209" t="s">
         <v>24</v>
       </c>
       <c r="L209" t="s">
-        <v>1100</v>
+        <v>1103</v>
       </c>
       <c r="M209" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="N209" t="s">
         <v>27</v>
       </c>
       <c r="O209" t="s">
-        <v>1101</v>
+        <v>1104</v>
       </c>
       <c r="P209" t="s">
-        <v>1102</v>
+        <v>1105</v>
       </c>
     </row>
     <row r="210" spans="1:16">
       <c r="A210" t="s">
-        <v>1103</v>
+        <v>1106</v>
       </c>
       <c r="B210" t="s">
-        <v>1104</v>
+        <v>1107</v>
       </c>
       <c r="C210" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="D210" t="s">
-        <v>822</v>
+        <v>825</v>
       </c>
       <c r="E210" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F210" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="G210" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H210">
         <v>2012</v>
       </c>
       <c r="I210"/>
       <c r="J210" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="K210" t="s">
         <v>24</v>
       </c>
       <c r="L210" t="s">
-        <v>1105</v>
+        <v>1108</v>
       </c>
       <c r="M210" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="N210" t="s">
         <v>27</v>
       </c>
       <c r="O210" t="s">
-        <v>1106</v>
+        <v>1109</v>
       </c>
       <c r="P210" t="s">
-        <v>1107</v>
+        <v>1110</v>
       </c>
     </row>
     <row r="211" spans="1:16">
       <c r="A211" t="s">
-        <v>1108</v>
+        <v>1111</v>
       </c>
       <c r="B211" t="s">
-        <v>1109</v>
+        <v>1112</v>
       </c>
       <c r="C211" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="D211" t="s">
-        <v>1110</v>
+        <v>1113</v>
       </c>
       <c r="E211" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F211" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="G211" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H211">
         <v>2004</v>
       </c>
       <c r="I211"/>
       <c r="J211" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="K211" t="s">
         <v>24</v>
       </c>
       <c r="L211" t="s">
-        <v>1111</v>
+        <v>1114</v>
       </c>
       <c r="M211" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="N211" t="s">
         <v>27</v>
       </c>
       <c r="O211" t="s">
-        <v>1112</v>
+        <v>1115</v>
       </c>
       <c r="P211" t="s">
-        <v>1113</v>
+        <v>1116</v>
       </c>
     </row>
     <row r="212" spans="1:16">
       <c r="A212" t="s">
-        <v>1114</v>
+        <v>1117</v>
       </c>
       <c r="B212" t="s">
-        <v>1115</v>
+        <v>1118</v>
       </c>
       <c r="C212" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="D212" t="s">
-        <v>301</v>
+        <v>304</v>
       </c>
       <c r="E212" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F212" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="G212" t="s">
         <v>22</v>
       </c>
       <c r="H212">
         <v>2015</v>
       </c>
       <c r="I212">
         <v>2021</v>
       </c>
       <c r="J212" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="K212" t="s">
         <v>24</v>
       </c>
       <c r="L212" t="s">
-        <v>1116</v>
+        <v>1119</v>
       </c>
       <c r="M212" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="N212" t="s">
         <v>27</v>
       </c>
       <c r="O212" t="s">
-        <v>1117</v>
+        <v>1120</v>
       </c>
       <c r="P212" t="s">
-        <v>1118</v>
+        <v>1121</v>
       </c>
     </row>
     <row r="213" spans="1:16">
       <c r="A213" t="s">
-        <v>1119</v>
+        <v>1122</v>
       </c>
       <c r="B213" t="s">
-        <v>1120</v>
+        <v>1123</v>
       </c>
       <c r="C213" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="D213" t="s">
-        <v>307</v>
+        <v>310</v>
       </c>
       <c r="E213" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F213" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="G213" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H213">
         <v>2014</v>
       </c>
       <c r="I213"/>
       <c r="J213" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="K213" t="s">
         <v>24</v>
       </c>
       <c r="L213" t="s">
-        <v>1121</v>
+        <v>1124</v>
       </c>
       <c r="M213" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="N213" t="s">
         <v>27</v>
       </c>
       <c r="O213" t="s">
-        <v>1122</v>
+        <v>1125</v>
       </c>
       <c r="P213" t="s">
-        <v>1123</v>
+        <v>1126</v>
       </c>
     </row>
     <row r="214" spans="1:16">
       <c r="A214" t="s">
-        <v>1124</v>
+        <v>1127</v>
       </c>
       <c r="B214" t="s">
-        <v>1125</v>
+        <v>1128</v>
       </c>
       <c r="C214" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="D214" t="s">
-        <v>1126</v>
+        <v>1129</v>
       </c>
       <c r="E214" t="s">
         <v>20</v>
       </c>
       <c r="F214" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="G214" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H214">
         <v>2016</v>
       </c>
       <c r="I214"/>
       <c r="J214" t="s">
-        <v>1127</v>
+        <v>1130</v>
       </c>
       <c r="K214" t="s">
         <v>24</v>
       </c>
       <c r="L214"/>
       <c r="M214" t="s">
-        <v>1128</v>
+        <v>1131</v>
       </c>
       <c r="N214" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="O214" t="s">
-        <v>1129</v>
+        <v>1132</v>
       </c>
       <c r="P214" t="s">
-        <v>1130</v>
+        <v>1133</v>
       </c>
     </row>
     <row r="215" spans="1:16">
       <c r="A215" t="s">
-        <v>1131</v>
+        <v>1134</v>
       </c>
       <c r="B215" t="s">
-        <v>1132</v>
+        <v>1135</v>
       </c>
       <c r="C215" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="D215" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="E215" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F215" t="s">
         <v>42</v>
       </c>
       <c r="G215" t="s">
         <v>22</v>
       </c>
       <c r="H215">
         <v>2001</v>
       </c>
       <c r="I215">
         <v>2019</v>
       </c>
       <c r="J215" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="K215" t="s">
         <v>24</v>
       </c>
       <c r="L215" t="s">
-        <v>1133</v>
+        <v>1136</v>
       </c>
       <c r="M215" t="s">
-        <v>244</v>
+        <v>247</v>
       </c>
       <c r="N215" t="s">
         <v>27</v>
       </c>
       <c r="O215" t="s">
-        <v>1134</v>
+        <v>1137</v>
       </c>
       <c r="P215" t="s">
-        <v>1135</v>
+        <v>1138</v>
       </c>
     </row>
     <row r="216" spans="1:16">
       <c r="A216" t="s">
-        <v>1136</v>
+        <v>1139</v>
       </c>
       <c r="B216" t="s">
-        <v>1137</v>
+        <v>1140</v>
       </c>
       <c r="C216" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="D216" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="E216" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F216" t="s">
         <v>42</v>
       </c>
       <c r="G216" t="s">
         <v>22</v>
       </c>
       <c r="H216">
         <v>1995</v>
       </c>
       <c r="I216">
         <v>2019</v>
       </c>
       <c r="J216" t="s">
-        <v>250</v>
+        <v>253</v>
       </c>
       <c r="K216" t="s">
         <v>24</v>
       </c>
       <c r="L216" t="s">
-        <v>1138</v>
+        <v>1141</v>
       </c>
       <c r="M216" t="s">
-        <v>244</v>
+        <v>247</v>
       </c>
       <c r="N216" t="s">
         <v>27</v>
       </c>
       <c r="O216" t="s">
-        <v>1139</v>
+        <v>1142</v>
       </c>
       <c r="P216" t="s">
-        <v>1140</v>
+        <v>1143</v>
       </c>
     </row>
     <row r="217" spans="1:16">
       <c r="A217" t="s">
-        <v>1141</v>
+        <v>1144</v>
       </c>
       <c r="B217" t="s">
-        <v>1142</v>
+        <v>1145</v>
       </c>
       <c r="C217" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="D217" t="s">
-        <v>242</v>
+        <v>245</v>
       </c>
       <c r="E217" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F217" t="s">
         <v>42</v>
       </c>
       <c r="G217" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="H217">
         <v>2021</v>
       </c>
       <c r="I217"/>
       <c r="J217" t="s">
-        <v>250</v>
+        <v>253</v>
       </c>
       <c r="K217" t="s">
         <v>24</v>
       </c>
       <c r="L217" t="s">
-        <v>1143</v>
+        <v>1146</v>
       </c>
       <c r="M217" t="s">
-        <v>286</v>
+        <v>289</v>
       </c>
       <c r="N217" t="s">
         <v>27</v>
       </c>
       <c r="O217" t="s">
-        <v>1144</v>
+        <v>1147</v>
       </c>
       <c r="P217" t="s">
-        <v>1145</v>
+        <v>1148</v>
       </c>
     </row>
     <row r="218" spans="1:16">
       <c r="A218" t="s">
-        <v>1146</v>
+        <v>1149</v>
       </c>
       <c r="B218" t="s">
-        <v>1147</v>
+        <v>1150</v>
       </c>
       <c r="C218" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="D218" t="s">
-        <v>560</v>
+        <v>563</v>
       </c>
       <c r="E218" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F218" t="s">
         <v>42</v>
       </c>
       <c r="G218" t="s">
         <v>22</v>
       </c>
       <c r="H218">
         <v>2014</v>
       </c>
       <c r="I218">
         <v>2019</v>
       </c>
       <c r="J218" t="s">
-        <v>250</v>
+        <v>253</v>
       </c>
       <c r="K218" t="s">
         <v>24</v>
       </c>
       <c r="L218" t="s">
-        <v>1148</v>
+        <v>1151</v>
       </c>
       <c r="M218" t="s">
-        <v>244</v>
+        <v>247</v>
       </c>
       <c r="N218" t="s">
         <v>27</v>
       </c>
       <c r="O218" t="s">
-        <v>1149</v>
+        <v>1152</v>
       </c>
       <c r="P218" t="s">
-        <v>1150</v>
+        <v>1153</v>
       </c>
     </row>
     <row r="219" spans="1:16">
       <c r="A219" t="s">
-        <v>1151</v>
+        <v>1154</v>
       </c>
       <c r="B219" t="s">
-        <v>1152</v>
+        <v>1155</v>
       </c>
       <c r="C219" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="D219" t="s">
-        <v>1036</v>
+        <v>1039</v>
       </c>
       <c r="E219" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F219" t="s">
         <v>42</v>
       </c>
       <c r="G219" t="s">
         <v>22</v>
       </c>
       <c r="H219">
         <v>2012</v>
       </c>
       <c r="I219">
         <v>2019</v>
       </c>
       <c r="J219" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="K219" t="s">
         <v>24</v>
       </c>
       <c r="L219" t="s">
-        <v>1153</v>
+        <v>1156</v>
       </c>
       <c r="M219" t="s">
-        <v>244</v>
+        <v>247</v>
       </c>
       <c r="N219" t="s">
         <v>27</v>
       </c>
       <c r="O219" t="s">
-        <v>1154</v>
+        <v>1157</v>
       </c>
       <c r="P219" t="s">
-        <v>1155</v>
+        <v>1158</v>
       </c>
     </row>
     <row r="220" spans="1:16">
       <c r="A220" t="s">
-        <v>1156</v>
+        <v>1159</v>
       </c>
       <c r="B220" t="s">
-        <v>1157</v>
+        <v>1160</v>
       </c>
       <c r="C220" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="D220" t="s">
-        <v>973</v>
+        <v>976</v>
       </c>
       <c r="E220" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F220" t="s">
         <v>42</v>
       </c>
       <c r="G220" t="s">
         <v>22</v>
       </c>
       <c r="H220">
         <v>2001</v>
       </c>
       <c r="I220">
         <v>2019</v>
       </c>
       <c r="J220" t="s">
-        <v>250</v>
+        <v>253</v>
       </c>
       <c r="K220" t="s">
         <v>24</v>
       </c>
       <c r="L220" t="s">
-        <v>1158</v>
+        <v>1161</v>
       </c>
       <c r="M220" t="s">
-        <v>244</v>
+        <v>247</v>
       </c>
       <c r="N220" t="s">
         <v>27</v>
       </c>
       <c r="O220" t="s">
-        <v>1159</v>
+        <v>1162</v>
       </c>
       <c r="P220" t="s">
-        <v>1160</v>
+        <v>1163</v>
       </c>
     </row>
     <row r="221" spans="1:16">
       <c r="A221" t="s">
-        <v>1161</v>
+        <v>1164</v>
       </c>
       <c r="B221" t="s">
-        <v>1162</v>
+        <v>1165</v>
       </c>
       <c r="C221" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="D221" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="E221" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F221" t="s">
         <v>42</v>
       </c>
       <c r="G221" t="s">
         <v>22</v>
       </c>
       <c r="H221">
         <v>1995</v>
       </c>
       <c r="I221">
         <v>2019</v>
       </c>
       <c r="J221" t="s">
-        <v>250</v>
+        <v>253</v>
       </c>
       <c r="K221" t="s">
         <v>24</v>
       </c>
       <c r="L221" t="s">
-        <v>1163</v>
+        <v>1166</v>
       </c>
       <c r="M221" t="s">
-        <v>244</v>
+        <v>247</v>
       </c>
       <c r="N221" t="s">
         <v>27</v>
       </c>
       <c r="O221" t="s">
-        <v>1164</v>
+        <v>1167</v>
       </c>
       <c r="P221" t="s">
-        <v>1165</v>
+        <v>1168</v>
       </c>
     </row>
     <row r="222" spans="1:16">
       <c r="A222" t="s">
-        <v>1166</v>
+        <v>1169</v>
       </c>
       <c r="B222" t="s">
-        <v>1167</v>
+        <v>1170</v>
       </c>
       <c r="C222" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="D222" t="s">
-        <v>284</v>
+        <v>287</v>
       </c>
       <c r="E222" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F222" t="s">
         <v>42</v>
       </c>
       <c r="G222" t="s">
         <v>22</v>
       </c>
       <c r="H222">
         <v>2004</v>
       </c>
       <c r="I222">
         <v>2019</v>
       </c>
       <c r="J222" t="s">
-        <v>250</v>
+        <v>253</v>
       </c>
       <c r="K222" t="s">
         <v>24</v>
       </c>
       <c r="L222" t="s">
-        <v>1168</v>
+        <v>1171</v>
       </c>
       <c r="M222" t="s">
-        <v>244</v>
+        <v>247</v>
       </c>
       <c r="N222" t="s">
         <v>27</v>
       </c>
       <c r="O222" t="s">
-        <v>1169</v>
+        <v>1172</v>
       </c>
       <c r="P222" t="s">
-        <v>1170</v>
+        <v>1173</v>
       </c>
     </row>
     <row r="223" spans="1:16">
       <c r="A223" t="s">
-        <v>1171</v>
+        <v>1174</v>
       </c>
       <c r="B223" t="s">
-        <v>1172</v>
+        <v>1175</v>
       </c>
       <c r="C223" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="D223" t="s">
-        <v>518</v>
+        <v>521</v>
       </c>
       <c r="E223" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F223" t="s">
         <v>42</v>
       </c>
       <c r="G223" t="s">
         <v>22</v>
       </c>
       <c r="H223">
         <v>2011</v>
       </c>
       <c r="I223">
         <v>2019</v>
       </c>
       <c r="J223" t="s">
-        <v>250</v>
+        <v>253</v>
       </c>
       <c r="K223" t="s">
         <v>24</v>
       </c>
       <c r="L223" t="s">
-        <v>1173</v>
+        <v>1176</v>
       </c>
       <c r="M223" t="s">
-        <v>244</v>
+        <v>247</v>
       </c>
       <c r="N223" t="s">
         <v>27</v>
       </c>
       <c r="O223" t="s">
-        <v>1174</v>
+        <v>1177</v>
       </c>
       <c r="P223" t="s">
-        <v>1175</v>
+        <v>1178</v>
       </c>
     </row>
     <row r="224" spans="1:16">
       <c r="A224" t="s">
-        <v>1176</v>
+        <v>1179</v>
       </c>
       <c r="B224" t="s">
-        <v>1177</v>
+        <v>1180</v>
       </c>
       <c r="C224" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="D224" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="E224" t="s">
         <v>20</v>
       </c>
       <c r="F224" t="s">
         <v>21</v>
       </c>
       <c r="G224" t="s">
         <v>22</v>
       </c>
       <c r="H224">
         <v>1997</v>
       </c>
       <c r="I224">
         <v>2022</v>
       </c>
       <c r="J224" t="s">
-        <v>250</v>
+        <v>253</v>
       </c>
       <c r="K224" t="s">
         <v>24</v>
       </c>
       <c r="L224"/>
       <c r="M224" t="s">
-        <v>1178</v>
+        <v>1181</v>
       </c>
       <c r="N224" t="s">
         <v>27</v>
       </c>
       <c r="O224" t="s">
-        <v>1179</v>
+        <v>1182</v>
       </c>
       <c r="P224" t="s">
-        <v>1180</v>
+        <v>1183</v>
       </c>
     </row>
     <row r="225" spans="1:16">
       <c r="A225" t="s">
-        <v>1181</v>
+        <v>1184</v>
       </c>
       <c r="B225" t="s">
-        <v>1182</v>
+        <v>1185</v>
       </c>
       <c r="C225" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="D225" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="E225" t="s">
         <v>20</v>
       </c>
       <c r="F225" t="s">
         <v>21</v>
       </c>
       <c r="G225" t="s">
         <v>22</v>
       </c>
       <c r="H225">
         <v>2003</v>
       </c>
       <c r="I225">
         <v>2013</v>
       </c>
       <c r="J225" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="K225" t="s">
         <v>24</v>
       </c>
       <c r="L225"/>
       <c r="M225" t="s">
-        <v>1178</v>
+        <v>1181</v>
       </c>
       <c r="N225" t="s">
         <v>27</v>
       </c>
       <c r="O225" t="s">
-        <v>1183</v>
+        <v>1186</v>
       </c>
       <c r="P225" t="s">
-        <v>1184</v>
+        <v>1187</v>
       </c>
     </row>
     <row r="226" spans="1:16">
       <c r="A226" t="s">
-        <v>1185</v>
+        <v>1188</v>
       </c>
       <c r="B226" t="s">
-        <v>1186</v>
+        <v>1189</v>
       </c>
       <c r="C226" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="D226" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="E226" t="s">
         <v>20</v>
       </c>
       <c r="F226" t="s">
         <v>21</v>
       </c>
       <c r="G226" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H226">
         <v>2023</v>
       </c>
       <c r="I226"/>
       <c r="J226" t="s">
-        <v>250</v>
+        <v>253</v>
       </c>
       <c r="K226" t="s">
         <v>24</v>
       </c>
       <c r="L226"/>
       <c r="M226" t="s">
-        <v>1187</v>
+        <v>1190</v>
       </c>
       <c r="N226" t="s">
         <v>27</v>
       </c>
       <c r="O226" t="s">
-        <v>1188</v>
+        <v>1191</v>
       </c>
       <c r="P226" t="s">
-        <v>1189</v>
+        <v>1192</v>
       </c>
     </row>
     <row r="227" spans="1:16">
       <c r="A227" t="s">
-        <v>1190</v>
+        <v>1193</v>
       </c>
       <c r="B227" t="s">
-        <v>1191</v>
+        <v>1194</v>
       </c>
       <c r="C227" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="D227" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="E227" t="s">
         <v>20</v>
       </c>
       <c r="F227" t="s">
         <v>21</v>
       </c>
       <c r="G227" t="s">
-        <v>1192</v>
+        <v>1195</v>
       </c>
       <c r="H227">
         <v>2004</v>
       </c>
       <c r="I227"/>
       <c r="J227" t="s">
-        <v>1193</v>
+        <v>1196</v>
       </c>
       <c r="K227" t="s">
         <v>24</v>
       </c>
       <c r="L227" t="s">
-        <v>1194</v>
+        <v>1197</v>
       </c>
       <c r="M227" t="s">
-        <v>1178</v>
+        <v>1181</v>
       </c>
       <c r="N227" t="s">
         <v>27</v>
       </c>
       <c r="O227" t="s">
-        <v>1195</v>
+        <v>1198</v>
       </c>
       <c r="P227" t="s">
-        <v>1196</v>
+        <v>1199</v>
       </c>
     </row>
     <row r="228" spans="1:16">
       <c r="A228" t="s">
-        <v>1197</v>
+        <v>1200</v>
       </c>
       <c r="B228" t="s">
-        <v>1198</v>
+        <v>1201</v>
       </c>
       <c r="C228" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="D228" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="E228" t="s">
         <v>20</v>
       </c>
       <c r="F228" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="G228" t="s">
         <v>22</v>
       </c>
       <c r="H228">
         <v>2004</v>
       </c>
       <c r="I228">
         <v>2021</v>
       </c>
       <c r="J228" t="s">
-        <v>1193</v>
+        <v>1196</v>
       </c>
       <c r="K228" t="s">
         <v>24</v>
       </c>
       <c r="L228"/>
       <c r="M228" t="s">
-        <v>1178</v>
+        <v>1181</v>
       </c>
       <c r="N228" t="s">
         <v>27</v>
       </c>
       <c r="O228" t="s">
-        <v>1199</v>
+        <v>1202</v>
       </c>
       <c r="P228" t="s">
-        <v>1200</v>
+        <v>1203</v>
       </c>
     </row>
     <row r="229" spans="1:16">
       <c r="A229" t="s">
-        <v>1201</v>
+        <v>1204</v>
       </c>
       <c r="B229" t="s">
-        <v>1202</v>
+        <v>1205</v>
       </c>
       <c r="C229" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="D229" t="s">
-        <v>367</v>
+        <v>370</v>
       </c>
       <c r="E229" t="s">
         <v>20</v>
       </c>
       <c r="F229" t="s">
         <v>21</v>
       </c>
       <c r="G229" t="s">
         <v>22</v>
       </c>
       <c r="H229">
         <v>1978</v>
       </c>
       <c r="I229">
         <v>2017</v>
       </c>
       <c r="J229" t="s">
-        <v>250</v>
+        <v>253</v>
       </c>
       <c r="K229" t="s">
         <v>24</v>
       </c>
       <c r="L229"/>
       <c r="M229" t="s">
-        <v>1178</v>
+        <v>1181</v>
       </c>
       <c r="N229" t="s">
         <v>27</v>
       </c>
       <c r="O229" t="s">
-        <v>1203</v>
+        <v>1206</v>
       </c>
       <c r="P229" t="s">
-        <v>1204</v>
+        <v>1207</v>
       </c>
     </row>
     <row r="230" spans="1:16">
       <c r="A230" t="s">
-        <v>1205</v>
+        <v>1208</v>
       </c>
       <c r="B230" t="s">
-        <v>1206</v>
+        <v>1209</v>
       </c>
       <c r="C230" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="D230" t="s">
-        <v>1207</v>
+        <v>1210</v>
       </c>
       <c r="E230" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F230" t="s">
         <v>21</v>
       </c>
       <c r="G230" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H230">
         <v>2013</v>
       </c>
       <c r="I230"/>
       <c r="J230" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
       <c r="K230" t="s">
         <v>24</v>
       </c>
       <c r="L230"/>
       <c r="M230" t="s">
-        <v>1178</v>
+        <v>1181</v>
       </c>
       <c r="N230" t="s">
         <v>27</v>
       </c>
       <c r="O230" t="s">
-        <v>1208</v>
+        <v>1211</v>
       </c>
       <c r="P230" t="s">
-        <v>1209</v>
+        <v>1212</v>
       </c>
     </row>
     <row r="231" spans="1:16">
       <c r="A231" t="s">
-        <v>1210</v>
+        <v>1213</v>
       </c>
       <c r="B231" t="s">
-        <v>1211</v>
+        <v>1214</v>
       </c>
       <c r="C231" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="D231" t="s">
-        <v>692</v>
+        <v>695</v>
       </c>
       <c r="E231" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F231" t="s">
         <v>21</v>
       </c>
       <c r="G231" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H231">
         <v>2014</v>
       </c>
       <c r="I231"/>
       <c r="J231" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
       <c r="K231" t="s">
         <v>24</v>
       </c>
       <c r="L231"/>
       <c r="M231" t="s">
-        <v>1178</v>
+        <v>1181</v>
       </c>
       <c r="N231" t="s">
         <v>27</v>
       </c>
       <c r="O231" t="s">
-        <v>1212</v>
+        <v>1215</v>
       </c>
       <c r="P231" t="s">
-        <v>1213</v>
+        <v>1216</v>
       </c>
     </row>
     <row r="232" spans="1:16">
       <c r="A232" t="s">
-        <v>1214</v>
+        <v>1217</v>
       </c>
       <c r="B232" t="s">
-        <v>1215</v>
+        <v>1218</v>
       </c>
       <c r="C232" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="D232" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="E232" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F232" t="s">
         <v>21</v>
       </c>
       <c r="G232" t="s">
         <v>22</v>
       </c>
       <c r="H232">
         <v>2007</v>
       </c>
       <c r="I232">
         <v>2014</v>
       </c>
       <c r="J232" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
       <c r="K232" t="s">
         <v>24</v>
       </c>
       <c r="L232"/>
       <c r="M232" t="s">
-        <v>1178</v>
+        <v>1181</v>
       </c>
       <c r="N232" t="s">
         <v>27</v>
       </c>
       <c r="O232" t="s">
-        <v>1216</v>
+        <v>1219</v>
       </c>
       <c r="P232" t="s">
-        <v>1217</v>
+        <v>1220</v>
       </c>
     </row>
     <row r="233" spans="1:16">
       <c r="A233" t="s">
-        <v>1218</v>
+        <v>1221</v>
       </c>
       <c r="B233" t="s">
-        <v>1219</v>
+        <v>1222</v>
       </c>
       <c r="C233" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="D233" t="s">
-        <v>692</v>
+        <v>695</v>
       </c>
       <c r="E233" t="s">
         <v>20</v>
       </c>
       <c r="F233" t="s">
         <v>21</v>
       </c>
       <c r="G233" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H233">
         <v>2017</v>
       </c>
       <c r="I233"/>
       <c r="J233" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
       <c r="K233" t="s">
         <v>24</v>
       </c>
       <c r="L233"/>
       <c r="M233" t="s">
-        <v>1178</v>
+        <v>1181</v>
       </c>
       <c r="N233" t="s">
         <v>27</v>
       </c>
       <c r="O233" t="s">
-        <v>1220</v>
+        <v>1223</v>
       </c>
       <c r="P233" t="s">
-        <v>1221</v>
+        <v>1224</v>
       </c>
     </row>
     <row r="234" spans="1:16">
       <c r="A234" t="s">
-        <v>1222</v>
+        <v>1225</v>
       </c>
       <c r="B234" t="s">
-        <v>1223</v>
+        <v>1226</v>
       </c>
       <c r="C234" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="D234" t="s">
-        <v>1224</v>
+        <v>1227</v>
       </c>
       <c r="E234" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F234" t="s">
         <v>21</v>
       </c>
       <c r="G234" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H234">
         <v>2012</v>
       </c>
       <c r="I234"/>
       <c r="J234" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
       <c r="K234" t="s">
         <v>24</v>
       </c>
       <c r="L234"/>
       <c r="M234" t="s">
-        <v>1178</v>
+        <v>1181</v>
       </c>
       <c r="N234" t="s">
         <v>27</v>
       </c>
       <c r="O234" t="s">
-        <v>1225</v>
+        <v>1228</v>
       </c>
       <c r="P234" t="s">
-        <v>1226</v>
+        <v>1229</v>
       </c>
     </row>
     <row r="235" spans="1:16">
       <c r="A235" t="s">
-        <v>1227</v>
+        <v>1230</v>
       </c>
       <c r="B235" t="s">
-        <v>1228</v>
+        <v>1231</v>
       </c>
       <c r="C235" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="D235" t="s">
-        <v>1229</v>
+        <v>1232</v>
       </c>
       <c r="E235" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F235" t="s">
         <v>21</v>
       </c>
       <c r="G235" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H235">
         <v>2013</v>
       </c>
       <c r="I235"/>
       <c r="J235" t="s">
-        <v>250</v>
+        <v>253</v>
       </c>
       <c r="K235" t="s">
         <v>24</v>
       </c>
       <c r="L235"/>
       <c r="M235" t="s">
-        <v>1178</v>
+        <v>1181</v>
       </c>
       <c r="N235" t="s">
         <v>27</v>
       </c>
       <c r="O235" t="s">
-        <v>1230</v>
+        <v>1233</v>
       </c>
       <c r="P235" t="s">
-        <v>1231</v>
+        <v>1234</v>
       </c>
     </row>
     <row r="236" spans="1:16">
       <c r="A236" t="s">
-        <v>1232</v>
+        <v>1235</v>
       </c>
       <c r="B236" t="s">
-        <v>1233</v>
+        <v>1236</v>
       </c>
       <c r="C236" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="D236" t="s">
-        <v>799</v>
+        <v>802</v>
       </c>
       <c r="E236" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F236" t="s">
         <v>21</v>
       </c>
       <c r="G236" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H236">
         <v>2013</v>
       </c>
       <c r="I236"/>
       <c r="J236" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
       <c r="K236" t="s">
         <v>24</v>
       </c>
       <c r="L236"/>
       <c r="M236" t="s">
-        <v>1178</v>
+        <v>1181</v>
       </c>
       <c r="N236" t="s">
         <v>27</v>
       </c>
       <c r="O236" t="s">
-        <v>1234</v>
+        <v>1237</v>
       </c>
       <c r="P236" t="s">
-        <v>1235</v>
+        <v>1238</v>
       </c>
     </row>
     <row r="237" spans="1:16">
       <c r="A237" t="s">
-        <v>1236</v>
+        <v>1239</v>
       </c>
       <c r="B237" t="s">
-        <v>1237</v>
+        <v>1240</v>
       </c>
       <c r="C237" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="D237" t="s">
-        <v>706</v>
+        <v>709</v>
       </c>
       <c r="E237" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F237" t="s">
         <v>21</v>
       </c>
       <c r="G237" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H237">
         <v>2013</v>
       </c>
       <c r="I237"/>
       <c r="J237" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
       <c r="K237" t="s">
         <v>24</v>
       </c>
       <c r="L237"/>
       <c r="M237" t="s">
-        <v>1178</v>
+        <v>1181</v>
       </c>
       <c r="N237" t="s">
         <v>27</v>
       </c>
       <c r="O237" t="s">
-        <v>1238</v>
+        <v>1241</v>
       </c>
       <c r="P237" t="s">
-        <v>1239</v>
+        <v>1242</v>
       </c>
     </row>
     <row r="238" spans="1:16">
       <c r="A238" t="s">
-        <v>1240</v>
+        <v>1243</v>
       </c>
       <c r="B238" t="s">
-        <v>1241</v>
+        <v>1244</v>
       </c>
       <c r="C238" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="D238" t="s">
-        <v>744</v>
+        <v>747</v>
       </c>
       <c r="E238" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F238" t="s">
         <v>21</v>
       </c>
       <c r="G238" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H238">
         <v>2013</v>
       </c>
       <c r="I238"/>
       <c r="J238" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
       <c r="K238" t="s">
         <v>24</v>
       </c>
       <c r="L238"/>
       <c r="M238" t="s">
-        <v>1178</v>
+        <v>1181</v>
       </c>
       <c r="N238" t="s">
         <v>27</v>
       </c>
       <c r="O238" t="s">
-        <v>1242</v>
+        <v>1245</v>
       </c>
       <c r="P238" t="s">
-        <v>1243</v>
+        <v>1246</v>
       </c>
     </row>
     <row r="239" spans="1:16">
       <c r="A239" t="s">
-        <v>1244</v>
+        <v>1247</v>
       </c>
       <c r="B239" t="s">
-        <v>1245</v>
+        <v>1248</v>
       </c>
       <c r="C239" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="D239" t="s">
-        <v>1246</v>
+        <v>1249</v>
       </c>
       <c r="E239" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F239" t="s">
         <v>21</v>
       </c>
       <c r="G239" t="s">
-        <v>1247</v>
+        <v>199</v>
       </c>
       <c r="H239">
         <v>2014</v>
       </c>
       <c r="I239"/>
       <c r="J239" t="s">
-        <v>1193</v>
+        <v>1196</v>
       </c>
       <c r="K239" t="s">
         <v>24</v>
       </c>
       <c r="L239"/>
       <c r="M239" t="s">
-        <v>1178</v>
+        <v>1181</v>
       </c>
       <c r="N239" t="s">
         <v>27</v>
       </c>
       <c r="O239" t="s">
-        <v>1248</v>
+        <v>1250</v>
       </c>
       <c r="P239" t="s">
-        <v>1249</v>
+        <v>1251</v>
       </c>
     </row>
     <row r="240" spans="1:16">
       <c r="A240" t="s">
-        <v>1250</v>
+        <v>1252</v>
       </c>
       <c r="B240" t="s">
-        <v>1251</v>
+        <v>1253</v>
       </c>
       <c r="C240" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="D240" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="E240" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F240" t="s">
         <v>21</v>
       </c>
       <c r="G240" t="s">
         <v>22</v>
       </c>
       <c r="H240">
         <v>2014</v>
       </c>
       <c r="I240">
         <v>2024</v>
       </c>
       <c r="J240" t="s">
-        <v>1193</v>
+        <v>1196</v>
       </c>
       <c r="K240" t="s">
         <v>24</v>
       </c>
       <c r="L240"/>
       <c r="M240" t="s">
-        <v>1178</v>
+        <v>1181</v>
       </c>
       <c r="N240" t="s">
         <v>27</v>
       </c>
       <c r="O240" t="s">
-        <v>1252</v>
+        <v>1254</v>
       </c>
       <c r="P240" t="s">
-        <v>1253</v>
+        <v>1255</v>
       </c>
     </row>
     <row r="241" spans="1:16">
       <c r="A241" t="s">
-        <v>1254</v>
+        <v>1256</v>
       </c>
       <c r="B241" t="s">
-        <v>1255</v>
+        <v>1257</v>
       </c>
       <c r="C241" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="D241" t="s">
-        <v>768</v>
+        <v>771</v>
       </c>
       <c r="E241" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F241" t="s">
         <v>21</v>
       </c>
       <c r="G241" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H241">
         <v>2014</v>
       </c>
       <c r="I241"/>
       <c r="J241" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
       <c r="K241" t="s">
         <v>24</v>
       </c>
       <c r="L241"/>
       <c r="M241" t="s">
-        <v>1178</v>
+        <v>1181</v>
       </c>
       <c r="N241" t="s">
         <v>27</v>
       </c>
       <c r="O241" t="s">
-        <v>1256</v>
+        <v>1258</v>
       </c>
       <c r="P241" t="s">
-        <v>1257</v>
+        <v>1259</v>
       </c>
     </row>
     <row r="242" spans="1:16">
       <c r="A242" t="s">
-        <v>1258</v>
+        <v>1260</v>
       </c>
       <c r="B242" t="s">
-        <v>1259</v>
+        <v>1261</v>
       </c>
       <c r="C242" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="D242" t="s">
-        <v>1260</v>
+        <v>1262</v>
       </c>
       <c r="E242" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F242" t="s">
         <v>21</v>
       </c>
       <c r="G242" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H242">
         <v>2016</v>
       </c>
       <c r="I242"/>
       <c r="J242" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
       <c r="K242" t="s">
         <v>24</v>
       </c>
       <c r="L242"/>
       <c r="M242" t="s">
-        <v>1178</v>
+        <v>1181</v>
       </c>
       <c r="N242" t="s">
         <v>27</v>
       </c>
       <c r="O242" t="s">
-        <v>1261</v>
+        <v>1263</v>
       </c>
       <c r="P242" t="s">
-        <v>1262</v>
+        <v>1264</v>
       </c>
     </row>
     <row r="243" spans="1:16">
       <c r="A243" t="s">
-        <v>1263</v>
+        <v>1265</v>
       </c>
       <c r="B243" t="s">
-        <v>1264</v>
+        <v>1266</v>
       </c>
       <c r="C243" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="D243" t="s">
-        <v>320</v>
+        <v>323</v>
       </c>
       <c r="E243" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F243" t="s">
         <v>21</v>
       </c>
       <c r="G243" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H243">
         <v>2016</v>
       </c>
       <c r="I243"/>
       <c r="J243" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
       <c r="K243" t="s">
         <v>24</v>
       </c>
       <c r="L243"/>
       <c r="M243" t="s">
-        <v>1178</v>
+        <v>1181</v>
       </c>
       <c r="N243" t="s">
         <v>27</v>
       </c>
       <c r="O243" t="s">
-        <v>1265</v>
+        <v>1267</v>
       </c>
       <c r="P243" t="s">
-        <v>1266</v>
+        <v>1268</v>
       </c>
     </row>
     <row r="244" spans="1:16">
       <c r="A244" t="s">
-        <v>1267</v>
+        <v>1269</v>
       </c>
       <c r="B244" t="s">
-        <v>1268</v>
+        <v>1270</v>
       </c>
       <c r="C244" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="D244" t="s">
-        <v>1269</v>
+        <v>1271</v>
       </c>
       <c r="E244" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F244" t="s">
         <v>21</v>
       </c>
       <c r="G244" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H244">
         <v>2016</v>
       </c>
       <c r="I244"/>
       <c r="J244" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
       <c r="K244" t="s">
         <v>24</v>
       </c>
       <c r="L244"/>
       <c r="M244" t="s">
-        <v>1178</v>
+        <v>1181</v>
       </c>
       <c r="N244" t="s">
         <v>27</v>
       </c>
       <c r="O244" t="s">
-        <v>1270</v>
+        <v>1272</v>
       </c>
       <c r="P244" t="s">
-        <v>1271</v>
+        <v>1273</v>
       </c>
     </row>
     <row r="245" spans="1:16">
       <c r="A245" t="s">
-        <v>1272</v>
+        <v>1274</v>
       </c>
       <c r="B245" t="s">
-        <v>1273</v>
+        <v>1275</v>
       </c>
       <c r="C245" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="D245" t="s">
-        <v>1274</v>
+        <v>1276</v>
       </c>
       <c r="E245" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="F245" t="s">
         <v>21</v>
       </c>
       <c r="G245" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="H245"/>
       <c r="I245"/>
       <c r="J245" t="s">
-        <v>250</v>
+        <v>253</v>
       </c>
       <c r="K245" t="s">
         <v>24</v>
       </c>
       <c r="L245"/>
       <c r="M245" t="s">
-        <v>1187</v>
+        <v>1190</v>
       </c>
       <c r="N245" t="s">
         <v>27</v>
       </c>
       <c r="O245" t="s">
-        <v>1275</v>
+        <v>1277</v>
       </c>
       <c r="P245" t="s">
-        <v>1276</v>
+        <v>1278</v>
       </c>
     </row>
     <row r="246" spans="1:16">
       <c r="A246" t="s">
-        <v>1277</v>
+        <v>1279</v>
       </c>
       <c r="B246" t="s">
-        <v>1278</v>
+        <v>1280</v>
       </c>
       <c r="C246" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="D246" t="s">
-        <v>389</v>
+        <v>392</v>
       </c>
       <c r="E246" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F246" t="s">
         <v>21</v>
       </c>
       <c r="G246" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H246">
         <v>2007</v>
       </c>
       <c r="I246"/>
       <c r="J246" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
       <c r="K246" t="s">
         <v>24</v>
       </c>
       <c r="L246"/>
       <c r="M246" t="s">
-        <v>1178</v>
+        <v>1181</v>
       </c>
       <c r="N246" t="s">
         <v>27</v>
       </c>
       <c r="O246" t="s">
-        <v>1279</v>
+        <v>1281</v>
       </c>
       <c r="P246" t="s">
-        <v>1280</v>
+        <v>1282</v>
       </c>
     </row>
     <row r="247" spans="1:16">
       <c r="A247" t="s">
-        <v>1281</v>
+        <v>1283</v>
       </c>
       <c r="B247" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="C247" t="s">
-        <v>1282</v>
+        <v>1284</v>
       </c>
       <c r="D247" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="E247" t="s">
         <v>20</v>
       </c>
       <c r="F247" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="G247" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H247">
         <v>2017</v>
       </c>
       <c r="I247"/>
       <c r="J247" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="K247" t="s">
         <v>24</v>
       </c>
       <c r="L247" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="M247" t="s">
-        <v>1283</v>
+        <v>1285</v>
       </c>
       <c r="N247" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="O247" t="s">
-        <v>1284</v>
+        <v>1286</v>
       </c>
       <c r="P247" t="s">
-        <v>1285</v>
+        <v>1287</v>
       </c>
     </row>
     <row r="248" spans="1:16">
       <c r="A248" t="s">
-        <v>1286</v>
+        <v>1288</v>
       </c>
       <c r="B248" t="s">
-        <v>1287</v>
+        <v>1289</v>
       </c>
       <c r="C248" t="s">
-        <v>1282</v>
+        <v>1284</v>
       </c>
       <c r="D248" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="E248" t="s">
         <v>20</v>
       </c>
       <c r="F248" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="G248" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H248">
         <v>2020</v>
       </c>
       <c r="I248"/>
       <c r="J248" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="K248" t="s">
         <v>24</v>
       </c>
       <c r="L248" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="M248" t="s">
-        <v>1283</v>
+        <v>1285</v>
       </c>
       <c r="N248" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="O248" t="s">
-        <v>1288</v>
+        <v>1290</v>
       </c>
       <c r="P248"/>
     </row>
     <row r="249" spans="1:16">
       <c r="A249" t="s">
-        <v>1289</v>
+        <v>1291</v>
       </c>
       <c r="B249" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="C249" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="D249" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="E249" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="F249" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="G249" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="H249"/>
       <c r="I249"/>
       <c r="J249" t="s">
         <v>34</v>
       </c>
       <c r="K249" t="s">
         <v>24</v>
       </c>
       <c r="L249"/>
       <c r="M249" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="N249" t="s">
         <v>27</v>
       </c>
       <c r="O249" t="s">
-        <v>1290</v>
+        <v>1292</v>
       </c>
       <c r="P249" t="s">
-        <v>1291</v>
+        <v>1293</v>
       </c>
     </row>
     <row r="250" spans="1:16">
       <c r="A250" t="s">
-        <v>1292</v>
+        <v>1294</v>
       </c>
       <c r="B250" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="C250" t="s">
-        <v>1293</v>
+        <v>1295</v>
       </c>
       <c r="D250" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="E250" t="s">
         <v>20</v>
       </c>
       <c r="F250" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="G250" t="s">
         <v>22</v>
       </c>
       <c r="H250">
         <v>2016</v>
       </c>
       <c r="I250">
         <v>2017</v>
       </c>
       <c r="J250" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="K250" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="L250" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="M250" t="s">
-        <v>1294</v>
+        <v>1296</v>
       </c>
       <c r="N250" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="O250" t="s">
-        <v>1295</v>
+        <v>1297</v>
       </c>
       <c r="P250" t="s">
-        <v>1296</v>
+        <v>1298</v>
       </c>
     </row>
     <row r="251" spans="1:16">
       <c r="A251" t="s">
-        <v>1297</v>
+        <v>1299</v>
       </c>
       <c r="B251" t="s">
-        <v>1298</v>
+        <v>1300</v>
       </c>
       <c r="C251" t="s">
-        <v>1299</v>
+        <v>1301</v>
       </c>
       <c r="D251" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="E251" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F251" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="G251" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H251">
         <v>2019</v>
       </c>
       <c r="I251"/>
       <c r="J251" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="K251" t="s">
-        <v>234</v>
+        <v>237</v>
       </c>
       <c r="L251"/>
       <c r="M251" t="s">
-        <v>1300</v>
+        <v>1302</v>
       </c>
       <c r="N251" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="O251" t="s">
-        <v>1301</v>
+        <v>1303</v>
       </c>
       <c r="P251" t="s">
-        <v>1302</v>
+        <v>1304</v>
       </c>
     </row>
     <row r="252" spans="1:16">
       <c r="A252" t="s">
-        <v>1303</v>
+        <v>1305</v>
       </c>
       <c r="B252" t="s">
-        <v>1304</v>
+        <v>1306</v>
       </c>
       <c r="C252" t="s">
-        <v>1299</v>
+        <v>1301</v>
       </c>
       <c r="D252" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="E252" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F252" t="s">
         <v>21</v>
       </c>
       <c r="G252" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H252">
         <v>2011</v>
       </c>
       <c r="I252"/>
       <c r="J252" t="s">
-        <v>445</v>
+        <v>448</v>
       </c>
       <c r="K252" t="s">
         <v>24</v>
       </c>
       <c r="L252"/>
       <c r="M252" t="s">
-        <v>1300</v>
+        <v>1302</v>
       </c>
       <c r="N252" t="s">
         <v>27</v>
       </c>
       <c r="O252" t="s">
-        <v>1305</v>
+        <v>1307</v>
       </c>
       <c r="P252" t="s">
-        <v>1306</v>
+        <v>1308</v>
       </c>
     </row>
     <row r="253" spans="1:16">
       <c r="A253" t="s">
-        <v>1307</v>
+        <v>1309</v>
       </c>
       <c r="B253" t="s">
-        <v>1308</v>
+        <v>1310</v>
       </c>
       <c r="C253" t="s">
-        <v>1299</v>
+        <v>1301</v>
       </c>
       <c r="D253" t="s">
-        <v>457</v>
+        <v>460</v>
       </c>
       <c r="E253" t="s">
         <v>20</v>
       </c>
       <c r="F253" t="s">
         <v>21</v>
       </c>
       <c r="G253" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H253">
         <v>2011</v>
       </c>
       <c r="I253"/>
       <c r="J253" t="s">
-        <v>445</v>
+        <v>448</v>
       </c>
       <c r="K253" t="s">
         <v>24</v>
       </c>
       <c r="L253"/>
       <c r="M253" t="s">
-        <v>1300</v>
+        <v>1302</v>
       </c>
       <c r="N253" t="s">
         <v>27</v>
       </c>
       <c r="O253" t="s">
-        <v>1309</v>
+        <v>1311</v>
       </c>
       <c r="P253" t="s">
-        <v>1310</v>
+        <v>1312</v>
       </c>
     </row>
     <row r="254" spans="1:16">
       <c r="A254" t="s">
-        <v>1311</v>
+        <v>1313</v>
       </c>
       <c r="B254" t="s">
-        <v>1312</v>
+        <v>1314</v>
       </c>
       <c r="C254" t="s">
-        <v>1299</v>
+        <v>1301</v>
       </c>
       <c r="D254" t="s">
-        <v>457</v>
+        <v>460</v>
       </c>
       <c r="E254" t="s">
         <v>20</v>
       </c>
       <c r="F254" t="s">
         <v>21</v>
       </c>
       <c r="G254" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H254">
         <v>2011</v>
       </c>
       <c r="I254"/>
       <c r="J254" t="s">
-        <v>445</v>
+        <v>448</v>
       </c>
       <c r="K254" t="s">
         <v>24</v>
       </c>
       <c r="L254"/>
       <c r="M254" t="s">
-        <v>1300</v>
+        <v>1302</v>
       </c>
       <c r="N254" t="s">
         <v>27</v>
       </c>
       <c r="O254" t="s">
-        <v>1313</v>
+        <v>1315</v>
       </c>
       <c r="P254" t="s">
-        <v>1314</v>
+        <v>1316</v>
       </c>
     </row>
     <row r="255" spans="1:16">
       <c r="A255" t="s">
-        <v>1315</v>
+        <v>1317</v>
       </c>
       <c r="B255" t="s">
-        <v>1316</v>
+        <v>1318</v>
       </c>
       <c r="C255" t="s">
-        <v>1299</v>
+        <v>1301</v>
       </c>
       <c r="D255" t="s">
-        <v>367</v>
+        <v>370</v>
       </c>
       <c r="E255" t="s">
         <v>20</v>
       </c>
       <c r="F255" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="G255" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H255">
         <v>2011</v>
       </c>
       <c r="I255"/>
       <c r="J255" t="s">
-        <v>445</v>
+        <v>448</v>
       </c>
       <c r="K255" t="s">
         <v>24</v>
       </c>
       <c r="L255"/>
       <c r="M255" t="s">
-        <v>1300</v>
+        <v>1302</v>
       </c>
       <c r="N255" t="s">
         <v>27</v>
       </c>
       <c r="O255" t="s">
-        <v>1317</v>
+        <v>1319</v>
       </c>
       <c r="P255" t="s">
-        <v>1318</v>
+        <v>1320</v>
       </c>
     </row>
     <row r="256" spans="1:16">
       <c r="A256" t="s">
-        <v>1319</v>
+        <v>1321</v>
       </c>
       <c r="B256" t="s">
-        <v>1320</v>
+        <v>1322</v>
       </c>
       <c r="C256" t="s">
-        <v>1299</v>
+        <v>1301</v>
       </c>
       <c r="D256" t="s">
-        <v>735</v>
+        <v>738</v>
       </c>
       <c r="E256" t="s">
         <v>20</v>
       </c>
       <c r="F256" t="s">
         <v>21</v>
       </c>
       <c r="G256" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H256">
         <v>2011</v>
       </c>
       <c r="I256"/>
       <c r="J256" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="K256" t="s">
         <v>24</v>
       </c>
       <c r="L256"/>
       <c r="M256" t="s">
-        <v>1300</v>
+        <v>1302</v>
       </c>
       <c r="N256" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="O256" t="s">
-        <v>1321</v>
+        <v>1323</v>
       </c>
       <c r="P256" t="s">
-        <v>1322</v>
+        <v>1324</v>
       </c>
     </row>
     <row r="257" spans="1:16">
       <c r="A257" t="s">
-        <v>1323</v>
+        <v>1325</v>
       </c>
       <c r="B257" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="C257" t="s">
-        <v>1299</v>
+        <v>1301</v>
       </c>
       <c r="D257" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="E257" t="s">
         <v>20</v>
       </c>
       <c r="F257" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="G257" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H257">
         <v>2021</v>
       </c>
       <c r="I257"/>
       <c r="J257" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="K257" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="L257" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="M257" t="s">
-        <v>1300</v>
+        <v>1302</v>
       </c>
       <c r="N257" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="O257" t="s">
-        <v>1324</v>
+        <v>1326</v>
       </c>
       <c r="P257" t="s">
-        <v>1325</v>
+        <v>1327</v>
       </c>
     </row>
     <row r="258" spans="1:16">
       <c r="A258" t="s">
-        <v>1326</v>
+        <v>1328</v>
       </c>
       <c r="B258" t="s">
-        <v>1327</v>
+        <v>1329</v>
       </c>
       <c r="C258" t="s">
-        <v>1299</v>
+        <v>1301</v>
       </c>
       <c r="D258" t="s">
         <v>32</v>
       </c>
       <c r="E258" t="s">
         <v>20</v>
       </c>
       <c r="F258" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="G258" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H258">
         <v>2011</v>
       </c>
       <c r="I258"/>
       <c r="J258" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="K258" t="s">
         <v>24</v>
       </c>
       <c r="L258" t="s">
-        <v>1328</v>
+        <v>1330</v>
       </c>
       <c r="M258" t="s">
-        <v>1300</v>
+        <v>1302</v>
       </c>
       <c r="N258" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="O258" t="s">
-        <v>1329</v>
+        <v>1331</v>
       </c>
       <c r="P258" t="s">
-        <v>1330</v>
+        <v>1332</v>
       </c>
     </row>
     <row r="259" spans="1:16">
       <c r="A259" t="s">
-        <v>1331</v>
+        <v>1333</v>
       </c>
       <c r="B259" t="s">
-        <v>1332</v>
+        <v>1334</v>
       </c>
       <c r="C259" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="D259" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="E259" t="s">
         <v>20</v>
       </c>
       <c r="F259" t="s">
         <v>21</v>
       </c>
       <c r="G259" t="s">
         <v>22</v>
       </c>
       <c r="H259">
         <v>2010</v>
       </c>
       <c r="I259">
         <v>2014</v>
       </c>
       <c r="J259" t="s">
-        <v>335</v>
+        <v>338</v>
       </c>
       <c r="K259" t="s">
         <v>24</v>
       </c>
       <c r="L259" t="s">
-        <v>1333</v>
+        <v>1335</v>
       </c>
       <c r="M259" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="N259" t="s">
         <v>27</v>
       </c>
       <c r="O259" t="s">
-        <v>1334</v>
+        <v>1336</v>
       </c>
       <c r="P259" t="s">
-        <v>1335</v>
+        <v>1337</v>
       </c>
     </row>
     <row r="260" spans="1:16">
       <c r="A260" t="s">
-        <v>1336</v>
+        <v>1338</v>
       </c>
       <c r="B260" t="s">
-        <v>1337</v>
+        <v>1339</v>
       </c>
       <c r="C260" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="D260" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="E260" t="s">
         <v>20</v>
       </c>
       <c r="F260" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="G260" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H260">
         <v>2014</v>
       </c>
       <c r="I260"/>
       <c r="J260" t="s">
-        <v>335</v>
+        <v>338</v>
       </c>
       <c r="K260" t="s">
         <v>24</v>
       </c>
       <c r="L260" t="s">
-        <v>1338</v>
+        <v>1340</v>
       </c>
       <c r="M260" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="N260" t="s">
         <v>27</v>
       </c>
       <c r="O260" t="s">
-        <v>1339</v>
+        <v>1341</v>
       </c>
       <c r="P260" t="s">
-        <v>1340</v>
+        <v>1342</v>
       </c>
     </row>
     <row r="261" spans="1:16">
       <c r="A261" t="s">
-        <v>1341</v>
+        <v>1343</v>
       </c>
       <c r="B261" t="s">
-        <v>1342</v>
+        <v>1344</v>
       </c>
       <c r="C261" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="D261" t="s">
-        <v>1343</v>
+        <v>1345</v>
       </c>
       <c r="E261" t="s">
         <v>20</v>
       </c>
       <c r="F261" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="G261" t="s">
         <v>22</v>
       </c>
       <c r="H261">
         <v>2012</v>
       </c>
       <c r="I261">
         <v>2014</v>
       </c>
       <c r="J261" t="s">
-        <v>335</v>
+        <v>338</v>
       </c>
       <c r="K261" t="s">
         <v>24</v>
       </c>
       <c r="L261" t="s">
-        <v>1344</v>
+        <v>1346</v>
       </c>
       <c r="M261" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="N261" t="s">
         <v>27</v>
       </c>
       <c r="O261" t="s">
-        <v>1345</v>
+        <v>1347</v>
       </c>
       <c r="P261" t="s">
-        <v>1346</v>
+        <v>1348</v>
       </c>
     </row>
     <row r="262" spans="1:16">
       <c r="A262" t="s">
-        <v>1347</v>
+        <v>1349</v>
       </c>
       <c r="B262" t="s">
-        <v>1348</v>
+        <v>1350</v>
       </c>
       <c r="C262" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="D262" t="s">
-        <v>457</v>
+        <v>460</v>
       </c>
       <c r="E262" t="s">
         <v>20</v>
       </c>
       <c r="F262" t="s">
         <v>21</v>
       </c>
       <c r="G262" t="s">
         <v>22</v>
       </c>
       <c r="H262">
         <v>2012</v>
       </c>
       <c r="I262">
         <v>2014</v>
       </c>
       <c r="J262" t="s">
-        <v>335</v>
+        <v>338</v>
       </c>
       <c r="K262" t="s">
         <v>24</v>
       </c>
       <c r="L262" t="s">
-        <v>1349</v>
+        <v>1351</v>
       </c>
       <c r="M262" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="N262" t="s">
         <v>27</v>
       </c>
       <c r="O262" t="s">
-        <v>1350</v>
+        <v>1352</v>
       </c>
       <c r="P262" t="s">
-        <v>1351</v>
+        <v>1353</v>
       </c>
     </row>
     <row r="263" spans="1:16">
       <c r="A263" t="s">
-        <v>1352</v>
+        <v>1354</v>
       </c>
       <c r="B263" t="s">
-        <v>1353</v>
+        <v>1355</v>
       </c>
       <c r="C263" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="D263" t="s">
-        <v>1354</v>
+        <v>1356</v>
       </c>
       <c r="E263" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F263" t="s">
         <v>42</v>
       </c>
       <c r="G263" t="s">
         <v>22</v>
       </c>
       <c r="H263">
         <v>2014</v>
       </c>
       <c r="I263">
         <v>2017</v>
       </c>
       <c r="J263" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="K263" t="s">
         <v>24</v>
       </c>
       <c r="L263"/>
       <c r="M263" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="N263" t="s">
         <v>27</v>
       </c>
       <c r="O263" t="s">
-        <v>1355</v>
+        <v>1357</v>
       </c>
       <c r="P263" t="s">
-        <v>1356</v>
+        <v>1358</v>
       </c>
     </row>
     <row r="264" spans="1:16">
       <c r="A264" t="s">
-        <v>1357</v>
+        <v>1359</v>
       </c>
       <c r="B264" t="s">
-        <v>1358</v>
+        <v>1360</v>
       </c>
       <c r="C264" t="s">
-        <v>1359</v>
+        <v>1361</v>
       </c>
       <c r="D264" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="E264" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F264" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="G264" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H264">
         <v>2021</v>
       </c>
       <c r="I264"/>
       <c r="J264" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="K264" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="L264" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="M264" t="s">
-        <v>1360</v>
+        <v>1362</v>
       </c>
       <c r="N264" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="O264" t="s">
-        <v>1361</v>
+        <v>1363</v>
       </c>
       <c r="P264"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>