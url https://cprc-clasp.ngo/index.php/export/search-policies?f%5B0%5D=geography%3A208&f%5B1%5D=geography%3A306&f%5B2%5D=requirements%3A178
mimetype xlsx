--- v0 (2025-10-12)
+++ v1 (2025-12-04)
@@ -12,536 +12,681 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="149">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="196">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Draft Lighting Standards</t>
   </si>
   <si>
+    <t>Please note this is an unofficial policy title. Please see the presentation linked.
+Proposed MEPS for self-ballasted lamps is rated wattage of 60w (at 8 hr usage = 172.8 Kwh/year). The standard proposed an approved Nigerian label inscribed on each package.</t>
+  </si>
+  <si>
     <t>Nigeria</t>
   </si>
   <si>
     <t>Lighting, Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Standards Organisation of Nigeria (SON)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-lighting-standards</t>
   </si>
   <si>
+    <t>http://www.ecreee.org/sites/default/files/event-att/e.uyigue-nigerian_standards.pdf</t>
+  </si>
+  <si>
     <t>Draft MEPs for Green Buildings - Windows</t>
   </si>
   <si>
+    <t>Information not available</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>Windows</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-meps-green-buildings-windows</t>
   </si>
   <si>
     <t>Eco-Design Requirements for Water Pump Energy Efficiency (8441/2021)</t>
   </si>
   <si>
+    <t>This standard establishes ecodesign requirements for rotodynamic water pumps for pumping clean water, including those integrated into other products, and efficiency labeling requirements.</t>
+  </si>
+  <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Pumps</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>ICS 23.080</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards and Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/eco-design-requirements-water-pump-energy-efficiency-84412021</t>
   </si>
   <si>
+    <t>https://www.eos.org.eg/en/standard/15248</t>
+  </si>
+  <si>
     <t>Energy Efficiency of Electrical Appliances, Equipment and Lighting Products Act No. 24 of 2016</t>
   </si>
   <si>
+    <t>This documents contains Regulations on MEPS and Energy labelling requirements for Air conditioners. This include Single phase and 3-phase up to 65kW rated total cooling Capacity.It also  Includes air source heat Pumps but not water source heat pumps.  Household refrigerating appliances: This includes any electrical household refrigerating appliances covered under the standards, and including refrigerators, refrigerators and freezers or freezers covered under the standard which: (a) Operate using the vapour Compensation cycle, and (b) Use mains electricity (230/240 volts at 50Hz) as the primary power source,  Fluorescent lamp ballasts ,  Incandescent lamps, Compact fluorescent lamps and Linear Fluorescent lamps</t>
+  </si>
+  <si>
     <t>Vanuatu</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>AS 4934.2-2011; AS/NZS 4934.1:2014</t>
   </si>
   <si>
     <t>Vanuatu Department of Energy, Mines and Minerals</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-electrical-appliances-equipment-and-lighting-products-act-no-24-2016</t>
   </si>
   <si>
+    <t>http://www.paclii.org/vu/legis/num_act/eeoeaealpa2016660/</t>
+  </si>
+  <si>
     <t>ES 6087:2017 Requirements for plug - and - play DC solar home system kit</t>
   </si>
   <si>
+    <t>This Ethiopian Standard specifies requirements for performance, safety and durability for plug – and – play type DC Solar Home Systems Kit that have the peak power rating above 10 and up to 350W.</t>
+  </si>
+  <si>
     <t>Ethiopia</t>
   </si>
   <si>
     <t>Solar Energy Kits</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>IEC TS 62257-9-5</t>
   </si>
   <si>
     <t>Ethiopian Standards Agency</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/es-60872017-requirements-plug-and-play-dc-solar-home-system-kit</t>
   </si>
   <si>
+    <t>http://www.et.undp.org/content/dam/ethiopia/docs/Ethiopia%20Final%20-%20ES%206087-2017%20Requirements%20for%20DC%20Solar%20Home%20System%20Kit.pdf</t>
+  </si>
+  <si>
     <t>GS IEC 62257-9-8:2020, Renewable energy and hybrid systems for rural electrification - Part 9-8: Integrated systems - Requirements for stand-alone renewable energy products with power ratings less than or equal to 350 W</t>
   </si>
   <si>
+    <t>Quality standards for standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
     <t>July 2022</t>
   </si>
   <si>
     <t>Ghana Standards Authority</t>
   </si>
   <si>
     <t>Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gs-iec-62257-9-82020-renewable-energy-and-hybrid-systems-rural-electrification-part-9-8</t>
   </si>
   <si>
+    <t>http://services.gsa.gov.gh/standards/standards.php?sno=GS%20IEC%20TS%2062257-9-8:2020</t>
+  </si>
+  <si>
     <t>LI 2461 Renewable Energy (Standards and Labelling) (Inverters) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to an inverter intended for use in a stand-alone energy system or utility-interactive energy system where the output of the inverter is a stable alternating current of constant frequency; and a single-phase inverter or 3-phase inverter intended for use in a stand alone energy system or utility interactive energy system intended to be operated in parallel with an electric power system to supply power to common loads manufactured in the country or imported into the country for display, sale or use.</t>
+  </si>
+  <si>
     <t>Solar Inverters</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>Electricity, Solar</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2461-renewable-energy-standards-and-labelling-inverters-regulations-2022</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>MEPS and Labeling Scheme for Refrigerators</t>
   </si>
   <si>
+    <t>Namibian standards are similar to South African standards (SANS 941 and VC 9008).</t>
+  </si>
+  <si>
     <t>Namibia</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>SANS 941</t>
   </si>
   <si>
     <t>Ministry of Mines and Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-scheme-refrigerators</t>
   </si>
   <si>
+    <t>https://www.ctc-n.org/system/files/dossier/3b/country_profile_-_namibia.pdf</t>
+  </si>
+  <si>
     <t>MEPS and labeling schemes for air conditioners</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-air-conditioners</t>
   </si>
   <si>
     <t>MEPS for lighting products</t>
   </si>
   <si>
+    <t>Namibian standards are similar to South African standards.</t>
+  </si>
+  <si>
     <t>Directional Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-lighting-products-0</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Distribution Transformers (MEPS)</t>
   </si>
   <si>
+    <t>This regulation applies to all distribution power transformers that are manufactured in, or imported into the country/region, and are either sold, installed, or put into service as standalone equipment or as a component of a system, and which meet the following criteria:</t>
+  </si>
+  <si>
     <t>Botswana</t>
   </si>
   <si>
     <t>Distribution Transformers</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>Botswana Energy Regulatory Authority (BERA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-distribution-transformers-meps</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for refrigerating appliances (MEPS)</t>
   </si>
   <si>
+    <t>This standard applies to all refrigerating appliances of the vapor compression type, with a rated volume at or above 10 Liters (L) and at or below 1,500 L, powered by electric mains and offered for sale or installed in any application. The standard specifies requirements for test methods and energy use calculation, daily energy use calculation, maximum energy use, functional performance, refrigerant and foam blowing agent, product information and declaration of conformity 1975 and its regulations</t>
+  </si>
+  <si>
     <t>Refrigeration</t>
   </si>
   <si>
     <t>IEC 62552:2015  part 1, 2 and 3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-refrigerating-appliances-meps</t>
   </si>
   <si>
     <t>MS : 208 : 2012 Energy efficiency and labelling requirements-Television</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for Television</t>
+  </si>
+  <si>
     <t>Mauritius</t>
   </si>
   <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>MS 208</t>
   </si>
   <si>
     <t>Energy Efficiency Management Office</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-208-2012-energy-efficiency-and-labelling-requirements-television</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-682/</t>
+  </si>
+  <si>
     <t>MS : 210 : 2015 Energy efficiency and labelling requirements-vacuum cleaners</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for Vacuum cleaners</t>
+  </si>
+  <si>
     <t>Vacuum Cleaners</t>
   </si>
   <si>
     <t>MS 210</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-210-2015-energy-efficiency-and-labelling-requirements-vacuum-cleaners</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-683/</t>
+  </si>
+  <si>
     <t>MS :200:2013 Energy efficiency and labelling requirements -household air conditioner</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>This standard covers the energy efficiency and labelling requirement for household air conditioner</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>MS 200</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-2002013-energy-efficiency-and-labelling-requirements-household-air-conditioner</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-675/</t>
+  </si>
+  <si>
     <t>MS :203:2014 Energy efficiency and labelling requirements -Electric lamps and luminaires</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for electric lamps and luminaires</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Indoor Luminaires</t>
   </si>
   <si>
     <t>MS 203</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-2032014-energy-efficiency-and-labelling-requirements-electric-lamps-and-luminaires</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-678/</t>
+  </si>
+  <si>
     <t>MS: 207: 2013 Energy efficiency and labelling requirements-Household Tumble driers</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for household tumble driers</t>
+  </si>
+  <si>
     <t>Clothes Dryers</t>
   </si>
   <si>
     <t>MS 207</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-207-2013-energy-efficiency-and-labelling-requirements-household-tumble-driers</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-681/</t>
+  </si>
+  <si>
     <t>NI IEC TS 62258-9-8</t>
   </si>
   <si>
     <t>Côte d'Ivoire</t>
   </si>
   <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>April 2023</t>
   </si>
   <si>
     <t>CODINORM</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ni-iec-ts-62258-9-8</t>
   </si>
   <si>
+    <t>https://www.codinorm.ci/</t>
+  </si>
+  <si>
     <t>Nigerian MEPS and Energy Label Guide</t>
   </si>
   <si>
+    <t>The Nigerian Energy Label Guide label for ACs is a comparative label that helps consumers to know the level of efficiency of Acs in the market</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs, Central ACs</t>
+  </si>
+  <si>
     <t>Comparative Label</t>
   </si>
   <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/nigerian-meps-and-energy-label-guide-0</t>
+  </si>
+  <si>
+    <t>http://son.gov.ng/son-introduces-national-energy-efficiency-label-for-air-conditioners-electrical-appliances-and-equipment</t>
+  </si>
+  <si>
+    <t>NIS ECOSTAND 072:2018EE - Nigerian Energy Label Guide label for ACs</t>
+  </si>
+  <si>
+    <t>NIS ECOSTAND 072:2018EE - The Nigerian Energy Label Guide label for ACs is a comparative label that helps consumers to know the level of efficiency of refrigerators in the market.</t>
+  </si>
+  <si>
     <t>March 2022</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/nigerian-meps-and-energy-label-guide</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/nigerian-meps-and-energy-label-guide-0</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/nis-ecostand-0722018ee-nigerian-energy-label-guide-label-acs</t>
   </si>
   <si>
     <t>NMG 202-1 National quality standards for pico-PV products</t>
   </si>
   <si>
+    <t>The quality standard is harmonized with IEC TS 62257-9-8, covering pico-PV products up to 10Wp.</t>
+  </si>
+  <si>
     <t>Madagascar</t>
   </si>
   <si>
     <t>Bureau des Normes de Madagascar (BNM)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nmg-202-1-national-quality-standards-pico-pv-products</t>
   </si>
   <si>
+    <t>https://www.lightingafrica.org/country/madagascar/</t>
+  </si>
+  <si>
     <t>NMG 202-2 National quality standards for SHS kits</t>
   </si>
   <si>
+    <t>The quality standard is harmonized with IEC TS 62257-9-8, covering off-grid solar products 10-350Wp.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nmg-202-2-national-quality-standards-shs-kits</t>
   </si>
   <si>
     <t>Quality standards for stand-alone renewable energy products with power ratings less than or equal to 350 W</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp
+No policy link available.</t>
+  </si>
+  <si>
     <t>Zimbabwe</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Standards Association of Zimbabwe (SAZ)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/quality-standards-stand-alone-renewable-energy-products-power-ratings-less-or-equal-350-0</t>
   </si>
   <si>
     <t>US 761: 2019, household biomass stoves requirement( 2nd edition)</t>
   </si>
   <si>
+    <t>This Uganda standard specifies the classification,technical requirements, performance requirements, safety requirements and test methods of biomass cookstoves intended for use in households. This standard is applicable to cookstoves using solid biomass</t>
+  </si>
+  <si>
     <t>Uganda</t>
   </si>
   <si>
     <t>Biomass Stoves</t>
   </si>
   <si>
     <t>Biomass</t>
   </si>
   <si>
     <t>Uganda National Bureau of Standards (UNBS)</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid, Productive Use</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us-761-2019-household-biomass-stoves-requirement-2nd-edition</t>
   </si>
   <si>
+    <t>https://unbs.go.ug/attachments/menus/27/Uganda-Standards-Catalogue-as-at-31-March-2019.pdf</t>
+  </si>
+  <si>
     <t>US 901: 2011 Non-ducted air conditioners - Testing and rating for performance</t>
   </si>
   <si>
+    <t>This Uganda Standard specifies the standard conditions on which the ratings of single-package and split-system non-ducted air conditioners employing air cooled condensers are based and the test methods to be applied for determination of the various ratings. This standard is limited to systems utilizing a single refrigeration circuit and having one evaporator and one condenser.</t>
+  </si>
+  <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us-901-2011-non-ducted-air-conditioners-testing-and-rating-performance</t>
   </si>
   <si>
+    <t>https://webstore.unbs.go.ug/store.php?src=1759&amp;preview</t>
+  </si>
+  <si>
     <t>Voluntary Labelling of Electrical Appliances</t>
   </si>
   <si>
+    <t>The voluntary scheme covers the following electrical appliances: room air conditioners, washing machines, electric lamps, and tumble dryers.</t>
+  </si>
+  <si>
     <t>Clothes Dryers, Washing Machines, Directional Lamps, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/voluntary-labelling-electrical-appliances</t>
   </si>
   <si>
+    <t>https://eemo.govmu.org/Pages/Labelling%20of%20appliances/Voluntary_labelling.pdf#search=Voluntary%20labelling%20of%20Electrical%20Appliance</t>
+  </si>
+  <si>
     <t>ZS IEC 62257-9-8</t>
+  </si>
+  <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.
+The Standard has been gazetted but has not entered into force yet.</t>
   </si>
   <si>
     <t>Zambia</t>
   </si>
   <si>
     <t>Zambia Standards Bureau (ZABS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/zs-iec-62257-9-8</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -805,1265 +950,1426 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N28"/>
+  <dimension ref="A1:P28"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="259" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="155" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="259.365" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="849.221" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="16.425" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="172.101" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="41.133" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="57.7" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="173.243" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2"/>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3"/>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>34</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>35</v>
+      </c>
+      <c r="P3"/>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>36</v>
+      </c>
+      <c r="B4" t="s">
+        <v>37</v>
+      </c>
+      <c r="C4" t="s">
+        <v>38</v>
+      </c>
+      <c r="D4" t="s">
+        <v>39</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>33</v>
+      </c>
+      <c r="G4" t="s">
+        <v>40</v>
+      </c>
+      <c r="H4">
+        <v>2021</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>41</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>42</v>
+      </c>
+      <c r="M4" t="s">
+        <v>43</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>44</v>
+      </c>
+      <c r="P4" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>46</v>
+      </c>
+      <c r="B5" t="s">
+        <v>47</v>
+      </c>
+      <c r="C5" t="s">
+        <v>48</v>
+      </c>
+      <c r="D5" t="s">
+        <v>49</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>40</v>
+      </c>
+      <c r="H5">
+        <v>2017</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>50</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>51</v>
+      </c>
+      <c r="M5" t="s">
+        <v>52</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>53</v>
+      </c>
+      <c r="P5" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>55</v>
+      </c>
+      <c r="B6" t="s">
+        <v>56</v>
+      </c>
+      <c r="C6" t="s">
+        <v>57</v>
+      </c>
+      <c r="D6" t="s">
+        <v>58</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>59</v>
+      </c>
+      <c r="G6" t="s">
+        <v>40</v>
+      </c>
+      <c r="H6">
+        <v>2017</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>60</v>
+      </c>
+      <c r="K6" t="s">
+        <v>61</v>
+      </c>
+      <c r="L6" t="s">
+        <v>62</v>
+      </c>
+      <c r="M6" t="s">
+        <v>63</v>
+      </c>
+      <c r="N6" t="s">
+        <v>64</v>
+      </c>
+      <c r="O6" t="s">
+        <v>65</v>
+      </c>
+      <c r="P6" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>67</v>
+      </c>
+      <c r="B7" t="s">
+        <v>68</v>
+      </c>
+      <c r="C7" t="s">
+        <v>31</v>
+      </c>
+      <c r="D7" t="s">
+        <v>58</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>59</v>
+      </c>
+      <c r="G7" t="s">
+        <v>40</v>
+      </c>
+      <c r="H7">
+        <v>2020</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>69</v>
+      </c>
+      <c r="K7" t="s">
+        <v>61</v>
+      </c>
+      <c r="L7" t="s">
+        <v>62</v>
+      </c>
+      <c r="M7" t="s">
+        <v>70</v>
+      </c>
+      <c r="N7" t="s">
+        <v>71</v>
+      </c>
+      <c r="O7" t="s">
+        <v>72</v>
+      </c>
+      <c r="P7" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>74</v>
+      </c>
+      <c r="B8" t="s">
+        <v>75</v>
+      </c>
+      <c r="C8" t="s">
+        <v>31</v>
+      </c>
+      <c r="D8" t="s">
+        <v>76</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>33</v>
+      </c>
+      <c r="G8" t="s">
+        <v>40</v>
+      </c>
+      <c r="H8">
+        <v>2022</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>77</v>
+      </c>
+      <c r="K8" t="s">
+        <v>78</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>34</v>
+      </c>
+      <c r="N8" t="s">
+        <v>64</v>
+      </c>
+      <c r="O8" t="s">
+        <v>79</v>
+      </c>
+      <c r="P8" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>81</v>
+      </c>
+      <c r="B9" t="s">
+        <v>82</v>
+      </c>
+      <c r="C9" t="s">
+        <v>83</v>
+      </c>
+      <c r="D9" t="s">
+        <v>84</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>40</v>
+      </c>
+      <c r="H9">
+        <v>2015</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>41</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>85</v>
+      </c>
+      <c r="M9" t="s">
+        <v>86</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>87</v>
+      </c>
+      <c r="P9" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>89</v>
+      </c>
+      <c r="B10" t="s">
+        <v>82</v>
+      </c>
+      <c r="C10" t="s">
+        <v>83</v>
+      </c>
+      <c r="D10" t="s">
+        <v>90</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>40</v>
+      </c>
+      <c r="H10">
+        <v>2015</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>41</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>85</v>
+      </c>
+      <c r="M10" t="s">
+        <v>86</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>91</v>
+      </c>
+      <c r="P10" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>92</v>
+      </c>
+      <c r="B11" t="s">
+        <v>93</v>
+      </c>
+      <c r="C11" t="s">
+        <v>83</v>
+      </c>
+      <c r="D11" t="s">
+        <v>94</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>33</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11"/>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>41</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>86</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>95</v>
+      </c>
+      <c r="P11" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>96</v>
+      </c>
+      <c r="B12" t="s">
+        <v>97</v>
+      </c>
+      <c r="C12" t="s">
+        <v>98</v>
+      </c>
+      <c r="D12" t="s">
+        <v>99</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>33</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12"/>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>100</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>101</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>102</v>
+      </c>
+      <c r="P12"/>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>103</v>
+      </c>
+      <c r="B13" t="s">
+        <v>104</v>
+      </c>
+      <c r="C13" t="s">
+        <v>98</v>
+      </c>
+      <c r="D13" t="s">
+        <v>105</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>33</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13"/>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>41</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>106</v>
+      </c>
+      <c r="M13" t="s">
+        <v>101</v>
+      </c>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>107</v>
+      </c>
+      <c r="P13"/>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>108</v>
+      </c>
+      <c r="B14" t="s">
+        <v>109</v>
+      </c>
+      <c r="C14" t="s">
+        <v>110</v>
+      </c>
+      <c r="D14" t="s">
+        <v>111</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>33</v>
+      </c>
+      <c r="G14" t="s">
+        <v>40</v>
+      </c>
+      <c r="H14">
+        <v>2012</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>60</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>112</v>
+      </c>
+      <c r="M14" t="s">
+        <v>113</v>
+      </c>
+      <c r="N14" t="s">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>114</v>
+      </c>
+      <c r="P14" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>116</v>
+      </c>
+      <c r="B15" t="s">
+        <v>117</v>
+      </c>
+      <c r="C15" t="s">
+        <v>110</v>
+      </c>
+      <c r="D15" t="s">
+        <v>118</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>33</v>
+      </c>
+      <c r="G15" t="s">
+        <v>40</v>
+      </c>
+      <c r="H15">
+        <v>2015</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>60</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>119</v>
+      </c>
+      <c r="M15" t="s">
+        <v>113</v>
+      </c>
+      <c r="N15" t="s">
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
+        <v>120</v>
+      </c>
+      <c r="P15" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>122</v>
+      </c>
+      <c r="B16" t="s">
+        <v>123</v>
+      </c>
+      <c r="C16" t="s">
+        <v>110</v>
+      </c>
+      <c r="D16" t="s">
+        <v>90</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>33</v>
+      </c>
+      <c r="G16" t="s">
+        <v>124</v>
+      </c>
+      <c r="H16">
+        <v>2013</v>
+      </c>
+      <c r="I16">
+        <v>2015</v>
+      </c>
+      <c r="J16" t="s">
+        <v>60</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>125</v>
+      </c>
+      <c r="M16" t="s">
+        <v>113</v>
+      </c>
+      <c r="N16" t="s">
+        <v>26</v>
+      </c>
+      <c r="O16" t="s">
+        <v>126</v>
+      </c>
+      <c r="P16" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>128</v>
+      </c>
+      <c r="B17" t="s">
+        <v>129</v>
+      </c>
+      <c r="C17" t="s">
+        <v>110</v>
+      </c>
+      <c r="D17" t="s">
+        <v>130</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>40</v>
+      </c>
+      <c r="H17">
+        <v>2014</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>60</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>131</v>
+      </c>
+      <c r="M17" t="s">
+        <v>113</v>
+      </c>
+      <c r="N17" t="s">
+        <v>26</v>
+      </c>
+      <c r="O17" t="s">
+        <v>132</v>
+      </c>
+      <c r="P17" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>134</v>
+      </c>
+      <c r="B18" t="s">
+        <v>135</v>
+      </c>
+      <c r="C18" t="s">
+        <v>110</v>
+      </c>
+      <c r="D18" t="s">
+        <v>136</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>33</v>
+      </c>
+      <c r="G18" t="s">
+        <v>40</v>
+      </c>
+      <c r="H18">
+        <v>2013</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>60</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>137</v>
+      </c>
+      <c r="M18" t="s">
+        <v>113</v>
+      </c>
+      <c r="N18" t="s">
+        <v>26</v>
+      </c>
+      <c r="O18" t="s">
+        <v>138</v>
+      </c>
+      <c r="P18" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>140</v>
+      </c>
+      <c r="B19" t="s">
+        <v>68</v>
+      </c>
+      <c r="C19" t="s">
+        <v>141</v>
+      </c>
+      <c r="D19" t="s">
+        <v>58</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>59</v>
+      </c>
+      <c r="G19" t="s">
+        <v>142</v>
+      </c>
+      <c r="H19">
+        <v>2022</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>143</v>
+      </c>
+      <c r="K19" t="s">
+        <v>61</v>
+      </c>
+      <c r="L19" t="s">
+        <v>62</v>
+      </c>
+      <c r="M19" t="s">
+        <v>144</v>
+      </c>
+      <c r="N19" t="s">
+        <v>71</v>
+      </c>
+      <c r="O19" t="s">
+        <v>145</v>
+      </c>
+      <c r="P19" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>147</v>
+      </c>
+      <c r="B20" t="s">
+        <v>148</v>
+      </c>
+      <c r="C20" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...14 lines deleted...]
-      <c r="M2" t="s">
+      <c r="D20" t="s">
+        <v>149</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>150</v>
+      </c>
+      <c r="G20" t="s">
+        <v>40</v>
+      </c>
+      <c r="H20">
+        <v>2017</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
         <v>23</v>
       </c>
-      <c r="N2" t="s">
+      <c r="K20" t="s">
         <v>24</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A3" t="s">
+      <c r="L20"/>
+      <c r="M20" t="s">
         <v>25</v>
       </c>
-      <c r="B3" t="s">
+      <c r="N20" t="s">
         <v>26</v>
       </c>
-      <c r="C3" t="s">
-[...37 lines deleted...]
-      <c r="C4" t="s">
+      <c r="O20" t="s">
+        <v>151</v>
+      </c>
+      <c r="P20" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>153</v>
+      </c>
+      <c r="B21" t="s">
+        <v>154</v>
+      </c>
+      <c r="C21" t="s">
+        <v>18</v>
+      </c>
+      <c r="D21" t="s">
+        <v>84</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>150</v>
+      </c>
+      <c r="G21" t="s">
+        <v>124</v>
+      </c>
+      <c r="H21">
+        <v>2017</v>
+      </c>
+      <c r="I21">
+        <v>2019</v>
+      </c>
+      <c r="J21" t="s">
+        <v>155</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>25</v>
+      </c>
+      <c r="N21" t="s">
+        <v>26</v>
+      </c>
+      <c r="O21" t="s">
+        <v>156</v>
+      </c>
+      <c r="P21" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>157</v>
+      </c>
+      <c r="B22" t="s">
+        <v>158</v>
+      </c>
+      <c r="C22" t="s">
+        <v>159</v>
+      </c>
+      <c r="D22" t="s">
+        <v>58</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>59</v>
+      </c>
+      <c r="G22" t="s">
+        <v>124</v>
+      </c>
+      <c r="H22">
+        <v>2018</v>
+      </c>
+      <c r="I22">
+        <v>2022</v>
+      </c>
+      <c r="J22" t="s">
+        <v>155</v>
+      </c>
+      <c r="K22" t="s">
+        <v>61</v>
+      </c>
+      <c r="L22" t="s">
+        <v>62</v>
+      </c>
+      <c r="M22" t="s">
+        <v>160</v>
+      </c>
+      <c r="N22" t="s">
+        <v>64</v>
+      </c>
+      <c r="O22" t="s">
+        <v>161</v>
+      </c>
+      <c r="P22" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>163</v>
+      </c>
+      <c r="B23" t="s">
+        <v>164</v>
+      </c>
+      <c r="C23" t="s">
+        <v>159</v>
+      </c>
+      <c r="D23" t="s">
+        <v>58</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>59</v>
+      </c>
+      <c r="G23" t="s">
+        <v>124</v>
+      </c>
+      <c r="H23">
+        <v>2018</v>
+      </c>
+      <c r="I23">
+        <v>2022</v>
+      </c>
+      <c r="J23" t="s">
+        <v>155</v>
+      </c>
+      <c r="K23" t="s">
+        <v>78</v>
+      </c>
+      <c r="L23" t="s">
+        <v>62</v>
+      </c>
+      <c r="M23" t="s">
+        <v>160</v>
+      </c>
+      <c r="N23" t="s">
+        <v>64</v>
+      </c>
+      <c r="O23" t="s">
+        <v>165</v>
+      </c>
+      <c r="P23" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>166</v>
+      </c>
+      <c r="B24" t="s">
+        <v>167</v>
+      </c>
+      <c r="C24" t="s">
+        <v>168</v>
+      </c>
+      <c r="D24" t="s">
+        <v>58</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>59</v>
+      </c>
+      <c r="G24" t="s">
+        <v>40</v>
+      </c>
+      <c r="H24">
+        <v>2021</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>169</v>
+      </c>
+      <c r="K24" t="s">
+        <v>61</v>
+      </c>
+      <c r="L24" t="s">
+        <v>62</v>
+      </c>
+      <c r="M24" t="s">
+        <v>170</v>
+      </c>
+      <c r="N24" t="s">
+        <v>64</v>
+      </c>
+      <c r="O24" t="s">
+        <v>171</v>
+      </c>
+      <c r="P24"/>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>172</v>
+      </c>
+      <c r="B25" t="s">
+        <v>173</v>
+      </c>
+      <c r="C25" t="s">
+        <v>174</v>
+      </c>
+      <c r="D25" t="s">
+        <v>175</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>59</v>
+      </c>
+      <c r="G25" t="s">
+        <v>40</v>
+      </c>
+      <c r="H25">
+        <v>2019</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>60</v>
+      </c>
+      <c r="K25" t="s">
+        <v>176</v>
+      </c>
+      <c r="L25"/>
+      <c r="M25" t="s">
+        <v>177</v>
+      </c>
+      <c r="N25" t="s">
+        <v>178</v>
+      </c>
+      <c r="O25" t="s">
+        <v>179</v>
+      </c>
+      <c r="P25" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>181</v>
+      </c>
+      <c r="B26" t="s">
+        <v>182</v>
+      </c>
+      <c r="C26" t="s">
+        <v>174</v>
+      </c>
+      <c r="D26" t="s">
+        <v>90</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
         <v>33</v>
       </c>
-      <c r="D4" t="s">
-[...8 lines deleted...]
-      <c r="G4">
+      <c r="G26" t="s">
+        <v>40</v>
+      </c>
+      <c r="H26">
+        <v>2011</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>183</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26"/>
+      <c r="M26" t="s">
+        <v>177</v>
+      </c>
+      <c r="N26" t="s">
+        <v>26</v>
+      </c>
+      <c r="O26" t="s">
+        <v>184</v>
+      </c>
+      <c r="P26" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>186</v>
+      </c>
+      <c r="B27" t="s">
+        <v>187</v>
+      </c>
+      <c r="C27" t="s">
+        <v>110</v>
+      </c>
+      <c r="D27" t="s">
+        <v>188</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>150</v>
+      </c>
+      <c r="G27" t="s">
+        <v>124</v>
+      </c>
+      <c r="H27">
+        <v>2014</v>
+      </c>
+      <c r="I27">
+        <v>2017</v>
+      </c>
+      <c r="J27" t="s">
+        <v>169</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27"/>
+      <c r="M27" t="s">
+        <v>113</v>
+      </c>
+      <c r="N27" t="s">
+        <v>26</v>
+      </c>
+      <c r="O27" t="s">
+        <v>189</v>
+      </c>
+      <c r="P27" t="s">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>191</v>
+      </c>
+      <c r="B28" t="s">
+        <v>192</v>
+      </c>
+      <c r="C28" t="s">
+        <v>193</v>
+      </c>
+      <c r="D28" t="s">
+        <v>58</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>59</v>
+      </c>
+      <c r="G28" t="s">
+        <v>40</v>
+      </c>
+      <c r="H28">
         <v>2021</v>
       </c>
-      <c r="H4"/>
-[...146 lines deleted...]
-      <c r="A8" t="s">
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>169</v>
+      </c>
+      <c r="K28" t="s">
         <v>61</v>
       </c>
-      <c r="B8" t="s">
-[...2 lines deleted...]
-      <c r="C8" t="s">
+      <c r="L28" t="s">
         <v>62</v>
       </c>
-      <c r="D8" t="s">
-[...15 lines deleted...]
-      <c r="J8" t="s">
+      <c r="M28" t="s">
+        <v>194</v>
+      </c>
+      <c r="N28" t="s">
         <v>64</v>
       </c>
-      <c r="K8"/>
-[...838 lines deleted...]
-      </c>
+      <c r="O28" t="s">
+        <v>195</v>
+      </c>
+      <c r="P28"/>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>