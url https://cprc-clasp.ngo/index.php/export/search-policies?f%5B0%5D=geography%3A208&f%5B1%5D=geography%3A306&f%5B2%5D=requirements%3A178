--- v1 (2025-12-04)
+++ v2 (2026-02-04)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="196">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="197">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -135,78 +135,81 @@
   <si>
     <t>Windows</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-meps-green-buildings-windows</t>
   </si>
   <si>
     <t>Eco-Design Requirements for Water Pump Energy Efficiency (8441/2021)</t>
   </si>
   <si>
     <t>This standard establishes ecodesign requirements for rotodynamic water pumps for pumping clean water, including those integrated into other products, and efficiency labeling requirements.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Pumps</t>
   </si>
   <si>
+    <t>Entered into force, New, Superseded</t>
+  </si>
+  <si>
+    <t>October 2022</t>
+  </si>
+  <si>
+    <t>ICS 23.080</t>
+  </si>
+  <si>
+    <t>Egyptian Organization for Standards and Quality</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/eco-design-requirements-water-pump-energy-efficiency-84412021</t>
+  </si>
+  <si>
+    <t>https://www.eos.org.eg/en/standard/15248</t>
+  </si>
+  <si>
+    <t>Energy Efficiency of Electrical Appliances, Equipment and Lighting Products Act No. 24 of 2016</t>
+  </si>
+  <si>
+    <t>This documents contains Regulations on MEPS and Energy labelling requirements for Air conditioners. This include Single phase and 3-phase up to 65kW rated total cooling Capacity.It also  Includes air source heat Pumps but not water source heat pumps.  Household refrigerating appliances: This includes any electrical household refrigerating appliances covered under the standards, and including refrigerators, refrigerators and freezers or freezers covered under the standard which: (a) Operate using the vapour Compensation cycle, and (b) Use mains electricity (230/240 volts at 50Hz) as the primary power source,  Fluorescent lamp ballasts ,  Incandescent lamps, Compact fluorescent lamps and Linear Fluorescent lamps</t>
+  </si>
+  <si>
+    <t>Vanuatu</t>
+  </si>
+  <si>
+    <t>Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
     <t>Entered into force, New</t>
-  </si>
-[...25 lines deleted...]
-    <t>Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>AS 4934.2-2011; AS/NZS 4934.1:2014</t>
   </si>
   <si>
     <t>Vanuatu Department of Energy, Mines and Minerals</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-electrical-appliances-equipment-and-lighting-products-act-no-24-2016</t>
   </si>
   <si>
     <t>http://www.paclii.org/vu/legis/num_act/eeoeaealpa2016660/</t>
   </si>
   <si>
     <t>ES 6087:2017 Requirements for plug - and - play DC solar home system kit</t>
   </si>
   <si>
     <t>This Ethiopian Standard specifies requirements for performance, safety and durability for plug – and – play type DC Solar Home Systems Kit that have the peak power rating above 10 and up to 350W.</t>
   </si>
   <si>
     <t>Ethiopia</t>
   </si>
@@ -964,51 +967,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P28"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="259.365" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="849.221" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="172.101" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="41.133" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="57.7" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="173.243" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -1180,1159 +1183,1159 @@
       </c>
       <c r="P4" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
         <v>46</v>
       </c>
       <c r="B5" t="s">
         <v>47</v>
       </c>
       <c r="C5" t="s">
         <v>48</v>
       </c>
       <c r="D5" t="s">
         <v>49</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>21</v>
       </c>
       <c r="G5" t="s">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="H5">
         <v>2017</v>
       </c>
       <c r="I5"/>
       <c r="J5" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="M5" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="N5" t="s">
         <v>26</v>
       </c>
       <c r="O5" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="P5" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B6" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C6" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="D6" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="G6" t="s">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="H6">
         <v>2017</v>
       </c>
       <c r="I6"/>
       <c r="J6" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="K6" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="L6" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="M6" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="N6" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="O6" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="P6" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B7" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C7" t="s">
         <v>31</v>
       </c>
       <c r="D7" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="G7" t="s">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="H7">
         <v>2020</v>
       </c>
       <c r="I7"/>
       <c r="J7" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="K7" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="L7" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="M7" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="N7" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="O7" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="P7" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B8" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C8" t="s">
         <v>31</v>
       </c>
       <c r="D8" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
         <v>33</v>
       </c>
       <c r="G8" t="s">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="H8">
         <v>2022</v>
       </c>
       <c r="I8"/>
       <c r="J8" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="K8" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="L8"/>
       <c r="M8" t="s">
         <v>34</v>
       </c>
       <c r="N8" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="O8" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="P8" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B9" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C9" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D9" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
         <v>21</v>
       </c>
       <c r="G9" t="s">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="H9">
         <v>2015</v>
       </c>
       <c r="I9"/>
       <c r="J9" t="s">
         <v>41</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="M9" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="N9" t="s">
         <v>26</v>
       </c>
       <c r="O9" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="P9" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="B10" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C10" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D10" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
         <v>21</v>
       </c>
       <c r="G10" t="s">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="H10">
         <v>2015</v>
       </c>
       <c r="I10"/>
       <c r="J10" t="s">
         <v>41</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="M10" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="N10" t="s">
         <v>26</v>
       </c>
       <c r="O10" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="P10" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="B11" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="C11" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D11" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
         <v>33</v>
       </c>
       <c r="G11" t="s">
         <v>22</v>
       </c>
       <c r="H11"/>
       <c r="I11"/>
       <c r="J11" t="s">
         <v>41</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11"/>
       <c r="M11" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="N11" t="s">
         <v>26</v>
       </c>
       <c r="O11" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="P11" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="B12" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="C12" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="D12" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
         <v>33</v>
       </c>
       <c r="G12" t="s">
         <v>22</v>
       </c>
       <c r="H12"/>
       <c r="I12"/>
       <c r="J12" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12"/>
       <c r="M12" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="N12" t="s">
         <v>26</v>
       </c>
       <c r="O12" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="P12"/>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="B13" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="C13" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="D13" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
         <v>33</v>
       </c>
       <c r="G13" t="s">
         <v>22</v>
       </c>
       <c r="H13"/>
       <c r="I13"/>
       <c r="J13" t="s">
         <v>41</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="M13" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="N13" t="s">
         <v>26</v>
       </c>
       <c r="O13" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="P13"/>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="B14" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="C14" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="D14" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
         <v>33</v>
       </c>
       <c r="G14" t="s">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="H14">
         <v>2012</v>
       </c>
       <c r="I14"/>
       <c r="J14" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="M14" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="N14" t="s">
         <v>26</v>
       </c>
       <c r="O14" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="P14" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="B15" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="C15" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="D15" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
         <v>33</v>
       </c>
       <c r="G15" t="s">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="H15">
         <v>2015</v>
       </c>
       <c r="I15"/>
       <c r="J15" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="M15" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="N15" t="s">
         <v>26</v>
       </c>
       <c r="O15" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="P15" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="B16" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="C16" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="D16" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
         <v>33</v>
       </c>
       <c r="G16" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="H16">
         <v>2013</v>
       </c>
       <c r="I16">
         <v>2015</v>
       </c>
       <c r="J16" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="M16" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="N16" t="s">
         <v>26</v>
       </c>
       <c r="O16" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="P16" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="B17" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="C17" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="D17" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
         <v>21</v>
       </c>
       <c r="G17" t="s">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="H17">
         <v>2014</v>
       </c>
       <c r="I17"/>
       <c r="J17" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
       <c r="L17" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="M17" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="N17" t="s">
         <v>26</v>
       </c>
       <c r="O17" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="P17" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B18" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C18" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="D18" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
         <v>33</v>
       </c>
       <c r="G18" t="s">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="H18">
         <v>2013</v>
       </c>
       <c r="I18"/>
       <c r="J18" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
       <c r="L18" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="M18" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="N18" t="s">
         <v>26</v>
       </c>
       <c r="O18" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="P18" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="B19" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C19" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="D19" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="G19" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="H19">
         <v>2022</v>
       </c>
       <c r="I19"/>
       <c r="J19" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="K19" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="L19" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="M19" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="N19" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="O19" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="P19" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="B20" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="C20" t="s">
         <v>18</v>
       </c>
       <c r="D20" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="G20" t="s">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="H20">
         <v>2017</v>
       </c>
       <c r="I20"/>
       <c r="J20" t="s">
         <v>23</v>
       </c>
       <c r="K20" t="s">
         <v>24</v>
       </c>
       <c r="L20"/>
       <c r="M20" t="s">
         <v>25</v>
       </c>
       <c r="N20" t="s">
         <v>26</v>
       </c>
       <c r="O20" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="P20" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="B21" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="C21" t="s">
         <v>18</v>
       </c>
       <c r="D21" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="G21" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="H21">
         <v>2017</v>
       </c>
       <c r="I21">
         <v>2019</v>
       </c>
       <c r="J21" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="K21" t="s">
         <v>24</v>
       </c>
       <c r="L21"/>
       <c r="M21" t="s">
         <v>25</v>
       </c>
       <c r="N21" t="s">
         <v>26</v>
       </c>
       <c r="O21" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="P21" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="B22" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="C22" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="D22" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="G22" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="H22">
         <v>2018</v>
       </c>
       <c r="I22">
         <v>2022</v>
       </c>
       <c r="J22" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="K22" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="L22" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="M22" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="N22" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="O22" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="P22" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="B23" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="C23" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="D23" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="G23" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="H23">
         <v>2018</v>
       </c>
       <c r="I23">
         <v>2022</v>
       </c>
       <c r="J23" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="K23" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="L23" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="M23" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="N23" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="O23" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="P23" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="B24" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="C24" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="D24" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="G24" t="s">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="H24">
         <v>2021</v>
       </c>
       <c r="I24"/>
       <c r="J24" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="K24" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="L24" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="M24" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="N24" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="O24" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="P24"/>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="B25" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="C25" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="D25" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="G25" t="s">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="H25">
         <v>2019</v>
       </c>
       <c r="I25"/>
       <c r="J25" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="K25" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="L25"/>
       <c r="M25" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="N25" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="O25" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="P25" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="B26" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="C26" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="D26" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
         <v>33</v>
       </c>
       <c r="G26" t="s">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="H26">
         <v>2011</v>
       </c>
       <c r="I26"/>
       <c r="J26" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="K26" t="s">
         <v>24</v>
       </c>
       <c r="L26"/>
       <c r="M26" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="N26" t="s">
         <v>26</v>
       </c>
       <c r="O26" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="P26" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="B27" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="C27" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="D27" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="G27" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="H27">
         <v>2014</v>
       </c>
       <c r="I27">
         <v>2017</v>
       </c>
       <c r="J27" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="K27" t="s">
         <v>24</v>
       </c>
       <c r="L27"/>
       <c r="M27" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="N27" t="s">
         <v>26</v>
       </c>
       <c r="O27" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="P27" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="B28" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="C28" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="D28" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="G28" t="s">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="H28">
         <v>2021</v>
       </c>
       <c r="I28"/>
       <c r="J28" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="K28" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="L28" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="M28" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="N28" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="O28" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="P28"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>