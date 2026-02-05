--- v0 (2025-12-06)
+++ v1 (2026-02-05)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="310">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="307">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -114,50 +114,53 @@
     <t>ICS 97.040.30</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards &amp; Quality</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3794-2024-energy-efficiency-household-and-similar-electrical-appliances-measurement-and</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/4358</t>
   </si>
   <si>
     <t>3795-1/2016 Energy efficiency label requirements for air conditioners part 1: room air conditioner (window-split) with fixed capacity and fixed compressor</t>
   </si>
   <si>
     <t>This standard establishes label requirements for room air conditioners, both window and split with fixed capacity and fixed compressors.</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Air Conditioning, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814.</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3795-12016-energy-efficiency-label-requirements-air-conditioners-part-1-room-air</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14491</t>
   </si>
   <si>
     <t>3795-2/2017 Energy Efficiency Label Requirements For Air Conditioners Part 2: Variable Capacity Room Air Conditioner (Window-Split) with Variable Speed Compressor</t>
   </si>
   <si>
     <t>This standard establishes label requirements for room air conditioners, both window and split with variable speed compressors.</t>
   </si>
   <si>
@@ -203,459 +206,447 @@
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/8643</t>
   </si>
   <si>
     <t>4100/2006 Energy Efficiency of Households and similar Electrical appliances methods for measuring and calculation energy consumption of washing machine</t>
   </si>
   <si>
     <t>This standard specifies the energy efficiency specifications for washing machines.</t>
   </si>
   <si>
     <t>Laundry, Washing Machines</t>
   </si>
   <si>
     <t>IEC 60465/2003+cor1/2005
 ,   
                       IEC-60335-1/2001-Amd 1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/41002006-energy-efficiency-households-and-similar-electrical-appliances-methods-measuring</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/4472</t>
   </si>
   <si>
-    <t>7823/2020 Energy efficiency requirements for electrical lamps and luminaires</t>
-[...2 lines deleted...]
-    <t>This standard specifies the MEPS and labeling requirements for filament lamps; fluorescent lamps; compact fluorescent lamps; high-intensity discharge lamps; LED lamps.</t>
+    <t>CES 140:2015 Off-grid solar photovoltaic lighting kits - requirements</t>
+  </si>
+  <si>
+    <t>standalone off-grid solar products</t>
+  </si>
+  <si>
+    <t>Ethiopia</t>
+  </si>
+  <si>
+    <t>Solar Energy Kits</t>
+  </si>
+  <si>
+    <t>Quality Standard</t>
+  </si>
+  <si>
+    <t>November 2020</t>
+  </si>
+  <si>
+    <t>Solar</t>
+  </si>
+  <si>
+    <t>IEC TS 62257-9-5</t>
+  </si>
+  <si>
+    <t>Ethiopian Standards Agency</t>
+  </si>
+  <si>
+    <t>Energy Efficiency, Off-Grid</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/ces-1402015-grid-solar-photovoltaic-lighting-kits-requirements</t>
+  </si>
+  <si>
+    <t>https://rise.esmap.org/data/files/library/ethiopia/Ethiopia%20Energy%20Performance%20Standards%20for%20lamps.pdf</t>
+  </si>
+  <si>
+    <t>DKS 2464-2:2020 Performance of household electrical Appliances — Refrigerating appliances; Part 2: Minimum energy performance standard requirements</t>
+  </si>
+  <si>
+    <t>These standards apply to household and similar refrigerating appliances cooled by internal natural convection or forced air circulation. They replace KS 2464-1,2:2013.</t>
+  </si>
+  <si>
+    <t>Kenya</t>
+  </si>
+  <si>
+    <t>Refrigerators-Freezers</t>
+  </si>
+  <si>
+    <t>Kenya Bureau of Standards (KEBS)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/dks-2464-22020-performance-household-electrical-appliances-refrigerating-appliances-part-2</t>
+  </si>
+  <si>
+    <t>https://www.kebs.org/index.php?option=com_content&amp;view=category&amp;id=66&amp;Itemid=526</t>
+  </si>
+  <si>
+    <t>GN 11/2017: Energy Efficiency (Labelling of Regulated Machinery) Regulations 2017 - amended by GN No. 137 of 2018</t>
+  </si>
+  <si>
+    <t>This regulation covers the labeling requirements for household refrigerating appliances, household electric ovens, and household dishwashers. The Mauritian label is similar to the EU one. Dealers have to register their appliances with the Energy Efficiency Management Office and affix the energy label on the appliances before putting them on display for sale.</t>
+  </si>
+  <si>
+    <t>Mauritius</t>
+  </si>
+  <si>
+    <t>Ovens, Dishwashers, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>MS 201</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Management Office</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gn-112017-energy-efficiency-labelling-regulated-machinery-regulations-2017-amended-gn-no</t>
+  </si>
+  <si>
+    <t>https://eemo.govmu.org/Pages/Labelling%20of%20appliances/amend_GN137_2018.pdf</t>
+  </si>
+  <si>
+    <t>ISIR 14577, 1st Edition, Household refrigerating appliances - Determination of Criteria for energy consumption and energy labeling instructions</t>
+  </si>
+  <si>
+    <t>Domestic refrigerator, freezer, refrigerator-freezer</t>
+  </si>
+  <si>
+    <t>Iran</t>
+  </si>
+  <si>
+    <t>Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>January 2016</t>
+  </si>
+  <si>
+    <t>ISO-8187</t>
+  </si>
+  <si>
+    <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isir-14577-1st-edition-household-refrigerating-appliances-determination-criteria-energy</t>
+  </si>
+  <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
+    <t>ISIRI 10634 Fans- Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
+  </si>
+  <si>
+    <t>Fans with capacity of 170-3500 m3 per h. Does not cover ceiling fans or portable fans.</t>
+  </si>
+  <si>
+    <t>Industrial Fans</t>
+  </si>
+  <si>
+    <t>ANSI/ASHRAE 51-1999 (AMCA Standard 210-99 ANSI approved)</t>
+  </si>
+  <si>
+    <t>Energy Efficiency, Industrial Sector</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-10634-fans-technical-specifications-and-test-methods-energy-consumption-and-energy</t>
+  </si>
+  <si>
+    <t>ISIRI 10635: 2008, Wet Cooling Towers, Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
+  </si>
+  <si>
+    <t>Applicable to wet cooling towers with capacity of 800 tons. Does not include cooling towers with natural flow</t>
+  </si>
+  <si>
+    <t>Water Coolers</t>
+  </si>
+  <si>
+    <t>ISIRI 4514 (1998), BS EN 13741 (2003), BS 4485-part2 (1988), CTI ATC 105 (2000)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-10635-2008-wet-cooling-towers-technical-specifications-and-test-methods-energy</t>
+  </si>
+  <si>
+    <t>ISIRI 10636 Specification for Energy Consumption and Energy labeling of Fan coils and Ducted fan coils</t>
+  </si>
+  <si>
+    <t>Ducted and non-ducted fan coil room air conditioners</t>
+  </si>
+  <si>
+    <t>ANSI/ASHRAE STANDARD 79-2002, ARI 440-1998</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-10636-specification-energy-consumption-and-energy-labeling-fan-coils-and-ducted-fan</t>
+  </si>
+  <si>
+    <t>ISIRI 10637:2007,Refrigerated Display Cabinet-Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
+  </si>
+  <si>
+    <t>Refrigerated Display Cabinet. Does not include vending machines</t>
+  </si>
+  <si>
+    <t>Refrigerated Cabinets</t>
+  </si>
+  <si>
+    <t>ISIRI 9187-2:2007</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-106372007refrigerated-display-cabinet-technical-specifications-and-test-methods</t>
+  </si>
+  <si>
+    <t>ISIRI 10641 Office Equipment-Technical Specifications for Energy Consumption and Energy Labeling Instructions</t>
+  </si>
+  <si>
+    <t>Includes desktop and personal computers, monitors, copy machines, multi devise machines, fax-printer-scanner; Fax, scanner, printer. Does not include server computers.</t>
+  </si>
+  <si>
+    <t>Imaging Equipment</t>
+  </si>
+  <si>
+    <t>IEC 311 (1988)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-10641-office-equipment-technical-specifications-energy-consumption-and-energy</t>
+  </si>
+  <si>
+    <t>ISIRI 10672, Amendment No.1-Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
+  </si>
+  <si>
+    <t>Electric Household Vaccum cleaner</t>
+  </si>
+  <si>
+    <t>Vacuum Cleaners</t>
+  </si>
+  <si>
+    <t>NS 5635 (2001)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-10672-amendment-no1-technical-specifications-and-test-methods-energy-consumption-and</t>
+  </si>
+  <si>
+    <t>ISIRI 1220-2- Test Methods for Energy Consumption and Energy Labelling Instructions</t>
+  </si>
+  <si>
+    <t>Gas fired space heaters with chimney with maximum consumption less than 150 MegaJolt per hr</t>
+  </si>
+  <si>
+    <t>Boilers and Furnaces</t>
+  </si>
+  <si>
+    <t>Gas</t>
+  </si>
+  <si>
+    <t>AS 4553,</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-1220-2-test-methods-energy-consumption-and-energy-labelling-instructions</t>
+  </si>
+  <si>
+    <t>ISIRI 12885, 1st Edition- technical specification and test method for energy consumption and energy labeling instruction</t>
+  </si>
+  <si>
+    <t>Gas fired forced convection air heaters for space heating not exceeding a net heat input of 300 kW</t>
+  </si>
+  <si>
+    <t>BS EN 1020 1998, AS 4553&amp; AG 103 2000:</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-12885-1st-edition-technical-specification-and-test-method-energy-consumption-and</t>
+  </si>
+  <si>
+    <t>ISIRI 13368 Energy Consumption Criteria for Oil Distribution Transformers</t>
+  </si>
+  <si>
+    <t>Three Phases oil transformers, less than 36kVA and 25kVA up to 2500kVA ,50Hz</t>
+  </si>
+  <si>
+    <t>Power Transformers</t>
+  </si>
+  <si>
+    <t>IEC 60071-1, 2011, IEC 60071-2, 2011</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-13368-energy-consumption-criteria-oil-distribution-transformers</t>
+  </si>
+  <si>
+    <t>ISIRI 13782, Amendment No.1 , Boilers - Technical specifications and test method for energy consumption and energy labeling instruction</t>
+  </si>
+  <si>
+    <t>BoilersTechnical Specifications and Test Method for Energy Consumption and Energy Labeling Instruction</t>
+  </si>
+  <si>
+    <t>January 2020</t>
+  </si>
+  <si>
+    <t>ISIRI 4231 ,ASME PTC4</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-13782-amendment-no1-boilers-technical-specifications-and-test-method-energy</t>
+  </si>
+  <si>
+    <t>ISIRI 14629:2011-determination of critera for energy consumption and energy labeling instruction</t>
+  </si>
+  <si>
+    <t>centeral heating boilers  of nominal heat input not exceeeding 70 kw -nominal heat input not exceeding 70kW</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-146292011-determination-critera-energy-consumption-and-energy-labeling-instruction</t>
+  </si>
+  <si>
+    <t>ISIRI 1828-2-Test Methods for Energy Consumption and Energy Labelling Instructions</t>
+  </si>
+  <si>
+    <t>Instantaneous gas water heaters with maximum consumtion less than 250MegaJolt per Hr</t>
+  </si>
+  <si>
+    <t>Instantaneous Water Heaters</t>
+  </si>
+  <si>
+    <t>AG 102: 2000, EN 26: 2000, ISIRI 1828-1</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-1828-2-test-methods-energy-consumption-and-energy-labelling-instructions</t>
+  </si>
+  <si>
+    <t>ISIRI 3678-2: 2002, 1st Edition- Method for measuring of energy consumption and energy labeling instructions</t>
+  </si>
+  <si>
+    <t>This policy applies to liquid chilling packages with water-cooled condenser and evaporator.</t>
+  </si>
+  <si>
+    <t>Chillers - Cooler Towers</t>
+  </si>
+  <si>
+    <t>NS 3678: 1995</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-3678-2-2002-1st-edition-method-measuring-energy-consumption-and-energy-labeling</t>
+  </si>
+  <si>
+    <t>ISIRI 4910-2, 1st Revision- Method for measuring of energy consumption and energy labeling instructions</t>
+  </si>
+  <si>
+    <t>Evaporative air coolers -Direct and indirect types</t>
+  </si>
+  <si>
+    <t>Evaporative Coolers</t>
+  </si>
+  <si>
+    <t>AS 2913-1987 ,IS3315-1974</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-4910-2-1st-revision-method-measuring-energy-consumption-and-energy-labeling</t>
+  </si>
+  <si>
+    <t>ISIRI 7268-2,Flueless gas room heaters - Technical specification and test method for energy consumption and energy labeling instruction</t>
+  </si>
+  <si>
+    <t>Gas fired space heaters without chimney with maximum consumption 30MegaJolt/Hr.</t>
+  </si>
+  <si>
+    <t>AS 4553, ISIRI 7268-1</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-7268-2flueless-gas-room-heaters-technical-specification-and-test-method-energy</t>
+  </si>
+  <si>
+    <t>ISIRI 7342-2, Specification for energy consumption and energy labeling of electric houshold room heaters</t>
+  </si>
+  <si>
+    <t>Residential electric space heater</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-7342-2-specification-energy-consumption-and-energy-labeling-electric-houshold-room</t>
+  </si>
+  <si>
+    <t>ISIRI 7817-2, 1st Edition, Centrifugal, mixed flow and axial pumps - Method for measuring of energy consumption and energy labeling instructions</t>
+  </si>
+  <si>
+    <t>Centrifugal, mixed flow and axial pumps</t>
+  </si>
+  <si>
+    <t>Pumps Other</t>
+  </si>
+  <si>
+    <t>ISO-2548 (Class C)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-7817-2-1st-edition-centrifugal-mixed-flow-and-axial-pumps-method-measuring-energy</t>
+  </si>
+  <si>
+    <t>ISIRI 7874, 1st Edition, Specification for energy consumption and energy labeling of single phase electrical motors</t>
+  </si>
+  <si>
+    <t>Small 1-phase General Purpose</t>
+  </si>
+  <si>
+    <t>1-Phase Motors</t>
+  </si>
+  <si>
+    <t>ISIRI 3772-1</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-7874-1st-edition-specification-energy-consumption-and-energy-labeling-single-phase</t>
+  </si>
+  <si>
+    <t>ISIRI 7875-1st edition- Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
+  </si>
+  <si>
+    <t>Includes electric kettles with capacity of minimum 4L and maximum 30L with 250 Va.c.</t>
+  </si>
+  <si>
+    <t>Electric Kettles</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-7875-1st-edition-specifications-and-test-methods-energy-consumption-and-energy</t>
+  </si>
+  <si>
+    <t>ISIRI 7966, 1st Edition, Specification for energy consumption and energy labeling of three phase electrical motors</t>
+  </si>
+  <si>
+    <t>This policy covers all motors with 3 phase general purpose</t>
+  </si>
+  <si>
+    <t>3-Phase Motors</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-7966-1st-edition-specification-energy-consumption-and-energy-labeling-three-phase</t>
+  </si>
+  <si>
+    <t>KS 2446-1:2013 Self ballasted lamps for general lighting services Part 1: Minimum energy performance standards requirements</t>
+  </si>
+  <si>
+    <t>This standard specifies minimum energy performance standards requirements and related attributes for self ballasted compact fluorescent lamps -CFLs.</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
-  </si>
-[...400 lines deleted...]
-    <t>This standard specifies minimum energy performance standards requirements and related attributes for self ballasted compact fluorescent lamps -CFLs.</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>KS 2446-2:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ks-2446-12013-self-ballasted-lamps-general-lighting-services-part-1-minimum-energy</t>
   </si>
   <si>
     <t>http://www.puntofocal.gov.ar/notific_otros_miembros/ken358_t.pdf</t>
   </si>
   <si>
     <t>KS 2447-1:2013 Performance of electrical lighting equipment- Ballasts for fluorescent lamps Part 1: Energy labeling and minimum energy performance standards requirements</t>
   </si>
   <si>
     <t>Specifies requirements for the classsification of ballasts for a range of fluorescent lamp types according to their energy efficiency index</t>
   </si>
   <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
@@ -1303,65 +1294,65 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P52"/>
+  <dimension ref="A1:P51"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="222.803" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1007.325" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="202.808" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="94.263" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -1449,2502 +1440,2454 @@
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>32</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>33</v>
       </c>
       <c r="G3" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H3">
         <v>2003</v>
       </c>
       <c r="I3">
         <v>2016</v>
       </c>
       <c r="J3" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="M3" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="P3" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B4" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
         <v>32</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>33</v>
       </c>
       <c r="G4" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H4">
         <v>2003</v>
       </c>
       <c r="I4">
         <v>2017</v>
       </c>
       <c r="J4" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="M4" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="P4" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B5" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C5" t="s">
         <v>18</v>
       </c>
       <c r="D5" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>33</v>
       </c>
       <c r="G5" t="s">
         <v>22</v>
       </c>
       <c r="H5">
         <v>2003</v>
       </c>
       <c r="I5">
         <v>2018</v>
       </c>
       <c r="J5" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5"/>
       <c r="M5" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="P5" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B6" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
       <c r="D6" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="G6" t="s">
         <v>22</v>
       </c>
       <c r="H6">
         <v>2003</v>
       </c>
       <c r="I6">
         <v>2023</v>
       </c>
       <c r="J6" t="s">
         <v>23</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="M6" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="P6" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B7" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C7" t="s">
         <v>18</v>
       </c>
       <c r="D7" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>21</v>
       </c>
       <c r="G7" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H7">
         <v>2003</v>
       </c>
       <c r="I7">
         <v>2006</v>
       </c>
       <c r="J7" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="M7" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="P7" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B8" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C8" t="s">
-        <v>18</v>
+        <v>64</v>
       </c>
       <c r="D8" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
-        <v>21</v>
+        <v>66</v>
       </c>
       <c r="G8" t="s">
         <v>22</v>
       </c>
       <c r="H8">
-        <v>2008</v>
+        <v>2015</v>
       </c>
       <c r="I8">
-        <v>2020</v>
+        <v>2016</v>
       </c>
       <c r="J8" t="s">
-        <v>34</v>
+        <v>67</v>
       </c>
       <c r="K8" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="L8"/>
+        <v>68</v>
+      </c>
+      <c r="L8" t="s">
+        <v>69</v>
+      </c>
       <c r="M8" t="s">
-        <v>36</v>
+        <v>70</v>
       </c>
       <c r="N8" t="s">
-        <v>27</v>
+        <v>71</v>
       </c>
       <c r="O8" t="s">
-        <v>64</v>
+        <v>72</v>
       </c>
       <c r="P8" t="s">
-        <v>65</v>
+        <v>73</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>66</v>
+        <v>74</v>
       </c>
       <c r="B9" t="s">
+        <v>75</v>
+      </c>
+      <c r="C9" t="s">
+        <v>76</v>
+      </c>
+      <c r="D9" t="s">
+        <v>77</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2016</v>
+      </c>
+      <c r="I9">
+        <v>2019</v>
+      </c>
+      <c r="J9" t="s">
         <v>67</v>
       </c>
-      <c r="C9" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="K9" t="s">
-        <v>72</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L9"/>
       <c r="M9" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
       <c r="N9" t="s">
-        <v>75</v>
+        <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="P9" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="B10" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="C10" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="D10" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="G10" t="s">
         <v>22</v>
       </c>
       <c r="H10">
-        <v>2016</v>
+        <v>2019</v>
       </c>
       <c r="I10">
         <v>2019</v>
       </c>
       <c r="J10" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
-      <c r="L10"/>
+      <c r="L10" t="s">
+        <v>85</v>
+      </c>
       <c r="M10" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="P10" t="s">
-        <v>84</v>
+        <v>88</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="B11" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
       <c r="C11" t="s">
-        <v>87</v>
+        <v>91</v>
       </c>
       <c r="D11" t="s">
-        <v>88</v>
+        <v>92</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
-        <v>33</v>
+        <v>93</v>
       </c>
       <c r="G11" t="s">
         <v>22</v>
       </c>
       <c r="H11">
-        <v>2019</v>
+        <v>1998</v>
       </c>
       <c r="I11">
-        <v>2019</v>
+        <v>2012</v>
       </c>
       <c r="J11" t="s">
-        <v>71</v>
+        <v>94</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11" t="s">
-        <v>89</v>
+        <v>95</v>
       </c>
       <c r="M11" t="s">
-        <v>90</v>
+        <v>96</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>91</v>
+        <v>97</v>
       </c>
       <c r="P11" t="s">
-        <v>92</v>
+        <v>98</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
+        <v>99</v>
+      </c>
+      <c r="B12" t="s">
+        <v>100</v>
+      </c>
+      <c r="C12" t="s">
+        <v>91</v>
+      </c>
+      <c r="D12" t="s">
+        <v>101</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
         <v>93</v>
       </c>
-      <c r="B12" t="s">
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2008</v>
+      </c>
+      <c r="I12">
+        <v>2010</v>
+      </c>
+      <c r="J12" t="s">
         <v>94</v>
-      </c>
-[...22 lines deleted...]
-        <v>98</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="M12" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="N12" t="s">
-        <v>27</v>
+        <v>103</v>
       </c>
       <c r="O12" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="P12" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="B13" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="C13" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="D13" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
-        <v>97</v>
+        <v>93</v>
       </c>
       <c r="G13" t="s">
         <v>22</v>
       </c>
       <c r="H13">
+        <v>2002</v>
+      </c>
+      <c r="I13">
         <v>2008</v>
       </c>
-      <c r="I13">
-[...1 lines deleted...]
-      </c>
       <c r="J13" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="M13" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="N13" t="s">
-        <v>107</v>
+        <v>103</v>
       </c>
       <c r="O13" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="P13" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="B14" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="C14" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="D14" t="s">
-        <v>111</v>
+        <v>47</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
-        <v>97</v>
+        <v>21</v>
       </c>
       <c r="G14" t="s">
         <v>22</v>
       </c>
       <c r="H14">
-        <v>2002</v>
+        <v>2008</v>
       </c>
       <c r="I14">
-        <v>2008</v>
+        <v>2006</v>
       </c>
       <c r="J14" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14" t="s">
         <v>112</v>
       </c>
       <c r="M14" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="N14" t="s">
-        <v>107</v>
+        <v>27</v>
       </c>
       <c r="O14" t="s">
         <v>113</v>
       </c>
       <c r="P14" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
         <v>114</v>
       </c>
       <c r="B15" t="s">
         <v>115</v>
       </c>
       <c r="C15" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="D15" t="s">
-        <v>46</v>
+        <v>116</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
-        <v>21</v>
+        <v>93</v>
       </c>
       <c r="G15" t="s">
         <v>22</v>
       </c>
       <c r="H15">
-        <v>2008</v>
+        <v>2007</v>
       </c>
       <c r="I15">
-        <v>2006</v>
+        <v>2012</v>
       </c>
       <c r="J15" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="M15" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="P15" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="B16" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="C16" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="D16" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
-        <v>97</v>
+        <v>93</v>
       </c>
       <c r="G16" t="s">
         <v>22</v>
       </c>
       <c r="H16">
-        <v>2007</v>
+        <v>2012</v>
       </c>
       <c r="I16">
-        <v>2012</v>
+        <v>2010</v>
       </c>
       <c r="J16" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="M16" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="P16" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="B17" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="C17" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="D17" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
-        <v>97</v>
+        <v>93</v>
       </c>
       <c r="G17" t="s">
         <v>22</v>
       </c>
       <c r="H17">
         <v>2012</v>
       </c>
       <c r="I17">
-        <v>2010</v>
+        <v>2014</v>
       </c>
       <c r="J17" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
       <c r="L17" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="M17" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="P17" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="B18" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="C18" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="D18" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
-        <v>97</v>
+        <v>33</v>
       </c>
       <c r="G18" t="s">
         <v>22</v>
       </c>
       <c r="H18">
-        <v>2012</v>
+        <v>2002</v>
       </c>
       <c r="I18">
-        <v>2014</v>
+        <v>2002</v>
       </c>
       <c r="J18" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
       <c r="K18" t="s">
-        <v>24</v>
+        <v>132</v>
       </c>
       <c r="L18" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="M18" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="P18" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="B19" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="C19" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="D19" t="s">
-        <v>135</v>
+        <v>131</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="G19" t="s">
         <v>22</v>
       </c>
       <c r="H19">
-        <v>2002</v>
+        <v>1998</v>
       </c>
       <c r="I19">
-        <v>2002</v>
+        <v>2009</v>
       </c>
       <c r="J19" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
       <c r="K19" t="s">
-        <v>136</v>
+        <v>132</v>
       </c>
       <c r="L19" t="s">
         <v>137</v>
       </c>
       <c r="M19" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="N19" t="s">
-        <v>27</v>
+        <v>103</v>
       </c>
       <c r="O19" t="s">
         <v>138</v>
       </c>
       <c r="P19" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
         <v>139</v>
       </c>
       <c r="B20" t="s">
         <v>140</v>
       </c>
       <c r="C20" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="D20" t="s">
-        <v>135</v>
+        <v>141</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
         <v>21</v>
       </c>
       <c r="G20" t="s">
         <v>22</v>
       </c>
       <c r="H20">
-        <v>1998</v>
+        <v>2012</v>
       </c>
       <c r="I20">
-        <v>2009</v>
+        <v>2012</v>
       </c>
       <c r="J20" t="s">
+        <v>94</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>142</v>
+      </c>
+      <c r="M20" t="s">
+        <v>96</v>
+      </c>
+      <c r="N20" t="s">
+        <v>103</v>
+      </c>
+      <c r="O20" t="s">
+        <v>143</v>
+      </c>
+      <c r="P20" t="s">
         <v>98</v>
-      </c>
-[...16 lines deleted...]
-        <v>102</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="B21" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="C21" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="D21" t="s">
-        <v>145</v>
+        <v>131</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
-        <v>21</v>
+        <v>93</v>
       </c>
       <c r="G21" t="s">
         <v>22</v>
       </c>
       <c r="H21">
-        <v>2012</v>
+        <v>2011</v>
       </c>
       <c r="I21">
-        <v>2012</v>
+        <v>2015</v>
       </c>
       <c r="J21" t="s">
-        <v>98</v>
+        <v>146</v>
       </c>
       <c r="K21" t="s">
         <v>24</v>
       </c>
       <c r="L21" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="M21" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="N21" t="s">
-        <v>107</v>
+        <v>27</v>
       </c>
       <c r="O21" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="P21" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="B22" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="C22" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="D22" t="s">
-        <v>135</v>
+        <v>131</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
-        <v>97</v>
+        <v>21</v>
       </c>
       <c r="G22" t="s">
         <v>22</v>
       </c>
       <c r="H22">
         <v>2011</v>
       </c>
       <c r="I22">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="J22" t="s">
-        <v>150</v>
+        <v>94</v>
       </c>
       <c r="K22" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>132</v>
+      </c>
+      <c r="L22"/>
       <c r="M22" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="P22" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
+        <v>152</v>
+      </c>
+      <c r="B23" t="s">
         <v>153</v>
       </c>
-      <c r="B23" t="s">
+      <c r="C23" t="s">
+        <v>91</v>
+      </c>
+      <c r="D23" t="s">
         <v>154</v>
       </c>
-      <c r="C23" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
-        <v>21</v>
+        <v>93</v>
       </c>
       <c r="G23" t="s">
         <v>22</v>
       </c>
       <c r="H23">
-        <v>2011</v>
+        <v>2003</v>
       </c>
       <c r="I23">
-        <v>2013</v>
+        <v>2010</v>
       </c>
       <c r="J23" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
       <c r="K23" t="s">
-        <v>136</v>
-[...1 lines deleted...]
-      <c r="L23"/>
+        <v>132</v>
+      </c>
+      <c r="L23" t="s">
+        <v>155</v>
+      </c>
       <c r="M23" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="P23" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="B24" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="C24" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="D24" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
-        <v>97</v>
+        <v>93</v>
       </c>
       <c r="G24" t="s">
         <v>22</v>
       </c>
       <c r="H24">
-        <v>2003</v>
+        <v>2002</v>
       </c>
       <c r="I24">
-        <v>2010</v>
+        <v>2002</v>
       </c>
       <c r="J24" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
       <c r="K24" t="s">
-        <v>136</v>
+        <v>24</v>
       </c>
       <c r="L24" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="M24" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="P24" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="B25" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="C25" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="D25" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
-        <v>97</v>
+        <v>93</v>
       </c>
       <c r="G25" t="s">
         <v>22</v>
       </c>
       <c r="H25">
-        <v>2002</v>
+        <v>1999</v>
       </c>
       <c r="I25">
-        <v>2002</v>
+        <v>2009</v>
       </c>
       <c r="J25" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
       <c r="K25" t="s">
         <v>24</v>
       </c>
       <c r="L25" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="M25" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="P25" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="B26" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="C26" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="D26" t="s">
-        <v>168</v>
+        <v>131</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
-        <v>97</v>
+        <v>33</v>
       </c>
       <c r="G26" t="s">
         <v>22</v>
       </c>
       <c r="H26">
-        <v>1999</v>
+        <v>2002</v>
       </c>
       <c r="I26">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="J26" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
       <c r="K26" t="s">
-        <v>24</v>
+        <v>132</v>
       </c>
       <c r="L26" t="s">
         <v>169</v>
       </c>
       <c r="M26" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
         <v>170</v>
       </c>
       <c r="P26" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
         <v>171</v>
       </c>
       <c r="B27" t="s">
         <v>172</v>
       </c>
       <c r="C27" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="D27" t="s">
-        <v>135</v>
+        <v>131</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
         <v>33</v>
       </c>
       <c r="G27" t="s">
         <v>22</v>
       </c>
       <c r="H27">
         <v>2002</v>
       </c>
       <c r="I27">
-        <v>2010</v>
+        <v>2012</v>
       </c>
       <c r="J27" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
       <c r="K27" t="s">
-        <v>136</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L27"/>
       <c r="M27" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="N27" t="s">
         <v>27</v>
       </c>
       <c r="O27" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="P27" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
+        <v>174</v>
+      </c>
+      <c r="B28" t="s">
         <v>175</v>
       </c>
-      <c r="B28" t="s">
+      <c r="C28" t="s">
+        <v>91</v>
+      </c>
+      <c r="D28" t="s">
         <v>176</v>
       </c>
-      <c r="C28" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
-        <v>33</v>
+        <v>93</v>
       </c>
       <c r="G28" t="s">
         <v>22</v>
       </c>
       <c r="H28">
         <v>2002</v>
       </c>
       <c r="I28">
-        <v>2012</v>
+        <v>2002</v>
       </c>
       <c r="J28" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
       <c r="K28" t="s">
         <v>24</v>
       </c>
-      <c r="L28"/>
+      <c r="L28" t="s">
+        <v>177</v>
+      </c>
       <c r="M28" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="N28" t="s">
-        <v>27</v>
+        <v>103</v>
       </c>
       <c r="O28" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="P28" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="B29" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="C29" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="D29" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
-        <v>97</v>
+        <v>93</v>
       </c>
       <c r="G29" t="s">
         <v>22</v>
       </c>
       <c r="H29">
-        <v>2002</v>
+        <v>2012</v>
       </c>
       <c r="I29">
-        <v>2002</v>
+        <v>2012</v>
       </c>
       <c r="J29" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
       <c r="K29" t="s">
         <v>24</v>
       </c>
       <c r="L29" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="M29" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="N29" t="s">
-        <v>107</v>
+        <v>27</v>
       </c>
       <c r="O29" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="P29" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="B30" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="C30" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="D30" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="E30" t="s">
         <v>20</v>
       </c>
       <c r="F30" t="s">
-        <v>97</v>
+        <v>93</v>
       </c>
       <c r="G30" t="s">
         <v>22</v>
       </c>
       <c r="H30">
         <v>2012</v>
       </c>
       <c r="I30">
         <v>2012</v>
       </c>
       <c r="J30" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
       <c r="K30" t="s">
         <v>24</v>
       </c>
-      <c r="L30" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L30"/>
       <c r="M30" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="N30" t="s">
         <v>27</v>
       </c>
       <c r="O30" t="s">
         <v>187</v>
       </c>
       <c r="P30" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
         <v>188</v>
       </c>
       <c r="B31" t="s">
         <v>189</v>
       </c>
       <c r="C31" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="D31" t="s">
         <v>190</v>
       </c>
       <c r="E31" t="s">
         <v>20</v>
       </c>
       <c r="F31" t="s">
-        <v>97</v>
+        <v>93</v>
       </c>
       <c r="G31" t="s">
         <v>22</v>
       </c>
       <c r="H31">
         <v>2012</v>
       </c>
       <c r="I31">
         <v>2012</v>
       </c>
       <c r="J31" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
       <c r="K31" t="s">
         <v>24</v>
       </c>
       <c r="L31"/>
       <c r="M31" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="N31" t="s">
         <v>27</v>
       </c>
       <c r="O31" t="s">
         <v>191</v>
       </c>
       <c r="P31" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
         <v>192</v>
       </c>
       <c r="B32" t="s">
         <v>193</v>
       </c>
       <c r="C32" t="s">
-        <v>95</v>
+        <v>76</v>
       </c>
       <c r="D32" t="s">
         <v>194</v>
       </c>
       <c r="E32" t="s">
         <v>20</v>
       </c>
       <c r="F32" t="s">
-        <v>97</v>
+        <v>21</v>
       </c>
       <c r="G32" t="s">
         <v>22</v>
       </c>
       <c r="H32">
-        <v>2012</v>
+        <v>2016</v>
       </c>
       <c r="I32">
-        <v>2012</v>
+        <v>2018</v>
       </c>
       <c r="J32" t="s">
-        <v>98</v>
+        <v>195</v>
       </c>
       <c r="K32" t="s">
         <v>24</v>
       </c>
-      <c r="L32"/>
+      <c r="L32" t="s">
+        <v>196</v>
+      </c>
       <c r="M32" t="s">
-        <v>100</v>
+        <v>78</v>
       </c>
       <c r="N32" t="s">
         <v>27</v>
       </c>
       <c r="O32" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="P32" t="s">
-        <v>102</v>
+        <v>198</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>196</v>
+        <v>199</v>
       </c>
       <c r="B33" t="s">
-        <v>197</v>
+        <v>200</v>
       </c>
       <c r="C33" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="D33" t="s">
-        <v>63</v>
+        <v>201</v>
       </c>
       <c r="E33" t="s">
         <v>20</v>
       </c>
       <c r="F33" t="s">
         <v>21</v>
       </c>
       <c r="G33" t="s">
         <v>22</v>
       </c>
       <c r="H33">
         <v>2016</v>
       </c>
       <c r="I33">
         <v>2018</v>
       </c>
       <c r="J33" t="s">
-        <v>198</v>
+        <v>202</v>
       </c>
       <c r="K33" t="s">
         <v>24</v>
       </c>
       <c r="L33" t="s">
-        <v>199</v>
+        <v>203</v>
       </c>
       <c r="M33" t="s">
-        <v>82</v>
+        <v>78</v>
       </c>
       <c r="N33" t="s">
         <v>27</v>
       </c>
       <c r="O33" t="s">
-        <v>200</v>
+        <v>204</v>
       </c>
       <c r="P33" t="s">
-        <v>201</v>
+        <v>205</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>202</v>
+        <v>206</v>
       </c>
       <c r="B34" t="s">
-        <v>203</v>
+        <v>207</v>
       </c>
       <c r="C34" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="D34" t="s">
-        <v>204</v>
+        <v>208</v>
       </c>
       <c r="E34" t="s">
         <v>20</v>
       </c>
       <c r="F34" t="s">
         <v>21</v>
       </c>
       <c r="G34" t="s">
         <v>22</v>
       </c>
       <c r="H34">
         <v>2016</v>
       </c>
       <c r="I34">
         <v>2018</v>
       </c>
       <c r="J34" t="s">
-        <v>205</v>
+        <v>67</v>
       </c>
       <c r="K34" t="s">
         <v>24</v>
       </c>
-      <c r="L34" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L34"/>
       <c r="M34" t="s">
-        <v>82</v>
+        <v>78</v>
       </c>
       <c r="N34" t="s">
         <v>27</v>
       </c>
       <c r="O34" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="P34" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="B35" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="C35" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="D35" t="s">
-        <v>211</v>
+        <v>47</v>
       </c>
       <c r="E35" t="s">
         <v>20</v>
       </c>
       <c r="F35" t="s">
         <v>21</v>
       </c>
       <c r="G35" t="s">
         <v>22</v>
       </c>
       <c r="H35">
         <v>2016</v>
       </c>
       <c r="I35">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="J35" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
       <c r="K35" t="s">
         <v>24</v>
       </c>
       <c r="L35"/>
       <c r="M35" t="s">
-        <v>82</v>
+        <v>78</v>
       </c>
       <c r="N35" t="s">
         <v>27</v>
       </c>
       <c r="O35" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="P35" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="B36" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C36" t="s">
-        <v>80</v>
+        <v>217</v>
       </c>
       <c r="D36" t="s">
-        <v>46</v>
+        <v>218</v>
       </c>
       <c r="E36" t="s">
         <v>20</v>
       </c>
       <c r="F36" t="s">
-        <v>21</v>
+        <v>93</v>
       </c>
       <c r="G36" t="s">
         <v>22</v>
       </c>
       <c r="H36">
-        <v>2016</v>
+        <v>2005</v>
       </c>
       <c r="I36">
-        <v>2019</v>
+        <v>2008</v>
       </c>
       <c r="J36" t="s">
-        <v>71</v>
+        <v>219</v>
       </c>
       <c r="K36" t="s">
         <v>24</v>
       </c>
-      <c r="L36"/>
+      <c r="L36" t="s">
+        <v>220</v>
+      </c>
       <c r="M36" t="s">
-        <v>82</v>
+        <v>221</v>
       </c>
       <c r="N36" t="s">
         <v>27</v>
       </c>
       <c r="O36" t="s">
-        <v>216</v>
+        <v>222</v>
       </c>
       <c r="P36" t="s">
-        <v>217</v>
+        <v>223</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>218</v>
+        <v>224</v>
       </c>
       <c r="B37" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="C37" t="s">
-        <v>220</v>
+        <v>226</v>
       </c>
       <c r="D37" t="s">
-        <v>221</v>
+        <v>92</v>
       </c>
       <c r="E37" t="s">
         <v>20</v>
       </c>
       <c r="F37" t="s">
-        <v>97</v>
+        <v>21</v>
       </c>
       <c r="G37" t="s">
         <v>22</v>
       </c>
       <c r="H37">
-        <v>2005</v>
+        <v>2004</v>
       </c>
       <c r="I37">
-        <v>2008</v>
+        <v>2010</v>
       </c>
       <c r="J37" t="s">
-        <v>222</v>
+        <v>35</v>
       </c>
       <c r="K37" t="s">
         <v>24</v>
       </c>
       <c r="L37" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
       <c r="M37" t="s">
-        <v>224</v>
+        <v>228</v>
       </c>
       <c r="N37" t="s">
         <v>27</v>
       </c>
       <c r="O37" t="s">
-        <v>225</v>
+        <v>229</v>
       </c>
       <c r="P37" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>227</v>
+        <v>224</v>
       </c>
       <c r="B38" t="s">
-        <v>228</v>
+        <v>231</v>
       </c>
       <c r="C38" t="s">
-        <v>229</v>
+        <v>226</v>
       </c>
       <c r="D38" t="s">
-        <v>96</v>
+        <v>232</v>
       </c>
       <c r="E38" t="s">
         <v>20</v>
       </c>
       <c r="F38" t="s">
-        <v>21</v>
+        <v>93</v>
       </c>
       <c r="G38" t="s">
         <v>22</v>
       </c>
       <c r="H38">
         <v>2004</v>
       </c>
       <c r="I38">
         <v>2010</v>
       </c>
       <c r="J38" t="s">
-        <v>34</v>
+        <v>233</v>
       </c>
       <c r="K38" t="s">
         <v>24</v>
       </c>
       <c r="L38" t="s">
-        <v>230</v>
+        <v>227</v>
       </c>
       <c r="M38" t="s">
-        <v>231</v>
+        <v>228</v>
       </c>
       <c r="N38" t="s">
         <v>27</v>
       </c>
       <c r="O38" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="P38" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>227</v>
+        <v>236</v>
       </c>
       <c r="B39" t="s">
-        <v>234</v>
+        <v>237</v>
       </c>
       <c r="C39" t="s">
-        <v>229</v>
+        <v>226</v>
       </c>
       <c r="D39" t="s">
-        <v>235</v>
+        <v>47</v>
       </c>
       <c r="E39" t="s">
         <v>20</v>
       </c>
       <c r="F39" t="s">
-        <v>97</v>
+        <v>33</v>
       </c>
       <c r="G39" t="s">
         <v>22</v>
       </c>
       <c r="H39">
-        <v>2004</v>
+        <v>2009</v>
       </c>
       <c r="I39">
-        <v>2010</v>
+        <v>2012</v>
       </c>
       <c r="J39" t="s">
-        <v>236</v>
+        <v>35</v>
       </c>
       <c r="K39" t="s">
         <v>24</v>
       </c>
-      <c r="L39" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L39"/>
       <c r="M39" t="s">
-        <v>231</v>
+        <v>228</v>
       </c>
       <c r="N39" t="s">
         <v>27</v>
       </c>
       <c r="O39" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="P39" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>239</v>
+        <v>236</v>
       </c>
       <c r="B40" t="s">
         <v>240</v>
       </c>
       <c r="C40" t="s">
-        <v>229</v>
+        <v>226</v>
       </c>
       <c r="D40" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="E40" t="s">
         <v>20</v>
       </c>
       <c r="F40" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="G40" t="s">
         <v>22</v>
       </c>
       <c r="H40">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="I40">
         <v>2012</v>
       </c>
       <c r="J40" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="K40" t="s">
         <v>24</v>
       </c>
-      <c r="L40"/>
+      <c r="L40" t="s">
+        <v>241</v>
+      </c>
       <c r="M40" t="s">
-        <v>231</v>
+        <v>228</v>
       </c>
       <c r="N40" t="s">
         <v>27</v>
       </c>
       <c r="O40" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="P40" t="s">
-        <v>242</v>
+        <v>239</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>239</v>
+        <v>243</v>
       </c>
       <c r="B41" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="C41" t="s">
-        <v>229</v>
+        <v>245</v>
       </c>
       <c r="D41" t="s">
-        <v>46</v>
+        <v>194</v>
       </c>
       <c r="E41" t="s">
         <v>20</v>
       </c>
       <c r="F41" t="s">
         <v>21</v>
       </c>
       <c r="G41" t="s">
         <v>22</v>
       </c>
       <c r="H41">
         <v>2010</v>
       </c>
       <c r="I41">
-        <v>2012</v>
+        <v>2010</v>
       </c>
       <c r="J41" t="s">
-        <v>34</v>
+        <v>219</v>
       </c>
       <c r="K41" t="s">
         <v>24</v>
       </c>
-      <c r="L41" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L41"/>
       <c r="M41" t="s">
-        <v>231</v>
+        <v>246</v>
       </c>
       <c r="N41" t="s">
         <v>27</v>
       </c>
       <c r="O41" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="P41" t="s">
-        <v>242</v>
+        <v>248</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>246</v>
+        <v>249</v>
       </c>
       <c r="B42" t="s">
-        <v>247</v>
+        <v>250</v>
       </c>
       <c r="C42" t="s">
-        <v>248</v>
+        <v>251</v>
       </c>
       <c r="D42" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="E42" t="s">
         <v>20</v>
       </c>
       <c r="F42" t="s">
-        <v>21</v>
+        <v>66</v>
       </c>
       <c r="G42" t="s">
         <v>22</v>
       </c>
       <c r="H42">
-        <v>2010</v>
+        <v>2019</v>
       </c>
       <c r="I42">
-        <v>2010</v>
+        <v>2022</v>
       </c>
       <c r="J42" t="s">
-        <v>222</v>
+        <v>252</v>
       </c>
       <c r="K42" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="L42"/>
+        <v>68</v>
+      </c>
+      <c r="L42" t="s">
+        <v>69</v>
+      </c>
       <c r="M42" t="s">
-        <v>249</v>
+        <v>253</v>
       </c>
       <c r="N42" t="s">
-        <v>27</v>
+        <v>71</v>
       </c>
       <c r="O42" t="s">
-        <v>250</v>
+        <v>254</v>
       </c>
       <c r="P42" t="s">
-        <v>251</v>
+        <v>255</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="B43" t="s">
-        <v>253</v>
+        <v>257</v>
       </c>
       <c r="C43" t="s">
-        <v>254</v>
+        <v>83</v>
       </c>
       <c r="D43" t="s">
-        <v>69</v>
+        <v>47</v>
       </c>
       <c r="E43" t="s">
-        <v>20</v>
+        <v>258</v>
       </c>
       <c r="F43" t="s">
-        <v>70</v>
+        <v>21</v>
       </c>
       <c r="G43" t="s">
         <v>22</v>
       </c>
       <c r="H43">
-        <v>2019</v>
+        <v>2013</v>
       </c>
       <c r="I43">
-        <v>2022</v>
+        <v>2015</v>
       </c>
       <c r="J43" t="s">
-        <v>255</v>
+        <v>67</v>
       </c>
       <c r="K43" t="s">
-        <v>72</v>
+        <v>24</v>
       </c>
       <c r="L43" t="s">
-        <v>73</v>
+        <v>259</v>
       </c>
       <c r="M43" t="s">
-        <v>256</v>
+        <v>86</v>
       </c>
       <c r="N43" t="s">
-        <v>75</v>
+        <v>27</v>
       </c>
       <c r="O43" t="s">
-        <v>257</v>
+        <v>260</v>
       </c>
       <c r="P43" t="s">
-        <v>258</v>
+        <v>261</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>259</v>
+        <v>262</v>
       </c>
       <c r="B44" t="s">
-        <v>260</v>
+        <v>263</v>
       </c>
       <c r="C44" t="s">
-        <v>87</v>
+        <v>264</v>
       </c>
       <c r="D44" t="s">
-        <v>46</v>
+        <v>77</v>
       </c>
       <c r="E44" t="s">
-        <v>261</v>
+        <v>258</v>
       </c>
       <c r="F44" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="G44" t="s">
         <v>22</v>
       </c>
       <c r="H44">
-        <v>2013</v>
+        <v>2017</v>
       </c>
       <c r="I44">
-        <v>2015</v>
+        <v>2019</v>
       </c>
       <c r="J44" t="s">
-        <v>71</v>
+        <v>252</v>
       </c>
       <c r="K44" t="s">
         <v>24</v>
       </c>
-      <c r="L44" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L44"/>
       <c r="M44" t="s">
-        <v>90</v>
+        <v>265</v>
       </c>
       <c r="N44" t="s">
         <v>27</v>
       </c>
       <c r="O44" t="s">
-        <v>263</v>
+        <v>266</v>
       </c>
       <c r="P44" t="s">
-        <v>264</v>
+        <v>267</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>265</v>
+        <v>268</v>
       </c>
       <c r="B45" t="s">
-        <v>266</v>
+        <v>269</v>
       </c>
       <c r="C45" t="s">
-        <v>267</v>
+        <v>270</v>
       </c>
       <c r="D45" t="s">
-        <v>81</v>
+        <v>65</v>
       </c>
       <c r="E45" t="s">
-        <v>261</v>
+        <v>258</v>
       </c>
       <c r="F45" t="s">
-        <v>33</v>
+        <v>66</v>
       </c>
       <c r="G45" t="s">
         <v>22</v>
       </c>
       <c r="H45">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="I45">
-        <v>2019</v>
+        <v>2022</v>
       </c>
       <c r="J45" t="s">
-        <v>255</v>
+        <v>252</v>
       </c>
       <c r="K45" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="L45"/>
+        <v>68</v>
+      </c>
+      <c r="L45" t="s">
+        <v>69</v>
+      </c>
       <c r="M45" t="s">
-        <v>268</v>
+        <v>271</v>
       </c>
       <c r="N45" t="s">
-        <v>27</v>
+        <v>71</v>
       </c>
       <c r="O45" t="s">
-        <v>269</v>
+        <v>272</v>
       </c>
       <c r="P45" t="s">
-        <v>270</v>
+        <v>273</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>271</v>
+        <v>274</v>
       </c>
       <c r="B46" t="s">
-        <v>272</v>
+        <v>275</v>
       </c>
       <c r="C46" t="s">
-        <v>273</v>
+        <v>270</v>
       </c>
       <c r="D46" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="E46" t="s">
-        <v>261</v>
+        <v>258</v>
       </c>
       <c r="F46" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="G46" t="s">
         <v>22</v>
       </c>
       <c r="H46">
         <v>2018</v>
       </c>
       <c r="I46">
         <v>2022</v>
       </c>
       <c r="J46" t="s">
-        <v>255</v>
+        <v>252</v>
       </c>
       <c r="K46" t="s">
-        <v>72</v>
+        <v>276</v>
       </c>
       <c r="L46" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="M46" t="s">
-        <v>274</v>
+        <v>271</v>
       </c>
       <c r="N46" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="O46" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="P46" t="s">
-        <v>276</v>
+        <v>273</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="B47" t="s">
-        <v>278</v>
+        <v>63</v>
       </c>
       <c r="C47" t="s">
-        <v>273</v>
+        <v>279</v>
       </c>
       <c r="D47" t="s">
+        <v>65</v>
+      </c>
+      <c r="E47" t="s">
+        <v>20</v>
+      </c>
+      <c r="F47" t="s">
+        <v>66</v>
+      </c>
+      <c r="G47" t="s">
+        <v>22</v>
+      </c>
+      <c r="H47">
+        <v>2016</v>
+      </c>
+      <c r="I47">
+        <v>2017</v>
+      </c>
+      <c r="J47" t="s">
+        <v>67</v>
+      </c>
+      <c r="K47" t="s">
+        <v>68</v>
+      </c>
+      <c r="L47" t="s">
         <v>69</v>
       </c>
-      <c r="E47" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="M47" t="s">
-        <v>274</v>
+        <v>280</v>
       </c>
       <c r="N47" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="O47" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="P47" t="s">
-        <v>276</v>
+        <v>282</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
       <c r="B48" t="s">
-        <v>67</v>
+        <v>284</v>
       </c>
       <c r="C48" t="s">
-        <v>282</v>
+        <v>285</v>
       </c>
       <c r="D48" t="s">
-        <v>69</v>
+        <v>194</v>
       </c>
       <c r="E48" t="s">
         <v>20</v>
       </c>
       <c r="F48" t="s">
-        <v>70</v>
+        <v>21</v>
       </c>
       <c r="G48" t="s">
         <v>22</v>
       </c>
       <c r="H48">
-        <v>2016</v>
+        <v>2010</v>
       </c>
       <c r="I48">
-        <v>2017</v>
+        <v>2014</v>
       </c>
       <c r="J48" t="s">
-        <v>71</v>
+        <v>233</v>
       </c>
       <c r="K48" t="s">
-        <v>72</v>
+        <v>24</v>
       </c>
       <c r="L48" t="s">
-        <v>73</v>
+        <v>286</v>
       </c>
       <c r="M48" t="s">
-        <v>283</v>
+        <v>287</v>
       </c>
       <c r="N48" t="s">
-        <v>75</v>
+        <v>27</v>
       </c>
       <c r="O48" t="s">
-        <v>284</v>
+        <v>288</v>
       </c>
       <c r="P48" t="s">
-        <v>285</v>
+        <v>289</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="s">
-        <v>286</v>
+        <v>290</v>
       </c>
       <c r="B49" t="s">
-        <v>287</v>
+        <v>291</v>
       </c>
       <c r="C49" t="s">
-        <v>288</v>
+        <v>285</v>
       </c>
       <c r="D49" t="s">
-        <v>63</v>
+        <v>292</v>
       </c>
       <c r="E49" t="s">
         <v>20</v>
       </c>
       <c r="F49" t="s">
-        <v>21</v>
+        <v>93</v>
       </c>
       <c r="G49" t="s">
         <v>22</v>
       </c>
       <c r="H49">
-        <v>2010</v>
+        <v>2012</v>
       </c>
       <c r="I49">
         <v>2014</v>
       </c>
       <c r="J49" t="s">
-        <v>236</v>
+        <v>233</v>
       </c>
       <c r="K49" t="s">
         <v>24</v>
       </c>
       <c r="L49" t="s">
-        <v>289</v>
+        <v>293</v>
       </c>
       <c r="M49" t="s">
-        <v>290</v>
+        <v>287</v>
       </c>
       <c r="N49" t="s">
         <v>27</v>
       </c>
       <c r="O49" t="s">
-        <v>291</v>
+        <v>294</v>
       </c>
       <c r="P49" t="s">
-        <v>292</v>
+        <v>295</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="s">
-        <v>293</v>
+        <v>296</v>
       </c>
       <c r="B50" t="s">
-        <v>294</v>
+        <v>297</v>
       </c>
       <c r="C50" t="s">
-        <v>288</v>
+        <v>285</v>
       </c>
       <c r="D50" t="s">
-        <v>295</v>
+        <v>208</v>
       </c>
       <c r="E50" t="s">
         <v>20</v>
       </c>
       <c r="F50" t="s">
-        <v>97</v>
+        <v>21</v>
       </c>
       <c r="G50" t="s">
         <v>22</v>
       </c>
       <c r="H50">
         <v>2012</v>
       </c>
       <c r="I50">
         <v>2014</v>
       </c>
       <c r="J50" t="s">
-        <v>236</v>
+        <v>233</v>
       </c>
       <c r="K50" t="s">
         <v>24</v>
       </c>
       <c r="L50" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="M50" t="s">
-        <v>290</v>
+        <v>287</v>
       </c>
       <c r="N50" t="s">
         <v>27</v>
       </c>
       <c r="O50" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="P50" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="B51" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="C51" t="s">
-        <v>288</v>
+        <v>83</v>
       </c>
       <c r="D51" t="s">
-        <v>211</v>
+        <v>303</v>
       </c>
       <c r="E51" t="s">
-        <v>20</v>
+        <v>258</v>
       </c>
       <c r="F51" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="G51" t="s">
         <v>22</v>
       </c>
       <c r="H51">
-        <v>2012</v>
+        <v>2014</v>
       </c>
       <c r="I51">
-        <v>2014</v>
+        <v>2017</v>
       </c>
       <c r="J51" t="s">
-        <v>236</v>
+        <v>304</v>
       </c>
       <c r="K51" t="s">
         <v>24</v>
       </c>
-      <c r="L51" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L51"/>
       <c r="M51" t="s">
-        <v>290</v>
+        <v>86</v>
       </c>
       <c r="N51" t="s">
         <v>27</v>
       </c>
       <c r="O51" t="s">
-        <v>302</v>
+        <v>305</v>
       </c>
       <c r="P51" t="s">
-        <v>303</v>
-[...12 lines deleted...]
-      <c r="D52" t="s">
         <v>306</v>
-      </c>
-[...32 lines deleted...]
-        <v>309</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">