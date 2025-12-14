--- v0 (2025-12-05)
+++ v1 (2025-12-14)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="558">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="560">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -111,50 +111,53 @@
     <t>Electricity</t>
   </si>
   <si>
     <t>ICS 97.040.30</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards &amp; Quality</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3794-2024-energy-efficiency-household-and-similar-electrical-appliances-measurement-and</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/4358</t>
   </si>
   <si>
     <t>3794/2018 Energy efficiency of household and similar electrical appliances - measurement and calculation methods for energy consumption of refrigerrators, refrigerator-freezers and freezers</t>
   </si>
   <si>
     <t>This standard specifies the requirements of energy efficiency for refrigerators, refrigerator-freezers and freezers. The standard applies to refrigerators, refrigerator-freezers and freezers that operate using 50 Hz AC and with a voltage not exceeding 250 V for single-face appliances and 480 V for other appliances.</t>
   </si>
   <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>NT 81.70 NT 81.71</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/37942018-energy-efficiency-household-and-similar-electrical-appliances-measurement-and</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/4358</t>
   </si>
   <si>
     <t>3795-1/2016 Energy efficiency label requirements for air conditioners part 1: room air conditioner (window-split) with fixed capacity and fixed compressor</t>
   </si>
   <si>
     <t>This standard establishes label requirements for room air conditioners, both window and split with fixed capacity and fixed compressors.</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Air Conditioning, Room ACs - Stationary ACs</t>
   </si>
@@ -187,53 +190,50 @@
     <t>https://cprc-clasp.ngo/index.php/policies/3795-22017-energy-efficiency-label-requirements-air-conditioners-part-2-variable-capacity</t>
   </si>
   <si>
     <t>http://eos.org.eg/en/standard/14613</t>
   </si>
   <si>
     <t>3795-5/2018 Energy efficiency label requirements for air conditioners part 5: fixed capacity ducted room air conditioner with fixed speed compressor</t>
   </si>
   <si>
     <t>This standard establishes requirements for fixed-capacity ducted room air conditioners with fixed-speed compressors.</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3795-52018-energy-efficiency-label-requirements-air-conditioners-part-5-fixed-capacity</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14798</t>
   </si>
   <si>
     <t>3795/2023 Energy Efficiency Label Requirements for Air Conditioner Room Air Conditioner (Window - Split)</t>
   </si>
   <si>
     <t>This standard is mandatory and applies to window and split air conditioners.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Africa, Egypt</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>ICS 23.120 - 27.015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/37952023-energy-efficiency-label-requirements-air-conditioner-room-air-conditioner-window</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/8643</t>
   </si>
   <si>
     <t>4100/2006 Energy Efficiency of Households and similar Electrical appliances methods for measuring and calculation energy consumption of washing machine</t>
   </si>
   <si>
     <t>This standard specifies the energy efficiency specifications for washing machines.</t>
   </si>
   <si>
     <t>Laundry, Washing Machines</t>
   </si>
   <si>
     <t>IEC 60465/2003+cor1/2005
 ,   
@@ -1382,53 +1382,50 @@
     <t>South Africa</t>
   </si>
   <si>
     <t>Motors</t>
   </si>
   <si>
     <t>June 2024</t>
   </si>
   <si>
     <t>IEC 60034-30-1</t>
   </si>
   <si>
     <t>National Regulator for Compulsory Specification (NRCS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/national-regulator-compulsory-specifications-act-compulsory-specification-efficiency</t>
   </si>
   <si>
     <t>https://www.gov.za/documents/notices/national-regulator-compulsory-specifications-act-compulsory-specification-85</t>
   </si>
   <si>
     <t>NIS 1209-1:2024 Minimum Energy Performance Standard - Lighting - Part 1: Lamps</t>
   </si>
   <si>
     <t>This standard specifies the energy labelling requirements and the minimum energy performance standard (MEPS) requirements for lamps used in general lighting services and tubular lamps. Lamps covered in this standard include those used in general lighting services (GLS), which refers to Tungsten Filament Lamps, Compact Florescent Lamps (CFL), and Light Emitting Diode (LED) Lamps, as well as LED and fluorescent tubes of rated voltage not exceeding 300V.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Africa, Nigeria</t>
   </si>
   <si>
     <t>May 2025</t>
   </si>
   <si>
     <t>NIS IEC 60064
 ,   
                     NIS IEC 60357
 ,   
                     NIS IEC 60969
 ,   
                     NIS IEC 60081
 ,   
                     NIS IEC 62612
 ,   
                     NIS IEC 62717
 ,   
                     NIS IEC 63103
 ,   
                     NIS IEC 61000-4-11
 ,   
                     NIS IEC 61000-4-5
 ,   
                     NIS IEC 60901
 ,   
@@ -1461,50 +1458,59 @@
     <t>Luminaires</t>
   </si>
   <si>
     <t>NIS IEC 62722-2-1
 ,   
                     NIS IEC 62722-2 series
 ,   
                     NIS IEC 61000-4-11; NIS IEC 61000-4-5
 ,   
                     NIS IEC 61000-4-7; NIS IEC 61000-3-2
 ,   
                     NIS IEC 61643-11
 ,   
                     IES LM-79 CIE S 025
 ,   
                     NIS IEC TR 61547-1
 ,   
                     NIS IEC TR 63158
 ,   
                     NIS CISPR 15
 ,   
                     NIS IEC 61547</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nis-1209-12024-minimum-energy-performance-standard-lighting-part-2-luminaires</t>
+  </si>
+  <si>
+    <t>NIS 943:2017  Minimum Energy Performance Standards (MEPS) and Labels for Air Conditioners (2017)</t>
+  </si>
+  <si>
+    <t>December 2025</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/nis-9432017-minimum-energy-performance-standards-meps-and-labels-air-conditioners-2017</t>
   </si>
   <si>
     <t>NIS IEC 62717:2015, LED modules for general lighting – Performance requirements</t>
   </si>
   <si>
     <t>Specifies the performance requirements for LED modules, together with the test methods and conditions, required to show compliance with this standard.</t>
   </si>
   <si>
     <t>Lighting</t>
   </si>
   <si>
     <t>IEC 60050-845:1987, International Electrotechnical Vocabulary – Chapter 845: Lighting
 ,   
                     IEC 60068-2-14, Environmental testing – Part 2-14: Tests – Test N: Change of temperature
 ,   
                     IEC 60068-3-5:2001, Environmental testing – Part 3-5: Supporting documentation and
 guidance – Confirmation of the performance of temperature chambers
 ,   
                     IEC 60081, Double-capped fluorescent lamps – Performance specifications
 ,   
                     IEC 61000-3-2:2005, Electromagnetic compatibility (EMC) – Part 3-2: Limits – Limits for
 harmonic current emissions (equipment input current ≤ 16 A per phase)
 IEC 61000-3-2:2005/AMD 1:2008
 IEC 61000-3-2:2005/AMD 2:2009
 ,   
@@ -2138,61 +2144,61 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P102"/>
+  <dimension ref="A1:P103"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="224.088" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1007.325" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="202.808" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="303.069" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="764.385" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -2284,674 +2290,674 @@
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>32</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>21</v>
       </c>
       <c r="G3" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="H3">
         <v>2003</v>
       </c>
       <c r="I3">
         <v>2018</v>
       </c>
       <c r="J3" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="M3" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="P3" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B4" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="G4" t="s">
         <v>22</v>
       </c>
       <c r="H4">
         <v>2003</v>
       </c>
       <c r="I4">
         <v>2016</v>
       </c>
       <c r="J4" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="M4" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="P4" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B5" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C5" t="s">
         <v>18</v>
       </c>
       <c r="D5" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="G5" t="s">
         <v>22</v>
       </c>
       <c r="H5">
         <v>2003</v>
       </c>
       <c r="I5">
         <v>2017</v>
       </c>
       <c r="J5" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="M5" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="P5" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B6" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
       <c r="D6" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="G6" t="s">
         <v>22</v>
       </c>
       <c r="H6">
         <v>2003</v>
       </c>
       <c r="I6">
         <v>2018</v>
       </c>
       <c r="J6" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6"/>
       <c r="M6" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="P6" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B7" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C7" t="s">
-        <v>57</v>
+        <v>18</v>
       </c>
       <c r="D7" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>58</v>
       </c>
       <c r="G7" t="s">
         <v>22</v>
       </c>
       <c r="H7">
         <v>2003</v>
       </c>
       <c r="I7">
         <v>2023</v>
       </c>
       <c r="J7" t="s">
         <v>23</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7" t="s">
         <v>59</v>
       </c>
       <c r="M7" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
         <v>60</v>
       </c>
       <c r="P7" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
         <v>62</v>
       </c>
       <c r="B8" t="s">
         <v>63</v>
       </c>
       <c r="C8" t="s">
         <v>18</v>
       </c>
       <c r="D8" t="s">
         <v>64</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
         <v>21</v>
       </c>
       <c r="G8" t="s">
         <v>22</v>
       </c>
       <c r="H8">
         <v>2003</v>
       </c>
       <c r="I8">
         <v>2006</v>
       </c>
       <c r="J8" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8" t="s">
         <v>65</v>
       </c>
       <c r="M8" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
         <v>66</v>
       </c>
       <c r="P8" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
         <v>68</v>
       </c>
       <c r="B9" t="s">
         <v>69</v>
       </c>
       <c r="C9" t="s">
         <v>18</v>
       </c>
       <c r="D9" t="s">
         <v>70</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
         <v>21</v>
       </c>
       <c r="G9" t="s">
         <v>71</v>
       </c>
       <c r="H9">
         <v>2019</v>
       </c>
       <c r="I9"/>
       <c r="J9" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9"/>
       <c r="M9" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
         <v>72</v>
       </c>
       <c r="P9" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
         <v>74</v>
       </c>
       <c r="B10" t="s">
         <v>75</v>
       </c>
       <c r="C10" t="s">
         <v>18</v>
       </c>
       <c r="D10" t="s">
         <v>76</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
         <v>21</v>
       </c>
       <c r="G10" t="s">
         <v>71</v>
       </c>
       <c r="H10">
         <v>2009</v>
       </c>
       <c r="I10"/>
       <c r="J10" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10" t="s">
         <v>77</v>
       </c>
       <c r="M10" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="N10" t="s">
         <v>78</v>
       </c>
       <c r="O10" t="s">
         <v>79</v>
       </c>
       <c r="P10" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
         <v>81</v>
       </c>
       <c r="B11" t="s">
         <v>82</v>
       </c>
       <c r="C11" t="s">
         <v>18</v>
       </c>
       <c r="D11" t="s">
         <v>83</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
         <v>21</v>
       </c>
       <c r="G11" t="s">
         <v>71</v>
       </c>
       <c r="H11">
         <v>2014</v>
       </c>
       <c r="I11"/>
       <c r="J11" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11" t="s">
         <v>84</v>
       </c>
       <c r="M11" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
         <v>85</v>
       </c>
       <c r="P11" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
         <v>87</v>
       </c>
       <c r="B12" t="s">
         <v>88</v>
       </c>
       <c r="C12" t="s">
         <v>18</v>
       </c>
       <c r="D12" t="s">
         <v>89</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
         <v>21</v>
       </c>
       <c r="G12" t="s">
         <v>22</v>
       </c>
       <c r="H12">
         <v>2008</v>
       </c>
       <c r="I12">
         <v>2020</v>
       </c>
       <c r="J12" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12"/>
       <c r="M12" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
         <v>90</v>
       </c>
       <c r="P12" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
         <v>92</v>
       </c>
       <c r="B13" t="s">
         <v>93</v>
       </c>
       <c r="C13" t="s">
         <v>18</v>
       </c>
       <c r="D13" t="s">
         <v>94</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
         <v>21</v>
       </c>
       <c r="G13" t="s">
         <v>71</v>
       </c>
       <c r="H13">
         <v>2018</v>
       </c>
       <c r="I13"/>
       <c r="J13" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13"/>
       <c r="M13" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
         <v>95</v>
       </c>
       <c r="P13" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
         <v>97</v>
       </c>
       <c r="B14" t="s">
         <v>98</v>
       </c>
       <c r="C14" t="s">
         <v>99</v>
       </c>
       <c r="D14" t="s">
         <v>100</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="G14" t="s">
         <v>71</v>
       </c>
       <c r="H14">
         <v>2010</v>
       </c>
       <c r="I14"/>
       <c r="J14" t="s">
         <v>101</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14"/>
       <c r="M14" t="s">
         <v>102</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
         <v>103</v>
       </c>
       <c r="P14" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
         <v>105</v>
       </c>
       <c r="B15" t="s">
         <v>106</v>
       </c>
       <c r="C15" t="s">
         <v>99</v>
       </c>
       <c r="D15" t="s">
         <v>89</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="G15" t="s">
         <v>71</v>
       </c>
       <c r="H15">
         <v>2010</v>
       </c>
       <c r="I15"/>
       <c r="J15" t="s">
         <v>101</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15"/>
       <c r="M15" t="s">
         <v>102</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
         <v>107</v>
       </c>
       <c r="P15" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
         <v>109</v>
       </c>
       <c r="B16" t="s">
         <v>110</v>
       </c>
       <c r="C16" t="s">
         <v>99</v>
       </c>
       <c r="D16" t="s">
         <v>32</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="G16" t="s">
         <v>71</v>
       </c>
       <c r="H16">
         <v>2010</v>
       </c>
       <c r="I16"/>
       <c r="J16" t="s">
         <v>101</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16"/>
       <c r="M16" t="s">
         <v>102</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
         <v>111</v>
       </c>
       <c r="P16" t="s">
@@ -3013,87 +3019,87 @@
         <v>125</v>
       </c>
       <c r="B18" t="s">
         <v>126</v>
       </c>
       <c r="C18" t="s">
         <v>127</v>
       </c>
       <c r="D18" t="s">
         <v>89</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
         <v>128</v>
       </c>
       <c r="G18" t="s">
         <v>71</v>
       </c>
       <c r="H18">
         <v>2013</v>
       </c>
       <c r="I18"/>
       <c r="J18" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
       <c r="L18"/>
       <c r="M18" t="s">
         <v>129</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
         <v>130</v>
       </c>
       <c r="P18" t="s">
         <v>131</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
         <v>132</v>
       </c>
       <c r="B19" t="s">
         <v>133</v>
       </c>
       <c r="C19" t="s">
         <v>134</v>
       </c>
       <c r="D19" t="s">
         <v>135</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="G19" t="s">
         <v>71</v>
       </c>
       <c r="H19">
         <v>2020</v>
       </c>
       <c r="I19"/>
       <c r="J19" t="s">
         <v>136</v>
       </c>
       <c r="K19" t="s">
         <v>24</v>
       </c>
       <c r="L19"/>
       <c r="M19" t="s">
         <v>137</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
         <v>138</v>
       </c>
       <c r="P19" t="s">
@@ -3385,185 +3391,185 @@
         <v>178</v>
       </c>
       <c r="B26" t="s">
         <v>179</v>
       </c>
       <c r="C26" t="s">
         <v>18</v>
       </c>
       <c r="D26" t="s">
         <v>180</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
         <v>21</v>
       </c>
       <c r="G26" t="s">
         <v>71</v>
       </c>
       <c r="H26">
         <v>2014</v>
       </c>
       <c r="I26"/>
       <c r="J26" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K26" t="s">
         <v>24</v>
       </c>
       <c r="L26" t="s">
         <v>181</v>
       </c>
       <c r="M26" t="s">
         <v>182</v>
       </c>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
         <v>183</v>
       </c>
       <c r="P26" t="s">
         <v>184</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
         <v>185</v>
       </c>
       <c r="B27" t="s">
         <v>186</v>
       </c>
       <c r="C27" t="s">
         <v>18</v>
       </c>
       <c r="D27" t="s">
         <v>187</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
         <v>21</v>
       </c>
       <c r="G27" t="s">
         <v>71</v>
       </c>
       <c r="H27">
         <v>2017</v>
       </c>
       <c r="I27"/>
       <c r="J27" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K27" t="s">
         <v>24</v>
       </c>
       <c r="L27" t="s">
         <v>188</v>
       </c>
       <c r="M27" t="s">
         <v>26</v>
       </c>
       <c r="N27" t="s">
         <v>27</v>
       </c>
       <c r="O27" t="s">
         <v>189</v>
       </c>
       <c r="P27" t="s">
         <v>190</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
         <v>191</v>
       </c>
       <c r="B28" t="s">
         <v>192</v>
       </c>
       <c r="C28" t="s">
         <v>18</v>
       </c>
       <c r="D28" t="s">
         <v>193</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
         <v>21</v>
       </c>
       <c r="G28" t="s">
         <v>71</v>
       </c>
       <c r="H28">
         <v>2017</v>
       </c>
       <c r="I28"/>
       <c r="J28" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K28" t="s">
         <v>24</v>
       </c>
       <c r="L28" t="s">
         <v>194</v>
       </c>
       <c r="M28" t="s">
         <v>26</v>
       </c>
       <c r="N28" t="s">
         <v>27</v>
       </c>
       <c r="O28" t="s">
         <v>195</v>
       </c>
       <c r="P28" t="s">
         <v>196</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
         <v>197</v>
       </c>
       <c r="B29" t="s">
         <v>198</v>
       </c>
       <c r="C29" t="s">
         <v>199</v>
       </c>
       <c r="D29" t="s">
         <v>200</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="G29" t="s">
         <v>201</v>
       </c>
       <c r="H29">
         <v>2010</v>
       </c>
       <c r="I29">
         <v>2011</v>
       </c>
       <c r="J29" t="s">
         <v>202</v>
       </c>
       <c r="K29" t="s">
         <v>24</v>
       </c>
       <c r="L29"/>
       <c r="M29" t="s">
         <v>203</v>
       </c>
       <c r="N29" t="s">
         <v>27</v>
       </c>
       <c r="O29" t="s">
         <v>204</v>
@@ -3753,51 +3759,51 @@
       </c>
       <c r="O33" t="s">
         <v>221</v>
       </c>
       <c r="P33" t="s">
         <v>222</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
         <v>223</v>
       </c>
       <c r="B34" t="s">
         <v>224</v>
       </c>
       <c r="C34" t="s">
         <v>225</v>
       </c>
       <c r="D34" t="s">
         <v>226</v>
       </c>
       <c r="E34" t="s">
         <v>20</v>
       </c>
       <c r="F34" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="G34" t="s">
         <v>22</v>
       </c>
       <c r="H34">
         <v>2019</v>
       </c>
       <c r="I34">
         <v>2019</v>
       </c>
       <c r="J34" t="s">
         <v>118</v>
       </c>
       <c r="K34" t="s">
         <v>24</v>
       </c>
       <c r="L34" t="s">
         <v>227</v>
       </c>
       <c r="M34" t="s">
         <v>228</v>
       </c>
       <c r="N34" t="s">
         <v>27</v>
       </c>
@@ -3945,51 +3951,51 @@
       <c r="L37"/>
       <c r="M37" t="s">
         <v>144</v>
       </c>
       <c r="N37" t="s">
         <v>27</v>
       </c>
       <c r="O37" t="s">
         <v>247</v>
       </c>
       <c r="P37" t="s">
         <v>248</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
         <v>249</v>
       </c>
       <c r="B38" t="s">
         <v>250</v>
       </c>
       <c r="C38" t="s">
         <v>142</v>
       </c>
       <c r="D38" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="E38" t="s">
         <v>20</v>
       </c>
       <c r="F38" t="s">
         <v>21</v>
       </c>
       <c r="G38" t="s">
         <v>22</v>
       </c>
       <c r="H38">
         <v>2016</v>
       </c>
       <c r="I38">
         <v>2019</v>
       </c>
       <c r="J38" t="s">
         <v>118</v>
       </c>
       <c r="K38" t="s">
         <v>24</v>
       </c>
       <c r="L38"/>
       <c r="M38" t="s">
         <v>144</v>
@@ -4295,51 +4301,51 @@
       <c r="B45" t="s">
         <v>287</v>
       </c>
       <c r="C45" t="s">
         <v>127</v>
       </c>
       <c r="D45" t="s">
         <v>32</v>
       </c>
       <c r="E45" t="s">
         <v>20</v>
       </c>
       <c r="F45" t="s">
         <v>21</v>
       </c>
       <c r="G45" t="s">
         <v>22</v>
       </c>
       <c r="H45">
         <v>2004</v>
       </c>
       <c r="I45">
         <v>2010</v>
       </c>
       <c r="J45" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K45" t="s">
         <v>24</v>
       </c>
       <c r="L45" t="s">
         <v>288</v>
       </c>
       <c r="M45" t="s">
         <v>129</v>
       </c>
       <c r="N45" t="s">
         <v>27</v>
       </c>
       <c r="O45" t="s">
         <v>289</v>
       </c>
       <c r="P45" t="s">
         <v>290</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
         <v>286</v>
       </c>
       <c r="B46" t="s">
@@ -4377,117 +4383,117 @@
       </c>
       <c r="M46" t="s">
         <v>129</v>
       </c>
       <c r="N46" t="s">
         <v>27</v>
       </c>
       <c r="O46" t="s">
         <v>293</v>
       </c>
       <c r="P46" t="s">
         <v>294</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
         <v>295</v>
       </c>
       <c r="B47" t="s">
         <v>296</v>
       </c>
       <c r="C47" t="s">
         <v>127</v>
       </c>
       <c r="D47" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="E47" t="s">
         <v>20</v>
       </c>
       <c r="F47" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="G47" t="s">
         <v>22</v>
       </c>
       <c r="H47">
         <v>2009</v>
       </c>
       <c r="I47">
         <v>2012</v>
       </c>
       <c r="J47" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K47" t="s">
         <v>24</v>
       </c>
       <c r="L47"/>
       <c r="M47" t="s">
         <v>129</v>
       </c>
       <c r="N47" t="s">
         <v>27</v>
       </c>
       <c r="O47" t="s">
         <v>297</v>
       </c>
       <c r="P47" t="s">
         <v>298</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="s">
         <v>295</v>
       </c>
       <c r="B48" t="s">
         <v>299</v>
       </c>
       <c r="C48" t="s">
         <v>127</v>
       </c>
       <c r="D48" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="E48" t="s">
         <v>20</v>
       </c>
       <c r="F48" t="s">
         <v>21</v>
       </c>
       <c r="G48" t="s">
         <v>22</v>
       </c>
       <c r="H48">
         <v>2010</v>
       </c>
       <c r="I48">
         <v>2012</v>
       </c>
       <c r="J48" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K48" t="s">
         <v>24</v>
       </c>
       <c r="L48" t="s">
         <v>300</v>
       </c>
       <c r="M48" t="s">
         <v>129</v>
       </c>
       <c r="N48" t="s">
         <v>27</v>
       </c>
       <c r="O48" t="s">
         <v>301</v>
       </c>
       <c r="P48" t="s">
         <v>298</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="s">
         <v>302</v>
       </c>
       <c r="B49" t="s">
@@ -5351,51 +5357,51 @@
       </c>
       <c r="M67" t="s">
         <v>383</v>
       </c>
       <c r="N67" t="s">
         <v>122</v>
       </c>
       <c r="O67" t="s">
         <v>384</v>
       </c>
       <c r="P67" t="s">
         <v>385</v>
       </c>
     </row>
     <row r="68" spans="1:16">
       <c r="A68" t="s">
         <v>386</v>
       </c>
       <c r="B68" t="s">
         <v>387</v>
       </c>
       <c r="C68" t="s">
         <v>388</v>
       </c>
       <c r="D68" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="E68" t="s">
         <v>20</v>
       </c>
       <c r="F68" t="s">
         <v>128</v>
       </c>
       <c r="G68" t="s">
         <v>389</v>
       </c>
       <c r="H68"/>
       <c r="I68"/>
       <c r="J68" t="s">
         <v>101</v>
       </c>
       <c r="K68" t="s">
         <v>24</v>
       </c>
       <c r="L68"/>
       <c r="M68" t="s">
         <v>390</v>
       </c>
       <c r="N68" t="s">
         <v>27</v>
       </c>
@@ -5996,1036 +6002,1080 @@
       </c>
       <c r="L81" t="s">
         <v>445</v>
       </c>
       <c r="M81" t="s">
         <v>446</v>
       </c>
       <c r="N81" t="s">
         <v>27</v>
       </c>
       <c r="O81" t="s">
         <v>447</v>
       </c>
       <c r="P81" t="s">
         <v>448</v>
       </c>
     </row>
     <row r="82" spans="1:16">
       <c r="A82" t="s">
         <v>449</v>
       </c>
       <c r="B82" t="s">
         <v>450</v>
       </c>
       <c r="C82" t="s">
-        <v>451</v>
+        <v>149</v>
       </c>
       <c r="D82" t="s">
         <v>272</v>
       </c>
       <c r="E82" t="s">
         <v>20</v>
       </c>
       <c r="F82" t="s">
         <v>128</v>
       </c>
       <c r="G82" t="s">
         <v>171</v>
       </c>
       <c r="H82">
         <v>2024</v>
       </c>
       <c r="I82"/>
       <c r="J82" t="s">
+        <v>451</v>
+      </c>
+      <c r="K82" t="s">
+        <v>24</v>
+      </c>
+      <c r="L82" t="s">
         <v>452</v>
       </c>
-      <c r="K82" t="s">
-[...2 lines deleted...]
-      <c r="L82" t="s">
+      <c r="M82" t="s">
         <v>453</v>
       </c>
-      <c r="M82" t="s">
+      <c r="N82" t="s">
+        <v>27</v>
+      </c>
+      <c r="O82" t="s">
         <v>454</v>
       </c>
-      <c r="N82" t="s">
-[...2 lines deleted...]
-      <c r="O82" t="s">
+      <c r="P82" t="s">
         <v>455</v>
-      </c>
-[...1 lines deleted...]
-        <v>456</v>
       </c>
     </row>
     <row r="83" spans="1:16">
       <c r="A83" t="s">
+        <v>456</v>
+      </c>
+      <c r="B83" t="s">
         <v>457</v>
       </c>
-      <c r="B83" t="s">
+      <c r="C83" t="s">
+        <v>149</v>
+      </c>
+      <c r="D83" t="s">
         <v>458</v>
-      </c>
-[...4 lines deleted...]
-        <v>459</v>
       </c>
       <c r="E83" t="s">
         <v>20</v>
       </c>
       <c r="F83" t="s">
         <v>128</v>
       </c>
       <c r="G83" t="s">
         <v>71</v>
       </c>
       <c r="H83">
         <v>2024</v>
       </c>
       <c r="I83"/>
       <c r="J83" t="s">
-        <v>452</v>
+        <v>451</v>
       </c>
       <c r="K83" t="s">
         <v>24</v>
       </c>
       <c r="L83" t="s">
+        <v>459</v>
+      </c>
+      <c r="M83" t="s">
+        <v>453</v>
+      </c>
+      <c r="N83" t="s">
+        <v>27</v>
+      </c>
+      <c r="O83" t="s">
         <v>460</v>
       </c>
-      <c r="M83" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P83" t="s">
-        <v>456</v>
+        <v>455</v>
       </c>
     </row>
     <row r="84" spans="1:16">
       <c r="A84" t="s">
-        <v>462</v>
-[...3 lines deleted...]
-      </c>
+        <v>461</v>
+      </c>
+      <c r="B84"/>
       <c r="C84" t="s">
         <v>149</v>
       </c>
       <c r="D84" t="s">
-        <v>464</v>
+        <v>53</v>
       </c>
       <c r="E84" t="s">
         <v>20</v>
       </c>
       <c r="F84" t="s">
-        <v>273</v>
+        <v>128</v>
       </c>
       <c r="G84" t="s">
-        <v>71</v>
+        <v>171</v>
       </c>
       <c r="H84">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="I84"/>
       <c r="J84" t="s">
-        <v>213</v>
+        <v>462</v>
       </c>
       <c r="K84" t="s">
         <v>24</v>
       </c>
-      <c r="L84" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L84"/>
       <c r="M84" t="s">
-        <v>466</v>
+        <v>453</v>
       </c>
       <c r="N84" t="s">
         <v>27</v>
       </c>
       <c r="O84" t="s">
-        <v>467</v>
+        <v>463</v>
       </c>
       <c r="P84" t="s">
-        <v>468</v>
+        <v>455</v>
       </c>
     </row>
     <row r="85" spans="1:16">
       <c r="A85" t="s">
-        <v>469</v>
+        <v>464</v>
       </c>
       <c r="B85" t="s">
-        <v>470</v>
+        <v>465</v>
       </c>
       <c r="C85" t="s">
-        <v>471</v>
+        <v>149</v>
       </c>
       <c r="D85" t="s">
-        <v>116</v>
+        <v>466</v>
       </c>
       <c r="E85" t="s">
         <v>20</v>
       </c>
       <c r="F85" t="s">
-        <v>117</v>
+        <v>273</v>
       </c>
       <c r="G85" t="s">
         <v>71</v>
       </c>
       <c r="H85">
-        <v>2020</v>
+        <v>2018</v>
       </c>
       <c r="I85"/>
       <c r="J85" t="s">
-        <v>255</v>
+        <v>213</v>
       </c>
       <c r="K85" t="s">
-        <v>119</v>
+        <v>24</v>
       </c>
       <c r="L85" t="s">
-        <v>120</v>
+        <v>467</v>
       </c>
       <c r="M85" t="s">
-        <v>472</v>
+        <v>468</v>
       </c>
       <c r="N85" t="s">
-        <v>122</v>
+        <v>27</v>
       </c>
       <c r="O85" t="s">
-        <v>473</v>
+        <v>469</v>
       </c>
       <c r="P85" t="s">
-        <v>474</v>
+        <v>470</v>
       </c>
     </row>
     <row r="86" spans="1:16">
       <c r="A86" t="s">
-        <v>475</v>
+        <v>471</v>
       </c>
       <c r="B86" t="s">
-        <v>476</v>
+        <v>472</v>
       </c>
       <c r="C86" t="s">
-        <v>421</v>
+        <v>473</v>
       </c>
       <c r="D86" t="s">
-        <v>52</v>
+        <v>116</v>
       </c>
       <c r="E86" t="s">
         <v>20</v>
       </c>
       <c r="F86" t="s">
-        <v>21</v>
+        <v>117</v>
       </c>
       <c r="G86" t="s">
-        <v>389</v>
-[...1 lines deleted...]
-      <c r="H86"/>
+        <v>71</v>
+      </c>
+      <c r="H86">
+        <v>2020</v>
+      </c>
       <c r="I86"/>
       <c r="J86" t="s">
-        <v>118</v>
+        <v>255</v>
       </c>
       <c r="K86" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="L86"/>
+        <v>119</v>
+      </c>
+      <c r="L86" t="s">
+        <v>120</v>
+      </c>
       <c r="M86" t="s">
-        <v>477</v>
+        <v>474</v>
       </c>
       <c r="N86" t="s">
-        <v>27</v>
+        <v>122</v>
       </c>
       <c r="O86" t="s">
-        <v>478</v>
+        <v>475</v>
       </c>
       <c r="P86" t="s">
-        <v>479</v>
+        <v>476</v>
       </c>
     </row>
     <row r="87" spans="1:16">
       <c r="A87" t="s">
-        <v>480</v>
+        <v>477</v>
       </c>
       <c r="B87" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
       <c r="C87" t="s">
         <v>421</v>
       </c>
       <c r="D87" t="s">
-        <v>143</v>
+        <v>53</v>
       </c>
       <c r="E87" t="s">
         <v>20</v>
       </c>
       <c r="F87" t="s">
         <v>21</v>
       </c>
       <c r="G87" t="s">
         <v>389</v>
       </c>
       <c r="H87"/>
       <c r="I87"/>
       <c r="J87" t="s">
         <v>118</v>
       </c>
       <c r="K87" t="s">
         <v>24</v>
       </c>
       <c r="L87"/>
       <c r="M87" t="s">
-        <v>477</v>
+        <v>479</v>
       </c>
       <c r="N87" t="s">
         <v>27</v>
       </c>
       <c r="O87" t="s">
+        <v>480</v>
+      </c>
+      <c r="P87" t="s">
         <v>481</v>
-      </c>
-[...1 lines deleted...]
-        <v>479</v>
       </c>
     </row>
     <row r="88" spans="1:16">
       <c r="A88" t="s">
         <v>482</v>
       </c>
       <c r="B88" t="s">
-        <v>483</v>
+        <v>478</v>
       </c>
       <c r="C88" t="s">
-        <v>484</v>
+        <v>421</v>
       </c>
       <c r="D88" t="s">
-        <v>116</v>
+        <v>143</v>
       </c>
       <c r="E88" t="s">
         <v>20</v>
       </c>
       <c r="F88" t="s">
-        <v>117</v>
+        <v>21</v>
       </c>
       <c r="G88" t="s">
-        <v>71</v>
-[...3 lines deleted...]
-      </c>
+        <v>389</v>
+      </c>
+      <c r="H88"/>
       <c r="I88"/>
       <c r="J88" t="s">
-        <v>213</v>
+        <v>118</v>
       </c>
       <c r="K88" t="s">
-        <v>119</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L88"/>
       <c r="M88" t="s">
-        <v>485</v>
+        <v>479</v>
       </c>
       <c r="N88" t="s">
-        <v>122</v>
+        <v>27</v>
       </c>
       <c r="O88" t="s">
-        <v>486</v>
+        <v>483</v>
       </c>
       <c r="P88" t="s">
-        <v>487</v>
+        <v>481</v>
       </c>
     </row>
     <row r="89" spans="1:16">
       <c r="A89" t="s">
-        <v>488</v>
+        <v>484</v>
       </c>
       <c r="B89" t="s">
-        <v>489</v>
+        <v>485</v>
       </c>
       <c r="C89" t="s">
-        <v>142</v>
+        <v>486</v>
       </c>
       <c r="D89" t="s">
-        <v>490</v>
+        <v>116</v>
       </c>
       <c r="E89" t="s">
         <v>20</v>
       </c>
       <c r="F89" t="s">
-        <v>128</v>
+        <v>117</v>
       </c>
       <c r="G89" t="s">
         <v>71</v>
       </c>
       <c r="H89">
-        <v>2016</v>
+        <v>2021</v>
       </c>
       <c r="I89"/>
       <c r="J89" t="s">
-        <v>491</v>
+        <v>213</v>
       </c>
       <c r="K89" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="L89"/>
+        <v>119</v>
+      </c>
+      <c r="L89" t="s">
+        <v>120</v>
+      </c>
       <c r="M89" t="s">
-        <v>492</v>
+        <v>487</v>
       </c>
       <c r="N89" t="s">
-        <v>78</v>
+        <v>122</v>
       </c>
       <c r="O89" t="s">
-        <v>493</v>
+        <v>488</v>
       </c>
       <c r="P89" t="s">
-        <v>494</v>
+        <v>489</v>
       </c>
     </row>
     <row r="90" spans="1:16">
       <c r="A90" t="s">
-        <v>495</v>
+        <v>490</v>
       </c>
       <c r="B90" t="s">
-        <v>379</v>
+        <v>491</v>
       </c>
       <c r="C90" t="s">
-        <v>496</v>
+        <v>142</v>
       </c>
       <c r="D90" t="s">
-        <v>116</v>
+        <v>492</v>
       </c>
       <c r="E90" t="s">
         <v>20</v>
       </c>
       <c r="F90" t="s">
-        <v>117</v>
+        <v>128</v>
       </c>
       <c r="G90" t="s">
         <v>71</v>
       </c>
       <c r="H90">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="I90"/>
       <c r="J90" t="s">
-        <v>497</v>
+        <v>493</v>
       </c>
       <c r="K90" t="s">
         <v>24</v>
       </c>
-      <c r="L90" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L90"/>
       <c r="M90" t="s">
-        <v>499</v>
+        <v>494</v>
       </c>
       <c r="N90" t="s">
-        <v>122</v>
+        <v>78</v>
       </c>
       <c r="O90" t="s">
-        <v>500</v>
+        <v>495</v>
       </c>
       <c r="P90" t="s">
-        <v>501</v>
+        <v>496</v>
       </c>
     </row>
     <row r="91" spans="1:16">
       <c r="A91" t="s">
-        <v>502</v>
+        <v>497</v>
       </c>
       <c r="B91" t="s">
-        <v>503</v>
+        <v>379</v>
       </c>
       <c r="C91" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
       <c r="D91" t="s">
         <v>116</v>
       </c>
       <c r="E91" t="s">
         <v>20</v>
       </c>
       <c r="F91" t="s">
         <v>117</v>
       </c>
       <c r="G91" t="s">
         <v>71</v>
       </c>
       <c r="H91">
-        <v>2020</v>
+        <v>2017</v>
       </c>
       <c r="I91"/>
       <c r="J91" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
       <c r="K91" t="s">
         <v>24</v>
       </c>
       <c r="L91" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="M91" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="N91" t="s">
         <v>122</v>
       </c>
       <c r="O91" t="s">
-        <v>504</v>
-[...1 lines deleted...]
-      <c r="P91"/>
+        <v>502</v>
+      </c>
+      <c r="P91" t="s">
+        <v>503</v>
+      </c>
     </row>
     <row r="92" spans="1:16">
       <c r="A92" t="s">
+        <v>504</v>
+      </c>
+      <c r="B92" t="s">
         <v>505</v>
       </c>
-      <c r="B92" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C92" t="s">
-        <v>506</v>
+        <v>498</v>
       </c>
       <c r="D92" t="s">
         <v>116</v>
       </c>
       <c r="E92" t="s">
         <v>20</v>
       </c>
       <c r="F92" t="s">
         <v>117</v>
       </c>
       <c r="G92" t="s">
-        <v>22</v>
+        <v>71</v>
       </c>
       <c r="H92">
-        <v>2016</v>
-[...3 lines deleted...]
-      </c>
+        <v>2020</v>
+      </c>
+      <c r="I92"/>
       <c r="J92" t="s">
-        <v>118</v>
+        <v>499</v>
       </c>
       <c r="K92" t="s">
-        <v>119</v>
+        <v>24</v>
       </c>
       <c r="L92" t="s">
-        <v>120</v>
+        <v>500</v>
       </c>
       <c r="M92" t="s">
-        <v>507</v>
+        <v>501</v>
       </c>
       <c r="N92" t="s">
         <v>122</v>
       </c>
       <c r="O92" t="s">
-        <v>508</v>
-[...3 lines deleted...]
-      </c>
+        <v>506</v>
+      </c>
+      <c r="P92"/>
     </row>
     <row r="93" spans="1:16">
       <c r="A93" t="s">
+        <v>507</v>
+      </c>
+      <c r="B93" t="s">
+        <v>114</v>
+      </c>
+      <c r="C93" t="s">
+        <v>508</v>
+      </c>
+      <c r="D93" t="s">
+        <v>116</v>
+      </c>
+      <c r="E93" t="s">
+        <v>20</v>
+      </c>
+      <c r="F93" t="s">
+        <v>117</v>
+      </c>
+      <c r="G93" t="s">
+        <v>22</v>
+      </c>
+      <c r="H93">
+        <v>2016</v>
+      </c>
+      <c r="I93">
+        <v>2017</v>
+      </c>
+      <c r="J93" t="s">
+        <v>118</v>
+      </c>
+      <c r="K93" t="s">
+        <v>119</v>
+      </c>
+      <c r="L93" t="s">
+        <v>120</v>
+      </c>
+      <c r="M93" t="s">
+        <v>509</v>
+      </c>
+      <c r="N93" t="s">
+        <v>122</v>
+      </c>
+      <c r="O93" t="s">
         <v>510</v>
       </c>
-      <c r="B93" t="s">
+      <c r="P93" t="s">
         <v>511</v>
-      </c>
-[...36 lines deleted...]
-        <v>515</v>
       </c>
     </row>
     <row r="94" spans="1:16">
       <c r="A94" t="s">
-        <v>516</v>
+        <v>512</v>
       </c>
       <c r="B94" t="s">
-        <v>517</v>
+        <v>513</v>
       </c>
       <c r="C94" t="s">
-        <v>512</v>
+        <v>514</v>
       </c>
       <c r="D94" t="s">
         <v>246</v>
       </c>
       <c r="E94" t="s">
         <v>20</v>
       </c>
       <c r="F94" t="s">
         <v>21</v>
       </c>
       <c r="G94" t="s">
         <v>71</v>
       </c>
       <c r="H94">
         <v>2011</v>
       </c>
       <c r="I94"/>
       <c r="J94" t="s">
         <v>233</v>
       </c>
       <c r="K94" t="s">
         <v>24</v>
       </c>
       <c r="L94"/>
       <c r="M94" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="N94" t="s">
         <v>27</v>
       </c>
       <c r="O94" t="s">
-        <v>518</v>
+        <v>516</v>
       </c>
       <c r="P94" t="s">
-        <v>519</v>
+        <v>517</v>
       </c>
     </row>
     <row r="95" spans="1:16">
       <c r="A95" t="s">
-        <v>520</v>
+        <v>518</v>
       </c>
       <c r="B95" t="s">
-        <v>521</v>
+        <v>519</v>
       </c>
       <c r="C95" t="s">
-        <v>512</v>
+        <v>514</v>
       </c>
       <c r="D95" t="s">
-        <v>239</v>
+        <v>246</v>
       </c>
       <c r="E95" t="s">
         <v>20</v>
       </c>
       <c r="F95" t="s">
-        <v>128</v>
+        <v>21</v>
       </c>
       <c r="G95" t="s">
         <v>71</v>
       </c>
       <c r="H95">
         <v>2011</v>
       </c>
       <c r="I95"/>
       <c r="J95" t="s">
         <v>233</v>
       </c>
       <c r="K95" t="s">
         <v>24</v>
       </c>
       <c r="L95"/>
       <c r="M95" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="N95" t="s">
         <v>27</v>
       </c>
       <c r="O95" t="s">
-        <v>522</v>
+        <v>520</v>
       </c>
       <c r="P95" t="s">
-        <v>523</v>
+        <v>521</v>
       </c>
     </row>
     <row r="96" spans="1:16">
       <c r="A96" t="s">
-        <v>524</v>
+        <v>522</v>
       </c>
       <c r="B96" t="s">
-        <v>525</v>
+        <v>523</v>
       </c>
       <c r="C96" t="s">
-        <v>512</v>
+        <v>514</v>
       </c>
       <c r="D96" t="s">
-        <v>526</v>
+        <v>239</v>
       </c>
       <c r="E96" t="s">
         <v>20</v>
       </c>
       <c r="F96" t="s">
-        <v>21</v>
+        <v>128</v>
       </c>
       <c r="G96" t="s">
         <v>71</v>
       </c>
       <c r="H96">
         <v>2011</v>
       </c>
       <c r="I96"/>
       <c r="J96" t="s">
-        <v>118</v>
+        <v>233</v>
       </c>
       <c r="K96" t="s">
         <v>24</v>
       </c>
       <c r="L96"/>
       <c r="M96" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="N96" t="s">
-        <v>78</v>
+        <v>27</v>
       </c>
       <c r="O96" t="s">
-        <v>527</v>
+        <v>524</v>
       </c>
       <c r="P96" t="s">
-        <v>528</v>
+        <v>525</v>
       </c>
     </row>
     <row r="97" spans="1:16">
       <c r="A97" t="s">
-        <v>529</v>
+        <v>526</v>
       </c>
       <c r="B97" t="s">
-        <v>148</v>
+        <v>527</v>
       </c>
       <c r="C97" t="s">
-        <v>512</v>
+        <v>514</v>
       </c>
       <c r="D97" t="s">
-        <v>116</v>
+        <v>528</v>
       </c>
       <c r="E97" t="s">
         <v>20</v>
       </c>
       <c r="F97" t="s">
-        <v>117</v>
+        <v>21</v>
       </c>
       <c r="G97" t="s">
         <v>71</v>
       </c>
       <c r="H97">
-        <v>2021</v>
+        <v>2011</v>
       </c>
       <c r="I97"/>
       <c r="J97" t="s">
-        <v>255</v>
+        <v>118</v>
       </c>
       <c r="K97" t="s">
-        <v>119</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L97"/>
       <c r="M97" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="N97" t="s">
-        <v>122</v>
+        <v>78</v>
       </c>
       <c r="O97" t="s">
+        <v>529</v>
+      </c>
+      <c r="P97" t="s">
         <v>530</v>
-      </c>
-[...1 lines deleted...]
-        <v>531</v>
       </c>
     </row>
     <row r="98" spans="1:16">
       <c r="A98" t="s">
-        <v>532</v>
+        <v>531</v>
       </c>
       <c r="B98" t="s">
-        <v>533</v>
+        <v>148</v>
       </c>
       <c r="C98" t="s">
-        <v>512</v>
+        <v>514</v>
       </c>
       <c r="D98" t="s">
-        <v>32</v>
+        <v>116</v>
       </c>
       <c r="E98" t="s">
         <v>20</v>
       </c>
       <c r="F98" t="s">
-        <v>128</v>
+        <v>117</v>
       </c>
       <c r="G98" t="s">
         <v>71</v>
       </c>
       <c r="H98">
-        <v>2011</v>
+        <v>2021</v>
       </c>
       <c r="I98"/>
       <c r="J98" t="s">
-        <v>118</v>
+        <v>255</v>
       </c>
       <c r="K98" t="s">
-        <v>24</v>
+        <v>119</v>
       </c>
       <c r="L98" t="s">
-        <v>534</v>
+        <v>120</v>
       </c>
       <c r="M98" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="N98" t="s">
-        <v>78</v>
+        <v>122</v>
       </c>
       <c r="O98" t="s">
-        <v>535</v>
+        <v>532</v>
       </c>
       <c r="P98" t="s">
-        <v>536</v>
+        <v>533</v>
       </c>
     </row>
     <row r="99" spans="1:16">
       <c r="A99" t="s">
+        <v>534</v>
+      </c>
+      <c r="B99" t="s">
+        <v>535</v>
+      </c>
+      <c r="C99" t="s">
+        <v>514</v>
+      </c>
+      <c r="D99" t="s">
+        <v>32</v>
+      </c>
+      <c r="E99" t="s">
+        <v>20</v>
+      </c>
+      <c r="F99" t="s">
+        <v>128</v>
+      </c>
+      <c r="G99" t="s">
+        <v>71</v>
+      </c>
+      <c r="H99">
+        <v>2011</v>
+      </c>
+      <c r="I99"/>
+      <c r="J99" t="s">
+        <v>118</v>
+      </c>
+      <c r="K99" t="s">
+        <v>24</v>
+      </c>
+      <c r="L99" t="s">
+        <v>536</v>
+      </c>
+      <c r="M99" t="s">
+        <v>515</v>
+      </c>
+      <c r="N99" t="s">
+        <v>78</v>
+      </c>
+      <c r="O99" t="s">
         <v>537</v>
       </c>
-      <c r="B99" t="s">
+      <c r="P99" t="s">
         <v>538</v>
-      </c>
-[...40 lines deleted...]
-        <v>541</v>
       </c>
     </row>
     <row r="100" spans="1:16">
       <c r="A100" t="s">
-        <v>542</v>
+        <v>539</v>
       </c>
       <c r="B100" t="s">
-        <v>543</v>
+        <v>540</v>
       </c>
       <c r="C100" t="s">
         <v>442</v>
       </c>
       <c r="D100" t="s">
-        <v>70</v>
+        <v>89</v>
       </c>
       <c r="E100" t="s">
         <v>20</v>
       </c>
       <c r="F100" t="s">
-        <v>128</v>
+        <v>21</v>
       </c>
       <c r="G100" t="s">
-        <v>71</v>
+        <v>22</v>
       </c>
       <c r="H100">
+        <v>2010</v>
+      </c>
+      <c r="I100">
         <v>2014</v>
       </c>
-      <c r="I100"/>
       <c r="J100" t="s">
         <v>202</v>
       </c>
       <c r="K100" t="s">
         <v>24</v>
       </c>
       <c r="L100" t="s">
-        <v>544</v>
+        <v>541</v>
       </c>
       <c r="M100" t="s">
         <v>446</v>
       </c>
       <c r="N100" t="s">
         <v>27</v>
       </c>
       <c r="O100" t="s">
-        <v>545</v>
+        <v>542</v>
       </c>
       <c r="P100" t="s">
-        <v>546</v>
+        <v>543</v>
       </c>
     </row>
     <row r="101" spans="1:16">
       <c r="A101" t="s">
-        <v>547</v>
+        <v>544</v>
       </c>
       <c r="B101" t="s">
-        <v>548</v>
+        <v>545</v>
       </c>
       <c r="C101" t="s">
         <v>442</v>
       </c>
       <c r="D101" t="s">
-        <v>549</v>
+        <v>70</v>
       </c>
       <c r="E101" t="s">
         <v>20</v>
       </c>
       <c r="F101" t="s">
         <v>128</v>
       </c>
       <c r="G101" t="s">
-        <v>22</v>
+        <v>71</v>
       </c>
       <c r="H101">
-        <v>2012</v>
-[...1 lines deleted...]
-      <c r="I101">
         <v>2014</v>
       </c>
+      <c r="I101"/>
       <c r="J101" t="s">
         <v>202</v>
       </c>
       <c r="K101" t="s">
         <v>24</v>
       </c>
       <c r="L101" t="s">
-        <v>550</v>
+        <v>546</v>
       </c>
       <c r="M101" t="s">
         <v>446</v>
       </c>
       <c r="N101" t="s">
         <v>27</v>
       </c>
       <c r="O101" t="s">
-        <v>551</v>
+        <v>547</v>
       </c>
       <c r="P101" t="s">
-        <v>552</v>
+        <v>548</v>
       </c>
     </row>
     <row r="102" spans="1:16">
       <c r="A102" t="s">
-        <v>553</v>
+        <v>549</v>
       </c>
       <c r="B102" t="s">
-        <v>554</v>
+        <v>550</v>
       </c>
       <c r="C102" t="s">
         <v>442</v>
       </c>
       <c r="D102" t="s">
-        <v>246</v>
+        <v>551</v>
       </c>
       <c r="E102" t="s">
         <v>20</v>
       </c>
       <c r="F102" t="s">
-        <v>21</v>
+        <v>128</v>
       </c>
       <c r="G102" t="s">
         <v>22</v>
       </c>
       <c r="H102">
         <v>2012</v>
       </c>
       <c r="I102">
         <v>2014</v>
       </c>
       <c r="J102" t="s">
         <v>202</v>
       </c>
       <c r="K102" t="s">
         <v>24</v>
       </c>
       <c r="L102" t="s">
-        <v>555</v>
+        <v>552</v>
       </c>
       <c r="M102" t="s">
         <v>446</v>
       </c>
       <c r="N102" t="s">
         <v>27</v>
       </c>
       <c r="O102" t="s">
+        <v>553</v>
+      </c>
+      <c r="P102" t="s">
+        <v>554</v>
+      </c>
+    </row>
+    <row r="103" spans="1:16">
+      <c r="A103" t="s">
+        <v>555</v>
+      </c>
+      <c r="B103" t="s">
         <v>556</v>
       </c>
-      <c r="P102" t="s">
+      <c r="C103" t="s">
+        <v>442</v>
+      </c>
+      <c r="D103" t="s">
+        <v>246</v>
+      </c>
+      <c r="E103" t="s">
+        <v>20</v>
+      </c>
+      <c r="F103" t="s">
+        <v>21</v>
+      </c>
+      <c r="G103" t="s">
+        <v>22</v>
+      </c>
+      <c r="H103">
+        <v>2012</v>
+      </c>
+      <c r="I103">
+        <v>2014</v>
+      </c>
+      <c r="J103" t="s">
+        <v>202</v>
+      </c>
+      <c r="K103" t="s">
+        <v>24</v>
+      </c>
+      <c r="L103" t="s">
         <v>557</v>
+      </c>
+      <c r="M103" t="s">
+        <v>446</v>
+      </c>
+      <c r="N103" t="s">
+        <v>27</v>
+      </c>
+      <c r="O103" t="s">
+        <v>558</v>
+      </c>
+      <c r="P103" t="s">
+        <v>559</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">