--- v0 (2025-10-14)
+++ v1 (2025-12-19)
@@ -12,1572 +12,1633 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="460">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="484">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>2021 Aspen Energy Code</t>
   </si>
   <si>
+    <t>This policy contains heat pump requirements for residential buildings, including single-family homes.  It also contains controls requirements for heat pump supplementary heat in commercial buildings.</t>
+  </si>
+  <si>
     <t>Colorado</t>
   </si>
   <si>
     <t>Heat Pumps, Air Conditioning</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Building Code</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>February 2024</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>City of Aspen</t>
   </si>
   <si>
     <t>AC-to-heat pump</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/2021-aspen-energy-code</t>
   </si>
   <si>
-    <t>3794 / 2024 Energy Efficiency of Household and Similar Electrical Appliances Measurement and Calculation Methods for Energy Consumption of Refrigerators, Refrigerator-Freezers and Freezers</t>
+    <t>https://www.aspen.gov/DocumentCenter/View/10378/2021-Aspen-Energy-Code</t>
+  </si>
+  <si>
+    <t>6977/2009 Energy Efficiency Of Distribution Transformers</t>
+  </si>
+  <si>
+    <t>This standard specifies the energy efficiency of distribution transformers.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
-    <t>Refrigeration, Refrigerators-Freezers, Freezers-only</t>
+    <t>Power Transformers</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
-[...22 lines deleted...]
-  <si>
     <t>October 2022</t>
-  </si>
-[...88 lines deleted...]
-    <t>Power Transformers</t>
   </si>
   <si>
     <t>IEC 60076-ser/2008
 ,   
                     ES 1886: Power Transformers Dry Type
 ,   
                     ES 4885-1 Instrument transformers part-1Current transformer
 ,   
                     ES 4885-1 Instrument transformers part-2 Inductive voltage transformer</t>
   </si>
   <si>
+    <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
+  </si>
+  <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/69772009-energy-efficiency-distribution-transformers</t>
   </si>
   <si>
-    <t>7821/2014 Energy efficiency of household electrical appliances Methods for measuring and calculating energy efficiency of electric circulating air fans</t>
-[...11 lines deleted...]
-    <t>7823/2020 Energy efficiency requirements for electrical lamps and luminaires</t>
+    <t>http://www.eos.org.eg/en/standard/10626</t>
+  </si>
+  <si>
+    <t>Algeria Order of 25 Safar 1430 corresponding to 21 February 2009 on the energy labeling of household air-conditioners</t>
+  </si>
+  <si>
+    <t>Air conditioners for domestic use with a cooling capacity less than 12kW. Air-to-water and water-water appliances are excluded</t>
+  </si>
+  <si>
+    <t>Algeria</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs, Portable ACs</t>
+  </si>
+  <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>October 2019</t>
+  </si>
+  <si>
+    <t>Agence Nationale pour la Promotion et la Rationalisation de l'Utilisation de l'…</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/algeria-order-25-safar-1430-corresponding-21-february-2009-energy-labeling-household-air</t>
+  </si>
+  <si>
+    <t>https://www.energy.gov.dz/Media/galerie/-arrete_du_21_fevrier_2009_relatif_a_l'etiquetage_energetique_des_climatiseurs_a_usage_domestique_5b69515a43778.pdf</t>
+  </si>
+  <si>
+    <t>Algeria Order of 25 Safar 1430 corresponding to 21 February 2009 on the energy labeling of residential lamps</t>
+  </si>
+  <si>
+    <t>Incandescent lamps and integrated ballast fluorescent lamps intended to be directly powered by the mains electrical grid.</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/78232020-energy-efficiency-requirements-electrical-lamps-and-luminaires</t>
-[...31 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/algeria-order-25-safar-1430-corresponding-21-february-2009-energy-labeling-residential</t>
   </si>
   <si>
+    <t>https://www.energy.gov.dz/Media/galerie/arrete_du_21_fevrier_2009_relatif_a_l'etiquetage_energetique_des_lampes_domestiques_5b695196e4dec.pdf</t>
+  </si>
+  <si>
     <t>Algeria Order of 25 Safar 1430 corresponding to 21 February 2009 on the energy labeling of residential refrigerators, freezers, and combined equipment</t>
   </si>
   <si>
+    <t>Refrigerators, freezers and combined appliances for domestic usage that run on electricity</t>
+  </si>
+  <si>
+    <t>Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/algeria-order-25-safar-1430-corresponding-21-february-2009-energy-labeling-residential-0</t>
   </si>
   <si>
+    <t>https://www.energy.gov.dz/Media/galerie/arrete_du_21_fevrier_2009_etiquetage_appareils_usage_domestique_soumis_aux_regles_efficacite_energetique_5b6950da0ecc4.pdf</t>
+  </si>
+  <si>
     <t>Botswana standard for pico-solar and SHS kits (IEC TS 62257-9-5)</t>
   </si>
   <si>
+    <t>This policy applies to off-grid renewable energy products with batteries and solar modules with DC system voltages not exceeding 35 V and peak power ratings not exceeding 350 W.</t>
+  </si>
+  <si>
     <t>Botswana</t>
   </si>
   <si>
     <t>Solar Energy Kits</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>IEC TS 62257-9-5:2018</t>
   </si>
   <si>
     <t>Botswana Bureau of Standards</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/botswana-standard-pico-solar-and-shs-kits-iec-ts-62257-9-5</t>
   </si>
   <si>
-    <t>CES 140:2015 Off-grid solar photovoltaic lighting kits - requirements</t>
-[...2 lines deleted...]
-    <t>Ethiopia</t>
+    <t>https://www.iec.ch/dyn/www/f?p=103:36:300860528604589::::FSP_ORG_ID,FSP_LANG_ID:1074,25</t>
+  </si>
+  <si>
+    <t>Directive 2010-30-EU</t>
+  </si>
+  <si>
+    <t>The strategy includes the mandatory phase-out of incandescent and halogen lamps by 2016, MEPS and labeling for all lighting technologies following the EU directives, large scale CFL and LED lamp distribution programmes, six million lamps in total; along with an extensive communications campaign; and the design of a lamp collection and recycling legislation and infrastructure in Tunisia. The elimination of lamps in power is less than 100,The taxation of lamps by 50 percent to make economic lamps  more competitive, The follow-up of this program for the elimination of other power. Launched program of 600 million incandescent lamps by LED lamps from 2017, as soon as the appearance of the decree ETF -Energy Transition Fund; which will subsidize this program.</t>
+  </si>
+  <si>
+    <t>Tunisia</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>National Agency for Energy Conservation (ANME)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/directive-2010-30-eu</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32012R0874</t>
+  </si>
+  <si>
+    <t>Directive N° 04/2020/Cm/Uemoa Portant Etiquetage Energetique Des Lampes Electriques Et Des Appareils Electromenagers Neufs Dans Les Etats Membres De L’ UEMOA</t>
+  </si>
+  <si>
+    <t>This Directive sets out provisions relating to the energy labeling of electric lamps and new household appliances and to additional information relating to these appliances, in the WAEMU member states. It applies to the following new electrical appliances: - domestic refrigeration equipment (refrigerators, freezers and combined appliances).- air conditioners. - electric lamps.</t>
+  </si>
+  <si>
+    <t>WAEMU/UEMOA</t>
+  </si>
+  <si>
+    <t>Tubular Lamps, Directional Lamps, Room ACs - Stationary ACs, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>May 2020</t>
+  </si>
+  <si>
+    <t>WAEMU Commission</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/directive-ndeg-042020cmuemoa-portant-etiquetage-energetique-des-lampes-electriques-et-des</t>
+  </si>
+  <si>
+    <t>http://www.uemoa.int/sites/default/files/bibliotheque/reglement_04_2009_cm_uemoa.pdf</t>
+  </si>
+  <si>
+    <t>DNIS IEC TS 62257-9-8:2019EE</t>
+  </si>
+  <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
+    <t>Nigeria</t>
+  </si>
+  <si>
+    <t>February 2021</t>
+  </si>
+  <si>
+    <t>Solar</t>
+  </si>
+  <si>
+    <t>IEC TS 62257-9-5</t>
+  </si>
+  <si>
+    <t>Standards Organisation of Nigeria (SON)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/dnis-iec-ts-62257-9-82019ee</t>
+  </si>
+  <si>
+    <t>https://son.gov.ng/nigeria-adopt-standards-for-renewable-energy-hybrid-systems-for-rural-electrification</t>
+  </si>
+  <si>
+    <t>Eco-Design Requirements for Water Pump Energy Efficiency (8441/2021)</t>
+  </si>
+  <si>
+    <t>This standard establishes ecodesign requirements for rotodynamic water pumps for pumping clean water, including those integrated into other products, and efficiency labeling requirements.</t>
+  </si>
+  <si>
+    <t>Pumps</t>
+  </si>
+  <si>
+    <t>Voluntary</t>
+  </si>
+  <si>
+    <t>Entered into force, New, Superseded</t>
+  </si>
+  <si>
+    <t>ICS 23.080</t>
+  </si>
+  <si>
+    <t>Egyptian Organization for Standards and Quality</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/eco-design-requirements-water-pump-energy-efficiency-84412021</t>
+  </si>
+  <si>
+    <t>https://www.eos.org.eg/en/standard/15248</t>
+  </si>
+  <si>
+    <t>ECOSTAND 053: 2016</t>
+  </si>
+  <si>
+    <t>This policy applies to all networked lighting lamps.</t>
+  </si>
+  <si>
+    <t>ECOWAS</t>
+  </si>
+  <si>
+    <t>Directional Lamps</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
-    <t>Solar</t>
-[...100 lines deleted...]
-  <si>
     <t>ECOWAS Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecostand-053-2016</t>
   </si>
   <si>
+    <t>http://www.ecowrex.org/system/files/notif-ecostand-053-2016-fdhs-on-grid-lighting-fr-specifications-techniques-pour-des-lampes-de-service-declairage-en-reseau.pdf</t>
+  </si>
+  <si>
     <t>ECOSTAND 054: 2015</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp. Minimum performance requirements  and quality standards based on Lighting Global Quality Standards</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard, Quality Standard</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>Electricity, Solar</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecostand-054-2015</t>
   </si>
   <si>
+    <t>http://www.ecreee.org/sites/default/files/event-att/presentation_ecreee_may_2019_v2.pdf</t>
+  </si>
+  <si>
     <t>ECOSTAND 071-1:2017EE: Minimum Energy Performance Standards Part 1: Refrigerating products</t>
   </si>
   <si>
+    <t>This standard covers requirements for AC powered refrigerating appliances with a storage volume up to 1500 litres which are manufactured, assembled, imported or sold in any of the ECOWAS countries. It includes the following categories:</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecostand-071-12017ee-minimum-energy-performance-standards-part-1-refrigerating-products</t>
   </si>
   <si>
     <t>ECOSTAND 071-2:2017EE: Minimum Energy Performance Standards Part 2: Air conditioning products</t>
   </si>
   <si>
+    <t>This standard covers requirements for domestic and commercial air conditioning products such as: (1) portable AC; (2) unitary AC; (3) split AC, and (4) centralised AC system, which are single or double ducts, mobile or others; manufactured, assembled, imported or sold in any of the ECOWAS countries. Descriptions and illustrations of these products are available in Appendix 1. This standard covers equipment up to 20kW. It covers appliances designed to be plugged on the electric grid, it excludes appliances not powered by alternate current that use non-electric energys ources. ECOWAS countries include Benin, Burkina Faso, Cabo Verde, Côte d'Ivoire, the Gambia, Ghana, Guinea, Guinea Bissau, Liberia, Mali, Niger, Nigeria, Senegal, Sierra Leone, and Togo.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs, Portable ACs, Central ACs</t>
   </si>
   <si>
     <t>ISO 5151, ISO 13253, ISO 15042, ISO 16358-1:2013, IEC 60335-2-40:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecostand-071-22017ee-minimum-energy-performance-standards-part-2-air-conditioning-products</t>
   </si>
   <si>
     <t>ECOSTAND IEC TS 62257-9-8:2020</t>
   </si>
   <si>
+    <t>ECOWAS regional quality standards for standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>April 2023</t>
   </si>
   <si>
     <t>IEC TS 62257-9-6</t>
   </si>
   <si>
     <t>ECOWAQ</t>
   </si>
   <si>
     <t>Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecostand-iec-ts-62257-9-82020</t>
   </si>
   <si>
+    <t>http://www.ecreee.org/news/ecowas-industry-ministers-adopt-regional-standards-standalone-solar-systems-and-solar-pv-mini#:~:text=ABOUT%20ECREEE-,ECOWAS%20Industry%20Ministers%20adopt%20regional%20Standards%20on%20standalone%20solar%20systems,6)%20Standards%20on%20solar%20energy.</t>
+  </si>
+  <si>
     <t>Efficient Biomass Cookstoves Policy</t>
   </si>
   <si>
+    <t>This Nigerian Industrial Standard specifies design, construction, quality and safety requirements, sampling and labeling for clean solid biomass type cookstoves.</t>
+  </si>
+  <si>
     <t>Biomass Stoves</t>
   </si>
   <si>
     <t>Biomass</t>
   </si>
   <si>
     <t>Water Boiling Tests (WBT) version 4.2.3:2014; The current edition shall apply</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid, Productive Use</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/efficient-biomass-cookstoves-policy</t>
   </si>
   <si>
+    <t>https://fscluster.org/sites/default/files/documents/standard_for_clean_cookstoves_son.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency of Household and Similar Electrical Appliances</t>
   </si>
   <si>
+    <t>This standard identifies the methods of measuring and calculating energy efficiency and sets a maximum limit to the values of energy consumption. The standard aims to reduce the consumption of electric power.</t>
+  </si>
+  <si>
     <t>Kitchen, Dishwashers</t>
   </si>
   <si>
     <t>IEC60436:2004, A1:2009, A2:2012</t>
   </si>
   <si>
     <t>Egyptian Organisation for Standards and Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-household-and-similar-electrical-appliances</t>
   </si>
   <si>
+    <t>https://www.eos.org.eg/en/standard/14008</t>
+  </si>
+  <si>
     <t>Energy Efficiency Of Household Electrical Appliances Methods For Measuring And Calculating Energy Efficiency Of Domestic Ovens (ES 8058/2017)</t>
+  </si>
+  <si>
+    <t>This standard establishes the methods of measuring and calculating the energy efficiency of electrical domestic ovens.</t>
   </si>
   <si>
     <t>Kitchen, Ovens</t>
   </si>
   <si>
     <t>IEC 60350-1/2015
 ,   
                     Regulation (EU) No 65/2014</t>
   </si>
   <si>
+    <t>Egyptian Organization for Standards &amp; Quality</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-household-electrical-appliances-methods-measuring-and-calculating-0</t>
   </si>
   <si>
-    <t>Energy Efficiency Of Household Electrical Appliances Methods For Measuring And Calculating Energy Efficiency Of Vacuum Cleaners(ES 8057/2017)</t>
-[...10 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-household-electrical-appliances-methods-measuring-and-calculating-energy</t>
+    <t>https://www.eos.org.eg/en/standard/14544</t>
   </si>
   <si>
     <t>ES 6087:2017 Requirements for plug - and - play DC solar home system kit</t>
   </si>
   <si>
+    <t>This Ethiopian Standard specifies requirements for performance, safety and durability for plug – and – play type DC Solar Home Systems Kit that have the peak power rating above 10 and up to 350W.</t>
+  </si>
+  <si>
+    <t>Ethiopia</t>
+  </si>
+  <si>
+    <t>Ethiopian Standards Agency</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/es-60872017-requirements-plug-and-play-dc-solar-home-system-kit</t>
   </si>
   <si>
+    <t>http://www.et.undp.org/content/dam/ethiopia/docs/Ethiopia%20Final%20-%20ES%206087-2017%20Requirements%20for%20DC%20Solar%20Home%20System%20Kit.pdf</t>
+  </si>
+  <si>
     <t>Ethiopian standard for pico-solar and SHS kits</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.
+No policy link available.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ethiopian-standard-pico-solar-and-shs-kits</t>
   </si>
   <si>
     <t>FDNIS ECOSTAND 071-1:2017EE: Minimum Energy Performance Standards Part 1: Refrigerating products</t>
   </si>
   <si>
     <t>Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>IEC 62552-1:2015, IEC 62552-2:2015, IEC 62552-3:2015, IEC 60335-1:2010+AMD1:2013, IEC 60335-2-24:2010+AMD1:2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/fdnis-ecostand-071-12017ee-minimum-energy-performance-standards-part-1-refrigerating</t>
   </si>
   <si>
     <t>FDNIS ECOSTAND 071-2:2017EE: Minimum Energy Performance Standards Part 2: Air conditioning products</t>
   </si>
   <si>
+    <t>This standard covers requirements for domestic and commercial air conditioning products such as: (1) portable AC; (2) unitary AC; (3) split AC, and (4) centralised AC system, which are single or double ducts, mobile or others; manufactured, assembled, imported or sold in any of the ECOWAS countries. Descriptions and illustrations of these products are available in Appendix 1. This standard covers equipment up to 20kW. It covers appliances designed to be plugged on the electric grid, it excludes appliances not powered by alternate current that use non-electric energys ources.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/fdnis-ecostand-071-22017ee-minimum-energy-performance-standards-part-2-air-conditioning</t>
   </si>
   <si>
-    <t>GN 11/2017: Energy Efficiency (Labelling of Regulated Machinery) Regulations 2017 - amended by GN No. 137 of 2018</t>
+    <t>http://son.gov.ng/son-introduces-national-energy-efficiency-label-for-air-conditioners-electrical-appliances-and-equipment</t>
+  </si>
+  <si>
+    <t>GS IEC 62257-9-8:2020, Renewable energy and hybrid systems for rural electrification - Part 9-8: Integrated systems - Requirements for stand-alone renewable energy products with power ratings less than or equal to 350 W</t>
+  </si>
+  <si>
+    <t>Quality standards for standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
+    <t>Ghana</t>
+  </si>
+  <si>
+    <t>July 2022</t>
+  </si>
+  <si>
+    <t>Ghana Standards Authority</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gs-iec-62257-9-82020-renewable-energy-and-hybrid-systems-rural-electrification-part-9-8</t>
+  </si>
+  <si>
+    <t>http://services.gsa.gov.gh/standards/standards.php?sno=GS%20IEC%20TS%2062257-9-8:2020</t>
+  </si>
+  <si>
+    <t>KS IEC/TS 62257-9-8:2020 Requirements for stand-alone renewable products with power ratings less than or equal to 350 W</t>
+  </si>
+  <si>
+    <t>This standard applies to off-grid lighting appliances or kits that can be installed by a typical user without employing a technician. The kits are generally comprised of a light source (LED, CFL, or other), a rechargeable energy storage device (usually a battery), an energy generation device or source (PV module, dynamo, AC grid, unregulated DC input, or other), and internal electronics. Lighting appliances or kits with PV modules larger than 10 W (peak power under standard test conditions) are excluded from the scope of this standard.</t>
+  </si>
+  <si>
+    <t>Kenya</t>
+  </si>
+  <si>
+    <t>June 2021</t>
+  </si>
+  <si>
+    <t>KS IEC/TS 62257-9-5</t>
+  </si>
+  <si>
+    <t>Kenya Bureau of Standards (KEBS)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/ks-iects-62257-9-82020-requirements-stand-alone-renewable-products-power-ratings-less-or</t>
+  </si>
+  <si>
+    <t>https://webstore.kebs.org/index.php?route=product/product&amp;product_id=16444&amp;search=-9-8</t>
+  </si>
+  <si>
+    <t>L.I 2353 Efficiency standards and labelling-Light emitting diode and self ballasted fluorescent lamps</t>
+  </si>
+  <si>
+    <t>These regulations apply to enforcement of standards for minimum energy efficiency of self ballasted fluorescent lamps and LED. The regulations also include the labelling of these two products</t>
+  </si>
+  <si>
+    <t>Ghana Energy Commission</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/li-2353-efficiency-standards-and-labelling-light-emitting-diode-and-self-ballasted</t>
+  </si>
+  <si>
+    <t>http://www.energycom.gov.gh/files/Efficiency%20Standards%20LI%202353.pdf</t>
+  </si>
+  <si>
+    <t>L.I 2441 Energy Commission (Energy Efficiency Standards and Labeling) (Refrigerating Appliances) Regulations,2022</t>
+  </si>
+  <si>
+    <t>These regulations apply to electric mains-operated refrigerating appliances with a volume of not less than ten litres and not more than one thousand five hundred litres, manufactured in the country or imported into the country for sale or use.</t>
+  </si>
+  <si>
+    <t>March 2023</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/li-2441-energy-commission-energy-efficiency-standards-and-labeling-refrigerating</t>
+  </si>
+  <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
+    <t>L.I 2442 Energy Commission (Energy Efficiency Standards and Labeling) (Prohibition of manufacture, importation and sale of Incandescent filament lamp) Regulations,2022</t>
+  </si>
+  <si>
+    <t>These regulations apply to a manufacturer or importer of an incandescent filament lamp.</t>
+  </si>
+  <si>
+    <t>Lamps</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/li-2442-energy-commission-energy-efficiency-standards-and-labeling-prohibition-manufacture</t>
+  </si>
+  <si>
+    <t>L.I. 1958 Energy Efficiency Standards and Labelling - Household Refrigerating Appliances</t>
+  </si>
+  <si>
+    <t>These Regulations apply to electric mains operated appliances manufactured in Ghana or imported for use in this country. These Regulations do not apply to the rating plate or its equivalent affixed for safety purposes to an appliance; or an appliance which is designed to use an energy source other than electricity; or an appliance manufactured in this country for export. For the purpose of this regulation; appliance means a refrigerator; a frozen food storage cabinet; a food freezer or their combination.</t>
+  </si>
+  <si>
+    <t>GS IEC 62552: 2007</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/li-1958-energy-efficiency-standards-and-labelling-household-refrigerating-appliances</t>
+  </si>
+  <si>
+    <t>http://www.energycom.gov.gh/files/LI1958.pdf</t>
+  </si>
+  <si>
+    <t>LI 2443 Energy Commission Clothes Washing Machines Regulations</t>
+  </si>
+  <si>
+    <t>This policy includes energy efficiency standards and labeling guidelines for clothes washing machines in Ghana.</t>
+  </si>
+  <si>
+    <t>Washing Machines</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/li-2443-energy-commission-clothes-washing-machines-regulations</t>
+  </si>
+  <si>
+    <t>LI 2444 Energy Commission Energy Efficiency Standards and Labelling Industrial Fans Regulations</t>
+  </si>
+  <si>
+    <t>Minimum energy performance regulations and labelling guidelines for industrial fans with an electrical input power between 0.125 - 500 kW or integrated in other energy-related products manufactured in the country or imported into the country for display, sale, or use.</t>
+  </si>
+  <si>
+    <t>Industrial Fans</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/li-2444-energy-commission-energy-efficiency-standards-and-labelling-industrial-fans</t>
+  </si>
+  <si>
+    <t>LI 2445 Energy Commission (Energy Efficiency Standards and Labelling) (Rice Cookers) Regulations, 2022</t>
+  </si>
+  <si>
+    <t>These regulations apply a rice cooker manufactured in the country or imported into the country for display, sale, or use that has a rated power not exceeding two thousand watts, voltage not exceeding two hundred and fifty volts, and volume not exceeding ten litres.</t>
+  </si>
+  <si>
+    <t>Rice Cookers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/li-2445-energy-commission-energy-efficiency-standards-and-labelling-rice-cookers</t>
+  </si>
+  <si>
+    <t>LI 2446 Energy Commission (Energy Efficiency Standards and Labelling) (Computers) Regulations, 2022</t>
+  </si>
+  <si>
+    <t>These regulations apply to a computer, manufactured in the country or imported into the country for display, sale or use as a desktop computer, notebook computer, a workstation, or a computer server.</t>
+  </si>
+  <si>
+    <t>Computers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/li-2446-energy-commission-energy-efficiency-standards-and-labelling-computers-regulations</t>
+  </si>
+  <si>
+    <t>LI 2447 Energy Commission (Energy Efficiency Standards and Labelling) (Set-Top Boxes) Regulations, 2022</t>
+  </si>
+  <si>
+    <t>Minimum energy performance standard and labelling guidelines for set-top boxes. These regulations apply to set-top boxes manufactured in the country or imported into the country for display, sale or use, with the ability to be powered directly from the mains alternating current for use as either a simple set-top box, or a complex set-top box.</t>
+  </si>
+  <si>
+    <t>Televisions, Set Top Boxes (STB)</t>
+  </si>
+  <si>
+    <t>May 2023</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/li-2447-energy-commission-energy-efficiency-standards-and-labelling-set-top-boxes</t>
+  </si>
+  <si>
+    <t>LI 2448 Energy Commission (Energy Efficiency Standards and Labelling) (Ventilating Fans) Regulations, 2022</t>
+  </si>
+  <si>
+    <t>These regulations apply to a ventilating fan or unit with an individual fan electric power input of less than 125 W manufactured in the country or imported into the country for display, sale or use.</t>
+  </si>
+  <si>
+    <t>Space Heating and Space Cooling, Ventilation</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/li-2448-energy-commission-energy-efficiency-standards-and-labelling-ventilating-fans</t>
+  </si>
+  <si>
+    <t>LI 2450 Energy Commission (Energy Efficiency Standards and Labelling) (Microwave Ovens) Regulations, 2022</t>
+  </si>
+  <si>
+    <t>These regulations apply to an electric mains-operated microwave oven, manufactured in the country or imported into the country for display, sale or use. These regulations do not apply to microwave ovens which cannot accept a load with a diameter equal or greater than 200mm or heigh of 120mm.</t>
+  </si>
+  <si>
+    <t>Microwaves</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/li-2450-energy-commission-energy-efficiency-standards-and-labelling-microwave-ovens</t>
+  </si>
+  <si>
+    <t>LI 2451 Energy Commission (Energy Efficiency Standards and Labelling) (Storage Water Heaters) Regulations, 20</t>
+  </si>
+  <si>
+    <t>These regulations apply to an electric storage water heater with a storage volume of not more than 500 litres, an electric instantaneous water heater, and a water heater with rated power not exceeding 70kW.</t>
+  </si>
+  <si>
+    <t>Instantaneous Water Heaters, Storage Water Heaters</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/li-2451-energy-commission-energy-efficiency-standards-and-labelling-storage-water-heaters</t>
+  </si>
+  <si>
+    <t>LI 2452 Renewable Energy (Standards and Labelling) (Renewable Energy Batteries) Regulations, 2022</t>
+  </si>
+  <si>
+    <t>These regulations apply to a renewable energy battery manufactured in the country or imported into the country for display, sale, or use, irrespective of size, method of charge or energy system design of the renewable energy battery.</t>
+  </si>
+  <si>
+    <t>Battery Chargers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/li-2452-renewable-energy-standards-and-labelling-renewable-energy-batteries-regulations</t>
+  </si>
+  <si>
+    <t>LI 2453 Energy Commission (Energy Efficiency Standards and Labelling) (Public Lighting) Regulations, 2022</t>
+  </si>
+  <si>
+    <t>These regulations apply to a lamp or luminaire manufactured in the country or imported into the country for the purpose of public lighting services, for display, sale or use in the country. These regulations do not apply to a lamp or luminaire other than an electric mains-operated lamp or luminaire.</t>
+  </si>
+  <si>
+    <t>Streetlighting</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/li-2453-energy-commission-energy-efficiency-standards-and-labelling-public-lighting</t>
+  </si>
+  <si>
+    <t>LI 2454 Renewable Energy (Standards and Labelling) (Improved Biomass Cookstoves) Regulations, 2022</t>
+  </si>
+  <si>
+    <t>These regulations apply to an improved biomass cookstoves, manufactured in the country or imported into the country for sale, display or use as a domestic cookstove, or an institutional cookstove that uses solid biomass fuels including wood, charcoal, briquette, or pellet.</t>
+  </si>
+  <si>
+    <t>Cookstoves</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/li-2454-renewable-energy-standards-and-labelling-improved-biomass-cookstoves-regulations</t>
+  </si>
+  <si>
+    <t>LI 2455 Energy Commission (Energy Efficiency Standards and Labelling) (Television Sets) Regulations, 2022</t>
+  </si>
+  <si>
+    <t>These regulations apply to a television set or monitor, manufactured in the country or imported into the country for display, sale or use. These regulations do not apply to a rating plate or the equivalent of a rating plate, a digital display and signage, and or non-electric mains operated television or monitor.</t>
+  </si>
+  <si>
+    <t>Televisions</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/li-2455-energy-commission-energy-efficiency-standards-and-labelling-television-sets</t>
+  </si>
+  <si>
+    <t>LI 2456 Energy Commission (Energy Efficiency Standards and Labelling) (Electric Motors) Regulations, 2022</t>
+  </si>
+  <si>
+    <t>These regulations apply to an induction motor whether sold separately or partly integrated in other products that has 2,4,6, or 8 poles; has a rated voltage that's more than 50 V but less than 1000 V; has a rated power output of 0.12 kW up to 1000 kW; is rated to operate at a frequency of 50 Hz; is rated on the basis of continuous duty operation, and; is rated for direct on-line operation.</t>
+  </si>
+  <si>
+    <t>3-Phase Motors, 1-Phase Motors</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/li-2456-energy-commission-energy-efficiency-standards-and-labelling-electric-motors</t>
+  </si>
+  <si>
+    <t>LI 2457 Energy Commission (Energy Efficiency Standards and Labelling) (Electric Kettles) Regulations, 2022</t>
+  </si>
+  <si>
+    <t>These regulations apply to kettles with a water capacity not exceeding 2.5 litres, manufactured in the country or imported into the country for display, sale or use.</t>
+  </si>
+  <si>
+    <t>Electric Kettles</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/li-2457-energy-commission-energy-efficiency-standards-and-labelling-electric-kettles</t>
+  </si>
+  <si>
+    <t>LI 2458 Energy Commission (Energy Efficiency Standards and Labelling) (Air conditioners) Regulations, 2022</t>
+  </si>
+  <si>
+    <t>These regulations apply to an air conditioning product, manufactured in the country or imported into the country for display, sale or use. These regulations apply to a single-phase and three-phase AC, multi-split outdoor unit and single split outdoor unit that has a rated full capacity of 65kW or less and is designed for human comfort.</t>
+  </si>
+  <si>
+    <t>Space Heating and Space Cooling, Air Conditioning</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/li-2458-energy-commission-energy-efficiency-standards-and-labelling-air-conditioners</t>
+  </si>
+  <si>
+    <t>LI 2459 Energy Commission (Energy Efficiency Standards and Labelling) (Distribution Transformers) Regulations, 2022</t>
+  </si>
+  <si>
+    <t>These regulations apply to a distributor transformer manufactured in the country or imported to the country for display, sale or use.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/li-2459-energy-commission-energy-efficiency-standards-and-labelling-distribution</t>
+  </si>
+  <si>
+    <t>LI 2460 Energy Commission (Energy Efficiency Standards and Labelling) (Comfort Fans) Regulations, 2022</t>
+  </si>
+  <si>
+    <t>These regulations apply to comfort fans with an electric power input not exceeding 125W, manufactured in the country or imported into the country for display, sale, or use.</t>
+  </si>
+  <si>
+    <t>Ceiling Fans, Window Fans, Portable Fans</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/li-2460-energy-commission-energy-efficiency-standards-and-labelling-comfort-fans</t>
+  </si>
+  <si>
+    <t>LI 2461 Renewable Energy (Standards and Labelling) (Inverters) Regulations, 2022</t>
+  </si>
+  <si>
+    <t>These regulations apply to an inverter intended for use in a stand-alone energy system or utility-interactive energy system where the output of the inverter is a stable alternating current of constant frequency; and a single-phase inverter or 3-phase inverter intended for use in a stand alone energy system or utility interactive energy system intended to be operated in parallel with an electric power system to supply power to common loads manufactured in the country or imported into the country for display, sale or use.</t>
+  </si>
+  <si>
+    <t>Solar Inverters</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/li-2461-renewable-energy-standards-and-labelling-inverters-regulations-2022</t>
+  </si>
+  <si>
+    <t>LS IEC 62257-9-8: 2020</t>
+  </si>
+  <si>
+    <t>Liberia</t>
+  </si>
+  <si>
+    <t>Renewable Energy Systems, Solar Energy Kits</t>
+  </si>
+  <si>
+    <t>June 2022</t>
+  </si>
+  <si>
+    <t>National Standards Laboratory of Liberia</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/node/1799</t>
+  </si>
+  <si>
+    <t>https://www.iec.ch/dyn/www/f?p=103:36:202048646803578::::FSP_ORG_ID,FSP_LANG_ID:20060,25</t>
+  </si>
+  <si>
+    <t>Malawi standard for pico-solar and SHS kits (IEC TS 62257-9-5)</t>
+  </si>
+  <si>
+    <t>Malawi</t>
+  </si>
+  <si>
+    <t>November 2023</t>
+  </si>
+  <si>
+    <t>Malawi Bureau of Standards (MBS)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/malawi-standard-pico-solar-and-shs-kits-iec-ts-62257-9-5</t>
+  </si>
+  <si>
+    <t>https://www.iec.ch/dyn/www/f?p=103:36:112914829377027::::FSP_ORG_ID,FSP_LANG_ID:1090,25</t>
+  </si>
+  <si>
+    <t>Malawi standard for pico-solar and SHS kits (IEC TS 62257-9-8)</t>
+  </si>
+  <si>
+    <t>MS IEC TS 62257-9-8</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/malawi-standard-pico-solar-and-shs-kits-iec-ts-62257-9-8</t>
+  </si>
+  <si>
+    <t>https://nam10.safelinks.protection.outlook.com/?url=https%3A%2F%2Fwww.iec.ch%2Fdyn%2Fwww%2Ff%3Fp%3D103%3A36%3A112914829377027%3A%3A%3A%3AFSP_ORG_ID%2CFSP_LANG_ID%3A1090%2C25&amp;data=05%7C01%7Clboucher%40clasp.ngo%7C991380eb2ddc4597b0bd08dbd6ffa68d%7C893cf7999fee4d2a8d71655b7b1e53d2%7C0%7C0%7C638340165728696357%7CUnknown%7CTWFpbGZsb3d8eyJWIjoiMC4wLjAwMDAiLCJQIjoiV2luMzIiLCJBTiI6Ik1haWwiLCJXVCI6Mn0%3D%7C3000%7C%7C%7C&amp;sdata=BRfwqZ8YWSBCwfEf9yfxjELTLNVh5Efnf5BHKmWv9cw%3D&amp;reserved=0</t>
+  </si>
+  <si>
+    <t>MEPS and Labeling Scheme for Refrigerators</t>
+  </si>
+  <si>
+    <t>Namibian standards are similar to South African standards (SANS 941 and VC 9008).</t>
+  </si>
+  <si>
+    <t>Namibia</t>
+  </si>
+  <si>
+    <t>Refrigerators-Freezers</t>
+  </si>
+  <si>
+    <t>SANS 941</t>
+  </si>
+  <si>
+    <t>Ministry of Mines and Energy</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-scheme-refrigerators</t>
+  </si>
+  <si>
+    <t>https://www.ctc-n.org/system/files/dossier/3b/country_profile_-_namibia.pdf</t>
+  </si>
+  <si>
+    <t>MEPS and labeling schemes for air conditioners</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-air-conditioners</t>
+  </si>
+  <si>
+    <t>MEPS for air conditioners</t>
+  </si>
+  <si>
+    <t>Air conditioners for domestic use , with a cooling capacity less than 12kW.   Air-to-water and water-water appliances are excluded</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-air-conditioners-0</t>
+  </si>
+  <si>
+    <t>http://www.rcreee.org/sites/default/files/algeria_ee_fact_sheet_print.pdf</t>
+  </si>
+  <si>
+    <t>MEPS for refrigerators, freezers and combined equipment</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-refrigerators-freezers-and-combined-equipment</t>
+  </si>
+  <si>
+    <t>Minimum energy performance standard(MEPS) and labelling for clay plate resistor based electric injera mitad</t>
+  </si>
+  <si>
+    <t>This Ethiopian Minimum Energy Performance Standard and label grading applies to clay plate resistor</t>
+  </si>
+  <si>
+    <t>Griddles</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standardmeps-and-labelling-clay-plate-resistor-based-electric</t>
+  </si>
+  <si>
+    <t>http://eea.gov.et/media/attachments/LAWS%20AND%20REGUALTIONS/Energy%20laws%20and%20regualtions/4-MEPS%20INJER%20MITAD%20%20Ethiopia%20draft%2029-2-2020%20version%20final%20East%20Gate%20(4).pdf</t>
+  </si>
+  <si>
+    <t>MS : 208 : 2012 Energy efficiency and labelling requirements-Television</t>
+  </si>
+  <si>
+    <t>This standard covers the energy efficiency and labelling requirement for Television</t>
   </si>
   <si>
     <t>Mauritius</t>
   </si>
   <si>
-    <t>Ovens, Dishwashers, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
+    <t>MS 208</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Management Office</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/ms-208-2012-energy-efficiency-and-labelling-requirements-television</t>
+  </si>
+  <si>
+    <t>http://mauritianstandards.com/import-std-682/</t>
+  </si>
+  <si>
+    <t>MS : 210 : 2015 Energy efficiency and labelling requirements-vacuum cleaners</t>
+  </si>
+  <si>
+    <t>This standard covers the energy efficiency and labelling requirement for Vacuum cleaners</t>
+  </si>
+  <si>
+    <t>Vacuum Cleaners</t>
+  </si>
+  <si>
+    <t>MS 210</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/ms-210-2015-energy-efficiency-and-labelling-requirements-vacuum-cleaners</t>
+  </si>
+  <si>
+    <t>http://mauritianstandards.com/import-std-683/</t>
+  </si>
+  <si>
+    <t>MS :203:2014 Energy efficiency and labelling requirements -Electric lamps and luminaires</t>
+  </si>
+  <si>
+    <t>This standard covers the energy efficiency and labelling requirement for electric lamps and luminaires</t>
+  </si>
+  <si>
+    <t>Non-Directional lamps, Indoor Luminaires</t>
+  </si>
+  <si>
+    <t>MS 203</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/ms-2032014-energy-efficiency-and-labelling-requirements-electric-lamps-and-luminaires</t>
+  </si>
+  <si>
+    <t>http://mauritianstandards.com/import-std-678/</t>
+  </si>
+  <si>
+    <t>MS: 201:2012 Energy efficiency and labelling requirement-Household refrigerating appliances</t>
+  </si>
+  <si>
+    <t>This standard covers the energy efficiency and labelling requirement for household refrigerating applliances</t>
   </si>
   <si>
     <t>MS 201</t>
   </si>
   <si>
-    <t>Energy Efficiency Management Office</t>
-[...457 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-2012012-energy-efficiency-and-labelling-requirement-household-refrigerating-appliances</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-676/</t>
+  </si>
+  <si>
     <t>MS: 204:2015 Energy efficiency and labelling requirement-Domestic Ovens and Range hoods</t>
   </si>
   <si>
     <t>Ovens</t>
   </si>
   <si>
     <t>MS 204</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-2042015-energy-efficiency-and-labelling-requirement-domestic-ovens-and-range-hoods</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-679/</t>
+  </si>
+  <si>
     <t>MS: 205:2011 Energy efficiency and labelling requirement-Household electric dishwasher</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for dishwasher</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>MS 205</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-2052011-energy-efficiency-and-labelling-requirement-household-electric-dishwasher</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-680/</t>
+  </si>
+  <si>
     <t>MS: 207: 2013 Energy efficiency and labelling requirements-Household Tumble driers</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for household tumble driers</t>
+  </si>
+  <si>
     <t>Clothes Dryers</t>
   </si>
   <si>
     <t>MS 207</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-207-2013-energy-efficiency-and-labelling-requirements-household-tumble-driers</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-681/</t>
+  </si>
+  <si>
     <t>National Regulator for Compulsory Specifications Act: Compulsory Specification for Efficiency Requirements of Electric Motors (VC 9113)</t>
   </si>
   <si>
+    <t>This compulsory specification will cover electric motors with the following parameters: 0.75kW-375kW motors, including those with variable speed drives, including 2, 4, 6, and 8 pole motors. The regulation specifies that electric motors meeting these requirements must have a minimum efficiency class of IE3 as specified in IEC 60034-30-1.</t>
+  </si>
+  <si>
     <t>South Africa</t>
   </si>
   <si>
     <t>Motors</t>
   </si>
   <si>
     <t>June 2024</t>
   </si>
   <si>
     <t>IEC 60034-30-1</t>
   </si>
   <si>
     <t>National Regulator for Compulsory Specification (NRCS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/national-regulator-compulsory-specifications-act-compulsory-specification-efficiency</t>
   </si>
   <si>
+    <t>https://www.gov.za/documents/notices/national-regulator-compulsory-specifications-act-compulsory-specification-85</t>
+  </si>
+  <si>
     <t>NI IEC TS 62258-9-8</t>
   </si>
   <si>
     <t>Côte d'Ivoire</t>
   </si>
   <si>
     <t>CODINORM</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ni-iec-ts-62258-9-8</t>
   </si>
   <si>
+    <t>https://www.codinorm.ci/</t>
+  </si>
+  <si>
     <t>Nigerian MEPS and Energy Label Guide</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/nigerian-meps-and-energy-label-guide</t>
+    <t>The Nigerian Energy Label Guide label for ACs is a comparative label that helps consumers to know the level of efficiency of Acs in the market</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Central ACs</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nigerian-meps-and-energy-label-guide-0</t>
   </si>
   <si>
     <t>NIS 1209-1:2024 Minimum Energy Performance Standard - Lighting - Part 1: Lamps</t>
   </si>
   <si>
-    <t>Africa, Nigeria</t>
+    <t>This standard specifies the energy labelling requirements and the minimum energy performance standard (MEPS) requirements for lamps used in general lighting services and tubular lamps. Lamps covered in this standard include those used in general lighting services (GLS), which refers to Tungsten Filament Lamps, Compact Florescent Lamps (CFL), and Light Emitting Diode (LED) Lamps, as well as LED and fluorescent tubes of rated voltage not exceeding 300V.</t>
   </si>
   <si>
     <t>May 2025</t>
   </si>
   <si>
     <t>NIS IEC 60064
 ,   
                     NIS IEC 60357
 ,   
                     NIS IEC 60969
 ,   
                     NIS IEC 60081
 ,   
                     NIS IEC 62612
 ,   
                     NIS IEC 62717
 ,   
                     NIS IEC 63103
 ,   
                     NIS IEC 61000-4-11
 ,   
                     NIS IEC 61000-4-5
 ,   
                     NIS IEC 60901
 ,   
                     NIS IEC TR 61547-1
 ,   
                     NIS IEC TR 63158
 ,   
                     NIS CISPR 15
 ,   
                     NIS IEC 61547
 ,   
                     NIS IEC 61000-4-7; NIS IEC 61000-3-2</t>
   </si>
   <si>
     <t>Standards Council of Nigeria</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nis-1209-12024-minimum-energy-performance-standard-lighting-part-1-lamps</t>
   </si>
   <si>
+    <t>https://library.son.gov.ng/?g=elect&amp;s=5&amp;t=groups-opac</t>
+  </si>
+  <si>
     <t>NIS 1209-1:2024 Minimum Energy Performance Standard - Lighting - Part 2: Luminaires</t>
+  </si>
+  <si>
+    <t>This standard specifies the minimum energy performance standard (MEPS), functional performance and energy labelling requirements for luminaires, including both indoor and outdoor / streetlight luminaires, such as indoor ambient luminaires, linear batten luminaires, linear troffer luminaire, downlight luminaires, high-bay luminaires, low-bay luminaires and planer (or plane) luminaires.</t>
   </si>
   <si>
     <t>Luminaires</t>
   </si>
   <si>
     <t>NIS IEC 62722-2-1
 ,   
                     NIS IEC 62722-2 series
 ,   
                     NIS IEC 61000-4-11; NIS IEC 61000-4-5
 ,   
                     NIS IEC 61000-4-7; NIS IEC 61000-3-2
 ,   
                     NIS IEC 61643-11
 ,   
                     IES LM-79 CIE S 025
 ,   
                     NIS IEC TR 61547-1
 ,   
                     NIS IEC TR 63158
 ,   
                     NIS CISPR 15
 ,   
                     NIS IEC 61547</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nis-1209-12024-minimum-energy-performance-standard-lighting-part-2-luminaires</t>
   </si>
   <si>
+    <t>NIS 943:2017  Minimum Energy Performance Standards (MEPS) and Labels for Air Conditioners (2017)</t>
+  </si>
+  <si>
+    <t>December 2025</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/nis-9432017-minimum-energy-performance-standards-meps-and-labels-air-conditioners-2017</t>
+  </si>
+  <si>
     <t>NIS IEC 62717:2015, LED modules for general lighting – Performance requirements</t>
+  </si>
+  <si>
+    <t>Specifies the performance requirements for LED modules, together with the test methods and conditions, required to show compliance with this standard.</t>
   </si>
   <si>
     <t>Lighting</t>
   </si>
   <si>
     <t>IEC 60050-845:1987, International Electrotechnical Vocabulary – Chapter 845: Lighting
 ,   
                     IEC 60068-2-14, Environmental testing – Part 2-14: Tests – Test N: Change of temperature
 ,   
                     IEC 60068-3-5:2001, Environmental testing – Part 3-5: Supporting documentation and
 guidance – Confirmation of the performance of temperature chambers
 ,   
                     IEC 60081, Double-capped fluorescent lamps – Performance specifications
 ,   
                     IEC 61000-3-2:2005, Electromagnetic compatibility (EMC) – Part 3-2: Limits – Limits for
 harmonic current emissions (equipment input current ≤ 16 A per phase)
 IEC 61000-3-2:2005/AMD 1:2008
 IEC 61000-3-2:2005/AMD 2:2009
 ,   
                     IEC 61000-4-7, Electromagnetic compatibility (EMC) – Part 4-7: Testing and measurement techniques – General guide on harmonics and interharmonics measurements and instrumentation, for power supply systems and equipment connected thereto
 ,   
                     IEC TR 61341, Method of measurement of centre beam intensity and beam angle(s) of
 reflector lamps
 ,   
                     IEC 61347-2-13, Lamp controlgear – Part 2-13: Particular requirements for d.c. or a.c.
 supplied electronic controlgear for LED modules
 ,   
                     IEC 62031:2008, LED modules for general lighting – Safety specifications
 ,   
                     IEC 62504, General lighting – Light emitting diode (LED) products and related equipment –Terms and definitions
 ,   
                     CIE 13.3:1995, Method of measuring and specifying colour rendering properties of light
 sources
 ,   
                     CIE 177:2007, Colour rendering of white LED light sources
 ,   
                     CIE S 025/E:2015, Test Method for LED Lamps, LED Luminaires and LED Modules
 ,   
                     ANSI/IES LM-80-15, Approved Method: Measuring Luminous Flux and Color Maintenance of LED Packages, Arrays and Modules</t>
   </si>
   <si>
     <t>Standards Organization of Nigeria (SON)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nis-iec-627172015-led-modules-general-lighting-performance-requirements</t>
   </si>
   <si>
-    <t>NMG 202-1 National quality standards for pico-PV products</t>
-[...14 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/nmg-202-2-national-quality-standards-shs-kits</t>
+    <t>https://standards.lawnigeria.com/2018/08/31/standards-of-nigeria/</t>
   </si>
   <si>
     <t>Quality standards for stand-alone renewable energy products with power ratings less than or equal to 350 W</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.
+The source links to a publication from ACE-TAF stating that that the standard was adopted in 2020.</t>
+  </si>
+  <si>
     <t>Sierra Leone</t>
   </si>
   <si>
     <t>Sierra Leone Standards Bureau (SLSB)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/quality-standards-stand-alone-renewable-energy-products-power-ratings-less-or-equal-350-w</t>
   </si>
   <si>
+    <t>https://sun-connect-news.org/fileadmin/DATEIEN/Dateien/New/Stand-Alone-Solar-SAS-Market-Update-Sierra-Leone.pdf</t>
+  </si>
+  <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp
+No policy link available.</t>
+  </si>
+  <si>
     <t>Zimbabwe</t>
   </si>
   <si>
     <t>Standards Association of Zimbabwe (SAZ)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/quality-standards-stand-alone-renewable-energy-products-power-ratings-less-or-equal-350-0</t>
   </si>
   <si>
-    <t>Revised Municipal Code of the City and County of Denver Colorado, Sec. 10-20. - Electrification requirements for existing buildings</t>
-[...13 lines deleted...]
-  <si>
     <t>Senegalese quality standard for pico-solar products and SHS kits</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp. Products meeting this standard qualify for VAT exemption; Upon adoption of the standard, all products must meet mandatory requirements.</t>
+  </si>
+  <si>
     <t>Senegal</t>
   </si>
   <si>
     <t>Senegal Standards Association (ASN)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/senegalese-quality-standard-pico-solar-products-and-shs-kits</t>
   </si>
   <si>
-    <t>The Energy (Appliances' Energy Performance and Labelling) Regulations, 2016</t>
+    <t>https://www.iec.ch/ords/f?p=103:36:714836314153512::::FSP_ORG_ID,FSP_LANG_ID:1113,25</t>
+  </si>
+  <si>
+    <t>The Energy Act Appliances Energy Performance and Labelling Regulations,2016</t>
+  </si>
+  <si>
+    <t>This act specifies the labeling requirements for non-ducted air conditioners, refrigerating appliances, 3 phase caged induction motors, self ballasted lamps, double capped fluorescent lamps, and ballasts for fluorescent lamps.</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Lighting Controls, 3-Phase Motors, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/energy-appliances-energy-performance-and-labelling-regulations-2016</t>
+    <t>October 2025</t>
+  </si>
+  <si>
+    <t>Energy &amp; Petroleum Regulatory Authority (EPRA)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-act-appliances-energy-performance-and-labelling-regulations2016</t>
+  </si>
+  <si>
+    <t>https://www.epra.go.ke/sites/default/files/Documents/The-Energy-Appliances-Energy-Performance-and-Labelling-Regulations-2016.pdf</t>
   </si>
   <si>
     <t>Togo standard for pico-solar and SHS kits (IEC TS 62257-9-5)</t>
   </si>
   <si>
     <t>Togo</t>
   </si>
   <si>
     <t>Agence Togolaise de Normalisation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/togo-standard-pico-solar-and-shs-kits-iec-ts-62257-9-5</t>
   </si>
   <si>
+    <t>entity:node/1349</t>
+  </si>
+  <si>
     <t>Togo standard for pico-solar and SHS kits (IEC TS 62257-9-8)</t>
   </si>
   <si>
+    <t>This policy provides baseline requirements for quality, durability, and truth in advertising to protect consumers of off-grid renewable energy products. Evaluation of these requirements is based on tests described in IEC TS 62257-9-5.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/togo-standard-pico-solar-and-shs-kits-iec-ts-62257-9-8</t>
   </si>
   <si>
-    <t>TZS 1952:2016 Off-grid solar photovoltaic lighting kits - Requirements</t>
-[...10 lines deleted...]
-  <si>
     <t>US 761: 2019, household biomass stoves requirement( 2nd edition)</t>
   </si>
   <si>
+    <t>This Uganda standard specifies the classification,technical requirements, performance requirements, safety requirements and test methods of biomass cookstoves intended for use in households. This standard is applicable to cookstoves using solid biomass</t>
+  </si>
+  <si>
     <t>Uganda</t>
   </si>
   <si>
     <t>Uganda National Bureau of Standards (UNBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us-761-2019-household-biomass-stoves-requirement-2nd-edition</t>
   </si>
   <si>
+    <t>https://unbs.go.ug/attachments/menus/27/Uganda-Standards-Catalogue-as-at-31-March-2019.pdf</t>
+  </si>
+  <si>
     <t>US 901: 2011 Non-ducted air conditioners - Testing and rating for performance</t>
   </si>
   <si>
+    <t>This Uganda Standard specifies the standard conditions on which the ratings of single-package and split-system non-ducted air conditioners employing air cooled condensers are based and the test methods to be applied for determination of the various ratings. This standard is limited to systems utilizing a single refrigeration circuit and having one evaporator and one condenser.</t>
+  </si>
+  <si>
+    <t>November 2019</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us-901-2011-non-ducted-air-conditioners-testing-and-rating-performance</t>
   </si>
   <si>
+    <t>https://webstore.unbs.go.ug/store.php?src=1759&amp;preview</t>
+  </si>
+  <si>
     <t>US 902:2011 Self-ballasted lamps for General Lighting Services - Performance requirements</t>
   </si>
   <si>
+    <t>This Uganda Standard specifies the performance requirements; together with the test methods and conditions required to show compliance of tubular fluorescent and other gas-discharge lamps with integrated means for controlling starting and stable operation -self-ballasted lamps; intended for domestic and similar general lighting purposes.</t>
+  </si>
+  <si>
+    <t>Tubular Lamps</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us-9022011-self-ballasted-lamps-general-lighting-services-performance-requirements</t>
   </si>
   <si>
+    <t>https://webstore.unbs.go.ug/store.php?src=540&amp;preview</t>
+  </si>
+  <si>
     <t>US 903-1:2011 Double-capped fluorescent lamps-performance specifications</t>
   </si>
   <si>
+    <t>This Uganda Standard specifies Minimum Energy Performance Standard (MEPS) requirements for double-capped tubular fluorescent lamps with a nominal length of 550 mm to 1500 mm and having nominal lamp wattage of 16 watts or more. This standard covers lamps for general illumination purposes, for use in luminaires and with lamp ballasts connected to a 240 V 50 Hz single phase or similar mains supply.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us-903-12011-double-capped-fluorescent-lamps-performance-specifications</t>
   </si>
   <si>
+    <t>https://webstore.unbs.go.ug/store.php?src=541&amp;preview</t>
+  </si>
+  <si>
     <t>US 904-1:2011 Performance of electrical lighting equipment-ballasts for fluorescent lamps - Part 1: Energy labeling and Minimum Energy Performance Standards requirements</t>
   </si>
   <si>
+    <t>This Uganda Standard specifies requirements for the classification of ballasts for a range of fluorescent lamp types according to their Energy Efficiency Index -EEI- and the form of labeling of the EEI; which is generally shown on the ballast rating plate</t>
+  </si>
+  <si>
+    <t>Fluorescent and HID Lighting</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us-904-12011-performance-electrical-lighting-equipment-ballasts-fluorescent-lamps-part-1</t>
   </si>
   <si>
+    <t>https://webstore.unbs.go.ug/store.php?src=543&amp;preview</t>
+  </si>
+  <si>
     <t>US 905-1:2011 Rotating electrical machines - General requirements - Part 1: Three phase cage induction motors - High efficiency and Minimum Energy Performance Standards requirement</t>
   </si>
   <si>
+    <t>This Uganda Standard applies to three-phase cage induction motors with ratings from 0.73 kW and up to but not including 185 kW. The scope covers motors of rated voltages up to 1100 V a.c</t>
+  </si>
+  <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us-905-12011-rotating-electrical-machines-general-requirements-part-1-three-phase-cage</t>
   </si>
   <si>
+    <t>https://webstore.unbs.go.ug/store.php?src=1760&amp;preview</t>
+  </si>
+  <si>
     <t>US IEC 62257-9-8: 2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us-iec-62257-9-8-2020</t>
   </si>
   <si>
+    <t>https://webstore.unbs.go.ug//store.php?src=4427&amp;preview</t>
+  </si>
+  <si>
     <t>US900-1-2011 Performance of household electrical appliances refrigerating appliances- Part 1 Energy labeling and MEPs requirements</t>
   </si>
   <si>
+    <t>This Uganda Standard specifies the energy labeling and Minimum Energy Performance Standard requirements for vapour compression refrigerating appliances that can be connected to mains power and which are within the scope of US 900-2. Such refrigerating appliances that are used in the commercial sector are included within the scope.</t>
+  </si>
+  <si>
     <t>US900-2:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us900-1-2011-performance-household-electrical-appliances-refrigerating-appliances-part-1</t>
   </si>
   <si>
-    <t>VC 8043 Incandescent Lamps</t>
-[...9 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/vc-8043-incandescent-lamps</t>
+    <t>https://webstore.unbs.go.ug/store.php?src=539&amp;preview</t>
   </si>
   <si>
     <t>VC 9006 Hot Water Storage Tanks for Domestic Use</t>
   </si>
   <si>
+    <t>This specification covers the requirements for hot water storage tanks for domestic use. It includes fixed electrical storage water heaters; stand-alone water heaters and water containers with or without heat exchangers or heating jackets intended for use in solar heating and heat pump applications; and tanks used for storage of hot water only.</t>
+  </si>
+  <si>
+    <t>Storage Water Heaters</t>
+  </si>
+  <si>
+    <t>September 2022</t>
+  </si>
+  <si>
     <t>SANS 151</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/vc-9006-hot-water-storage-tanks-domestic-use</t>
   </si>
   <si>
-    <t>VC 9008</t>
-[...30 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/voluntary-labelling-electrical-appliances</t>
+    <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%209006%20Supplement.pdf</t>
   </si>
   <si>
     <t>ZS IEC 62257-9-8</t>
+  </si>
+  <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.
+The Standard has been gazetted but has not entered into force yet.</t>
   </si>
   <si>
     <t>Zambia</t>
   </si>
   <si>
     <t>Zambia Standards Bureau (ZABS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/zs-iec-62257-9-8</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1841,5109 +1902,4092 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N120"/>
+  <dimension ref="A1:P85"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="259" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="259.365" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="901.209" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="16.425" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="149.678" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="303.069" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="566.148" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>2023</v>
       </c>
-      <c r="H2"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I2"/>
       <c r="J2" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
       <c r="M2" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="N2" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-    <row r="3" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
       <c r="A3" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="B3" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="C3" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="D3" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="E3" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="F3" t="s">
-        <v>29</v>
-[...2 lines deleted...]
-        <v>2003</v>
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
       </c>
       <c r="H3">
-        <v>2024</v>
-[...3 lines deleted...]
-      </c>
+        <v>2009</v>
+      </c>
+      <c r="I3"/>
       <c r="J3" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="K3" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="L3" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="M3" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="N3" t="s">
-        <v>34</v>
-[...2 lines deleted...]
-    <row r="4" spans="1:14">
+        <v>37</v>
+      </c>
+      <c r="O3" t="s">
+        <v>38</v>
+      </c>
+      <c r="P3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="B4" t="s">
-        <v>26</v>
+        <v>41</v>
       </c>
       <c r="C4" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="D4" t="s">
-        <v>17</v>
+        <v>43</v>
       </c>
       <c r="E4" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="F4" t="s">
-        <v>29</v>
-[...2 lines deleted...]
-        <v>2003</v>
+        <v>44</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
       </c>
       <c r="H4">
-        <v>2018</v>
-[...3 lines deleted...]
-      </c>
+        <v>2010</v>
+      </c>
+      <c r="I4"/>
       <c r="J4" t="s">
-        <v>21</v>
+        <v>45</v>
       </c>
       <c r="K4" t="s">
-        <v>38</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L4"/>
       <c r="M4" t="s">
-        <v>33</v>
+        <v>46</v>
       </c>
       <c r="N4" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:14">
+        <v>47</v>
+      </c>
+      <c r="O4" t="s">
+        <v>48</v>
+      </c>
+      <c r="P4" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>41</v>
+        <v>50</v>
       </c>
       <c r="B5" t="s">
-        <v>26</v>
+        <v>51</v>
       </c>
       <c r="C5" t="s">
         <v>42</v>
       </c>
       <c r="D5" t="s">
-        <v>17</v>
+        <v>52</v>
       </c>
       <c r="E5" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="F5" t="s">
-        <v>29</v>
-[...2 lines deleted...]
-        <v>2003</v>
+        <v>44</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
       </c>
       <c r="H5">
-        <v>2016</v>
-[...3 lines deleted...]
-      </c>
+        <v>2010</v>
+      </c>
+      <c r="I5"/>
       <c r="J5" t="s">
-        <v>21</v>
+        <v>45</v>
       </c>
       <c r="K5" t="s">
-        <v>44</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L5"/>
       <c r="M5" t="s">
-        <v>33</v>
+        <v>46</v>
       </c>
       <c r="N5" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:14">
+        <v>47</v>
+      </c>
+      <c r="O5" t="s">
+        <v>53</v>
+      </c>
+      <c r="P5" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>46</v>
+        <v>55</v>
       </c>
       <c r="B6" t="s">
-        <v>26</v>
+        <v>56</v>
       </c>
       <c r="C6" t="s">
         <v>42</v>
       </c>
       <c r="D6" t="s">
-        <v>17</v>
+        <v>57</v>
       </c>
       <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>44</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2010</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>45</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>46</v>
+      </c>
+      <c r="N6" t="s">
+        <v>47</v>
+      </c>
+      <c r="O6" t="s">
+        <v>58</v>
+      </c>
+      <c r="P6" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>60</v>
+      </c>
+      <c r="B7" t="s">
+        <v>61</v>
+      </c>
+      <c r="C7" t="s">
+        <v>62</v>
+      </c>
+      <c r="D7" t="s">
+        <v>63</v>
+      </c>
+      <c r="E7" t="s">
+        <v>64</v>
+      </c>
+      <c r="F7" t="s">
+        <v>65</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2009</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>66</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>67</v>
+      </c>
+      <c r="M7" t="s">
+        <v>68</v>
+      </c>
+      <c r="N7" t="s">
+        <v>69</v>
+      </c>
+      <c r="O7" t="s">
+        <v>70</v>
+      </c>
+      <c r="P7" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>72</v>
+      </c>
+      <c r="B8" t="s">
+        <v>73</v>
+      </c>
+      <c r="C8" t="s">
+        <v>74</v>
+      </c>
+      <c r="D8" t="s">
+        <v>52</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>75</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2013</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>34</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>76</v>
+      </c>
+      <c r="N8" t="s">
+        <v>47</v>
+      </c>
+      <c r="O8" t="s">
+        <v>77</v>
+      </c>
+      <c r="P8" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>79</v>
+      </c>
+      <c r="B9" t="s">
+        <v>80</v>
+      </c>
+      <c r="C9" t="s">
+        <v>81</v>
+      </c>
+      <c r="D9" t="s">
+        <v>82</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>44</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2020</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>83</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>84</v>
+      </c>
+      <c r="N9" t="s">
+        <v>47</v>
+      </c>
+      <c r="O9" t="s">
+        <v>85</v>
+      </c>
+      <c r="P9" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>87</v>
+      </c>
+      <c r="B10" t="s">
+        <v>88</v>
+      </c>
+      <c r="C10" t="s">
+        <v>89</v>
+      </c>
+      <c r="D10" t="s">
+        <v>63</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>65</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2020</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K10" t="s">
+        <v>91</v>
+      </c>
+      <c r="L10" t="s">
+        <v>92</v>
+      </c>
+      <c r="M10" t="s">
+        <v>93</v>
+      </c>
+      <c r="N10" t="s">
+        <v>69</v>
+      </c>
+      <c r="O10" t="s">
+        <v>94</v>
+      </c>
+      <c r="P10" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>96</v>
+      </c>
+      <c r="B11" t="s">
+        <v>97</v>
+      </c>
+      <c r="C11" t="s">
+        <v>31</v>
+      </c>
+      <c r="D11" t="s">
+        <v>98</v>
+      </c>
+      <c r="E11" t="s">
+        <v>99</v>
+      </c>
+      <c r="F11" t="s">
+        <v>33</v>
+      </c>
+      <c r="G11" t="s">
+        <v>100</v>
+      </c>
+      <c r="H11">
+        <v>2021</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>34</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>101</v>
+      </c>
+      <c r="M11" t="s">
+        <v>102</v>
+      </c>
+      <c r="N11" t="s">
+        <v>47</v>
+      </c>
+      <c r="O11" t="s">
+        <v>103</v>
+      </c>
+      <c r="P11" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>105</v>
+      </c>
+      <c r="B12" t="s">
+        <v>106</v>
+      </c>
+      <c r="C12" t="s">
+        <v>107</v>
+      </c>
+      <c r="D12" t="s">
+        <v>108</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>33</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2016</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>109</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>110</v>
+      </c>
+      <c r="N12" t="s">
+        <v>47</v>
+      </c>
+      <c r="O12" t="s">
+        <v>111</v>
+      </c>
+      <c r="P12" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>113</v>
+      </c>
+      <c r="B13" t="s">
+        <v>114</v>
+      </c>
+      <c r="C13" t="s">
+        <v>107</v>
+      </c>
+      <c r="D13" t="s">
+        <v>63</v>
+      </c>
+      <c r="E13" t="s">
+        <v>64</v>
+      </c>
+      <c r="F13" t="s">
+        <v>115</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2015</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>116</v>
+      </c>
+      <c r="K13" t="s">
+        <v>117</v>
+      </c>
+      <c r="L13" t="s">
+        <v>92</v>
+      </c>
+      <c r="M13" t="s">
+        <v>110</v>
+      </c>
+      <c r="N13" t="s">
+        <v>69</v>
+      </c>
+      <c r="O13" t="s">
+        <v>118</v>
+      </c>
+      <c r="P13" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>120</v>
+      </c>
+      <c r="B14" t="s">
+        <v>121</v>
+      </c>
+      <c r="C14" t="s">
+        <v>107</v>
+      </c>
+      <c r="D14" t="s">
+        <v>57</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>33</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2017</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>45</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>110</v>
+      </c>
+      <c r="N14" t="s">
+        <v>47</v>
+      </c>
+      <c r="O14" t="s">
+        <v>122</v>
+      </c>
+      <c r="P14"/>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>123</v>
+      </c>
+      <c r="B15" t="s">
+        <v>124</v>
+      </c>
+      <c r="C15" t="s">
+        <v>107</v>
+      </c>
+      <c r="D15" t="s">
+        <v>125</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>75</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2017</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>45</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>126</v>
+      </c>
+      <c r="M15" t="s">
+        <v>110</v>
+      </c>
+      <c r="N15" t="s">
+        <v>47</v>
+      </c>
+      <c r="O15" t="s">
+        <v>127</v>
+      </c>
+      <c r="P15"/>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>128</v>
+      </c>
+      <c r="B16" t="s">
+        <v>129</v>
+      </c>
+      <c r="C16" t="s">
+        <v>107</v>
+      </c>
+      <c r="D16" t="s">
+        <v>63</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>65</v>
+      </c>
+      <c r="G16" t="s">
+        <v>130</v>
+      </c>
+      <c r="H16">
+        <v>2023</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>131</v>
+      </c>
+      <c r="K16" t="s">
+        <v>91</v>
+      </c>
+      <c r="L16" t="s">
+        <v>132</v>
+      </c>
+      <c r="M16" t="s">
+        <v>133</v>
+      </c>
+      <c r="N16" t="s">
+        <v>134</v>
+      </c>
+      <c r="O16" t="s">
+        <v>135</v>
+      </c>
+      <c r="P16" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>137</v>
+      </c>
+      <c r="B17" t="s">
+        <v>138</v>
+      </c>
+      <c r="C17" t="s">
+        <v>89</v>
+      </c>
+      <c r="D17" t="s">
+        <v>139</v>
+      </c>
+      <c r="E17" t="s">
+        <v>64</v>
+      </c>
+      <c r="F17" t="s">
+        <v>33</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2018</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>116</v>
+      </c>
+      <c r="K17" t="s">
+        <v>140</v>
+      </c>
+      <c r="L17" t="s">
+        <v>141</v>
+      </c>
+      <c r="M17" t="s">
+        <v>93</v>
+      </c>
+      <c r="N17" t="s">
+        <v>142</v>
+      </c>
+      <c r="O17" t="s">
+        <v>143</v>
+      </c>
+      <c r="P17" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>145</v>
+      </c>
+      <c r="B18" t="s">
+        <v>146</v>
+      </c>
+      <c r="C18" t="s">
+        <v>31</v>
+      </c>
+      <c r="D18" t="s">
+        <v>147</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>33</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2014</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>34</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>148</v>
+      </c>
+      <c r="M18" t="s">
+        <v>149</v>
+      </c>
+      <c r="N18" t="s">
+        <v>47</v>
+      </c>
+      <c r="O18" t="s">
+        <v>150</v>
+      </c>
+      <c r="P18" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>152</v>
+      </c>
+      <c r="B19" t="s">
+        <v>153</v>
+      </c>
+      <c r="C19" t="s">
+        <v>31</v>
+      </c>
+      <c r="D19" t="s">
+        <v>154</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>33</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2017</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>34</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>155</v>
+      </c>
+      <c r="M19" t="s">
+        <v>156</v>
+      </c>
+      <c r="N19" t="s">
+        <v>47</v>
+      </c>
+      <c r="O19" t="s">
+        <v>157</v>
+      </c>
+      <c r="P19" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>159</v>
+      </c>
+      <c r="B20" t="s">
+        <v>160</v>
+      </c>
+      <c r="C20" t="s">
+        <v>161</v>
+      </c>
+      <c r="D20" t="s">
+        <v>63</v>
+      </c>
+      <c r="E20" t="s">
+        <v>99</v>
+      </c>
+      <c r="F20" t="s">
+        <v>65</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2017</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>109</v>
+      </c>
+      <c r="K20" t="s">
+        <v>91</v>
+      </c>
+      <c r="L20" t="s">
+        <v>92</v>
+      </c>
+      <c r="M20" t="s">
+        <v>162</v>
+      </c>
+      <c r="N20" t="s">
+        <v>69</v>
+      </c>
+      <c r="O20" t="s">
+        <v>163</v>
+      </c>
+      <c r="P20" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>165</v>
+      </c>
+      <c r="B21" t="s">
+        <v>166</v>
+      </c>
+      <c r="C21" t="s">
+        <v>161</v>
+      </c>
+      <c r="D21" t="s">
+        <v>63</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>65</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2021</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>116</v>
+      </c>
+      <c r="K21" t="s">
+        <v>91</v>
+      </c>
+      <c r="L21" t="s">
+        <v>92</v>
+      </c>
+      <c r="M21" t="s">
+        <v>162</v>
+      </c>
+      <c r="N21" t="s">
+        <v>69</v>
+      </c>
+      <c r="O21" t="s">
+        <v>167</v>
+      </c>
+      <c r="P21"/>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>168</v>
+      </c>
+      <c r="B22" t="s">
+        <v>121</v>
+      </c>
+      <c r="C22" t="s">
+        <v>107</v>
+      </c>
+      <c r="D22" t="s">
+        <v>169</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>75</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2017</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>45</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22" t="s">
+        <v>170</v>
+      </c>
+      <c r="M22" t="s">
+        <v>110</v>
+      </c>
+      <c r="N22" t="s">
+        <v>47</v>
+      </c>
+      <c r="O22" t="s">
+        <v>171</v>
+      </c>
+      <c r="P22"/>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>172</v>
+      </c>
+      <c r="B23" t="s">
+        <v>173</v>
+      </c>
+      <c r="C23" t="s">
+        <v>89</v>
+      </c>
+      <c r="D23" t="s">
+        <v>125</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>33</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2017</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>45</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
+        <v>126</v>
+      </c>
+      <c r="M23" t="s">
+        <v>93</v>
+      </c>
+      <c r="N23" t="s">
+        <v>47</v>
+      </c>
+      <c r="O23" t="s">
+        <v>174</v>
+      </c>
+      <c r="P23" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>176</v>
+      </c>
+      <c r="B24" t="s">
+        <v>177</v>
+      </c>
+      <c r="C24" t="s">
+        <v>178</v>
+      </c>
+      <c r="D24" t="s">
+        <v>63</v>
+      </c>
+      <c r="E24" t="s">
+        <v>99</v>
+      </c>
+      <c r="F24" t="s">
+        <v>65</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2020</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>179</v>
+      </c>
+      <c r="K24" t="s">
+        <v>91</v>
+      </c>
+      <c r="L24" t="s">
+        <v>92</v>
+      </c>
+      <c r="M24" t="s">
+        <v>180</v>
+      </c>
+      <c r="N24" t="s">
+        <v>134</v>
+      </c>
+      <c r="O24" t="s">
+        <v>181</v>
+      </c>
+      <c r="P24" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>183</v>
+      </c>
+      <c r="B25" t="s">
+        <v>184</v>
+      </c>
+      <c r="C25" t="s">
+        <v>185</v>
+      </c>
+      <c r="D25" t="s">
+        <v>63</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>65</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2021</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>186</v>
+      </c>
+      <c r="K25" t="s">
+        <v>91</v>
+      </c>
+      <c r="L25" t="s">
+        <v>187</v>
+      </c>
+      <c r="M25" t="s">
+        <v>188</v>
+      </c>
+      <c r="N25" t="s">
+        <v>69</v>
+      </c>
+      <c r="O25" t="s">
+        <v>189</v>
+      </c>
+      <c r="P25" t="s">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>191</v>
+      </c>
+      <c r="B26" t="s">
+        <v>192</v>
+      </c>
+      <c r="C26" t="s">
+        <v>178</v>
+      </c>
+      <c r="D26" t="s">
+        <v>52</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>33</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2017</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>109</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26"/>
+      <c r="M26" t="s">
+        <v>193</v>
+      </c>
+      <c r="N26" t="s">
+        <v>47</v>
+      </c>
+      <c r="O26" t="s">
+        <v>194</v>
+      </c>
+      <c r="P26" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>196</v>
+      </c>
+      <c r="B27" t="s">
+        <v>197</v>
+      </c>
+      <c r="C27" t="s">
+        <v>178</v>
+      </c>
+      <c r="D27" t="s">
+        <v>57</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>33</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2022</v>
+      </c>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>198</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27"/>
+      <c r="M27" t="s">
+        <v>193</v>
+      </c>
+      <c r="N27" t="s">
+        <v>47</v>
+      </c>
+      <c r="O27" t="s">
+        <v>199</v>
+      </c>
+      <c r="P27" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>201</v>
+      </c>
+      <c r="B28" t="s">
+        <v>202</v>
+      </c>
+      <c r="C28" t="s">
+        <v>178</v>
+      </c>
+      <c r="D28" t="s">
+        <v>203</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>115</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>2022</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>198</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28"/>
+      <c r="M28" t="s">
+        <v>193</v>
+      </c>
+      <c r="N28" t="s">
+        <v>47</v>
+      </c>
+      <c r="O28" t="s">
+        <v>204</v>
+      </c>
+      <c r="P28" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>205</v>
+      </c>
+      <c r="B29" t="s">
+        <v>206</v>
+      </c>
+      <c r="C29" t="s">
+        <v>178</v>
+      </c>
+      <c r="D29" t="s">
+        <v>57</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>75</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>2009</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>45</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29" t="s">
+        <v>207</v>
+      </c>
+      <c r="M29" t="s">
+        <v>193</v>
+      </c>
+      <c r="N29" t="s">
+        <v>47</v>
+      </c>
+      <c r="O29" t="s">
+        <v>208</v>
+      </c>
+      <c r="P29" t="s">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>210</v>
+      </c>
+      <c r="B30" t="s">
+        <v>211</v>
+      </c>
+      <c r="C30" t="s">
+        <v>178</v>
+      </c>
+      <c r="D30" t="s">
+        <v>212</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>33</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
+        <v>2022</v>
+      </c>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>198</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30"/>
+      <c r="M30" t="s">
+        <v>193</v>
+      </c>
+      <c r="N30" t="s">
+        <v>47</v>
+      </c>
+      <c r="O30" t="s">
+        <v>213</v>
+      </c>
+      <c r="P30" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>214</v>
+      </c>
+      <c r="B31" t="s">
+        <v>215</v>
+      </c>
+      <c r="C31" t="s">
+        <v>178</v>
+      </c>
+      <c r="D31" t="s">
+        <v>216</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>33</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
+        <v>2022</v>
+      </c>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>198</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31"/>
+      <c r="M31" t="s">
+        <v>193</v>
+      </c>
+      <c r="N31" t="s">
+        <v>47</v>
+      </c>
+      <c r="O31" t="s">
+        <v>217</v>
+      </c>
+      <c r="P31" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>218</v>
+      </c>
+      <c r="B32" t="s">
+        <v>219</v>
+      </c>
+      <c r="C32" t="s">
+        <v>178</v>
+      </c>
+      <c r="D32" t="s">
+        <v>220</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>33</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>2022</v>
+      </c>
+      <c r="I32"/>
+      <c r="J32" t="s">
+        <v>198</v>
+      </c>
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32"/>
+      <c r="M32" t="s">
+        <v>193</v>
+      </c>
+      <c r="N32" t="s">
+        <v>47</v>
+      </c>
+      <c r="O32" t="s">
+        <v>221</v>
+      </c>
+      <c r="P32" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>222</v>
+      </c>
+      <c r="B33" t="s">
+        <v>223</v>
+      </c>
+      <c r="C33" t="s">
+        <v>178</v>
+      </c>
+      <c r="D33" t="s">
+        <v>224</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>33</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>2022</v>
+      </c>
+      <c r="I33"/>
+      <c r="J33" t="s">
+        <v>198</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33"/>
+      <c r="M33" t="s">
+        <v>193</v>
+      </c>
+      <c r="N33" t="s">
+        <v>47</v>
+      </c>
+      <c r="O33" t="s">
+        <v>225</v>
+      </c>
+      <c r="P33" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>226</v>
+      </c>
+      <c r="B34" t="s">
+        <v>227</v>
+      </c>
+      <c r="C34" t="s">
+        <v>178</v>
+      </c>
+      <c r="D34" t="s">
+        <v>228</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>33</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34"/>
+      <c r="I34"/>
+      <c r="J34" t="s">
+        <v>229</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34"/>
+      <c r="M34" t="s">
+        <v>193</v>
+      </c>
+      <c r="N34" t="s">
+        <v>47</v>
+      </c>
+      <c r="O34" t="s">
+        <v>230</v>
+      </c>
+      <c r="P34" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>231</v>
+      </c>
+      <c r="B35" t="s">
+        <v>232</v>
+      </c>
+      <c r="C35" t="s">
+        <v>178</v>
+      </c>
+      <c r="D35" t="s">
+        <v>233</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
+        <v>33</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
+        <v>2022</v>
+      </c>
+      <c r="I35"/>
+      <c r="J35" t="s">
+        <v>229</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35"/>
+      <c r="M35" t="s">
+        <v>193</v>
+      </c>
+      <c r="N35" t="s">
+        <v>47</v>
+      </c>
+      <c r="O35" t="s">
+        <v>234</v>
+      </c>
+      <c r="P35" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>235</v>
+      </c>
+      <c r="B36" t="s">
+        <v>236</v>
+      </c>
+      <c r="C36" t="s">
+        <v>178</v>
+      </c>
+      <c r="D36" t="s">
+        <v>237</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>33</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
+        <v>2022</v>
+      </c>
+      <c r="I36"/>
+      <c r="J36" t="s">
+        <v>229</v>
+      </c>
+      <c r="K36" t="s">
+        <v>24</v>
+      </c>
+      <c r="L36"/>
+      <c r="M36" t="s">
+        <v>193</v>
+      </c>
+      <c r="N36" t="s">
+        <v>47</v>
+      </c>
+      <c r="O36" t="s">
+        <v>238</v>
+      </c>
+      <c r="P36" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>239</v>
+      </c>
+      <c r="B37" t="s">
+        <v>240</v>
+      </c>
+      <c r="C37" t="s">
+        <v>178</v>
+      </c>
+      <c r="D37" t="s">
+        <v>241</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
+        <v>33</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
+        <v>2022</v>
+      </c>
+      <c r="I37"/>
+      <c r="J37" t="s">
+        <v>198</v>
+      </c>
+      <c r="K37" t="s">
+        <v>24</v>
+      </c>
+      <c r="L37"/>
+      <c r="M37" t="s">
+        <v>193</v>
+      </c>
+      <c r="N37" t="s">
+        <v>47</v>
+      </c>
+      <c r="O37" t="s">
+        <v>242</v>
+      </c>
+      <c r="P37" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>243</v>
+      </c>
+      <c r="B38" t="s">
+        <v>244</v>
+      </c>
+      <c r="C38" t="s">
+        <v>178</v>
+      </c>
+      <c r="D38" t="s">
+        <v>245</v>
+      </c>
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
+        <v>33</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
+        <v>2022</v>
+      </c>
+      <c r="I38"/>
+      <c r="J38" t="s">
+        <v>198</v>
+      </c>
+      <c r="K38" t="s">
+        <v>24</v>
+      </c>
+      <c r="L38"/>
+      <c r="M38" t="s">
+        <v>193</v>
+      </c>
+      <c r="N38" t="s">
+        <v>47</v>
+      </c>
+      <c r="O38" t="s">
+        <v>246</v>
+      </c>
+      <c r="P38" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>247</v>
+      </c>
+      <c r="B39" t="s">
+        <v>248</v>
+      </c>
+      <c r="C39" t="s">
+        <v>178</v>
+      </c>
+      <c r="D39" t="s">
+        <v>249</v>
+      </c>
+      <c r="E39" t="s">
+        <v>20</v>
+      </c>
+      <c r="F39" t="s">
+        <v>33</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
+        <v>2022</v>
+      </c>
+      <c r="I39"/>
+      <c r="J39" t="s">
+        <v>198</v>
+      </c>
+      <c r="K39" t="s">
+        <v>24</v>
+      </c>
+      <c r="L39"/>
+      <c r="M39" t="s">
+        <v>193</v>
+      </c>
+      <c r="N39" t="s">
+        <v>47</v>
+      </c>
+      <c r="O39" t="s">
+        <v>250</v>
+      </c>
+      <c r="P39" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>251</v>
+      </c>
+      <c r="B40" t="s">
+        <v>252</v>
+      </c>
+      <c r="C40" t="s">
+        <v>178</v>
+      </c>
+      <c r="D40" t="s">
+        <v>139</v>
+      </c>
+      <c r="E40" t="s">
+        <v>20</v>
+      </c>
+      <c r="F40" t="s">
+        <v>33</v>
+      </c>
+      <c r="G40" t="s">
+        <v>22</v>
+      </c>
+      <c r="H40">
+        <v>2022</v>
+      </c>
+      <c r="I40"/>
+      <c r="J40" t="s">
+        <v>198</v>
+      </c>
+      <c r="K40" t="s">
+        <v>140</v>
+      </c>
+      <c r="L40"/>
+      <c r="M40" t="s">
+        <v>193</v>
+      </c>
+      <c r="N40" t="s">
+        <v>253</v>
+      </c>
+      <c r="O40" t="s">
+        <v>254</v>
+      </c>
+      <c r="P40" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>255</v>
+      </c>
+      <c r="B41" t="s">
+        <v>256</v>
+      </c>
+      <c r="C41" t="s">
+        <v>178</v>
+      </c>
+      <c r="D41" t="s">
+        <v>257</v>
+      </c>
+      <c r="E41" t="s">
+        <v>20</v>
+      </c>
+      <c r="F41" t="s">
+        <v>33</v>
+      </c>
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
+        <v>2022</v>
+      </c>
+      <c r="I41"/>
+      <c r="J41" t="s">
+        <v>198</v>
+      </c>
+      <c r="K41" t="s">
+        <v>24</v>
+      </c>
+      <c r="L41"/>
+      <c r="M41" t="s">
+        <v>193</v>
+      </c>
+      <c r="N41" t="s">
+        <v>47</v>
+      </c>
+      <c r="O41" t="s">
+        <v>258</v>
+      </c>
+      <c r="P41" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>259</v>
+      </c>
+      <c r="B42" t="s">
+        <v>260</v>
+      </c>
+      <c r="C42" t="s">
+        <v>178</v>
+      </c>
+      <c r="D42" t="s">
+        <v>261</v>
+      </c>
+      <c r="E42" t="s">
+        <v>20</v>
+      </c>
+      <c r="F42" t="s">
+        <v>33</v>
+      </c>
+      <c r="G42" t="s">
+        <v>22</v>
+      </c>
+      <c r="H42">
+        <v>2022</v>
+      </c>
+      <c r="I42"/>
+      <c r="J42" t="s">
+        <v>198</v>
+      </c>
+      <c r="K42" t="s">
+        <v>24</v>
+      </c>
+      <c r="L42"/>
+      <c r="M42" t="s">
+        <v>193</v>
+      </c>
+      <c r="N42" t="s">
+        <v>37</v>
+      </c>
+      <c r="O42" t="s">
+        <v>262</v>
+      </c>
+      <c r="P42" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>263</v>
+      </c>
+      <c r="B43" t="s">
+        <v>264</v>
+      </c>
+      <c r="C43" t="s">
+        <v>178</v>
+      </c>
+      <c r="D43" t="s">
+        <v>265</v>
+      </c>
+      <c r="E43" t="s">
+        <v>20</v>
+      </c>
+      <c r="F43" t="s">
+        <v>33</v>
+      </c>
+      <c r="G43" t="s">
+        <v>22</v>
+      </c>
+      <c r="H43">
+        <v>2022</v>
+      </c>
+      <c r="I43"/>
+      <c r="J43" t="s">
+        <v>198</v>
+      </c>
+      <c r="K43" t="s">
+        <v>24</v>
+      </c>
+      <c r="L43"/>
+      <c r="M43" t="s">
+        <v>193</v>
+      </c>
+      <c r="N43" t="s">
+        <v>47</v>
+      </c>
+      <c r="O43" t="s">
+        <v>266</v>
+      </c>
+      <c r="P43" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>267</v>
+      </c>
+      <c r="B44" t="s">
+        <v>268</v>
+      </c>
+      <c r="C44" t="s">
+        <v>178</v>
+      </c>
+      <c r="D44" t="s">
+        <v>269</v>
+      </c>
+      <c r="E44" t="s">
+        <v>20</v>
+      </c>
+      <c r="F44" t="s">
+        <v>33</v>
+      </c>
+      <c r="G44" t="s">
+        <v>22</v>
+      </c>
+      <c r="H44">
+        <v>2022</v>
+      </c>
+      <c r="I44"/>
+      <c r="J44" t="s">
+        <v>198</v>
+      </c>
+      <c r="K44" t="s">
+        <v>24</v>
+      </c>
+      <c r="L44"/>
+      <c r="M44" t="s">
+        <v>193</v>
+      </c>
+      <c r="N44" t="s">
+        <v>47</v>
+      </c>
+      <c r="O44" t="s">
+        <v>270</v>
+      </c>
+      <c r="P44" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>271</v>
+      </c>
+      <c r="B45" t="s">
+        <v>272</v>
+      </c>
+      <c r="C45" t="s">
+        <v>178</v>
+      </c>
+      <c r="D45" t="s">
+        <v>32</v>
+      </c>
+      <c r="E45" t="s">
+        <v>20</v>
+      </c>
+      <c r="F45" t="s">
+        <v>33</v>
+      </c>
+      <c r="G45" t="s">
+        <v>22</v>
+      </c>
+      <c r="H45">
+        <v>2022</v>
+      </c>
+      <c r="I45"/>
+      <c r="J45" t="s">
+        <v>198</v>
+      </c>
+      <c r="K45" t="s">
+        <v>24</v>
+      </c>
+      <c r="L45"/>
+      <c r="M45" t="s">
+        <v>193</v>
+      </c>
+      <c r="N45" t="s">
+        <v>47</v>
+      </c>
+      <c r="O45" t="s">
+        <v>273</v>
+      </c>
+      <c r="P45" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>274</v>
+      </c>
+      <c r="B46" t="s">
+        <v>275</v>
+      </c>
+      <c r="C46" t="s">
+        <v>178</v>
+      </c>
+      <c r="D46" t="s">
+        <v>276</v>
+      </c>
+      <c r="E46" t="s">
+        <v>20</v>
+      </c>
+      <c r="F46" t="s">
+        <v>33</v>
+      </c>
+      <c r="G46" t="s">
+        <v>22</v>
+      </c>
+      <c r="H46">
+        <v>2022</v>
+      </c>
+      <c r="I46"/>
+      <c r="J46" t="s">
+        <v>198</v>
+      </c>
+      <c r="K46" t="s">
+        <v>24</v>
+      </c>
+      <c r="L46"/>
+      <c r="M46" t="s">
+        <v>193</v>
+      </c>
+      <c r="N46" t="s">
+        <v>47</v>
+      </c>
+      <c r="O46" t="s">
+        <v>277</v>
+      </c>
+      <c r="P46" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>278</v>
+      </c>
+      <c r="B47" t="s">
+        <v>279</v>
+      </c>
+      <c r="C47" t="s">
+        <v>178</v>
+      </c>
+      <c r="D47" t="s">
+        <v>280</v>
+      </c>
+      <c r="E47" t="s">
+        <v>99</v>
+      </c>
+      <c r="F47" t="s">
+        <v>33</v>
+      </c>
+      <c r="G47" t="s">
+        <v>22</v>
+      </c>
+      <c r="H47">
+        <v>2022</v>
+      </c>
+      <c r="I47"/>
+      <c r="J47" t="s">
+        <v>198</v>
+      </c>
+      <c r="K47" t="s">
+        <v>117</v>
+      </c>
+      <c r="L47"/>
+      <c r="M47" t="s">
+        <v>193</v>
+      </c>
+      <c r="N47" t="s">
+        <v>69</v>
+      </c>
+      <c r="O47" t="s">
+        <v>281</v>
+      </c>
+      <c r="P47" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>282</v>
+      </c>
+      <c r="B48" t="s">
+        <v>177</v>
+      </c>
+      <c r="C48" t="s">
+        <v>283</v>
+      </c>
+      <c r="D48" t="s">
+        <v>284</v>
+      </c>
+      <c r="E48" t="s">
+        <v>20</v>
+      </c>
+      <c r="F48" t="s">
+        <v>65</v>
+      </c>
+      <c r="G48" t="s">
+        <v>22</v>
+      </c>
+      <c r="H48">
+        <v>2022</v>
+      </c>
+      <c r="I48"/>
+      <c r="J48" t="s">
+        <v>285</v>
+      </c>
+      <c r="K48" t="s">
+        <v>91</v>
+      </c>
+      <c r="L48" t="s">
+        <v>92</v>
+      </c>
+      <c r="M48" t="s">
+        <v>286</v>
+      </c>
+      <c r="N48" t="s">
+        <v>69</v>
+      </c>
+      <c r="O48" t="s">
+        <v>287</v>
+      </c>
+      <c r="P48" t="s">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>289</v>
+      </c>
+      <c r="B49" t="s">
+        <v>61</v>
+      </c>
+      <c r="C49" t="s">
+        <v>290</v>
+      </c>
+      <c r="D49" t="s">
+        <v>63</v>
+      </c>
+      <c r="E49" t="s">
+        <v>64</v>
+      </c>
+      <c r="F49" t="s">
+        <v>65</v>
+      </c>
+      <c r="G49" t="s">
+        <v>22</v>
+      </c>
+      <c r="H49">
+        <v>2022</v>
+      </c>
+      <c r="I49"/>
+      <c r="J49" t="s">
+        <v>291</v>
+      </c>
+      <c r="K49" t="s">
+        <v>24</v>
+      </c>
+      <c r="L49" t="s">
+        <v>67</v>
+      </c>
+      <c r="M49" t="s">
+        <v>292</v>
+      </c>
+      <c r="N49" t="s">
+        <v>69</v>
+      </c>
+      <c r="O49" t="s">
+        <v>293</v>
+      </c>
+      <c r="P49" t="s">
+        <v>294</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>295</v>
+      </c>
+      <c r="B50" t="s">
+        <v>61</v>
+      </c>
+      <c r="C50" t="s">
+        <v>290</v>
+      </c>
+      <c r="D50" t="s">
+        <v>63</v>
+      </c>
+      <c r="E50" t="s">
+        <v>20</v>
+      </c>
+      <c r="F50" t="s">
+        <v>65</v>
+      </c>
+      <c r="G50" t="s">
+        <v>22</v>
+      </c>
+      <c r="H50">
+        <v>2022</v>
+      </c>
+      <c r="I50"/>
+      <c r="J50" t="s">
+        <v>291</v>
+      </c>
+      <c r="K50" t="s">
+        <v>24</v>
+      </c>
+      <c r="L50" t="s">
+        <v>296</v>
+      </c>
+      <c r="M50" t="s">
+        <v>292</v>
+      </c>
+      <c r="N50" t="s">
+        <v>69</v>
+      </c>
+      <c r="O50" t="s">
+        <v>297</v>
+      </c>
+      <c r="P50" t="s">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>299</v>
+      </c>
+      <c r="B51" t="s">
+        <v>300</v>
+      </c>
+      <c r="C51" t="s">
+        <v>301</v>
+      </c>
+      <c r="D51" t="s">
+        <v>302</v>
+      </c>
+      <c r="E51" t="s">
+        <v>99</v>
+      </c>
+      <c r="F51" t="s">
+        <v>75</v>
+      </c>
+      <c r="G51" t="s">
+        <v>22</v>
+      </c>
+      <c r="H51">
+        <v>2015</v>
+      </c>
+      <c r="I51"/>
+      <c r="J51" t="s">
+        <v>34</v>
+      </c>
+      <c r="K51" t="s">
+        <v>24</v>
+      </c>
+      <c r="L51" t="s">
+        <v>303</v>
+      </c>
+      <c r="M51" t="s">
+        <v>304</v>
+      </c>
+      <c r="N51" t="s">
+        <v>47</v>
+      </c>
+      <c r="O51" t="s">
+        <v>305</v>
+      </c>
+      <c r="P51" t="s">
+        <v>306</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>307</v>
+      </c>
+      <c r="B52" t="s">
+        <v>300</v>
+      </c>
+      <c r="C52" t="s">
+        <v>301</v>
+      </c>
+      <c r="D52" t="s">
+        <v>308</v>
+      </c>
+      <c r="E52" t="s">
+        <v>99</v>
+      </c>
+      <c r="F52" t="s">
+        <v>75</v>
+      </c>
+      <c r="G52" t="s">
+        <v>22</v>
+      </c>
+      <c r="H52">
+        <v>2015</v>
+      </c>
+      <c r="I52"/>
+      <c r="J52" t="s">
+        <v>34</v>
+      </c>
+      <c r="K52" t="s">
+        <v>24</v>
+      </c>
+      <c r="L52" t="s">
+        <v>303</v>
+      </c>
+      <c r="M52" t="s">
+        <v>304</v>
+      </c>
+      <c r="N52" t="s">
+        <v>47</v>
+      </c>
+      <c r="O52" t="s">
+        <v>309</v>
+      </c>
+      <c r="P52" t="s">
+        <v>306</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>310</v>
+      </c>
+      <c r="B53" t="s">
+        <v>311</v>
+      </c>
+      <c r="C53" t="s">
+        <v>42</v>
+      </c>
+      <c r="D53" t="s">
         <v>43</v>
       </c>
-      <c r="F6" t="s">
-[...5 lines deleted...]
-      <c r="H6">
+      <c r="E53" t="s">
+        <v>20</v>
+      </c>
+      <c r="F53" t="s">
+        <v>33</v>
+      </c>
+      <c r="G53" t="s">
+        <v>22</v>
+      </c>
+      <c r="H53">
+        <v>2010</v>
+      </c>
+      <c r="I53"/>
+      <c r="J53" t="s">
+        <v>45</v>
+      </c>
+      <c r="K53" t="s">
+        <v>24</v>
+      </c>
+      <c r="L53"/>
+      <c r="M53" t="s">
+        <v>46</v>
+      </c>
+      <c r="N53" t="s">
+        <v>47</v>
+      </c>
+      <c r="O53" t="s">
+        <v>312</v>
+      </c>
+      <c r="P53" t="s">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>314</v>
+      </c>
+      <c r="B54" t="s">
+        <v>56</v>
+      </c>
+      <c r="C54" t="s">
+        <v>42</v>
+      </c>
+      <c r="D54" t="s">
+        <v>57</v>
+      </c>
+      <c r="E54" t="s">
+        <v>20</v>
+      </c>
+      <c r="F54" t="s">
+        <v>33</v>
+      </c>
+      <c r="G54" t="s">
+        <v>22</v>
+      </c>
+      <c r="H54">
+        <v>2010</v>
+      </c>
+      <c r="I54"/>
+      <c r="J54" t="s">
+        <v>45</v>
+      </c>
+      <c r="K54" t="s">
+        <v>24</v>
+      </c>
+      <c r="L54"/>
+      <c r="M54" t="s">
+        <v>46</v>
+      </c>
+      <c r="N54" t="s">
+        <v>47</v>
+      </c>
+      <c r="O54" t="s">
+        <v>315</v>
+      </c>
+      <c r="P54" t="s">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>316</v>
+      </c>
+      <c r="B55" t="s">
+        <v>317</v>
+      </c>
+      <c r="C55" t="s">
+        <v>161</v>
+      </c>
+      <c r="D55" t="s">
+        <v>318</v>
+      </c>
+      <c r="E55" t="s">
+        <v>20</v>
+      </c>
+      <c r="F55" t="s">
+        <v>33</v>
+      </c>
+      <c r="G55" t="s">
+        <v>22</v>
+      </c>
+      <c r="H55">
         <v>2017</v>
       </c>
-      <c r="I6" t="s">
+      <c r="I55"/>
+      <c r="J55" t="s">
+        <v>109</v>
+      </c>
+      <c r="K55" t="s">
+        <v>24</v>
+      </c>
+      <c r="L55"/>
+      <c r="M55" t="s">
+        <v>162</v>
+      </c>
+      <c r="N55" t="s">
+        <v>47</v>
+      </c>
+      <c r="O55" t="s">
+        <v>319</v>
+      </c>
+      <c r="P55" t="s">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>321</v>
+      </c>
+      <c r="B56" t="s">
+        <v>322</v>
+      </c>
+      <c r="C56" t="s">
+        <v>323</v>
+      </c>
+      <c r="D56" t="s">
+        <v>257</v>
+      </c>
+      <c r="E56" t="s">
+        <v>99</v>
+      </c>
+      <c r="F56" t="s">
+        <v>33</v>
+      </c>
+      <c r="G56" t="s">
+        <v>22</v>
+      </c>
+      <c r="H56">
+        <v>2012</v>
+      </c>
+      <c r="I56"/>
+      <c r="J56" t="s">
+        <v>109</v>
+      </c>
+      <c r="K56" t="s">
+        <v>24</v>
+      </c>
+      <c r="L56" t="s">
+        <v>324</v>
+      </c>
+      <c r="M56" t="s">
+        <v>325</v>
+      </c>
+      <c r="N56" t="s">
+        <v>47</v>
+      </c>
+      <c r="O56" t="s">
+        <v>326</v>
+      </c>
+      <c r="P56" t="s">
+        <v>327</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>328</v>
+      </c>
+      <c r="B57" t="s">
+        <v>329</v>
+      </c>
+      <c r="C57" t="s">
+        <v>323</v>
+      </c>
+      <c r="D57" t="s">
+        <v>330</v>
+      </c>
+      <c r="E57" t="s">
+        <v>99</v>
+      </c>
+      <c r="F57" t="s">
+        <v>33</v>
+      </c>
+      <c r="G57" t="s">
+        <v>22</v>
+      </c>
+      <c r="H57">
+        <v>2015</v>
+      </c>
+      <c r="I57"/>
+      <c r="J57" t="s">
+        <v>109</v>
+      </c>
+      <c r="K57" t="s">
+        <v>24</v>
+      </c>
+      <c r="L57" t="s">
+        <v>331</v>
+      </c>
+      <c r="M57" t="s">
+        <v>325</v>
+      </c>
+      <c r="N57" t="s">
+        <v>47</v>
+      </c>
+      <c r="O57" t="s">
+        <v>332</v>
+      </c>
+      <c r="P57" t="s">
+        <v>333</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>334</v>
+      </c>
+      <c r="B58" t="s">
+        <v>335</v>
+      </c>
+      <c r="C58" t="s">
+        <v>323</v>
+      </c>
+      <c r="D58" t="s">
+        <v>336</v>
+      </c>
+      <c r="E58" t="s">
+        <v>99</v>
+      </c>
+      <c r="F58" t="s">
+        <v>75</v>
+      </c>
+      <c r="G58" t="s">
+        <v>22</v>
+      </c>
+      <c r="H58">
+        <v>2014</v>
+      </c>
+      <c r="I58"/>
+      <c r="J58" t="s">
+        <v>109</v>
+      </c>
+      <c r="K58" t="s">
+        <v>24</v>
+      </c>
+      <c r="L58" t="s">
+        <v>337</v>
+      </c>
+      <c r="M58" t="s">
+        <v>325</v>
+      </c>
+      <c r="N58" t="s">
+        <v>47</v>
+      </c>
+      <c r="O58" t="s">
+        <v>338</v>
+      </c>
+      <c r="P58" t="s">
+        <v>339</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
+      <c r="A59" t="s">
+        <v>340</v>
+      </c>
+      <c r="B59" t="s">
+        <v>341</v>
+      </c>
+      <c r="C59" t="s">
+        <v>323</v>
+      </c>
+      <c r="D59" t="s">
+        <v>169</v>
+      </c>
+      <c r="E59" t="s">
+        <v>20</v>
+      </c>
+      <c r="F59" t="s">
+        <v>33</v>
+      </c>
+      <c r="G59" t="s">
+        <v>22</v>
+      </c>
+      <c r="H59">
+        <v>2012</v>
+      </c>
+      <c r="I59"/>
+      <c r="J59" t="s">
+        <v>109</v>
+      </c>
+      <c r="K59" t="s">
+        <v>24</v>
+      </c>
+      <c r="L59" t="s">
+        <v>342</v>
+      </c>
+      <c r="M59" t="s">
+        <v>325</v>
+      </c>
+      <c r="N59" t="s">
+        <v>47</v>
+      </c>
+      <c r="O59" t="s">
+        <v>343</v>
+      </c>
+      <c r="P59" t="s">
+        <v>344</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60" t="s">
+        <v>345</v>
+      </c>
+      <c r="B60" t="s">
+        <v>341</v>
+      </c>
+      <c r="C60" t="s">
+        <v>323</v>
+      </c>
+      <c r="D60" t="s">
+        <v>346</v>
+      </c>
+      <c r="E60" t="s">
+        <v>20</v>
+      </c>
+      <c r="F60" t="s">
+        <v>33</v>
+      </c>
+      <c r="G60" t="s">
+        <v>22</v>
+      </c>
+      <c r="H60">
+        <v>2015</v>
+      </c>
+      <c r="I60"/>
+      <c r="J60" t="s">
+        <v>109</v>
+      </c>
+      <c r="K60" t="s">
+        <v>24</v>
+      </c>
+      <c r="L60" t="s">
+        <v>347</v>
+      </c>
+      <c r="M60" t="s">
+        <v>325</v>
+      </c>
+      <c r="N60" t="s">
+        <v>47</v>
+      </c>
+      <c r="O60" t="s">
+        <v>348</v>
+      </c>
+      <c r="P60" t="s">
+        <v>349</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
+      <c r="A61" t="s">
+        <v>350</v>
+      </c>
+      <c r="B61" t="s">
+        <v>351</v>
+      </c>
+      <c r="C61" t="s">
+        <v>323</v>
+      </c>
+      <c r="D61" t="s">
+        <v>352</v>
+      </c>
+      <c r="E61" t="s">
+        <v>20</v>
+      </c>
+      <c r="F61" t="s">
+        <v>33</v>
+      </c>
+      <c r="G61" t="s">
+        <v>22</v>
+      </c>
+      <c r="H61">
+        <v>2011</v>
+      </c>
+      <c r="I61"/>
+      <c r="J61" t="s">
+        <v>109</v>
+      </c>
+      <c r="K61" t="s">
+        <v>24</v>
+      </c>
+      <c r="L61" t="s">
+        <v>353</v>
+      </c>
+      <c r="M61" t="s">
+        <v>325</v>
+      </c>
+      <c r="N61" t="s">
+        <v>47</v>
+      </c>
+      <c r="O61" t="s">
+        <v>354</v>
+      </c>
+      <c r="P61" t="s">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
+      <c r="A62" t="s">
+        <v>356</v>
+      </c>
+      <c r="B62" t="s">
+        <v>357</v>
+      </c>
+      <c r="C62" t="s">
+        <v>323</v>
+      </c>
+      <c r="D62" t="s">
+        <v>358</v>
+      </c>
+      <c r="E62" t="s">
+        <v>99</v>
+      </c>
+      <c r="F62" t="s">
+        <v>33</v>
+      </c>
+      <c r="G62" t="s">
+        <v>22</v>
+      </c>
+      <c r="H62">
+        <v>2013</v>
+      </c>
+      <c r="I62"/>
+      <c r="J62" t="s">
+        <v>109</v>
+      </c>
+      <c r="K62" t="s">
+        <v>24</v>
+      </c>
+      <c r="L62" t="s">
+        <v>359</v>
+      </c>
+      <c r="M62" t="s">
+        <v>325</v>
+      </c>
+      <c r="N62" t="s">
+        <v>47</v>
+      </c>
+      <c r="O62" t="s">
+        <v>360</v>
+      </c>
+      <c r="P62" t="s">
+        <v>361</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
+      <c r="A63" t="s">
+        <v>362</v>
+      </c>
+      <c r="B63" t="s">
+        <v>363</v>
+      </c>
+      <c r="C63" t="s">
+        <v>364</v>
+      </c>
+      <c r="D63" t="s">
+        <v>365</v>
+      </c>
+      <c r="E63" t="s">
+        <v>20</v>
+      </c>
+      <c r="F63" t="s">
+        <v>33</v>
+      </c>
+      <c r="G63" t="s">
+        <v>130</v>
+      </c>
+      <c r="H63">
+        <v>2024</v>
+      </c>
+      <c r="I63"/>
+      <c r="J63" t="s">
+        <v>366</v>
+      </c>
+      <c r="K63" t="s">
+        <v>24</v>
+      </c>
+      <c r="L63" t="s">
+        <v>367</v>
+      </c>
+      <c r="M63" t="s">
+        <v>368</v>
+      </c>
+      <c r="N63" t="s">
+        <v>47</v>
+      </c>
+      <c r="O63" t="s">
+        <v>369</v>
+      </c>
+      <c r="P63" t="s">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16">
+      <c r="A64" t="s">
+        <v>371</v>
+      </c>
+      <c r="B64" t="s">
+        <v>177</v>
+      </c>
+      <c r="C64" t="s">
+        <v>372</v>
+      </c>
+      <c r="D64" t="s">
+        <v>63</v>
+      </c>
+      <c r="E64" t="s">
+        <v>99</v>
+      </c>
+      <c r="F64" t="s">
+        <v>65</v>
+      </c>
+      <c r="G64" t="s">
+        <v>130</v>
+      </c>
+      <c r="H64">
+        <v>2022</v>
+      </c>
+      <c r="I64"/>
+      <c r="J64" t="s">
+        <v>131</v>
+      </c>
+      <c r="K64" t="s">
+        <v>91</v>
+      </c>
+      <c r="L64" t="s">
+        <v>92</v>
+      </c>
+      <c r="M64" t="s">
+        <v>373</v>
+      </c>
+      <c r="N64" t="s">
+        <v>134</v>
+      </c>
+      <c r="O64" t="s">
+        <v>374</v>
+      </c>
+      <c r="P64" t="s">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16">
+      <c r="A65" t="s">
+        <v>376</v>
+      </c>
+      <c r="B65" t="s">
+        <v>377</v>
+      </c>
+      <c r="C65" t="s">
+        <v>89</v>
+      </c>
+      <c r="D65" t="s">
+        <v>378</v>
+      </c>
+      <c r="E65" t="s">
+        <v>99</v>
+      </c>
+      <c r="F65" t="s">
+        <v>44</v>
+      </c>
+      <c r="G65" t="s">
+        <v>22</v>
+      </c>
+      <c r="H65">
+        <v>2017</v>
+      </c>
+      <c r="I65"/>
+      <c r="J65" t="s">
+        <v>379</v>
+      </c>
+      <c r="K65" t="s">
+        <v>24</v>
+      </c>
+      <c r="L65"/>
+      <c r="M65" t="s">
+        <v>93</v>
+      </c>
+      <c r="N65" t="s">
+        <v>47</v>
+      </c>
+      <c r="O65" t="s">
+        <v>380</v>
+      </c>
+      <c r="P65" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="66" spans="1:16">
+      <c r="A66" t="s">
+        <v>381</v>
+      </c>
+      <c r="B66" t="s">
+        <v>382</v>
+      </c>
+      <c r="C66" t="s">
+        <v>89</v>
+      </c>
+      <c r="D66" t="s">
+        <v>203</v>
+      </c>
+      <c r="E66" t="s">
+        <v>20</v>
+      </c>
+      <c r="F66" t="s">
+        <v>75</v>
+      </c>
+      <c r="G66" t="s">
+        <v>130</v>
+      </c>
+      <c r="H66">
+        <v>2024</v>
+      </c>
+      <c r="I66"/>
+      <c r="J66" t="s">
+        <v>383</v>
+      </c>
+      <c r="K66" t="s">
+        <v>24</v>
+      </c>
+      <c r="L66" t="s">
+        <v>384</v>
+      </c>
+      <c r="M66" t="s">
+        <v>385</v>
+      </c>
+      <c r="N66" t="s">
+        <v>47</v>
+      </c>
+      <c r="O66" t="s">
+        <v>386</v>
+      </c>
+      <c r="P66" t="s">
+        <v>387</v>
+      </c>
+    </row>
+    <row r="67" spans="1:16">
+      <c r="A67" t="s">
+        <v>388</v>
+      </c>
+      <c r="B67" t="s">
+        <v>389</v>
+      </c>
+      <c r="C67" t="s">
+        <v>89</v>
+      </c>
+      <c r="D67" t="s">
+        <v>390</v>
+      </c>
+      <c r="E67" t="s">
+        <v>20</v>
+      </c>
+      <c r="F67" t="s">
+        <v>75</v>
+      </c>
+      <c r="G67" t="s">
+        <v>22</v>
+      </c>
+      <c r="H67">
+        <v>2024</v>
+      </c>
+      <c r="I67"/>
+      <c r="J67" t="s">
+        <v>383</v>
+      </c>
+      <c r="K67" t="s">
+        <v>24</v>
+      </c>
+      <c r="L67" t="s">
+        <v>391</v>
+      </c>
+      <c r="M67" t="s">
+        <v>385</v>
+      </c>
+      <c r="N67" t="s">
+        <v>47</v>
+      </c>
+      <c r="O67" t="s">
+        <v>392</v>
+      </c>
+      <c r="P67" t="s">
+        <v>387</v>
+      </c>
+    </row>
+    <row r="68" spans="1:16">
+      <c r="A68" t="s">
+        <v>393</v>
+      </c>
+      <c r="B68"/>
+      <c r="C68" t="s">
+        <v>89</v>
+      </c>
+      <c r="D68" t="s">
+        <v>308</v>
+      </c>
+      <c r="E68" t="s">
+        <v>20</v>
+      </c>
+      <c r="F68" t="s">
+        <v>75</v>
+      </c>
+      <c r="G68" t="s">
+        <v>130</v>
+      </c>
+      <c r="H68">
+        <v>2017</v>
+      </c>
+      <c r="I68"/>
+      <c r="J68" t="s">
+        <v>394</v>
+      </c>
+      <c r="K68" t="s">
+        <v>24</v>
+      </c>
+      <c r="L68"/>
+      <c r="M68" t="s">
+        <v>385</v>
+      </c>
+      <c r="N68" t="s">
+        <v>47</v>
+      </c>
+      <c r="O68" t="s">
+        <v>395</v>
+      </c>
+      <c r="P68" t="s">
+        <v>387</v>
+      </c>
+    </row>
+    <row r="69" spans="1:16">
+      <c r="A69" t="s">
+        <v>396</v>
+      </c>
+      <c r="B69" t="s">
+        <v>397</v>
+      </c>
+      <c r="C69" t="s">
+        <v>89</v>
+      </c>
+      <c r="D69" t="s">
+        <v>398</v>
+      </c>
+      <c r="E69" t="s">
+        <v>20</v>
+      </c>
+      <c r="F69" t="s">
+        <v>115</v>
+      </c>
+      <c r="G69" t="s">
+        <v>22</v>
+      </c>
+      <c r="H69">
+        <v>2018</v>
+      </c>
+      <c r="I69"/>
+      <c r="J69" t="s">
+        <v>116</v>
+      </c>
+      <c r="K69" t="s">
+        <v>24</v>
+      </c>
+      <c r="L69" t="s">
+        <v>399</v>
+      </c>
+      <c r="M69" t="s">
+        <v>400</v>
+      </c>
+      <c r="N69" t="s">
+        <v>47</v>
+      </c>
+      <c r="O69" t="s">
+        <v>401</v>
+      </c>
+      <c r="P69" t="s">
+        <v>402</v>
+      </c>
+    </row>
+    <row r="70" spans="1:16">
+      <c r="A70" t="s">
+        <v>403</v>
+      </c>
+      <c r="B70" t="s">
+        <v>404</v>
+      </c>
+      <c r="C70" t="s">
+        <v>405</v>
+      </c>
+      <c r="D70" t="s">
+        <v>63</v>
+      </c>
+      <c r="E70" t="s">
+        <v>20</v>
+      </c>
+      <c r="F70" t="s">
+        <v>65</v>
+      </c>
+      <c r="G70" t="s">
+        <v>22</v>
+      </c>
+      <c r="H70">
+        <v>2020</v>
+      </c>
+      <c r="I70"/>
+      <c r="J70" t="s">
+        <v>186</v>
+      </c>
+      <c r="K70" t="s">
+        <v>91</v>
+      </c>
+      <c r="L70" t="s">
+        <v>92</v>
+      </c>
+      <c r="M70" t="s">
+        <v>406</v>
+      </c>
+      <c r="N70" t="s">
+        <v>69</v>
+      </c>
+      <c r="O70" t="s">
+        <v>407</v>
+      </c>
+      <c r="P70" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="71" spans="1:16">
+      <c r="A71" t="s">
+        <v>403</v>
+      </c>
+      <c r="B71" t="s">
+        <v>409</v>
+      </c>
+      <c r="C71" t="s">
+        <v>410</v>
+      </c>
+      <c r="D71" t="s">
+        <v>63</v>
+      </c>
+      <c r="E71" t="s">
+        <v>99</v>
+      </c>
+      <c r="F71" t="s">
+        <v>65</v>
+      </c>
+      <c r="G71" t="s">
+        <v>22</v>
+      </c>
+      <c r="H71">
+        <v>2021</v>
+      </c>
+      <c r="I71"/>
+      <c r="J71" t="s">
+        <v>186</v>
+      </c>
+      <c r="K71" t="s">
+        <v>91</v>
+      </c>
+      <c r="L71" t="s">
+        <v>92</v>
+      </c>
+      <c r="M71" t="s">
+        <v>411</v>
+      </c>
+      <c r="N71" t="s">
+        <v>69</v>
+      </c>
+      <c r="O71" t="s">
+        <v>412</v>
+      </c>
+      <c r="P71"/>
+    </row>
+    <row r="72" spans="1:16">
+      <c r="A72" t="s">
+        <v>413</v>
+      </c>
+      <c r="B72" t="s">
+        <v>414</v>
+      </c>
+      <c r="C72" t="s">
+        <v>415</v>
+      </c>
+      <c r="D72" t="s">
+        <v>63</v>
+      </c>
+      <c r="E72" t="s">
+        <v>20</v>
+      </c>
+      <c r="F72" t="s">
+        <v>65</v>
+      </c>
+      <c r="G72" t="s">
+        <v>22</v>
+      </c>
+      <c r="H72">
+        <v>2021</v>
+      </c>
+      <c r="I72"/>
+      <c r="J72" t="s">
+        <v>116</v>
+      </c>
+      <c r="K72" t="s">
+        <v>91</v>
+      </c>
+      <c r="L72" t="s">
+        <v>92</v>
+      </c>
+      <c r="M72" t="s">
+        <v>416</v>
+      </c>
+      <c r="N72" t="s">
+        <v>69</v>
+      </c>
+      <c r="O72" t="s">
+        <v>417</v>
+      </c>
+      <c r="P72" t="s">
+        <v>418</v>
+      </c>
+    </row>
+    <row r="73" spans="1:16">
+      <c r="A73" t="s">
+        <v>419</v>
+      </c>
+      <c r="B73" t="s">
+        <v>420</v>
+      </c>
+      <c r="C73" t="s">
+        <v>185</v>
+      </c>
+      <c r="D73" t="s">
+        <v>421</v>
+      </c>
+      <c r="E73" t="s">
+        <v>20</v>
+      </c>
+      <c r="F73" t="s">
+        <v>75</v>
+      </c>
+      <c r="G73" t="s">
+        <v>22</v>
+      </c>
+      <c r="H73">
+        <v>2016</v>
+      </c>
+      <c r="I73"/>
+      <c r="J73" t="s">
+        <v>422</v>
+      </c>
+      <c r="K73" t="s">
+        <v>24</v>
+      </c>
+      <c r="L73"/>
+      <c r="M73" t="s">
+        <v>423</v>
+      </c>
+      <c r="N73" t="s">
         <v>37</v>
       </c>
-      <c r="J6" t="s">
-[...2 lines deleted...]
-      <c r="K6" t="s">
+      <c r="O73" t="s">
+        <v>424</v>
+      </c>
+      <c r="P73" t="s">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="74" spans="1:16">
+      <c r="A74" t="s">
+        <v>426</v>
+      </c>
+      <c r="B74" t="s">
+        <v>61</v>
+      </c>
+      <c r="C74" t="s">
+        <v>427</v>
+      </c>
+      <c r="D74" t="s">
+        <v>63</v>
+      </c>
+      <c r="E74" t="s">
+        <v>20</v>
+      </c>
+      <c r="F74" t="s">
+        <v>65</v>
+      </c>
+      <c r="G74" t="s">
+        <v>22</v>
+      </c>
+      <c r="H74">
+        <v>2017</v>
+      </c>
+      <c r="I74"/>
+      <c r="J74" t="s">
+        <v>66</v>
+      </c>
+      <c r="K74" t="s">
+        <v>24</v>
+      </c>
+      <c r="L74" t="s">
+        <v>67</v>
+      </c>
+      <c r="M74" t="s">
+        <v>428</v>
+      </c>
+      <c r="N74" t="s">
+        <v>69</v>
+      </c>
+      <c r="O74" t="s">
+        <v>429</v>
+      </c>
+      <c r="P74" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="75" spans="1:16">
+      <c r="A75" t="s">
+        <v>431</v>
+      </c>
+      <c r="B75" t="s">
+        <v>432</v>
+      </c>
+      <c r="C75" t="s">
+        <v>427</v>
+      </c>
+      <c r="D75" t="s">
+        <v>63</v>
+      </c>
+      <c r="E75" t="s">
+        <v>20</v>
+      </c>
+      <c r="F75" t="s">
+        <v>65</v>
+      </c>
+      <c r="G75" t="s">
+        <v>22</v>
+      </c>
+      <c r="H75">
+        <v>2020</v>
+      </c>
+      <c r="I75"/>
+      <c r="J75" t="s">
+        <v>66</v>
+      </c>
+      <c r="K75" t="s">
+        <v>24</v>
+      </c>
+      <c r="L75" t="s">
+        <v>67</v>
+      </c>
+      <c r="M75" t="s">
+        <v>428</v>
+      </c>
+      <c r="N75" t="s">
+        <v>69</v>
+      </c>
+      <c r="O75" t="s">
+        <v>433</v>
+      </c>
+      <c r="P75"/>
+    </row>
+    <row r="76" spans="1:16">
+      <c r="A76" t="s">
+        <v>434</v>
+      </c>
+      <c r="B76" t="s">
+        <v>435</v>
+      </c>
+      <c r="C76" t="s">
+        <v>436</v>
+      </c>
+      <c r="D76" t="s">
+        <v>139</v>
+      </c>
+      <c r="E76" t="s">
+        <v>99</v>
+      </c>
+      <c r="F76" t="s">
+        <v>65</v>
+      </c>
+      <c r="G76" t="s">
+        <v>22</v>
+      </c>
+      <c r="H76">
+        <v>2019</v>
+      </c>
+      <c r="I76"/>
+      <c r="J76" t="s">
+        <v>109</v>
+      </c>
+      <c r="K76" t="s">
+        <v>140</v>
+      </c>
+      <c r="L76"/>
+      <c r="M76" t="s">
+        <v>437</v>
+      </c>
+      <c r="N76" t="s">
+        <v>142</v>
+      </c>
+      <c r="O76" t="s">
+        <v>438</v>
+      </c>
+      <c r="P76" t="s">
+        <v>439</v>
+      </c>
+    </row>
+    <row r="77" spans="1:16">
+      <c r="A77" t="s">
+        <v>440</v>
+      </c>
+      <c r="B77" t="s">
+        <v>441</v>
+      </c>
+      <c r="C77" t="s">
+        <v>436</v>
+      </c>
+      <c r="D77" t="s">
+        <v>308</v>
+      </c>
+      <c r="E77" t="s">
+        <v>99</v>
+      </c>
+      <c r="F77" t="s">
+        <v>33</v>
+      </c>
+      <c r="G77" t="s">
+        <v>22</v>
+      </c>
+      <c r="H77">
+        <v>2011</v>
+      </c>
+      <c r="I77"/>
+      <c r="J77" t="s">
+        <v>442</v>
+      </c>
+      <c r="K77" t="s">
+        <v>24</v>
+      </c>
+      <c r="L77"/>
+      <c r="M77" t="s">
+        <v>437</v>
+      </c>
+      <c r="N77" t="s">
         <v>47</v>
       </c>
-      <c r="L6" t="s">
-[...2 lines deleted...]
-      <c r="M6" t="s">
+      <c r="O77" t="s">
+        <v>443</v>
+      </c>
+      <c r="P77" t="s">
+        <v>444</v>
+      </c>
+    </row>
+    <row r="78" spans="1:16">
+      <c r="A78" t="s">
+        <v>445</v>
+      </c>
+      <c r="B78" t="s">
+        <v>446</v>
+      </c>
+      <c r="C78" t="s">
+        <v>436</v>
+      </c>
+      <c r="D78" t="s">
+        <v>447</v>
+      </c>
+      <c r="E78" t="s">
+        <v>20</v>
+      </c>
+      <c r="F78" t="s">
         <v>33</v>
       </c>
-      <c r="N6" t="s">
-[...28 lines deleted...]
-      <c r="I7" t="s">
+      <c r="G78" t="s">
+        <v>22</v>
+      </c>
+      <c r="H78">
+        <v>2011</v>
+      </c>
+      <c r="I78"/>
+      <c r="J78" t="s">
+        <v>442</v>
+      </c>
+      <c r="K78" t="s">
+        <v>24</v>
+      </c>
+      <c r="L78"/>
+      <c r="M78" t="s">
+        <v>437</v>
+      </c>
+      <c r="N78" t="s">
+        <v>47</v>
+      </c>
+      <c r="O78" t="s">
+        <v>448</v>
+      </c>
+      <c r="P78" t="s">
+        <v>449</v>
+      </c>
+    </row>
+    <row r="79" spans="1:16">
+      <c r="A79" t="s">
+        <v>450</v>
+      </c>
+      <c r="B79" t="s">
+        <v>451</v>
+      </c>
+      <c r="C79" t="s">
+        <v>436</v>
+      </c>
+      <c r="D79" t="s">
+        <v>447</v>
+      </c>
+      <c r="E79" t="s">
+        <v>20</v>
+      </c>
+      <c r="F79" t="s">
+        <v>33</v>
+      </c>
+      <c r="G79" t="s">
+        <v>22</v>
+      </c>
+      <c r="H79">
+        <v>2011</v>
+      </c>
+      <c r="I79"/>
+      <c r="J79" t="s">
+        <v>442</v>
+      </c>
+      <c r="K79" t="s">
+        <v>24</v>
+      </c>
+      <c r="L79"/>
+      <c r="M79" t="s">
+        <v>437</v>
+      </c>
+      <c r="N79" t="s">
+        <v>47</v>
+      </c>
+      <c r="O79" t="s">
+        <v>452</v>
+      </c>
+      <c r="P79" t="s">
+        <v>453</v>
+      </c>
+    </row>
+    <row r="80" spans="1:16">
+      <c r="A80" t="s">
+        <v>454</v>
+      </c>
+      <c r="B80" t="s">
+        <v>455</v>
+      </c>
+      <c r="C80" t="s">
+        <v>436</v>
+      </c>
+      <c r="D80" t="s">
+        <v>456</v>
+      </c>
+      <c r="E80" t="s">
+        <v>20</v>
+      </c>
+      <c r="F80" t="s">
+        <v>75</v>
+      </c>
+      <c r="G80" t="s">
+        <v>22</v>
+      </c>
+      <c r="H80">
+        <v>2011</v>
+      </c>
+      <c r="I80"/>
+      <c r="J80" t="s">
+        <v>442</v>
+      </c>
+      <c r="K80" t="s">
+        <v>24</v>
+      </c>
+      <c r="L80"/>
+      <c r="M80" t="s">
+        <v>437</v>
+      </c>
+      <c r="N80" t="s">
+        <v>47</v>
+      </c>
+      <c r="O80" t="s">
+        <v>457</v>
+      </c>
+      <c r="P80" t="s">
+        <v>458</v>
+      </c>
+    </row>
+    <row r="81" spans="1:16">
+      <c r="A81" t="s">
+        <v>459</v>
+      </c>
+      <c r="B81" t="s">
+        <v>460</v>
+      </c>
+      <c r="C81" t="s">
+        <v>436</v>
+      </c>
+      <c r="D81" t="s">
+        <v>461</v>
+      </c>
+      <c r="E81" t="s">
+        <v>20</v>
+      </c>
+      <c r="F81" t="s">
+        <v>33</v>
+      </c>
+      <c r="G81" t="s">
+        <v>22</v>
+      </c>
+      <c r="H81">
+        <v>2011</v>
+      </c>
+      <c r="I81"/>
+      <c r="J81" t="s">
+        <v>109</v>
+      </c>
+      <c r="K81" t="s">
+        <v>24</v>
+      </c>
+      <c r="L81"/>
+      <c r="M81" t="s">
+        <v>437</v>
+      </c>
+      <c r="N81" t="s">
         <v>37</v>
       </c>
-      <c r="J7" t="s">
-[...58 lines deleted...]
-      <c r="A9" t="s">
+      <c r="O81" t="s">
+        <v>462</v>
+      </c>
+      <c r="P81" t="s">
+        <v>463</v>
+      </c>
+    </row>
+    <row r="82" spans="1:16">
+      <c r="A82" t="s">
+        <v>464</v>
+      </c>
+      <c r="B82" t="s">
+        <v>88</v>
+      </c>
+      <c r="C82" t="s">
+        <v>436</v>
+      </c>
+      <c r="D82" t="s">
+        <v>63</v>
+      </c>
+      <c r="E82" t="s">
+        <v>20</v>
+      </c>
+      <c r="F82" t="s">
+        <v>65</v>
+      </c>
+      <c r="G82" t="s">
+        <v>22</v>
+      </c>
+      <c r="H82">
+        <v>2021</v>
+      </c>
+      <c r="I82"/>
+      <c r="J82" t="s">
+        <v>186</v>
+      </c>
+      <c r="K82" t="s">
+        <v>91</v>
+      </c>
+      <c r="L82" t="s">
+        <v>92</v>
+      </c>
+      <c r="M82" t="s">
+        <v>437</v>
+      </c>
+      <c r="N82" t="s">
+        <v>69</v>
+      </c>
+      <c r="O82" t="s">
+        <v>465</v>
+      </c>
+      <c r="P82" t="s">
+        <v>466</v>
+      </c>
+    </row>
+    <row r="83" spans="1:16">
+      <c r="A83" t="s">
+        <v>467</v>
+      </c>
+      <c r="B83" t="s">
+        <v>468</v>
+      </c>
+      <c r="C83" t="s">
+        <v>436</v>
+      </c>
+      <c r="D83" t="s">
         <v>57</v>
       </c>
-      <c r="B9" t="s">
-[...20 lines deleted...]
-      <c r="I9" t="s">
+      <c r="E83" t="s">
+        <v>20</v>
+      </c>
+      <c r="F83" t="s">
+        <v>75</v>
+      </c>
+      <c r="G83" t="s">
+        <v>22</v>
+      </c>
+      <c r="H83">
+        <v>2011</v>
+      </c>
+      <c r="I83"/>
+      <c r="J83" t="s">
+        <v>109</v>
+      </c>
+      <c r="K83" t="s">
+        <v>24</v>
+      </c>
+      <c r="L83" t="s">
+        <v>469</v>
+      </c>
+      <c r="M83" t="s">
+        <v>437</v>
+      </c>
+      <c r="N83" t="s">
         <v>37</v>
       </c>
-      <c r="J9" t="s">
-[...51 lines deleted...]
-      <c r="N10" t="s">
+      <c r="O83" t="s">
+        <v>470</v>
+      </c>
+      <c r="P83" t="s">
+        <v>471</v>
+      </c>
+    </row>
+    <row r="84" spans="1:16">
+      <c r="A84" t="s">
+        <v>472</v>
+      </c>
+      <c r="B84" t="s">
+        <v>473</v>
+      </c>
+      <c r="C84" t="s">
+        <v>364</v>
+      </c>
+      <c r="D84" t="s">
+        <v>474</v>
+      </c>
+      <c r="E84" t="s">
+        <v>20</v>
+      </c>
+      <c r="F84" t="s">
+        <v>75</v>
+      </c>
+      <c r="G84" t="s">
+        <v>22</v>
+      </c>
+      <c r="H84">
+        <v>2014</v>
+      </c>
+      <c r="I84"/>
+      <c r="J84" t="s">
+        <v>475</v>
+      </c>
+      <c r="K84" t="s">
+        <v>24</v>
+      </c>
+      <c r="L84" t="s">
+        <v>476</v>
+      </c>
+      <c r="M84" t="s">
+        <v>368</v>
+      </c>
+      <c r="N84" t="s">
+        <v>47</v>
+      </c>
+      <c r="O84" t="s">
+        <v>477</v>
+      </c>
+      <c r="P84" t="s">
+        <v>478</v>
+      </c>
+    </row>
+    <row r="85" spans="1:16">
+      <c r="A85" t="s">
+        <v>479</v>
+      </c>
+      <c r="B85" t="s">
+        <v>480</v>
+      </c>
+      <c r="C85" t="s">
+        <v>481</v>
+      </c>
+      <c r="D85" t="s">
         <v>63</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="C11" t="s">
+      <c r="E85" t="s">
+        <v>99</v>
+      </c>
+      <c r="F85" t="s">
         <v>65</v>
       </c>
-      <c r="D11" t="s">
-[...32 lines deleted...]
-      <c r="A12" t="s">
+      <c r="G85" t="s">
+        <v>22</v>
+      </c>
+      <c r="H85">
+        <v>2021</v>
+      </c>
+      <c r="I85"/>
+      <c r="J85" t="s">
+        <v>186</v>
+      </c>
+      <c r="K85" t="s">
+        <v>91</v>
+      </c>
+      <c r="L85" t="s">
+        <v>92</v>
+      </c>
+      <c r="M85" t="s">
+        <v>482</v>
+      </c>
+      <c r="N85" t="s">
         <v>69</v>
       </c>
-      <c r="B12" t="s">
-[...4523 lines deleted...]
-      </c>
+      <c r="O85" t="s">
+        <v>483</v>
+      </c>
+      <c r="P85"/>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>