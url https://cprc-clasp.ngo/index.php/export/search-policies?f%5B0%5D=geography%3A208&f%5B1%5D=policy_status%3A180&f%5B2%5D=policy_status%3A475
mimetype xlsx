--- v0 (2025-11-09)
+++ v1 (2025-12-26)
@@ -12,132 +12,162 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="139">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="148">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
+  </si>
+  <si>
+    <t>3794/2018 Energy efficiency of household and similar electrical appliances - measurement and calculation methods for energy consumption of refrigerrators, refrigerator-freezers and freezers</t>
+  </si>
+  <si>
+    <t>This standard specifies the requirements of energy efficiency for refrigerators, refrigerator-freezers and freezers. The standard applies to refrigerators, refrigerator-freezers and freezers that operate using 50 Hz AC and with a voltage not exceeding 250 V for single-face appliances and 480 V for other appliances.</t>
+  </si>
+  <si>
+    <t>Egypt</t>
+  </si>
+  <si>
+    <t>Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>Mandatory</t>
+  </si>
+  <si>
+    <t>Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
+    <t>October 2022</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>NT 81.70 NT 81.71</t>
+  </si>
+  <si>
+    <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/37942018-energy-efficiency-household-and-similar-electrical-appliances-measurement-and</t>
+  </si>
+  <si>
+    <t>http://www.eos.org.eg/en/standard/4358</t>
   </si>
   <si>
     <t>COMPULSORY SPECIFICATION FOR ENERGY EFFICIENCY AND FUNCTIONAL PERFORMANCE REQUIREMENTS OF GENERAL SERVICE LAMPS (GSLs) - VC 9109</t>
   </si>
   <si>
     <t>This compulsory specification on general service lamps will cover the energy efficiency and functional performance for general lighting directional and non -directional lamps of all shapes and finishes; using incandescent, halogen, fluorescent, light emitting diode (LED), and other light source technologies (not including high- intensity discharge lamps).
 Under this policy general service lamps must meet a standard of 90 lumens per Watt (lm/W). By May of 2026, the efficiency standard will be raised further to 105 Lm/W.</t>
   </si>
   <si>
     <t>South Africa</t>
   </si>
   <si>
     <t>Lamps</t>
   </si>
   <si>
-    <t>Mandatory</t>
-[...4 lines deleted...]
-  <si>
     <t>New</t>
   </si>
   <si>
     <t>June 2024</t>
   </si>
   <si>
-    <t>Electricity</t>
-[...1 lines deleted...]
-  <si>
     <t>National Regulator for Compulsory Specification (NRCS)</t>
-  </si>
-[...1 lines deleted...]
-    <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/compulsory-specification-energy-efficiency-and-functional-performance-requirements-general</t>
   </si>
   <si>
     <t>https://www.greenbuildingafrica.co.za/wp-content/uploads/2024/05/Dept-trade-and-industry-LIGHT-BULB-LEGISLATION.pdf</t>
   </si>
   <si>
     <t>DMS: 202:2020 Energy efficiency and labelling requirement-Household washing machine</t>
   </si>
   <si>
     <t>This standard covers the energy efficiency and labelling requirement for household washing machine</t>
   </si>
   <si>
     <t>Mauritius</t>
   </si>
   <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
@@ -272,53 +302,50 @@
     <t>http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%27 , http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+appli----http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%26,</t>
   </si>
   <si>
     <t>MEPS for lighting products</t>
   </si>
   <si>
     <t>The Gambia</t>
   </si>
   <si>
     <t>Lighting, Lamps, Directional Lamps</t>
   </si>
   <si>
     <t>NB 10.07.001, NB 17.02.001</t>
   </si>
   <si>
     <t>Ministry of Petroleum and Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-lighting-products-1</t>
   </si>
   <si>
     <t>Namibian standards are similar to South African standards.</t>
   </si>
   <si>
     <t>Namibia</t>
-  </si>
-[...1 lines deleted...]
-    <t>October 2022</t>
   </si>
   <si>
     <t>Ministry of Mines and Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-lighting-products-0</t>
   </si>
   <si>
     <t>https://www.ctc-n.org/system/files/dossier/3b/country_profile_-_namibia.pdf</t>
   </si>
   <si>
     <t>Minimum Energy Perfomance Standards for refrigerating appliances (MEPS)</t>
   </si>
   <si>
     <t>This standard applies to all refrigerating appliances of the vapor compression type, with a rated volume at or above 10 Liters (L) and at or below 1,500 L, powered by electric mains and offered for sale or installed in any application. The standard specifies requirements for test methods and energy use calculation, daily energy use calculation, maximum energy use, functional performance, refrigerant and foam blowing agent, product information and declaration of conformity 1975 and its regulations</t>
   </si>
   <si>
     <t>Eswatini</t>
   </si>
   <si>
     <t>Refrigeration</t>
   </si>
   <si>
     <t>IEC 62552:2015  part 1, 2 and 3</t>
   </si>
@@ -778,71 +805,71 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P21"/>
+  <dimension ref="A1:P22"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="152.106" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="224.088" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="599.139" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="51.845" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="38.848" bestFit="true" customWidth="true" style="0"/>
-    <col min="13" max="13" width="64.841" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="80.123" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="764.385" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -877,903 +904,953 @@
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>16</v>
       </c>
       <c r="B2" t="s">
         <v>17</v>
       </c>
       <c r="C2" t="s">
         <v>18</v>
       </c>
       <c r="D2" t="s">
         <v>19</v>
       </c>
       <c r="E2" t="s">
         <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>21</v>
       </c>
       <c r="G2" t="s">
         <v>22</v>
       </c>
       <c r="H2">
-        <v>2023</v>
-[...1 lines deleted...]
-      <c r="I2"/>
+        <v>2003</v>
+      </c>
+      <c r="I2">
+        <v>2018</v>
+      </c>
       <c r="J2" t="s">
         <v>23</v>
       </c>
       <c r="K2" t="s">
         <v>24</v>
       </c>
-      <c r="L2"/>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
       <c r="M2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="N2" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O2" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="P2" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B3" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C3" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="E3" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>21</v>
       </c>
       <c r="G3" t="s">
         <v>34</v>
       </c>
-      <c r="H3"/>
+      <c r="H3">
+        <v>2023</v>
+      </c>
       <c r="I3"/>
       <c r="J3" t="s">
         <v>35</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
-      <c r="L3" t="s">
+      <c r="L3"/>
+      <c r="M3" t="s">
         <v>36</v>
       </c>
-      <c r="M3" t="s">
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
         <v>37</v>
       </c>
-      <c r="N3" t="s">
-[...2 lines deleted...]
-      <c r="O3" t="s">
+      <c r="P3" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
         <v>40</v>
       </c>
-      <c r="B4" t="s">
+      <c r="C4" t="s">
         <v>41</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4" t="s">
         <v>42</v>
       </c>
-      <c r="D4" t="s">
+      <c r="E4" t="s">
         <v>43</v>
       </c>
-      <c r="E4" t="s">
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
         <v>44</v>
-      </c>
-[...4 lines deleted...]
-        <v>34</v>
       </c>
       <c r="H4"/>
       <c r="I4"/>
       <c r="J4" t="s">
+        <v>45</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
         <v>46</v>
       </c>
-      <c r="K4" t="s">
-[...2 lines deleted...]
-      <c r="L4"/>
       <c r="M4" t="s">
         <v>47</v>
       </c>
       <c r="N4" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O4" t="s">
         <v>48</v>
       </c>
       <c r="P4" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
         <v>50</v>
       </c>
       <c r="B5" t="s">
         <v>51</v>
       </c>
       <c r="C5" t="s">
         <v>52</v>
       </c>
       <c r="D5" t="s">
         <v>53</v>
       </c>
       <c r="E5" t="s">
+        <v>54</v>
+      </c>
+      <c r="F5" t="s">
+        <v>55</v>
+      </c>
+      <c r="G5" t="s">
         <v>44</v>
-      </c>
-[...4 lines deleted...]
-        <v>34</v>
       </c>
       <c r="H5"/>
       <c r="I5"/>
       <c r="J5" t="s">
-        <v>46</v>
+        <v>56</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5"/>
       <c r="M5" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="N5" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="P5"/>
+        <v>58</v>
+      </c>
+      <c r="P5" t="s">
+        <v>59</v>
+      </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="B6" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="C6" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="D6" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="E6" t="s">
-        <v>20</v>
+        <v>54</v>
       </c>
       <c r="F6" t="s">
-        <v>45</v>
+        <v>21</v>
       </c>
       <c r="G6" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="H6"/>
       <c r="I6"/>
       <c r="J6" t="s">
-        <v>59</v>
+        <v>56</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6"/>
       <c r="M6" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="N6" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>61</v>
-[...3 lines deleted...]
-      </c>
+        <v>65</v>
+      </c>
+      <c r="P6"/>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="B7" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="C7" t="s">
-        <v>57</v>
+        <v>67</v>
       </c>
       <c r="D7" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
-        <v>45</v>
+        <v>55</v>
       </c>
       <c r="G7" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="H7"/>
       <c r="I7"/>
       <c r="J7" t="s">
-        <v>59</v>
+        <v>69</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7"/>
       <c r="M7" t="s">
-        <v>60</v>
+        <v>70</v>
       </c>
       <c r="N7" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>65</v>
+        <v>71</v>
       </c>
       <c r="P7" t="s">
-        <v>66</v>
+        <v>72</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
+        <v>73</v>
+      </c>
+      <c r="B8" t="s">
+        <v>61</v>
+      </c>
+      <c r="C8" t="s">
         <v>67</v>
       </c>
-      <c r="B8" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D8" t="s">
-        <v>68</v>
+        <v>74</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
-        <v>45</v>
+        <v>55</v>
       </c>
       <c r="G8" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="H8"/>
       <c r="I8"/>
       <c r="J8" t="s">
-        <v>59</v>
+        <v>69</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8"/>
       <c r="M8" t="s">
-        <v>60</v>
+        <v>70</v>
       </c>
       <c r="N8" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O8" t="s">
-        <v>69</v>
+        <v>75</v>
       </c>
       <c r="P8" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>71</v>
+        <v>77</v>
       </c>
       <c r="B9" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="C9" t="s">
-        <v>57</v>
+        <v>67</v>
       </c>
       <c r="D9" t="s">
-        <v>72</v>
+        <v>78</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
-        <v>45</v>
+        <v>55</v>
       </c>
       <c r="G9" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="H9"/>
       <c r="I9"/>
       <c r="J9" t="s">
-        <v>59</v>
+        <v>69</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9"/>
       <c r="M9" t="s">
-        <v>60</v>
+        <v>70</v>
       </c>
       <c r="N9" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="P9" t="s">
-        <v>74</v>
+        <v>80</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>75</v>
+        <v>81</v>
       </c>
       <c r="B10" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="C10" t="s">
-        <v>57</v>
+        <v>67</v>
       </c>
       <c r="D10" t="s">
-        <v>32</v>
+        <v>82</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
-        <v>45</v>
+        <v>55</v>
       </c>
       <c r="G10" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="H10"/>
       <c r="I10"/>
       <c r="J10" t="s">
-        <v>59</v>
+        <v>69</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10"/>
       <c r="M10" t="s">
-        <v>60</v>
+        <v>70</v>
       </c>
       <c r="N10" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>76</v>
+        <v>83</v>
       </c>
       <c r="P10" t="s">
-        <v>77</v>
+        <v>84</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>78</v>
+        <v>85</v>
       </c>
       <c r="B11" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="C11" t="s">
-        <v>79</v>
+        <v>67</v>
       </c>
       <c r="D11" t="s">
-        <v>80</v>
+        <v>42</v>
       </c>
       <c r="E11" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="F11" t="s">
-        <v>21</v>
+        <v>55</v>
       </c>
       <c r="G11" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="H11"/>
       <c r="I11"/>
       <c r="J11" t="s">
-        <v>59</v>
+        <v>69</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
-      <c r="L11" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L11"/>
       <c r="M11" t="s">
-        <v>82</v>
+        <v>70</v>
       </c>
       <c r="N11" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>83</v>
-[...1 lines deleted...]
-      <c r="P11"/>
+        <v>86</v>
+      </c>
+      <c r="P11" t="s">
+        <v>87</v>
+      </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>78</v>
+        <v>88</v>
       </c>
       <c r="B12" t="s">
-        <v>84</v>
+        <v>61</v>
       </c>
       <c r="C12" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="D12" t="s">
-        <v>64</v>
+        <v>90</v>
       </c>
       <c r="E12" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="F12" t="s">
         <v>21</v>
       </c>
       <c r="G12" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="H12"/>
       <c r="I12"/>
       <c r="J12" t="s">
-        <v>86</v>
+        <v>69</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
-      <c r="L12"/>
+      <c r="L12" t="s">
+        <v>91</v>
+      </c>
       <c r="M12" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="N12" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>88</v>
-[...3 lines deleted...]
-      </c>
+        <v>93</v>
+      </c>
+      <c r="P12"/>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="B13" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="C13" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="D13" t="s">
-        <v>93</v>
+        <v>74</v>
       </c>
       <c r="E13" t="s">
-        <v>33</v>
+        <v>54</v>
       </c>
       <c r="F13" t="s">
         <v>21</v>
       </c>
       <c r="G13" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="H13"/>
       <c r="I13"/>
       <c r="J13" t="s">
-        <v>86</v>
+        <v>23</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
-      <c r="L13" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L13"/>
       <c r="M13" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="N13" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>96</v>
-[...1 lines deleted...]
-      <c r="P13"/>
+        <v>97</v>
+      </c>
+      <c r="P13" t="s">
+        <v>98</v>
+      </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="B14" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="C14" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="D14" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="E14" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="F14" t="s">
         <v>21</v>
       </c>
       <c r="G14" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="H14"/>
       <c r="I14"/>
       <c r="J14" t="s">
-        <v>101</v>
+        <v>23</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
-      <c r="L14"/>
+      <c r="L14" t="s">
+        <v>103</v>
+      </c>
       <c r="M14" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="N14" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="P14"/>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="B15" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="C15" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="D15" t="s">
-        <v>93</v>
+        <v>109</v>
       </c>
       <c r="E15" t="s">
-        <v>33</v>
+        <v>54</v>
       </c>
       <c r="F15" t="s">
         <v>21</v>
       </c>
       <c r="G15" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="H15"/>
       <c r="I15"/>
       <c r="J15" t="s">
-        <v>101</v>
+        <v>110</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
-      <c r="L15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L15"/>
       <c r="M15" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="N15" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
       <c r="P15"/>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>104</v>
+        <v>113</v>
       </c>
       <c r="B16" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
       <c r="C16" t="s">
-        <v>85</v>
+        <v>115</v>
       </c>
       <c r="D16" t="s">
-        <v>93</v>
+        <v>102</v>
       </c>
       <c r="E16" t="s">
-        <v>33</v>
+        <v>43</v>
       </c>
       <c r="F16" t="s">
         <v>21</v>
       </c>
       <c r="G16" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="H16"/>
       <c r="I16"/>
       <c r="J16" t="s">
-        <v>101</v>
+        <v>110</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16" t="s">
-        <v>107</v>
-[...1 lines deleted...]
-      <c r="M16"/>
+        <v>116</v>
+      </c>
+      <c r="M16" t="s">
+        <v>117</v>
+      </c>
       <c r="N16" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>111</v>
+        <v>118</v>
       </c>
       <c r="P16"/>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="B17" t="s">
-        <v>91</v>
+        <v>119</v>
       </c>
       <c r="C17" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="D17" t="s">
-        <v>93</v>
+        <v>102</v>
       </c>
       <c r="E17" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="F17" t="s">
         <v>21</v>
       </c>
       <c r="G17" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="H17"/>
       <c r="I17"/>
       <c r="J17" t="s">
-        <v>86</v>
+        <v>110</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
       <c r="L17" t="s">
-        <v>94</v>
-[...3 lines deleted...]
-      </c>
+        <v>116</v>
+      </c>
+      <c r="M17"/>
       <c r="N17" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>113</v>
+        <v>120</v>
       </c>
       <c r="P17"/>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>114</v>
+        <v>121</v>
       </c>
       <c r="B18" t="s">
-        <v>115</v>
+        <v>100</v>
       </c>
       <c r="C18" t="s">
-        <v>116</v>
+        <v>108</v>
       </c>
       <c r="D18" t="s">
-        <v>117</v>
+        <v>102</v>
       </c>
       <c r="E18" t="s">
-        <v>33</v>
+        <v>54</v>
       </c>
       <c r="F18" t="s">
-        <v>118</v>
+        <v>21</v>
       </c>
       <c r="G18" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="H18"/>
       <c r="I18"/>
       <c r="J18" t="s">
-        <v>119</v>
+        <v>23</v>
       </c>
       <c r="K18" t="s">
-        <v>120</v>
+        <v>24</v>
       </c>
       <c r="L18" t="s">
-        <v>121</v>
+        <v>103</v>
       </c>
       <c r="M18" t="s">
+        <v>111</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
         <v>122</v>
-      </c>
-[...4 lines deleted...]
-        <v>124</v>
       </c>
       <c r="P18"/>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
+        <v>123</v>
+      </c>
+      <c r="B19" t="s">
+        <v>124</v>
+      </c>
+      <c r="C19" t="s">
         <v>125</v>
       </c>
-      <c r="B19" t="s">
+      <c r="D19" t="s">
         <v>126</v>
       </c>
-      <c r="C19" t="s">
+      <c r="E19" t="s">
+        <v>43</v>
+      </c>
+      <c r="F19" t="s">
         <v>127</v>
       </c>
-      <c r="D19" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G19" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="H19"/>
       <c r="I19"/>
       <c r="J19" t="s">
-        <v>35</v>
+        <v>128</v>
       </c>
       <c r="K19" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="L19"/>
+        <v>129</v>
+      </c>
+      <c r="L19" t="s">
+        <v>130</v>
+      </c>
       <c r="M19" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="N19" t="s">
-        <v>26</v>
+        <v>132</v>
       </c>
       <c r="O19" t="s">
-        <v>129</v>
-[...3 lines deleted...]
-      </c>
+        <v>133</v>
+      </c>
+      <c r="P19"/>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="B20" t="s">
-        <v>126</v>
+        <v>135</v>
       </c>
       <c r="C20" t="s">
-        <v>127</v>
+        <v>136</v>
       </c>
       <c r="D20" t="s">
-        <v>132</v>
+        <v>68</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
         <v>21</v>
       </c>
       <c r="G20" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="H20"/>
       <c r="I20"/>
       <c r="J20" t="s">
-        <v>35</v>
+        <v>45</v>
       </c>
       <c r="K20" t="s">
         <v>24</v>
       </c>
       <c r="L20"/>
       <c r="M20" t="s">
-        <v>128</v>
+        <v>137</v>
       </c>
       <c r="N20" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O20" t="s">
-        <v>133</v>
+        <v>138</v>
       </c>
       <c r="P20" t="s">
-        <v>130</v>
+        <v>139</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>134</v>
+        <v>140</v>
       </c>
       <c r="B21" t="s">
-        <v>51</v>
+        <v>135</v>
       </c>
       <c r="C21" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="D21" t="s">
-        <v>32</v>
+        <v>141</v>
       </c>
       <c r="E21" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="F21" t="s">
-        <v>45</v>
+        <v>21</v>
       </c>
       <c r="G21" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="H21"/>
       <c r="I21"/>
       <c r="J21" t="s">
-        <v>86</v>
+        <v>45</v>
       </c>
       <c r="K21" t="s">
         <v>24</v>
       </c>
       <c r="L21"/>
       <c r="M21" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="N21" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O21" t="s">
-        <v>137</v>
+        <v>142</v>
       </c>
       <c r="P21" t="s">
-        <v>138</v>
+        <v>139</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>143</v>
+      </c>
+      <c r="B22" t="s">
+        <v>61</v>
+      </c>
+      <c r="C22" t="s">
+        <v>144</v>
+      </c>
+      <c r="D22" t="s">
+        <v>42</v>
+      </c>
+      <c r="E22" t="s">
+        <v>43</v>
+      </c>
+      <c r="F22" t="s">
+        <v>55</v>
+      </c>
+      <c r="G22" t="s">
+        <v>44</v>
+      </c>
+      <c r="H22"/>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>23</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>145</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>146</v>
+      </c>
+      <c r="P22" t="s">
+        <v>147</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">