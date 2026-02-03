--- v0 (2025-10-13)
+++ v1 (2026-02-03)
@@ -12,281 +12,327 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="64">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="79">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Directive N° 04/2020/Cm/Uemoa Portant Etiquetage Energetique Des Lampes Electriques Et Des Appareils Electromenagers Neufs Dans Les Etats Membres De L’ UEMOA</t>
   </si>
   <si>
+    <t>This Directive sets out provisions relating to the energy labeling of electric lamps and new household appliances and to additional information relating to these appliances, in the WAEMU member states. It applies to the following new electrical appliances: - domestic refrigeration equipment (refrigerators, freezers and combined appliances).- air conditioners. - electric lamps.</t>
+  </si>
+  <si>
     <t>WAEMU/UEMOA</t>
   </si>
   <si>
     <t>Tubular Lamps, Directional Lamps, Room ACs - Stationary ACs, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>May 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>WAEMU Commission</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/directive-ndeg-042020cmuemoa-portant-etiquetage-energetique-des-lampes-electriques-et-des</t>
   </si>
   <si>
+    <t>http://www.uemoa.int/sites/default/files/bibliotheque/reglement_04_2009_cm_uemoa.pdf</t>
+  </si>
+  <si>
     <t>ECOSTAND 053: 2016</t>
   </si>
   <si>
+    <t>This policy applies to all networked lighting lamps.</t>
+  </si>
+  <si>
     <t>ECOWAS</t>
   </si>
   <si>
     <t>Directional Lamps</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>ECOWAS Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecostand-053-2016</t>
   </si>
   <si>
+    <t>http://www.ecowrex.org/system/files/notif-ecostand-053-2016-fdhs-on-grid-lighting-fr-specifications-techniques-pour-des-lampes-de-service-declairage-en-reseau.pdf</t>
+  </si>
+  <si>
     <t>MEPS and labeling schemes for bulbs</t>
   </si>
   <si>
+    <t>Information not available</t>
+  </si>
+  <si>
     <t>Seychelles</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-bulbs</t>
   </si>
   <si>
+    <t>http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%20, http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+applia----http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%20 ; http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+appli</t>
+  </si>
+  <si>
     <t>MEPS for lighting products</t>
   </si>
   <si>
     <t>The Gambia</t>
   </si>
   <si>
     <t>Lighting, Lamps, Directional Lamps</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>NB 10.07.001, NB 17.02.001</t>
   </si>
   <si>
     <t>Ministry of Petroleum and Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-lighting-products-1</t>
   </si>
   <si>
+    <t>Namibian standards are similar to South African standards.</t>
+  </si>
+  <si>
     <t>Namibia</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Ministry of Mines and Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-lighting-products-0</t>
   </si>
   <si>
-    <t>The Energy (Appliances' Energy Performance and Labelling) Regulations, 2016</t>
+    <t>https://www.ctc-n.org/system/files/dossier/3b/country_profile_-_namibia.pdf</t>
+  </si>
+  <si>
+    <t>The Energy Act Appliances Energy Performance and Labelling Regulations,2016</t>
+  </si>
+  <si>
+    <t>This act specifies the labeling requirements for non-ducted air conditioners, refrigerating appliances, 3 phase caged induction motors, self ballasted lamps, double capped fluorescent lamps, and ballasts for fluorescent lamps.</t>
   </si>
   <si>
     <t>Kenya</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Lighting Controls, 3-Phase Motors, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
-[...2 lines deleted...]
-    <t>Kenya Bureau of Standards (KEBS)</t>
+    <t>October 2025</t>
+  </si>
+  <si>
+    <t>Energy &amp; Petroleum Regulatory Authority (EPRA)</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/energy-appliances-energy-performance-and-labelling-regulations-2016</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-act-appliances-energy-performance-and-labelling-regulations2016</t>
+  </si>
+  <si>
+    <t>https://www.epra.go.ke/sites/default/files/Documents/The-Energy-Appliances-Energy-Performance-and-Labelling-Regulations-2016.pdf</t>
   </si>
   <si>
     <t>Voluntary Labelling of Electrical Appliances</t>
   </si>
   <si>
+    <t>The voluntary scheme covers the following electrical appliances: room air conditioners, washing machines, electric lamps, and tumble dryers.</t>
+  </si>
+  <si>
     <t>Mauritius</t>
   </si>
   <si>
     <t>Clothes Dryers, Washing Machines, Directional Lamps, Room ACs - Stationary ACs</t>
   </si>
   <si>
+    <t>Entered into force, Revised</t>
+  </si>
+  <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Energy Efficiency Management Office</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/voluntary-labelling-electrical-appliances</t>
+  </si>
+  <si>
+    <t>https://eemo.govmu.org/Pages/Labelling%20of%20appliances/Voluntary_labelling.pdf#search=Voluntary%20labelling%20of%20Electrical%20Appliance</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -550,431 +596,478 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N8"/>
+  <dimension ref="A1:P8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="186" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="155" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="186.24" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="448.176" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="149.678" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="55.272" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="609.851" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>2020</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2016</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>35</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>36</v>
+      </c>
+      <c r="P3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>38</v>
+      </c>
+      <c r="B4" t="s">
+        <v>39</v>
+      </c>
+      <c r="C4" t="s">
+        <v>40</v>
+      </c>
+      <c r="D4" t="s">
+        <v>32</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>41</v>
+      </c>
+      <c r="G4" t="s">
+        <v>42</v>
+      </c>
+      <c r="H4"/>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>43</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>44</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>45</v>
+      </c>
+      <c r="P4" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>47</v>
+      </c>
+      <c r="B5" t="s">
+        <v>39</v>
+      </c>
+      <c r="C5" t="s">
+        <v>48</v>
+      </c>
+      <c r="D5" t="s">
+        <v>49</v>
+      </c>
+      <c r="E5" t="s">
+        <v>50</v>
+      </c>
+      <c r="F5" t="s">
+        <v>33</v>
+      </c>
+      <c r="G5" t="s">
+        <v>42</v>
+      </c>
+      <c r="H5"/>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>43</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>51</v>
+      </c>
+      <c r="M5" t="s">
+        <v>52</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>53</v>
+      </c>
+      <c r="P5"/>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>47</v>
+      </c>
+      <c r="B6" t="s">
+        <v>54</v>
+      </c>
+      <c r="C6" t="s">
+        <v>55</v>
+      </c>
+      <c r="D6" t="s">
+        <v>32</v>
+      </c>
+      <c r="E6" t="s">
+        <v>56</v>
+      </c>
+      <c r="F6" t="s">
+        <v>33</v>
+      </c>
+      <c r="G6" t="s">
+        <v>42</v>
+      </c>
+      <c r="H6"/>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>57</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>58</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>59</v>
+      </c>
+      <c r="P6" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>61</v>
+      </c>
+      <c r="B7" t="s">
+        <v>62</v>
+      </c>
+      <c r="C7" t="s">
+        <v>63</v>
+      </c>
+      <c r="D7" t="s">
+        <v>64</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>41</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2016</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>65</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>66</v>
+      </c>
+      <c r="N7" t="s">
+        <v>67</v>
+      </c>
+      <c r="O7" t="s">
+        <v>68</v>
+      </c>
+      <c r="P7" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>70</v>
+      </c>
+      <c r="B8" t="s">
+        <v>71</v>
+      </c>
+      <c r="C8" t="s">
+        <v>72</v>
+      </c>
+      <c r="D8" t="s">
+        <v>73</v>
+      </c>
+      <c r="E8" t="s">
+        <v>56</v>
+      </c>
+      <c r="F8" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-[...6 lines deleted...]
-      <c r="N2" t="s">
+      <c r="G8" t="s">
+        <v>74</v>
+      </c>
+      <c r="H8">
+        <v>2014</v>
+      </c>
+      <c r="I8">
+        <v>2017</v>
+      </c>
+      <c r="J8" t="s">
+        <v>75</v>
+      </c>
+      <c r="K8" t="s">
         <v>24</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B3" t="s">
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>76</v>
+      </c>
+      <c r="N8" t="s">
         <v>26</v>
       </c>
-      <c r="C3" t="s">
-[...229 lines deleted...]
-        <v>63</v>
+      <c r="O8" t="s">
+        <v>77</v>
+      </c>
+      <c r="P8" t="s">
+        <v>78</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>