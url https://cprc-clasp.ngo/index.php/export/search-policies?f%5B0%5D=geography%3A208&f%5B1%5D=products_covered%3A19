--- v0 (2025-10-12)
+++ v1 (2025-12-04)
@@ -12,313 +12,371 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="74">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="93">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>4100/2006 Energy Efficiency of Households and similar Electrical appliances methods for measuring and calculation energy consumption of washing machine</t>
   </si>
   <si>
+    <t>This standard specifies the energy efficiency specifications for washing machines.</t>
+  </si>
+  <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Laundry, Washing Machines</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>IEC 60465/2003+cor1/2005
 ,   
                       IEC-60335-1/2001-Amd 1</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/41002006-energy-efficiency-households-and-similar-electrical-appliances-methods-measuring</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/4472</t>
+  </si>
+  <si>
     <t>DMS: 202:2020 Energy efficiency and labelling requirement-Household washing machine</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for household washing machine</t>
+  </si>
+  <si>
     <t>Mauritius</t>
   </si>
   <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>MS 202</t>
   </si>
   <si>
     <t>Energy Efficiency Management Office</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/dms-2022020-energy-efficiency-and-labelling-requirement-household-washing-machine</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-677/</t>
+  </si>
+  <si>
     <t>Energy Labeling of Electrical Products and Household Appliances (NM 14.2.300)</t>
   </si>
   <si>
+    <t>This standard specifies mandatory labeling requirements for cooling appliances (refrigerators, freezers, and air conditioners), cooking appliances (electric ovens), cleaning appliances (dishwashers, washing machines, and clothes dryers), and household electric lamps (incandescent and fluorescent lamps with/without integrated ballast).</t>
+  </si>
+  <si>
     <t>Morocco</t>
   </si>
   <si>
     <t>Kitchen, Dishwashers, Laundry, Washing Machines, Lighting, Lamps, Space Heating and Space Cooling, Air Conditioning</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>Entered into force</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>Institut Marocain de Normalisation (IMANOR)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-labeling-electrical-products-and-household-appliances-nm-142300</t>
   </si>
   <si>
+    <t>https://www.imanor.gov.ma/Norme/nm-14-2-300/#</t>
+  </si>
+  <si>
     <t>LI 2443 Energy Commission Clothes Washing Machines Regulations</t>
   </si>
   <si>
+    <t>This policy includes energy efficiency standards and labeling guidelines for clothes washing machines in Ghana.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2443-energy-commission-clothes-washing-machines-regulations</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>MEPS and labeling schemes for washing machines</t>
   </si>
   <si>
+    <t>Information not available</t>
+  </si>
+  <si>
     <t>Seychelles</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-washing-machines</t>
   </si>
   <si>
+    <t>http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%27 , http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+appli----http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%26,</t>
+  </si>
+  <si>
     <t>MS: 207: 2013 Energy efficiency and labelling requirements-Household Tumble driers</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for household tumble driers</t>
+  </si>
+  <si>
     <t>Clothes Dryers</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>MS 207</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-207-2013-energy-efficiency-and-labelling-requirements-household-tumble-driers</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-681/</t>
+  </si>
+  <si>
     <t>Tunisia Clothes Washer MEPS &amp; label</t>
   </si>
   <si>
     <t>Tunisia</t>
   </si>
   <si>
     <t>National Agency for Energy Conservation (ANME)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tunisia-clothes-washer-meps-label</t>
   </si>
   <si>
+    <t>http://130.226.56.176/sites/default/files/EE%20Labelling%20and%20MEPS%20Programmes%20for%20Household%20Appliances-Tunisia%20Case%20Study.pdf</t>
+  </si>
+  <si>
     <t>VC 9008</t>
   </si>
   <si>
+    <t>This compulsory specification covers energy efficiency requirements and energy efficiency labeling of the following electrical and electronic appliances: air conditioners not exceeding 7.1KW cooling capacity, audio and video equipment including television sets (not covered by labeling), dishwashers, electric ovens, refrigerators, freezers, tumble dryers, washer dryers, and washing machines.</t>
+  </si>
+  <si>
     <t>South Africa</t>
   </si>
   <si>
     <t>Televisions, Set Top Boxes (STB), Ovens, Dishwashers, Clothes Dryers, Washer and Dryers, Washing Machines, Room ACs - Stationary ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>SANS 941:2014</t>
   </si>
   <si>
     <t>National Regulator for Compulsory Specification (NRCS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/vc-9008</t>
   </si>
   <si>
+    <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%209008%20Supplement.pdf</t>
+  </si>
+  <si>
     <t>Voluntary Labelling of Electrical Appliances</t>
   </si>
   <si>
+    <t>The voluntary scheme covers the following electrical appliances: room air conditioners, washing machines, electric lamps, and tumble dryers.</t>
+  </si>
+  <si>
     <t>Clothes Dryers, Washing Machines, Directional Lamps, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/voluntary-labelling-electrical-appliances</t>
+  </si>
+  <si>
+    <t>https://eemo.govmu.org/Pages/Labelling%20of%20appliances/Voluntary_labelling.pdf#search=Voluntary%20labelling%20of%20Electrical%20Appliance</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -582,521 +640,584 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N10"/>
+  <dimension ref="A1:P10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="179" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="155" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="179.242" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="464.744" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="202.808" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="52.987" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="80.123" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="457.603" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>2003</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2006</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>34</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>35</v>
+      </c>
+      <c r="H3"/>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>36</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>37</v>
+      </c>
+      <c r="M3" t="s">
+        <v>38</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
+        <v>43</v>
+      </c>
+      <c r="D4" t="s">
+        <v>44</v>
+      </c>
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F4" t="s">
+        <v>45</v>
+      </c>
+      <c r="G4" t="s">
+        <v>46</v>
+      </c>
+      <c r="H4">
+        <v>2010</v>
+      </c>
+      <c r="I4">
+        <v>2011</v>
+      </c>
+      <c r="J4" t="s">
+        <v>47</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>48</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>49</v>
+      </c>
+      <c r="P4" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>51</v>
+      </c>
+      <c r="B5" t="s">
+        <v>52</v>
+      </c>
+      <c r="C5" t="s">
+        <v>53</v>
+      </c>
+      <c r="D5" t="s">
+        <v>33</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G5" t="s">
+        <v>54</v>
+      </c>
+      <c r="H5">
+        <v>2022</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>55</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>56</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>57</v>
+      </c>
+      <c r="P5" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>59</v>
+      </c>
+      <c r="B6" t="s">
+        <v>60</v>
+      </c>
+      <c r="C6" t="s">
+        <v>61</v>
+      </c>
+      <c r="D6" t="s">
+        <v>33</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>62</v>
+      </c>
+      <c r="G6" t="s">
+        <v>35</v>
+      </c>
+      <c r="H6"/>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>63</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>64</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>65</v>
+      </c>
+      <c r="P6" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>67</v>
+      </c>
+      <c r="B7" t="s">
+        <v>68</v>
+      </c>
+      <c r="C7" t="s">
+        <v>32</v>
+      </c>
+      <c r="D7" t="s">
+        <v>69</v>
+      </c>
+      <c r="E7" t="s">
+        <v>70</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>54</v>
+      </c>
+      <c r="H7">
+        <v>2013</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>36</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>71</v>
+      </c>
+      <c r="M7" t="s">
+        <v>38</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>72</v>
+      </c>
+      <c r="P7" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>74</v>
+      </c>
+      <c r="B8" t="s">
+        <v>60</v>
+      </c>
+      <c r="C8" t="s">
+        <v>75</v>
+      </c>
+      <c r="D8" t="s">
+        <v>33</v>
+      </c>
+      <c r="E8" t="s">
+        <v>34</v>
+      </c>
+      <c r="F8" t="s">
+        <v>62</v>
+      </c>
+      <c r="G8" t="s">
+        <v>35</v>
+      </c>
+      <c r="H8"/>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>23</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>76</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>77</v>
+      </c>
+      <c r="P8" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>79</v>
+      </c>
+      <c r="B9" t="s">
+        <v>80</v>
+      </c>
+      <c r="C9" t="s">
+        <v>81</v>
+      </c>
+      <c r="D9" t="s">
+        <v>82</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>62</v>
+      </c>
+      <c r="G9" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H9">
+        <v>2012</v>
+      </c>
+      <c r="I9">
+        <v>2014</v>
+      </c>
+      <c r="J9" t="s">
+        <v>47</v>
+      </c>
+      <c r="K9" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L9" t="s">
+        <v>83</v>
+      </c>
+      <c r="M9" t="s">
+        <v>84</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>85</v>
+      </c>
+      <c r="P9" t="s">
+        <v>86</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...3 lines deleted...]
-      <c r="B3" t="s">
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>87</v>
+      </c>
+      <c r="B10" t="s">
+        <v>88</v>
+      </c>
+      <c r="C10" t="s">
+        <v>32</v>
+      </c>
+      <c r="D10" t="s">
+        <v>89</v>
+      </c>
+      <c r="E10" t="s">
+        <v>70</v>
+      </c>
+      <c r="F10" t="s">
+        <v>45</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2014</v>
+      </c>
+      <c r="I10">
+        <v>2017</v>
+      </c>
+      <c r="J10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>38</v>
+      </c>
+      <c r="N10" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...315 lines deleted...]
-        <v>73</v>
+      <c r="O10" t="s">
+        <v>91</v>
+      </c>
+      <c r="P10" t="s">
+        <v>92</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>