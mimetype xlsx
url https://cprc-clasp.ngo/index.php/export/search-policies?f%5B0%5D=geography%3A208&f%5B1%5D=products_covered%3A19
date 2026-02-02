--- v1 (2025-12-04)
+++ v2 (2026-02-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="93">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="94">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -80,51 +80,51 @@
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>4100/2006 Energy Efficiency of Households and similar Electrical appliances methods for measuring and calculation energy consumption of washing machine</t>
   </si>
   <si>
     <t>This standard specifies the energy efficiency specifications for washing machines.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Laundry, Washing Machines</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Revised</t>
+    <t>Entered into force, Revised, Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>IEC 60465/2003+cor1/2005
 ,   
                       IEC-60335-1/2001-Amd 1</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/41002006-energy-efficiency-households-and-similar-electrical-appliances-methods-measuring</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/4472</t>
   </si>
   <si>
@@ -263,50 +263,53 @@
     <t>Tunisia Clothes Washer MEPS &amp; label</t>
   </si>
   <si>
     <t>Tunisia</t>
   </si>
   <si>
     <t>National Agency for Energy Conservation (ANME)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tunisia-clothes-washer-meps-label</t>
   </si>
   <si>
     <t>http://130.226.56.176/sites/default/files/EE%20Labelling%20and%20MEPS%20Programmes%20for%20Household%20Appliances-Tunisia%20Case%20Study.pdf</t>
   </si>
   <si>
     <t>VC 9008</t>
   </si>
   <si>
     <t>This compulsory specification covers energy efficiency requirements and energy efficiency labeling of the following electrical and electronic appliances: air conditioners not exceeding 7.1KW cooling capacity, audio and video equipment including television sets (not covered by labeling), dishwashers, electric ovens, refrigerators, freezers, tumble dryers, washer dryers, and washing machines.</t>
   </si>
   <si>
     <t>South Africa</t>
   </si>
   <si>
     <t>Televisions, Set Top Boxes (STB), Ovens, Dishwashers, Clothes Dryers, Washer and Dryers, Washing Machines, Room ACs - Stationary ACs, Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>SANS 941:2014</t>
   </si>
   <si>
     <t>National Regulator for Compulsory Specification (NRCS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/vc-9008</t>
   </si>
   <si>
     <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%209008%20Supplement.pdf</t>
   </si>
   <si>
     <t>Voluntary Labelling of Electrical Appliances</t>
   </si>
   <si>
     <t>The voluntary scheme covers the following electrical appliances: room air conditioners, washing machines, electric lamps, and tumble dryers.</t>
   </si>
   <si>
     <t>Clothes Dryers, Washing Machines, Directional Lamps, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
@@ -654,51 +657,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="179.242" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="464.744" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="202.808" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="52.987" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="80.123" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="457.603" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -1062,126 +1065,126 @@
       </c>
       <c r="P8" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
         <v>79</v>
       </c>
       <c r="B9" t="s">
         <v>80</v>
       </c>
       <c r="C9" t="s">
         <v>81</v>
       </c>
       <c r="D9" t="s">
         <v>82</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
         <v>62</v>
       </c>
       <c r="G9" t="s">
-        <v>22</v>
+        <v>83</v>
       </c>
       <c r="H9">
         <v>2012</v>
       </c>
       <c r="I9">
         <v>2014</v>
       </c>
       <c r="J9" t="s">
         <v>47</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="M9" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="P9" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B10" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="C10" t="s">
         <v>32</v>
       </c>
       <c r="D10" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="E10" t="s">
         <v>70</v>
       </c>
       <c r="F10" t="s">
         <v>45</v>
       </c>
       <c r="G10" t="s">
-        <v>22</v>
+        <v>83</v>
       </c>
       <c r="H10">
         <v>2014</v>
       </c>
       <c r="I10">
         <v>2017</v>
       </c>
       <c r="J10" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10"/>
       <c r="M10" t="s">
         <v>38</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="P10" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">