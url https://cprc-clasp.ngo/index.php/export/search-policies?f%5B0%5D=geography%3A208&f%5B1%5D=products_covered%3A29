--- v0 (2025-10-13)
+++ v1 (2026-02-02)
@@ -12,650 +12,833 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="158">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="218">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>7823/2020 Energy efficiency requirements for electrical lamps and luminaires</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and labeling requirements for filament lamps; fluorescent lamps; compact fluorescent lamps; high-intensity discharge lamps; LED lamps.</t>
+  </si>
+  <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/78232020-energy-efficiency-requirements-electrical-lamps-and-luminaires</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/14011</t>
+  </si>
+  <si>
     <t>Algeria Order of 25 Safar 1430 corresponding to 21 February 2009 on the energy labeling of residential lamps</t>
   </si>
   <si>
+    <t>Incandescent lamps and integrated ballast fluorescent lamps intended to be directly powered by the mains electrical grid.</t>
+  </si>
+  <si>
     <t>Algeria</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>Agence Nationale pour la Promotion et la Rationalisation de l'Utilisation de l'…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/algeria-order-25-safar-1430-corresponding-21-february-2009-energy-labeling-residential</t>
   </si>
   <si>
+    <t>https://www.energy.gov.dz/Media/galerie/arrete_du_21_fevrier_2009_relatif_a_l'etiquetage_energetique_des_lampes_domestiques_5b695196e4dec.pdf</t>
+  </si>
+  <si>
     <t>COMPULSORY SPECIFICATION FOR ENERGY EFFICIENCY AND FUNCTIONAL PERFORMANCE REQUIREMENTS OF GENERAL SERVICE LAMPS (GSLs) - VC 9109</t>
   </si>
   <si>
+    <t>This compulsory specification on general service lamps will cover the energy efficiency and functional performance for general lighting directional and non -directional lamps of all shapes and finishes; using incandescent, halogen, fluorescent, light emitting diode (LED), and other light source technologies (not including high- intensity discharge lamps).
+Under this policy general service lamps must meet a standard of 90 lumens per Watt (lm/W). By May of 2026, the efficiency standard will be raised further to 105 Lm/W.</t>
+  </si>
+  <si>
     <t>South Africa</t>
   </si>
   <si>
     <t>Lamps</t>
   </si>
   <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>June 2024</t>
   </si>
   <si>
     <t>National Regulator for Compulsory Specification (NRCS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/compulsory-specification-energy-efficiency-and-functional-performance-requirements-general</t>
   </si>
   <si>
+    <t>https://www.greenbuildingafrica.co.za/wp-content/uploads/2024/05/Dept-trade-and-industry-LIGHT-BULB-LEGISLATION.pdf</t>
+  </si>
+  <si>
     <t>Directive 2010-30-EU</t>
   </si>
   <si>
+    <t>The strategy includes the mandatory phase-out of incandescent and halogen lamps by 2016, MEPS and labeling for all lighting technologies following the EU directives, large scale CFL and LED lamp distribution programmes, six million lamps in total; along with an extensive communications campaign; and the design of a lamp collection and recycling legislation and infrastructure in Tunisia. The elimination of lamps in power is less than 100,The taxation of lamps by 50 percent to make economic lamps  more competitive, The follow-up of this program for the elimination of other power. Launched program of 600 million incandescent lamps by LED lamps from 2017, as soon as the appearance of the decree ETF -Energy Transition Fund; which will subsidize this program.</t>
+  </si>
+  <si>
     <t>Tunisia</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>National Agency for Energy Conservation (ANME)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/directive-2010-30-eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32012R0874</t>
+  </si>
+  <si>
     <t>Directive N° 04/2020/Cm/Uemoa Portant Etiquetage Energetique Des Lampes Electriques Et Des Appareils Electromenagers Neufs Dans Les Etats Membres De L’ UEMOA</t>
   </si>
   <si>
+    <t>This Directive sets out provisions relating to the energy labeling of electric lamps and new household appliances and to additional information relating to these appliances, in the WAEMU member states. It applies to the following new electrical appliances: - domestic refrigeration equipment (refrigerators, freezers and combined appliances).- air conditioners. - electric lamps.</t>
+  </si>
+  <si>
     <t>WAEMU/UEMOA</t>
   </si>
   <si>
     <t>Tubular Lamps, Directional Lamps, Room ACs - Stationary ACs, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>May 2020</t>
   </si>
   <si>
     <t>WAEMU Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/directive-ndeg-042020cmuemoa-portant-etiquetage-energetique-des-lampes-electriques-et-des</t>
   </si>
   <si>
+    <t>http://www.uemoa.int/sites/default/files/bibliotheque/reglement_04_2009_cm_uemoa.pdf</t>
+  </si>
+  <si>
     <t>Draft Lighting Standards</t>
   </si>
   <si>
+    <t>Please note this is an unofficial policy title. Please see the presentation linked.
+Proposed MEPS for self-ballasted lamps is rated wattage of 60w (at 8 hr usage = 172.8 Kwh/year). The standard proposed an approved Nigerian label inscribed on each package.</t>
+  </si>
+  <si>
     <t>Nigeria</t>
   </si>
   <si>
     <t>Lighting, Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>Standards Organisation of Nigeria (SON)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-lighting-standards</t>
   </si>
   <si>
+    <t>http://www.ecreee.org/sites/default/files/event-att/e.uyigue-nigerian_standards.pdf</t>
+  </si>
+  <si>
     <t>ECOSTAND 053: 2016</t>
   </si>
   <si>
+    <t>This policy applies to all networked lighting lamps.</t>
+  </si>
+  <si>
     <t>ECOWAS</t>
   </si>
   <si>
     <t>Directional Lamps</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>ECOWAS Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecostand-053-2016</t>
   </si>
   <si>
+    <t>http://www.ecowrex.org/system/files/notif-ecostand-053-2016-fdhs-on-grid-lighting-fr-specifications-techniques-pour-des-lampes-de-service-declairage-en-reseau.pdf</t>
+  </si>
+  <si>
     <t>Energy Labeling of Electrical Products and Household Appliances (NM 14.2.300)</t>
   </si>
   <si>
+    <t>This standard specifies mandatory labeling requirements for cooling appliances (refrigerators, freezers, and air conditioners), cooking appliances (electric ovens), cleaning appliances (dishwashers, washing machines, and clothes dryers), and household electric lamps (incandescent and fluorescent lamps with/without integrated ballast).</t>
+  </si>
+  <si>
     <t>Morocco</t>
   </si>
   <si>
     <t>Kitchen, Dishwashers, Laundry, Washing Machines, Lighting, Lamps, Space Heating and Space Cooling, Air Conditioning</t>
   </si>
   <si>
     <t>Entered into force</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>Institut Marocain de Normalisation (IMANOR)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-labeling-electrical-products-and-household-appliances-nm-142300</t>
   </si>
   <si>
+    <t>https://www.imanor.gov.ma/Norme/nm-14-2-300/#</t>
+  </si>
+  <si>
     <t>KS 2446-1:2013 Self ballasted lamps for general lighting services Part 1: Minimum energy performance standards requirements</t>
   </si>
   <si>
+    <t>This standard specifies minimum energy performance standards requirements and related attributes for self ballasted compact fluorescent lamps -CFLs.</t>
+  </si>
+  <si>
     <t>Kenya</t>
   </si>
   <si>
+    <t>Entered into force, Revised</t>
+  </si>
+  <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>KS 2446-2:2013</t>
   </si>
   <si>
     <t>Kenya Bureau of Standards (KEBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ks-2446-12013-self-ballasted-lamps-general-lighting-services-part-1-minimum-energy</t>
   </si>
   <si>
+    <t>http://www.puntofocal.gov.ar/notific_otros_miembros/ken358_t.pdf</t>
+  </si>
+  <si>
     <t>KS 2447-1:2013 Performance of electrical lighting equipment- Ballasts for fluorescent lamps Part 1: Energy labeling and minimum energy performance standards requirements</t>
   </si>
   <si>
+    <t>Specifies requirements for the classsification of ballasts for a range of fluorescent lamp types according to their energy efficiency index</t>
+  </si>
+  <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>KS 2447-2:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ks-2447-12013-performance-electrical-lighting-equipment-ballasts-fluorescent-lamps-part-1</t>
   </si>
   <si>
+    <t>https://webstore.kebs.org/index.php?route=product/product&amp;product_id=10054&amp;search=ballast</t>
+  </si>
+  <si>
     <t>KS 2448-1:2013 Double-capped flourescent lamps-performance specification-minimum energy performance standards</t>
   </si>
   <si>
+    <t>This standard specifies MEPS requirements for double-capped; FD1 and FDH2; tubular lamps with a nominal length of 550 mm to 1500 mm and having nominal wattage of 16 watts or more that are within the scope of IEC 60081.</t>
+  </si>
+  <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ks-2448-12013-double-capped-flourescent-lamps-performance-specification-minimum-energy</t>
   </si>
   <si>
+    <t>https://webstore.kebs.org/index.php?route=product/product&amp;product_id=10039</t>
+  </si>
+  <si>
     <t>L.I 2353 Efficiency standards and labelling-Light emitting diode and self ballasted fluorescent lamps</t>
   </si>
   <si>
+    <t>These regulations apply to enforcement of standards for minimum energy efficiency of self ballasted fluorescent lamps and LED. The regulations also include the labelling of these two products</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2353-efficiency-standards-and-labelling-light-emitting-diode-and-self-ballasted</t>
   </si>
   <si>
+    <t>http://www.energycom.gov.gh/files/Efficiency%20Standards%20LI%202353.pdf</t>
+  </si>
+  <si>
     <t>L.I 2442 Energy Commission (Energy Efficiency Standards and Labeling) (Prohibition of manufacture, importation and sale of Incandescent filament lamp) Regulations,2022</t>
   </si>
   <si>
+    <t>These regulations apply to a manufacturer or importer of an incandescent filament lamp.</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard, Quality Standard</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2442-energy-commission-energy-efficiency-standards-and-labeling-prohibition-manufacture</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>L.I. 1815 Energy Efficiency Standards and Labelling Regulations - Non-ducted Air Conditioners and Self-ballasted Fluorescent Lamps</t>
   </si>
   <si>
+    <t>These Regulations apply to non-ducted air conditioners or self-ballasted fluorescent lamps manufactured in Ghana or imported for use in Ghana.</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>GS 324:2003</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-1815-energy-efficiency-standards-and-labelling-regulations-non-ducted-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.energycom.gov.gh/files/LI_1815.pdf</t>
+  </si>
+  <si>
     <t>LI 2453 Energy Commission (Energy Efficiency Standards and Labelling) (Public Lighting) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to a lamp or luminaire manufactured in the country or imported into the country for the purpose of public lighting services, for display, sale or use in the country. These regulations do not apply to a lamp or luminaire other than an electric mains-operated lamp or luminaire.</t>
+  </si>
+  <si>
     <t>Streetlighting</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2453-energy-commission-energy-efficiency-standards-and-labelling-public-lighting</t>
   </si>
   <si>
     <t>MEPS and labeling schemes for bulbs</t>
   </si>
   <si>
+    <t>Information not available</t>
+  </si>
+  <si>
     <t>Seychelles</t>
   </si>
   <si>
     <t>Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-bulbs</t>
   </si>
   <si>
+    <t>http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%20, http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+applia----http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%20 ; http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+appli</t>
+  </si>
+  <si>
     <t>MEPS for lighting products</t>
   </si>
   <si>
+    <t>The Gambia</t>
+  </si>
+  <si>
+    <t>Lighting, Lamps, Directional Lamps</t>
+  </si>
+  <si>
+    <t>Not applicable</t>
+  </si>
+  <si>
+    <t>NB 10.07.001, NB 17.02.001</t>
+  </si>
+  <si>
+    <t>Ministry of Petroleum and Energy</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-lighting-products-1</t>
+  </si>
+  <si>
+    <t>Namibian standards are similar to South African standards.</t>
+  </si>
+  <si>
+    <t>Namibia</t>
+  </si>
+  <si>
+    <t>Ministry of Mines and Energy</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-lighting-products-0</t>
+  </si>
+  <si>
+    <t>https://www.ctc-n.org/system/files/dossier/3b/country_profile_-_namibia.pdf</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-lighting-products</t>
   </si>
   <si>
-    <t>The Gambia</t>
-[...23 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/meps-lighting-products-0</t>
+    <t>http://www.rcreee.org/sites/default/files/algeria_ee_fact_sheet_print.pdf</t>
   </si>
   <si>
     <t>MS :203:2014 Energy efficiency and labelling requirements -Electric lamps and luminaires</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for electric lamps and luminaires</t>
+  </si>
+  <si>
     <t>Mauritius</t>
   </si>
   <si>
     <t>Non-Directional lamps, Indoor Luminaires</t>
   </si>
   <si>
     <t>MS 203</t>
   </si>
   <si>
     <t>Energy Efficiency Management Office</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-2032014-energy-efficiency-and-labelling-requirements-electric-lamps-and-luminaires</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-678/</t>
+  </si>
+  <si>
     <t>NIS 1209-1:2024 Minimum Energy Performance Standard - Lighting - Part 1: Lamps</t>
   </si>
   <si>
-    <t>Africa, Nigeria</t>
+    <t>This standard specifies the energy labelling requirements and the minimum energy performance standard (MEPS) requirements for lamps used in general lighting services and tubular lamps. Lamps covered in this standard include those used in general lighting services (GLS), which refers to Tungsten Filament Lamps, Compact Florescent Lamps (CFL), and Light Emitting Diode (LED) Lamps, as well as LED and fluorescent tubes of rated voltage not exceeding 300V.</t>
   </si>
   <si>
     <t>May 2025</t>
   </si>
   <si>
     <t>NIS IEC 60064
 ,   
                     NIS IEC 60357
 ,   
                     NIS IEC 60969
 ,   
                     NIS IEC 60081
 ,   
                     NIS IEC 62612
 ,   
                     NIS IEC 62717
 ,   
                     NIS IEC 63103
 ,   
                     NIS IEC 61000-4-11
 ,   
                     NIS IEC 61000-4-5
 ,   
                     NIS IEC 60901
 ,   
                     NIS IEC TR 61547-1
 ,   
                     NIS IEC TR 63158
 ,   
                     NIS CISPR 15
 ,   
                     NIS IEC 61547
 ,   
                     NIS IEC 61000-4-7; NIS IEC 61000-3-2</t>
   </si>
   <si>
     <t>Standards Council of Nigeria</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nis-1209-12024-minimum-energy-performance-standard-lighting-part-1-lamps</t>
   </si>
   <si>
+    <t>https://library.son.gov.ng/?g=elect&amp;s=5&amp;t=groups-opac</t>
+  </si>
+  <si>
     <t>NIS 1209-1:2024 Minimum Energy Performance Standard - Lighting - Part 2: Luminaires</t>
   </si>
   <si>
+    <t>This standard specifies the minimum energy performance standard (MEPS), functional performance and energy labelling requirements for luminaires, including both indoor and outdoor / streetlight luminaires, such as indoor ambient luminaires, linear batten luminaires, linear troffer luminaire, downlight luminaires, high-bay luminaires, low-bay luminaires and planer (or plane) luminaires.</t>
+  </si>
+  <si>
     <t>Luminaires</t>
   </si>
   <si>
     <t>NIS IEC 62722-2-1
 ,   
                     NIS IEC 62722-2 series
 ,   
                     NIS IEC 61000-4-11; NIS IEC 61000-4-5
 ,   
                     NIS IEC 61000-4-7; NIS IEC 61000-3-2
 ,   
                     NIS IEC 61643-11
 ,   
                     IES LM-79 CIE S 025
 ,   
                     NIS IEC TR 61547-1
 ,   
                     NIS IEC TR 63158
 ,   
                     NIS CISPR 15
 ,   
                     NIS IEC 61547</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nis-1209-12024-minimum-energy-performance-standard-lighting-part-2-luminaires</t>
   </si>
   <si>
     <t>NIS IEC 62717:2015, LED modules for general lighting – Performance requirements</t>
+  </si>
+  <si>
+    <t>Specifies the performance requirements for LED modules, together with the test methods and conditions, required to show compliance with this standard.</t>
   </si>
   <si>
     <t>Lighting</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>IEC 60050-845:1987, International Electrotechnical Vocabulary – Chapter 845: Lighting
 ,   
                     IEC 60068-2-14, Environmental testing – Part 2-14: Tests – Test N: Change of temperature
 ,   
                     IEC 60068-3-5:2001, Environmental testing – Part 3-5: Supporting documentation and
 guidance – Confirmation of the performance of temperature chambers
 ,   
                     IEC 60081, Double-capped fluorescent lamps – Performance specifications
 ,   
                     IEC 61000-3-2:2005, Electromagnetic compatibility (EMC) – Part 3-2: Limits – Limits for
 harmonic current emissions (equipment input current ≤ 16 A per phase)
 IEC 61000-3-2:2005/AMD 1:2008
 IEC 61000-3-2:2005/AMD 2:2009
 ,   
                     IEC 61000-4-7, Electromagnetic compatibility (EMC) – Part 4-7: Testing and measurement techniques – General guide on harmonics and interharmonics measurements and instrumentation, for power supply systems and equipment connected thereto
 ,   
                     IEC TR 61341, Method of measurement of centre beam intensity and beam angle(s) of
 reflector lamps
 ,   
                     IEC 61347-2-13, Lamp controlgear – Part 2-13: Particular requirements for d.c. or a.c.
 supplied electronic controlgear for LED modules
 ,   
                     IEC 62031:2008, LED modules for general lighting – Safety specifications
 ,   
                     IEC 62504, General lighting – Light emitting diode (LED) products and related equipment –Terms and definitions
 ,   
                     CIE 13.3:1995, Method of measuring and specifying colour rendering properties of light
 sources
 ,   
                     CIE 177:2007, Colour rendering of white LED light sources
 ,   
                     CIE S 025/E:2015, Test Method for LED Lamps, LED Luminaires and LED Modules
 ,   
                     ANSI/IES LM-80-15, Approved Method: Measuring Luminous Flux and Color Maintenance of LED Packages, Arrays and Modules</t>
   </si>
   <si>
     <t>Standards Organization of Nigeria (SON)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nis-iec-627172015-led-modules-general-lighting-performance-requirements</t>
   </si>
   <si>
-    <t>The Energy (Appliances' Energy Performance and Labelling) Regulations, 2016</t>
+    <t>https://standards.lawnigeria.com/2018/08/31/standards-of-nigeria/</t>
+  </si>
+  <si>
+    <t>The Energy Act Appliances Energy Performance and Labelling Regulations,2016</t>
+  </si>
+  <si>
+    <t>This act specifies the labeling requirements for non-ducted air conditioners, refrigerating appliances, 3 phase caged induction motors, self ballasted lamps, double capped fluorescent lamps, and ballasts for fluorescent lamps.</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Lighting Controls, 3-Phase Motors, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
+    <t>October 2025</t>
+  </si>
+  <si>
+    <t>Energy &amp; Petroleum Regulatory Authority (EPRA)</t>
+  </si>
+  <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/energy-appliances-energy-performance-and-labelling-regulations-2016</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-act-appliances-energy-performance-and-labelling-regulations2016</t>
+  </si>
+  <si>
+    <t>https://www.epra.go.ke/sites/default/files/Documents/The-Energy-Appliances-Energy-Performance-and-Labelling-Regulations-2016.pdf</t>
   </si>
   <si>
     <t>US 902:2011 Self-ballasted lamps for General Lighting Services - Performance requirements</t>
   </si>
   <si>
+    <t>This Uganda Standard specifies the performance requirements; together with the test methods and conditions required to show compliance of tubular fluorescent and other gas-discharge lamps with integrated means for controlling starting and stable operation -self-ballasted lamps; intended for domestic and similar general lighting purposes.</t>
+  </si>
+  <si>
     <t>Uganda</t>
   </si>
   <si>
     <t>Uganda National Bureau of Standards (UNBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us-9022011-self-ballasted-lamps-general-lighting-services-performance-requirements</t>
   </si>
   <si>
+    <t>https://webstore.unbs.go.ug/store.php?src=540&amp;preview</t>
+  </si>
+  <si>
     <t>US 903-1:2011 Double-capped fluorescent lamps-performance specifications</t>
   </si>
   <si>
+    <t>This Uganda Standard specifies Minimum Energy Performance Standard (MEPS) requirements for double-capped tubular fluorescent lamps with a nominal length of 550 mm to 1500 mm and having nominal lamp wattage of 16 watts or more. This standard covers lamps for general illumination purposes, for use in luminaires and with lamp ballasts connected to a 240 V 50 Hz single phase or similar mains supply.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us-903-12011-double-capped-fluorescent-lamps-performance-specifications</t>
   </si>
   <si>
+    <t>https://webstore.unbs.go.ug/store.php?src=541&amp;preview</t>
+  </si>
+  <si>
     <t>US 904-1:2011 Performance of electrical lighting equipment-ballasts for fluorescent lamps - Part 1: Energy labeling and Minimum Energy Performance Standards requirements</t>
   </si>
   <si>
+    <t>This Uganda Standard specifies requirements for the classification of ballasts for a range of fluorescent lamp types according to their Energy Efficiency Index -EEI- and the form of labeling of the EEI; which is generally shown on the ballast rating plate</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us-904-12011-performance-electrical-lighting-equipment-ballasts-fluorescent-lamps-part-1</t>
   </si>
   <si>
+    <t>https://webstore.unbs.go.ug/store.php?src=543&amp;preview</t>
+  </si>
+  <si>
     <t>VC 8043 Incandescent Lamps</t>
   </si>
   <si>
+    <t>This compulsory specification covers the requirements for safety; performance and quality of incandescent lamps intended for domestic and general lighting service; having: A power rating up to and including 1500 W; Rated voltage up to 250 V; Caps of any type- material- shape- and finish.</t>
+  </si>
+  <si>
     <t>SANS 60064
 ,   
                     SANS 60357
 ,   
                     SANS 60432</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/vc-8043-incandescent-lamps</t>
   </si>
   <si>
+    <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%208043.pdf</t>
+  </si>
+  <si>
     <t>VC 9091 Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This compulsory specification covers the safety; efficacy performance; life and interchangeability requirements for single-capped tubular fluorescent lamps with integrated means for controlling starting and stable operation- self-ballasted lamps- and non-self-ballasted single-capped tubular fluorescent lamps; intended for general lighting purposes that have: a rated wattage up to 60W; a rated voltage of 100 to 250 V a.c.; and 2G7 2GX7 GR8 2G10 G10q GR10q GX10q GY10q 2G11 2GX11 GR14q G23 GX23 G24 GX24 GX24q G24d GX32 and Edison screw or Bayonet caps.</t>
+  </si>
+  <si>
     <t>Annex AA of SANS 60901; or Annex AA of SANS 60969
 ,   
                     SANS 61199
 ,   
                     SANS 60968</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/vc-9091-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%209091.pdf</t>
+  </si>
+  <si>
     <t>Voluntary Labelling of Electrical Appliances</t>
   </si>
   <si>
+    <t>The voluntary scheme covers the following electrical appliances: room air conditioners, washing machines, electric lamps, and tumble dryers.</t>
+  </si>
+  <si>
     <t>Clothes Dryers, Washing Machines, Directional Lamps, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/voluntary-labelling-electrical-appliances</t>
+  </si>
+  <si>
+    <t>https://eemo.govmu.org/Pages/Labelling%20of%20appliances/Voluntary_labelling.pdf#search=Voluntary%20labelling%20of%20Electrical%20Appliance</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -919,1385 +1102,1570 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N31"/>
+  <dimension ref="A1:P31"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="200" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="200.38" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="901.209" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="149.678" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="303.069" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="609.851" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2008</v>
+      </c>
+      <c r="I2">
+        <v>2020</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>32</v>
+      </c>
+      <c r="G3" t="s">
+        <v>33</v>
+      </c>
+      <c r="H3">
+        <v>2010</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>35</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>36</v>
+      </c>
+      <c r="P3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>38</v>
+      </c>
+      <c r="B4" t="s">
+        <v>39</v>
+      </c>
+      <c r="C4" t="s">
+        <v>40</v>
+      </c>
+      <c r="D4" t="s">
+        <v>41</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>42</v>
+      </c>
+      <c r="H4">
+        <v>2023</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>43</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>44</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>45</v>
+      </c>
+      <c r="P4" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>47</v>
+      </c>
+      <c r="B5" t="s">
+        <v>48</v>
+      </c>
+      <c r="C5" t="s">
+        <v>49</v>
+      </c>
+      <c r="D5" t="s">
+        <v>19</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>50</v>
+      </c>
+      <c r="G5" t="s">
+        <v>33</v>
+      </c>
+      <c r="H5">
+        <v>2013</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>51</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>52</v>
+      </c>
+      <c r="P5" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>54</v>
+      </c>
+      <c r="B6" t="s">
+        <v>55</v>
+      </c>
+      <c r="C6" t="s">
+        <v>56</v>
+      </c>
+      <c r="D6" t="s">
+        <v>57</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>32</v>
+      </c>
+      <c r="G6" t="s">
+        <v>33</v>
+      </c>
+      <c r="H6">
+        <v>2020</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>58</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>59</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>60</v>
+      </c>
+      <c r="P6" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>62</v>
+      </c>
+      <c r="B7" t="s">
+        <v>63</v>
+      </c>
+      <c r="C7" t="s">
+        <v>64</v>
+      </c>
+      <c r="D7" t="s">
+        <v>65</v>
+      </c>
+      <c r="E7" t="s">
+        <v>66</v>
+      </c>
+      <c r="F7" t="s">
+        <v>50</v>
+      </c>
+      <c r="G7" t="s">
+        <v>67</v>
+      </c>
+      <c r="H7"/>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>68</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>69</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>70</v>
+      </c>
+      <c r="P7" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>72</v>
+      </c>
+      <c r="B8" t="s">
+        <v>73</v>
+      </c>
+      <c r="C8" t="s">
+        <v>74</v>
+      </c>
+      <c r="D8" t="s">
+        <v>75</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>33</v>
+      </c>
+      <c r="H8">
+        <v>2016</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>76</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>77</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>78</v>
+      </c>
+      <c r="P8" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>80</v>
+      </c>
+      <c r="B9" t="s">
+        <v>81</v>
+      </c>
+      <c r="C9" t="s">
+        <v>82</v>
+      </c>
+      <c r="D9" t="s">
+        <v>83</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>32</v>
+      </c>
+      <c r="G9" t="s">
+        <v>84</v>
+      </c>
+      <c r="H9">
+        <v>2010</v>
+      </c>
+      <c r="I9">
+        <v>2011</v>
+      </c>
+      <c r="J9" t="s">
+        <v>85</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>86</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>87</v>
+      </c>
+      <c r="P9" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>89</v>
+      </c>
+      <c r="B10" t="s">
+        <v>90</v>
+      </c>
+      <c r="C10" t="s">
+        <v>91</v>
+      </c>
+      <c r="D10" t="s">
+        <v>19</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>92</v>
+      </c>
+      <c r="H10">
+        <v>2016</v>
+      </c>
+      <c r="I10">
+        <v>2018</v>
+      </c>
+      <c r="J10" t="s">
+        <v>93</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>94</v>
+      </c>
+      <c r="M10" t="s">
+        <v>95</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>96</v>
+      </c>
+      <c r="P10" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>98</v>
+      </c>
+      <c r="B11" t="s">
+        <v>99</v>
+      </c>
+      <c r="C11" t="s">
+        <v>91</v>
+      </c>
+      <c r="D11" t="s">
+        <v>100</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>92</v>
+      </c>
+      <c r="H11">
+        <v>2016</v>
+      </c>
+      <c r="I11">
+        <v>2018</v>
+      </c>
+      <c r="J11" t="s">
+        <v>101</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>102</v>
+      </c>
+      <c r="M11" t="s">
+        <v>95</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>103</v>
+      </c>
+      <c r="P11" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>105</v>
+      </c>
+      <c r="B12" t="s">
+        <v>106</v>
+      </c>
+      <c r="C12" t="s">
+        <v>91</v>
+      </c>
+      <c r="D12" t="s">
+        <v>107</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>92</v>
+      </c>
+      <c r="H12">
+        <v>2016</v>
+      </c>
+      <c r="I12">
+        <v>2018</v>
+      </c>
+      <c r="J12" t="s">
+        <v>76</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>95</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>108</v>
+      </c>
+      <c r="P12" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>110</v>
+      </c>
+      <c r="B13" t="s">
+        <v>111</v>
+      </c>
+      <c r="C13" t="s">
+        <v>112</v>
+      </c>
+      <c r="D13" t="s">
+        <v>19</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>33</v>
+      </c>
+      <c r="H13">
+        <v>2017</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>76</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>113</v>
+      </c>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>114</v>
+      </c>
+      <c r="P13" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>116</v>
+      </c>
+      <c r="B14" t="s">
+        <v>117</v>
+      </c>
+      <c r="C14" t="s">
+        <v>112</v>
+      </c>
+      <c r="D14" t="s">
+        <v>41</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>118</v>
+      </c>
+      <c r="G14" t="s">
+        <v>33</v>
+      </c>
+      <c r="H14">
+        <v>2022</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>119</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>113</v>
+      </c>
+      <c r="N14" t="s">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>120</v>
+      </c>
+      <c r="P14" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>122</v>
+      </c>
+      <c r="B15" t="s">
+        <v>123</v>
+      </c>
+      <c r="C15" t="s">
+        <v>112</v>
+      </c>
+      <c r="D15" t="s">
+        <v>124</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>50</v>
+      </c>
+      <c r="G15" t="s">
+        <v>92</v>
+      </c>
+      <c r="H15">
+        <v>2005</v>
+      </c>
+      <c r="I15">
         <v>2008</v>
       </c>
-      <c r="H2">
-[...2 lines deleted...]
-      <c r="I2" t="s">
+      <c r="J15" t="s">
+        <v>34</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>125</v>
+      </c>
+      <c r="M15" t="s">
+        <v>113</v>
+      </c>
+      <c r="N15" t="s">
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
+        <v>126</v>
+      </c>
+      <c r="P15" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>128</v>
+      </c>
+      <c r="B16" t="s">
+        <v>129</v>
+      </c>
+      <c r="C16" t="s">
+        <v>112</v>
+      </c>
+      <c r="D16" t="s">
+        <v>130</v>
+      </c>
+      <c r="E16" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F16" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-[...3 lines deleted...]
-      <c r="M2" t="s">
+      <c r="G16" t="s">
+        <v>33</v>
+      </c>
+      <c r="H16">
+        <v>2022</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>119</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>113</v>
+      </c>
+      <c r="N16" t="s">
+        <v>26</v>
+      </c>
+      <c r="O16" t="s">
+        <v>131</v>
+      </c>
+      <c r="P16" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>132</v>
+      </c>
+      <c r="B17" t="s">
+        <v>133</v>
+      </c>
+      <c r="C17" t="s">
+        <v>134</v>
+      </c>
+      <c r="D17" t="s">
+        <v>75</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>50</v>
+      </c>
+      <c r="G17" t="s">
+        <v>67</v>
+      </c>
+      <c r="H17"/>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>34</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>135</v>
+      </c>
+      <c r="N17" t="s">
+        <v>26</v>
+      </c>
+      <c r="O17" t="s">
+        <v>136</v>
+      </c>
+      <c r="P17" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>138</v>
+      </c>
+      <c r="B18" t="s">
+        <v>133</v>
+      </c>
+      <c r="C18" t="s">
+        <v>139</v>
+      </c>
+      <c r="D18" t="s">
+        <v>140</v>
+      </c>
+      <c r="E18" t="s">
+        <v>141</v>
+      </c>
+      <c r="F18" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
+        <v>67</v>
+      </c>
+      <c r="H18"/>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>34</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>142</v>
+      </c>
+      <c r="M18" t="s">
+        <v>143</v>
+      </c>
+      <c r="N18" t="s">
+        <v>26</v>
+      </c>
+      <c r="O18" t="s">
+        <v>144</v>
+      </c>
+      <c r="P18"/>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>138</v>
+      </c>
+      <c r="B19" t="s">
+        <v>145</v>
+      </c>
+      <c r="C19" t="s">
+        <v>146</v>
+      </c>
+      <c r="D19" t="s">
+        <v>75</v>
+      </c>
+      <c r="E19" t="s">
+        <v>66</v>
+      </c>
+      <c r="F19" t="s">
+        <v>21</v>
+      </c>
+      <c r="G19" t="s">
+        <v>67</v>
+      </c>
+      <c r="H19"/>
+      <c r="I19"/>
+      <c r="J19" t="s">
         <v>23</v>
       </c>
-      <c r="N2" t="s">
-[...22 lines deleted...]
-      <c r="G3">
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>147</v>
+      </c>
+      <c r="N19" t="s">
+        <v>26</v>
+      </c>
+      <c r="O19" t="s">
+        <v>148</v>
+      </c>
+      <c r="P19" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>138</v>
+      </c>
+      <c r="B20" t="s">
+        <v>30</v>
+      </c>
+      <c r="C20" t="s">
+        <v>31</v>
+      </c>
+      <c r="D20" t="s">
+        <v>19</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>21</v>
+      </c>
+      <c r="G20" t="s">
+        <v>92</v>
+      </c>
+      <c r="H20">
         <v>2010</v>
       </c>
-      <c r="H3"/>
-[...3 lines deleted...]
-      <c r="J3" t="s">
+      <c r="I20">
+        <v>2010</v>
+      </c>
+      <c r="J20" t="s">
+        <v>34</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>35</v>
+      </c>
+      <c r="N20" t="s">
+        <v>26</v>
+      </c>
+      <c r="O20" t="s">
+        <v>150</v>
+      </c>
+      <c r="P20" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>152</v>
+      </c>
+      <c r="B21" t="s">
+        <v>153</v>
+      </c>
+      <c r="C21" t="s">
+        <v>154</v>
+      </c>
+      <c r="D21" t="s">
+        <v>155</v>
+      </c>
+      <c r="E21" t="s">
+        <v>66</v>
+      </c>
+      <c r="F21" t="s">
+        <v>50</v>
+      </c>
+      <c r="G21" t="s">
+        <v>33</v>
+      </c>
+      <c r="H21">
+        <v>2014</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>76</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
+        <v>156</v>
+      </c>
+      <c r="M21" t="s">
+        <v>157</v>
+      </c>
+      <c r="N21" t="s">
+        <v>26</v>
+      </c>
+      <c r="O21" t="s">
+        <v>158</v>
+      </c>
+      <c r="P21" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>160</v>
+      </c>
+      <c r="B22" t="s">
+        <v>161</v>
+      </c>
+      <c r="C22" t="s">
+        <v>64</v>
+      </c>
+      <c r="D22" t="s">
+        <v>41</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>50</v>
+      </c>
+      <c r="G22" t="s">
+        <v>42</v>
+      </c>
+      <c r="H22">
+        <v>2024</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>162</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22" t="s">
+        <v>163</v>
+      </c>
+      <c r="M22" t="s">
+        <v>164</v>
+      </c>
+      <c r="N22" t="s">
+        <v>26</v>
+      </c>
+      <c r="O22" t="s">
+        <v>165</v>
+      </c>
+      <c r="P22" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>167</v>
+      </c>
+      <c r="B23" t="s">
+        <v>168</v>
+      </c>
+      <c r="C23" t="s">
+        <v>64</v>
+      </c>
+      <c r="D23" t="s">
+        <v>169</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>50</v>
+      </c>
+      <c r="G23" t="s">
+        <v>33</v>
+      </c>
+      <c r="H23">
+        <v>2024</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>162</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
+        <v>170</v>
+      </c>
+      <c r="M23" t="s">
+        <v>164</v>
+      </c>
+      <c r="N23" t="s">
+        <v>26</v>
+      </c>
+      <c r="O23" t="s">
+        <v>171</v>
+      </c>
+      <c r="P23" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>172</v>
+      </c>
+      <c r="B24" t="s">
+        <v>173</v>
+      </c>
+      <c r="C24" t="s">
+        <v>64</v>
+      </c>
+      <c r="D24" t="s">
+        <v>174</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>118</v>
+      </c>
+      <c r="G24" t="s">
+        <v>33</v>
+      </c>
+      <c r="H24">
+        <v>2018</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>175</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24" t="s">
+        <v>176</v>
+      </c>
+      <c r="M24" t="s">
+        <v>177</v>
+      </c>
+      <c r="N24" t="s">
+        <v>26</v>
+      </c>
+      <c r="O24" t="s">
+        <v>178</v>
+      </c>
+      <c r="P24" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>180</v>
+      </c>
+      <c r="B25" t="s">
+        <v>181</v>
+      </c>
+      <c r="C25" t="s">
+        <v>91</v>
+      </c>
+      <c r="D25" t="s">
+        <v>182</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>50</v>
+      </c>
+      <c r="G25" t="s">
+        <v>33</v>
+      </c>
+      <c r="H25">
+        <v>2016</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>183</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25"/>
+      <c r="M25" t="s">
+        <v>184</v>
+      </c>
+      <c r="N25" t="s">
+        <v>185</v>
+      </c>
+      <c r="O25" t="s">
+        <v>186</v>
+      </c>
+      <c r="P25" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>188</v>
+      </c>
+      <c r="B26" t="s">
+        <v>189</v>
+      </c>
+      <c r="C26" t="s">
+        <v>190</v>
+      </c>
+      <c r="D26" t="s">
+        <v>107</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
         <v>21</v>
       </c>
-      <c r="K3"/>
-[...11 lines deleted...]
-      <c r="A4" t="s">
+      <c r="G26" t="s">
+        <v>33</v>
+      </c>
+      <c r="H26">
+        <v>2011</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>93</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26"/>
+      <c r="M26" t="s">
+        <v>191</v>
+      </c>
+      <c r="N26" t="s">
+        <v>26</v>
+      </c>
+      <c r="O26" t="s">
+        <v>192</v>
+      </c>
+      <c r="P26" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>194</v>
+      </c>
+      <c r="B27" t="s">
+        <v>195</v>
+      </c>
+      <c r="C27" t="s">
+        <v>190</v>
+      </c>
+      <c r="D27" t="s">
+        <v>107</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>21</v>
+      </c>
+      <c r="G27" t="s">
+        <v>33</v>
+      </c>
+      <c r="H27">
+        <v>2011</v>
+      </c>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>93</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27"/>
+      <c r="M27" t="s">
+        <v>191</v>
+      </c>
+      <c r="N27" t="s">
+        <v>26</v>
+      </c>
+      <c r="O27" t="s">
+        <v>196</v>
+      </c>
+      <c r="P27" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>198</v>
+      </c>
+      <c r="B28" t="s">
+        <v>199</v>
+      </c>
+      <c r="C28" t="s">
+        <v>190</v>
+      </c>
+      <c r="D28" t="s">
+        <v>100</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>50</v>
+      </c>
+      <c r="G28" t="s">
+        <v>33</v>
+      </c>
+      <c r="H28">
+        <v>2011</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>93</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28"/>
+      <c r="M28" t="s">
+        <v>191</v>
+      </c>
+      <c r="N28" t="s">
+        <v>26</v>
+      </c>
+      <c r="O28" t="s">
+        <v>200</v>
+      </c>
+      <c r="P28" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>202</v>
+      </c>
+      <c r="B29" t="s">
+        <v>203</v>
+      </c>
+      <c r="C29" t="s">
+        <v>40</v>
+      </c>
+      <c r="D29" t="s">
+        <v>19</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>21</v>
+      </c>
+      <c r="G29" t="s">
+        <v>92</v>
+      </c>
+      <c r="H29">
+        <v>2010</v>
+      </c>
+      <c r="I29">
+        <v>2014</v>
+      </c>
+      <c r="J29" t="s">
+        <v>85</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29" t="s">
+        <v>204</v>
+      </c>
+      <c r="M29" t="s">
+        <v>44</v>
+      </c>
+      <c r="N29" t="s">
+        <v>26</v>
+      </c>
+      <c r="O29" t="s">
+        <v>205</v>
+      </c>
+      <c r="P29" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>207</v>
+      </c>
+      <c r="B30" t="s">
+        <v>208</v>
+      </c>
+      <c r="C30" t="s">
+        <v>40</v>
+      </c>
+      <c r="D30" t="s">
+        <v>107</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>21</v>
+      </c>
+      <c r="G30" t="s">
+        <v>92</v>
+      </c>
+      <c r="H30">
+        <v>2012</v>
+      </c>
+      <c r="I30">
+        <v>2014</v>
+      </c>
+      <c r="J30" t="s">
+        <v>85</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30" t="s">
+        <v>209</v>
+      </c>
+      <c r="M30" t="s">
+        <v>44</v>
+      </c>
+      <c r="N30" t="s">
+        <v>26</v>
+      </c>
+      <c r="O30" t="s">
+        <v>210</v>
+      </c>
+      <c r="P30" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>212</v>
+      </c>
+      <c r="B31" t="s">
+        <v>213</v>
+      </c>
+      <c r="C31" t="s">
+        <v>154</v>
+      </c>
+      <c r="D31" t="s">
+        <v>214</v>
+      </c>
+      <c r="E31" t="s">
+        <v>66</v>
+      </c>
+      <c r="F31" t="s">
         <v>32</v>
       </c>
-      <c r="B4" t="s">
-[...384 lines deleted...]
-      <c r="G13">
+      <c r="G31" t="s">
+        <v>92</v>
+      </c>
+      <c r="H31">
+        <v>2014</v>
+      </c>
+      <c r="I31">
         <v>2017</v>
       </c>
-      <c r="H13"/>
-[...744 lines deleted...]
-      </c>
       <c r="J31" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>215</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31"/>
       <c r="M31" t="s">
-        <v>23</v>
+        <v>157</v>
       </c>
       <c r="N31" t="s">
-        <v>157</v>
+        <v>26</v>
+      </c>
+      <c r="O31" t="s">
+        <v>216</v>
+      </c>
+      <c r="P31" t="s">
+        <v>217</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>