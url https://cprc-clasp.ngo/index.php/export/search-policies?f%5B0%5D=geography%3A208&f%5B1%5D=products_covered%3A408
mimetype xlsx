--- v0 (2025-10-12)
+++ v1 (2025-12-05)
@@ -12,230 +12,255 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="41">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>LI 2453 Energy Commission (Energy Efficiency Standards and Labelling) (Public Lighting) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to a lamp or luminaire manufactured in the country or imported into the country for the purpose of public lighting services, for display, sale or use in the country. These regulations do not apply to a lamp or luminaire other than an electric mains-operated lamp or luminaire.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>Streetlighting</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2453-energy-commission-energy-efficiency-standards-and-labelling-public-lighting</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>MS :203:2014 Energy efficiency and labelling requirements -Electric lamps and luminaires</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for electric lamps and luminaires</t>
+  </si>
+  <si>
     <t>Mauritius</t>
   </si>
   <si>
     <t>Non-Directional lamps, Indoor Luminaires</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>MS 203</t>
   </si>
   <si>
     <t>Energy Efficiency Management Office</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-2032014-energy-efficiency-and-labelling-requirements-electric-lamps-and-luminaires</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-678/</t>
+  </si>
+  <si>
     <t>NIS 1209-1:2024 Minimum Energy Performance Standard - Lighting - Part 2: Luminaires</t>
+  </si>
+  <si>
+    <t>This standard specifies the minimum energy performance standard (MEPS), functional performance and energy labelling requirements for luminaires, including both indoor and outdoor / streetlight luminaires, such as indoor ambient luminaires, linear batten luminaires, linear troffer luminaire, downlight luminaires, high-bay luminaires, low-bay luminaires and planer (or plane) luminaires.</t>
   </si>
   <si>
     <t>Africa, Nigeria</t>
   </si>
   <si>
     <t>Luminaires</t>
   </si>
   <si>
     <t>May 2025</t>
   </si>
   <si>
     <t>NIS IEC 62722-2-1
 ,   
                     NIS IEC 62722-2 series
 ,   
                     NIS IEC 61000-4-11; NIS IEC 61000-4-5
 ,   
                     NIS IEC 61000-4-7; NIS IEC 61000-3-2
 ,   
                     NIS IEC 61643-11
 ,   
                     IES LM-79 CIE S 025
 ,   
                     NIS IEC TR 61547-1
 ,   
                     NIS IEC TR 63158
 ,   
                     NIS CISPR 15
 ,   
                     NIS IEC 61547</t>
   </si>
   <si>
     <t>Standards Council of Nigeria</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nis-1209-12024-minimum-energy-performance-standard-lighting-part-2-luminaires</t>
   </si>
+  <si>
+    <t>https://library.son.gov.ng/?g=elect&amp;s=5&amp;t=groups-opac</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -499,275 +524,302 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N4"/>
+  <dimension ref="A1:P4"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="124" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="150" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="124.97" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="457.603" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="48.274" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="68.269" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="150.963" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="71.84" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>2022</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>33</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2014</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>36</v>
+      </c>
+      <c r="M3" t="s">
+        <v>37</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>38</v>
+      </c>
+      <c r="P3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
+        <v>42</v>
+      </c>
+      <c r="D4" t="s">
+        <v>43</v>
+      </c>
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...3 lines deleted...]
-      <c r="L2" t="s">
+      <c r="F4" t="s">
+        <v>34</v>
+      </c>
+      <c r="G4" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
-[...2 lines deleted...]
-      <c r="N2" t="s">
+      <c r="H4">
+        <v>2024</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>44</v>
+      </c>
+      <c r="K4" t="s">
         <v>24</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B3" t="s">
+      <c r="L4" t="s">
+        <v>45</v>
+      </c>
+      <c r="M4" t="s">
+        <v>46</v>
+      </c>
+      <c r="N4" t="s">
         <v>26</v>
       </c>
-      <c r="C3" t="s">
-[...73 lines deleted...]
-        <v>40</v>
+      <c r="O4" t="s">
+        <v>47</v>
+      </c>
+      <c r="P4" t="s">
+        <v>48</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>