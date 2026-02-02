--- v1 (2025-12-05)
+++ v2 (2026-02-02)
@@ -140,51 +140,51 @@
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>MS 203</t>
   </si>
   <si>
     <t>Energy Efficiency Management Office</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-2032014-energy-efficiency-and-labelling-requirements-electric-lamps-and-luminaires</t>
   </si>
   <si>
     <t>http://mauritianstandards.com/import-std-678/</t>
   </si>
   <si>
     <t>NIS 1209-1:2024 Minimum Energy Performance Standard - Lighting - Part 2: Luminaires</t>
   </si>
   <si>
     <t>This standard specifies the minimum energy performance standard (MEPS), functional performance and energy labelling requirements for luminaires, including both indoor and outdoor / streetlight luminaires, such as indoor ambient luminaires, linear batten luminaires, linear troffer luminaire, downlight luminaires, high-bay luminaires, low-bay luminaires and planer (or plane) luminaires.</t>
   </si>
   <si>
-    <t>Africa, Nigeria</t>
+    <t>Nigeria</t>
   </si>
   <si>
     <t>Luminaires</t>
   </si>
   <si>
     <t>May 2025</t>
   </si>
   <si>
     <t>NIS IEC 62722-2-1
 ,   
                     NIS IEC 62722-2 series
 ,   
                     NIS IEC 61000-4-11; NIS IEC 61000-4-5
 ,   
                     NIS IEC 61000-4-7; NIS IEC 61000-3-2
 ,   
                     NIS IEC 61643-11
 ,   
                     IES LM-79 CIE S 025
 ,   
                     NIS IEC TR 61547-1
 ,   
                     NIS IEC TR 63158
 ,   
                     NIS CISPR 15
@@ -534,51 +534,51 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P4"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="124.97" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="457.603" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="48.274" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="68.269" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="150.963" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="71.84" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>