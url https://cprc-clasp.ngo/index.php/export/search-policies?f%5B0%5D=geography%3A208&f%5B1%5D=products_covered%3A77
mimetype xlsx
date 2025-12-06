--- v0 (2025-10-12)
+++ v1 (2025-12-06)
@@ -12,232 +12,263 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Energy Efficiency Of Household Electrical Appliances Methods For Measuring And Calculating Energy Efficiency Of Domestic Ovens (ES 8058/2017)</t>
   </si>
   <si>
+    <t>This standard establishes the methods of measuring and calculating the energy efficiency of electrical domestic ovens.</t>
+  </si>
+  <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Kitchen, Ovens</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>IEC 60350-1/2015
 ,   
                     Regulation (EU) No 65/2014</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards &amp; Quality</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-household-electrical-appliances-methods-measuring-and-calculating-0</t>
   </si>
   <si>
+    <t>https://www.eos.org.eg/en/standard/14544</t>
+  </si>
+  <si>
     <t>GN 11/2017: Energy Efficiency (Labelling of Regulated Machinery) Regulations 2017 - amended by GN No. 137 of 2018</t>
   </si>
   <si>
+    <t>This regulation covers the labeling requirements for household refrigerating appliances, household electric ovens, and household dishwashers. The Mauritian label is similar to the EU one. Dealers have to register their appliances with the Energy Efficiency Management Office and affix the energy label on the appliances before putting them on display for sale.</t>
+  </si>
+  <si>
     <t>Mauritius</t>
   </si>
   <si>
     <t>Ovens, Dishwashers, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>MS 201</t>
   </si>
   <si>
     <t>Energy Efficiency Management Office</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gn-112017-energy-efficiency-labelling-regulated-machinery-regulations-2017-amended-gn-no</t>
   </si>
   <si>
+    <t>https://eemo.govmu.org/Pages/Labelling%20of%20appliances/amend_GN137_2018.pdf</t>
+  </si>
+  <si>
     <t>MS: 204:2015 Energy efficiency and labelling requirement-Domestic Ovens and Range hoods</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for household refrigerating applliances</t>
+  </si>
+  <si>
     <t>Ovens</t>
   </si>
   <si>
     <t>MS 204</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-2042015-energy-efficiency-and-labelling-requirement-domestic-ovens-and-range-hoods</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-679/</t>
+  </si>
+  <si>
     <t>VC 9008</t>
   </si>
   <si>
+    <t>This compulsory specification covers energy efficiency requirements and energy efficiency labeling of the following electrical and electronic appliances: air conditioners not exceeding 7.1KW cooling capacity, audio and video equipment including television sets (not covered by labeling), dishwashers, electric ovens, refrigerators, freezers, tumble dryers, washer dryers, and washing machines.</t>
+  </si>
+  <si>
     <t>South Africa</t>
   </si>
   <si>
     <t>Televisions, Set Top Boxes (STB), Ovens, Dishwashers, Clothes Dryers, Washer and Dryers, Washing Machines, Room ACs - Stationary ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>SANS 941:2014</t>
   </si>
   <si>
     <t>National Regulator for Compulsory Specification (NRCS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/vc-9008</t>
+  </si>
+  <si>
+    <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%209008%20Supplement.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -501,323 +532,356 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N5"/>
+  <dimension ref="A1:P5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="167" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="154" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="167.388" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="464.744" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="202.808" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="55.272" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="64.841" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="154.391" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="91.978" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>2017</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...30 lines deleted...]
-      </c>
       <c r="F3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-        <v>2019</v>
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>35</v>
       </c>
       <c r="H3">
         <v>2019</v>
       </c>
-      <c r="I3" t="s">
-        <v>31</v>
+      <c r="I3">
+        <v>2019</v>
       </c>
       <c r="J3" t="s">
+        <v>36</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>37</v>
+      </c>
+      <c r="M3" t="s">
+        <v>38</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D4" t="s">
+        <v>43</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="K3" t="s">
-[...5 lines deleted...]
-      <c r="M3" t="s">
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2015</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>36</v>
+      </c>
+      <c r="K4" t="s">
         <v>24</v>
       </c>
-      <c r="N3" t="s">
-        <v>34</v>
+      <c r="L4" t="s">
+        <v>44</v>
+      </c>
+      <c r="M4" t="s">
+        <v>38</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>45</v>
+      </c>
+      <c r="P4" t="s">
+        <v>46</v>
       </c>
     </row>
-    <row r="4" spans="1:14">
-      <c r="A4" t="s">
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>47</v>
+      </c>
+      <c r="B5" t="s">
+        <v>48</v>
+      </c>
+      <c r="C5" t="s">
+        <v>49</v>
+      </c>
+      <c r="D5" t="s">
+        <v>50</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>51</v>
+      </c>
+      <c r="G5" t="s">
         <v>35</v>
       </c>
-      <c r="B4" t="s">
+      <c r="H5">
+        <v>2012</v>
+      </c>
+      <c r="I5">
+        <v>2014</v>
+      </c>
+      <c r="J5" t="s">
+        <v>52</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>53</v>
+      </c>
+      <c r="M5" t="s">
+        <v>54</v>
+      </c>
+      <c r="N5" t="s">
         <v>27</v>
       </c>
-      <c r="C4" t="s">
-[...75 lines deleted...]
-        <v>46</v>
+      <c r="O5" t="s">
+        <v>55</v>
+      </c>
+      <c r="P5" t="s">
+        <v>56</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>