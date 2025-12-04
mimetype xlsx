--- v0 (2025-10-13)
+++ v1 (2025-12-04)
@@ -12,293 +12,347 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="68">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="85">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>ES 6087:2017 Requirements for plug - and - play DC solar home system kit</t>
   </si>
   <si>
+    <t>This Ethiopian Standard specifies requirements for performance, safety and durability for plug – and – play type DC Solar Home Systems Kit that have the peak power rating above 10 and up to 350W.</t>
+  </si>
+  <si>
     <t>Ethiopia</t>
   </si>
   <si>
     <t>Solar Energy Kits</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>IEC TS 62257-9-5</t>
   </si>
   <si>
     <t>Ethiopian Standards Agency</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/es-60872017-requirements-plug-and-play-dc-solar-home-system-kit</t>
   </si>
   <si>
+    <t>http://www.et.undp.org/content/dam/ethiopia/docs/Ethiopia%20Final%20-%20ES%206087-2017%20Requirements%20for%20DC%20Solar%20Home%20System%20Kit.pdf</t>
+  </si>
+  <si>
     <t>GS IEC 62257-9-8:2020, Renewable energy and hybrid systems for rural electrification - Part 9-8: Integrated systems - Requirements for stand-alone renewable energy products with power ratings less than or equal to 350 W</t>
   </si>
   <si>
+    <t>Quality standards for standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>July 2022</t>
   </si>
   <si>
     <t>Ghana Standards Authority</t>
   </si>
   <si>
     <t>Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gs-iec-62257-9-82020-renewable-energy-and-hybrid-systems-rural-electrification-part-9-8</t>
   </si>
   <si>
+    <t>http://services.gsa.gov.gh/standards/standards.php?sno=GS%20IEC%20TS%2062257-9-8:2020</t>
+  </si>
+  <si>
     <t>LI 2461 Renewable Energy (Standards and Labelling) (Inverters) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to an inverter intended for use in a stand-alone energy system or utility-interactive energy system where the output of the inverter is a stable alternating current of constant frequency; and a single-phase inverter or 3-phase inverter intended for use in a stand alone energy system or utility interactive energy system intended to be operated in parallel with an electric power system to supply power to common loads manufactured in the country or imported into the country for display, sale or use.</t>
+  </si>
+  <si>
     <t>Solar Inverters</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>Electricity, Solar</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2461-renewable-energy-standards-and-labelling-inverters-regulations-2022</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>NI IEC TS 62258-9-8</t>
   </si>
   <si>
     <t>Côte d'Ivoire</t>
   </si>
   <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>April 2023</t>
   </si>
   <si>
     <t>CODINORM</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ni-iec-ts-62258-9-8</t>
   </si>
   <si>
+    <t>https://www.codinorm.ci/</t>
+  </si>
+  <si>
     <t>NMG 202-1 National quality standards for pico-PV products</t>
   </si>
   <si>
+    <t>The quality standard is harmonized with IEC TS 62257-9-8, covering pico-PV products up to 10Wp.</t>
+  </si>
+  <si>
     <t>Madagascar</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>Bureau des Normes de Madagascar (BNM)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nmg-202-1-national-quality-standards-pico-pv-products</t>
   </si>
   <si>
+    <t>https://www.lightingafrica.org/country/madagascar/</t>
+  </si>
+  <si>
     <t>NMG 202-2 National quality standards for SHS kits</t>
   </si>
   <si>
+    <t>The quality standard is harmonized with IEC TS 62257-9-8, covering off-grid solar products 10-350Wp.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nmg-202-2-national-quality-standards-shs-kits</t>
   </si>
   <si>
     <t>Quality standards for stand-alone renewable energy products with power ratings less than or equal to 350 W</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp
+No policy link available.</t>
+  </si>
+  <si>
     <t>Zimbabwe</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Standards Association of Zimbabwe (SAZ)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/quality-standards-stand-alone-renewable-energy-products-power-ratings-less-or-equal-350-0</t>
   </si>
   <si>
     <t>US 761: 2019, household biomass stoves requirement( 2nd edition)</t>
   </si>
   <si>
+    <t>This Uganda standard specifies the classification,technical requirements, performance requirements, safety requirements and test methods of biomass cookstoves intended for use in households. This standard is applicable to cookstoves using solid biomass</t>
+  </si>
+  <si>
     <t>Uganda</t>
   </si>
   <si>
     <t>Biomass Stoves</t>
   </si>
   <si>
     <t>Biomass</t>
   </si>
   <si>
     <t>Uganda National Bureau of Standards (UNBS)</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid, Productive Use</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us-761-2019-household-biomass-stoves-requirement-2nd-edition</t>
   </si>
   <si>
+    <t>https://unbs.go.ug/attachments/menus/27/Uganda-Standards-Catalogue-as-at-31-March-2019.pdf</t>
+  </si>
+  <si>
     <t>ZS IEC 62257-9-8</t>
+  </si>
+  <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.
+The Standard has been gazetted but has not entered into force yet.</t>
   </si>
   <si>
     <t>Zambia</t>
   </si>
   <si>
     <t>Zambia Standards Bureau (ZABS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/zs-iec-62257-9-8</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -562,529 +616,588 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N10"/>
+  <dimension ref="A1:P10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="259" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="155" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="259.365" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="620.42" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="16.425" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="50.559" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="173.243" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2017</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...3 lines deleted...]
-      <c r="I2" t="s">
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
+      <c r="H3">
+        <v>2020</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>25</v>
+      </c>
+      <c r="M3" t="s">
+        <v>34</v>
+      </c>
+      <c r="N3" t="s">
+        <v>35</v>
+      </c>
+      <c r="O3" t="s">
+        <v>36</v>
+      </c>
+      <c r="P3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>38</v>
+      </c>
+      <c r="B4" t="s">
+        <v>39</v>
+      </c>
+      <c r="C4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D4" t="s">
+        <v>40</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>41</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2022</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>42</v>
+      </c>
+      <c r="K4" t="s">
+        <v>43</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>44</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>45</v>
+      </c>
+      <c r="P4" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>47</v>
+      </c>
+      <c r="B5" t="s">
+        <v>31</v>
+      </c>
+      <c r="C5" t="s">
+        <v>48</v>
+      </c>
+      <c r="D5" t="s">
+        <v>19</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>49</v>
+      </c>
+      <c r="H5">
+        <v>2022</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>50</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M5" t="s">
+        <v>51</v>
+      </c>
+      <c r="N5" t="s">
+        <v>35</v>
+      </c>
+      <c r="O5" t="s">
+        <v>52</v>
+      </c>
+      <c r="P5" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>54</v>
+      </c>
+      <c r="B6" t="s">
+        <v>55</v>
+      </c>
+      <c r="C6" t="s">
+        <v>56</v>
+      </c>
+      <c r="D6" t="s">
+        <v>19</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>57</v>
+      </c>
+      <c r="H6">
+        <v>2018</v>
+      </c>
+      <c r="I6">
+        <v>2022</v>
+      </c>
+      <c r="J6" t="s">
+        <v>58</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>25</v>
+      </c>
+      <c r="M6" t="s">
+        <v>59</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>60</v>
+      </c>
+      <c r="P6" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>62</v>
+      </c>
+      <c r="B7" t="s">
+        <v>63</v>
+      </c>
+      <c r="C7" t="s">
+        <v>56</v>
+      </c>
+      <c r="D7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>57</v>
+      </c>
+      <c r="H7">
+        <v>2018</v>
+      </c>
+      <c r="I7">
+        <v>2022</v>
+      </c>
+      <c r="J7" t="s">
+        <v>58</v>
+      </c>
+      <c r="K7" t="s">
+        <v>43</v>
+      </c>
+      <c r="L7" t="s">
+        <v>25</v>
+      </c>
+      <c r="M7" t="s">
+        <v>59</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>64</v>
+      </c>
+      <c r="P7" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>65</v>
+      </c>
+      <c r="B8" t="s">
+        <v>66</v>
+      </c>
+      <c r="C8" t="s">
+        <v>67</v>
+      </c>
+      <c r="D8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2021</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>68</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>25</v>
+      </c>
+      <c r="M8" t="s">
+        <v>69</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>70</v>
+      </c>
+      <c r="P8"/>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>71</v>
+      </c>
+      <c r="B9" t="s">
+        <v>72</v>
+      </c>
+      <c r="C9" t="s">
+        <v>73</v>
+      </c>
+      <c r="D9" t="s">
+        <v>74</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2019</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
+      <c r="K9" t="s">
+        <v>75</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>76</v>
+      </c>
+      <c r="N9" t="s">
+        <v>77</v>
+      </c>
+      <c r="O9" t="s">
+        <v>78</v>
+      </c>
+      <c r="P9" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>80</v>
+      </c>
+      <c r="B10" t="s">
+        <v>81</v>
+      </c>
+      <c r="C10" t="s">
+        <v>82</v>
+      </c>
+      <c r="D10" t="s">
+        <v>19</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2021</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>68</v>
+      </c>
+      <c r="K10" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
+      <c r="L10" t="s">
         <v>25</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B3" t="s">
+      <c r="M10" t="s">
+        <v>83</v>
+      </c>
+      <c r="N10" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...326 lines deleted...]
-      </c>
+      <c r="O10" t="s">
+        <v>84</v>
+      </c>
+      <c r="P10"/>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>