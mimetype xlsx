--- v0 (2025-10-13)
+++ v1 (2025-12-05)
@@ -12,304 +12,363 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="69">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="88">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Botswana standard for pico-solar and SHS kits (IEC TS 62257-9-5)</t>
   </si>
   <si>
+    <t>This policy applies to off-grid renewable energy products with batteries and solar modules with DC system voltages not exceeding 35 V and peak power ratings not exceeding 350 W.</t>
+  </si>
+  <si>
     <t>Botswana</t>
   </si>
   <si>
     <t>Solar Energy Kits</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>IEC TS 62257-9-5:2018</t>
   </si>
   <si>
     <t>Botswana Bureau of Standards</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/botswana-standard-pico-solar-and-shs-kits-iec-ts-62257-9-5</t>
   </si>
   <si>
+    <t>https://www.iec.ch/dyn/www/f?p=103:36:300860528604589::::FSP_ORG_ID,FSP_LANG_ID:1074,25</t>
+  </si>
+  <si>
     <t>COMPULSORY SPECIFICATION FOR ENERGY EFFICIENCY AND FUNCTIONAL PERFORMANCE REQUIREMENTS OF GENERAL SERVICE LAMPS (GSLs) - VC 9109</t>
   </si>
   <si>
+    <t>This compulsory specification on general service lamps will cover the energy efficiency and functional performance for general lighting directional and non -directional lamps of all shapes and finishes; using incandescent, halogen, fluorescent, light emitting diode (LED), and other light source technologies (not including high- intensity discharge lamps).
+Under this policy general service lamps must meet a standard of 90 lumens per Watt (lm/W). By May of 2026, the efficiency standard will be raised further to 105 Lm/W.</t>
+  </si>
+  <si>
     <t>South Africa</t>
   </si>
   <si>
     <t>Lamps</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>June 2024</t>
   </si>
   <si>
     <t>National Regulator for Compulsory Specification (NRCS)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/compulsory-specification-energy-efficiency-and-functional-performance-requirements-general</t>
   </si>
   <si>
+    <t>https://www.greenbuildingafrica.co.za/wp-content/uploads/2024/05/Dept-trade-and-industry-LIGHT-BULB-LEGISLATION.pdf</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards for Distribution Transformers (MEPS)</t>
   </si>
   <si>
+    <t>This regulation applies to all distribution power transformers that are manufactured in, or imported into the country/region, and are either sold, installed, or put into service as standalone equipment or as a component of a system, and which meet the following criteria:</t>
+  </si>
+  <si>
     <t>Distribution Transformers</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>Botswana Energy Regulatory Authority (BERA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-distribution-transformers-meps</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for refrigerating appliances (MEPS)</t>
   </si>
   <si>
+    <t>This standard applies to all refrigerating appliances of the vapor compression type, with a rated volume at or above 10 Liters (L) and at or below 1,500 L, powered by electric mains and offered for sale or installed in any application. The standard specifies requirements for test methods and energy use calculation, daily energy use calculation, maximum energy use, functional performance, refrigerant and foam blowing agent, product information and declaration of conformity 1975 and its regulations</t>
+  </si>
+  <si>
     <t>Refrigeration</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>IEC 62552:2015  part 1, 2 and 3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-refrigerating-appliances-meps</t>
   </si>
   <si>
     <t>National Regulator for Compulsory Specifications Act: Compulsory Specification for Efficiency Requirements of Electric Motors (VC 9113)</t>
   </si>
   <si>
+    <t>This compulsory specification will cover electric motors with the following parameters: 0.75kW-375kW motors, including those with variable speed drives, including 2, 4, 6, and 8 pole motors. The regulation specifies that electric motors meeting these requirements must have a minimum efficiency class of IE3 as specified in IEC 60034-30-1.</t>
+  </si>
+  <si>
     <t>Motors</t>
   </si>
   <si>
     <t>IEC 60034-30-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/national-regulator-compulsory-specifications-act-compulsory-specification-efficiency</t>
   </si>
   <si>
+    <t>https://www.gov.za/documents/notices/national-regulator-compulsory-specifications-act-compulsory-specification-85</t>
+  </si>
+  <si>
     <t>VC 8043 Incandescent Lamps</t>
   </si>
   <si>
+    <t>This compulsory specification covers the requirements for safety; performance and quality of incandescent lamps intended for domestic and general lighting service; having: A power rating up to and including 1500 W; Rated voltage up to 250 V; Caps of any type- material- shape- and finish.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>SANS 60064
 ,   
                     SANS 60357
 ,   
                     SANS 60432</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/vc-8043-incandescent-lamps</t>
   </si>
   <si>
+    <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%208043.pdf</t>
+  </si>
+  <si>
     <t>VC 9006 Hot Water Storage Tanks for Domestic Use</t>
   </si>
   <si>
+    <t>This specification covers the requirements for hot water storage tanks for domestic use. It includes fixed electrical storage water heaters; stand-alone water heaters and water containers with or without heat exchangers or heating jackets intended for use in solar heating and heat pump applications; and tanks used for storage of hot water only.</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>SANS 151</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/vc-9006-hot-water-storage-tanks-domestic-use</t>
   </si>
   <si>
+    <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%209006%20Supplement.pdf</t>
+  </si>
+  <si>
     <t>VC 9008</t>
   </si>
   <si>
+    <t>This compulsory specification covers energy efficiency requirements and energy efficiency labeling of the following electrical and electronic appliances: air conditioners not exceeding 7.1KW cooling capacity, audio and video equipment including television sets (not covered by labeling), dishwashers, electric ovens, refrigerators, freezers, tumble dryers, washer dryers, and washing machines.</t>
+  </si>
+  <si>
     <t>Televisions, Set Top Boxes (STB), Ovens, Dishwashers, Clothes Dryers, Washer and Dryers, Washing Machines, Room ACs - Stationary ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>SANS 941:2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/vc-9008</t>
   </si>
   <si>
+    <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%209008%20Supplement.pdf</t>
+  </si>
+  <si>
     <t>VC 9091 Fluorescent Lamps</t>
+  </si>
+  <si>
+    <t>This compulsory specification covers the safety; efficacy performance; life and interchangeability requirements for single-capped tubular fluorescent lamps with integrated means for controlling starting and stable operation- self-ballasted lamps- and non-self-ballasted single-capped tubular fluorescent lamps; intended for general lighting purposes that have: a rated wattage up to 60W; a rated voltage of 100 to 250 V a.c.; and 2G7 2GX7 GR8 2G10 G10q GR10q GX10q GY10q 2G11 2GX11 GR14q G23 GX23 G24 GX24 GX24q G24d GX32 and Edison screw or Bayonet caps.</t>
   </si>
   <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>Annex AA of SANS 60901; or Annex AA of SANS 60969
 ,   
                     SANS 61199
 ,   
                     SANS 60968</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/vc-9091-fluorescent-lamps</t>
+  </si>
+  <si>
+    <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%209091.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -573,527 +632,586 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N10"/>
+  <dimension ref="A1:P10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="160" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="160.389" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="655.84" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="202.808" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="58.843" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="64.841" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="136.681" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2009</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>34</v>
+      </c>
+      <c r="F3" t="s">
+        <v>35</v>
+      </c>
+      <c r="G3" t="s">
+        <v>36</v>
+      </c>
+      <c r="H3">
+        <v>2023</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>37</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>38</v>
+      </c>
+      <c r="N3" t="s">
+        <v>39</v>
+      </c>
+      <c r="O3" t="s">
+        <v>40</v>
+      </c>
+      <c r="P3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>42</v>
+      </c>
+      <c r="B4" t="s">
+        <v>43</v>
+      </c>
+      <c r="C4" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...12 lines deleted...]
-      <c r="K2" t="s">
+      <c r="D4" t="s">
+        <v>44</v>
+      </c>
+      <c r="E4" t="s">
+        <v>45</v>
+      </c>
+      <c r="F4" t="s">
+        <v>35</v>
+      </c>
+      <c r="G4" t="s">
+        <v>46</v>
+      </c>
+      <c r="H4"/>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>47</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>48</v>
+      </c>
+      <c r="N4" t="s">
+        <v>39</v>
+      </c>
+      <c r="O4" t="s">
+        <v>49</v>
+      </c>
+      <c r="P4"/>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>50</v>
+      </c>
+      <c r="B5" t="s">
+        <v>51</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>52</v>
+      </c>
+      <c r="E5" t="s">
+        <v>45</v>
+      </c>
+      <c r="F5" t="s">
+        <v>35</v>
+      </c>
+      <c r="G5" t="s">
+        <v>46</v>
+      </c>
+      <c r="H5"/>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>53</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>54</v>
+      </c>
+      <c r="M5" t="s">
+        <v>48</v>
+      </c>
+      <c r="N5" t="s">
+        <v>39</v>
+      </c>
+      <c r="O5" t="s">
+        <v>55</v>
+      </c>
+      <c r="P5"/>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>56</v>
+      </c>
+      <c r="B6" t="s">
+        <v>57</v>
+      </c>
+      <c r="C6" t="s">
+        <v>32</v>
+      </c>
+      <c r="D6" t="s">
+        <v>58</v>
+      </c>
+      <c r="E6" t="s">
+        <v>34</v>
+      </c>
+      <c r="F6" t="s">
+        <v>35</v>
+      </c>
+      <c r="G6" t="s">
+        <v>36</v>
+      </c>
+      <c r="H6">
+        <v>2024</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>37</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>59</v>
+      </c>
+      <c r="M6" t="s">
+        <v>38</v>
+      </c>
+      <c r="N6" t="s">
+        <v>39</v>
+      </c>
+      <c r="O6" t="s">
+        <v>60</v>
+      </c>
+      <c r="P6" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>62</v>
+      </c>
+      <c r="B7" t="s">
+        <v>63</v>
+      </c>
+      <c r="C7" t="s">
+        <v>32</v>
+      </c>
+      <c r="D7" t="s">
+        <v>64</v>
+      </c>
+      <c r="E7" t="s">
+        <v>34</v>
+      </c>
+      <c r="F7" t="s">
+        <v>35</v>
+      </c>
+      <c r="G7" t="s">
+        <v>65</v>
+      </c>
+      <c r="H7">
+        <v>2010</v>
+      </c>
+      <c r="I7">
+        <v>2014</v>
+      </c>
+      <c r="J7" t="s">
+        <v>47</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>66</v>
+      </c>
+      <c r="M7" t="s">
+        <v>38</v>
+      </c>
+      <c r="N7" t="s">
+        <v>39</v>
+      </c>
+      <c r="O7" t="s">
+        <v>67</v>
+      </c>
+      <c r="P7" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>69</v>
+      </c>
+      <c r="B8" t="s">
+        <v>70</v>
+      </c>
+      <c r="C8" t="s">
+        <v>32</v>
+      </c>
+      <c r="D8" t="s">
+        <v>71</v>
+      </c>
+      <c r="E8" t="s">
+        <v>34</v>
+      </c>
+      <c r="F8" t="s">
+        <v>72</v>
+      </c>
+      <c r="G8" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H8">
+        <v>2014</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>47</v>
+      </c>
+      <c r="K8" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L8" t="s">
+        <v>73</v>
+      </c>
+      <c r="M8" t="s">
+        <v>38</v>
+      </c>
+      <c r="N8" t="s">
+        <v>39</v>
+      </c>
+      <c r="O8" t="s">
+        <v>74</v>
+      </c>
+      <c r="P8" t="s">
+        <v>75</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...29 lines deleted...]
-      <c r="L3" t="s">
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>76</v>
+      </c>
+      <c r="B9" t="s">
+        <v>77</v>
+      </c>
+      <c r="C9" t="s">
         <v>32</v>
       </c>
-      <c r="M3" t="s">
-[...2 lines deleted...]
-      <c r="N3" t="s">
+      <c r="D9" t="s">
+        <v>78</v>
+      </c>
+      <c r="E9" t="s">
         <v>34</v>
       </c>
+      <c r="F9" t="s">
+        <v>72</v>
+      </c>
+      <c r="G9" t="s">
+        <v>65</v>
+      </c>
+      <c r="H9">
+        <v>2012</v>
+      </c>
+      <c r="I9">
+        <v>2014</v>
+      </c>
+      <c r="J9" t="s">
+        <v>47</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>79</v>
+      </c>
+      <c r="M9" t="s">
+        <v>38</v>
+      </c>
+      <c r="N9" t="s">
+        <v>39</v>
+      </c>
+      <c r="O9" t="s">
+        <v>80</v>
+      </c>
+      <c r="P9" t="s">
+        <v>81</v>
+      </c>
     </row>
-    <row r="4" spans="1:14">
-      <c r="A4" t="s">
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>82</v>
+      </c>
+      <c r="B10" t="s">
+        <v>83</v>
+      </c>
+      <c r="C10" t="s">
+        <v>32</v>
+      </c>
+      <c r="D10" t="s">
+        <v>84</v>
+      </c>
+      <c r="E10" t="s">
+        <v>34</v>
+      </c>
+      <c r="F10" t="s">
         <v>35</v>
       </c>
-      <c r="B4" t="s">
-[...11 lines deleted...]
-      <c r="F4" t="s">
+      <c r="G10" t="s">
+        <v>65</v>
+      </c>
+      <c r="H10">
+        <v>2012</v>
+      </c>
+      <c r="I10">
+        <v>2014</v>
+      </c>
+      <c r="J10" t="s">
+        <v>47</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>85</v>
+      </c>
+      <c r="M10" t="s">
         <v>38</v>
       </c>
-      <c r="G4"/>
-[...1 lines deleted...]
-      <c r="I4" t="s">
+      <c r="N10" t="s">
         <v>39</v>
       </c>
-      <c r="J4" t="s">
-[...266 lines deleted...]
-        <v>68</v>
+      <c r="O10" t="s">
+        <v>86</v>
+      </c>
+      <c r="P10" t="s">
+        <v>87</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>