--- v0 (2025-10-14)
+++ v1 (2026-02-04)
@@ -12,212 +12,231 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="41">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards for Distribution Transformers (MEPS)</t>
   </si>
   <si>
+    <t>This regulation applies to all distribution power transformers that are manufactured in, or imported into the country/region, and are either sold, installed, or put into service as standalone equipment or as a component of a system, and which meet the following criteria:</t>
+  </si>
+  <si>
     <t>Botswana</t>
   </si>
   <si>
     <t>Distribution Transformers</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Botswana Energy Regulatory Authority (BERA)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-distribution-transformers-meps</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for refrigerating appliances (MEPS)</t>
   </si>
   <si>
+    <t>This standard applies to all refrigerating appliances of the vapor compression type, with a rated volume at or above 10 Liters (L) and at or below 1,500 L, powered by electric mains and offered for sale or installed in any application. The standard specifies requirements for test methods and energy use calculation, daily energy use calculation, maximum energy use, functional performance, refrigerant and foam blowing agent, product information and declaration of conformity 1975 and its regulations</t>
+  </si>
+  <si>
     <t>Refrigeration</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>IEC 62552:2015  part 1, 2 and 3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-refrigerating-appliances-meps</t>
   </si>
   <si>
     <t>Water Efficiency Labelling and Standards (WELS) Determination 2013 (No. 2)</t>
   </si>
   <si>
+    <t>A water‑use product or water‑saving product of any of the following kinds is a WELS product: (a) tap equipment that is for use over a fixed basin, sink or laundry tub, other than: (i) tap equipment that is for use exclusively over a bath or spa; and (ii) thermostatic taps; and (iii) bidet taps; and (iv) taps that are part of an appliance (such as a chilled or boiling water dispenser); (b) fixed showers that are for use exclusively for personal bathing, other than: (i) emergency deluge showers; and (ii) safety showers; (c) electric dishwashers that are intended for household use; (d) electric clothes washing machines that are intended for household use, including such machines that are: (i) cold wash only; or (ii) combination clothes washing machine dryers; (e) lavatory equipment that uses water, including toilets, cisterns, pans and associated flushing devices; (f) urinal equipment that uses water, including associated flushing devices; (g) flow controllers that are: (i) for use in a product that is a WELS product under any of paragraphs (a) to (d); and (ii) offered for supply separately from the product (whether or not they are also offered for supply as a component of the product).</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>Dishwashers, Washer and Dryers, Washing Machines, Showers or Showerheads, Urinals, Toilets, Taps or Faucets</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Water</t>
   </si>
   <si>
     <t>AS 6400:2016</t>
   </si>
   <si>
     <t>Australian Government</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/water-efficiency-labelling-and-standards-wels-determination-2013-no-2</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.au/Details/F2013L01574</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -481,273 +500,296 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N4"/>
+  <dimension ref="A1:P4"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="88" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="131" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="88.407" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1419.082" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="127.255" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="37.705" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="131.968" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="60.128" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2"/>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2"/>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>28</v>
+      </c>
+      <c r="B3" t="s">
+        <v>29</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...4 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D3" t="s">
+        <v>30</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-      <c r="L2" t="s">
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
-[...2 lines deleted...]
-      <c r="N2" t="s">
+      <c r="H3"/>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>31</v>
+      </c>
+      <c r="K3" t="s">
         <v>24</v>
       </c>
+      <c r="L3" t="s">
+        <v>32</v>
+      </c>
+      <c r="M3" t="s">
+        <v>25</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>33</v>
+      </c>
+      <c r="P3"/>
     </row>
-    <row r="3" spans="1:14">
-[...39 lines deleted...]
-    <row r="4" spans="1:14">
+    <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="B4" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="C4" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="D4" t="s">
-        <v>17</v>
+        <v>37</v>
       </c>
       <c r="E4" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="F4" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="G4">
+        <v>38</v>
+      </c>
+      <c r="G4" t="s">
+        <v>39</v>
+      </c>
+      <c r="H4">
         <v>2015</v>
       </c>
-      <c r="H4">
+      <c r="I4">
         <v>2016</v>
       </c>
-      <c r="I4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J4" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="K4" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="L4" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="M4" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="N4" t="s">
-        <v>40</v>
+        <v>44</v>
+      </c>
+      <c r="O4" t="s">
+        <v>45</v>
+      </c>
+      <c r="P4" t="s">
+        <v>46</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>