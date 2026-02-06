--- v0 (2025-12-12)
+++ v1 (2026-02-06)
@@ -1216,51 +1216,51 @@
       </c>
       <c r="P5" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
         <v>56</v>
       </c>
       <c r="B6" t="s">
         <v>57</v>
       </c>
       <c r="C6" t="s">
         <v>32</v>
       </c>
       <c r="D6" t="s">
         <v>58</v>
       </c>
       <c r="E6" t="s">
         <v>34</v>
       </c>
       <c r="F6" t="s">
         <v>50</v>
       </c>
       <c r="G6" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H6">
         <v>2021</v>
       </c>
       <c r="I6">
         <v>2024</v>
       </c>
       <c r="J6" t="s">
         <v>59</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6" t="s">
         <v>60</v>
       </c>
       <c r="M6" t="s">
         <v>37</v>
       </c>
       <c r="N6" t="s">
         <v>38</v>
       </c>
       <c r="O6" t="s">
         <v>61</v>
       </c>