--- v0 (2025-12-13)
+++ v1 (2026-02-20)
@@ -2496,51 +2496,51 @@
       </c>
       <c r="P24" t="s">
         <v>159</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
         <v>160</v>
       </c>
       <c r="B25" t="s">
         <v>161</v>
       </c>
       <c r="C25" t="s">
         <v>32</v>
       </c>
       <c r="D25" t="s">
         <v>49</v>
       </c>
       <c r="E25" t="s">
         <v>34</v>
       </c>
       <c r="F25" t="s">
         <v>50</v>
       </c>
       <c r="G25" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H25">
         <v>2021</v>
       </c>
       <c r="I25">
         <v>2024</v>
       </c>
       <c r="J25" t="s">
         <v>162</v>
       </c>
       <c r="K25" t="s">
         <v>24</v>
       </c>
       <c r="L25" t="s">
         <v>163</v>
       </c>
       <c r="M25" t="s">
         <v>37</v>
       </c>
       <c r="N25" t="s">
         <v>38</v>
       </c>
       <c r="O25" t="s">
         <v>164</v>
       </c>