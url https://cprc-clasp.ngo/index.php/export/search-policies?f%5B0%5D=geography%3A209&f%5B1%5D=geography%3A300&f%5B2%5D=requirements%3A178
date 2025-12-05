--- v0 (2025-10-12)
+++ v1 (2025-12-05)
@@ -12,218 +12,241 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="43">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards for Distribution Transformers (MEPS)</t>
   </si>
   <si>
+    <t>This regulation applies to all distribution power transformers that are manufactured in, or imported into the country/region, and are either sold, installed, or put into service as standalone equipment or as a component of a system, and which meet the following criteria:</t>
+  </si>
+  <si>
     <t>Botswana</t>
   </si>
   <si>
     <t>Distribution Transformers</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Botswana Energy Regulatory Authority (BERA)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-distribution-transformers-meps</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for refrigerating appliances (MEPS)</t>
   </si>
   <si>
+    <t>This standard applies to all refrigerating appliances of the vapor compression type, with a rated volume at or above 10 Liters (L) and at or below 1,500 L, powered by electric mains and offered for sale or installed in any application. The standard specifies requirements for test methods and energy use calculation, daily energy use calculation, maximum energy use, functional performance, refrigerant and foam blowing agent, product information and declaration of conformity 1975 and its regulations</t>
+  </si>
+  <si>
     <t>Refrigeration</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>IEC 62552:2015  part 1, 2 and 3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-refrigerating-appliances-meps</t>
   </si>
   <si>
     <t>SLS 1530: 2016 Minimum energy performance for self-ballasted integral type led lamps for general lighting services</t>
   </si>
   <si>
+    <t>Specifies Minimum Energy Performance Standard (MEPS) for self ballasted integral type LED lamps for general lighting services operating on supply voltage of greater than 50 V a.c. up to 250 V a.c. 50 Hz nominal and rated power up to 60 W, having screw and bayonet lamp caps. It also includes method of measurement of electrical energy consumption and luminous flux for determination of efficiency of the lamps for the purpose of MEPS.
+Amendment text available here http://www.slsi.lk/images/web/images/PDF_upload/amds/amd-523-sls-1530.pdf</t>
+  </si>
+  <si>
     <t>Sri Lanka</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>SLS 1530: 2016</t>
   </si>
   <si>
     <t>Sri Lanka Sustainable Energy Authority</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sls-1530-2016-minimum-energy-performance-self-ballasted-integral-type-led-lamps-general</t>
   </si>
   <si>
+    <t>https://www.slsi.lk/index.php?option=com_slstandards&amp;view=standard&amp;tmpl=component&amp;sri_lankan_standard_id=2358&amp;lang=en</t>
+  </si>
+  <si>
     <t>SLS 1580 Minimum energy performance for computers</t>
   </si>
   <si>
     <t>Computers</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sls-1580-minimum-energy-performance-computers</t>
+  </si>
+  <si>
+    <t>https://www.slsi.lk/index.php?option=com_slstandards&amp;view=standard&amp;tmpl=component&amp;sri_lankan_standard_id=2433&amp;lang=en</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -487,313 +510,342 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N5"/>
+  <dimension ref="A1:P5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="135" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="153" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="135.538" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="592.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="48.274" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="37.705" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="153.248" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="139.109" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2"/>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2"/>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>28</v>
+      </c>
+      <c r="B3" t="s">
+        <v>29</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...4 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D3" t="s">
+        <v>30</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-      <c r="L2" t="s">
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
-[...2 lines deleted...]
-      <c r="N2" t="s">
+      <c r="H3"/>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>31</v>
+      </c>
+      <c r="K3" t="s">
         <v>24</v>
       </c>
+      <c r="L3" t="s">
+        <v>32</v>
+      </c>
+      <c r="M3" t="s">
+        <v>25</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>33</v>
+      </c>
+      <c r="P3"/>
     </row>
-    <row r="3" spans="1:14">
-[...6 lines deleted...]
-      <c r="C3" t="s">
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>34</v>
+      </c>
+      <c r="B4" t="s">
+        <v>35</v>
+      </c>
+      <c r="C4" t="s">
+        <v>36</v>
+      </c>
+      <c r="D4" t="s">
+        <v>37</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>38</v>
+      </c>
+      <c r="G4" t="s">
+        <v>39</v>
+      </c>
+      <c r="H4">
+        <v>2016</v>
+      </c>
+      <c r="I4">
+        <v>2019</v>
+      </c>
+      <c r="J4" t="s">
+        <v>40</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>41</v>
+      </c>
+      <c r="M4" t="s">
+        <v>42</v>
+      </c>
+      <c r="N4" t="s">
         <v>26</v>
       </c>
-      <c r="D3" t="s">
-[...26 lines deleted...]
-        <v>29</v>
+      <c r="O4" t="s">
+        <v>43</v>
+      </c>
+      <c r="P4" t="s">
+        <v>44</v>
       </c>
     </row>
-    <row r="4" spans="1:14">
-[...30 lines deleted...]
-      <c r="K4" t="s">
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>45</v>
+      </c>
+      <c r="B5" t="s">
+        <v>45</v>
+      </c>
+      <c r="C5" t="s">
         <v>36</v>
       </c>
-      <c r="L4" t="s">
-[...5 lines deleted...]
-      <c r="N4" t="s">
+      <c r="D5" t="s">
+        <v>46</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
         <v>38</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="C5" t="s">
+      <c r="G5" t="s">
+        <v>47</v>
+      </c>
+      <c r="H5">
+        <v>2018</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
         <v>40</v>
       </c>
-      <c r="D5" t="s">
-[...21 lines deleted...]
-      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
       <c r="M5" t="s">
-        <v>23</v>
+        <v>42</v>
       </c>
       <c r="N5" t="s">
-        <v>42</v>
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>48</v>
+      </c>
+      <c r="P5" t="s">
+        <v>49</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>