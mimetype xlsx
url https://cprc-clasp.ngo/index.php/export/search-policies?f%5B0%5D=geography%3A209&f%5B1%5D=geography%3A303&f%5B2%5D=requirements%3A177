--- v0 (2025-11-11)
+++ v1 (2026-02-04)
@@ -164,51 +164,51 @@
   <si>
     <t>TIS 2134-2565 air conditioner for room Energy efficiency</t>
   </si>
   <si>
     <t>This industrial product standard contains the energy efficiency requirements for room air conditioners with a total cooling capacity that does not exceed 18,000 W and a maximum rated voltage that does not exceed 250 V for air conditioners with single-phase electrical systems and no more than 600 V for air conditioner with multi-phase electrical system. This policy covers air conditioners with air ducts with a total cooling capacity of less than 8,000 W intended to operate at static pressure. </t>
   </si>
   <si>
     <t>Thai Industrial Standards Institute</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2134-2565-air-conditioner-room-energy-efficiency</t>
   </si>
   <si>
     <t>https://a.tisi.go.th/t/?n=7393</t>
   </si>
   <si>
     <t>TIS 2186-2547 Thai Industrial Standard for Household Refrigerators</t>
   </si>
   <si>
     <t>The standard specifies the energy efficiency of compression-type refrigerators for household and similar use. It covers only compression types. It includes requirements, marks and labels, sampling, and criteria for conformity and testing. It's been replaced by TIS 2186-2561(2018).</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
-    <t>New</t>
+    <t>New, Superseded</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>TIS 455-2537</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2186-2547-thai-industrial-standard-household-refrigerators</t>
   </si>
   <si>
     <t>https://service.tisi.go.th/fulltext/2186_2547.pdf</t>
   </si>
   <si>
     <t>TIS 2186-2561 (2018) :  Household Refrigerators and Refrigerator-Freezer: Environmental Requirements : Energy Ffficiency</t>
   </si>
   <si>
     <t>The standard mandates energy efficiency of compression-type refrigerators for household and similar use. Covers only compression type.</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2186-2561-2018-household-refrigerators-and-refrigerator-freezer-environmental</t>
   </si>