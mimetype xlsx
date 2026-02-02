--- v0 (2025-10-14)
+++ v1 (2026-02-02)
@@ -12,272 +12,315 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="61">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="75">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Algeria Order of 25 Safar 1430 corresponding to 21 February 2009 on the energy labeling of household air-conditioners</t>
   </si>
   <si>
+    <t>Air conditioners for domestic use with a cooling capacity less than 12kW. Air-to-water and water-water appliances are excluded</t>
+  </si>
+  <si>
     <t>Algeria</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Portable ACs</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Agence Nationale pour la Promotion et la Rationalisation de l'Utilisation de l'…</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/algeria-order-25-safar-1430-corresponding-21-february-2009-energy-labeling-household-air</t>
   </si>
   <si>
+    <t>https://www.energy.gov.dz/Media/galerie/-arrete_du_21_fevrier_2009_relatif_a_l'etiquetage_energetique_des_climatiseurs_a_usage_domestique_5b69515a43778.pdf</t>
+  </si>
+  <si>
     <t>Algeria Order of 25 Safar 1430 corresponding to 21 February 2009 on the energy labeling of residential lamps</t>
   </si>
   <si>
+    <t>Incandescent lamps and integrated ballast fluorescent lamps intended to be directly powered by the mains electrical grid.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/algeria-order-25-safar-1430-corresponding-21-february-2009-energy-labeling-residential</t>
   </si>
   <si>
+    <t>https://www.energy.gov.dz/Media/galerie/arrete_du_21_fevrier_2009_relatif_a_l'etiquetage_energetique_des_lampes_domestiques_5b695196e4dec.pdf</t>
+  </si>
+  <si>
     <t>Algeria Order of 25 Safar 1430 corresponding to 21 February 2009 on the energy labeling of residential refrigerators, freezers, and combined equipment</t>
   </si>
   <si>
+    <t>Refrigerators, freezers and combined appliances for domestic usage that run on electricity</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/algeria-order-25-safar-1430-corresponding-21-february-2009-energy-labeling-residential-0</t>
   </si>
   <si>
+    <t>https://www.energy.gov.dz/Media/galerie/arrete_du_21_fevrier_2009_etiquetage_appareils_usage_domestique_soumis_aux_regles_efficacite_energetique_5b6950da0ecc4.pdf</t>
+  </si>
+  <si>
     <t>Botswana standard for pico-solar and SHS kits (IEC TS 62257-9-5)</t>
   </si>
   <si>
+    <t>This policy applies to off-grid renewable energy products with batteries and solar modules with DC system voltages not exceeding 35 V and peak power ratings not exceeding 350 W.</t>
+  </si>
+  <si>
     <t>Botswana</t>
   </si>
   <si>
     <t>Solar Energy Kits</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>IEC TS 62257-9-5:2018</t>
   </si>
   <si>
     <t>Botswana Bureau of Standards</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/botswana-standard-pico-solar-and-shs-kits-iec-ts-62257-9-5</t>
   </si>
   <si>
+    <t>https://www.iec.ch/dyn/www/f?p=103:36:300860528604589::::FSP_ORG_ID,FSP_LANG_ID:1074,25</t>
+  </si>
+  <si>
     <t>MEPS for air conditioners</t>
   </si>
   <si>
+    <t>Air conditioners for domestic use , with a cooling capacity less than 12kW.   Air-to-water and water-water appliances are excluded</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-air-conditioners-0</t>
   </si>
   <si>
+    <t>http://www.rcreee.org/sites/default/files/algeria_ee_fact_sheet_print.pdf</t>
+  </si>
+  <si>
     <t>MEPS for lighting products</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-lighting-products</t>
   </si>
   <si>
     <t>MEPS for refrigerators, freezers and combined equipment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-refrigerators-freezers-and-combined-equipment</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Distribution Transformers (MEPS)</t>
   </si>
   <si>
+    <t>This regulation applies to all distribution power transformers that are manufactured in, or imported into the country/region, and are either sold, installed, or put into service as standalone equipment or as a component of a system, and which meet the following criteria:</t>
+  </si>
+  <si>
     <t>Distribution Transformers</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>Botswana Energy Regulatory Authority (BERA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-distribution-transformers-meps</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for refrigerating appliances (MEPS)</t>
+  </si>
+  <si>
+    <t>This standard applies to all refrigerating appliances of the vapor compression type, with a rated volume at or above 10 Liters (L) and at or below 1,500 L, powered by electric mains and offered for sale or installed in any application. The standard specifies requirements for test methods and energy use calculation, daily energy use calculation, maximum energy use, functional performance, refrigerant and foam blowing agent, product information and declaration of conformity 1975 and its regulations</t>
   </si>
   <si>
     <t>Refrigeration</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>IEC 62552:2015  part 1, 2 and 3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-refrigerating-appliances-meps</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -541,513 +584,572 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N10"/>
+  <dimension ref="A1:P10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="178" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="154" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="178.099" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="592.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="47.131" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="37.705" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="154.391" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="192.239" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2010</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2010</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>25</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>32</v>
+      </c>
+      <c r="P3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>34</v>
+      </c>
+      <c r="B4" t="s">
+        <v>35</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>36</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2010</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>25</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>37</v>
+      </c>
+      <c r="P4" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>39</v>
+      </c>
+      <c r="B5" t="s">
+        <v>40</v>
+      </c>
+      <c r="C5" t="s">
+        <v>41</v>
+      </c>
+      <c r="D5" t="s">
+        <v>42</v>
+      </c>
+      <c r="E5" t="s">
+        <v>43</v>
+      </c>
+      <c r="F5" t="s">
+        <v>44</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2009</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>45</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>46</v>
+      </c>
+      <c r="M5" t="s">
+        <v>47</v>
+      </c>
+      <c r="N5" t="s">
+        <v>48</v>
+      </c>
+      <c r="O5" t="s">
+        <v>49</v>
+      </c>
+      <c r="P5" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>51</v>
+      </c>
+      <c r="B6" t="s">
+        <v>52</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>53</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
         <v>2010</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>25</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>54</v>
+      </c>
+      <c r="P6" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>56</v>
+      </c>
+      <c r="B7" t="s">
+        <v>30</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>31</v>
+      </c>
+      <c r="E7" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...190 lines deleted...]
-      </c>
       <c r="F7" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>53</v>
+      </c>
+      <c r="G7" t="s">
+        <v>57</v>
       </c>
       <c r="H7">
         <v>2010</v>
       </c>
-      <c r="I7" t="s">
+      <c r="I7">
+        <v>2010</v>
+      </c>
+      <c r="J7" t="s">
+        <v>23</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>25</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>58</v>
+      </c>
+      <c r="P7" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>59</v>
+      </c>
+      <c r="B8" t="s">
+        <v>35</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>36</v>
+      </c>
+      <c r="E8" t="s">
         <v>20</v>
       </c>
-      <c r="J7" t="s">
-[...3 lines deleted...]
-      <c r="L7" t="s">
+      <c r="F8" t="s">
+        <v>53</v>
+      </c>
+      <c r="G8" t="s">
         <v>22</v>
       </c>
-      <c r="M7" t="s">
+      <c r="H8">
+        <v>2010</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
         <v>23</v>
       </c>
-      <c r="N7" t="s">
-        <v>46</v>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>25</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>60</v>
+      </c>
+      <c r="P8" t="s">
+        <v>55</v>
       </c>
     </row>
-    <row r="8" spans="1:14">
-[...37 lines deleted...]
-      </c>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>61</v>
+      </c>
+      <c r="B9" t="s">
+        <v>62</v>
+      </c>
+      <c r="C9" t="s">
+        <v>41</v>
+      </c>
+      <c r="D9" t="s">
+        <v>63</v>
+      </c>
+      <c r="E9" t="s">
+        <v>64</v>
+      </c>
+      <c r="F9" t="s">
+        <v>53</v>
+      </c>
+      <c r="G9" t="s">
+        <v>65</v>
+      </c>
+      <c r="H9"/>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>66</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>67</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>68</v>
+      </c>
+      <c r="P9"/>
     </row>
-    <row r="9" spans="1:14">
-[...20 lines deleted...]
-      <c r="I9" t="s">
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>69</v>
+      </c>
+      <c r="B10" t="s">
+        <v>70</v>
+      </c>
+      <c r="C10" t="s">
+        <v>41</v>
+      </c>
+      <c r="D10" t="s">
+        <v>71</v>
+      </c>
+      <c r="E10" t="s">
+        <v>64</v>
+      </c>
+      <c r="F10" t="s">
         <v>53</v>
       </c>
-      <c r="J9" t="s">
-[...32 lines deleted...]
-      <c r="G10"/>
+      <c r="G10" t="s">
+        <v>65</v>
+      </c>
       <c r="H10"/>
-      <c r="I10" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I10"/>
       <c r="J10" t="s">
-        <v>21</v>
+        <v>72</v>
       </c>
       <c r="K10" t="s">
-        <v>59</v>
+        <v>24</v>
       </c>
       <c r="L10" t="s">
-        <v>54</v>
+        <v>73</v>
       </c>
       <c r="M10" t="s">
-        <v>23</v>
+        <v>67</v>
       </c>
       <c r="N10" t="s">
-        <v>60</v>
-      </c>
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>74</v>
+      </c>
+      <c r="P10"/>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>