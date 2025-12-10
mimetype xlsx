--- v0 (2025-10-10)
+++ v1 (2025-12-10)
@@ -12,323 +12,387 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="78">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="99">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Botswana standard for pico-solar and SHS kits (IEC TS 62257-9-5)</t>
   </si>
   <si>
+    <t>This policy applies to off-grid renewable energy products with batteries and solar modules with DC system voltages not exceeding 35 V and peak power ratings not exceeding 350 W.</t>
+  </si>
+  <si>
     <t>Botswana</t>
   </si>
   <si>
     <t>Solar Energy Kits</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>IEC TS 62257-9-5:2018</t>
   </si>
   <si>
     <t>Botswana Bureau of Standards</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/botswana-standard-pico-solar-and-shs-kits-iec-ts-62257-9-5</t>
   </si>
   <si>
+    <t>https://www.iec.ch/dyn/www/f?p=103:36:300860528604589::::FSP_ORG_ID,FSP_LANG_ID:1074,25</t>
+  </si>
+  <si>
     <t>Gaceta Oficial No. 40.370 de fecha 12 de marzo de 2014</t>
   </si>
   <si>
+    <t>Incandescent lamps subject to the fulfillment of this resolution, have the following: conventional type, with voltage exceeding 100 V and whose power is greater than or equal to 25 W.</t>
+  </si>
+  <si>
     <t>Venezuela</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gaceta-oficial-no-40370-de-fecha-12-de-marzo-de-2014</t>
   </si>
   <si>
+    <t>https://www.legiscomex.com/BancoMedios/Documentos%20PDF/resolucion_conjunta_47_energia_12_mar_2014.pdf</t>
+  </si>
+  <si>
     <t>Joint Resolution No. 031 and 089, 2013</t>
   </si>
   <si>
+    <t>Information not available</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>ISO 15502:2005,IEC 60335-2-24:2007</t>
   </si>
   <si>
     <t>Ministerio de Poder Popular para la Energia Electrica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/joint-resolution-no-031-and-089-2013</t>
   </si>
   <si>
+    <t>https://www.tuv-sud.cn/cn-en/resource-centre/publications/e-ssentials-newsletter/consumer-products-retail/vol.-81/venezuela-energy-efficiency-labelling</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards for Distribution Transformers (MEPS)</t>
   </si>
   <si>
+    <t>This regulation applies to all distribution power transformers that are manufactured in, or imported into the country/region, and are either sold, installed, or put into service as standalone equipment or as a component of a system, and which meet the following criteria:</t>
+  </si>
+  <si>
     <t>Distribution Transformers</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>Botswana Energy Regulatory Authority (BERA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-distribution-transformers-meps</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for refrigerating appliances (MEPS)</t>
   </si>
   <si>
+    <t>This standard applies to all refrigerating appliances of the vapor compression type, with a rated volume at or above 10 Liters (L) and at or below 1,500 L, powered by electric mains and offered for sale or installed in any application. The standard specifies requirements for test methods and energy use calculation, daily energy use calculation, maximum energy use, functional performance, refrigerant and foam blowing agent, product information and declaration of conformity 1975 and its regulations</t>
+  </si>
+  <si>
     <t>Refrigeration</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>IEC 62552:2015  part 1, 2 and 3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-refrigerating-appliances-meps</t>
   </si>
   <si>
     <t>NI IEC TS 62258-9-8</t>
   </si>
   <si>
+    <t>Quality standards for standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
     <t>Côte d'Ivoire</t>
   </si>
   <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>April 2023</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>IEC TS 62257-9-5</t>
   </si>
   <si>
     <t>CODINORM</t>
   </si>
   <si>
     <t>Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ni-iec-ts-62258-9-8</t>
   </si>
   <si>
+    <t>https://www.codinorm.ci/</t>
+  </si>
+  <si>
     <t>Reglamento Tecnico Aparatos De Refrigeracion Y Congelacion</t>
   </si>
   <si>
+    <t>The document contains technical regulation for  energy efficiency labeling for refrigeration and freezing appliances</t>
+  </si>
+  <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>IEC 60335-2-24:2007,ISO 15502:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/reglamento-tecnico-aparatos-de-refrigeracion-y-congelacion</t>
   </si>
   <si>
+    <t>http://www.sencamer.gob.ve/publicos/descargas/pdf/consumo-eficiente.pdf</t>
+  </si>
+  <si>
     <t>Reglamento Tecnico De Luminarias LED 112</t>
   </si>
   <si>
+    <t>street lighting</t>
+  </si>
+  <si>
     <t>Streetlighting</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/reglamento-tecnico-de-luminarias-led-112</t>
   </si>
   <si>
+    <t>http://www.mppee.gob.ve/download/resoluciones/Reglamento%20tecnico%20de%20luminarias%20LED_112.pdf</t>
+  </si>
+  <si>
     <t>Reglamento Tecnico Etiquetado De EE Lamparas Fluroescentes</t>
   </si>
   <si>
+    <t>Linear (tube) fluorescent, Circular, Rectilinear , compact; linear; circular fluorescent lamps</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>CIE 84 1989,IEC 60901:2001,IEC 60969:2001</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/reglamento-tecnico-etiquetado-de-ee-lamparas-fluroescentes</t>
   </si>
   <si>
+    <t>https://www.legiscomex.com/BancoMedios/Documentos%20PDF/res_conj_019.pdf</t>
+  </si>
+  <si>
     <t>Reglamento Tecnico Resolucion Aires Acondicionados</t>
   </si>
   <si>
+    <t>Regulation only applies to air conditioners and air-cooled condenser with a capacity of less than or equal to 35 kW</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>ISO 5151:2010,IEC 60335-1 Edition 5.0,ISO 13253:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/reglamento-tecnico-resolucion-aires-acondicionados</t>
+  </si>
+  <si>
+    <t>http://www.mppee.gob.ve/download/resoluciones/Reglamento%20Tecnico%20Resolucion%20Aires%20Acondicionados.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -592,561 +656,626 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N11"/>
+  <dimension ref="A1:P11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="87" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="129" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="87.122" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="592.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="16.425" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="44.703" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="62.413" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="63.556" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="129.683" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="179.242" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2009</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>34</v>
+      </c>
+      <c r="F3" t="s">
+        <v>35</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2014</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>36</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3"/>
+      <c r="N3" t="s">
+        <v>37</v>
+      </c>
+      <c r="O3" t="s">
+        <v>38</v>
+      </c>
+      <c r="P3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D4" t="s">
+        <v>42</v>
+      </c>
+      <c r="E4" t="s">
+        <v>34</v>
+      </c>
+      <c r="F4" t="s">
+        <v>35</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2014</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>43</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>44</v>
+      </c>
+      <c r="M4" t="s">
+        <v>45</v>
+      </c>
+      <c r="N4" t="s">
+        <v>37</v>
+      </c>
+      <c r="O4" t="s">
+        <v>46</v>
+      </c>
+      <c r="P4" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>48</v>
+      </c>
+      <c r="B5" t="s">
+        <v>49</v>
+      </c>
+      <c r="C5" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D5" t="s">
+        <v>50</v>
+      </c>
+      <c r="E5" t="s">
+        <v>51</v>
+      </c>
+      <c r="F5" t="s">
+        <v>35</v>
+      </c>
+      <c r="G5" t="s">
+        <v>52</v>
+      </c>
+      <c r="H5"/>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>53</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>54</v>
+      </c>
+      <c r="N5" t="s">
+        <v>37</v>
+      </c>
+      <c r="O5" t="s">
+        <v>55</v>
+      </c>
+      <c r="P5"/>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>56</v>
+      </c>
+      <c r="B6" t="s">
+        <v>57</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>58</v>
+      </c>
+      <c r="E6" t="s">
+        <v>51</v>
+      </c>
+      <c r="F6" t="s">
+        <v>35</v>
+      </c>
+      <c r="G6" t="s">
+        <v>52</v>
+      </c>
+      <c r="H6"/>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>59</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>60</v>
+      </c>
+      <c r="M6" t="s">
+        <v>54</v>
+      </c>
+      <c r="N6" t="s">
+        <v>37</v>
+      </c>
+      <c r="O6" t="s">
+        <v>61</v>
+      </c>
+      <c r="P6"/>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>62</v>
+      </c>
+      <c r="B7" t="s">
+        <v>63</v>
+      </c>
+      <c r="C7" t="s">
+        <v>64</v>
+      </c>
+      <c r="D7" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...6 lines deleted...]
-      <c r="J2" t="s">
+      <c r="E7" t="s">
+        <v>51</v>
+      </c>
+      <c r="F7" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G7" t="s">
+        <v>65</v>
+      </c>
+      <c r="H7">
+        <v>2022</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>66</v>
+      </c>
+      <c r="K7" t="s">
+        <v>67</v>
+      </c>
+      <c r="L7" t="s">
+        <v>68</v>
+      </c>
+      <c r="M7" t="s">
+        <v>69</v>
+      </c>
+      <c r="N7" t="s">
+        <v>70</v>
+      </c>
+      <c r="O7" t="s">
+        <v>71</v>
+      </c>
+      <c r="P7" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>73</v>
+      </c>
+      <c r="B8" t="s">
+        <v>74</v>
+      </c>
+      <c r="C8" t="s">
+        <v>32</v>
+      </c>
+      <c r="D8" t="s">
+        <v>42</v>
+      </c>
+      <c r="E8" t="s">
+        <v>34</v>
+      </c>
+      <c r="F8" t="s">
+        <v>75</v>
+      </c>
+      <c r="G8" t="s">
+        <v>76</v>
+      </c>
+      <c r="H8">
+        <v>2005</v>
+      </c>
+      <c r="I8">
+        <v>2013</v>
+      </c>
+      <c r="J8" t="s">
+        <v>77</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>78</v>
+      </c>
+      <c r="M8" t="s">
+        <v>45</v>
+      </c>
+      <c r="N8" t="s">
+        <v>37</v>
+      </c>
+      <c r="O8" t="s">
+        <v>79</v>
+      </c>
+      <c r="P8" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>81</v>
+      </c>
+      <c r="B9" t="s">
+        <v>82</v>
+      </c>
+      <c r="C9" t="s">
+        <v>32</v>
+      </c>
+      <c r="D9" t="s">
+        <v>83</v>
+      </c>
+      <c r="E9" t="s">
+        <v>34</v>
+      </c>
+      <c r="F9" t="s">
+        <v>75</v>
+      </c>
+      <c r="G9" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H9">
+        <v>2014</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>36</v>
+      </c>
+      <c r="K9" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>45</v>
+      </c>
+      <c r="N9" t="s">
+        <v>37</v>
+      </c>
+      <c r="O9" t="s">
+        <v>84</v>
+      </c>
+      <c r="P9" t="s">
+        <v>85</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...30 lines deleted...]
-      <c r="M3" t="s">
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>86</v>
+      </c>
+      <c r="B10" t="s">
+        <v>87</v>
+      </c>
+      <c r="C10" t="s">
         <v>32</v>
       </c>
-      <c r="N3" t="s">
-        <v>33</v>
+      <c r="D10" t="s">
+        <v>88</v>
+      </c>
+      <c r="E10" t="s">
+        <v>34</v>
+      </c>
+      <c r="F10" t="s">
+        <v>89</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2015</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>43</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>90</v>
+      </c>
+      <c r="M10" t="s">
+        <v>45</v>
+      </c>
+      <c r="N10" t="s">
+        <v>37</v>
+      </c>
+      <c r="O10" t="s">
+        <v>91</v>
+      </c>
+      <c r="P10" t="s">
+        <v>92</v>
       </c>
     </row>
-    <row r="4" spans="1:14">
-      <c r="A4" t="s">
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>93</v>
+      </c>
+      <c r="B11" t="s">
+        <v>94</v>
+      </c>
+      <c r="C11" t="s">
+        <v>32</v>
+      </c>
+      <c r="D11" t="s">
+        <v>95</v>
+      </c>
+      <c r="E11" t="s">
         <v>34</v>
       </c>
-      <c r="B4" t="s">
-[...18 lines deleted...]
-      <c r="I4" t="s">
+      <c r="F11" t="s">
+        <v>89</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2012</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
         <v>36</v>
       </c>
-      <c r="J4" t="s">
-[...2 lines deleted...]
-      <c r="K4" t="s">
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>96</v>
+      </c>
+      <c r="M11" t="s">
+        <v>45</v>
+      </c>
+      <c r="N11" t="s">
         <v>37</v>
       </c>
-      <c r="L4" t="s">
-[...294 lines deleted...]
-        <v>77</v>
+      <c r="O11" t="s">
+        <v>97</v>
+      </c>
+      <c r="P11" t="s">
+        <v>98</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>