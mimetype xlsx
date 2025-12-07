--- v0 (2025-10-12)
+++ v1 (2025-12-07)
@@ -12,557 +12,723 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="156">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="211">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>e-Standby Power Program for Bidets</t>
   </si>
   <si>
+    <t>A type of hygienic device with nameplate output powerof power supply less than equal to 2,000W used to warmup the water to wash users anus or genital area after stool</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>Toilet Seats (Electric)</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-bidets</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100300.asp</t>
+  </si>
+  <si>
     <t>e-Standby Power Program for Computers</t>
   </si>
   <si>
+    <t>Computers with nameplate output power of powersupply less than equal to 1,000W</t>
+  </si>
+  <si>
     <t>Computers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-computers</t>
   </si>
   <si>
     <t>e-Standby Power Program for Cordless/Corded Phones</t>
   </si>
   <si>
+    <t>A device with nameplate output power of power supplyless than equal to 100W, capable of automatic reporting,voice and image transmitting between the internal andexternal units, opening and locking of the gate,communicating with the security and crime &amp; fire controls; gas, fire, crime</t>
+  </si>
+  <si>
     <t>Telephony</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-cordlesscorded-phones</t>
   </si>
   <si>
     <t>e-Standby Power Program for DVD Players</t>
   </si>
   <si>
+    <t>Digital Versatile Disc Players.</t>
+  </si>
+  <si>
     <t>DVD|Blu-Ray Players</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-dvd-players</t>
   </si>
   <si>
     <t>e-Standby Power Program for Energy-Saving &amp; Controlling</t>
   </si>
   <si>
+    <t>Controlling devices that automatically shut the power ofthe machine connected to multi-tab, by sensing operationor brightness of surrounding; or standby power blockingreceptacles.</t>
+  </si>
+  <si>
     <t>Smart home devices</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-energy-saving-controlling</t>
   </si>
   <si>
     <t>e-Standby Power Program for Fax Machine</t>
   </si>
   <si>
+    <t>Commercially-available imaging product with nameplateoutput power of power supply less than equal to 3,000Wwhose primary functions are scanning hard copy originalsfor electronic transmission to remote units and receivingsimilar electronic transmissions to produce hard copyoutput.</t>
+  </si>
+  <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-fax-machine</t>
   </si>
   <si>
     <t>e-Standby Power Program for Home Audio Products</t>
   </si>
   <si>
+    <t>An electronic product with nameplate output power ofpower supply less than or equal to 1,000W whose intendedpurpose, other than providing non-video status displays, isthe production of recording of signals in the audio domainas reproduced by headphones, loudspeakers, or othertransducers, except radio cassette players.</t>
+  </si>
+  <si>
     <t>Home Theater Equipment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-home-audio-products</t>
   </si>
   <si>
     <t>e-Standby Power Program for Home Gateway</t>
   </si>
   <si>
+    <t>Electronic products, with nameplate output power ofpower supply less than equal to 150W at LAN port whenthe maximum network traffic occur, that enable receivingexternal access networks, connecting home networkequipments based on wire/wireless networks, convertingprotocols, controlling, monitoring, managing and providingother home network related services</t>
+  </si>
+  <si>
     <t>Networking Equipment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-home-gateway</t>
   </si>
   <si>
     <t>e-Standby Power Program for Microwave Ovens</t>
   </si>
   <si>
+    <t>A household microwave oven with nameplate outputpower of power supply less than equal to 2,000W</t>
+  </si>
+  <si>
     <t>Microwaves</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-microwave-ovens</t>
   </si>
   <si>
     <t>e-Standby Power Program for Modem</t>
   </si>
   <si>
+    <t>Short for modulator-demodulator, it is a device withnameplate output power of power supply less than equalto 150W that enables data transmission from computers orterminals of communication devices over cable lines. Theapplication scope is limited to external modems with itsown power supply device, separated from computer orcommunication terminals.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-modem</t>
   </si>
   <si>
     <t>e-Standby Power Program for Monitors</t>
   </si>
   <si>
+    <t>This policy applies to commercially-available electronic products with a display screen in a single housing that is capable of displaying output information from a computer via one or more inputs (such as VGA and DVI), with nameplate output power of power supply less than or equal to 1,000W.</t>
+  </si>
+  <si>
     <t>Displays</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-monitors</t>
   </si>
   <si>
     <t>e-Standby Power Program for Multifunctional devices</t>
   </si>
   <si>
+    <t>A multifunction equipment able to perform corefunctions of copying, printing, faxing or scanning withnameplate output power of power supply less than equalto 5,000W</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-multifunctional-devices</t>
   </si>
   <si>
     <t>e-Standby Power Program for Printers</t>
   </si>
   <si>
+    <t>Commercially-available imaging product that serves as ahard copy output device, and is capable of receivinginformation from networked computers, or other inputdevices with nameplate output power of power supply lessthan equal to 3,000W</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-printers</t>
   </si>
   <si>
     <t>e-Standby Power Program for Scanners</t>
   </si>
   <si>
+    <t>Electro-optical device with nameplate output power ofpower supply less than equal to 1,000W for convertingcolor or black-and-white information into electronicimages that can be stored, edited, converted, ortransmitted primarily in a personal computing environment</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-scanners</t>
   </si>
   <si>
     <t>e-Standby Power Program for Set-Top Boxes</t>
   </si>
   <si>
+    <t>A device with nameplate output power of power supplyless than equal to 150W, capable of receiving,transmitting, processing, recording, converting signals anddisplaying by television or other displaying devices.</t>
+  </si>
+  <si>
     <t>Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-set-top-boxes</t>
   </si>
   <si>
     <t>e-Standby Power Program for Televisions</t>
   </si>
   <si>
+    <t>An electronic product with nameplate output power ofpower supply less than equal to 1,000W, consisting of atuner|receiver and a monitor encased in a single housing</t>
+  </si>
+  <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-televisions</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program</t>
   </si>
   <si>
+    <t>Reflectors for HID Lamps</t>
+  </si>
+  <si>
+    <t>Non-Directional lamps</t>
+  </si>
+  <si>
+    <t>November 2019</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-3</t>
+  </si>
+  <si>
+    <t>http://www.energy.or.kr/renew_eng/energy/appliances/certification.aspx</t>
+  </si>
+  <si>
+    <t>Metal-Halide Lamps</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-4</t>
+  </si>
+  <si>
+    <t>Ventilation fans</t>
+  </si>
+  <si>
+    <t>Exhaust Fans</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-9</t>
+  </si>
+  <si>
+    <t>This policy applies to windows with more than 0.34m2hC/kcal thermal resistance and less than 5m3/hm2 air leakage rate.</t>
+  </si>
+  <si>
+    <t>Insulations</t>
+  </si>
+  <si>
+    <t>Other</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program</t>
+  </si>
+  <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100101.asp</t>
+  </si>
+  <si>
+    <t>Industrial oil boilers</t>
+  </si>
+  <si>
+    <t>Boilers and Furnaces</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
+  </si>
+  <si>
+    <t>Oil</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-0</t>
+  </si>
+  <si>
+    <t>Oil boilers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-1</t>
+  </si>
+  <si>
+    <t>Direct-fired absorption chillers-heaters</t>
+  </si>
+  <si>
     <t>Chillers - Cooler Towers</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
-[...4 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-2</t>
   </si>
   <si>
-    <t>Non-Directional lamps</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-4</t>
+    <t>Sensor lighting equipment, PLS equipment, UCD lamp equipment, LED lamps using external converter, LED lamps using internal converter, attaching and detaching LED equipment, LED sensor equipment, converters for LED lighting modules, Tublar LED lamps, LED lamps for fluorescent lamp retrofit (internal converter type)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-5</t>
   </si>
   <si>
+    <t>LED traffic lights, LED leading lights, LED guard lighting equipment, LED street lights, LED flood lighting equipment, LED tunnel luminaires, LED module for channel letter signs</t>
+  </si>
+  <si>
     <t>Streetlighting</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-6</t>
   </si>
   <si>
+    <t>Single-phase induction motors</t>
+  </si>
+  <si>
     <t>1-Phase Motors</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-7</t>
   </si>
   <si>
+    <t>Information not available</t>
+  </si>
+  <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-8</t>
   </si>
   <si>
-    <t>Exhaust Fans</t>
-[...20 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-0</t>
+    <t>Centrifugal and Turbo Blowers</t>
   </si>
   <si>
     <t>Industrial Blowers</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-10</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-1</t>
-[...1 lines deleted...]
-  <si>
     <t>High-efficiency Appliances Certification Program for 3 Phase Induction Motor</t>
   </si>
   <si>
+    <t>Three phase induction motors</t>
+  </si>
+  <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-3-phase-induction-motor</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program for Associated Ballasts</t>
   </si>
   <si>
+    <t>Ballasts</t>
+  </si>
+  <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>KS C 7621-99</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-associated-ballasts</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program for Domestic Gas Boiler</t>
   </si>
   <si>
+    <t>Domestic gas boiler: Gas burning hot water boiler, whose heat efficiency is over 95 percent</t>
+  </si>
+  <si>
     <t>Gas</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-domestic-gas-boiler</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program for Energy Saving Device for Monitors</t>
   </si>
   <si>
+    <t>Energy saving device for monitor: controlling monitor power by detecting human body with sensor, whose net power consumption is less than 1.8W</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-energy-saving-device-monitors</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program for Industrial Gas Boiler</t>
   </si>
   <si>
+    <t>Industrial gas boiler whose rated capacity is less than 12 million kcal per h, maximum allowable working pressure is less than 10kg per cm2, heat efficiency is over 91 percent</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-industrial-gas-boiler</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program for Pumps</t>
   </si>
   <si>
+    <t>Centrifugal water chiller, whose chilling capacity is less than 1,500usRT</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-pumps</t>
   </si>
   <si>
+    <t>Pump: Centrifugal pump for feeding water into boilers</t>
+  </si>
+  <si>
     <t>Pumps Other</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-pumps-0</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program for Sensor Lighting Equipment</t>
   </si>
   <si>
+    <t>Sensor Lighting Equipment</t>
+  </si>
+  <si>
     <t>Lighting Controls</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-sensor-lighting-equipment</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program for Streetlighting</t>
   </si>
   <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-streetlighting</t>
   </si>
   <si>
+    <t>https://eep.energy.or.kr/download/Korean%20Energy%20Efficiency%20Policies%20(2015).pdf</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program for Uniterruptible Power System</t>
   </si>
   <si>
+    <t>Uniterruptible power system: controlling its function according to the amount of loads</t>
+  </si>
+  <si>
     <t>Uninterruptable Power Supply</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-uniterruptible-power-system</t>
   </si>
   <si>
     <t>Korea Eco label Standards EL 228 Urinals</t>
   </si>
   <si>
+    <t>This standard specif ies a method to confirm the certification criteria and conformance of Eco label of urinals installed in the buildings that use electronic flush valve or do not use water.</t>
+  </si>
+  <si>
     <t>Urinals</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Water</t>
   </si>
   <si>
     <t>KSB 2369</t>
   </si>
   <si>
     <t>Ministry of Environment</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/korea-eco-label-standards-el-228-urinals</t>
   </si>
   <si>
+    <t>http://el.keiti.re.kr/FileDownload.do?encData=sshC35fJeoPMDprwlrWIcu6LosvVyTDd0a6Ryspercent2Bap4cbpercent2FLBY1Xlp1BC2myOQL4baJQ9VFI2tSubYuZ622CSW76txsqp5XCkvi0ddnbZ9Jpc8eHawEBEWOC1mu2zFGur7racKsZ9gJsTis16avSB4Us4zZf5jO6hyPsqRagQx5G3WqHdRX52Jjpercent2F5tzY</t>
+  </si>
+  <si>
     <t>Korea Eco Label Standards Water Saving Showerhead and Water Saving Components for Faucet EL 222:2012</t>
   </si>
   <si>
+    <t>This standard specif ies a method to confirm the certification criteria and conformance of Ecolabel of the water saving faucets having a water saving function installed at the end of water pipes such as a single faucet, hot water and cold water mixed faucets or a stop valve among faucets used for supplying water with less than use pressure of 735kPa (hereinafter referred to as faucet), and valve products having a water saving function by stopping supply or water, automatically closing the value or supplying the specified amount of water. However, faucets for special use such as drinking water faucets, faucets for fountains and faucets for toilets shall be excluded.</t>
+  </si>
+  <si>
     <t>Showers or Showerheads</t>
   </si>
   <si>
     <t>KSB 2331</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/korea-eco-label-standards-water-saving-showerhead-and-water-saving-components-faucet-el</t>
   </si>
   <si>
+    <t>http://el.keiti.re.kr/FileDownload.do?encData=sshC35fJeoPMDprwlrWIcu6LosvVyTDd0a6Ryspercent2Bap4cbpercent2FLBY1Xlp1BC2myOQL4baJQ9VFI2tSubYuZ622CSW7percent2FUTvuniRHmqp75nbpercent2BGaeLny2YsN0IlrQjpercent2F0percent2BKgxM4ispercent2FKD9DlHJ1yXUpercent2Bskykx</t>
+  </si>
+  <si>
     <t>Korea Eco Label Standards Water Saving Toilet EL 223:2013</t>
   </si>
   <si>
+    <t>This standard specif ies a method to confirm the certification criteria and conformance of Ecolabel of the water saving toilet among toilets (western style water closet) with low tanks or flush valves (hereinafter referred to as "toilet").</t>
+  </si>
+  <si>
     <t>Toilets</t>
   </si>
   <si>
     <t>EM501, KS L 1551</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/korea-eco-label-standards-water-saving-toilet-el-2232013</t>
   </si>
   <si>
+    <t>http://el.keiti.re.kr/FileDownload.do?encData=sshC35fJeoPMDprwlrWIcu6LosvVyTDd0a6Ryspercent2Bap4cbpercent2FLBY1Xlp1BC2myOQL4baJQ9VFI2tSubYuZ622CSW7y58Apercent2B81L7P4rLapercent2FajMJdT9b5yA8fyWJFp6vjuUC7yZjvQUPGqd5ftUlbeqBjW52LjNaMUCnmqNVnT1JgBlH501zOaauLm</t>
+  </si>
+  <si>
     <t>Korea Ecolabel Standards Water-saving Faucets EL221:2012</t>
   </si>
   <si>
+    <t>The criteria shall apply to single faucet, cold and warm water mixed faucet or stagnant water faucet the water faucet (hereafter referred to as "faucet") used in water supply/bath supply with less than the usage pressure of 7.5kgf/㎠ 735kPa, to the water-saving faucet, which shall be set up at the end of water pipe and have water-saving effect, and to the valve that have water- saving effect through the function of immediate water-stopping, self-closing and fixed-quantity water-stopping. However, faucets for special use such as ones for drinking water, fountain and toilet shall be excluded.</t>
+  </si>
+  <si>
     <t>Taps or Faucets</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/korea-ecolabel-standards-water-saving-faucets-el2212012</t>
   </si>
   <si>
+    <t>http://el.keiti.re.kr/FileDownload.do?encData=sshC35fJeoPMDprwlrWIcu6LosvVyTDd0a6Ryspercent2Bap4cbpercent2FLBY1Xlp1BC2myOQL4baJQ9VFI2tSubYuZ622CSW74bllzXvqY5Wq0bOgPxdSkbYOaV9uckpercent2FRVFBygq3tRSx2WHxMnswq0VzzPLOeGRpercent2FjEUYTYWPvjh94a8dm0PyBXVQlEUV6y</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards for Distribution Transformers (MEPS)</t>
   </si>
   <si>
+    <t>This regulation applies to all distribution power transformers that are manufactured in, or imported into the country/region, and are either sold, installed, or put into service as standalone equipment or as a component of a system, and which meet the following criteria:</t>
+  </si>
+  <si>
     <t>Botswana</t>
   </si>
   <si>
     <t>Distribution Transformers</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>Botswana Energy Regulatory Authority (BERA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-distribution-transformers-meps</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for refrigerating appliances (MEPS)</t>
   </si>
   <si>
+    <t>This standard applies to all refrigerating appliances of the vapor compression type, with a rated volume at or above 10 Liters (L) and at or below 1,500 L, powered by electric mains and offered for sale or installed in any application. The standard specifies requirements for test methods and energy use calculation, daily energy use calculation, maximum energy use, functional performance, refrigerant and foam blowing agent, product information and declaration of conformity 1975 and its regulations</t>
+  </si>
+  <si>
     <t>Refrigeration</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>IEC 62552:2015  part 1, 2 and 3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-refrigerating-appliances-meps</t>
   </si>
   <si>
     <t>Regulation on Energy Efficiency Labeling and Standards, Ministry of Knowkedge Economy Notification No.2011-263. 2011.12.23</t>
   </si>
   <si>
+    <t>Drum washing machines</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-labeling-and-standards-ministry-knowkedge-economy</t>
+  </si>
+  <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-labeling-and-standards-ministry-knowkedge-economy-0</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -826,2047 +992,2328 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N47"/>
+  <dimension ref="A1:P47"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="144" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="153" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="794.949" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="37.705" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="153.248" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>2010</v>
       </c>
-      <c r="H2"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I2"/>
       <c r="J2" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-      <c r="L2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
+      <c r="H3">
+        <v>2009</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
         <v>23</v>
       </c>
-      <c r="N2" t="s">
-[...22 lines deleted...]
-      <c r="G3">
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>25</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>32</v>
+      </c>
+      <c r="P3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>33</v>
+      </c>
+      <c r="B4" t="s">
+        <v>34</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>35</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2010</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>25</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>36</v>
+      </c>
+      <c r="P4" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>37</v>
+      </c>
+      <c r="B5" t="s">
+        <v>38</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>39</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2010</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>40</v>
+      </c>
+      <c r="P5" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>41</v>
+      </c>
+      <c r="B6" t="s">
+        <v>42</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>43</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
         <v>2009</v>
       </c>
-      <c r="H3"/>
-[...7 lines deleted...]
-      <c r="L3" t="s">
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>25</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>44</v>
+      </c>
+      <c r="P6" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>45</v>
+      </c>
+      <c r="B7" t="s">
+        <v>46</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>47</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
         <v>22</v>
       </c>
-      <c r="M3" t="s">
+      <c r="H7">
+        <v>2010</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
         <v>23</v>
       </c>
-      <c r="N3" t="s">
-[...4 lines deleted...]
-      <c r="A4" t="s">
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>25</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>48</v>
+      </c>
+      <c r="P7" t="s">
         <v>28</v>
       </c>
-      <c r="B4" t="s">
-[...14 lines deleted...]
-      <c r="G4">
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>49</v>
+      </c>
+      <c r="B8" t="s">
+        <v>50</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>51</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
         <v>2010</v>
       </c>
-      <c r="H4"/>
-[...7 lines deleted...]
-      <c r="L4" t="s">
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>23</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>25</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>52</v>
+      </c>
+      <c r="P8" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>53</v>
+      </c>
+      <c r="B9" t="s">
+        <v>54</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>55</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
         <v>22</v>
       </c>
-      <c r="M4" t="s">
+      <c r="H9">
+        <v>2010</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
         <v>23</v>
       </c>
-      <c r="N4" t="s">
-[...22 lines deleted...]
-      <c r="G5">
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>25</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>56</v>
+      </c>
+      <c r="P9" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>57</v>
+      </c>
+      <c r="B10" t="s">
+        <v>58</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>59</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2009</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>23</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>25</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>60</v>
+      </c>
+      <c r="P10" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>61</v>
+      </c>
+      <c r="B11" t="s">
+        <v>62</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>55</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
         <v>2010</v>
       </c>
-      <c r="H5"/>
-[...7 lines deleted...]
-      <c r="L5" t="s">
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>23</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>25</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>63</v>
+      </c>
+      <c r="P11" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>64</v>
+      </c>
+      <c r="B12" t="s">
+        <v>65</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>66</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
         <v>22</v>
       </c>
-      <c r="M5" t="s">
+      <c r="H12">
+        <v>2009</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
         <v>23</v>
       </c>
-      <c r="N5" t="s">
-[...22 lines deleted...]
-      <c r="G6">
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>25</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>67</v>
+      </c>
+      <c r="P12" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>68</v>
+      </c>
+      <c r="B13" t="s">
+        <v>69</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>47</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
         <v>2009</v>
       </c>
-      <c r="H6"/>
-[...7 lines deleted...]
-      <c r="L6" t="s">
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>23</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>25</v>
+      </c>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>70</v>
+      </c>
+      <c r="P13" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>71</v>
+      </c>
+      <c r="B14" t="s">
+        <v>72</v>
+      </c>
+      <c r="C14" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14" t="s">
+        <v>47</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
         <v>22</v>
       </c>
-      <c r="M6" t="s">
+      <c r="H14">
+        <v>2009</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
         <v>23</v>
       </c>
-      <c r="N6" t="s">
-[...22 lines deleted...]
-      <c r="G7">
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>25</v>
+      </c>
+      <c r="N14" t="s">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>73</v>
+      </c>
+      <c r="P14" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>74</v>
+      </c>
+      <c r="B15" t="s">
+        <v>75</v>
+      </c>
+      <c r="C15" t="s">
+        <v>18</v>
+      </c>
+      <c r="D15" t="s">
+        <v>47</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
         <v>2010</v>
       </c>
-      <c r="H7"/>
-[...7 lines deleted...]
-      <c r="L7" t="s">
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>23</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>25</v>
+      </c>
+      <c r="N15" t="s">
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
+        <v>76</v>
+      </c>
+      <c r="P15" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>77</v>
+      </c>
+      <c r="B16" t="s">
+        <v>78</v>
+      </c>
+      <c r="C16" t="s">
+        <v>18</v>
+      </c>
+      <c r="D16" t="s">
+        <v>79</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
         <v>22</v>
       </c>
-      <c r="M7" t="s">
+      <c r="H16">
+        <v>2010</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
         <v>23</v>
       </c>
-      <c r="N7" t="s">
-[...33 lines deleted...]
-      <c r="L8" t="s">
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>25</v>
+      </c>
+      <c r="N16" t="s">
+        <v>26</v>
+      </c>
+      <c r="O16" t="s">
+        <v>80</v>
+      </c>
+      <c r="P16" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>81</v>
+      </c>
+      <c r="B17" t="s">
+        <v>82</v>
+      </c>
+      <c r="C17" t="s">
+        <v>18</v>
+      </c>
+      <c r="D17" t="s">
+        <v>83</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
         <v>22</v>
       </c>
-      <c r="M8" t="s">
+      <c r="H17">
+        <v>2008</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
         <v>23</v>
       </c>
-      <c r="N8" t="s">
-[...33 lines deleted...]
-      <c r="L9" t="s">
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>25</v>
+      </c>
+      <c r="N17" t="s">
+        <v>26</v>
+      </c>
+      <c r="O17" t="s">
+        <v>84</v>
+      </c>
+      <c r="P17" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>85</v>
+      </c>
+      <c r="B18" t="s">
+        <v>86</v>
+      </c>
+      <c r="C18" t="s">
+        <v>18</v>
+      </c>
+      <c r="D18" t="s">
+        <v>87</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
         <v>22</v>
-      </c>
-[...347 lines deleted...]
-        <v>2010</v>
       </c>
       <c r="H18">
         <v>2012</v>
       </c>
-      <c r="I18" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I18"/>
       <c r="J18" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-      <c r="L18" t="s">
+        <v>88</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>25</v>
+      </c>
+      <c r="N18" t="s">
+        <v>26</v>
+      </c>
+      <c r="O18" t="s">
+        <v>89</v>
+      </c>
+      <c r="P18" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>85</v>
+      </c>
+      <c r="B19" t="s">
+        <v>91</v>
+      </c>
+      <c r="C19" t="s">
+        <v>18</v>
+      </c>
+      <c r="D19" t="s">
+        <v>87</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>21</v>
+      </c>
+      <c r="G19" t="s">
         <v>22</v>
       </c>
-      <c r="M18" t="s">
+      <c r="H19">
+        <v>2012</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>88</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>25</v>
+      </c>
+      <c r="N19" t="s">
+        <v>26</v>
+      </c>
+      <c r="O19" t="s">
+        <v>92</v>
+      </c>
+      <c r="P19" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>85</v>
+      </c>
+      <c r="B20" t="s">
+        <v>93</v>
+      </c>
+      <c r="C20" t="s">
+        <v>18</v>
+      </c>
+      <c r="D20" t="s">
+        <v>94</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>21</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2012</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>88</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>25</v>
+      </c>
+      <c r="N20" t="s">
+        <v>26</v>
+      </c>
+      <c r="O20" t="s">
+        <v>95</v>
+      </c>
+      <c r="P20" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>85</v>
+      </c>
+      <c r="B21" t="s">
+        <v>96</v>
+      </c>
+      <c r="C21" t="s">
+        <v>18</v>
+      </c>
+      <c r="D21" t="s">
+        <v>97</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>21</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2010</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
         <v>23</v>
       </c>
-      <c r="N18" t="s">
-[...22 lines deleted...]
-      <c r="G19">
+      <c r="K21" t="s">
+        <v>98</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>25</v>
+      </c>
+      <c r="N21" t="s">
+        <v>26</v>
+      </c>
+      <c r="O21" t="s">
+        <v>99</v>
+      </c>
+      <c r="P21" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>85</v>
+      </c>
+      <c r="B22" t="s">
+        <v>101</v>
+      </c>
+      <c r="C22" t="s">
+        <v>18</v>
+      </c>
+      <c r="D22" t="s">
+        <v>102</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>21</v>
+      </c>
+      <c r="G22" t="s">
+        <v>103</v>
+      </c>
+      <c r="H22">
+        <v>1996</v>
+      </c>
+      <c r="I22">
         <v>2012</v>
       </c>
-      <c r="H19"/>
-[...10 lines deleted...]
-      <c r="M19" t="s">
+      <c r="J22" t="s">
         <v>23</v>
       </c>
-      <c r="N19" t="s">
-[...22 lines deleted...]
-      <c r="G20">
+      <c r="K22" t="s">
+        <v>104</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>25</v>
+      </c>
+      <c r="N22" t="s">
+        <v>26</v>
+      </c>
+      <c r="O22" t="s">
+        <v>105</v>
+      </c>
+      <c r="P22" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>85</v>
+      </c>
+      <c r="B23" t="s">
+        <v>106</v>
+      </c>
+      <c r="C23" t="s">
+        <v>18</v>
+      </c>
+      <c r="D23" t="s">
+        <v>102</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>21</v>
+      </c>
+      <c r="G23" t="s">
+        <v>103</v>
+      </c>
+      <c r="H23">
+        <v>1996</v>
+      </c>
+      <c r="I23">
         <v>2012</v>
       </c>
-      <c r="H20"/>
-[...10 lines deleted...]
-      <c r="M20" t="s">
+      <c r="J23" t="s">
         <v>23</v>
       </c>
-      <c r="N20" t="s">
-[...22 lines deleted...]
-      <c r="G21">
+      <c r="K23" t="s">
+        <v>104</v>
+      </c>
+      <c r="L23"/>
+      <c r="M23" t="s">
+        <v>25</v>
+      </c>
+      <c r="N23" t="s">
+        <v>26</v>
+      </c>
+      <c r="O23" t="s">
+        <v>107</v>
+      </c>
+      <c r="P23" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>85</v>
+      </c>
+      <c r="B24" t="s">
+        <v>108</v>
+      </c>
+      <c r="C24" t="s">
+        <v>18</v>
+      </c>
+      <c r="D24" t="s">
+        <v>109</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>21</v>
+      </c>
+      <c r="G24" t="s">
+        <v>103</v>
+      </c>
+      <c r="H24">
+        <v>2010</v>
+      </c>
+      <c r="I24">
         <v>2012</v>
       </c>
-      <c r="H21">
+      <c r="J24" t="s">
+        <v>88</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24"/>
+      <c r="M24" t="s">
+        <v>25</v>
+      </c>
+      <c r="N24" t="s">
+        <v>26</v>
+      </c>
+      <c r="O24" t="s">
+        <v>110</v>
+      </c>
+      <c r="P24" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>85</v>
+      </c>
+      <c r="B25" t="s">
+        <v>111</v>
+      </c>
+      <c r="C25" t="s">
+        <v>18</v>
+      </c>
+      <c r="D25" t="s">
+        <v>87</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>21</v>
+      </c>
+      <c r="G25" t="s">
+        <v>103</v>
+      </c>
+      <c r="H25">
         <v>2012</v>
       </c>
-      <c r="I21" t="s">
-[...9 lines deleted...]
-      <c r="M21" t="s">
+      <c r="I25">
+        <v>2012</v>
+      </c>
+      <c r="J25" t="s">
+        <v>88</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25"/>
+      <c r="M25" t="s">
+        <v>25</v>
+      </c>
+      <c r="N25" t="s">
+        <v>26</v>
+      </c>
+      <c r="O25" t="s">
+        <v>112</v>
+      </c>
+      <c r="P25" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>85</v>
+      </c>
+      <c r="B26" t="s">
+        <v>113</v>
+      </c>
+      <c r="C26" t="s">
+        <v>18</v>
+      </c>
+      <c r="D26" t="s">
+        <v>114</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>21</v>
+      </c>
+      <c r="G26" t="s">
+        <v>103</v>
+      </c>
+      <c r="H26">
+        <v>2012</v>
+      </c>
+      <c r="I26">
+        <v>2012</v>
+      </c>
+      <c r="J26" t="s">
+        <v>88</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26"/>
+      <c r="M26" t="s">
+        <v>25</v>
+      </c>
+      <c r="N26" t="s">
+        <v>26</v>
+      </c>
+      <c r="O26" t="s">
+        <v>115</v>
+      </c>
+      <c r="P26" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>85</v>
+      </c>
+      <c r="B27" t="s">
+        <v>116</v>
+      </c>
+      <c r="C27" t="s">
+        <v>18</v>
+      </c>
+      <c r="D27" t="s">
+        <v>117</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>21</v>
+      </c>
+      <c r="G27" t="s">
+        <v>103</v>
+      </c>
+      <c r="H27">
+        <v>1996</v>
+      </c>
+      <c r="I27">
+        <v>2012</v>
+      </c>
+      <c r="J27" t="s">
         <v>23</v>
       </c>
-      <c r="N21" t="s">
-[...22 lines deleted...]
-      <c r="G22">
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27"/>
+      <c r="M27" t="s">
+        <v>25</v>
+      </c>
+      <c r="N27" t="s">
+        <v>26</v>
+      </c>
+      <c r="O27" t="s">
+        <v>118</v>
+      </c>
+      <c r="P27" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>85</v>
+      </c>
+      <c r="B28" t="s">
+        <v>119</v>
+      </c>
+      <c r="C28" t="s">
+        <v>18</v>
+      </c>
+      <c r="D28" t="s">
+        <v>120</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>21</v>
+      </c>
+      <c r="G28" t="s">
+        <v>103</v>
+      </c>
+      <c r="H28">
+        <v>1996</v>
+      </c>
+      <c r="I28">
         <v>2012</v>
       </c>
-      <c r="H22">
-[...12 lines deleted...]
-      <c r="M22" t="s">
+      <c r="J28" t="s">
         <v>23</v>
       </c>
-      <c r="N22" t="s">
-[...163 lines deleted...]
-      <c r="N26" t="s">
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28"/>
+      <c r="M28" t="s">
+        <v>25</v>
+      </c>
+      <c r="N28" t="s">
+        <v>26</v>
+      </c>
+      <c r="O28" t="s">
+        <v>121</v>
+      </c>
+      <c r="P28" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
         <v>85</v>
       </c>
-    </row>
-[...87 lines deleted...]
-      </c>
       <c r="B29" t="s">
-        <v>15</v>
+        <v>122</v>
       </c>
       <c r="C29" t="s">
-        <v>86</v>
+        <v>18</v>
       </c>
       <c r="D29" t="s">
-        <v>17</v>
+        <v>123</v>
       </c>
       <c r="E29" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F29" t="s">
-        <v>68</v>
-[...2 lines deleted...]
-        <v>1996</v>
+        <v>21</v>
+      </c>
+      <c r="G29" t="s">
+        <v>103</v>
       </c>
       <c r="H29">
         <v>2012</v>
       </c>
-      <c r="I29" t="s">
-        <v>20</v>
+      <c r="I29">
+        <v>2012</v>
       </c>
       <c r="J29" t="s">
-        <v>87</v>
-[...4 lines deleted...]
-      </c>
+        <v>88</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29"/>
       <c r="M29" t="s">
+        <v>25</v>
+      </c>
+      <c r="N29" t="s">
+        <v>124</v>
+      </c>
+      <c r="O29" t="s">
+        <v>125</v>
+      </c>
+      <c r="P29" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>126</v>
+      </c>
+      <c r="B30" t="s">
+        <v>127</v>
+      </c>
+      <c r="C30" t="s">
+        <v>18</v>
+      </c>
+      <c r="D30" t="s">
+        <v>128</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>21</v>
+      </c>
+      <c r="G30" t="s">
+        <v>103</v>
+      </c>
+      <c r="H30">
+        <v>1996</v>
+      </c>
+      <c r="I30">
+        <v>2010</v>
+      </c>
+      <c r="J30" t="s">
         <v>23</v>
       </c>
-      <c r="N29" t="s">
-[...22 lines deleted...]
-      <c r="G30">
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30"/>
+      <c r="M30" t="s">
+        <v>25</v>
+      </c>
+      <c r="N30" t="s">
+        <v>26</v>
+      </c>
+      <c r="O30" t="s">
+        <v>129</v>
+      </c>
+      <c r="P30" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>130</v>
+      </c>
+      <c r="B31" t="s">
+        <v>131</v>
+      </c>
+      <c r="C31" t="s">
+        <v>18</v>
+      </c>
+      <c r="D31" t="s">
+        <v>132</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>21</v>
+      </c>
+      <c r="G31" t="s">
+        <v>103</v>
+      </c>
+      <c r="H31">
         <v>1996</v>
       </c>
-      <c r="H30">
+      <c r="I31">
+        <v>2012</v>
+      </c>
+      <c r="J31" t="s">
+        <v>23</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31" t="s">
+        <v>133</v>
+      </c>
+      <c r="M31" t="s">
+        <v>25</v>
+      </c>
+      <c r="N31" t="s">
+        <v>26</v>
+      </c>
+      <c r="O31" t="s">
+        <v>134</v>
+      </c>
+      <c r="P31" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>135</v>
+      </c>
+      <c r="B32" t="s">
+        <v>136</v>
+      </c>
+      <c r="C32" t="s">
+        <v>18</v>
+      </c>
+      <c r="D32" t="s">
+        <v>102</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>21</v>
+      </c>
+      <c r="G32" t="s">
+        <v>103</v>
+      </c>
+      <c r="H32">
+        <v>1996</v>
+      </c>
+      <c r="I32">
         <v>2010</v>
       </c>
-      <c r="I30" t="s">
-[...9 lines deleted...]
-      <c r="M30" t="s">
+      <c r="J32" t="s">
         <v>23</v>
       </c>
-      <c r="N30" t="s">
-[...22 lines deleted...]
-      <c r="G31">
+      <c r="K32" t="s">
+        <v>137</v>
+      </c>
+      <c r="L32"/>
+      <c r="M32" t="s">
+        <v>25</v>
+      </c>
+      <c r="N32" t="s">
+        <v>26</v>
+      </c>
+      <c r="O32" t="s">
+        <v>138</v>
+      </c>
+      <c r="P32" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>139</v>
+      </c>
+      <c r="B33" t="s">
+        <v>140</v>
+      </c>
+      <c r="C33" t="s">
+        <v>18</v>
+      </c>
+      <c r="D33" t="s">
+        <v>43</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>21</v>
+      </c>
+      <c r="G33" t="s">
+        <v>103</v>
+      </c>
+      <c r="H33">
         <v>1996</v>
       </c>
-      <c r="H31">
+      <c r="I33">
+        <v>2010</v>
+      </c>
+      <c r="J33" t="s">
+        <v>23</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33"/>
+      <c r="M33" t="s">
+        <v>25</v>
+      </c>
+      <c r="N33" t="s">
+        <v>26</v>
+      </c>
+      <c r="O33" t="s">
+        <v>141</v>
+      </c>
+      <c r="P33" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>142</v>
+      </c>
+      <c r="B34" t="s">
+        <v>143</v>
+      </c>
+      <c r="C34" t="s">
+        <v>18</v>
+      </c>
+      <c r="D34" t="s">
+        <v>102</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>21</v>
+      </c>
+      <c r="G34" t="s">
+        <v>103</v>
+      </c>
+      <c r="H34">
+        <v>1996</v>
+      </c>
+      <c r="I34">
+        <v>2010</v>
+      </c>
+      <c r="J34" t="s">
+        <v>23</v>
+      </c>
+      <c r="K34" t="s">
+        <v>137</v>
+      </c>
+      <c r="L34"/>
+      <c r="M34" t="s">
+        <v>25</v>
+      </c>
+      <c r="N34" t="s">
+        <v>26</v>
+      </c>
+      <c r="O34" t="s">
+        <v>144</v>
+      </c>
+      <c r="P34" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>145</v>
+      </c>
+      <c r="B35" t="s">
+        <v>146</v>
+      </c>
+      <c r="C35" t="s">
+        <v>18</v>
+      </c>
+      <c r="D35" t="s">
+        <v>109</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
+        <v>21</v>
+      </c>
+      <c r="G35" t="s">
+        <v>103</v>
+      </c>
+      <c r="H35">
+        <v>1996</v>
+      </c>
+      <c r="I35">
+        <v>2010</v>
+      </c>
+      <c r="J35" t="s">
+        <v>88</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35"/>
+      <c r="M35" t="s">
+        <v>25</v>
+      </c>
+      <c r="N35" t="s">
+        <v>26</v>
+      </c>
+      <c r="O35" t="s">
+        <v>147</v>
+      </c>
+      <c r="P35" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>145</v>
+      </c>
+      <c r="B36" t="s">
+        <v>148</v>
+      </c>
+      <c r="C36" t="s">
+        <v>18</v>
+      </c>
+      <c r="D36" t="s">
+        <v>149</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>21</v>
+      </c>
+      <c r="G36" t="s">
+        <v>103</v>
+      </c>
+      <c r="H36">
+        <v>1996</v>
+      </c>
+      <c r="I36">
+        <v>2010</v>
+      </c>
+      <c r="J36" t="s">
+        <v>23</v>
+      </c>
+      <c r="K36" t="s">
+        <v>137</v>
+      </c>
+      <c r="L36"/>
+      <c r="M36" t="s">
+        <v>25</v>
+      </c>
+      <c r="N36" t="s">
+        <v>26</v>
+      </c>
+      <c r="O36" t="s">
+        <v>150</v>
+      </c>
+      <c r="P36" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>151</v>
+      </c>
+      <c r="B37" t="s">
+        <v>152</v>
+      </c>
+      <c r="C37" t="s">
+        <v>18</v>
+      </c>
+      <c r="D37" t="s">
+        <v>153</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
+        <v>21</v>
+      </c>
+      <c r="G37" t="s">
+        <v>103</v>
+      </c>
+      <c r="H37">
+        <v>1996</v>
+      </c>
+      <c r="I37">
+        <v>2010</v>
+      </c>
+      <c r="J37" t="s">
+        <v>23</v>
+      </c>
+      <c r="K37" t="s">
+        <v>24</v>
+      </c>
+      <c r="L37"/>
+      <c r="M37" t="s">
+        <v>25</v>
+      </c>
+      <c r="N37" t="s">
+        <v>26</v>
+      </c>
+      <c r="O37" t="s">
+        <v>154</v>
+      </c>
+      <c r="P37" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>155</v>
+      </c>
+      <c r="B38" t="s">
+        <v>114</v>
+      </c>
+      <c r="C38" t="s">
+        <v>18</v>
+      </c>
+      <c r="D38" t="s">
+        <v>114</v>
+      </c>
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
+        <v>21</v>
+      </c>
+      <c r="G38" t="s">
+        <v>103</v>
+      </c>
+      <c r="H38">
+        <v>1996</v>
+      </c>
+      <c r="I38">
+        <v>2010</v>
+      </c>
+      <c r="J38" t="s">
+        <v>156</v>
+      </c>
+      <c r="K38" t="s">
+        <v>24</v>
+      </c>
+      <c r="L38"/>
+      <c r="M38" t="s">
+        <v>25</v>
+      </c>
+      <c r="N38" t="s">
+        <v>26</v>
+      </c>
+      <c r="O38" t="s">
+        <v>157</v>
+      </c>
+      <c r="P38" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>159</v>
+      </c>
+      <c r="B39" t="s">
+        <v>160</v>
+      </c>
+      <c r="C39" t="s">
+        <v>18</v>
+      </c>
+      <c r="D39" t="s">
+        <v>161</v>
+      </c>
+      <c r="E39" t="s">
+        <v>20</v>
+      </c>
+      <c r="F39" t="s">
+        <v>21</v>
+      </c>
+      <c r="G39" t="s">
+        <v>103</v>
+      </c>
+      <c r="H39">
+        <v>1996</v>
+      </c>
+      <c r="I39">
+        <v>2010</v>
+      </c>
+      <c r="J39" t="s">
+        <v>23</v>
+      </c>
+      <c r="K39" t="s">
+        <v>24</v>
+      </c>
+      <c r="L39"/>
+      <c r="M39" t="s">
+        <v>25</v>
+      </c>
+      <c r="N39" t="s">
+        <v>26</v>
+      </c>
+      <c r="O39" t="s">
+        <v>162</v>
+      </c>
+      <c r="P39" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>163</v>
+      </c>
+      <c r="B40" t="s">
+        <v>164</v>
+      </c>
+      <c r="C40" t="s">
+        <v>18</v>
+      </c>
+      <c r="D40" t="s">
+        <v>165</v>
+      </c>
+      <c r="E40" t="s">
+        <v>20</v>
+      </c>
+      <c r="F40" t="s">
+        <v>21</v>
+      </c>
+      <c r="G40" t="s">
+        <v>103</v>
+      </c>
+      <c r="H40">
+        <v>2006</v>
+      </c>
+      <c r="I40">
+        <v>2015</v>
+      </c>
+      <c r="J40" t="s">
+        <v>166</v>
+      </c>
+      <c r="K40" t="s">
+        <v>167</v>
+      </c>
+      <c r="L40" t="s">
+        <v>168</v>
+      </c>
+      <c r="M40" t="s">
+        <v>169</v>
+      </c>
+      <c r="N40" t="s">
+        <v>170</v>
+      </c>
+      <c r="O40" t="s">
+        <v>171</v>
+      </c>
+      <c r="P40" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>173</v>
+      </c>
+      <c r="B41" t="s">
+        <v>174</v>
+      </c>
+      <c r="C41" t="s">
+        <v>18</v>
+      </c>
+      <c r="D41" t="s">
+        <v>175</v>
+      </c>
+      <c r="E41" t="s">
+        <v>20</v>
+      </c>
+      <c r="F41" t="s">
+        <v>21</v>
+      </c>
+      <c r="G41" t="s">
+        <v>103</v>
+      </c>
+      <c r="H41">
+        <v>2001</v>
+      </c>
+      <c r="I41">
         <v>2012</v>
       </c>
-      <c r="I31" t="s">
-[...61 lines deleted...]
-      <c r="A33" t="s">
+      <c r="J41" t="s">
+        <v>166</v>
+      </c>
+      <c r="K41" t="s">
+        <v>167</v>
+      </c>
+      <c r="L41" t="s">
+        <v>176</v>
+      </c>
+      <c r="M41" t="s">
+        <v>169</v>
+      </c>
+      <c r="N41" t="s">
+        <v>170</v>
+      </c>
+      <c r="O41" t="s">
+        <v>177</v>
+      </c>
+      <c r="P41" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>179</v>
+      </c>
+      <c r="B42" t="s">
+        <v>180</v>
+      </c>
+      <c r="C42" t="s">
+        <v>18</v>
+      </c>
+      <c r="D42" t="s">
+        <v>181</v>
+      </c>
+      <c r="E42" t="s">
+        <v>20</v>
+      </c>
+      <c r="F42" t="s">
+        <v>21</v>
+      </c>
+      <c r="G42" t="s">
         <v>103</v>
       </c>
-      <c r="B33" t="s">
-[...355 lines deleted...]
-      <c r="H41">
+      <c r="H42">
+        <v>1994</v>
+      </c>
+      <c r="I42">
+        <v>2013</v>
+      </c>
+      <c r="J42" t="s">
+        <v>166</v>
+      </c>
+      <c r="K42" t="s">
+        <v>167</v>
+      </c>
+      <c r="L42" t="s">
+        <v>182</v>
+      </c>
+      <c r="M42" t="s">
+        <v>169</v>
+      </c>
+      <c r="N42" t="s">
+        <v>170</v>
+      </c>
+      <c r="O42" t="s">
+        <v>183</v>
+      </c>
+      <c r="P42" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>185</v>
+      </c>
+      <c r="B43" t="s">
+        <v>186</v>
+      </c>
+      <c r="C43" t="s">
+        <v>18</v>
+      </c>
+      <c r="D43" t="s">
+        <v>187</v>
+      </c>
+      <c r="E43" t="s">
+        <v>20</v>
+      </c>
+      <c r="F43" t="s">
+        <v>21</v>
+      </c>
+      <c r="G43" t="s">
+        <v>103</v>
+      </c>
+      <c r="H43">
+        <v>1992</v>
+      </c>
+      <c r="I43">
         <v>2012</v>
       </c>
-      <c r="I41" t="s">
-[...89 lines deleted...]
-      </c>
       <c r="J43" t="s">
-        <v>123</v>
+        <v>166</v>
       </c>
       <c r="K43" t="s">
-        <v>130</v>
+        <v>167</v>
       </c>
       <c r="L43" t="s">
-        <v>125</v>
+        <v>176</v>
       </c>
       <c r="M43" t="s">
-        <v>126</v>
+        <v>169</v>
       </c>
       <c r="N43" t="s">
-        <v>138</v>
-[...2 lines deleted...]
-    <row r="44" spans="1:14">
+        <v>170</v>
+      </c>
+      <c r="O43" t="s">
+        <v>188</v>
+      </c>
+      <c r="P43" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>139</v>
+        <v>190</v>
       </c>
       <c r="B44" t="s">
-        <v>140</v>
+        <v>191</v>
       </c>
       <c r="C44" t="s">
-        <v>141</v>
+        <v>192</v>
       </c>
       <c r="D44" t="s">
-        <v>17</v>
+        <v>193</v>
       </c>
       <c r="E44" t="s">
-        <v>142</v>
+        <v>20</v>
       </c>
       <c r="F44" t="s">
-        <v>143</v>
-[...1 lines deleted...]
-      <c r="G44"/>
+        <v>194</v>
+      </c>
+      <c r="G44" t="s">
+        <v>195</v>
+      </c>
       <c r="H44"/>
-      <c r="I44" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I44"/>
       <c r="J44" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>196</v>
+      </c>
+      <c r="K44" t="s">
+        <v>24</v>
+      </c>
+      <c r="L44"/>
       <c r="M44" t="s">
-        <v>23</v>
+        <v>197</v>
       </c>
       <c r="N44" t="s">
-        <v>146</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O44" t="s">
+        <v>198</v>
+      </c>
+      <c r="P44"/>
+    </row>
+    <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>147</v>
+        <v>199</v>
       </c>
       <c r="B45" t="s">
-        <v>140</v>
+        <v>200</v>
       </c>
       <c r="C45" t="s">
-        <v>148</v>
+        <v>192</v>
       </c>
       <c r="D45" t="s">
-        <v>17</v>
+        <v>201</v>
       </c>
       <c r="E45" t="s">
-        <v>142</v>
+        <v>20</v>
       </c>
       <c r="F45" t="s">
-        <v>143</v>
-[...1 lines deleted...]
-      <c r="G45"/>
+        <v>194</v>
+      </c>
+      <c r="G45" t="s">
+        <v>195</v>
+      </c>
       <c r="H45"/>
-      <c r="I45" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I45"/>
       <c r="J45" t="s">
-        <v>21</v>
+        <v>202</v>
       </c>
       <c r="K45" t="s">
-        <v>150</v>
+        <v>24</v>
       </c>
       <c r="L45" t="s">
-        <v>145</v>
+        <v>203</v>
       </c>
       <c r="M45" t="s">
-        <v>23</v>
+        <v>197</v>
       </c>
       <c r="N45" t="s">
-        <v>151</v>
-[...2 lines deleted...]
-    <row r="46" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O45" t="s">
+        <v>204</v>
+      </c>
+      <c r="P45"/>
+    </row>
+    <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>152</v>
+        <v>205</v>
       </c>
       <c r="B46" t="s">
-        <v>15</v>
+        <v>206</v>
       </c>
       <c r="C46" t="s">
-        <v>153</v>
+        <v>18</v>
       </c>
       <c r="D46" t="s">
-        <v>17</v>
+        <v>207</v>
       </c>
       <c r="E46" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F46" t="s">
-        <v>68</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>21</v>
+      </c>
+      <c r="G46" t="s">
+        <v>103</v>
       </c>
       <c r="H46">
         <v>2012</v>
       </c>
-      <c r="I46" t="s">
-        <v>20</v>
+      <c r="I46">
+        <v>2012</v>
       </c>
       <c r="J46" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>23</v>
+      </c>
+      <c r="K46" t="s">
+        <v>24</v>
+      </c>
+      <c r="L46"/>
       <c r="M46" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="N46" t="s">
-        <v>154</v>
-[...2 lines deleted...]
-    <row r="47" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O46" t="s">
+        <v>208</v>
+      </c>
+      <c r="P46" t="s">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
       <c r="A47" t="s">
-        <v>152</v>
+        <v>205</v>
       </c>
       <c r="B47" t="s">
-        <v>15</v>
+        <v>83</v>
       </c>
       <c r="C47" t="s">
-        <v>64</v>
+        <v>18</v>
       </c>
       <c r="D47" t="s">
-        <v>17</v>
+        <v>83</v>
       </c>
       <c r="E47" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F47" t="s">
-        <v>68</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>21</v>
+      </c>
+      <c r="G47" t="s">
+        <v>103</v>
       </c>
       <c r="H47">
         <v>2012</v>
       </c>
-      <c r="I47" t="s">
-        <v>20</v>
+      <c r="I47">
+        <v>2012</v>
       </c>
       <c r="J47" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>23</v>
+      </c>
+      <c r="K47" t="s">
+        <v>24</v>
+      </c>
+      <c r="L47"/>
       <c r="M47" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="N47" t="s">
-        <v>155</v>
+        <v>26</v>
+      </c>
+      <c r="O47" t="s">
+        <v>210</v>
+      </c>
+      <c r="P47" t="s">
+        <v>209</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>