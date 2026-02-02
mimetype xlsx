--- v0 (2025-10-15)
+++ v1 (2026-02-02)
@@ -12,230 +12,253 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Botswana standard for pico-solar and SHS kits (IEC TS 62257-9-5)</t>
   </si>
   <si>
+    <t>This policy applies to off-grid renewable energy products with batteries and solar modules with DC system voltages not exceeding 35 V and peak power ratings not exceeding 350 W.</t>
+  </si>
+  <si>
     <t>Botswana</t>
   </si>
   <si>
     <t>Solar Energy Kits</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>IEC TS 62257-9-5:2018</t>
   </si>
   <si>
     <t>Botswana Bureau of Standards</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/botswana-standard-pico-solar-and-shs-kits-iec-ts-62257-9-5</t>
   </si>
   <si>
+    <t>https://www.iec.ch/dyn/www/f?p=103:36:300860528604589::::FSP_ORG_ID,FSP_LANG_ID:1074,25</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards for Distribution Transformers (MEPS)</t>
   </si>
   <si>
+    <t>This regulation applies to all distribution power transformers that are manufactured in, or imported into the country/region, and are either sold, installed, or put into service as standalone equipment or as a component of a system, and which meet the following criteria:</t>
+  </si>
+  <si>
     <t>Distribution Transformers</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>Botswana Energy Regulatory Authority (BERA)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-distribution-transformers-meps</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for refrigerating appliances (MEPS)</t>
   </si>
   <si>
+    <t>This standard applies to all refrigerating appliances of the vapor compression type, with a rated volume at or above 10 Liters (L) and at or below 1,500 L, powered by electric mains and offered for sale or installed in any application. The standard specifies requirements for test methods and energy use calculation, daily energy use calculation, maximum energy use, functional performance, refrigerant and foam blowing agent, product information and declaration of conformity 1975 and its regulations</t>
+  </si>
+  <si>
     <t>Refrigeration</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>IEC 62552:2015  part 1, 2 and 3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-refrigerating-appliances-meps</t>
   </si>
   <si>
     <t>ZS IEC 62257-9-8</t>
+  </si>
+  <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.
+The Standard has been gazetted but has not entered into force yet.</t>
   </si>
   <si>
     <t>Zambia</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>IEC TS 62257-9-5</t>
   </si>
   <si>
     <t>Zambia Standards Bureau (ZABS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/zs-iec-62257-9-8</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -499,313 +522,340 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N5"/>
+  <dimension ref="A1:P5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="87" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="129" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="87.122" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="592.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="37.705" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="129.683" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="103.689" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2009</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>33</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>35</v>
+      </c>
+      <c r="H3"/>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>36</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>37</v>
+      </c>
+      <c r="N3" t="s">
+        <v>38</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3"/>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>42</v>
+      </c>
+      <c r="E4" t="s">
+        <v>33</v>
+      </c>
+      <c r="F4" t="s">
+        <v>34</v>
+      </c>
+      <c r="G4" t="s">
+        <v>35</v>
+      </c>
+      <c r="H4"/>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>43</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>44</v>
+      </c>
+      <c r="M4" t="s">
+        <v>37</v>
+      </c>
+      <c r="N4" t="s">
+        <v>38</v>
+      </c>
+      <c r="O4" t="s">
+        <v>45</v>
+      </c>
+      <c r="P4"/>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>46</v>
+      </c>
+      <c r="B5" t="s">
+        <v>47</v>
+      </c>
+      <c r="C5" t="s">
+        <v>48</v>
+      </c>
+      <c r="D5" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...6 lines deleted...]
-      <c r="J2" t="s">
+      <c r="E5" t="s">
+        <v>33</v>
+      </c>
+      <c r="F5" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G5" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...16 lines deleted...]
-      <c r="C3" t="s">
+      <c r="H5">
+        <v>2021</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>49</v>
+      </c>
+      <c r="K5" t="s">
+        <v>50</v>
+      </c>
+      <c r="L5" t="s">
+        <v>51</v>
+      </c>
+      <c r="M5" t="s">
+        <v>52</v>
+      </c>
+      <c r="N5" t="s">
         <v>27</v>
       </c>
-      <c r="D3" t="s">
-[...107 lines deleted...]
-      </c>
+      <c r="O5" t="s">
+        <v>53</v>
+      </c>
+      <c r="P5"/>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>