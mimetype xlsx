--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -12,498 +12,563 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="131">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="153">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>3794 / 2024 Energy Efficiency of Household and Similar Electrical Appliances Measurement and Calculation Methods for Energy Consumption of Refrigerators, Refrigerator-Freezers and Freezers</t>
   </si>
   <si>
+    <t>This standard is mandatory and provides energy efficiency measurement and calculation methods for energy consumption of refrigerators, refrigerator-freezers and freezers.</t>
+  </si>
+  <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Refrigeration, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>April 2025</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>ICS 97.040.30</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards &amp; Quality</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3794-2024-energy-efficiency-household-and-similar-electrical-appliances-measurement-and</t>
   </si>
   <si>
-    <t>3794/2018 Energy efficiency of household and similar electrical appliances - measurement and calculation methods for energy consumption of refrigerrators, refrigerator-freezers and freezers</t>
-[...2 lines deleted...]
-    <t>Refrigerators-Freezers, Freezers-only</t>
+    <t>https://www.eos.org.eg/en/standard/4358</t>
+  </si>
+  <si>
+    <t>3795-1/2016 Energy efficiency label requirements for air conditioners part 1: room air conditioner (window-split) with fixed capacity and fixed compressor</t>
+  </si>
+  <si>
+    <t>This standard establishes label requirements for room air conditioners, both window and split with fixed capacity and fixed compressors.</t>
+  </si>
+  <si>
+    <t>Space Heating and Space Cooling, Air Conditioning, Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
-  </si>
-[...16 lines deleted...]
-    <t>Comparative Label</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814.</t>
   </si>
   <si>
+    <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3795-12016-energy-efficiency-label-requirements-air-conditioners-part-1-room-air</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/14491</t>
+  </si>
+  <si>
     <t>3795-2/2017 Energy Efficiency Label Requirements For Air Conditioners Part 2: Variable Capacity Room Air Conditioner (Window-Split) with Variable Speed Compressor</t>
+  </si>
+  <si>
+    <t>This standard establishes label requirements for room air conditioners, both window and split with variable speed compressors.</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3795-22017-energy-efficiency-label-requirements-air-conditioners-part-2-variable-capacity</t>
   </si>
   <si>
+    <t>http://eos.org.eg/en/standard/14613</t>
+  </si>
+  <si>
     <t>3795-5/2018 Energy efficiency label requirements for air conditioners part 5: fixed capacity ducted room air conditioner with fixed speed compressor</t>
   </si>
   <si>
+    <t>This standard establishes requirements for fixed-capacity ducted room air conditioners with fixed-speed compressors.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3795-52018-energy-efficiency-label-requirements-air-conditioners-part-5-fixed-capacity</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/14798</t>
+  </si>
+  <si>
     <t>3795/2023 Energy Efficiency Label Requirements for Air Conditioner Room Air Conditioner (Window - Split)</t>
   </si>
   <si>
-    <t>Africa, Egypt</t>
+    <t>This standard is mandatory and applies to window and split air conditioners.</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>ICS 23.120 - 27.015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/37952023-energy-efficiency-label-requirements-air-conditioner-room-air-conditioner-window</t>
   </si>
   <si>
+    <t>https://www.eos.org.eg/en/standard/8643</t>
+  </si>
+  <si>
     <t>4100/2006 Energy Efficiency of Households and similar Electrical appliances methods for measuring and calculation energy consumption of washing machine</t>
+  </si>
+  <si>
+    <t>This standard specifies the energy efficiency specifications for washing machines.</t>
   </si>
   <si>
     <t>Laundry, Washing Machines</t>
   </si>
   <si>
     <t>IEC 60465/2003+cor1/2005
 ,   
                       IEC-60335-1/2001-Amd 1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/41002006-energy-efficiency-households-and-similar-electrical-appliances-methods-measuring</t>
   </si>
   <si>
-    <t>5806/2019 Energy efficiency of households and similar Electrical appliances methods for measuring and calculation energy consumption for electric water heaters</t>
-[...8 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/58062019-energy-efficiency-households-and-similar-electrical-appliances-methods-measuring</t>
+    <t>http://www.eos.org.eg/en/standard/4472</t>
   </si>
   <si>
     <t>6977/2009 Energy Efficiency Of Distribution Transformers</t>
   </si>
   <si>
+    <t>This standard specifies the energy efficiency of distribution transformers.</t>
+  </si>
+  <si>
     <t>Power Transformers</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>IEC 60076-ser/2008
 ,   
                     ES 1886: Power Transformers Dry Type
 ,   
                     ES 4885-1 Instrument transformers part-1Current transformer
 ,   
                     ES 4885-1 Instrument transformers part-2 Inductive voltage transformer</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/69772009-energy-efficiency-distribution-transformers</t>
   </si>
   <si>
-    <t>7821/2014 Energy efficiency of household electrical appliances Methods for measuring and calculating energy efficiency of electric circulating air fans</t>
-[...26 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/79932018-energy-efficiency-label-televisions-and-displays</t>
+    <t>http://www.eos.org.eg/en/standard/10626</t>
   </si>
   <si>
     <t>Eco-Design Requirements for Water Pump Energy Efficiency (8441/2021)</t>
   </si>
   <si>
+    <t>This standard establishes ecodesign requirements for rotodynamic water pumps for pumping clean water, including those integrated into other products, and efficiency labeling requirements.</t>
+  </si>
+  <si>
     <t>Pumps</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
+    <t>Entered into force, New, Superseded</t>
+  </si>
+  <si>
     <t>ICS 23.080</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards and Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/eco-design-requirements-water-pump-energy-efficiency-84412021</t>
   </si>
   <si>
+    <t>https://www.eos.org.eg/en/standard/15248</t>
+  </si>
+  <si>
     <t>Energy Efficiency of Household and Similar Electrical Appliances</t>
   </si>
   <si>
+    <t>This standard identifies the methods of measuring and calculating energy efficiency and sets a maximum limit to the values of energy consumption. The standard aims to reduce the consumption of electric power.</t>
+  </si>
+  <si>
     <t>Kitchen, Dishwashers</t>
   </si>
   <si>
     <t>IEC60436:2004, A1:2009, A2:2012</t>
   </si>
   <si>
     <t>Egyptian Organisation for Standards and Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-household-and-similar-electrical-appliances</t>
   </si>
   <si>
+    <t>https://www.eos.org.eg/en/standard/14008</t>
+  </si>
+  <si>
     <t>Energy Efficiency Of Household Electrical Appliances Methods For Measuring And Calculating Energy Efficiency Of Domestic Ovens (ES 8058/2017)</t>
+  </si>
+  <si>
+    <t>This standard establishes the methods of measuring and calculating the energy efficiency of electrical domestic ovens.</t>
   </si>
   <si>
     <t>Kitchen, Ovens</t>
   </si>
   <si>
     <t>IEC 60350-1/2015
 ,   
                     Regulation (EU) No 65/2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-household-electrical-appliances-methods-measuring-and-calculating-0</t>
   </si>
   <si>
-    <t>Energy Efficiency Of Household Electrical Appliances Methods For Measuring And Calculating Energy Efficiency Of Vacuum Cleaners(ES 8057/2017)</t>
-[...10 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-household-electrical-appliances-methods-measuring-and-calculating-energy</t>
+    <t>https://www.eos.org.eg/en/standard/14544</t>
   </si>
   <si>
     <t>GN 11/2017: Energy Efficiency (Labelling of Regulated Machinery) Regulations 2017 - amended by GN No. 137 of 2018</t>
   </si>
   <si>
+    <t>This regulation covers the labeling requirements for household refrigerating appliances, household electric ovens, and household dishwashers. The Mauritian label is similar to the EU one. Dealers have to register their appliances with the Energy Efficiency Management Office and affix the energy label on the appliances before putting them on display for sale.</t>
+  </si>
+  <si>
     <t>Mauritius</t>
   </si>
   <si>
     <t>Ovens, Dishwashers, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>MS 201</t>
   </si>
   <si>
     <t>Energy Efficiency Management Office</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gn-112017-energy-efficiency-labelling-regulated-machinery-regulations-2017-amended-gn-no</t>
   </si>
   <si>
+    <t>https://eemo.govmu.org/Pages/Labelling%20of%20appliances/amend_GN137_2018.pdf</t>
+  </si>
+  <si>
     <t>MS : 208 : 2012 Energy efficiency and labelling requirements-Television</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for Television</t>
+  </si>
+  <si>
+    <t>Televisions</t>
+  </si>
+  <si>
     <t>MS 208</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-208-2012-energy-efficiency-and-labelling-requirements-television</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-682/</t>
+  </si>
+  <si>
     <t>MS : 210 : 2015 Energy efficiency and labelling requirements-vacuum cleaners</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for Vacuum cleaners</t>
+  </si>
+  <si>
     <t>Vacuum Cleaners</t>
   </si>
   <si>
     <t>MS 210</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-210-2015-energy-efficiency-and-labelling-requirements-vacuum-cleaners</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-683/</t>
+  </si>
+  <si>
     <t>MS :200:2013 Energy efficiency and labelling requirements -household air conditioner</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for household air conditioner</t>
+  </si>
+  <si>
     <t>MS 200</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-2002013-energy-efficiency-and-labelling-requirements-household-air-conditioner</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-675/</t>
+  </si>
+  <si>
     <t>MS :203:2014 Energy efficiency and labelling requirements -Electric lamps and luminaires</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for electric lamps and luminaires</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Indoor Luminaires</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>MS 203</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-2032014-energy-efficiency-and-labelling-requirements-electric-lamps-and-luminaires</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-678/</t>
+  </si>
+  <si>
     <t>MS: 201:2012 Energy efficiency and labelling requirement-Household refrigerating appliances</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for household refrigerating applliances</t>
+  </si>
+  <si>
     <t>Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-2012012-energy-efficiency-and-labelling-requirement-household-refrigerating-appliances</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-676/</t>
+  </si>
+  <si>
     <t>MS: 204:2015 Energy efficiency and labelling requirement-Domestic Ovens and Range hoods</t>
   </si>
   <si>
     <t>Ovens</t>
   </si>
   <si>
     <t>MS 204</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-2042015-energy-efficiency-and-labelling-requirement-domestic-ovens-and-range-hoods</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-679/</t>
+  </si>
+  <si>
     <t>MS: 205:2011 Energy efficiency and labelling requirement-Household electric dishwasher</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for dishwasher</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>MS 205</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-2052011-energy-efficiency-and-labelling-requirement-household-electric-dishwasher</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-680/</t>
+  </si>
+  <si>
     <t>MS: 207: 2013 Energy efficiency and labelling requirements-Household Tumble driers</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for household tumble driers</t>
+  </si>
+  <si>
     <t>Clothes Dryers</t>
   </si>
   <si>
     <t>MS 207</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-207-2013-energy-efficiency-and-labelling-requirements-household-tumble-driers</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-681/</t>
+  </si>
+  <si>
     <t>Voluntary Labelling of Electrical Appliances</t>
   </si>
   <si>
+    <t>The voluntary scheme covers the following electrical appliances: room air conditioners, washing machines, electric lamps, and tumble dryers.</t>
+  </si>
+  <si>
     <t>Clothes Dryers, Washing Machines, Directional Lamps, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/voluntary-labelling-electrical-appliances</t>
+  </si>
+  <si>
+    <t>https://eemo.govmu.org/Pages/Labelling%20of%20appliances/Voluntary_labelling.pdf#search=Voluntary%20labelling%20of%20Electrical%20Appliance</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -767,1255 +832,1134 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N27"/>
+  <dimension ref="A1:P21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="224" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="222.803" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="425.753" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="93.12" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="47.131" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="107.26" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="80.123" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="165.103" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2003</v>
+      </c>
+      <c r="I2">
+        <v>2024</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>34</v>
+      </c>
+      <c r="H3">
         <v>2003</v>
       </c>
-      <c r="H2">
-[...2 lines deleted...]
-      <c r="I2" t="s">
+      <c r="I3">
+        <v>2016</v>
+      </c>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>36</v>
+      </c>
+      <c r="M3" t="s">
+        <v>37</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>38</v>
+      </c>
+      <c r="P3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>32</v>
+      </c>
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F4" t="s">
+        <v>33</v>
+      </c>
+      <c r="G4" t="s">
+        <v>34</v>
+      </c>
+      <c r="H4">
+        <v>2003</v>
+      </c>
+      <c r="I4">
+        <v>2017</v>
+      </c>
+      <c r="J4" t="s">
+        <v>35</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>42</v>
+      </c>
+      <c r="M4" t="s">
+        <v>37</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>43</v>
+      </c>
+      <c r="P4" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>45</v>
+      </c>
+      <c r="B5" t="s">
+        <v>46</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>47</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>33</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2003</v>
+      </c>
+      <c r="I5">
+        <v>2018</v>
+      </c>
+      <c r="J5" t="s">
+        <v>35</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>37</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>48</v>
+      </c>
+      <c r="P5" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>50</v>
+      </c>
+      <c r="B6" t="s">
+        <v>51</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>47</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>52</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2003</v>
+      </c>
+      <c r="I6">
+        <v>2023</v>
+      </c>
+      <c r="J6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>53</v>
+      </c>
+      <c r="M6" t="s">
+        <v>37</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>54</v>
+      </c>
+      <c r="P6" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>56</v>
+      </c>
+      <c r="B7" t="s">
+        <v>57</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>58</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G7" t="s">
+        <v>34</v>
+      </c>
+      <c r="H7">
+        <v>2003</v>
+      </c>
+      <c r="I7">
+        <v>2006</v>
+      </c>
+      <c r="J7" t="s">
+        <v>35</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>59</v>
+      </c>
+      <c r="M7" t="s">
+        <v>37</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>60</v>
+      </c>
+      <c r="P7" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>62</v>
+      </c>
+      <c r="B8" t="s">
+        <v>63</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>64</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>65</v>
+      </c>
+      <c r="H8">
+        <v>2009</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>35</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>66</v>
+      </c>
+      <c r="M8" t="s">
+        <v>37</v>
+      </c>
+      <c r="N8" t="s">
+        <v>67</v>
+      </c>
+      <c r="O8" t="s">
+        <v>68</v>
+      </c>
+      <c r="P8" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>70</v>
+      </c>
+      <c r="B9" t="s">
+        <v>71</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>72</v>
+      </c>
+      <c r="E9" t="s">
+        <v>73</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>74</v>
+      </c>
+      <c r="H9">
+        <v>2021</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>35</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>75</v>
+      </c>
+      <c r="M9" t="s">
+        <v>76</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>77</v>
+      </c>
+      <c r="P9" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>79</v>
+      </c>
+      <c r="B10" t="s">
+        <v>80</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>81</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>65</v>
+      </c>
+      <c r="H10">
+        <v>2014</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>35</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>82</v>
+      </c>
+      <c r="M10" t="s">
+        <v>83</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>84</v>
+      </c>
+      <c r="P10" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>86</v>
+      </c>
+      <c r="B11" t="s">
+        <v>87</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>88</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>65</v>
+      </c>
+      <c r="H11">
+        <v>2017</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>35</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>89</v>
+      </c>
+      <c r="M11" t="s">
+        <v>26</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>90</v>
+      </c>
+      <c r="P11" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>92</v>
+      </c>
+      <c r="B12" t="s">
+        <v>93</v>
+      </c>
+      <c r="C12" t="s">
+        <v>94</v>
+      </c>
+      <c r="D12" t="s">
+        <v>95</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>33</v>
+      </c>
+      <c r="G12" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H12">
+        <v>2019</v>
+      </c>
+      <c r="I12">
+        <v>2019</v>
+      </c>
+      <c r="J12" t="s">
+        <v>96</v>
+      </c>
+      <c r="K12" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...10 lines deleted...]
-      <c r="C3" t="s">
+      <c r="L12" t="s">
+        <v>97</v>
+      </c>
+      <c r="M12" t="s">
+        <v>98</v>
+      </c>
+      <c r="N12" t="s">
         <v>27</v>
       </c>
-      <c r="D3" t="s">
-[...17 lines deleted...]
-      <c r="J3" t="s">
+      <c r="O12" t="s">
+        <v>99</v>
+      </c>
+      <c r="P12" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>101</v>
+      </c>
+      <c r="B13" t="s">
+        <v>102</v>
+      </c>
+      <c r="C13" t="s">
+        <v>94</v>
+      </c>
+      <c r="D13" t="s">
+        <v>103</v>
+      </c>
+      <c r="E13" t="s">
+        <v>73</v>
+      </c>
+      <c r="F13" t="s">
         <v>21</v>
       </c>
-      <c r="K3" t="s">
-[...5 lines deleted...]
-      <c r="M3" t="s">
+      <c r="G13" t="s">
+        <v>65</v>
+      </c>
+      <c r="H13">
+        <v>2012</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>96</v>
+      </c>
+      <c r="K13" t="s">
         <v>24</v>
       </c>
-      <c r="N3" t="s">
-[...10 lines deleted...]
-      <c r="C4" t="s">
+      <c r="L13" t="s">
+        <v>104</v>
+      </c>
+      <c r="M13" t="s">
+        <v>98</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>105</v>
+      </c>
+      <c r="P13" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>107</v>
+      </c>
+      <c r="B14" t="s">
+        <v>108</v>
+      </c>
+      <c r="C14" t="s">
+        <v>94</v>
+      </c>
+      <c r="D14" t="s">
+        <v>109</v>
+      </c>
+      <c r="E14" t="s">
+        <v>73</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>65</v>
+      </c>
+      <c r="H14">
+        <v>2015</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>96</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>110</v>
+      </c>
+      <c r="M14" t="s">
+        <v>98</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>111</v>
+      </c>
+      <c r="P14" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>113</v>
+      </c>
+      <c r="B15" t="s">
+        <v>114</v>
+      </c>
+      <c r="C15" t="s">
+        <v>94</v>
+      </c>
+      <c r="D15" t="s">
+        <v>47</v>
+      </c>
+      <c r="E15" t="s">
+        <v>73</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2013</v>
+      </c>
+      <c r="I15">
+        <v>2015</v>
+      </c>
+      <c r="J15" t="s">
+        <v>96</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>115</v>
+      </c>
+      <c r="M15" t="s">
+        <v>98</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>116</v>
+      </c>
+      <c r="P15" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>118</v>
+      </c>
+      <c r="B16" t="s">
+        <v>119</v>
+      </c>
+      <c r="C16" t="s">
+        <v>94</v>
+      </c>
+      <c r="D16" t="s">
+        <v>120</v>
+      </c>
+      <c r="E16" t="s">
+        <v>73</v>
+      </c>
+      <c r="F16" t="s">
+        <v>121</v>
+      </c>
+      <c r="G16" t="s">
+        <v>65</v>
+      </c>
+      <c r="H16">
+        <v>2014</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>96</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>122</v>
+      </c>
+      <c r="M16" t="s">
+        <v>98</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>123</v>
+      </c>
+      <c r="P16" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>125</v>
+      </c>
+      <c r="B17" t="s">
+        <v>126</v>
+      </c>
+      <c r="C17" t="s">
+        <v>94</v>
+      </c>
+      <c r="D17" t="s">
+        <v>127</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>65</v>
+      </c>
+      <c r="H17">
+        <v>2012</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>96</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>97</v>
+      </c>
+      <c r="M17" t="s">
+        <v>98</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>128</v>
+      </c>
+      <c r="P17" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>130</v>
+      </c>
+      <c r="B18" t="s">
+        <v>126</v>
+      </c>
+      <c r="C18" t="s">
+        <v>94</v>
+      </c>
+      <c r="D18" t="s">
+        <v>131</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
+        <v>65</v>
+      </c>
+      <c r="H18">
+        <v>2015</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>96</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>132</v>
+      </c>
+      <c r="M18" t="s">
+        <v>98</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>133</v>
+      </c>
+      <c r="P18" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>135</v>
+      </c>
+      <c r="B19" t="s">
+        <v>136</v>
+      </c>
+      <c r="C19" t="s">
+        <v>94</v>
+      </c>
+      <c r="D19" t="s">
+        <v>137</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>21</v>
+      </c>
+      <c r="G19" t="s">
+        <v>65</v>
+      </c>
+      <c r="H19">
+        <v>2011</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>96</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>138</v>
+      </c>
+      <c r="M19" t="s">
+        <v>98</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>139</v>
+      </c>
+      <c r="P19" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>141</v>
+      </c>
+      <c r="B20" t="s">
+        <v>142</v>
+      </c>
+      <c r="C20" t="s">
+        <v>94</v>
+      </c>
+      <c r="D20" t="s">
+        <v>143</v>
+      </c>
+      <c r="E20" t="s">
+        <v>73</v>
+      </c>
+      <c r="F20" t="s">
+        <v>21</v>
+      </c>
+      <c r="G20" t="s">
+        <v>65</v>
+      </c>
+      <c r="H20">
+        <v>2013</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>96</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>144</v>
+      </c>
+      <c r="M20" t="s">
+        <v>98</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>145</v>
+      </c>
+      <c r="P20" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>147</v>
+      </c>
+      <c r="B21" t="s">
+        <v>148</v>
+      </c>
+      <c r="C21" t="s">
+        <v>94</v>
+      </c>
+      <c r="D21" t="s">
+        <v>149</v>
+      </c>
+      <c r="E21" t="s">
+        <v>73</v>
+      </c>
+      <c r="F21" t="s">
         <v>33</v>
       </c>
-      <c r="D4" t="s">
-[...26 lines deleted...]
-      <c r="M4" t="s">
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2014</v>
+      </c>
+      <c r="I21">
+        <v>2017</v>
+      </c>
+      <c r="J21" t="s">
+        <v>150</v>
+      </c>
+      <c r="K21" t="s">
         <v>24</v>
       </c>
-      <c r="N4" t="s">
-[...624 lines deleted...]
-      <c r="K19" t="s">
+      <c r="L21"/>
+      <c r="M21" t="s">
         <v>98</v>
       </c>
-      <c r="L19" t="s">
-[...90 lines deleted...]
-      </c>
       <c r="N21" t="s">
-        <v>106</v>
-[...251 lines deleted...]
-        <v>130</v>
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>151</v>
+      </c>
+      <c r="P21" t="s">
+        <v>152</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>