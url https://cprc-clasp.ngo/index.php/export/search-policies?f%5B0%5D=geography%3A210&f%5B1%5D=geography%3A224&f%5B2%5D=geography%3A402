--- v0 (2025-12-07)
+++ v1 (2026-02-24)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="163">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="166">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -141,50 +141,53 @@
     <t>October 2022</t>
   </si>
   <si>
     <t>NT 81.70 NT 81.71</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/37942018-energy-efficiency-household-and-similar-electrical-appliances-measurement-and</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/4358</t>
   </si>
   <si>
     <t>3795-1/2016 Energy efficiency label requirements for air conditioners part 1: room air conditioner (window-split) with fixed capacity and fixed compressor</t>
   </si>
   <si>
     <t>This standard establishes label requirements for room air conditioners, both window and split with fixed capacity and fixed compressors.</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Air Conditioning, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, Superseded</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3795-12016-energy-efficiency-label-requirements-air-conditioners-part-1-room-air</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14491</t>
   </si>
   <si>
     <t>3795-2/2017 Energy Efficiency Label Requirements For Air Conditioners Part 2: Variable Capacity Room Air Conditioner (Window-Split) with Variable Speed Compressor</t>
   </si>
   <si>
     <t>This standard establishes label requirements for room air conditioners, both window and split with variable speed compressors.</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3795-22017-energy-efficiency-label-requirements-air-conditioners-part-2-variable-capacity</t>
@@ -233,66 +236,69 @@
   </si>
   <si>
     <t>Laundry, Washing Machines</t>
   </si>
   <si>
     <t>IEC 60465/2003+cor1/2005
 ,   
                       IEC-60335-1/2001-Amd 1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/41002006-energy-efficiency-households-and-similar-electrical-appliances-methods-measuring</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/4472</t>
   </si>
   <si>
     <t>5806/2019 Energy efficiency of households and similar Electrical appliances methods for measuring and calculation energy consumption for electric water heaters</t>
   </si>
   <si>
     <t>This standard specifies the requirement and method of calculation of energy efficiency for electric water heaters.</t>
   </si>
   <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
+    <t>Superseded</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/58062019-energy-efficiency-households-and-similar-electrical-appliances-methods-measuring</t>
+  </si>
+  <si>
+    <t>http://www.eos.org.eg/en/standard/6413</t>
+  </si>
+  <si>
+    <t>6977/2009 Energy Efficiency Of Distribution Transformers</t>
+  </si>
+  <si>
+    <t>This standard specifies the energy efficiency of distribution transformers.</t>
+  </si>
+  <si>
+    <t>Power Transformers</t>
+  </si>
+  <si>
     <t>Entered into force, New</t>
-  </si>
-[...13 lines deleted...]
-    <t>Power Transformers</t>
   </si>
   <si>
     <t>IEC 60076-ser/2008
 ,   
                     ES 1886: Power Transformers Dry Type
 ,   
                     ES 4885-1 Instrument transformers part-1Current transformer
 ,   
                     ES 4885-1 Instrument transformers part-2 Inductive voltage transformer</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/69772009-energy-efficiency-distribution-transformers</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/10626</t>
   </si>
   <si>
     <t>7821/2014 Energy efficiency of household electrical appliances Methods for measuring and calculating energy efficiency of electric circulating air fans</t>
   </si>
   <si>
     <t>This standard specifies the MEPS and testing methods for electric circulating air fans.</t>
   </si>
@@ -375,50 +381,53 @@
     <t>Directive 2010-30-EU</t>
   </si>
   <si>
     <t>The strategy includes the mandatory phase-out of incandescent and halogen lamps by 2016, MEPS and labeling for all lighting technologies following the EU directives, large scale CFL and LED lamp distribution programmes, six million lamps in total; along with an extensive communications campaign; and the design of a lamp collection and recycling legislation and infrastructure in Tunisia. The elimination of lamps in power is less than 100,The taxation of lamps by 50 percent to make economic lamps  more competitive, The follow-up of this program for the elimination of other power. Launched program of 600 million incandescent lamps by LED lamps from 2017, as soon as the appearance of the decree ETF -Energy Transition Fund; which will subsidize this program.</t>
   </si>
   <si>
     <t>Tunisia</t>
   </si>
   <si>
     <t>National Agency for Energy Conservation (ANME)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/directive-2010-30-eu</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32012R0874</t>
   </si>
   <si>
     <t>Eco-Design Requirements for Water Pump Energy Efficiency (8441/2021)</t>
   </si>
   <si>
     <t>This standard establishes ecodesign requirements for rotodynamic water pumps for pumping clean water, including those integrated into other products, and efficiency labeling requirements.</t>
   </si>
   <si>
     <t>Pumps</t>
+  </si>
+  <si>
+    <t>Entered into force, New, Superseded</t>
   </si>
   <si>
     <t>ICS 23.080</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards and Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/eco-design-requirements-water-pump-energy-efficiency-84412021</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/15248</t>
   </si>
   <si>
     <t>Energy Efficiency of Household and Similar Electrical Appliances</t>
   </si>
   <si>
     <t>This standard identifies the methods of measuring and calculating energy efficiency and sets a maximum limit to the values of energy consumption. The standard aims to reduce the consumption of electric power.</t>
   </si>
   <si>
     <t>Kitchen, Dishwashers</t>
   </si>
   <si>
     <t>IEC60436:2004, A1:2009, A2:2012</t>
   </si>
@@ -878,51 +887,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P24"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="224.088" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1007.325" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="108.402" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="107.26" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="80.123" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="166.245" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -1060,1036 +1069,1036 @@
       </c>
       <c r="P3" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
         <v>39</v>
       </c>
       <c r="B4" t="s">
         <v>40</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
         <v>41</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>42</v>
       </c>
       <c r="G4" t="s">
-        <v>22</v>
+        <v>43</v>
       </c>
       <c r="H4">
         <v>2003</v>
       </c>
       <c r="I4">
         <v>2016</v>
       </c>
       <c r="J4" t="s">
         <v>34</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="M4" t="s">
         <v>36</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="P4" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B5" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C5" t="s">
         <v>18</v>
       </c>
       <c r="D5" t="s">
         <v>41</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>42</v>
       </c>
       <c r="G5" t="s">
-        <v>22</v>
+        <v>43</v>
       </c>
       <c r="H5">
         <v>2003</v>
       </c>
       <c r="I5">
         <v>2017</v>
       </c>
       <c r="J5" t="s">
         <v>34</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="M5" t="s">
         <v>36</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="P5" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B6" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
       <c r="D6" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>42</v>
       </c>
       <c r="G6" t="s">
         <v>22</v>
       </c>
       <c r="H6">
         <v>2003</v>
       </c>
       <c r="I6">
         <v>2018</v>
       </c>
       <c r="J6" t="s">
         <v>34</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6"/>
       <c r="M6" t="s">
         <v>36</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="P6" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B7" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C7" t="s">
         <v>18</v>
       </c>
       <c r="D7" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="G7" t="s">
         <v>22</v>
       </c>
       <c r="H7">
         <v>2003</v>
       </c>
       <c r="I7">
         <v>2023</v>
       </c>
       <c r="J7" t="s">
         <v>23</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="M7" t="s">
         <v>36</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="P7" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B8" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C8" t="s">
         <v>18</v>
       </c>
       <c r="D8" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
         <v>21</v>
       </c>
       <c r="G8" t="s">
-        <v>22</v>
+        <v>43</v>
       </c>
       <c r="H8">
         <v>2003</v>
       </c>
       <c r="I8">
         <v>2006</v>
       </c>
       <c r="J8" t="s">
         <v>34</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="M8" t="s">
         <v>36</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="P8" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B9" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C9" t="s">
         <v>18</v>
       </c>
       <c r="D9" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
         <v>21</v>
       </c>
       <c r="G9" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="H9">
         <v>2019</v>
       </c>
       <c r="I9"/>
       <c r="J9" t="s">
         <v>34</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9"/>
       <c r="M9" t="s">
         <v>36</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="P9" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B10" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C10" t="s">
         <v>18</v>
       </c>
       <c r="D10" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
         <v>21</v>
       </c>
       <c r="G10" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H10">
         <v>2009</v>
       </c>
       <c r="I10"/>
       <c r="J10" t="s">
         <v>34</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="M10" t="s">
         <v>36</v>
       </c>
       <c r="N10" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="O10" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="P10" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="B11" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="C11" t="s">
         <v>18</v>
       </c>
       <c r="D11" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
         <v>21</v>
       </c>
       <c r="G11" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="H11">
         <v>2014</v>
       </c>
       <c r="I11"/>
       <c r="J11" t="s">
         <v>34</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="M11" t="s">
         <v>36</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="P11" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="B12" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="C12" t="s">
         <v>18</v>
       </c>
       <c r="D12" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
         <v>21</v>
       </c>
       <c r="G12" t="s">
-        <v>22</v>
+        <v>72</v>
       </c>
       <c r="H12">
         <v>2008</v>
       </c>
       <c r="I12">
         <v>2020</v>
       </c>
       <c r="J12" t="s">
         <v>34</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12"/>
       <c r="M12" t="s">
         <v>36</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="P12" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="B13" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C13" t="s">
         <v>18</v>
       </c>
       <c r="D13" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
         <v>21</v>
       </c>
       <c r="G13" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="H13">
         <v>2018</v>
       </c>
       <c r="I13"/>
       <c r="J13" t="s">
         <v>34</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13"/>
       <c r="M13" t="s">
         <v>36</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="P13" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="B14" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="C14" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="D14" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="E14" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="F14" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="G14" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="H14"/>
       <c r="I14"/>
       <c r="J14" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14"/>
       <c r="M14" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="P14" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="B15" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="C15" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="D15" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="G15" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H15">
         <v>2013</v>
       </c>
       <c r="I15"/>
       <c r="J15" t="s">
         <v>34</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15"/>
       <c r="M15" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="P15" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="B16" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="C16" t="s">
         <v>18</v>
       </c>
       <c r="D16" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="E16" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="F16" t="s">
         <v>21</v>
       </c>
       <c r="G16" t="s">
-        <v>71</v>
+        <v>119</v>
       </c>
       <c r="H16">
         <v>2021</v>
       </c>
       <c r="I16"/>
       <c r="J16" t="s">
         <v>34</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
       <c r="M16" t="s">
-        <v>118</v>
+        <v>121</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="P16" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="B17" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="C17" t="s">
         <v>18</v>
       </c>
       <c r="D17" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
         <v>21</v>
       </c>
       <c r="G17" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H17">
         <v>2014</v>
       </c>
       <c r="I17"/>
       <c r="J17" t="s">
         <v>34</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
       <c r="L17" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
       <c r="M17" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="P17" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="B18" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="C18" t="s">
         <v>18</v>
       </c>
       <c r="D18" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
         <v>21</v>
       </c>
       <c r="G18" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H18">
         <v>2017</v>
       </c>
       <c r="I18"/>
       <c r="J18" t="s">
         <v>34</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
       <c r="L18" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="M18" t="s">
         <v>26</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="P18" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>134</v>
+        <v>137</v>
       </c>
       <c r="B19" t="s">
-        <v>135</v>
+        <v>138</v>
       </c>
       <c r="C19" t="s">
         <v>18</v>
       </c>
       <c r="D19" t="s">
-        <v>136</v>
+        <v>139</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
         <v>21</v>
       </c>
       <c r="G19" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="H19">
         <v>2017</v>
       </c>
       <c r="I19"/>
       <c r="J19" t="s">
         <v>34</v>
       </c>
       <c r="K19" t="s">
         <v>24</v>
       </c>
       <c r="L19" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="M19" t="s">
         <v>26</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
       <c r="P19" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="B20" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
       <c r="C20" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="D20" t="s">
         <v>32</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
         <v>21</v>
       </c>
       <c r="G20" t="s">
         <v>22</v>
       </c>
       <c r="H20">
         <v>2004</v>
       </c>
       <c r="I20">
         <v>2010</v>
       </c>
       <c r="J20" t="s">
         <v>34</v>
       </c>
       <c r="K20" t="s">
         <v>24</v>
       </c>
       <c r="L20" t="s">
-        <v>142</v>
+        <v>145</v>
       </c>
       <c r="M20" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
       <c r="P20" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="B21" t="s">
-        <v>145</v>
+        <v>148</v>
       </c>
       <c r="C21" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="D21" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="G21" t="s">
         <v>22</v>
       </c>
       <c r="H21">
         <v>2004</v>
       </c>
       <c r="I21">
         <v>2010</v>
       </c>
       <c r="J21" t="s">
-        <v>147</v>
+        <v>150</v>
       </c>
       <c r="K21" t="s">
         <v>24</v>
       </c>
       <c r="L21" t="s">
-        <v>142</v>
+        <v>145</v>
       </c>
       <c r="M21" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="P21" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="B22" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="C22" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="D22" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
         <v>42</v>
       </c>
       <c r="G22" t="s">
         <v>22</v>
       </c>
       <c r="H22">
         <v>2009</v>
       </c>
       <c r="I22">
         <v>2012</v>
       </c>
       <c r="J22" t="s">
         <v>34</v>
       </c>
       <c r="K22" t="s">
         <v>24</v>
       </c>
       <c r="L22"/>
       <c r="M22" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
       <c r="P22" t="s">
-        <v>153</v>
+        <v>156</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="B23" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="C23" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="D23" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
         <v>21</v>
       </c>
       <c r="G23" t="s">
         <v>22</v>
       </c>
       <c r="H23">
         <v>2010</v>
       </c>
       <c r="I23">
         <v>2012</v>
       </c>
       <c r="J23" t="s">
         <v>34</v>
       </c>
       <c r="K23" t="s">
         <v>24</v>
       </c>
       <c r="L23" t="s">
-        <v>155</v>
+        <v>158</v>
       </c>
       <c r="M23" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
+        <v>159</v>
+      </c>
+      <c r="P23" t="s">
         <v>156</v>
-      </c>
-[...1 lines deleted...]
-        <v>153</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>157</v>
+        <v>160</v>
       </c>
       <c r="B24" t="s">
-        <v>158</v>
+        <v>161</v>
       </c>
       <c r="C24" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="D24" t="s">
-        <v>159</v>
+        <v>162</v>
       </c>
       <c r="E24" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="F24" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="G24" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="H24"/>
       <c r="I24"/>
       <c r="J24" t="s">
         <v>34</v>
       </c>
       <c r="K24" t="s">
         <v>24</v>
       </c>
       <c r="L24"/>
       <c r="M24" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24" t="s">
-        <v>161</v>
+        <v>164</v>
       </c>
       <c r="P24" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">