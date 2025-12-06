--- v0 (2025-10-12)
+++ v1 (2025-12-06)
@@ -12,468 +12,580 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="121">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="158">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>3794 / 2024 Energy Efficiency of Household and Similar Electrical Appliances Measurement and Calculation Methods for Energy Consumption of Refrigerators, Refrigerator-Freezers and Freezers</t>
   </si>
   <si>
+    <t>This standard is mandatory and provides energy efficiency measurement and calculation methods for energy consumption of refrigerators, refrigerator-freezers and freezers.</t>
+  </si>
+  <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Refrigeration, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>April 2025</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>ICS 97.040.30</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards &amp; Quality</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3794-2024-energy-efficiency-household-and-similar-electrical-appliances-measurement-and</t>
   </si>
   <si>
-    <t>3794/2018 Energy efficiency of household and similar electrical appliances - measurement and calculation methods for energy consumption of refrigerrators, refrigerator-freezers and freezers</t>
-[...2 lines deleted...]
-    <t>Refrigerators-Freezers, Freezers-only</t>
+    <t>https://www.eos.org.eg/en/standard/4358</t>
+  </si>
+  <si>
+    <t>3795-1/2016 Energy efficiency label requirements for air conditioners part 1: room air conditioner (window-split) with fixed capacity and fixed compressor</t>
+  </si>
+  <si>
+    <t>This standard establishes label requirements for room air conditioners, both window and split with fixed capacity and fixed compressors.</t>
+  </si>
+  <si>
+    <t>Space Heating and Space Cooling, Air Conditioning, Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>Comparative Label</t>
   </si>
   <si>
     <t>October 2022</t>
-  </si>
-[...16 lines deleted...]
-    <t>Comparative Label</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814.</t>
   </si>
   <si>
+    <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3795-12016-energy-efficiency-label-requirements-air-conditioners-part-1-room-air</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/14491</t>
+  </si>
+  <si>
     <t>3795-2/2017 Energy Efficiency Label Requirements For Air Conditioners Part 2: Variable Capacity Room Air Conditioner (Window-Split) with Variable Speed Compressor</t>
+  </si>
+  <si>
+    <t>This standard establishes label requirements for room air conditioners, both window and split with variable speed compressors.</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3795-22017-energy-efficiency-label-requirements-air-conditioners-part-2-variable-capacity</t>
   </si>
   <si>
+    <t>http://eos.org.eg/en/standard/14613</t>
+  </si>
+  <si>
     <t>3795-5/2018 Energy efficiency label requirements for air conditioners part 5: fixed capacity ducted room air conditioner with fixed speed compressor</t>
   </si>
   <si>
+    <t>This standard establishes requirements for fixed-capacity ducted room air conditioners with fixed-speed compressors.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3795-52018-energy-efficiency-label-requirements-air-conditioners-part-5-fixed-capacity</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/14798</t>
+  </si>
+  <si>
     <t>3795/2023 Energy Efficiency Label Requirements for Air Conditioner Room Air Conditioner (Window - Split)</t>
   </si>
   <si>
-    <t>Africa, Egypt</t>
+    <t>This standard is mandatory and applies to window and split air conditioners.</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>ICS 23.120 - 27.015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/37952023-energy-efficiency-label-requirements-air-conditioner-room-air-conditioner-window</t>
   </si>
   <si>
+    <t>https://www.eos.org.eg/en/standard/8643</t>
+  </si>
+  <si>
     <t>4100/2006 Energy Efficiency of Households and similar Electrical appliances methods for measuring and calculation energy consumption of washing machine</t>
+  </si>
+  <si>
+    <t>This standard specifies the energy efficiency specifications for washing machines.</t>
   </si>
   <si>
     <t>Laundry, Washing Machines</t>
   </si>
   <si>
     <t>IEC 60465/2003+cor1/2005
 ,   
                       IEC-60335-1/2001-Amd 1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/41002006-energy-efficiency-households-and-similar-electrical-appliances-methods-measuring</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/4472</t>
+  </si>
+  <si>
     <t>5806/2019 Energy efficiency of households and similar Electrical appliances methods for measuring and calculation energy consumption for electric water heaters</t>
   </si>
   <si>
+    <t>This standard specifies the requirement and method of calculation of energy efficiency for electric water heaters.</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/58062019-energy-efficiency-households-and-similar-electrical-appliances-methods-measuring</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/6413</t>
+  </si>
+  <si>
     <t>6977/2009 Energy Efficiency Of Distribution Transformers</t>
+  </si>
+  <si>
+    <t>This standard specifies the energy efficiency of distribution transformers.</t>
   </si>
   <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>IEC 60076-ser/2008
 ,   
                     ES 1886: Power Transformers Dry Type
 ,   
                     ES 4885-1 Instrument transformers part-1Current transformer
 ,   
                     ES 4885-1 Instrument transformers part-2 Inductive voltage transformer</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/69772009-energy-efficiency-distribution-transformers</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/10626</t>
+  </si>
+  <si>
     <t>7821/2014 Energy efficiency of household electrical appliances Methods for measuring and calculating energy efficiency of electric circulating air fans</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and testing methods for electric circulating air fans.</t>
+  </si>
+  <si>
     <t>Integrated Fans</t>
   </si>
   <si>
     <t>IEC 60879</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/78212014-energy-efficiency-household-electrical-appliances-methods-measuring-and</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/14009</t>
+  </si>
+  <si>
     <t>7823/2020 Energy efficiency requirements for electrical lamps and luminaires</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and labeling requirements for filament lamps; fluorescent lamps; compact fluorescent lamps; high-intensity discharge lamps; LED lamps.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/78232020-energy-efficiency-requirements-electrical-lamps-and-luminaires</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/14011</t>
+  </si>
+  <si>
     <t>7993/2018 Energy Efficiency Label For Televisions And Displays</t>
   </si>
   <si>
+    <t>This standard specifies the energy efficiency requirements for televisions and display units.</t>
+  </si>
+  <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/79932018-energy-efficiency-label-televisions-and-displays</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/14349</t>
+  </si>
+  <si>
     <t>Eco-Design Requirements for Water Pump Energy Efficiency (8441/2021)</t>
   </si>
   <si>
+    <t>This standard establishes ecodesign requirements for rotodynamic water pumps for pumping clean water, including those integrated into other products, and efficiency labeling requirements.</t>
+  </si>
+  <si>
     <t>Pumps</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>ICS 23.080</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards and Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/eco-design-requirements-water-pump-energy-efficiency-84412021</t>
   </si>
   <si>
+    <t>https://www.eos.org.eg/en/standard/15248</t>
+  </si>
+  <si>
     <t>Energy Efficiency of Household and Similar Electrical Appliances</t>
   </si>
   <si>
+    <t>This standard identifies the methods of measuring and calculating energy efficiency and sets a maximum limit to the values of energy consumption. The standard aims to reduce the consumption of electric power.</t>
+  </si>
+  <si>
     <t>Kitchen, Dishwashers</t>
   </si>
   <si>
     <t>IEC60436:2004, A1:2009, A2:2012</t>
   </si>
   <si>
     <t>Egyptian Organisation for Standards and Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-household-and-similar-electrical-appliances</t>
   </si>
   <si>
+    <t>https://www.eos.org.eg/en/standard/14008</t>
+  </si>
+  <si>
     <t>Energy Efficiency Of Household Electrical Appliances Methods For Measuring And Calculating Energy Efficiency Of Domestic Ovens (ES 8058/2017)</t>
+  </si>
+  <si>
+    <t>This standard establishes the methods of measuring and calculating the energy efficiency of electrical domestic ovens.</t>
   </si>
   <si>
     <t>Kitchen, Ovens</t>
   </si>
   <si>
     <t>IEC 60350-1/2015
 ,   
                     Regulation (EU) No 65/2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-household-electrical-appliances-methods-measuring-and-calculating-0</t>
   </si>
   <si>
+    <t>https://www.eos.org.eg/en/standard/14544</t>
+  </si>
+  <si>
     <t>Energy Efficiency Of Household Electrical Appliances Methods For Measuring And Calculating Energy Efficiency Of Vacuum Cleaners(ES 8057/2017)</t>
+  </si>
+  <si>
+    <t>This standard identifies the methods for measuring and calculating the energy efficiency of vacuum cleaners.</t>
   </si>
   <si>
     <t>Electronics, Other-Electronics, Vacuum Cleaners</t>
   </si>
   <si>
     <t>IEC 62885-2/2016
 ,   
                     (EU) No 665/2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-household-electrical-appliances-methods-measuring-and-calculating-energy</t>
   </si>
   <si>
+    <t>https://www.eos.org.eg/en/standard/14543</t>
+  </si>
+  <si>
     <t>Energy Label Regulation for Sanitary Fittings</t>
   </si>
   <si>
+    <t>All producers and distributors of sanitary fittings can apply to use the energy label for sanitary fittings. Only products available on the Swiss market may bear the voluntary energy label. The use of the Swiss voluntary energy label for sanitary fittings abroad is the responsibility of the manufacturers and distributors concerned. The energy label indicates the amount of energy used. In the case of sanitary fittings – showers and taps – this is the amount of energy used to heat the water used. Consequently, only hot water taps and showers can receive the label; cold water taps cannot. Mixer taps can only receive the energy label if they are clearly indicated as such.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Showers or Showerheads, Taps or Faucets</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Water</t>
   </si>
   <si>
     <t>Schweizerischer Verband für energieeffiziente Sanitärprodukte (SVES)</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-label-regulation-sanitary-fittings</t>
   </si>
   <si>
+    <t>https://en.etiquetteenergie-sanitaire.ch/Regulation</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Computers Version 8.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Computer and one of the following Product Type definitions are eligible for ENERGY STAR certification: Desktop Computers and Integrated Desktop Computers; Notebook Computers; Slates/Tablets; Portable All-In-One Computers; Workstations; and Thin Clients.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*, Japan, Taiwan of China, Switzerland</t>
   </si>
   <si>
     <t>Computers</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Computers, Rev. March-2016</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-computers-version-80</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/computers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Imaging Equipment Version 3.1</t>
   </si>
   <si>
+    <t>Commercially-available products that meet one of the Imaging Equipment definitions in Section 1.A of the policy document and are capable of being powered from (1) a wall outlet, (2) a data or network connection, or (3) both a wall outlet and a data or network connection, are eligible for ENERGY STAR qualification, with the exception of products listed in Section 2.2.</t>
+  </si>
+  <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>ENERGY STAR Imaging Equipment Test Method, Rev. Sep-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-imaging-equipment-version-31</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/imaging_equipment/partners</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Swiss Federal Office of Energy Voluntary Window Energy Label</t>
   </si>
   <si>
+    <t>The energy label provides information on the energy efficiency of windows during the winter.</t>
+  </si>
+  <si>
     <t>Windows</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/swiss-federal-office-energy-voluntary-window-energy-label</t>
+  </si>
+  <si>
+    <t>http://www.bfe.admin.ch/energie/00588/00589/00644/index.html?lang=it&amp;msg-id=56073</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -737,1045 +849,1130 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N22"/>
+  <dimension ref="A1:P21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="224" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="222.803" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="798.519" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="684.119" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="107.26" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="81.266" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="96.691" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2003</v>
+      </c>
+      <c r="I2">
+        <v>2024</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
         <v>2003</v>
       </c>
-      <c r="H2">
-[...2 lines deleted...]
-      <c r="I2" t="s">
+      <c r="I3">
+        <v>2016</v>
+      </c>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>36</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>32</v>
+      </c>
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F4" t="s">
+        <v>33</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2003</v>
+      </c>
+      <c r="I4">
+        <v>2017</v>
+      </c>
+      <c r="J4" t="s">
+        <v>34</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>41</v>
+      </c>
+      <c r="M4" t="s">
+        <v>36</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>42</v>
+      </c>
+      <c r="P4" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>44</v>
+      </c>
+      <c r="B5" t="s">
+        <v>45</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>46</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>33</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2003</v>
+      </c>
+      <c r="I5">
+        <v>2018</v>
+      </c>
+      <c r="J5" t="s">
+        <v>34</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>36</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>47</v>
+      </c>
+      <c r="P5" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>49</v>
+      </c>
+      <c r="B6" t="s">
+        <v>50</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>46</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>51</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2003</v>
+      </c>
+      <c r="I6">
+        <v>2023</v>
+      </c>
+      <c r="J6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>52</v>
+      </c>
+      <c r="M6" t="s">
+        <v>36</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>53</v>
+      </c>
+      <c r="P6" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>55</v>
+      </c>
+      <c r="B7" t="s">
+        <v>56</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>57</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G7" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H7">
+        <v>2003</v>
+      </c>
+      <c r="I7">
+        <v>2006</v>
+      </c>
+      <c r="J7" t="s">
+        <v>34</v>
+      </c>
+      <c r="K7" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...4 lines deleted...]
-      <c r="A3" t="s">
+      <c r="L7" t="s">
+        <v>58</v>
+      </c>
+      <c r="M7" t="s">
+        <v>36</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>59</v>
+      </c>
+      <c r="P7" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>61</v>
+      </c>
+      <c r="B8" t="s">
+        <v>62</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>63</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>64</v>
+      </c>
+      <c r="H8">
+        <v>2019</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>34</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>36</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>65</v>
+      </c>
+      <c r="P8" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>67</v>
+      </c>
+      <c r="B9" t="s">
+        <v>68</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>69</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>64</v>
+      </c>
+      <c r="H9">
+        <v>2009</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>34</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>70</v>
+      </c>
+      <c r="M9" t="s">
+        <v>36</v>
+      </c>
+      <c r="N9" t="s">
+        <v>71</v>
+      </c>
+      <c r="O9" t="s">
+        <v>72</v>
+      </c>
+      <c r="P9" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>74</v>
+      </c>
+      <c r="B10" t="s">
+        <v>75</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>76</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>64</v>
+      </c>
+      <c r="H10">
+        <v>2014</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>34</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>77</v>
+      </c>
+      <c r="M10" t="s">
+        <v>36</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>78</v>
+      </c>
+      <c r="P10" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>80</v>
+      </c>
+      <c r="B11" t="s">
+        <v>81</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>82</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2008</v>
+      </c>
+      <c r="I11">
+        <v>2020</v>
+      </c>
+      <c r="J11" t="s">
+        <v>34</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>36</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>83</v>
+      </c>
+      <c r="P11" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>85</v>
+      </c>
+      <c r="B12" t="s">
+        <v>86</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>87</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>64</v>
+      </c>
+      <c r="H12">
+        <v>2018</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>34</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>36</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>88</v>
+      </c>
+      <c r="P12" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>90</v>
+      </c>
+      <c r="B13" t="s">
+        <v>91</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>92</v>
+      </c>
+      <c r="E13" t="s">
+        <v>93</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>64</v>
+      </c>
+      <c r="H13">
+        <v>2021</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>34</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>94</v>
+      </c>
+      <c r="M13" t="s">
+        <v>95</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>96</v>
+      </c>
+      <c r="P13" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>98</v>
+      </c>
+      <c r="B14" t="s">
+        <v>99</v>
+      </c>
+      <c r="C14" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14" t="s">
+        <v>100</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>64</v>
+      </c>
+      <c r="H14">
+        <v>2014</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>34</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>101</v>
+      </c>
+      <c r="M14" t="s">
+        <v>102</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>103</v>
+      </c>
+      <c r="P14" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>105</v>
+      </c>
+      <c r="B15" t="s">
+        <v>106</v>
+      </c>
+      <c r="C15" t="s">
+        <v>18</v>
+      </c>
+      <c r="D15" t="s">
+        <v>107</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>64</v>
+      </c>
+      <c r="H15">
+        <v>2017</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>34</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>108</v>
+      </c>
+      <c r="M15" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
-[...2 lines deleted...]
-      <c r="C3" t="s">
+      <c r="N15" t="s">
         <v>27</v>
       </c>
-      <c r="D3" t="s">
-[...2 lines deleted...]
-      <c r="E3" t="s">
+      <c r="O15" t="s">
+        <v>109</v>
+      </c>
+      <c r="P15" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>111</v>
+      </c>
+      <c r="B16" t="s">
+        <v>112</v>
+      </c>
+      <c r="C16" t="s">
         <v>18</v>
       </c>
-      <c r="F3" t="s">
-[...11 lines deleted...]
-      <c r="J3" t="s">
+      <c r="D16" t="s">
+        <v>113</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
         <v>21</v>
       </c>
-      <c r="K3" t="s">
-[...5 lines deleted...]
-      <c r="M3" t="s">
+      <c r="G16" t="s">
+        <v>64</v>
+      </c>
+      <c r="H16">
+        <v>2017</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>34</v>
+      </c>
+      <c r="K16" t="s">
         <v>24</v>
       </c>
-      <c r="N3" t="s">
-[...10 lines deleted...]
-      <c r="C4" t="s">
+      <c r="L16" t="s">
+        <v>114</v>
+      </c>
+      <c r="M16" t="s">
+        <v>26</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>115</v>
+      </c>
+      <c r="P16" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>117</v>
+      </c>
+      <c r="B17" t="s">
+        <v>118</v>
+      </c>
+      <c r="C17" t="s">
+        <v>119</v>
+      </c>
+      <c r="D17" t="s">
+        <v>120</v>
+      </c>
+      <c r="E17" t="s">
+        <v>93</v>
+      </c>
+      <c r="F17" t="s">
         <v>33</v>
       </c>
-      <c r="D4" t="s">
-[...26 lines deleted...]
-      <c r="M4" t="s">
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2010</v>
+      </c>
+      <c r="I17">
+        <v>2017</v>
+      </c>
+      <c r="J17" t="s">
+        <v>121</v>
+      </c>
+      <c r="K17" t="s">
+        <v>122</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>123</v>
+      </c>
+      <c r="N17" t="s">
+        <v>124</v>
+      </c>
+      <c r="O17" t="s">
+        <v>125</v>
+      </c>
+      <c r="P17" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>127</v>
+      </c>
+      <c r="B18" t="s">
+        <v>128</v>
+      </c>
+      <c r="C18" t="s">
+        <v>129</v>
+      </c>
+      <c r="D18" t="s">
+        <v>130</v>
+      </c>
+      <c r="E18" t="s">
+        <v>93</v>
+      </c>
+      <c r="F18" t="s">
+        <v>51</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>1994</v>
+      </c>
+      <c r="I18">
+        <v>2020</v>
+      </c>
+      <c r="J18" t="s">
+        <v>131</v>
+      </c>
+      <c r="K18" t="s">
         <v>24</v>
       </c>
-      <c r="N4" t="s">
-[...10 lines deleted...]
-      <c r="C5" t="s">
+      <c r="L18" t="s">
+        <v>132</v>
+      </c>
+      <c r="M18" t="s">
+        <v>133</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>134</v>
+      </c>
+      <c r="P18" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>136</v>
+      </c>
+      <c r="B19" t="s">
+        <v>137</v>
+      </c>
+      <c r="C19" t="s">
+        <v>129</v>
+      </c>
+      <c r="D19" t="s">
+        <v>138</v>
+      </c>
+      <c r="E19" t="s">
+        <v>93</v>
+      </c>
+      <c r="F19" t="s">
+        <v>51</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2001</v>
+      </c>
+      <c r="I19">
+        <v>2019</v>
+      </c>
+      <c r="J19" t="s">
+        <v>131</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>139</v>
+      </c>
+      <c r="M19" t="s">
+        <v>133</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>140</v>
+      </c>
+      <c r="P19" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>142</v>
+      </c>
+      <c r="B20" t="s">
+        <v>143</v>
+      </c>
+      <c r="C20" t="s">
+        <v>119</v>
+      </c>
+      <c r="D20" t="s">
+        <v>144</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>145</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2017</v>
+      </c>
+      <c r="I20">
+        <v>2021</v>
+      </c>
+      <c r="J20" t="s">
+        <v>121</v>
+      </c>
+      <c r="K20" t="s">
+        <v>146</v>
+      </c>
+      <c r="L20" t="s">
+        <v>147</v>
+      </c>
+      <c r="M20" t="s">
+        <v>148</v>
+      </c>
+      <c r="N20" t="s">
+        <v>71</v>
+      </c>
+      <c r="O20" t="s">
+        <v>149</v>
+      </c>
+      <c r="P20" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>151</v>
+      </c>
+      <c r="B21" t="s">
+        <v>152</v>
+      </c>
+      <c r="C21" t="s">
+        <v>119</v>
+      </c>
+      <c r="D21" t="s">
+        <v>153</v>
+      </c>
+      <c r="E21" t="s">
+        <v>93</v>
+      </c>
+      <c r="F21" t="s">
         <v>33</v>
       </c>
-      <c r="D5" t="s">
-[...283 lines deleted...]
-      <c r="N11" t="s">
+      <c r="G21" t="s">
         <v>64</v>
       </c>
-    </row>
-[...401 lines deleted...]
-      </c>
       <c r="H21">
-        <v>2021</v>
-[...3 lines deleted...]
-      </c>
+        <v>2015</v>
+      </c>
+      <c r="I21"/>
       <c r="J21" t="s">
-        <v>112</v>
+        <v>154</v>
       </c>
       <c r="K21" t="s">
-        <v>113</v>
-[...3 lines deleted...]
-      </c>
+        <v>155</v>
+      </c>
+      <c r="L21"/>
       <c r="M21" t="s">
-        <v>59</v>
+        <v>148</v>
       </c>
       <c r="N21" t="s">
-        <v>115</v>
-[...39 lines deleted...]
-        <v>120</v>
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>156</v>
+      </c>
+      <c r="P21" t="s">
+        <v>157</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>