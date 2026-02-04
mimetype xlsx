--- v1 (2025-12-06)
+++ v2 (2026-02-04)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="158">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="133">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -114,50 +114,53 @@
     <t>ICS 97.040.30</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards &amp; Quality</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3794-2024-energy-efficiency-household-and-similar-electrical-appliances-measurement-and</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/4358</t>
   </si>
   <si>
     <t>3795-1/2016 Energy efficiency label requirements for air conditioners part 1: room air conditioner (window-split) with fixed capacity and fixed compressor</t>
   </si>
   <si>
     <t>This standard establishes label requirements for room air conditioners, both window and split with fixed capacity and fixed compressors.</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Air Conditioning, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814.</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3795-12016-energy-efficiency-label-requirements-air-conditioners-part-1-room-air</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14491</t>
   </si>
   <si>
     <t>3795-2/2017 Energy Efficiency Label Requirements For Air Conditioners Part 2: Variable Capacity Room Air Conditioner (Window-Split) with Variable Speed Compressor</t>
   </si>
   <si>
     <t>This standard establishes label requirements for room air conditioners, both window and split with variable speed compressors.</t>
   </si>
   <si>
@@ -203,153 +206,93 @@
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/8643</t>
   </si>
   <si>
     <t>4100/2006 Energy Efficiency of Households and similar Electrical appliances methods for measuring and calculation energy consumption of washing machine</t>
   </si>
   <si>
     <t>This standard specifies the energy efficiency specifications for washing machines.</t>
   </si>
   <si>
     <t>Laundry, Washing Machines</t>
   </si>
   <si>
     <t>IEC 60465/2003+cor1/2005
 ,   
                       IEC-60335-1/2001-Amd 1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/41002006-energy-efficiency-households-and-similar-electrical-appliances-methods-measuring</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/4472</t>
   </si>
   <si>
-    <t>5806/2019 Energy efficiency of households and similar Electrical appliances methods for measuring and calculation energy consumption for electric water heaters</t>
-[...5 lines deleted...]
-    <t>Storage Water Heaters</t>
+    <t>6977/2009 Energy Efficiency Of Distribution Transformers</t>
+  </si>
+  <si>
+    <t>This standard specifies the energy efficiency of distribution transformers.</t>
+  </si>
+  <si>
+    <t>Power Transformers</t>
   </si>
   <si>
     <t>Entered into force, New</t>
-  </si>
-[...13 lines deleted...]
-    <t>Power Transformers</t>
   </si>
   <si>
     <t>IEC 60076-ser/2008
 ,   
                     ES 1886: Power Transformers Dry Type
 ,   
                     ES 4885-1 Instrument transformers part-1Current transformer
 ,   
                     ES 4885-1 Instrument transformers part-2 Inductive voltage transformer</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/69772009-energy-efficiency-distribution-transformers</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/10626</t>
   </si>
   <si>
-    <t>7821/2014 Energy efficiency of household electrical appliances Methods for measuring and calculating energy efficiency of electric circulating air fans</t>
-[...46 lines deleted...]
-  <si>
     <t>Eco-Design Requirements for Water Pump Energy Efficiency (8441/2021)</t>
   </si>
   <si>
     <t>This standard establishes ecodesign requirements for rotodynamic water pumps for pumping clean water, including those integrated into other products, and efficiency labeling requirements.</t>
   </si>
   <si>
     <t>Pumps</t>
   </si>
   <si>
     <t>Voluntary</t>
+  </si>
+  <si>
+    <t>Entered into force, New, Superseded</t>
   </si>
   <si>
     <t>ICS 23.080</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards and Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/eco-design-requirements-water-pump-energy-efficiency-84412021</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/15248</t>
   </si>
   <si>
     <t>Energy Efficiency of Household and Similar Electrical Appliances</t>
   </si>
   <si>
     <t>This standard identifies the methods of measuring and calculating energy efficiency and sets a maximum limit to the values of energy consumption. The standard aims to reduce the consumption of electric power.</t>
   </si>
   <si>
     <t>Kitchen, Dishwashers</t>
   </si>
   <si>
     <t>IEC60436:2004, A1:2009, A2:2012</t>
   </si>
@@ -359,70 +302,50 @@
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-household-and-similar-electrical-appliances</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/14008</t>
   </si>
   <si>
     <t>Energy Efficiency Of Household Electrical Appliances Methods For Measuring And Calculating Energy Efficiency Of Domestic Ovens (ES 8058/2017)</t>
   </si>
   <si>
     <t>This standard establishes the methods of measuring and calculating the energy efficiency of electrical domestic ovens.</t>
   </si>
   <si>
     <t>Kitchen, Ovens</t>
   </si>
   <si>
     <t>IEC 60350-1/2015
 ,   
                     Regulation (EU) No 65/2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-household-electrical-appliances-methods-measuring-and-calculating-0</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/14544</t>
-  </si>
-[...18 lines deleted...]
-    <t>https://www.eos.org.eg/en/standard/14543</t>
   </si>
   <si>
     <t>Energy Label Regulation for Sanitary Fittings</t>
   </si>
   <si>
     <t>All producers and distributors of sanitary fittings can apply to use the energy label for sanitary fittings. Only products available on the Swiss market may bear the voluntary energy label. The use of the Swiss voluntary energy label for sanitary fittings abroad is the responsibility of the manufacturers and distributors concerned. The energy label indicates the amount of energy used. In the case of sanitary fittings – showers and taps – this is the amount of energy used to heat the water used. Consequently, only hot water taps and showers can receive the label; cold water taps cannot. Mixer taps can only receive the energy label if they are clearly indicated as such.</t>
   </si>
   <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Showers or Showerheads, Taps or Faucets</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Water</t>
   </si>
   <si>
     <t>Schweizerischer Verband für energieeffiziente Sanitärprodukte (SVES)</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
@@ -849,73 +772,73 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P21"/>
+  <dimension ref="A1:P16"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="222.803" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="798.519" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="684.119" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="107.26" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="81.266" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
-    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="96.691" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -995,948 +918,712 @@
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>32</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>33</v>
       </c>
       <c r="G3" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H3">
         <v>2003</v>
       </c>
       <c r="I3">
         <v>2016</v>
       </c>
       <c r="J3" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="M3" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="P3" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B4" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
         <v>32</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>33</v>
       </c>
       <c r="G4" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H4">
         <v>2003</v>
       </c>
       <c r="I4">
         <v>2017</v>
       </c>
       <c r="J4" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="M4" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="P4" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B5" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C5" t="s">
         <v>18</v>
       </c>
       <c r="D5" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>33</v>
       </c>
       <c r="G5" t="s">
         <v>22</v>
       </c>
       <c r="H5">
         <v>2003</v>
       </c>
       <c r="I5">
         <v>2018</v>
       </c>
       <c r="J5" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5"/>
       <c r="M5" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="P5" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B6" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
       <c r="D6" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="G6" t="s">
         <v>22</v>
       </c>
       <c r="H6">
         <v>2003</v>
       </c>
       <c r="I6">
         <v>2023</v>
       </c>
       <c r="J6" t="s">
         <v>23</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="M6" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="P6" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B7" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C7" t="s">
         <v>18</v>
       </c>
       <c r="D7" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>21</v>
       </c>
       <c r="G7" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H7">
         <v>2003</v>
       </c>
       <c r="I7">
         <v>2006</v>
       </c>
       <c r="J7" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="M7" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="P7" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B8" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C8" t="s">
         <v>18</v>
       </c>
       <c r="D8" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
         <v>21</v>
       </c>
       <c r="G8" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="H8">
-        <v>2019</v>
+        <v>2009</v>
       </c>
       <c r="I8"/>
       <c r="J8" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
-      <c r="L8"/>
+      <c r="L8" t="s">
+        <v>66</v>
+      </c>
       <c r="M8" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="N8" t="s">
-        <v>27</v>
+        <v>67</v>
       </c>
       <c r="O8" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="P8" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="B9" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="C9" t="s">
         <v>18</v>
       </c>
       <c r="D9" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="E9" t="s">
-        <v>20</v>
+        <v>73</v>
       </c>
       <c r="F9" t="s">
         <v>21</v>
       </c>
       <c r="G9" t="s">
-        <v>64</v>
+        <v>74</v>
       </c>
       <c r="H9">
-        <v>2009</v>
+        <v>2021</v>
       </c>
       <c r="I9"/>
       <c r="J9" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="M9" t="s">
-        <v>36</v>
+        <v>76</v>
       </c>
       <c r="N9" t="s">
-        <v>71</v>
+        <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>72</v>
+        <v>77</v>
       </c>
       <c r="P9" t="s">
-        <v>73</v>
+        <v>78</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>74</v>
+        <v>79</v>
       </c>
       <c r="B10" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="C10" t="s">
         <v>18</v>
       </c>
       <c r="D10" t="s">
-        <v>76</v>
+        <v>81</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
         <v>21</v>
       </c>
       <c r="G10" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="H10">
         <v>2014</v>
       </c>
       <c r="I10"/>
       <c r="J10" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10" t="s">
-        <v>77</v>
+        <v>82</v>
       </c>
       <c r="M10" t="s">
-        <v>36</v>
+        <v>83</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>78</v>
+        <v>84</v>
       </c>
       <c r="P10" t="s">
-        <v>79</v>
+        <v>85</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>80</v>
+        <v>86</v>
       </c>
       <c r="B11" t="s">
-        <v>81</v>
+        <v>87</v>
       </c>
       <c r="C11" t="s">
         <v>18</v>
       </c>
       <c r="D11" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
         <v>21</v>
       </c>
       <c r="G11" t="s">
-        <v>22</v>
+        <v>65</v>
       </c>
       <c r="H11">
-        <v>2008</v>
-[...3 lines deleted...]
-      </c>
+        <v>2017</v>
+      </c>
+      <c r="I11"/>
       <c r="J11" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
-      <c r="L11"/>
+      <c r="L11" t="s">
+        <v>89</v>
+      </c>
       <c r="M11" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>83</v>
+        <v>90</v>
       </c>
       <c r="P11" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>85</v>
+        <v>92</v>
       </c>
       <c r="B12" t="s">
-        <v>86</v>
+        <v>93</v>
       </c>
       <c r="C12" t="s">
-        <v>18</v>
+        <v>94</v>
       </c>
       <c r="D12" t="s">
-        <v>87</v>
+        <v>95</v>
       </c>
       <c r="E12" t="s">
-        <v>20</v>
+        <v>73</v>
       </c>
       <c r="F12" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="G12" t="s">
-        <v>64</v>
+        <v>22</v>
       </c>
       <c r="H12">
-        <v>2018</v>
-[...1 lines deleted...]
-      <c r="I12"/>
+        <v>2010</v>
+      </c>
+      <c r="I12">
+        <v>2017</v>
+      </c>
       <c r="J12" t="s">
-        <v>34</v>
+        <v>96</v>
       </c>
       <c r="K12" t="s">
-        <v>24</v>
+        <v>97</v>
       </c>
       <c r="L12"/>
       <c r="M12" t="s">
-        <v>36</v>
+        <v>98</v>
       </c>
       <c r="N12" t="s">
-        <v>27</v>
+        <v>99</v>
       </c>
       <c r="O12" t="s">
-        <v>88</v>
+        <v>100</v>
       </c>
       <c r="P12" t="s">
-        <v>89</v>
+        <v>101</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>90</v>
+        <v>102</v>
       </c>
       <c r="B13" t="s">
-        <v>91</v>
+        <v>103</v>
       </c>
       <c r="C13" t="s">
-        <v>18</v>
+        <v>104</v>
       </c>
       <c r="D13" t="s">
-        <v>92</v>
+        <v>105</v>
       </c>
       <c r="E13" t="s">
-        <v>93</v>
+        <v>73</v>
       </c>
       <c r="F13" t="s">
-        <v>21</v>
+        <v>52</v>
       </c>
       <c r="G13" t="s">
-        <v>64</v>
+        <v>22</v>
       </c>
       <c r="H13">
-        <v>2021</v>
-[...1 lines deleted...]
-      <c r="I13"/>
+        <v>1994</v>
+      </c>
+      <c r="I13">
+        <v>2020</v>
+      </c>
       <c r="J13" t="s">
-        <v>34</v>
+        <v>106</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13" t="s">
-        <v>94</v>
+        <v>107</v>
       </c>
       <c r="M13" t="s">
-        <v>95</v>
+        <v>108</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>96</v>
+        <v>109</v>
       </c>
       <c r="P13" t="s">
-        <v>97</v>
+        <v>110</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>98</v>
+        <v>111</v>
       </c>
       <c r="B14" t="s">
-        <v>99</v>
+        <v>112</v>
       </c>
       <c r="C14" t="s">
-        <v>18</v>
+        <v>104</v>
       </c>
       <c r="D14" t="s">
-        <v>100</v>
+        <v>113</v>
       </c>
       <c r="E14" t="s">
-        <v>20</v>
+        <v>73</v>
       </c>
       <c r="F14" t="s">
-        <v>21</v>
+        <v>52</v>
       </c>
       <c r="G14" t="s">
-        <v>64</v>
+        <v>22</v>
       </c>
       <c r="H14">
-        <v>2014</v>
-[...1 lines deleted...]
-      <c r="I14"/>
+        <v>2001</v>
+      </c>
+      <c r="I14">
+        <v>2019</v>
+      </c>
       <c r="J14" t="s">
-        <v>34</v>
+        <v>106</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14" t="s">
-        <v>101</v>
+        <v>114</v>
       </c>
       <c r="M14" t="s">
-        <v>102</v>
+        <v>108</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>103</v>
+        <v>115</v>
       </c>
       <c r="P14" t="s">
-        <v>104</v>
+        <v>116</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>105</v>
+        <v>117</v>
       </c>
       <c r="B15" t="s">
-        <v>106</v>
+        <v>118</v>
       </c>
       <c r="C15" t="s">
-        <v>18</v>
+        <v>94</v>
       </c>
       <c r="D15" t="s">
-        <v>107</v>
+        <v>119</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
-        <v>21</v>
+        <v>120</v>
       </c>
       <c r="G15" t="s">
-        <v>64</v>
+        <v>22</v>
       </c>
       <c r="H15">
         <v>2017</v>
       </c>
-      <c r="I15"/>
+      <c r="I15">
+        <v>2021</v>
+      </c>
       <c r="J15" t="s">
-        <v>34</v>
+        <v>96</v>
       </c>
       <c r="K15" t="s">
-        <v>24</v>
+        <v>121</v>
       </c>
       <c r="L15" t="s">
-        <v>108</v>
+        <v>122</v>
       </c>
       <c r="M15" t="s">
-        <v>26</v>
+        <v>123</v>
       </c>
       <c r="N15" t="s">
-        <v>27</v>
+        <v>67</v>
       </c>
       <c r="O15" t="s">
-        <v>109</v>
+        <v>124</v>
       </c>
       <c r="P15" t="s">
-        <v>110</v>
+        <v>125</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>111</v>
+        <v>126</v>
       </c>
       <c r="B16" t="s">
-        <v>112</v>
+        <v>127</v>
       </c>
       <c r="C16" t="s">
-        <v>18</v>
+        <v>94</v>
       </c>
       <c r="D16" t="s">
-        <v>113</v>
+        <v>128</v>
       </c>
       <c r="E16" t="s">
-        <v>20</v>
+        <v>73</v>
       </c>
       <c r="F16" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="G16" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="H16">
-        <v>2017</v>
+        <v>2015</v>
       </c>
       <c r="I16"/>
       <c r="J16" t="s">
-        <v>34</v>
+        <v>129</v>
       </c>
       <c r="K16" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>130</v>
+      </c>
+      <c r="L16"/>
       <c r="M16" t="s">
-        <v>26</v>
+        <v>123</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>115</v>
+        <v>131</v>
       </c>
       <c r="P16" t="s">
-        <v>116</v>
-[...84 lines deleted...]
-      <c r="L18" t="s">
         <v>132</v>
-      </c>
-[...156 lines deleted...]
-        <v>157</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">