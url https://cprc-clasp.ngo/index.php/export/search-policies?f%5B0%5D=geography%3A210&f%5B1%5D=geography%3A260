--- v0 (2025-10-13)
+++ v1 (2026-02-03)
@@ -12,483 +12,640 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="126">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="178">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>3794 / 2024 Energy Efficiency of Household and Similar Electrical Appliances Measurement and Calculation Methods for Energy Consumption of Refrigerators, Refrigerator-Freezers and Freezers</t>
   </si>
   <si>
+    <t>This standard is mandatory and provides energy efficiency measurement and calculation methods for energy consumption of refrigerators, refrigerator-freezers and freezers.</t>
+  </si>
+  <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Refrigeration, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>April 2025</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>ICS 97.040.30</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards &amp; Quality</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3794-2024-energy-efficiency-household-and-similar-electrical-appliances-measurement-and</t>
   </si>
   <si>
+    <t>https://www.eos.org.eg/en/standard/4358</t>
+  </si>
+  <si>
     <t>3794/2018 Energy efficiency of household and similar electrical appliances - measurement and calculation methods for energy consumption of refrigerrators, refrigerator-freezers and freezers</t>
   </si>
   <si>
+    <t>This standard specifies the requirements of energy efficiency for refrigerators, refrigerator-freezers and freezers. The standard applies to refrigerators, refrigerator-freezers and freezers that operate using 50 Hz AC and with a voltage not exceeding 250 V for single-face appliances and 480 V for other appliances.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>NT 81.70 NT 81.71</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/37942018-energy-efficiency-household-and-similar-electrical-appliances-measurement-and</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/4358</t>
+  </si>
+  <si>
     <t>3795-1/2016 Energy efficiency label requirements for air conditioners part 1: room air conditioner (window-split) with fixed capacity and fixed compressor</t>
   </si>
   <si>
+    <t>This standard establishes label requirements for room air conditioners, both window and split with fixed capacity and fixed compressors.</t>
+  </si>
+  <si>
     <t>Space Heating and Space Cooling, Air Conditioning, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, Superseded</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3795-12016-energy-efficiency-label-requirements-air-conditioners-part-1-room-air</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/14491</t>
+  </si>
+  <si>
     <t>3795-2/2017 Energy Efficiency Label Requirements For Air Conditioners Part 2: Variable Capacity Room Air Conditioner (Window-Split) with Variable Speed Compressor</t>
+  </si>
+  <si>
+    <t>This standard establishes label requirements for room air conditioners, both window and split with variable speed compressors.</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3795-22017-energy-efficiency-label-requirements-air-conditioners-part-2-variable-capacity</t>
   </si>
   <si>
+    <t>http://eos.org.eg/en/standard/14613</t>
+  </si>
+  <si>
     <t>3795-5/2018 Energy efficiency label requirements for air conditioners part 5: fixed capacity ducted room air conditioner with fixed speed compressor</t>
   </si>
   <si>
+    <t>This standard establishes requirements for fixed-capacity ducted room air conditioners with fixed-speed compressors.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3795-52018-energy-efficiency-label-requirements-air-conditioners-part-5-fixed-capacity</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/14798</t>
+  </si>
+  <si>
     <t>3795/2023 Energy Efficiency Label Requirements for Air Conditioner Room Air Conditioner (Window - Split)</t>
   </si>
   <si>
-    <t>Africa, Egypt</t>
+    <t>This standard is mandatory and applies to window and split air conditioners.</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>ICS 23.120 - 27.015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/37952023-energy-efficiency-label-requirements-air-conditioner-room-air-conditioner-window</t>
   </si>
   <si>
+    <t>https://www.eos.org.eg/en/standard/8643</t>
+  </si>
+  <si>
     <t>4100/2006 Energy Efficiency of Households and similar Electrical appliances methods for measuring and calculation energy consumption of washing machine</t>
+  </si>
+  <si>
+    <t>This standard specifies the energy efficiency specifications for washing machines.</t>
   </si>
   <si>
     <t>Laundry, Washing Machines</t>
   </si>
   <si>
     <t>IEC 60465/2003+cor1/2005
 ,   
                       IEC-60335-1/2001-Amd 1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/41002006-energy-efficiency-households-and-similar-electrical-appliances-methods-measuring</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/4472</t>
+  </si>
+  <si>
     <t>5806/2019 Energy efficiency of households and similar Electrical appliances methods for measuring and calculation energy consumption for electric water heaters</t>
   </si>
   <si>
+    <t>This standard specifies the requirement and method of calculation of energy efficiency for electric water heaters.</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Superseded</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/58062019-energy-efficiency-households-and-similar-electrical-appliances-methods-measuring</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/6413</t>
+  </si>
+  <si>
     <t>6977/2009 Energy Efficiency Of Distribution Transformers</t>
   </si>
   <si>
+    <t>This standard specifies the energy efficiency of distribution transformers.</t>
+  </si>
+  <si>
     <t>Power Transformers</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>IEC 60076-ser/2008
 ,   
                     ES 1886: Power Transformers Dry Type
 ,   
                     ES 4885-1 Instrument transformers part-1Current transformer
 ,   
                     ES 4885-1 Instrument transformers part-2 Inductive voltage transformer</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/69772009-energy-efficiency-distribution-transformers</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/10626</t>
+  </si>
+  <si>
     <t>7821/2014 Energy efficiency of household electrical appliances Methods for measuring and calculating energy efficiency of electric circulating air fans</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and testing methods for electric circulating air fans.</t>
+  </si>
+  <si>
     <t>Integrated Fans</t>
   </si>
   <si>
     <t>IEC 60879</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/78212014-energy-efficiency-household-electrical-appliances-methods-measuring-and</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/14009</t>
+  </si>
+  <si>
     <t>7823/2020 Energy efficiency requirements for electrical lamps and luminaires</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and labeling requirements for filament lamps; fluorescent lamps; compact fluorescent lamps; high-intensity discharge lamps; LED lamps.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/78232020-energy-efficiency-requirements-electrical-lamps-and-luminaires</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/14011</t>
+  </si>
+  <si>
     <t>7993/2018 Energy Efficiency Label For Televisions And Displays</t>
   </si>
   <si>
+    <t>This standard specifies the energy efficiency requirements for televisions and display units.</t>
+  </si>
+  <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/79932018-energy-efficiency-label-televisions-and-displays</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/14349</t>
+  </si>
+  <si>
     <t>Eco-Design Requirements for Water Pump Energy Efficiency (8441/2021)</t>
   </si>
   <si>
+    <t>This standard establishes ecodesign requirements for rotodynamic water pumps for pumping clean water, including those integrated into other products, and efficiency labeling requirements.</t>
+  </si>
+  <si>
     <t>Pumps</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
+    <t>Entered into force, New, Superseded</t>
+  </si>
+  <si>
     <t>ICS 23.080</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards and Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/eco-design-requirements-water-pump-energy-efficiency-84412021</t>
   </si>
   <si>
+    <t>https://www.eos.org.eg/en/standard/15248</t>
+  </si>
+  <si>
     <t>Energy Efficiency of Household and Similar Electrical Appliances</t>
   </si>
   <si>
+    <t>This standard identifies the methods of measuring and calculating energy efficiency and sets a maximum limit to the values of energy consumption. The standard aims to reduce the consumption of electric power.</t>
+  </si>
+  <si>
     <t>Kitchen, Dishwashers</t>
   </si>
   <si>
     <t>IEC60436:2004, A1:2009, A2:2012</t>
   </si>
   <si>
     <t>Egyptian Organisation for Standards and Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-household-and-similar-electrical-appliances</t>
   </si>
   <si>
+    <t>https://www.eos.org.eg/en/standard/14008</t>
+  </si>
+  <si>
     <t>Energy Efficiency Of Household Electrical Appliances Methods For Measuring And Calculating Energy Efficiency Of Domestic Ovens (ES 8058/2017)</t>
+  </si>
+  <si>
+    <t>This standard establishes the methods of measuring and calculating the energy efficiency of electrical domestic ovens.</t>
   </si>
   <si>
     <t>Kitchen, Ovens</t>
   </si>
   <si>
     <t>IEC 60350-1/2015
 ,   
                     Regulation (EU) No 65/2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-household-electrical-appliances-methods-measuring-and-calculating-0</t>
   </si>
   <si>
+    <t>https://www.eos.org.eg/en/standard/14544</t>
+  </si>
+  <si>
     <t>Energy Efficiency Of Household Electrical Appliances Methods For Measuring And Calculating Energy Efficiency Of Vacuum Cleaners(ES 8057/2017)</t>
+  </si>
+  <si>
+    <t>This standard identifies the methods for measuring and calculating the energy efficiency of vacuum cleaners.</t>
   </si>
   <si>
     <t>Electronics, Other-Electronics, Vacuum Cleaners</t>
   </si>
   <si>
     <t>IEC 62885-2/2016
 ,   
                     (EU) No 665/2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-household-electrical-appliances-methods-measuring-and-calculating-energy</t>
   </si>
   <si>
+    <t>https://www.eos.org.eg/en/standard/14543</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 003 White Goods</t>
   </si>
   <si>
+    <t>This product group covers electric, mains powered dishwashers within the scope of EU Ecodesign Regulation 1016-2010-EC and Energy Labelling Regulation 1059-2010-EC.</t>
+  </si>
+  <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>Ecolabelling Sweden</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-003-white-goods</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=2</t>
+  </si>
+  <si>
+    <t>This product group covers electric, mains powered washing machines within the scope of EU Ecodesign Regulation 1015-2010-EC and Energy Labelling Regulation 1061-2010-EC.</t>
+  </si>
+  <si>
     <t>Clothes Dryers, Washing Machines</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-003-white-goods-0</t>
   </si>
   <si>
+    <t>This product group covers electric, mains powered refrigerator and freezers within the scope of EU Ecodesign Regulation 643-2009-EC and Energy Labelling Regulation 1060-2010-EC.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-003-white-goods-1</t>
   </si>
   <si>
     <t>Nordic Ecolabel 015 Imaging Equipment</t>
   </si>
   <si>
+    <t>Copiers, digital duplicators, facsimile machines, multifunction devices MFD, printers and scanners are eligible for a Nordic Ecolabel. The machines may be equipped with external or internal scanners. In this document we collect all of these products under the name imaging equipment.</t>
+  </si>
+  <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>RAL-UZ 122 Version June 2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-015-imaging-equipment</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=9</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 040 Machines for Parks and Gardens</t>
   </si>
   <si>
+    <t>Working machines used for the care of parks and gardens, both privately and commercially, can be Nordic Ecolabelled. The following manual, electric and combustion engine driven machines can be awarded a Nordic Ecolabel: Lawnmowers; Lawn Trimmers and lawn edge trimmers; Brush cutters; Chainsaws; Leaf collectors and leaf blowers for professional use; Hedge trimmers; Compost shredders; Rotary cultivators; Riding lawn tractors and mowers; Snow blowers.   Only machines with a nominal engine rating of less than or equal to 19 kW can be Nordic Ecolabelled. Engine operated machines must also be covered by the EU's Machinery Directive: 2006-42-EC.  Combustion engine operated machines include air-cooled or liquid-cooled two stroke or four-stroke engines. Petrol, diesel, ethanol or other renewable fuels may be used. The engine shall be new and adapted to the fuel types for which it is intended.   Electrically powered machines may be corded or battery or solar cell operated. The product group machines for parks and gardens does not include agricultural or forestry tractors, nor terrain vehicles, i.e. All Terrain Vehicles.</t>
+  </si>
+  <si>
     <t>Outdoor Tools &amp; Equipment</t>
   </si>
   <si>
     <t>Electricity, Oil</t>
   </si>
   <si>
     <t>ISO 8178, CEC RF-08-A-85</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-040-machines-parks-and-gardens</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=21</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 048 Computers</t>
   </si>
   <si>
     <t>Computers, Displays</t>
   </si>
   <si>
     <t>ENERGY STAR Computer Program Requirements Version 6</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-048-computers</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=25</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 059 Heat Pumps</t>
   </si>
   <si>
+    <t>1. For heating water up to 70 kW:</t>
+  </si>
+  <si>
     <t>Heat Pumps, Boilers and Furnaces</t>
   </si>
   <si>
     <t>EN 14511</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-059-heat-pumps</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=31</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 062 Windows and Exterior Doors</t>
   </si>
   <si>
+    <t>Nordic Ecolabelled products are windows and exterior doors between open and enclosed, constantly heated spaces, i.e. between an outdoor climate and an indoor climate. There are various other types of exterior doors that can be subject to various function requirements.</t>
+  </si>
+  <si>
     <t>Doors, Windows</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>EN 14351-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-062-windows-and-exterior-doors</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=33</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 071 TV and Projector</t>
   </si>
   <si>
+    <t>In order to be awarded the Nordic Ecolabel the product must fall within product categories listed here: Televisions-sets|TV-sets; Projectors</t>
+  </si>
+  <si>
     <t>Televisions, Projectors</t>
   </si>
   <si>
     <t>IEC 62087, ver. 2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-071-tv-and-projector</t>
+  </si>
+  <si>
+    <t>https://www.svanen.se/en/how-to-apply/criteria-application/tv-and-projectors-071/</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -752,1205 +909,1364 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N26"/>
+  <dimension ref="A1:P26"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="224" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="224.088" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1330.675" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="90.692" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="47.131" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="107.26" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="80.123" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="101.404" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2003</v>
+      </c>
+      <c r="I2">
+        <v>2024</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>33</v>
+      </c>
+      <c r="H3">
         <v>2003</v>
       </c>
-      <c r="H2">
-[...2 lines deleted...]
-      <c r="I2" t="s">
+      <c r="I3">
+        <v>2018</v>
+      </c>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>36</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>41</v>
+      </c>
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F4" t="s">
+        <v>42</v>
+      </c>
+      <c r="G4" t="s">
+        <v>43</v>
+      </c>
+      <c r="H4">
+        <v>2003</v>
+      </c>
+      <c r="I4">
+        <v>2016</v>
+      </c>
+      <c r="J4" t="s">
+        <v>34</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>44</v>
+      </c>
+      <c r="M4" t="s">
+        <v>36</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>45</v>
+      </c>
+      <c r="P4" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>47</v>
+      </c>
+      <c r="B5" t="s">
+        <v>48</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>41</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>42</v>
+      </c>
+      <c r="G5" t="s">
+        <v>43</v>
+      </c>
+      <c r="H5">
+        <v>2003</v>
+      </c>
+      <c r="I5">
+        <v>2017</v>
+      </c>
+      <c r="J5" t="s">
+        <v>34</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>49</v>
+      </c>
+      <c r="M5" t="s">
+        <v>36</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>50</v>
+      </c>
+      <c r="P5" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>52</v>
+      </c>
+      <c r="B6" t="s">
+        <v>53</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>54</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>42</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2003</v>
+      </c>
+      <c r="I6">
+        <v>2018</v>
+      </c>
+      <c r="J6" t="s">
+        <v>34</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>36</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>55</v>
+      </c>
+      <c r="P6" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>57</v>
+      </c>
+      <c r="B7" t="s">
+        <v>58</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>54</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>59</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2003</v>
+      </c>
+      <c r="I7">
+        <v>2023</v>
+      </c>
+      <c r="J7" t="s">
+        <v>23</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>60</v>
+      </c>
+      <c r="M7" t="s">
+        <v>36</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>61</v>
+      </c>
+      <c r="P7" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>63</v>
+      </c>
+      <c r="B8" t="s">
+        <v>64</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>65</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G8" t="s">
+        <v>43</v>
+      </c>
+      <c r="H8">
+        <v>2003</v>
+      </c>
+      <c r="I8">
+        <v>2006</v>
+      </c>
+      <c r="J8" t="s">
+        <v>34</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>66</v>
+      </c>
+      <c r="M8" t="s">
+        <v>36</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>67</v>
+      </c>
+      <c r="P8" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>69</v>
+      </c>
+      <c r="B9" t="s">
+        <v>70</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>71</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>72</v>
+      </c>
+      <c r="H9">
+        <v>2019</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>34</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>36</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>73</v>
+      </c>
+      <c r="P9" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>75</v>
+      </c>
+      <c r="B10" t="s">
+        <v>76</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>77</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>78</v>
+      </c>
+      <c r="H10">
+        <v>2009</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>34</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>79</v>
+      </c>
+      <c r="M10" t="s">
+        <v>36</v>
+      </c>
+      <c r="N10" t="s">
+        <v>80</v>
+      </c>
+      <c r="O10" t="s">
+        <v>81</v>
+      </c>
+      <c r="P10" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>83</v>
+      </c>
+      <c r="B11" t="s">
+        <v>84</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>85</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>72</v>
+      </c>
+      <c r="H11">
+        <v>2014</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>34</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>86</v>
+      </c>
+      <c r="M11" t="s">
+        <v>36</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>87</v>
+      </c>
+      <c r="P11" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>89</v>
+      </c>
+      <c r="B12" t="s">
+        <v>90</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>91</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>72</v>
+      </c>
+      <c r="H12">
+        <v>2008</v>
+      </c>
+      <c r="I12">
+        <v>2020</v>
+      </c>
+      <c r="J12" t="s">
+        <v>34</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>36</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>92</v>
+      </c>
+      <c r="P12" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>94</v>
+      </c>
+      <c r="B13" t="s">
+        <v>95</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>96</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>72</v>
+      </c>
+      <c r="H13">
+        <v>2018</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>34</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>36</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>97</v>
+      </c>
+      <c r="P13" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>99</v>
+      </c>
+      <c r="B14" t="s">
+        <v>100</v>
+      </c>
+      <c r="C14" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14" t="s">
+        <v>101</v>
+      </c>
+      <c r="E14" t="s">
+        <v>102</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>103</v>
+      </c>
+      <c r="H14">
+        <v>2021</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>34</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>104</v>
+      </c>
+      <c r="M14" t="s">
+        <v>105</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>106</v>
+      </c>
+      <c r="P14" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>108</v>
+      </c>
+      <c r="B15" t="s">
+        <v>109</v>
+      </c>
+      <c r="C15" t="s">
+        <v>18</v>
+      </c>
+      <c r="D15" t="s">
+        <v>110</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>78</v>
+      </c>
+      <c r="H15">
+        <v>2014</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>34</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>111</v>
+      </c>
+      <c r="M15" t="s">
+        <v>112</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>113</v>
+      </c>
+      <c r="P15" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>115</v>
+      </c>
+      <c r="B16" t="s">
+        <v>116</v>
+      </c>
+      <c r="C16" t="s">
+        <v>18</v>
+      </c>
+      <c r="D16" t="s">
+        <v>117</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>78</v>
+      </c>
+      <c r="H16">
+        <v>2017</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>34</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>118</v>
+      </c>
+      <c r="M16" t="s">
+        <v>26</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>119</v>
+      </c>
+      <c r="P16" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>121</v>
+      </c>
+      <c r="B17" t="s">
+        <v>122</v>
+      </c>
+      <c r="C17" t="s">
+        <v>18</v>
+      </c>
+      <c r="D17" t="s">
+        <v>123</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>72</v>
+      </c>
+      <c r="H17">
+        <v>2017</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>34</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>124</v>
+      </c>
+      <c r="M17" t="s">
+        <v>26</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>125</v>
+      </c>
+      <c r="P17" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>127</v>
+      </c>
+      <c r="B18" t="s">
+        <v>128</v>
+      </c>
+      <c r="C18" t="s">
+        <v>129</v>
+      </c>
+      <c r="D18" t="s">
+        <v>130</v>
+      </c>
+      <c r="E18" t="s">
+        <v>102</v>
+      </c>
+      <c r="F18" t="s">
+        <v>59</v>
+      </c>
+      <c r="G18" t="s">
+        <v>78</v>
+      </c>
+      <c r="H18">
+        <v>2014</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>131</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>132</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>133</v>
+      </c>
+      <c r="P18" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>127</v>
+      </c>
+      <c r="B19" t="s">
+        <v>135</v>
+      </c>
+      <c r="C19" t="s">
+        <v>129</v>
+      </c>
+      <c r="D19" t="s">
+        <v>136</v>
+      </c>
+      <c r="E19" t="s">
+        <v>102</v>
+      </c>
+      <c r="F19" t="s">
+        <v>59</v>
+      </c>
+      <c r="G19" t="s">
+        <v>78</v>
+      </c>
+      <c r="H19">
+        <v>2014</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>131</v>
+      </c>
+      <c r="K19" t="s">
+        <v>137</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>132</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>138</v>
+      </c>
+      <c r="P19" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>127</v>
+      </c>
+      <c r="B20" t="s">
+        <v>139</v>
+      </c>
+      <c r="C20" t="s">
+        <v>129</v>
+      </c>
+      <c r="D20" t="s">
+        <v>32</v>
+      </c>
+      <c r="E20" t="s">
+        <v>102</v>
+      </c>
+      <c r="F20" t="s">
+        <v>59</v>
+      </c>
+      <c r="G20" t="s">
+        <v>78</v>
+      </c>
+      <c r="H20">
+        <v>2014</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>131</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>132</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>140</v>
+      </c>
+      <c r="P20" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>141</v>
+      </c>
+      <c r="B21" t="s">
+        <v>142</v>
+      </c>
+      <c r="C21" t="s">
+        <v>129</v>
+      </c>
+      <c r="D21" t="s">
+        <v>143</v>
+      </c>
+      <c r="E21" t="s">
+        <v>102</v>
+      </c>
+      <c r="F21" t="s">
+        <v>59</v>
+      </c>
+      <c r="G21" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H21">
+        <v>2006</v>
+      </c>
+      <c r="I21">
+        <v>2015</v>
+      </c>
+      <c r="J21" t="s">
+        <v>131</v>
+      </c>
+      <c r="K21" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...40 lines deleted...]
-      <c r="M3" t="s">
+      <c r="L21" t="s">
+        <v>144</v>
+      </c>
+      <c r="M21" t="s">
+        <v>132</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>145</v>
+      </c>
+      <c r="P21" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>147</v>
+      </c>
+      <c r="B22" t="s">
+        <v>148</v>
+      </c>
+      <c r="C22" t="s">
+        <v>129</v>
+      </c>
+      <c r="D22" t="s">
+        <v>149</v>
+      </c>
+      <c r="E22" t="s">
+        <v>102</v>
+      </c>
+      <c r="F22" t="s">
+        <v>59</v>
+      </c>
+      <c r="G22" t="s">
+        <v>78</v>
+      </c>
+      <c r="H22">
+        <v>2014</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>131</v>
+      </c>
+      <c r="K22" t="s">
+        <v>150</v>
+      </c>
+      <c r="L22" t="s">
+        <v>151</v>
+      </c>
+      <c r="M22" t="s">
+        <v>132</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>152</v>
+      </c>
+      <c r="P22" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>154</v>
+      </c>
+      <c r="B23" t="s">
+        <v>154</v>
+      </c>
+      <c r="C23" t="s">
+        <v>129</v>
+      </c>
+      <c r="D23" t="s">
+        <v>155</v>
+      </c>
+      <c r="E23" t="s">
+        <v>102</v>
+      </c>
+      <c r="F23" t="s">
+        <v>59</v>
+      </c>
+      <c r="G23" t="s">
+        <v>78</v>
+      </c>
+      <c r="H23">
+        <v>2015</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>131</v>
+      </c>
+      <c r="K23" t="s">
         <v>24</v>
       </c>
-      <c r="N3" t="s">
-[...40 lines deleted...]
-      <c r="M4" t="s">
+      <c r="L23" t="s">
+        <v>156</v>
+      </c>
+      <c r="M23" t="s">
+        <v>132</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>157</v>
+      </c>
+      <c r="P23" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>159</v>
+      </c>
+      <c r="B24" t="s">
+        <v>160</v>
+      </c>
+      <c r="C24" t="s">
+        <v>129</v>
+      </c>
+      <c r="D24" t="s">
+        <v>161</v>
+      </c>
+      <c r="E24" t="s">
+        <v>102</v>
+      </c>
+      <c r="F24" t="s">
+        <v>59</v>
+      </c>
+      <c r="G24" t="s">
+        <v>78</v>
+      </c>
+      <c r="H24">
+        <v>2014</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>131</v>
+      </c>
+      <c r="K24" t="s">
         <v>24</v>
       </c>
-      <c r="N4" t="s">
-[...40 lines deleted...]
-      <c r="M5" t="s">
+      <c r="L24" t="s">
+        <v>162</v>
+      </c>
+      <c r="M24" t="s">
+        <v>132</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>163</v>
+      </c>
+      <c r="P24" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>165</v>
+      </c>
+      <c r="B25" t="s">
+        <v>166</v>
+      </c>
+      <c r="C25" t="s">
+        <v>129</v>
+      </c>
+      <c r="D25" t="s">
+        <v>167</v>
+      </c>
+      <c r="E25" t="s">
+        <v>102</v>
+      </c>
+      <c r="F25" t="s">
+        <v>59</v>
+      </c>
+      <c r="G25" t="s">
+        <v>78</v>
+      </c>
+      <c r="H25">
+        <v>2014</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>131</v>
+      </c>
+      <c r="K25" t="s">
+        <v>168</v>
+      </c>
+      <c r="L25" t="s">
+        <v>169</v>
+      </c>
+      <c r="M25" t="s">
+        <v>132</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>170</v>
+      </c>
+      <c r="P25" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>172</v>
+      </c>
+      <c r="B26" t="s">
+        <v>173</v>
+      </c>
+      <c r="C26" t="s">
+        <v>129</v>
+      </c>
+      <c r="D26" t="s">
+        <v>174</v>
+      </c>
+      <c r="E26" t="s">
+        <v>102</v>
+      </c>
+      <c r="F26" t="s">
+        <v>59</v>
+      </c>
+      <c r="G26" t="s">
+        <v>78</v>
+      </c>
+      <c r="H26">
+        <v>2015</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>131</v>
+      </c>
+      <c r="K26" t="s">
         <v>24</v>
       </c>
-      <c r="N5" t="s">
-[...870 lines deleted...]
-      </c>
       <c r="L26" t="s">
-        <v>94</v>
+        <v>175</v>
       </c>
       <c r="M26" t="s">
-        <v>24</v>
+        <v>132</v>
       </c>
       <c r="N26" t="s">
-        <v>125</v>
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>176</v>
+      </c>
+      <c r="P26" t="s">
+        <v>177</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>