--- v0 (2025-12-06)
+++ v1 (2026-02-04)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="404">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="380">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -162,50 +162,53 @@
     <t>April 2025</t>
   </si>
   <si>
     <t>ICS 97.040.30</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards &amp; Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3794-2024-energy-efficiency-household-and-similar-electrical-appliances-measurement-and</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/4358</t>
   </si>
   <si>
     <t>3795-1/2016 Energy efficiency label requirements for air conditioners part 1: room air conditioner (window-split) with fixed capacity and fixed compressor</t>
   </si>
   <si>
     <t>This standard establishes label requirements for room air conditioners, both window and split with fixed capacity and fixed compressors.</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Air Conditioning, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814.</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3795-12016-energy-efficiency-label-requirements-air-conditioners-part-1-room-air</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14491</t>
   </si>
   <si>
     <t>3795-2/2017 Energy Efficiency Label Requirements For Air Conditioners Part 2: Variable Capacity Room Air Conditioner (Window-Split) with Variable Speed Compressor</t>
   </si>
   <si>
     <t>This standard establishes label requirements for room air conditioners, both window and split with variable speed compressors.</t>
   </si>
   <si>
@@ -248,138 +251,78 @@
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/8643</t>
   </si>
   <si>
     <t>4100/2006 Energy Efficiency of Households and similar Electrical appliances methods for measuring and calculation energy consumption of washing machine</t>
   </si>
   <si>
     <t>This standard specifies the energy efficiency specifications for washing machines.</t>
   </si>
   <si>
     <t>Laundry, Washing Machines</t>
   </si>
   <si>
     <t>IEC 60465/2003+cor1/2005
 ,   
                       IEC-60335-1/2001-Amd 1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/41002006-energy-efficiency-households-and-similar-electrical-appliances-methods-measuring</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/4472</t>
   </si>
   <si>
-    <t>5806/2019 Energy efficiency of households and similar Electrical appliances methods for measuring and calculation energy consumption for electric water heaters</t>
-[...5 lines deleted...]
-    <t>Storage Water Heaters</t>
+    <t>6977/2009 Energy Efficiency Of Distribution Transformers</t>
+  </si>
+  <si>
+    <t>This standard specifies the energy efficiency of distribution transformers.</t>
+  </si>
+  <si>
+    <t>Power Transformers</t>
   </si>
   <si>
     <t>Entered into force, New</t>
-  </si>
-[...13 lines deleted...]
-    <t>Power Transformers</t>
   </si>
   <si>
     <t>IEC 60076-ser/2008
 ,   
                     ES 1886: Power Transformers Dry Type
 ,   
                     ES 4885-1 Instrument transformers part-1Current transformer
 ,   
                     ES 4885-1 Instrument transformers part-2 Inductive voltage transformer</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/69772009-energy-efficiency-distribution-transformers</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/10626</t>
-  </si>
-[...43 lines deleted...]
-    <t>http://www.eos.org.eg/en/standard/14349</t>
   </si>
   <si>
     <t>Commission Decision 2013-806 2013/806/EU: Commission Decision of 17 December 2013 establishing the ecological criteria for the award of the EU Ecolabel for imaging equipment (notified under document C(2013) 9097)</t>
   </si>
   <si>
     <t>1. The product group imaging equipment shall comprise products which are marketed for office or domestic use; or both; and produce printed images; in the form of paper document or photo; through a marking process from one or both of the following: A. a digital image; provided by a network or card interface;  B. a hardcopy through a copying process.  Imaging equipment which have the additional function to produce a digital image from a hard copy through a scanning process are included in the scope of this Decision. This Decision shall apply to products which are marketed as printers; copiers and multifunctional devices.    2. Fax machines; digital duplicators; mailing machines and scanners are excluded from the scope of this Decision.</t>
   </si>
   <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-decision-2013-806-2013806eu-commission-decision-17-december-2013-establishing</t>
   </si>
   <si>
     <t>http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32013D0806</t>
   </si>
   <si>
     <t>Commission Decision of 28 May 2014: 2014-314-EU</t>
   </si>
   <si>
     <t>1. The product group water-based heaters shall comprise products that are used to generate heat as part of a water- based central heating system; where the heated water is distributed by means of circulators and heat emitters in order to reach and maintain the indoor temperature of an enclosed space such as a building; a dwelling; or a room; at a desired level.    2. The maximum output power of the water-based heaters shall be 400 kW.    3. Combination heaters are included in the scope of this product group; provided that their primary function is to provide space heat.    4.The following products are excluded from the scope of this product group:   A. heaters whose primary function is to provide hot drinking or sanitary water;   B. heaters for heating and distributing gaseous heat transfer media such as vapour or air;    C. cogeneration space heaters with a maximum electrical capacity of 50 kW or above;    D. space heaters that combine both indirect heating; using water-based central heating system; and direct heating; by direct emission of heat into the room or space where the appliance is installed.</t>
   </si>
@@ -1204,50 +1147,53 @@
     <t>Commission Regulation EU 2015-1095 of 5 May 2015 implementing Directive 2009-125-EC of the European Parliament and of the Council with regard to ecodesign requirements for professional refrigerated storage cabinets; blast cabinets; condensi</t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for the placing on the market of professional refrigerated storage cabinets and blast cabinets. This Regulation shall apply to electric mains-operated blast cabinets; and electric mains-operated professional refrigerated storage cabinets including those sold for the refrigeration of foodstuffs and animal feed. 
 This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Industrial Process Chillers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-2015-1095-5-may-2015-implementing-directive-2009-125-ec-european</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538151014873&amp;uri=CELEX:02015R1095-20170109</t>
   </si>
   <si>
     <t>Eco-Design Requirements for Water Pump Energy Efficiency (8441/2021)</t>
   </si>
   <si>
     <t>This standard establishes ecodesign requirements for rotodynamic water pumps for pumping clean water, including those integrated into other products, and efficiency labeling requirements.</t>
   </si>
   <si>
     <t>Pumps</t>
   </si>
   <si>
+    <t>Entered into force, New, Superseded</t>
+  </si>
+  <si>
     <t>ICS 23.080</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards and Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/eco-design-requirements-water-pump-energy-efficiency-84412021</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/15248</t>
   </si>
   <si>
     <t>Energy Efficiency of Household and Similar Electrical Appliances</t>
   </si>
   <si>
     <t>This standard identifies the methods of measuring and calculating energy efficiency and sets a maximum limit to the values of energy consumption. The standard aims to reduce the consumption of electric power.</t>
   </si>
   <si>
     <t>Kitchen, Dishwashers</t>
   </si>
   <si>
     <t>IEC60436:2004, A1:2009, A2:2012</t>
   </si>
   <si>
     <t>Egyptian Organisation for Standards and Quality</t>
@@ -1255,70 +1201,50 @@
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-household-and-similar-electrical-appliances</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/14008</t>
   </si>
   <si>
     <t>Energy Efficiency Of Household Electrical Appliances Methods For Measuring And Calculating Energy Efficiency Of Domestic Ovens (ES 8058/2017)</t>
   </si>
   <si>
     <t>This standard establishes the methods of measuring and calculating the energy efficiency of electrical domestic ovens.</t>
   </si>
   <si>
     <t>Kitchen, Ovens</t>
   </si>
   <si>
     <t>IEC 60350-1/2015
 ,   
                     Regulation (EU) No 65/2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-household-electrical-appliances-methods-measuring-and-calculating-0</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/14544</t>
-  </si>
-[...18 lines deleted...]
-    <t>https://www.eos.org.eg/en/standard/14543</t>
   </si>
   <si>
     <t>Voluntary ecodesign scheme for games consoles</t>
   </si>
   <si>
     <t>Companies active in the games consoles market have proposed a voluntary agreement laying down specific ecodesign requirements for games consoles models placed on the EU market, which use more than 20 Watts in active game mode. The voluntary scheme was agreed by the signatories in April 2014.
 Under the agreement, each signatory undertakes that at least 90 % of all games consoles that they place on the market would comply with the applicable minimum energy efficiency requirements.
 The agreement includes requirements on auto power down settings, limits on energy use in standby (0.5 W), navigation (40 W), and media streaming modes (50 W), and some product information requirements.</t>
   </si>
   <si>
     <t>Other-Electronics</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/voluntary-ecodesign-scheme-games-consoles</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1432808656922&amp;uri=CELEX%3A52015DC0178</t>
   </si>
   <si>
     <t>Voluntary ecodesign scheme for imaging equipment</t>
   </si>
   <si>
     <t>The voluntary agreement concluded by the industry lays down specific ecodesign requirements for imaging equipment placed on the EU market. The products covered by the agreement are also subject to the ENERGY STAR voluntary energy labelling programme, which lays down energy labelling requirements for different office equipment, including imaging equipment. As required by the Ecodesign Directive, the signatories to this voluntary scheme represent a large majority of the relevant economic sector. Under the agreement, each signatory undertook that at least 90 % of all imaging equipment models it places on the market would comply with the minimum efficiency requirements in terms of TEC (typical energy consumption) and OM (operational mode). Furthermore, all printing products should offer the ‘N-up printing’ capability as a standard feature and should comply with the requirements for cartridges (e.g. the design should not prevent the reuse/recycling and use of cartridges of other producers). All new products should also comply with the requirements for recycling (e.g. easy disassembly and marking of plastics). Finally, the signatories undertook to comply with the specific information requirements (e.g. information on resource and energy efficiency).</t>
   </si>
   <si>
@@ -1651,51 +1577,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P70"/>
+  <dimension ref="A1:P65"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="301.926" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1522.914" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="107.26" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="83.694" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="196.952" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
@@ -1895,3150 +1821,2914 @@
       </c>
       <c r="P4" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
         <v>46</v>
       </c>
       <c r="B5" t="s">
         <v>47</v>
       </c>
       <c r="C5" t="s">
         <v>37</v>
       </c>
       <c r="D5" t="s">
         <v>48</v>
       </c>
       <c r="E5" t="s">
         <v>39</v>
       </c>
       <c r="F5" t="s">
         <v>49</v>
       </c>
       <c r="G5" t="s">
-        <v>22</v>
+        <v>50</v>
       </c>
       <c r="H5">
         <v>2003</v>
       </c>
       <c r="I5">
         <v>2016</v>
       </c>
       <c r="J5" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="M5" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="P5" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B6" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C6" t="s">
         <v>37</v>
       </c>
       <c r="D6" t="s">
         <v>48</v>
       </c>
       <c r="E6" t="s">
         <v>39</v>
       </c>
       <c r="F6" t="s">
         <v>49</v>
       </c>
       <c r="G6" t="s">
-        <v>22</v>
+        <v>50</v>
       </c>
       <c r="H6">
         <v>2003</v>
       </c>
       <c r="I6">
         <v>2017</v>
       </c>
       <c r="J6" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="M6" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="P6" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B7" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C7" t="s">
         <v>37</v>
       </c>
       <c r="D7" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E7" t="s">
         <v>39</v>
       </c>
       <c r="F7" t="s">
         <v>49</v>
       </c>
       <c r="G7" t="s">
         <v>22</v>
       </c>
       <c r="H7">
         <v>2003</v>
       </c>
       <c r="I7">
         <v>2018</v>
       </c>
       <c r="J7" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7"/>
       <c r="M7" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="P7" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B8" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C8" t="s">
         <v>37</v>
       </c>
       <c r="D8" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E8" t="s">
         <v>39</v>
       </c>
       <c r="F8" t="s">
         <v>21</v>
       </c>
       <c r="G8" t="s">
         <v>22</v>
       </c>
       <c r="H8">
         <v>2003</v>
       </c>
       <c r="I8">
         <v>2023</v>
       </c>
       <c r="J8" t="s">
         <v>41</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="M8" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="P8" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B9" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C9" t="s">
         <v>37</v>
       </c>
       <c r="D9" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="E9" t="s">
         <v>39</v>
       </c>
       <c r="F9" t="s">
         <v>40</v>
       </c>
       <c r="G9" t="s">
-        <v>22</v>
+        <v>50</v>
       </c>
       <c r="H9">
         <v>2003</v>
       </c>
       <c r="I9">
         <v>2006</v>
       </c>
       <c r="J9" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="M9" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="P9" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B10" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="C10" t="s">
         <v>37</v>
       </c>
       <c r="D10" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="E10" t="s">
         <v>39</v>
       </c>
       <c r="F10" t="s">
         <v>40</v>
       </c>
       <c r="G10" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="H10">
-        <v>2019</v>
+        <v>2009</v>
       </c>
       <c r="I10"/>
       <c r="J10" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
-      <c r="L10"/>
+      <c r="L10" t="s">
+        <v>81</v>
+      </c>
       <c r="M10" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="N10" t="s">
-        <v>27</v>
+        <v>82</v>
       </c>
       <c r="O10" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="P10" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B11" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="C11" t="s">
-        <v>37</v>
+        <v>18</v>
       </c>
       <c r="D11" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="E11" t="s">
-        <v>39</v>
+        <v>20</v>
       </c>
       <c r="F11" t="s">
-        <v>40</v>
+        <v>21</v>
       </c>
       <c r="G11" t="s">
-        <v>79</v>
+        <v>22</v>
       </c>
       <c r="H11">
-        <v>2009</v>
-[...1 lines deleted...]
-      <c r="I11"/>
+        <v>2003</v>
+      </c>
+      <c r="I11">
+        <v>2013</v>
+      </c>
       <c r="J11" t="s">
-        <v>50</v>
+        <v>88</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
-      <c r="L11" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L11"/>
       <c r="M11" t="s">
-        <v>52</v>
+        <v>26</v>
       </c>
       <c r="N11" t="s">
-        <v>86</v>
+        <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="P11" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="B12" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="C12" t="s">
-        <v>37</v>
+        <v>18</v>
       </c>
       <c r="D12" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="E12" t="s">
-        <v>39</v>
+        <v>20</v>
       </c>
       <c r="F12" t="s">
-        <v>40</v>
+        <v>21</v>
       </c>
       <c r="G12" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="H12">
         <v>2014</v>
       </c>
       <c r="I12"/>
       <c r="J12" t="s">
-        <v>50</v>
+        <v>23</v>
       </c>
       <c r="K12" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>94</v>
+      </c>
+      <c r="L12"/>
       <c r="M12" t="s">
-        <v>52</v>
+        <v>26</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="P12" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="B13" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="C13" t="s">
-        <v>37</v>
+        <v>18</v>
       </c>
       <c r="D13" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="E13" t="s">
-        <v>39</v>
+        <v>20</v>
       </c>
       <c r="F13" t="s">
-        <v>40</v>
+        <v>21</v>
       </c>
       <c r="G13" t="s">
-        <v>22</v>
+        <v>80</v>
       </c>
       <c r="H13">
-        <v>2008</v>
-[...3 lines deleted...]
-      </c>
+        <v>2014</v>
+      </c>
+      <c r="I13"/>
       <c r="J13" t="s">
-        <v>50</v>
+        <v>23</v>
       </c>
       <c r="K13" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="L13"/>
+        <v>100</v>
+      </c>
+      <c r="L13" t="s">
+        <v>101</v>
+      </c>
       <c r="M13" t="s">
-        <v>52</v>
+        <v>26</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>98</v>
+        <v>102</v>
       </c>
       <c r="P13" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
+        <v>97</v>
+      </c>
+      <c r="B14" t="s">
+        <v>98</v>
+      </c>
+      <c r="C14" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14" t="s">
+        <v>104</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2007</v>
+      </c>
+      <c r="I14">
+        <v>2014</v>
+      </c>
+      <c r="J14" t="s">
+        <v>105</v>
+      </c>
+      <c r="K14" t="s">
         <v>100</v>
       </c>
-      <c r="B14" t="s">
+      <c r="L14" t="s">
         <v>101</v>
       </c>
-      <c r="C14" t="s">
-[...24 lines deleted...]
-      <c r="L14"/>
       <c r="M14" t="s">
-        <v>52</v>
+        <v>26</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="P14" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="B15" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="C15" t="s">
         <v>18</v>
       </c>
       <c r="D15" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="E15" t="s">
-        <v>20</v>
+        <v>39</v>
       </c>
       <c r="F15" t="s">
-        <v>21</v>
+        <v>49</v>
       </c>
       <c r="G15" t="s">
-        <v>22</v>
+        <v>80</v>
       </c>
       <c r="H15">
-        <v>2003</v>
-[...3 lines deleted...]
-      </c>
+        <v>2015</v>
+      </c>
+      <c r="I15"/>
       <c r="J15" t="s">
-        <v>107</v>
+        <v>88</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15"/>
       <c r="M15" t="s">
-        <v>26</v>
+        <v>111</v>
       </c>
       <c r="N15" t="s">
-        <v>27</v>
+        <v>82</v>
       </c>
       <c r="O15" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="P15" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
       <c r="B16" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="C16" t="s">
         <v>18</v>
       </c>
       <c r="D16" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="E16" t="s">
-        <v>20</v>
+        <v>39</v>
       </c>
       <c r="F16" t="s">
-        <v>21</v>
+        <v>49</v>
       </c>
       <c r="G16" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="H16">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="I16"/>
       <c r="J16" t="s">
-        <v>23</v>
+        <v>88</v>
       </c>
       <c r="K16" t="s">
-        <v>113</v>
+        <v>117</v>
       </c>
       <c r="L16"/>
       <c r="M16" t="s">
-        <v>26</v>
+        <v>111</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="P16" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="B17" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="C17" t="s">
         <v>18</v>
       </c>
       <c r="D17" t="s">
-        <v>118</v>
+        <v>93</v>
       </c>
       <c r="E17" t="s">
-        <v>20</v>
+        <v>39</v>
       </c>
       <c r="F17" t="s">
-        <v>21</v>
+        <v>49</v>
       </c>
       <c r="G17" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="H17">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="I17"/>
       <c r="J17" t="s">
-        <v>23</v>
+        <v>88</v>
       </c>
       <c r="K17" t="s">
-        <v>119</v>
-[...3 lines deleted...]
-      </c>
+        <v>117</v>
+      </c>
+      <c r="L17"/>
       <c r="M17" t="s">
-        <v>26</v>
+        <v>111</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="P17" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>116</v>
+        <v>124</v>
       </c>
       <c r="B18" t="s">
-        <v>117</v>
+        <v>125</v>
       </c>
       <c r="C18" t="s">
         <v>18</v>
       </c>
       <c r="D18" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="E18" t="s">
-        <v>20</v>
+        <v>39</v>
       </c>
       <c r="F18" t="s">
-        <v>21</v>
+        <v>49</v>
       </c>
       <c r="G18" t="s">
         <v>22</v>
       </c>
       <c r="H18">
-        <v>2007</v>
+        <v>2010</v>
       </c>
       <c r="I18">
-        <v>2014</v>
+        <v>2019</v>
       </c>
       <c r="J18" t="s">
-        <v>124</v>
+        <v>88</v>
       </c>
       <c r="K18" t="s">
-        <v>119</v>
+        <v>24</v>
       </c>
       <c r="L18" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="M18" t="s">
-        <v>26</v>
+        <v>111</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="P18" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="B19" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="C19" t="s">
         <v>18</v>
       </c>
       <c r="D19" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="E19" t="s">
         <v>39</v>
       </c>
       <c r="F19" t="s">
         <v>49</v>
       </c>
       <c r="G19" t="s">
-        <v>79</v>
+        <v>22</v>
       </c>
       <c r="H19">
-        <v>2015</v>
-[...1 lines deleted...]
-      <c r="I19"/>
+        <v>1995</v>
+      </c>
+      <c r="I19">
+        <v>2019</v>
+      </c>
       <c r="J19" t="s">
-        <v>107</v>
+        <v>88</v>
       </c>
       <c r="K19" t="s">
         <v>24</v>
       </c>
-      <c r="L19"/>
+      <c r="L19" t="s">
+        <v>133</v>
+      </c>
       <c r="M19" t="s">
-        <v>130</v>
+        <v>111</v>
       </c>
       <c r="N19" t="s">
-        <v>86</v>
+        <v>134</v>
       </c>
       <c r="O19" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="P19" t="s">
-        <v>132</v>
+        <v>136</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>133</v>
+        <v>137</v>
       </c>
       <c r="B20" t="s">
-        <v>134</v>
+        <v>138</v>
       </c>
       <c r="C20" t="s">
         <v>18</v>
       </c>
       <c r="D20" t="s">
-        <v>135</v>
+        <v>139</v>
       </c>
       <c r="E20" t="s">
         <v>39</v>
       </c>
       <c r="F20" t="s">
         <v>49</v>
       </c>
       <c r="G20" t="s">
-        <v>79</v>
+        <v>22</v>
       </c>
       <c r="H20">
-        <v>2015</v>
-[...1 lines deleted...]
-      <c r="I20"/>
+        <v>1998</v>
+      </c>
+      <c r="I20">
+        <v>2019</v>
+      </c>
       <c r="J20" t="s">
-        <v>107</v>
+        <v>140</v>
       </c>
       <c r="K20" t="s">
-        <v>136</v>
+        <v>24</v>
       </c>
       <c r="L20"/>
       <c r="M20" t="s">
-        <v>130</v>
+        <v>111</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
-        <v>137</v>
+        <v>141</v>
       </c>
       <c r="P20" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="B21" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="C21" t="s">
         <v>18</v>
       </c>
       <c r="D21" t="s">
-        <v>112</v>
+        <v>145</v>
       </c>
       <c r="E21" t="s">
         <v>39</v>
       </c>
       <c r="F21" t="s">
         <v>49</v>
       </c>
       <c r="G21" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="H21">
-        <v>2015</v>
+        <v>2019</v>
       </c>
       <c r="I21"/>
       <c r="J21" t="s">
-        <v>107</v>
+        <v>88</v>
       </c>
       <c r="K21" t="s">
-        <v>136</v>
-[...1 lines deleted...]
-      <c r="L21"/>
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
+        <v>146</v>
+      </c>
       <c r="M21" t="s">
-        <v>130</v>
+        <v>111</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
-        <v>141</v>
+        <v>147</v>
       </c>
       <c r="P21" t="s">
-        <v>142</v>
+        <v>148</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>143</v>
+        <v>149</v>
       </c>
       <c r="B22" t="s">
-        <v>144</v>
+        <v>150</v>
       </c>
       <c r="C22" t="s">
         <v>18</v>
       </c>
       <c r="D22" t="s">
-        <v>145</v>
+        <v>151</v>
       </c>
       <c r="E22" t="s">
         <v>39</v>
       </c>
       <c r="F22" t="s">
         <v>49</v>
       </c>
       <c r="G22" t="s">
         <v>22</v>
       </c>
       <c r="H22">
-        <v>2010</v>
+        <v>1997</v>
       </c>
       <c r="I22">
         <v>2019</v>
       </c>
       <c r="J22" t="s">
-        <v>107</v>
+        <v>88</v>
       </c>
       <c r="K22" t="s">
         <v>24</v>
       </c>
-      <c r="L22" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L22"/>
       <c r="M22" t="s">
-        <v>130</v>
+        <v>111</v>
       </c>
       <c r="N22" t="s">
-        <v>27</v>
+        <v>134</v>
       </c>
       <c r="O22" t="s">
-        <v>147</v>
+        <v>152</v>
       </c>
       <c r="P22" t="s">
-        <v>148</v>
+        <v>153</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>149</v>
+        <v>154</v>
       </c>
       <c r="B23" t="s">
-        <v>150</v>
+        <v>155</v>
       </c>
       <c r="C23" t="s">
         <v>18</v>
       </c>
       <c r="D23" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
       <c r="E23" t="s">
         <v>39</v>
       </c>
       <c r="F23" t="s">
         <v>49</v>
       </c>
       <c r="G23" t="s">
-        <v>22</v>
+        <v>80</v>
       </c>
       <c r="H23">
-        <v>1995</v>
-[...1 lines deleted...]
-      <c r="I23">
         <v>2019</v>
       </c>
+      <c r="I23"/>
       <c r="J23" t="s">
-        <v>107</v>
+        <v>88</v>
       </c>
       <c r="K23" t="s">
         <v>24</v>
       </c>
-      <c r="L23" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L23"/>
       <c r="M23" t="s">
-        <v>130</v>
+        <v>111</v>
       </c>
       <c r="N23" t="s">
-        <v>153</v>
+        <v>82</v>
       </c>
       <c r="O23" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="P23" t="s">
-        <v>155</v>
+        <v>158</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>156</v>
+        <v>159</v>
       </c>
       <c r="B24" t="s">
-        <v>157</v>
+        <v>160</v>
       </c>
       <c r="C24" t="s">
-        <v>18</v>
+        <v>161</v>
       </c>
       <c r="D24" t="s">
-        <v>158</v>
+        <v>162</v>
       </c>
       <c r="E24" t="s">
         <v>39</v>
       </c>
       <c r="F24" t="s">
         <v>49</v>
       </c>
       <c r="G24" t="s">
-        <v>22</v>
+        <v>80</v>
       </c>
       <c r="H24">
-        <v>1998</v>
-[...3 lines deleted...]
-      </c>
+        <v>2023</v>
+      </c>
+      <c r="I24"/>
       <c r="J24" t="s">
-        <v>159</v>
+        <v>88</v>
       </c>
       <c r="K24" t="s">
         <v>24</v>
       </c>
       <c r="L24"/>
-      <c r="M24" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M24"/>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="P24" t="s">
-        <v>161</v>
+        <v>164</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="B25" t="s">
-        <v>163</v>
+        <v>166</v>
       </c>
       <c r="C25" t="s">
         <v>18</v>
       </c>
       <c r="D25" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
       <c r="E25" t="s">
         <v>39</v>
       </c>
       <c r="F25" t="s">
         <v>49</v>
       </c>
       <c r="G25" t="s">
-        <v>79</v>
+        <v>22</v>
       </c>
       <c r="H25">
-        <v>2019</v>
-[...1 lines deleted...]
-      <c r="I25"/>
+        <v>1995</v>
+      </c>
+      <c r="I25">
+        <v>2023</v>
+      </c>
       <c r="J25" t="s">
-        <v>107</v>
+        <v>168</v>
       </c>
       <c r="K25" t="s">
-        <v>24</v>
+        <v>100</v>
       </c>
       <c r="L25" t="s">
-        <v>165</v>
+        <v>169</v>
       </c>
       <c r="M25" t="s">
-        <v>130</v>
+        <v>111</v>
       </c>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
-        <v>166</v>
+        <v>170</v>
       </c>
       <c r="P25" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>168</v>
+        <v>172</v>
       </c>
       <c r="B26" t="s">
-        <v>169</v>
+        <v>173</v>
       </c>
       <c r="C26" t="s">
         <v>18</v>
       </c>
       <c r="D26" t="s">
-        <v>170</v>
+        <v>174</v>
       </c>
       <c r="E26" t="s">
         <v>39</v>
       </c>
       <c r="F26" t="s">
         <v>49</v>
       </c>
       <c r="G26" t="s">
-        <v>22</v>
+        <v>80</v>
       </c>
       <c r="H26">
-        <v>1997</v>
-[...3 lines deleted...]
-      </c>
+        <v>2014</v>
+      </c>
+      <c r="I26"/>
       <c r="J26" t="s">
-        <v>107</v>
+        <v>88</v>
       </c>
       <c r="K26" t="s">
         <v>24</v>
       </c>
-      <c r="L26"/>
+      <c r="L26" t="s">
+        <v>175</v>
+      </c>
       <c r="M26" t="s">
-        <v>130</v>
+        <v>111</v>
       </c>
       <c r="N26" t="s">
-        <v>153</v>
+        <v>27</v>
       </c>
       <c r="O26" t="s">
-        <v>171</v>
+        <v>176</v>
       </c>
       <c r="P26" t="s">
-        <v>172</v>
+        <v>177</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>173</v>
+        <v>178</v>
       </c>
       <c r="B27" t="s">
-        <v>174</v>
+        <v>179</v>
       </c>
       <c r="C27" t="s">
         <v>18</v>
       </c>
       <c r="D27" t="s">
-        <v>175</v>
+        <v>180</v>
       </c>
       <c r="E27" t="s">
         <v>39</v>
       </c>
       <c r="F27" t="s">
         <v>49</v>
       </c>
       <c r="G27" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="H27">
-        <v>2019</v>
+        <v>2013</v>
       </c>
       <c r="I27"/>
       <c r="J27" t="s">
-        <v>107</v>
+        <v>88</v>
       </c>
       <c r="K27" t="s">
-        <v>24</v>
+        <v>181</v>
       </c>
       <c r="L27"/>
       <c r="M27" t="s">
-        <v>130</v>
+        <v>111</v>
       </c>
       <c r="N27" t="s">
-        <v>86</v>
+        <v>27</v>
       </c>
       <c r="O27" t="s">
-        <v>176</v>
+        <v>182</v>
       </c>
       <c r="P27" t="s">
-        <v>177</v>
+        <v>183</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>178</v>
+        <v>184</v>
       </c>
       <c r="B28" t="s">
-        <v>179</v>
+        <v>185</v>
       </c>
       <c r="C28" t="s">
-        <v>180</v>
+        <v>18</v>
       </c>
       <c r="D28" t="s">
-        <v>181</v>
+        <v>186</v>
       </c>
       <c r="E28" t="s">
         <v>39</v>
       </c>
       <c r="F28" t="s">
         <v>49</v>
       </c>
       <c r="G28" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="H28">
-        <v>2023</v>
+        <v>2011</v>
       </c>
       <c r="I28"/>
       <c r="J28" t="s">
-        <v>107</v>
+        <v>88</v>
       </c>
       <c r="K28" t="s">
         <v>24</v>
       </c>
       <c r="L28"/>
-      <c r="M28"/>
+      <c r="M28" t="s">
+        <v>111</v>
+      </c>
       <c r="N28" t="s">
         <v>27</v>
       </c>
       <c r="O28" t="s">
-        <v>182</v>
+        <v>187</v>
       </c>
       <c r="P28" t="s">
-        <v>183</v>
+        <v>188</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>184</v>
+        <v>189</v>
       </c>
       <c r="B29" t="s">
-        <v>185</v>
+        <v>190</v>
       </c>
       <c r="C29" t="s">
-        <v>18</v>
+        <v>161</v>
       </c>
       <c r="D29" t="s">
-        <v>186</v>
+        <v>191</v>
       </c>
       <c r="E29" t="s">
         <v>39</v>
       </c>
       <c r="F29" t="s">
         <v>49</v>
       </c>
       <c r="G29" t="s">
         <v>22</v>
       </c>
       <c r="H29">
-        <v>1995</v>
+        <v>1979</v>
       </c>
       <c r="I29">
-        <v>2023</v>
+        <v>2013</v>
       </c>
       <c r="J29" t="s">
-        <v>187</v>
+        <v>88</v>
       </c>
       <c r="K29" t="s">
-        <v>119</v>
-[...3 lines deleted...]
-      </c>
+        <v>100</v>
+      </c>
+      <c r="L29"/>
       <c r="M29" t="s">
-        <v>130</v>
+        <v>111</v>
       </c>
       <c r="N29" t="s">
         <v>27</v>
       </c>
       <c r="O29" t="s">
-        <v>189</v>
+        <v>192</v>
       </c>
       <c r="P29" t="s">
-        <v>190</v>
+        <v>193</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>191</v>
+        <v>194</v>
       </c>
       <c r="B30" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
       <c r="C30" t="s">
         <v>18</v>
       </c>
       <c r="D30" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="E30" t="s">
         <v>39</v>
       </c>
       <c r="F30" t="s">
         <v>49</v>
       </c>
       <c r="G30" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="H30">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="I30"/>
       <c r="J30" t="s">
-        <v>107</v>
+        <v>88</v>
       </c>
       <c r="K30" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>181</v>
+      </c>
+      <c r="L30"/>
       <c r="M30" t="s">
-        <v>130</v>
+        <v>111</v>
       </c>
       <c r="N30" t="s">
         <v>27</v>
       </c>
       <c r="O30" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="P30" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="B31" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="C31" t="s">
         <v>18</v>
       </c>
       <c r="D31" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="E31" t="s">
         <v>39</v>
       </c>
       <c r="F31" t="s">
-        <v>49</v>
+        <v>40</v>
       </c>
       <c r="G31" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="H31">
-        <v>2013</v>
+        <v>2009</v>
       </c>
       <c r="I31"/>
       <c r="J31" t="s">
-        <v>107</v>
+        <v>88</v>
       </c>
       <c r="K31" t="s">
-        <v>200</v>
+        <v>24</v>
       </c>
       <c r="L31"/>
       <c r="M31" t="s">
-        <v>130</v>
+        <v>111</v>
       </c>
       <c r="N31" t="s">
         <v>27</v>
       </c>
       <c r="O31" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="P31" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="B32" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="C32" t="s">
         <v>18</v>
       </c>
       <c r="D32" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="E32" t="s">
         <v>39</v>
       </c>
       <c r="F32" t="s">
-        <v>49</v>
+        <v>40</v>
       </c>
       <c r="G32" t="s">
-        <v>79</v>
+        <v>207</v>
       </c>
       <c r="H32">
-        <v>2011</v>
+        <v>2015</v>
       </c>
       <c r="I32"/>
       <c r="J32" t="s">
-        <v>107</v>
+        <v>88</v>
       </c>
       <c r="K32" t="s">
-        <v>24</v>
+        <v>117</v>
       </c>
       <c r="L32"/>
-      <c r="M32" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M32"/>
       <c r="N32" t="s">
         <v>27</v>
       </c>
       <c r="O32" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="P32" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="B33" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="C33" t="s">
-        <v>180</v>
+        <v>18</v>
       </c>
       <c r="D33" t="s">
-        <v>210</v>
+        <v>93</v>
       </c>
       <c r="E33" t="s">
         <v>39</v>
       </c>
       <c r="F33" t="s">
-        <v>49</v>
+        <v>40</v>
       </c>
       <c r="G33" t="s">
-        <v>22</v>
+        <v>80</v>
       </c>
       <c r="H33">
-        <v>1979</v>
-[...3 lines deleted...]
-      </c>
+        <v>2015</v>
+      </c>
+      <c r="I33"/>
       <c r="J33" t="s">
-        <v>107</v>
+        <v>88</v>
       </c>
       <c r="K33" t="s">
-        <v>119</v>
+        <v>117</v>
       </c>
       <c r="L33"/>
       <c r="M33" t="s">
-        <v>130</v>
+        <v>111</v>
       </c>
       <c r="N33" t="s">
         <v>27</v>
       </c>
       <c r="O33" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="P33" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="B34" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="C34" t="s">
         <v>18</v>
       </c>
       <c r="D34" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="E34" t="s">
         <v>39</v>
       </c>
       <c r="F34" t="s">
-        <v>49</v>
+        <v>40</v>
       </c>
       <c r="G34" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="H34">
-        <v>2013</v>
+        <v>2016</v>
       </c>
       <c r="I34"/>
       <c r="J34" t="s">
-        <v>107</v>
+        <v>88</v>
       </c>
       <c r="K34" t="s">
-        <v>200</v>
+        <v>24</v>
       </c>
       <c r="L34"/>
       <c r="M34" t="s">
-        <v>130</v>
+        <v>111</v>
       </c>
       <c r="N34" t="s">
-        <v>27</v>
+        <v>82</v>
       </c>
       <c r="O34" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="P34" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="B35" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="C35" t="s">
         <v>18</v>
       </c>
       <c r="D35" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="E35" t="s">
         <v>39</v>
       </c>
       <c r="F35" t="s">
         <v>40</v>
       </c>
       <c r="G35" t="s">
-        <v>79</v>
+        <v>22</v>
       </c>
       <c r="H35">
         <v>2009</v>
       </c>
-      <c r="I35"/>
+      <c r="I35">
+        <v>2019</v>
+      </c>
       <c r="J35" t="s">
-        <v>107</v>
+        <v>88</v>
       </c>
       <c r="K35" t="s">
         <v>24</v>
       </c>
       <c r="L35"/>
       <c r="M35" t="s">
-        <v>130</v>
+        <v>111</v>
       </c>
       <c r="N35" t="s">
-        <v>27</v>
+        <v>82</v>
       </c>
       <c r="O35" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="P35" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="B36" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="C36" t="s">
         <v>18</v>
       </c>
       <c r="D36" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="E36" t="s">
         <v>39</v>
       </c>
       <c r="F36" t="s">
         <v>40</v>
       </c>
       <c r="G36" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="H36">
-        <v>2015</v>
-[...1 lines deleted...]
-      <c r="I36"/>
+        <v>2009</v>
+      </c>
+      <c r="I36">
+        <v>2019</v>
+      </c>
       <c r="J36" t="s">
-        <v>107</v>
+        <v>88</v>
       </c>
       <c r="K36" t="s">
-        <v>136</v>
+        <v>24</v>
       </c>
       <c r="L36"/>
-      <c r="M36"/>
+      <c r="M36" t="s">
+        <v>111</v>
+      </c>
       <c r="N36" t="s">
         <v>27</v>
       </c>
       <c r="O36" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="P36" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="B37" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="C37" t="s">
         <v>18</v>
       </c>
       <c r="D37" t="s">
-        <v>112</v>
+        <v>79</v>
       </c>
       <c r="E37" t="s">
         <v>39</v>
       </c>
       <c r="F37" t="s">
         <v>40</v>
       </c>
       <c r="G37" t="s">
-        <v>79</v>
+        <v>22</v>
       </c>
       <c r="H37">
         <v>2015</v>
       </c>
-      <c r="I37"/>
+      <c r="I37">
+        <v>2019</v>
+      </c>
       <c r="J37" t="s">
-        <v>107</v>
+        <v>88</v>
       </c>
       <c r="K37" t="s">
-        <v>136</v>
-[...1 lines deleted...]
-      <c r="L37"/>
+        <v>24</v>
+      </c>
+      <c r="L37" t="s">
+        <v>232</v>
+      </c>
       <c r="M37" t="s">
-        <v>130</v>
+        <v>233</v>
       </c>
       <c r="N37" t="s">
-        <v>27</v>
+        <v>82</v>
       </c>
       <c r="O37" t="s">
-        <v>231</v>
+        <v>234</v>
       </c>
       <c r="P37" t="s">
-        <v>232</v>
+        <v>235</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="B38" t="s">
-        <v>234</v>
+        <v>237</v>
       </c>
       <c r="C38" t="s">
         <v>18</v>
       </c>
       <c r="D38" t="s">
-        <v>235</v>
+        <v>238</v>
       </c>
       <c r="E38" t="s">
         <v>39</v>
       </c>
       <c r="F38" t="s">
         <v>40</v>
       </c>
       <c r="G38" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="H38">
-        <v>2016</v>
+        <v>2019</v>
       </c>
       <c r="I38"/>
       <c r="J38" t="s">
-        <v>107</v>
+        <v>239</v>
       </c>
       <c r="K38" t="s">
-        <v>24</v>
+        <v>100</v>
       </c>
       <c r="L38"/>
-      <c r="M38" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M38"/>
       <c r="N38" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="O38" t="s">
-        <v>236</v>
+        <v>240</v>
       </c>
       <c r="P38" t="s">
-        <v>237</v>
+        <v>241</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>238</v>
+        <v>242</v>
       </c>
       <c r="B39" t="s">
-        <v>239</v>
+        <v>243</v>
       </c>
       <c r="C39" t="s">
         <v>18</v>
       </c>
       <c r="D39" t="s">
-        <v>240</v>
+        <v>145</v>
       </c>
       <c r="E39" t="s">
         <v>39</v>
       </c>
       <c r="F39" t="s">
         <v>40</v>
       </c>
       <c r="G39" t="s">
-        <v>22</v>
+        <v>80</v>
       </c>
       <c r="H39">
-        <v>2009</v>
-[...1 lines deleted...]
-      <c r="I39">
         <v>2019</v>
       </c>
+      <c r="I39"/>
       <c r="J39" t="s">
-        <v>107</v>
+        <v>88</v>
       </c>
       <c r="K39" t="s">
         <v>24</v>
       </c>
       <c r="L39"/>
       <c r="M39" t="s">
-        <v>130</v>
+        <v>111</v>
       </c>
       <c r="N39" t="s">
-        <v>86</v>
+        <v>27</v>
       </c>
       <c r="O39" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="P39" t="s">
-        <v>242</v>
+        <v>245</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>243</v>
+        <v>246</v>
       </c>
       <c r="B40" t="s">
-        <v>244</v>
+        <v>247</v>
       </c>
       <c r="C40" t="s">
         <v>18</v>
       </c>
       <c r="D40" t="s">
-        <v>245</v>
+        <v>139</v>
       </c>
       <c r="E40" t="s">
         <v>39</v>
       </c>
       <c r="F40" t="s">
         <v>40</v>
       </c>
       <c r="G40" t="s">
-        <v>246</v>
+        <v>22</v>
       </c>
       <c r="H40">
-        <v>2009</v>
+        <v>2000</v>
       </c>
       <c r="I40">
         <v>2019</v>
       </c>
       <c r="J40" t="s">
-        <v>107</v>
+        <v>248</v>
       </c>
       <c r="K40" t="s">
         <v>24</v>
       </c>
       <c r="L40"/>
       <c r="M40" t="s">
-        <v>130</v>
+        <v>111</v>
       </c>
       <c r="N40" t="s">
         <v>27</v>
       </c>
       <c r="O40" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="P40" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="B41" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="C41" t="s">
         <v>18</v>
       </c>
       <c r="D41" t="s">
-        <v>84</v>
+        <v>126</v>
       </c>
       <c r="E41" t="s">
         <v>39</v>
       </c>
       <c r="F41" t="s">
         <v>40</v>
       </c>
       <c r="G41" t="s">
         <v>22</v>
       </c>
       <c r="H41">
-        <v>2015</v>
+        <v>2009</v>
       </c>
       <c r="I41">
         <v>2019</v>
       </c>
       <c r="J41" t="s">
-        <v>107</v>
+        <v>88</v>
       </c>
       <c r="K41" t="s">
         <v>24</v>
       </c>
-      <c r="L41" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L41"/>
       <c r="M41" t="s">
-        <v>252</v>
+        <v>111</v>
       </c>
       <c r="N41" t="s">
-        <v>86</v>
+        <v>27</v>
       </c>
       <c r="O41" t="s">
         <v>253</v>
       </c>
       <c r="P41" t="s">
         <v>254</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
         <v>255</v>
       </c>
       <c r="B42" t="s">
         <v>256</v>
       </c>
       <c r="C42" t="s">
         <v>18</v>
       </c>
       <c r="D42" t="s">
-        <v>257</v>
+        <v>151</v>
       </c>
       <c r="E42" t="s">
         <v>39</v>
       </c>
       <c r="F42" t="s">
         <v>40</v>
       </c>
       <c r="G42" t="s">
-        <v>79</v>
+        <v>22</v>
       </c>
       <c r="H42">
+        <v>2010</v>
+      </c>
+      <c r="I42">
         <v>2019</v>
       </c>
-      <c r="I42"/>
       <c r="J42" t="s">
+        <v>88</v>
+      </c>
+      <c r="K42" t="s">
+        <v>24</v>
+      </c>
+      <c r="L42" t="s">
+        <v>257</v>
+      </c>
+      <c r="M42" t="s">
+        <v>111</v>
+      </c>
+      <c r="N42" t="s">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
         <v>258</v>
       </c>
-      <c r="K42" t="s">
-[...7 lines deleted...]
-      <c r="O42" t="s">
+      <c r="P42" t="s">
         <v>259</v>
-      </c>
-[...1 lines deleted...]
-        <v>260</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
+        <v>260</v>
+      </c>
+      <c r="B43" t="s">
         <v>261</v>
       </c>
-      <c r="B43" t="s">
+      <c r="C43" t="s">
+        <v>18</v>
+      </c>
+      <c r="D43" t="s">
         <v>262</v>
-      </c>
-[...4 lines deleted...]
-        <v>164</v>
       </c>
       <c r="E43" t="s">
         <v>39</v>
       </c>
       <c r="F43" t="s">
         <v>40</v>
       </c>
       <c r="G43" t="s">
-        <v>79</v>
+        <v>22</v>
       </c>
       <c r="H43">
+        <v>2010</v>
+      </c>
+      <c r="I43">
         <v>2019</v>
       </c>
-      <c r="I43"/>
       <c r="J43" t="s">
-        <v>107</v>
+        <v>88</v>
       </c>
       <c r="K43" t="s">
         <v>24</v>
       </c>
-      <c r="L43"/>
+      <c r="L43" t="s">
+        <v>133</v>
+      </c>
       <c r="M43" t="s">
-        <v>130</v>
+        <v>263</v>
       </c>
       <c r="N43" t="s">
         <v>27</v>
       </c>
       <c r="O43" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="P43" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="B44" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="C44" t="s">
         <v>18</v>
       </c>
       <c r="D44" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="E44" t="s">
         <v>39</v>
       </c>
       <c r="F44" t="s">
         <v>40</v>
       </c>
       <c r="G44" t="s">
-        <v>22</v>
+        <v>80</v>
       </c>
       <c r="H44">
-        <v>2000</v>
-[...1 lines deleted...]
-      <c r="I44">
         <v>2019</v>
       </c>
+      <c r="I44"/>
       <c r="J44" t="s">
-        <v>267</v>
+        <v>88</v>
       </c>
       <c r="K44" t="s">
         <v>24</v>
       </c>
       <c r="L44"/>
       <c r="M44" t="s">
-        <v>130</v>
+        <v>111</v>
       </c>
       <c r="N44" t="s">
-        <v>27</v>
+        <v>82</v>
       </c>
       <c r="O44" t="s">
         <v>268</v>
       </c>
       <c r="P44" t="s">
         <v>269</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
         <v>270</v>
       </c>
       <c r="B45" t="s">
         <v>271</v>
       </c>
       <c r="C45" t="s">
         <v>18</v>
       </c>
       <c r="D45" t="s">
-        <v>145</v>
+        <v>272</v>
       </c>
       <c r="E45" t="s">
         <v>39</v>
       </c>
       <c r="F45" t="s">
         <v>40</v>
       </c>
       <c r="G45" t="s">
         <v>22</v>
       </c>
       <c r="H45">
-        <v>2009</v>
+        <v>2014</v>
       </c>
       <c r="I45">
         <v>2019</v>
       </c>
       <c r="J45" t="s">
-        <v>107</v>
+        <v>88</v>
       </c>
       <c r="K45" t="s">
         <v>24</v>
       </c>
       <c r="L45"/>
       <c r="M45" t="s">
-        <v>130</v>
+        <v>111</v>
       </c>
       <c r="N45" t="s">
         <v>27</v>
       </c>
       <c r="O45" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="P45" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="B46" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="C46" t="s">
-        <v>18</v>
+        <v>161</v>
       </c>
       <c r="D46" t="s">
-        <v>170</v>
+        <v>162</v>
       </c>
       <c r="E46" t="s">
         <v>39</v>
       </c>
       <c r="F46" t="s">
         <v>40</v>
       </c>
       <c r="G46" t="s">
-        <v>22</v>
+        <v>80</v>
       </c>
       <c r="H46">
-        <v>2010</v>
-[...3 lines deleted...]
-      </c>
+        <v>2023</v>
+      </c>
+      <c r="I46"/>
       <c r="J46" t="s">
-        <v>107</v>
+        <v>88</v>
       </c>
       <c r="K46" t="s">
         <v>24</v>
       </c>
-      <c r="L46" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="L46"/>
+      <c r="M46"/>
       <c r="N46" t="s">
         <v>27</v>
       </c>
       <c r="O46" t="s">
         <v>277</v>
       </c>
       <c r="P46" t="s">
         <v>278</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
         <v>279</v>
       </c>
       <c r="B47" t="s">
         <v>280</v>
       </c>
       <c r="C47" t="s">
         <v>18</v>
       </c>
       <c r="D47" t="s">
-        <v>281</v>
+        <v>167</v>
       </c>
       <c r="E47" t="s">
         <v>39</v>
       </c>
       <c r="F47" t="s">
         <v>40</v>
       </c>
       <c r="G47" t="s">
-        <v>22</v>
+        <v>80</v>
       </c>
       <c r="H47">
-        <v>2010</v>
+        <v>2012</v>
       </c>
       <c r="I47">
-        <v>2019</v>
+        <v>2023</v>
       </c>
       <c r="J47" t="s">
-        <v>107</v>
+        <v>168</v>
       </c>
       <c r="K47" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>100</v>
+      </c>
+      <c r="L47"/>
       <c r="M47" t="s">
+        <v>281</v>
+      </c>
+      <c r="N47" t="s">
+        <v>27</v>
+      </c>
+      <c r="O47" t="s">
         <v>282</v>
       </c>
-      <c r="N47" t="s">
-[...2 lines deleted...]
-      <c r="O47" t="s">
+      <c r="P47" t="s">
         <v>283</v>
-      </c>
-[...1 lines deleted...]
-        <v>284</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="s">
+        <v>284</v>
+      </c>
+      <c r="B48" t="s">
         <v>285</v>
       </c>
-      <c r="B48" t="s">
+      <c r="C48" t="s">
+        <v>18</v>
+      </c>
+      <c r="D48" t="s">
         <v>286</v>
-      </c>
-[...4 lines deleted...]
-        <v>175</v>
       </c>
       <c r="E48" t="s">
         <v>39</v>
       </c>
       <c r="F48" t="s">
         <v>40</v>
       </c>
       <c r="G48" t="s">
-        <v>79</v>
+        <v>22</v>
       </c>
       <c r="H48">
-        <v>2019</v>
-[...1 lines deleted...]
-      <c r="I48"/>
+        <v>2013</v>
+      </c>
+      <c r="I48">
+        <v>2023</v>
+      </c>
       <c r="J48" t="s">
-        <v>107</v>
+        <v>88</v>
       </c>
       <c r="K48" t="s">
         <v>24</v>
       </c>
       <c r="L48"/>
       <c r="M48" t="s">
-        <v>130</v>
+        <v>111</v>
       </c>
       <c r="N48" t="s">
-        <v>86</v>
+        <v>27</v>
       </c>
       <c r="O48" t="s">
         <v>287</v>
       </c>
       <c r="P48" t="s">
         <v>288</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="s">
         <v>289</v>
       </c>
       <c r="B49" t="s">
         <v>290</v>
       </c>
       <c r="C49" t="s">
         <v>18</v>
       </c>
       <c r="D49" t="s">
-        <v>291</v>
+        <v>116</v>
       </c>
       <c r="E49" t="s">
         <v>39</v>
       </c>
       <c r="F49" t="s">
         <v>40</v>
       </c>
       <c r="G49" t="s">
         <v>22</v>
       </c>
       <c r="H49">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="I49">
-        <v>2019</v>
+        <v>2024</v>
       </c>
       <c r="J49" t="s">
-        <v>107</v>
+        <v>291</v>
       </c>
       <c r="K49" t="s">
-        <v>24</v>
+        <v>292</v>
       </c>
       <c r="L49"/>
       <c r="M49" t="s">
-        <v>130</v>
+        <v>111</v>
       </c>
       <c r="N49" t="s">
         <v>27</v>
       </c>
       <c r="O49" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="P49" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="B50" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="C50" t="s">
-        <v>180</v>
+        <v>161</v>
       </c>
       <c r="D50" t="s">
-        <v>181</v>
+        <v>297</v>
       </c>
       <c r="E50" t="s">
         <v>39</v>
       </c>
       <c r="F50" t="s">
         <v>40</v>
       </c>
       <c r="G50" t="s">
-        <v>79</v>
+        <v>22</v>
       </c>
       <c r="H50">
-        <v>2023</v>
-[...1 lines deleted...]
-      <c r="I50"/>
+        <v>2024</v>
+      </c>
+      <c r="I50">
+        <v>2024</v>
+      </c>
       <c r="J50" t="s">
-        <v>107</v>
+        <v>298</v>
       </c>
       <c r="K50" t="s">
         <v>24</v>
       </c>
       <c r="L50"/>
-      <c r="M50"/>
+      <c r="M50" t="s">
+        <v>111</v>
+      </c>
       <c r="N50" t="s">
-        <v>27</v>
+        <v>82</v>
       </c>
       <c r="O50" t="s">
-        <v>296</v>
+        <v>299</v>
       </c>
       <c r="P50" t="s">
-        <v>297</v>
+        <v>300</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="s">
-        <v>298</v>
+        <v>301</v>
       </c>
       <c r="B51" t="s">
-        <v>299</v>
+        <v>302</v>
       </c>
       <c r="C51" t="s">
         <v>18</v>
       </c>
       <c r="D51" t="s">
-        <v>186</v>
+        <v>174</v>
       </c>
       <c r="E51" t="s">
         <v>39</v>
       </c>
       <c r="F51" t="s">
         <v>40</v>
       </c>
       <c r="G51" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="H51">
-        <v>2012</v>
-[...3 lines deleted...]
-      </c>
+        <v>2014</v>
+      </c>
+      <c r="I51"/>
       <c r="J51" t="s">
-        <v>187</v>
+        <v>88</v>
       </c>
       <c r="K51" t="s">
-        <v>119</v>
-[...1 lines deleted...]
-      <c r="L51"/>
+        <v>24</v>
+      </c>
+      <c r="L51" t="s">
+        <v>175</v>
+      </c>
       <c r="M51" t="s">
-        <v>300</v>
+        <v>111</v>
       </c>
       <c r="N51" t="s">
         <v>27</v>
       </c>
       <c r="O51" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="P51" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="B52" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="C52" t="s">
         <v>18</v>
       </c>
       <c r="D52" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="E52" t="s">
         <v>39</v>
       </c>
       <c r="F52" t="s">
         <v>40</v>
       </c>
       <c r="G52" t="s">
-        <v>22</v>
+        <v>80</v>
       </c>
       <c r="H52">
-        <v>2013</v>
-[...3 lines deleted...]
-      </c>
+        <v>2012</v>
+      </c>
+      <c r="I52"/>
       <c r="J52" t="s">
-        <v>107</v>
+        <v>88</v>
       </c>
       <c r="K52" t="s">
         <v>24</v>
       </c>
       <c r="L52"/>
       <c r="M52" t="s">
-        <v>130</v>
+        <v>111</v>
       </c>
       <c r="N52" t="s">
         <v>27</v>
       </c>
       <c r="O52" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="P52" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="B53" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="C53" t="s">
         <v>18</v>
       </c>
       <c r="D53" t="s">
-        <v>135</v>
+        <v>297</v>
       </c>
       <c r="E53" t="s">
         <v>39</v>
       </c>
       <c r="F53" t="s">
         <v>40</v>
       </c>
       <c r="G53" t="s">
-        <v>22</v>
+        <v>80</v>
       </c>
       <c r="H53">
-        <v>2015</v>
-[...3 lines deleted...]
-      </c>
+        <v>2011</v>
+      </c>
+      <c r="I53"/>
       <c r="J53" t="s">
-        <v>310</v>
+        <v>88</v>
       </c>
       <c r="K53" t="s">
-        <v>311</v>
+        <v>24</v>
       </c>
       <c r="L53"/>
       <c r="M53" t="s">
-        <v>130</v>
+        <v>111</v>
       </c>
       <c r="N53" t="s">
-        <v>27</v>
+        <v>82</v>
       </c>
       <c r="O53" t="s">
         <v>312</v>
       </c>
       <c r="P53" t="s">
         <v>313</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="s">
         <v>314</v>
       </c>
       <c r="B54" t="s">
         <v>315</v>
       </c>
       <c r="C54" t="s">
-        <v>180</v>
+        <v>18</v>
       </c>
       <c r="D54" t="s">
         <v>316</v>
       </c>
       <c r="E54" t="s">
         <v>39</v>
       </c>
       <c r="F54" t="s">
         <v>40</v>
       </c>
       <c r="G54" t="s">
-        <v>22</v>
+        <v>80</v>
       </c>
       <c r="H54">
-        <v>2024</v>
-[...3 lines deleted...]
-      </c>
+        <v>2012</v>
+      </c>
+      <c r="I54"/>
       <c r="J54" t="s">
-        <v>317</v>
+        <v>88</v>
       </c>
       <c r="K54" t="s">
         <v>24</v>
       </c>
       <c r="L54"/>
       <c r="M54" t="s">
-        <v>130</v>
+        <v>111</v>
       </c>
       <c r="N54" t="s">
-        <v>86</v>
+        <v>27</v>
       </c>
       <c r="O54" t="s">
+        <v>317</v>
+      </c>
+      <c r="P54" t="s">
         <v>318</v>
-      </c>
-[...1 lines deleted...]
-        <v>319</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" t="s">
+        <v>319</v>
+      </c>
+      <c r="B55" t="s">
         <v>320</v>
       </c>
-      <c r="B55" t="s">
+      <c r="C55" t="s">
+        <v>18</v>
+      </c>
+      <c r="D55" t="s">
         <v>321</v>
-      </c>
-[...4 lines deleted...]
-        <v>193</v>
       </c>
       <c r="E55" t="s">
         <v>39</v>
       </c>
       <c r="F55" t="s">
         <v>40</v>
       </c>
       <c r="G55" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="H55">
         <v>2014</v>
       </c>
       <c r="I55"/>
       <c r="J55" t="s">
-        <v>107</v>
+        <v>88</v>
       </c>
       <c r="K55" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>100</v>
+      </c>
+      <c r="L55"/>
       <c r="M55" t="s">
-        <v>130</v>
+        <v>111</v>
       </c>
       <c r="N55" t="s">
         <v>27</v>
       </c>
       <c r="O55" t="s">
         <v>322</v>
       </c>
       <c r="P55" t="s">
         <v>323</v>
       </c>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="s">
         <v>324</v>
       </c>
       <c r="B56" t="s">
         <v>325</v>
       </c>
       <c r="C56" t="s">
         <v>18</v>
       </c>
       <c r="D56" t="s">
         <v>326</v>
       </c>
       <c r="E56" t="s">
         <v>39</v>
       </c>
       <c r="F56" t="s">
         <v>40</v>
       </c>
       <c r="G56" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="H56">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="I56"/>
       <c r="J56" t="s">
-        <v>107</v>
+        <v>140</v>
       </c>
       <c r="K56" t="s">
         <v>24</v>
       </c>
       <c r="L56"/>
       <c r="M56" t="s">
-        <v>130</v>
+        <v>111</v>
       </c>
       <c r="N56" t="s">
         <v>27</v>
       </c>
       <c r="O56" t="s">
         <v>327</v>
       </c>
       <c r="P56" t="s">
         <v>328</v>
       </c>
     </row>
     <row r="57" spans="1:16">
       <c r="A57" t="s">
         <v>329</v>
       </c>
       <c r="B57" t="s">
         <v>330</v>
       </c>
       <c r="C57" t="s">
         <v>18</v>
       </c>
       <c r="D57" t="s">
-        <v>316</v>
+        <v>180</v>
       </c>
       <c r="E57" t="s">
         <v>39</v>
       </c>
       <c r="F57" t="s">
         <v>40</v>
       </c>
       <c r="G57" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="H57">
-        <v>2011</v>
+        <v>2013</v>
       </c>
       <c r="I57"/>
       <c r="J57" t="s">
-        <v>107</v>
+        <v>140</v>
       </c>
       <c r="K57" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="L57"/>
+        <v>181</v>
+      </c>
+      <c r="L57" t="s">
+        <v>331</v>
+      </c>
       <c r="M57" t="s">
-        <v>130</v>
+        <v>111</v>
       </c>
       <c r="N57" t="s">
-        <v>86</v>
+        <v>27</v>
       </c>
       <c r="O57" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="P57" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
     </row>
     <row r="58" spans="1:16">
       <c r="A58" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="B58" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="C58" t="s">
         <v>18</v>
       </c>
       <c r="D58" t="s">
-        <v>335</v>
+        <v>196</v>
       </c>
       <c r="E58" t="s">
         <v>39</v>
       </c>
       <c r="F58" t="s">
         <v>40</v>
       </c>
       <c r="G58" t="s">
-        <v>79</v>
+        <v>22</v>
       </c>
       <c r="H58">
-        <v>2012</v>
-[...1 lines deleted...]
-      <c r="I58"/>
+        <v>1992</v>
+      </c>
+      <c r="I58">
+        <v>2013</v>
+      </c>
       <c r="J58" t="s">
-        <v>107</v>
+        <v>336</v>
       </c>
       <c r="K58" t="s">
-        <v>24</v>
+        <v>337</v>
       </c>
       <c r="L58"/>
       <c r="M58" t="s">
-        <v>130</v>
+        <v>111</v>
       </c>
       <c r="N58" t="s">
         <v>27</v>
       </c>
       <c r="O58" t="s">
-        <v>336</v>
+        <v>338</v>
       </c>
       <c r="P58" t="s">
-        <v>337</v>
+        <v>339</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
       <c r="B59" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
       <c r="C59" t="s">
         <v>18</v>
       </c>
       <c r="D59" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
       <c r="E59" t="s">
         <v>39</v>
       </c>
       <c r="F59" t="s">
         <v>40</v>
       </c>
       <c r="G59" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="H59">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="I59"/>
       <c r="J59" t="s">
-        <v>107</v>
+        <v>23</v>
       </c>
       <c r="K59" t="s">
-        <v>119</v>
+        <v>24</v>
       </c>
       <c r="L59"/>
       <c r="M59" t="s">
-        <v>130</v>
+        <v>111</v>
       </c>
       <c r="N59" t="s">
         <v>27</v>
       </c>
       <c r="O59" t="s">
-        <v>341</v>
+        <v>343</v>
       </c>
       <c r="P59" t="s">
-        <v>342</v>
+        <v>344</v>
       </c>
     </row>
     <row r="60" spans="1:16">
       <c r="A60" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
       <c r="B60" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="C60" t="s">
         <v>18</v>
       </c>
       <c r="D60" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="E60" t="s">
         <v>39</v>
       </c>
       <c r="F60" t="s">
         <v>40</v>
       </c>
       <c r="G60" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="H60">
-        <v>2013</v>
+        <v>2015</v>
       </c>
       <c r="I60"/>
       <c r="J60" t="s">
-        <v>159</v>
+        <v>88</v>
       </c>
       <c r="K60" t="s">
         <v>24</v>
       </c>
       <c r="L60"/>
       <c r="M60" t="s">
-        <v>130</v>
+        <v>111</v>
       </c>
       <c r="N60" t="s">
-        <v>27</v>
+        <v>82</v>
       </c>
       <c r="O60" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
       <c r="P60" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
     </row>
     <row r="61" spans="1:16">
       <c r="A61" t="s">
-        <v>348</v>
+        <v>350</v>
       </c>
       <c r="B61" t="s">
-        <v>349</v>
+        <v>351</v>
       </c>
       <c r="C61" t="s">
-        <v>18</v>
+        <v>37</v>
       </c>
       <c r="D61" t="s">
-        <v>199</v>
+        <v>352</v>
       </c>
       <c r="E61" t="s">
-        <v>39</v>
+        <v>20</v>
       </c>
       <c r="F61" t="s">
         <v>40</v>
       </c>
       <c r="G61" t="s">
-        <v>79</v>
+        <v>353</v>
       </c>
       <c r="H61">
-        <v>2013</v>
+        <v>2021</v>
       </c>
       <c r="I61"/>
       <c r="J61" t="s">
-        <v>159</v>
+        <v>51</v>
       </c>
       <c r="K61" t="s">
-        <v>200</v>
+        <v>24</v>
       </c>
       <c r="L61" t="s">
-        <v>350</v>
+        <v>354</v>
       </c>
       <c r="M61" t="s">
-        <v>130</v>
+        <v>355</v>
       </c>
       <c r="N61" t="s">
         <v>27</v>
       </c>
       <c r="O61" t="s">
-        <v>351</v>
+        <v>356</v>
       </c>
       <c r="P61" t="s">
-        <v>352</v>
+        <v>357</v>
       </c>
     </row>
     <row r="62" spans="1:16">
       <c r="A62" t="s">
-        <v>353</v>
+        <v>358</v>
       </c>
       <c r="B62" t="s">
-        <v>354</v>
+        <v>359</v>
       </c>
       <c r="C62" t="s">
-        <v>18</v>
+        <v>37</v>
       </c>
       <c r="D62" t="s">
-        <v>215</v>
+        <v>360</v>
       </c>
       <c r="E62" t="s">
         <v>39</v>
       </c>
       <c r="F62" t="s">
         <v>40</v>
       </c>
       <c r="G62" t="s">
-        <v>22</v>
+        <v>80</v>
       </c>
       <c r="H62">
-        <v>1992</v>
-[...3 lines deleted...]
-      </c>
+        <v>2014</v>
+      </c>
+      <c r="I62"/>
       <c r="J62" t="s">
-        <v>355</v>
+        <v>51</v>
       </c>
       <c r="K62" t="s">
-        <v>356</v>
-[...1 lines deleted...]
-      <c r="L62"/>
+        <v>24</v>
+      </c>
+      <c r="L62" t="s">
+        <v>361</v>
+      </c>
       <c r="M62" t="s">
-        <v>130</v>
+        <v>362</v>
       </c>
       <c r="N62" t="s">
         <v>27</v>
       </c>
       <c r="O62" t="s">
-        <v>357</v>
+        <v>363</v>
       </c>
       <c r="P62" t="s">
-        <v>358</v>
+        <v>364</v>
       </c>
     </row>
     <row r="63" spans="1:16">
       <c r="A63" t="s">
-        <v>359</v>
+        <v>365</v>
       </c>
       <c r="B63" t="s">
-        <v>360</v>
+        <v>366</v>
       </c>
       <c r="C63" t="s">
-        <v>18</v>
+        <v>37</v>
       </c>
       <c r="D63" t="s">
-        <v>361</v>
+        <v>367</v>
       </c>
       <c r="E63" t="s">
         <v>39</v>
       </c>
       <c r="F63" t="s">
         <v>40</v>
       </c>
       <c r="G63" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="H63">
-        <v>2013</v>
+        <v>2017</v>
       </c>
       <c r="I63"/>
       <c r="J63" t="s">
-        <v>23</v>
+        <v>51</v>
       </c>
       <c r="K63" t="s">
         <v>24</v>
       </c>
-      <c r="L63"/>
+      <c r="L63" t="s">
+        <v>368</v>
+      </c>
       <c r="M63" t="s">
-        <v>130</v>
+        <v>43</v>
       </c>
       <c r="N63" t="s">
         <v>27</v>
       </c>
       <c r="O63" t="s">
-        <v>362</v>
+        <v>369</v>
       </c>
       <c r="P63" t="s">
-        <v>363</v>
+        <v>370</v>
       </c>
     </row>
     <row r="64" spans="1:16">
       <c r="A64" t="s">
-        <v>364</v>
+        <v>371</v>
       </c>
       <c r="B64" t="s">
-        <v>365</v>
+        <v>372</v>
       </c>
       <c r="C64" t="s">
         <v>18</v>
       </c>
       <c r="D64" t="s">
-        <v>366</v>
+        <v>373</v>
       </c>
       <c r="E64" t="s">
-        <v>39</v>
+        <v>20</v>
       </c>
       <c r="F64" t="s">
         <v>40</v>
       </c>
       <c r="G64" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="H64">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="I64"/>
       <c r="J64" t="s">
-        <v>107</v>
+        <v>88</v>
       </c>
       <c r="K64" t="s">
         <v>24</v>
       </c>
       <c r="L64"/>
-      <c r="M64" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M64"/>
       <c r="N64" t="s">
-        <v>86</v>
+        <v>27</v>
       </c>
       <c r="O64" t="s">
-        <v>367</v>
+        <v>374</v>
       </c>
       <c r="P64" t="s">
-        <v>368</v>
+        <v>375</v>
       </c>
     </row>
     <row r="65" spans="1:16">
       <c r="A65" t="s">
-        <v>369</v>
+        <v>376</v>
       </c>
       <c r="B65" t="s">
-        <v>370</v>
+        <v>377</v>
       </c>
       <c r="C65" t="s">
-        <v>37</v>
+        <v>161</v>
       </c>
       <c r="D65" t="s">
-        <v>371</v>
+        <v>87</v>
       </c>
       <c r="E65" t="s">
         <v>20</v>
       </c>
       <c r="F65" t="s">
         <v>40</v>
       </c>
       <c r="G65" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="H65">
-        <v>2021</v>
+        <v>2013</v>
       </c>
       <c r="I65"/>
       <c r="J65" t="s">
-        <v>50</v>
+        <v>88</v>
       </c>
       <c r="K65" t="s">
         <v>24</v>
       </c>
-      <c r="L65" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="L65"/>
+      <c r="M65"/>
       <c r="N65" t="s">
         <v>27</v>
       </c>
       <c r="O65" t="s">
-        <v>374</v>
+        <v>378</v>
       </c>
       <c r="P65" t="s">
-        <v>375</v>
-[...34 lines deleted...]
-      <c r="L66" t="s">
         <v>379</v>
-      </c>
-[...194 lines deleted...]
-        <v>403</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">