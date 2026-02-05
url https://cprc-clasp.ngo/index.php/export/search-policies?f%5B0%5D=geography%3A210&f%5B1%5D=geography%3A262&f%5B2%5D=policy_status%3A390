--- v0 (2025-12-05)
+++ v1 (2026-02-05)
@@ -12,224 +12,176 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="243">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="222">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
-    <t>5806/2019 Energy efficiency of households and similar Electrical appliances methods for measuring and calculation energy consumption for electric water heaters</t>
-[...2 lines deleted...]
-    <t>This standard specifies the requirement and method of calculation of energy efficiency for electric water heaters.</t>
+    <t>6977/2009 Energy Efficiency Of Distribution Transformers</t>
+  </si>
+  <si>
+    <t>This standard specifies the energy efficiency of distribution transformers.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
-    <t>Storage Water Heaters</t>
+    <t>Power Transformers</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
-  </si>
-[...19 lines deleted...]
-    <t>Power Transformers</t>
   </si>
   <si>
     <t>IEC 60076-ser/2008
 ,   
                     ES 1886: Power Transformers Dry Type
 ,   
                     ES 4885-1 Instrument transformers part-1Current transformer
 ,   
                     ES 4885-1 Instrument transformers part-2 Inductive voltage transformer</t>
   </si>
   <si>
+    <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
+  </si>
+  <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/69772009-energy-efficiency-distribution-transformers</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/10626</t>
   </si>
   <si>
-    <t>7821/2014 Energy efficiency of household electrical appliances Methods for measuring and calculating energy efficiency of electric circulating air fans</t>
-[...31 lines deleted...]
-  <si>
     <t>Commission Decision of 28 May 2014: 2014-314-EU</t>
   </si>
   <si>
     <t>1. The product group water-based heaters shall comprise products that are used to generate heat as part of a water- based central heating system; where the heated water is distributed by means of circulators and heat emitters in order to reach and maintain the indoor temperature of an enclosed space such as a building; a dwelling; or a room; at a desired level.    2. The maximum output power of the water-based heaters shall be 400 kW.    3. Combination heaters are included in the scope of this product group; provided that their primary function is to provide space heat.    4.The following products are excluded from the scope of this product group:   A. heaters whose primary function is to provide hot drinking or sanitary water;   B. heaters for heating and distributing gaseous heat transfer media such as vapour or air;    C. cogeneration space heaters with a maximum electrical capacity of 50 kW or above;    D. space heaters that combine both indirect heating; using water-based central heating system; and direct heating; by direct emission of heat into the room or space where the appliance is installed.</t>
   </si>
   <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>December 2018</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil, Water</t>
   </si>
   <si>
     <t>European Commission - DG Environment</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-decision-28-may-2014-2014-314-eu</t>
   </si>
   <si>
     <t>http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32014D0314</t>
   </si>
   <si>
     <t>Commission Decision of 9 November 2007 establishing the ecological criteria for the award of the Community eco-label to electrically driven, gas driven or gas absorption heat pumps</t>
   </si>
   <si>
     <t>The product group 'electrically driven; gas driven or gas absorption heat pumps' shall comprise heat pumps; which can concentrate energy present in the air; ground or water into useful heat for the supply of space heating or the opposite process for space cooling. A 'heat pump' is the device or set of devices as delivered by the manufacturer or importer to the distributor; retailer or installer. This delivery may or may not include the delivery of circulating pumps at the sink or source side; however for calculation of coefficient of performance -COP; values the power consumption of circulating pumps shall always be taken into account; according to the methodology of EN14511:2004; if the manufacturer cannot provide data; a default value is taken. For gas absorption heat pumps the methodology shall be according to EN12309-2:2000. The product group shall cover only electrically driven; gas driven or gas absorption heat pumps with a maximum heating capacity of 100 kW. The product group 'electrically driven; gas driven or gas absorption heat pumps' shall not cover the following:   heat pumps which can only provide hot water for sanitary use;   and heat pumps which can only extract heat from a building and eject it to the air; ground or water thus resulting in space cooling.</t>
   </si>
   <si>
     <t>Heat Pumps</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>EN 14 511:2004; EN12309-2:2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-decision-9-november-2007-establishing-ecological-criteria-award-community-eco-0</t>
   </si>
@@ -687,50 +639,53 @@
     <t>Commission Regulation EU 2015-1095 of 5 May 2015 implementing Directive 2009-125-EC of the European Parliament and of the Council with regard to ecodesign requirements for professional refrigerated storage cabinets; blast cabinets; condensi</t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for the placing on the market of professional refrigerated storage cabinets and blast cabinets. This Regulation shall apply to electric mains-operated blast cabinets; and electric mains-operated professional refrigerated storage cabinets including those sold for the refrigeration of foodstuffs and animal feed. 
 This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Industrial Process Chillers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-2015-1095-5-may-2015-implementing-directive-2009-125-ec-european</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538151014873&amp;uri=CELEX:02015R1095-20170109</t>
   </si>
   <si>
     <t>Eco-Design Requirements for Water Pump Energy Efficiency (8441/2021)</t>
   </si>
   <si>
     <t>This standard establishes ecodesign requirements for rotodynamic water pumps for pumping clean water, including those integrated into other products, and efficiency labeling requirements.</t>
   </si>
   <si>
     <t>Pumps</t>
   </si>
   <si>
+    <t>Entered into force, New, Superseded</t>
+  </si>
+  <si>
     <t>ICS 23.080</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards and Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/eco-design-requirements-water-pump-energy-efficiency-84412021</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/15248</t>
   </si>
   <si>
     <t>Energy Efficiency of Household and Similar Electrical Appliances</t>
   </si>
   <si>
     <t>This standard identifies the methods of measuring and calculating energy efficiency and sets a maximum limit to the values of energy consumption. The standard aims to reduce the consumption of electric power.</t>
   </si>
   <si>
     <t>Kitchen, Dishwashers</t>
   </si>
   <si>
     <t>IEC60436:2004, A1:2009, A2:2012</t>
   </si>
   <si>
     <t>Egyptian Organisation for Standards and Quality</t>
@@ -741,70 +696,50 @@
   <si>
     <t>https://www.eos.org.eg/en/standard/14008</t>
   </si>
   <si>
     <t>Energy Efficiency Of Household Electrical Appliances Methods For Measuring And Calculating Energy Efficiency Of Domestic Ovens (ES 8058/2017)</t>
   </si>
   <si>
     <t>This standard establishes the methods of measuring and calculating the energy efficiency of electrical domestic ovens.</t>
   </si>
   <si>
     <t>Kitchen, Ovens</t>
   </si>
   <si>
     <t>IEC 60350-1/2015
 ,   
                     Regulation (EU) No 65/2014</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards &amp; Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-household-electrical-appliances-methods-measuring-and-calculating-0</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/14544</t>
-  </si>
-[...18 lines deleted...]
-    <t>https://www.eos.org.eg/en/standard/14543</t>
   </si>
   <si>
     <t>Voluntary ecodesign scheme for games consoles</t>
   </si>
   <si>
     <t>Companies active in the games consoles market have proposed a voluntary agreement laying down specific ecodesign requirements for games consoles models placed on the EU market, which use more than 20 Watts in active game mode. The voluntary scheme was agreed by the signatories in April 2014.
 Under the agreement, each signatory undertakes that at least 90 % of all games consoles that they place on the market would comply with the applicable minimum energy efficiency requirements.
 The agreement includes requirements on auto power down settings, limits on energy use in standby (0.5 W), navigation (40 W), and media streaming modes (50 W), and some product information requirements.</t>
   </si>
   <si>
     <t>Other-Electronics</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/voluntary-ecodesign-scheme-games-consoles</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1432808656922&amp;uri=CELEX%3A52015DC0178</t>
   </si>
   <si>
     <t>Voluntary ecodesign scheme for imaging equipment</t>
   </si>
   <si>
     <t>The voluntary agreement concluded by the industry lays down specific ecodesign requirements for imaging equipment placed on the EU market. The products covered by the agreement are also subject to the ENERGY STAR voluntary energy labelling programme, which lays down energy labelling requirements for different office equipment, including imaging equipment. As required by the Ecodesign Directive, the signatories to this voluntary scheme represent a large majority of the relevant economic sector. Under the agreement, each signatory undertook that at least 90 % of all imaging equipment models it places on the market would comply with the minimum efficiency requirements in terms of TEC (typical energy consumption) and OM (operational mode). Furthermore, all printing products should offer the ‘N-up printing’ capability as a standard feature and should comply with the requirements for cartridges (e.g. the design should not prevent the reuse/recycling and use of cartridges of other producers). All new products should also comply with the requirements for recycling (e.g. easy disassembly and marking of plastics). Finally, the signatories undertook to comply with the specific information requirements (e.g. information on resource and energy efficiency).</t>
   </si>
   <si>
@@ -1140,65 +1075,65 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P40"/>
+  <dimension ref="A1:P36"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="284.216" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1522.914" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="107.26" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="83.694" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="143.822" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -1239,1833 +1174,1645 @@
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>16</v>
       </c>
       <c r="B2" t="s">
         <v>17</v>
       </c>
       <c r="C2" t="s">
         <v>18</v>
       </c>
       <c r="D2" t="s">
         <v>19</v>
       </c>
       <c r="E2" t="s">
         <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>21</v>
       </c>
       <c r="G2" t="s">
         <v>22</v>
       </c>
       <c r="H2">
-        <v>2019</v>
+        <v>2009</v>
       </c>
       <c r="I2"/>
       <c r="J2" t="s">
         <v>23</v>
       </c>
       <c r="K2" t="s">
         <v>24</v>
       </c>
-      <c r="L2"/>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
       <c r="M2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="N2" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O2" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="P2" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B3" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C3" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D3" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="E3" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="F3" t="s">
-        <v>21</v>
+        <v>35</v>
       </c>
       <c r="G3" t="s">
         <v>22</v>
       </c>
       <c r="H3">
-        <v>2009</v>
+        <v>2014</v>
       </c>
       <c r="I3"/>
       <c r="J3" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K3" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>37</v>
+      </c>
+      <c r="L3"/>
       <c r="M3" t="s">
-        <v>25</v>
+        <v>38</v>
       </c>
       <c r="N3" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="O3" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="P3" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="B4" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="C4" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D4" t="s">
-        <v>38</v>
+        <v>44</v>
       </c>
       <c r="E4" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="F4" t="s">
-        <v>21</v>
+        <v>35</v>
       </c>
       <c r="G4" t="s">
         <v>22</v>
       </c>
       <c r="H4">
         <v>2014</v>
       </c>
       <c r="I4"/>
       <c r="J4" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K4" t="s">
-        <v>24</v>
+        <v>45</v>
       </c>
       <c r="L4" t="s">
+        <v>46</v>
+      </c>
+      <c r="M4" t="s">
+        <v>38</v>
+      </c>
+      <c r="N4" t="s">
         <v>39</v>
       </c>
-      <c r="M4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O4" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="P4" t="s">
-        <v>41</v>
+        <v>48</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>42</v>
+        <v>49</v>
       </c>
       <c r="B5" t="s">
-        <v>43</v>
+        <v>50</v>
       </c>
       <c r="C5" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D5" t="s">
-        <v>44</v>
+        <v>51</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
-        <v>21</v>
+        <v>52</v>
       </c>
       <c r="G5" t="s">
         <v>22</v>
       </c>
       <c r="H5">
-        <v>2018</v>
+        <v>2015</v>
       </c>
       <c r="I5"/>
       <c r="J5" t="s">
-        <v>23</v>
+        <v>53</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5"/>
       <c r="M5" t="s">
-        <v>25</v>
+        <v>54</v>
       </c>
       <c r="N5" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>45</v>
+        <v>55</v>
       </c>
       <c r="P5" t="s">
-        <v>46</v>
+        <v>56</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>47</v>
+        <v>57</v>
       </c>
       <c r="B6" t="s">
-        <v>48</v>
+        <v>58</v>
       </c>
       <c r="C6" t="s">
-        <v>49</v>
+        <v>32</v>
       </c>
       <c r="D6" t="s">
-        <v>50</v>
+        <v>59</v>
       </c>
       <c r="E6" t="s">
-        <v>51</v>
+        <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>52</v>
       </c>
       <c r="G6" t="s">
         <v>22</v>
       </c>
       <c r="H6">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="I6"/>
       <c r="J6" t="s">
         <v>53</v>
       </c>
       <c r="K6" t="s">
-        <v>54</v>
+        <v>60</v>
       </c>
       <c r="L6"/>
       <c r="M6" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="N6" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="O6" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="P6" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="B7" t="s">
-        <v>59</v>
+        <v>64</v>
       </c>
       <c r="C7" t="s">
-        <v>49</v>
+        <v>32</v>
       </c>
       <c r="D7" t="s">
-        <v>60</v>
+        <v>33</v>
       </c>
       <c r="E7" t="s">
-        <v>51</v>
+        <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>52</v>
       </c>
       <c r="G7" t="s">
         <v>22</v>
       </c>
       <c r="H7">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="I7"/>
       <c r="J7" t="s">
         <v>53</v>
       </c>
       <c r="K7" t="s">
-        <v>61</v>
-[...3 lines deleted...]
-      </c>
+        <v>60</v>
+      </c>
+      <c r="L7"/>
       <c r="M7" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="N7" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="O7" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="P7" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="B8" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="C8" t="s">
-        <v>49</v>
+        <v>32</v>
       </c>
       <c r="D8" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
-        <v>68</v>
+        <v>52</v>
       </c>
       <c r="G8" t="s">
         <v>22</v>
       </c>
       <c r="H8">
-        <v>2015</v>
+        <v>2019</v>
       </c>
       <c r="I8"/>
       <c r="J8" t="s">
-        <v>69</v>
+        <v>53</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
-      <c r="L8"/>
+      <c r="L8" t="s">
+        <v>70</v>
+      </c>
       <c r="M8" t="s">
-        <v>70</v>
+        <v>54</v>
       </c>
       <c r="N8" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="O8" t="s">
         <v>71</v>
       </c>
       <c r="P8" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
         <v>73</v>
       </c>
       <c r="B9" t="s">
         <v>74</v>
       </c>
       <c r="C9" t="s">
-        <v>49</v>
+        <v>32</v>
       </c>
       <c r="D9" t="s">
         <v>75</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
-        <v>68</v>
+        <v>52</v>
       </c>
       <c r="G9" t="s">
         <v>22</v>
       </c>
       <c r="H9">
-        <v>2015</v>
+        <v>2019</v>
       </c>
       <c r="I9"/>
       <c r="J9" t="s">
-        <v>69</v>
+        <v>53</v>
       </c>
       <c r="K9" t="s">
-        <v>76</v>
+        <v>24</v>
       </c>
       <c r="L9"/>
       <c r="M9" t="s">
-        <v>70</v>
+        <v>54</v>
       </c>
       <c r="N9" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O9" t="s">
+        <v>76</v>
+      </c>
+      <c r="P9" t="s">
         <v>77</v>
-      </c>
-[...1 lines deleted...]
-        <v>78</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
+        <v>78</v>
+      </c>
+      <c r="B10" t="s">
         <v>79</v>
       </c>
-      <c r="B10" t="s">
+      <c r="C10" t="s">
         <v>80</v>
       </c>
-      <c r="C10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D10" t="s">
-        <v>50</v>
+        <v>81</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
-        <v>68</v>
+        <v>52</v>
       </c>
       <c r="G10" t="s">
         <v>22</v>
       </c>
       <c r="H10">
-        <v>2015</v>
+        <v>2023</v>
       </c>
       <c r="I10"/>
       <c r="J10" t="s">
-        <v>69</v>
+        <v>53</v>
       </c>
       <c r="K10" t="s">
-        <v>76</v>
+        <v>24</v>
       </c>
       <c r="L10"/>
-      <c r="M10" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M10"/>
       <c r="N10" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="O10" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="P10" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B11" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C11" t="s">
-        <v>49</v>
+        <v>32</v>
       </c>
       <c r="D11" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
-        <v>68</v>
+        <v>52</v>
       </c>
       <c r="G11" t="s">
         <v>22</v>
       </c>
       <c r="H11">
-        <v>2019</v>
+        <v>2014</v>
       </c>
       <c r="I11"/>
       <c r="J11" t="s">
-        <v>69</v>
+        <v>53</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="M11" t="s">
-        <v>70</v>
+        <v>54</v>
       </c>
       <c r="N11" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="O11" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="P11" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="B12" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="C12" t="s">
-        <v>49</v>
+        <v>32</v>
       </c>
       <c r="D12" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
-        <v>68</v>
+        <v>52</v>
       </c>
       <c r="G12" t="s">
         <v>22</v>
       </c>
       <c r="H12">
-        <v>2019</v>
+        <v>2013</v>
       </c>
       <c r="I12"/>
       <c r="J12" t="s">
-        <v>69</v>
+        <v>53</v>
       </c>
       <c r="K12" t="s">
-        <v>24</v>
+        <v>93</v>
       </c>
       <c r="L12"/>
       <c r="M12" t="s">
-        <v>70</v>
+        <v>54</v>
       </c>
       <c r="N12" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="O12" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="P12" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="B13" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="C13" t="s">
-        <v>96</v>
+        <v>32</v>
       </c>
       <c r="D13" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
-        <v>68</v>
+        <v>52</v>
       </c>
       <c r="G13" t="s">
         <v>22</v>
       </c>
       <c r="H13">
-        <v>2023</v>
+        <v>2011</v>
       </c>
       <c r="I13"/>
       <c r="J13" t="s">
-        <v>69</v>
+        <v>53</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13"/>
-      <c r="M13"/>
+      <c r="M13" t="s">
+        <v>54</v>
+      </c>
       <c r="N13" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="O13" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="P13" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="B14" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="C14" t="s">
-        <v>49</v>
+        <v>32</v>
       </c>
       <c r="D14" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
-        <v>68</v>
+        <v>52</v>
       </c>
       <c r="G14" t="s">
         <v>22</v>
       </c>
       <c r="H14">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="I14"/>
       <c r="J14" t="s">
-        <v>69</v>
+        <v>53</v>
       </c>
       <c r="K14" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>93</v>
+      </c>
+      <c r="L14"/>
       <c r="M14" t="s">
-        <v>70</v>
+        <v>54</v>
       </c>
       <c r="N14" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="O14" t="s">
         <v>104</v>
       </c>
       <c r="P14" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
         <v>106</v>
       </c>
       <c r="B15" t="s">
         <v>107</v>
       </c>
       <c r="C15" t="s">
-        <v>49</v>
+        <v>32</v>
       </c>
       <c r="D15" t="s">
         <v>108</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
-        <v>68</v>
+        <v>21</v>
       </c>
       <c r="G15" t="s">
         <v>22</v>
       </c>
       <c r="H15">
-        <v>2013</v>
+        <v>2009</v>
       </c>
       <c r="I15"/>
       <c r="J15" t="s">
-        <v>69</v>
+        <v>53</v>
       </c>
       <c r="K15" t="s">
-        <v>109</v>
+        <v>24</v>
       </c>
       <c r="L15"/>
       <c r="M15" t="s">
-        <v>70</v>
+        <v>54</v>
       </c>
       <c r="N15" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="O15" t="s">
+        <v>109</v>
+      </c>
+      <c r="P15" t="s">
         <v>110</v>
-      </c>
-[...1 lines deleted...]
-        <v>111</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
+        <v>111</v>
+      </c>
+      <c r="B16" t="s">
         <v>112</v>
       </c>
-      <c r="B16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C16" t="s">
-        <v>49</v>
+        <v>32</v>
       </c>
       <c r="D16" t="s">
-        <v>114</v>
+        <v>33</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
-        <v>68</v>
+        <v>21</v>
       </c>
       <c r="G16" t="s">
         <v>22</v>
       </c>
       <c r="H16">
-        <v>2011</v>
+        <v>2015</v>
       </c>
       <c r="I16"/>
       <c r="J16" t="s">
-        <v>69</v>
+        <v>53</v>
       </c>
       <c r="K16" t="s">
-        <v>24</v>
+        <v>60</v>
       </c>
       <c r="L16"/>
       <c r="M16" t="s">
-        <v>70</v>
+        <v>54</v>
       </c>
       <c r="N16" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="O16" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="P16" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
+        <v>115</v>
+      </c>
+      <c r="B17" t="s">
+        <v>116</v>
+      </c>
+      <c r="C17" t="s">
+        <v>32</v>
+      </c>
+      <c r="D17" t="s">
         <v>117</v>
       </c>
-      <c r="B17" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
-        <v>68</v>
+        <v>21</v>
       </c>
       <c r="G17" t="s">
         <v>22</v>
       </c>
       <c r="H17">
-        <v>2013</v>
+        <v>2016</v>
       </c>
       <c r="I17"/>
       <c r="J17" t="s">
-        <v>69</v>
+        <v>53</v>
       </c>
       <c r="K17" t="s">
-        <v>109</v>
+        <v>24</v>
       </c>
       <c r="L17"/>
       <c r="M17" t="s">
-        <v>70</v>
+        <v>54</v>
       </c>
       <c r="N17" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="P17" t="s">
-        <v>121</v>
+        <v>119</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
+        <v>120</v>
+      </c>
+      <c r="B18" t="s">
+        <v>121</v>
+      </c>
+      <c r="C18" t="s">
+        <v>32</v>
+      </c>
+      <c r="D18" t="s">
         <v>122</v>
-      </c>
-[...7 lines deleted...]
-        <v>124</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
         <v>21</v>
       </c>
       <c r="G18" t="s">
         <v>22</v>
       </c>
       <c r="H18">
-        <v>2009</v>
+        <v>2019</v>
       </c>
       <c r="I18"/>
       <c r="J18" t="s">
-        <v>69</v>
+        <v>123</v>
       </c>
       <c r="K18" t="s">
-        <v>24</v>
+        <v>45</v>
       </c>
       <c r="L18"/>
-      <c r="M18" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M18"/>
       <c r="N18" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O18" t="s">
+        <v>124</v>
+      </c>
+      <c r="P18" t="s">
         <v>125</v>
-      </c>
-[...1 lines deleted...]
-        <v>126</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
+        <v>126</v>
+      </c>
+      <c r="B19" t="s">
         <v>127</v>
       </c>
-      <c r="B19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C19" t="s">
-        <v>49</v>
+        <v>32</v>
       </c>
       <c r="D19" t="s">
-        <v>50</v>
+        <v>69</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
         <v>21</v>
       </c>
       <c r="G19" t="s">
         <v>22</v>
       </c>
       <c r="H19">
-        <v>2015</v>
+        <v>2019</v>
       </c>
       <c r="I19"/>
       <c r="J19" t="s">
-        <v>69</v>
+        <v>53</v>
       </c>
       <c r="K19" t="s">
-        <v>76</v>
+        <v>24</v>
       </c>
       <c r="L19"/>
       <c r="M19" t="s">
-        <v>70</v>
+        <v>54</v>
       </c>
       <c r="N19" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="O19" t="s">
+        <v>128</v>
+      </c>
+      <c r="P19" t="s">
         <v>129</v>
-      </c>
-[...1 lines deleted...]
-        <v>130</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
+        <v>130</v>
+      </c>
+      <c r="B20" t="s">
         <v>131</v>
       </c>
-      <c r="B20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C20" t="s">
-        <v>49</v>
+        <v>32</v>
       </c>
       <c r="D20" t="s">
-        <v>133</v>
+        <v>75</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
         <v>21</v>
       </c>
       <c r="G20" t="s">
         <v>22</v>
       </c>
       <c r="H20">
-        <v>2016</v>
+        <v>2019</v>
       </c>
       <c r="I20"/>
       <c r="J20" t="s">
-        <v>69</v>
+        <v>53</v>
       </c>
       <c r="K20" t="s">
         <v>24</v>
       </c>
       <c r="L20"/>
       <c r="M20" t="s">
-        <v>70</v>
+        <v>54</v>
       </c>
       <c r="N20" t="s">
-        <v>33</v>
+        <v>27</v>
       </c>
       <c r="O20" t="s">
-        <v>134</v>
+        <v>132</v>
       </c>
       <c r="P20" t="s">
-        <v>135</v>
+        <v>133</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="B21" t="s">
-        <v>137</v>
+        <v>135</v>
       </c>
       <c r="C21" t="s">
-        <v>49</v>
+        <v>80</v>
       </c>
       <c r="D21" t="s">
-        <v>138</v>
+        <v>81</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
         <v>21</v>
       </c>
       <c r="G21" t="s">
         <v>22</v>
       </c>
       <c r="H21">
-        <v>2019</v>
+        <v>2023</v>
       </c>
       <c r="I21"/>
       <c r="J21" t="s">
-        <v>139</v>
+        <v>53</v>
       </c>
       <c r="K21" t="s">
-        <v>61</v>
+        <v>24</v>
       </c>
       <c r="L21"/>
       <c r="M21"/>
       <c r="N21" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="O21" t="s">
-        <v>140</v>
+        <v>136</v>
       </c>
       <c r="P21" t="s">
-        <v>141</v>
+        <v>137</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>142</v>
+        <v>138</v>
       </c>
       <c r="B22" t="s">
-        <v>143</v>
+        <v>139</v>
       </c>
       <c r="C22" t="s">
-        <v>49</v>
+        <v>32</v>
       </c>
       <c r="D22" t="s">
-        <v>85</v>
+        <v>140</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
         <v>21</v>
       </c>
       <c r="G22" t="s">
         <v>22</v>
       </c>
       <c r="H22">
-        <v>2019</v>
-[...1 lines deleted...]
-      <c r="I22"/>
+        <v>2012</v>
+      </c>
+      <c r="I22">
+        <v>2023</v>
+      </c>
       <c r="J22" t="s">
-        <v>69</v>
+        <v>141</v>
       </c>
       <c r="K22" t="s">
-        <v>24</v>
+        <v>45</v>
       </c>
       <c r="L22"/>
       <c r="M22" t="s">
-        <v>70</v>
+        <v>142</v>
       </c>
       <c r="N22" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="O22" t="s">
+        <v>143</v>
+      </c>
+      <c r="P22" t="s">
         <v>144</v>
-      </c>
-[...1 lines deleted...]
-        <v>145</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
+        <v>145</v>
+      </c>
+      <c r="B23" t="s">
         <v>146</v>
       </c>
-      <c r="B23" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C23" t="s">
-        <v>49</v>
+        <v>32</v>
       </c>
       <c r="D23" t="s">
-        <v>91</v>
+        <v>86</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
         <v>21</v>
       </c>
       <c r="G23" t="s">
         <v>22</v>
       </c>
       <c r="H23">
-        <v>2019</v>
+        <v>2014</v>
       </c>
       <c r="I23"/>
       <c r="J23" t="s">
-        <v>69</v>
+        <v>53</v>
       </c>
       <c r="K23" t="s">
         <v>24</v>
       </c>
-      <c r="L23"/>
+      <c r="L23" t="s">
+        <v>87</v>
+      </c>
       <c r="M23" t="s">
-        <v>70</v>
+        <v>54</v>
       </c>
       <c r="N23" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="O23" t="s">
+        <v>147</v>
+      </c>
+      <c r="P23" t="s">
         <v>148</v>
-      </c>
-[...1 lines deleted...]
-        <v>149</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
+        <v>149</v>
+      </c>
+      <c r="B24" t="s">
         <v>150</v>
       </c>
-      <c r="B24" t="s">
+      <c r="C24" t="s">
+        <v>32</v>
+      </c>
+      <c r="D24" t="s">
         <v>151</v>
-      </c>
-[...4 lines deleted...]
-        <v>97</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
         <v>21</v>
       </c>
       <c r="G24" t="s">
         <v>22</v>
       </c>
       <c r="H24">
-        <v>2023</v>
+        <v>2012</v>
       </c>
       <c r="I24"/>
       <c r="J24" t="s">
-        <v>69</v>
+        <v>53</v>
       </c>
       <c r="K24" t="s">
         <v>24</v>
       </c>
       <c r="L24"/>
-      <c r="M24"/>
+      <c r="M24" t="s">
+        <v>54</v>
+      </c>
       <c r="N24" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="O24" t="s">
         <v>152</v>
       </c>
       <c r="P24" t="s">
         <v>153</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
         <v>154</v>
       </c>
       <c r="B25" t="s">
         <v>155</v>
       </c>
       <c r="C25" t="s">
-        <v>49</v>
+        <v>32</v>
       </c>
       <c r="D25" t="s">
         <v>156</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
         <v>21</v>
       </c>
       <c r="G25" t="s">
         <v>22</v>
       </c>
       <c r="H25">
-        <v>2012</v>
-[...3 lines deleted...]
-      </c>
+        <v>2011</v>
+      </c>
+      <c r="I25"/>
       <c r="J25" t="s">
-        <v>157</v>
+        <v>53</v>
       </c>
       <c r="K25" t="s">
-        <v>61</v>
+        <v>24</v>
       </c>
       <c r="L25"/>
       <c r="M25" t="s">
+        <v>54</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>157</v>
+      </c>
+      <c r="P25" t="s">
         <v>158</v>
-      </c>
-[...7 lines deleted...]
-        <v>160</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
+        <v>159</v>
+      </c>
+      <c r="B26" t="s">
+        <v>160</v>
+      </c>
+      <c r="C26" t="s">
+        <v>32</v>
+      </c>
+      <c r="D26" t="s">
         <v>161</v>
-      </c>
-[...7 lines deleted...]
-        <v>102</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
         <v>21</v>
       </c>
       <c r="G26" t="s">
         <v>22</v>
       </c>
       <c r="H26">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="I26"/>
       <c r="J26" t="s">
-        <v>69</v>
+        <v>53</v>
       </c>
       <c r="K26" t="s">
         <v>24</v>
       </c>
-      <c r="L26" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L26"/>
       <c r="M26" t="s">
-        <v>70</v>
+        <v>54</v>
       </c>
       <c r="N26" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="O26" t="s">
+        <v>162</v>
+      </c>
+      <c r="P26" t="s">
         <v>163</v>
-      </c>
-[...1 lines deleted...]
-        <v>164</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
+        <v>164</v>
+      </c>
+      <c r="B27" t="s">
         <v>165</v>
       </c>
-      <c r="B27" t="s">
+      <c r="C27" t="s">
+        <v>32</v>
+      </c>
+      <c r="D27" t="s">
         <v>166</v>
-      </c>
-[...4 lines deleted...]
-        <v>167</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
         <v>21</v>
       </c>
       <c r="G27" t="s">
         <v>22</v>
       </c>
       <c r="H27">
-        <v>2012</v>
+        <v>2014</v>
       </c>
       <c r="I27"/>
       <c r="J27" t="s">
-        <v>69</v>
+        <v>53</v>
       </c>
       <c r="K27" t="s">
-        <v>24</v>
+        <v>45</v>
       </c>
       <c r="L27"/>
       <c r="M27" t="s">
-        <v>70</v>
+        <v>54</v>
       </c>
       <c r="N27" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="O27" t="s">
+        <v>167</v>
+      </c>
+      <c r="P27" t="s">
         <v>168</v>
-      </c>
-[...1 lines deleted...]
-        <v>169</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
+        <v>169</v>
+      </c>
+      <c r="B28" t="s">
         <v>170</v>
       </c>
-      <c r="B28" t="s">
+      <c r="C28" t="s">
+        <v>32</v>
+      </c>
+      <c r="D28" t="s">
         <v>171</v>
-      </c>
-[...4 lines deleted...]
-        <v>172</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
         <v>21</v>
       </c>
       <c r="G28" t="s">
         <v>22</v>
       </c>
       <c r="H28">
-        <v>2011</v>
+        <v>2013</v>
       </c>
       <c r="I28"/>
       <c r="J28" t="s">
-        <v>69</v>
+        <v>172</v>
       </c>
       <c r="K28" t="s">
         <v>24</v>
       </c>
       <c r="L28"/>
       <c r="M28" t="s">
-        <v>70</v>
+        <v>54</v>
       </c>
       <c r="N28" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="O28" t="s">
         <v>173</v>
       </c>
       <c r="P28" t="s">
         <v>174</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
         <v>175</v>
       </c>
       <c r="B29" t="s">
         <v>176</v>
       </c>
       <c r="C29" t="s">
-        <v>49</v>
+        <v>32</v>
       </c>
       <c r="D29" t="s">
-        <v>177</v>
+        <v>92</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
         <v>21</v>
       </c>
       <c r="G29" t="s">
         <v>22</v>
       </c>
       <c r="H29">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="I29"/>
       <c r="J29" t="s">
-        <v>69</v>
+        <v>172</v>
       </c>
       <c r="K29" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="L29"/>
+        <v>93</v>
+      </c>
+      <c r="L29" t="s">
+        <v>177</v>
+      </c>
       <c r="M29" t="s">
-        <v>70</v>
+        <v>54</v>
       </c>
       <c r="N29" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="O29" t="s">
         <v>178</v>
       </c>
       <c r="P29" t="s">
         <v>179</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
         <v>180</v>
       </c>
       <c r="B30" t="s">
         <v>181</v>
       </c>
       <c r="C30" t="s">
-        <v>49</v>
+        <v>32</v>
       </c>
       <c r="D30" t="s">
         <v>182</v>
       </c>
       <c r="E30" t="s">
         <v>20</v>
       </c>
       <c r="F30" t="s">
         <v>21</v>
       </c>
       <c r="G30" t="s">
         <v>22</v>
       </c>
       <c r="H30">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="I30"/>
       <c r="J30" t="s">
-        <v>69</v>
+        <v>36</v>
       </c>
       <c r="K30" t="s">
-        <v>61</v>
+        <v>24</v>
       </c>
       <c r="L30"/>
       <c r="M30" t="s">
-        <v>70</v>
+        <v>54</v>
       </c>
       <c r="N30" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="O30" t="s">
         <v>183</v>
       </c>
       <c r="P30" t="s">
         <v>184</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
         <v>185</v>
       </c>
       <c r="B31" t="s">
         <v>186</v>
       </c>
       <c r="C31" t="s">
-        <v>49</v>
+        <v>32</v>
       </c>
       <c r="D31" t="s">
         <v>187</v>
       </c>
       <c r="E31" t="s">
         <v>20</v>
       </c>
       <c r="F31" t="s">
         <v>21</v>
       </c>
       <c r="G31" t="s">
         <v>22</v>
       </c>
       <c r="H31">
-        <v>2013</v>
+        <v>2015</v>
       </c>
       <c r="I31"/>
       <c r="J31" t="s">
-        <v>188</v>
+        <v>53</v>
       </c>
       <c r="K31" t="s">
         <v>24</v>
       </c>
       <c r="L31"/>
       <c r="M31" t="s">
-        <v>70</v>
+        <v>54</v>
       </c>
       <c r="N31" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O31" t="s">
+        <v>188</v>
+      </c>
+      <c r="P31" t="s">
         <v>189</v>
-      </c>
-[...1 lines deleted...]
-        <v>190</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
+        <v>190</v>
+      </c>
+      <c r="B32" t="s">
         <v>191</v>
       </c>
-      <c r="B32" t="s">
+      <c r="C32" t="s">
+        <v>18</v>
+      </c>
+      <c r="D32" t="s">
         <v>192</v>
       </c>
-      <c r="C32" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E32" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="F32" t="s">
         <v>21</v>
       </c>
       <c r="G32" t="s">
-        <v>22</v>
+        <v>193</v>
       </c>
       <c r="H32">
-        <v>2013</v>
+        <v>2021</v>
       </c>
       <c r="I32"/>
       <c r="J32" t="s">
-        <v>188</v>
+        <v>23</v>
       </c>
       <c r="K32" t="s">
-        <v>109</v>
+        <v>24</v>
       </c>
       <c r="L32" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="M32" t="s">
-        <v>70</v>
+        <v>195</v>
       </c>
       <c r="N32" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="O32" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="P32" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="B33" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="C33" t="s">
-        <v>49</v>
+        <v>18</v>
       </c>
       <c r="D33" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="E33" t="s">
         <v>20</v>
       </c>
       <c r="F33" t="s">
         <v>21</v>
       </c>
       <c r="G33" t="s">
         <v>22</v>
       </c>
       <c r="H33">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="I33"/>
       <c r="J33" t="s">
-        <v>53</v>
+        <v>23</v>
       </c>
       <c r="K33" t="s">
         <v>24</v>
       </c>
-      <c r="L33"/>
+      <c r="L33" t="s">
+        <v>201</v>
+      </c>
       <c r="M33" t="s">
-        <v>70</v>
+        <v>202</v>
       </c>
       <c r="N33" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="O33" t="s">
-        <v>199</v>
+        <v>203</v>
       </c>
       <c r="P33" t="s">
-        <v>200</v>
+        <v>204</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>201</v>
+        <v>205</v>
       </c>
       <c r="B34" t="s">
-        <v>202</v>
+        <v>206</v>
       </c>
       <c r="C34" t="s">
-        <v>49</v>
+        <v>18</v>
       </c>
       <c r="D34" t="s">
-        <v>203</v>
+        <v>207</v>
       </c>
       <c r="E34" t="s">
         <v>20</v>
       </c>
       <c r="F34" t="s">
         <v>21</v>
       </c>
       <c r="G34" t="s">
         <v>22</v>
       </c>
       <c r="H34">
-        <v>2015</v>
+        <v>2017</v>
       </c>
       <c r="I34"/>
       <c r="J34" t="s">
-        <v>69</v>
+        <v>23</v>
       </c>
       <c r="K34" t="s">
         <v>24</v>
       </c>
-      <c r="L34"/>
+      <c r="L34" t="s">
+        <v>208</v>
+      </c>
       <c r="M34" t="s">
-        <v>70</v>
+        <v>209</v>
       </c>
       <c r="N34" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="O34" t="s">
-        <v>204</v>
+        <v>210</v>
       </c>
       <c r="P34" t="s">
-        <v>205</v>
+        <v>211</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>206</v>
+        <v>212</v>
       </c>
       <c r="B35" t="s">
-        <v>207</v>
+        <v>213</v>
       </c>
       <c r="C35" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D35" t="s">
-        <v>208</v>
+        <v>214</v>
       </c>
       <c r="E35" t="s">
-        <v>51</v>
+        <v>34</v>
       </c>
       <c r="F35" t="s">
         <v>21</v>
       </c>
       <c r="G35" t="s">
         <v>22</v>
       </c>
       <c r="H35">
-        <v>2021</v>
+        <v>2014</v>
       </c>
       <c r="I35"/>
       <c r="J35" t="s">
-        <v>23</v>
+        <v>53</v>
       </c>
       <c r="K35" t="s">
         <v>24</v>
       </c>
-      <c r="L35" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="L35"/>
+      <c r="M35"/>
       <c r="N35" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="O35" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
       <c r="P35" t="s">
-        <v>212</v>
+        <v>216</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="B36" t="s">
-        <v>214</v>
+        <v>218</v>
       </c>
       <c r="C36" t="s">
-        <v>18</v>
+        <v>80</v>
       </c>
       <c r="D36" t="s">
-        <v>215</v>
+        <v>219</v>
       </c>
       <c r="E36" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="F36" t="s">
         <v>21</v>
       </c>
       <c r="G36" t="s">
         <v>22</v>
       </c>
       <c r="H36">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="I36"/>
       <c r="J36" t="s">
-        <v>23</v>
+        <v>53</v>
       </c>
       <c r="K36" t="s">
         <v>24</v>
       </c>
-      <c r="L36" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="L36"/>
+      <c r="M36"/>
       <c r="N36" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="O36" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="P36" t="s">
-        <v>219</v>
-[...6 lines deleted...]
-      <c r="B37" t="s">
         <v>221</v>
-      </c>
-[...174 lines deleted...]
-        <v>242</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">