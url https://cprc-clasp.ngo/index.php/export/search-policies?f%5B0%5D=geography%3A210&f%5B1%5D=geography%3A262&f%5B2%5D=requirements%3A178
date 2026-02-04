--- v0 (2025-12-05)
+++ v1 (2026-02-04)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="79">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="80">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -204,50 +204,53 @@
     <t>Room ACs - Stationary ACs, Central ACs</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-decision-9-november-2007-establishing-ecological-criteria-award-community-eco</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:02007D0742-20140617</t>
   </si>
   <si>
     <t>Eco-Design Requirements for Water Pump Energy Efficiency (8441/2021)</t>
   </si>
   <si>
     <t>This standard establishes ecodesign requirements for rotodynamic water pumps for pumping clean water, including those integrated into other products, and efficiency labeling requirements.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Pumps</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>Entered into force, New, Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>ICS 23.080</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards and Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/eco-design-requirements-water-pump-energy-efficiency-84412021</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/15248</t>
   </si>
   <si>
     <t>Voluntary ecodesign scheme for games consoles</t>
   </si>
   <si>
     <t>Companies active in the games consoles market have proposed a voluntary agreement laying down specific ecodesign requirements for games consoles models placed on the EU market, which use more than 20 Watts in active game mode. The voluntary scheme was agreed by the signatories in April 2014.
 Under the agreement, each signatory undertakes that at least 90 % of all games consoles that they place on the market would comply with the applicable minimum energy efficiency requirements.
 The agreement includes requirements on auto power down settings, limits on energy use in standby (0.5 W), navigation (40 W), and media streaming modes (50 W), and some product information requirements.</t>
   </si>
   <si>
@@ -612,51 +615,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="251.224" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1522.914" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="113.115" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -984,164 +987,164 @@
       </c>
       <c r="P7" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
         <v>59</v>
       </c>
       <c r="B8" t="s">
         <v>60</v>
       </c>
       <c r="C8" t="s">
         <v>61</v>
       </c>
       <c r="D8" t="s">
         <v>62</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
         <v>63</v>
       </c>
       <c r="G8" t="s">
-        <v>44</v>
+        <v>64</v>
       </c>
       <c r="H8">
         <v>2021</v>
       </c>
       <c r="I8"/>
       <c r="J8" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="M8" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="P8" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B9" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="C9" t="s">
         <v>18</v>
       </c>
       <c r="D9" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
         <v>63</v>
       </c>
       <c r="G9" t="s">
         <v>44</v>
       </c>
       <c r="H9">
         <v>2014</v>
       </c>
       <c r="I9"/>
       <c r="J9" t="s">
         <v>38</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9"/>
       <c r="M9"/>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="P9" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B10" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C10" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="D10" t="s">
         <v>37</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
         <v>63</v>
       </c>
       <c r="G10" t="s">
         <v>44</v>
       </c>
       <c r="H10">
         <v>2013</v>
       </c>
       <c r="I10"/>
       <c r="J10" t="s">
         <v>38</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10"/>
       <c r="M10"/>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="P10" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">