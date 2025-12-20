--- v0 (2025-10-13)
+++ v1 (2025-12-20)
@@ -12,311 +12,360 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="72">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="88">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>3794 / 2024 Energy Efficiency of Household and Similar Electrical Appliances Measurement and Calculation Methods for Energy Consumption of Refrigerators, Refrigerator-Freezers and Freezers</t>
   </si>
   <si>
+    <t>This standard is mandatory and provides energy efficiency measurement and calculation methods for energy consumption of refrigerators, refrigerator-freezers and freezers.</t>
+  </si>
+  <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Refrigeration, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>April 2025</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>ICS 97.040.30</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards &amp; Quality</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3794-2024-energy-efficiency-household-and-similar-electrical-appliances-measurement-and</t>
   </si>
   <si>
-    <t>3794/2018 Energy efficiency of household and similar electrical appliances - measurement and calculation methods for energy consumption of refrigerrators, refrigerator-freezers and freezers</t>
-[...2 lines deleted...]
-    <t>Refrigerators-Freezers, Freezers-only</t>
+    <t>https://www.eos.org.eg/en/standard/4358</t>
+  </si>
+  <si>
+    <t>3795-1/2016 Energy efficiency label requirements for air conditioners part 1: room air conditioner (window-split) with fixed capacity and fixed compressor</t>
+  </si>
+  <si>
+    <t>This standard establishes label requirements for room air conditioners, both window and split with fixed capacity and fixed compressors.</t>
+  </si>
+  <si>
+    <t>Space Heating and Space Cooling, Air Conditioning, Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
-  </si>
-[...16 lines deleted...]
-    <t>Comparative Label</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814.</t>
   </si>
   <si>
+    <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3795-12016-energy-efficiency-label-requirements-air-conditioners-part-1-room-air</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/14491</t>
+  </si>
+  <si>
     <t>3795-2/2017 Energy Efficiency Label Requirements For Air Conditioners Part 2: Variable Capacity Room Air Conditioner (Window-Split) with Variable Speed Compressor</t>
+  </si>
+  <si>
+    <t>This standard establishes label requirements for room air conditioners, both window and split with variable speed compressors.</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3795-22017-energy-efficiency-label-requirements-air-conditioners-part-2-variable-capacity</t>
   </si>
   <si>
+    <t>http://eos.org.eg/en/standard/14613</t>
+  </si>
+  <si>
     <t>3795-5/2018 Energy efficiency label requirements for air conditioners part 5: fixed capacity ducted room air conditioner with fixed speed compressor</t>
   </si>
   <si>
+    <t>This standard establishes requirements for fixed-capacity ducted room air conditioners with fixed-speed compressors.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3795-52018-energy-efficiency-label-requirements-air-conditioners-part-5-fixed-capacity</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/14798</t>
+  </si>
+  <si>
     <t>3795/2023 Energy Efficiency Label Requirements for Air Conditioner Room Air Conditioner (Window - Split)</t>
   </si>
   <si>
-    <t>Africa, Egypt</t>
+    <t>This standard is mandatory and applies to window and split air conditioners.</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>ICS 23.120 - 27.015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/37952023-energy-efficiency-label-requirements-air-conditioner-room-air-conditioner-window</t>
   </si>
   <si>
+    <t>https://www.eos.org.eg/en/standard/8643</t>
+  </si>
+  <si>
     <t>4100/2006 Energy Efficiency of Households and similar Electrical appliances methods for measuring and calculation energy consumption of washing machine</t>
+  </si>
+  <si>
+    <t>This standard specifies the energy efficiency specifications for washing machines.</t>
   </si>
   <si>
     <t>Laundry, Washing Machines</t>
   </si>
   <si>
     <t>IEC 60465/2003+cor1/2005
 ,   
                       IEC-60335-1/2001-Amd 1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/41002006-energy-efficiency-households-and-similar-electrical-appliances-methods-measuring</t>
   </si>
   <si>
-    <t>7823/2020 Energy efficiency requirements for electrical lamps and luminaires</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/78232020-energy-efficiency-requirements-electrical-lamps-and-luminaires</t>
+    <t>http://www.eos.org.eg/en/standard/4472</t>
   </si>
   <si>
     <t>UAE.S 5010 3: 2020 – Labeling – Energy Efficiency Label for Electrical Appliances Part 3: Household Refrigerating Appliances.</t>
   </si>
   <si>
+    <t>This regulation covers brand new household refrigerators, freezers and refrigerator-freezers with a capacity of less than 1,500 liters imported to or manufactured in the UAE. This regulation applies to electric mains-operated household refrigerating appliances, stand-alone or built-in configuration.</t>
+  </si>
+  <si>
     <t>United Arab Emirates</t>
   </si>
   <si>
+    <t>Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>UAE.S IEC 62552:2013</t>
   </si>
   <si>
     <t>Emirates Authority For Standardization &amp; Metrology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-3-2020-labeling-energy-efficiency-label-electrical-appliances-part-3-household</t>
   </si>
   <si>
+    <t>https://members.wto.org/crnattachments/2020/TBT/ARE/20_4362_00_e.pdf</t>
+  </si>
+  <si>
     <t>UAE.S 5010-1: 2019 – Labeling – Energy efficiency label for electrical appliances Part 1: household air conditioners.</t>
   </si>
   <si>
+    <t>This standard deals with the energy efficiency labels requirements for residential single package and split-system non-ducted air conditioners.</t>
+  </si>
+  <si>
     <t>UAE.S ISO 5151:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-1-2019-labeling-energy-efficiency-label-electrical-appliances-part-1-household</t>
   </si>
   <si>
+    <t>https://members.wto.org/crnattachments/2019/TBT/ARE/19_1431_00_e.pdf</t>
+  </si>
+  <si>
     <t>UAE.S 5010-4: 2014 – Labeling – Energy Efficiency Label for Electrical Appliances Part 4: Storage Water Heaters.</t>
   </si>
   <si>
+    <t>This regulation establishes requirements for electrical safety and energy efficiency labeling of electric water heater types listed in Annex A. This regulation does not apply to instantaneous water heaters and water heaters that use gas, solid or liquid fuels, solar water heaters and water heaters designed for making hot drinks only.</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-4-2014-labeling-energy-efficiency-label-electrical-appliances-part-4-storage</t>
   </si>
   <si>
+    <t>https://etrans.esma.gov.ae/english/purchase-standards/pages/standards-listing.aspx?categorytype=1&amp;categoryid=2361a709-8375-e511-9402-005056b81473&amp;legalstatus=2</t>
+  </si>
+  <si>
     <t>UAE.S 5010-8:2018 – Labeling – Energy Efficiency Label for Electrical Appliances – Part 8: Television Sets</t>
   </si>
   <si>
+    <t>This regulation covers televisions or television sets. It is developed to ensure that television sets are registered and monitored for their continuous compliance to the set specifications.</t>
+  </si>
+  <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-82018-labeling-energy-efficiency-label-electrical-appliances-part-8-television</t>
+  </si>
+  <si>
+    <t>https://www.tuvsud.com/en/e-ssentials-newsletter/consumer-products-and-retail-essentials/e-ssentials-11-2019/uae-mandatory-standard-for-tv-energy-efficiency-labelling-in-force</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -580,671 +629,654 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N13"/>
+  <dimension ref="A1:P11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="224" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="155" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="222.803" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="396.332" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="90.692" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="47.131" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="55.272" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="80.123" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="207.521" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2003</v>
+      </c>
+      <c r="I2">
+        <v>2024</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>34</v>
+      </c>
+      <c r="H3">
         <v>2003</v>
       </c>
-      <c r="H2">
-[...2 lines deleted...]
-      <c r="I2" t="s">
+      <c r="I3">
+        <v>2016</v>
+      </c>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>36</v>
+      </c>
+      <c r="M3" t="s">
+        <v>37</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>38</v>
+      </c>
+      <c r="P3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>32</v>
+      </c>
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F4" t="s">
+        <v>33</v>
+      </c>
+      <c r="G4" t="s">
+        <v>34</v>
+      </c>
+      <c r="H4">
+        <v>2003</v>
+      </c>
+      <c r="I4">
+        <v>2017</v>
+      </c>
+      <c r="J4" t="s">
+        <v>35</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>42</v>
+      </c>
+      <c r="M4" t="s">
+        <v>37</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>43</v>
+      </c>
+      <c r="P4" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>45</v>
+      </c>
+      <c r="B5" t="s">
+        <v>46</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>47</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>33</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2003</v>
+      </c>
+      <c r="I5">
+        <v>2018</v>
+      </c>
+      <c r="J5" t="s">
+        <v>35</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>37</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>48</v>
+      </c>
+      <c r="P5" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>50</v>
+      </c>
+      <c r="B6" t="s">
+        <v>51</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>47</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>52</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2003</v>
+      </c>
+      <c r="I6">
+        <v>2023</v>
+      </c>
+      <c r="J6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>53</v>
+      </c>
+      <c r="M6" t="s">
+        <v>37</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>54</v>
+      </c>
+      <c r="P6" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>56</v>
+      </c>
+      <c r="B7" t="s">
+        <v>57</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>58</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G7" t="s">
+        <v>34</v>
+      </c>
+      <c r="H7">
+        <v>2003</v>
+      </c>
+      <c r="I7">
+        <v>2006</v>
+      </c>
+      <c r="J7" t="s">
+        <v>35</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>59</v>
+      </c>
+      <c r="M7" t="s">
+        <v>37</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>60</v>
+      </c>
+      <c r="P7" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>62</v>
+      </c>
+      <c r="B8" t="s">
+        <v>63</v>
+      </c>
+      <c r="C8" t="s">
+        <v>64</v>
+      </c>
+      <c r="D8" t="s">
+        <v>65</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>66</v>
+      </c>
+      <c r="G8" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H8">
+        <v>2013</v>
+      </c>
+      <c r="I8">
+        <v>2020</v>
+      </c>
+      <c r="J8" t="s">
+        <v>67</v>
+      </c>
+      <c r="K8" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L8" t="s">
+        <v>68</v>
+      </c>
+      <c r="M8" t="s">
+        <v>69</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>70</v>
+      </c>
+      <c r="P8" t="s">
+        <v>71</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...6 lines deleted...]
-      <c r="C3" t="s">
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>72</v>
+      </c>
+      <c r="B9" t="s">
+        <v>73</v>
+      </c>
+      <c r="C9" t="s">
+        <v>64</v>
+      </c>
+      <c r="D9" t="s">
+        <v>47</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>66</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2011</v>
+      </c>
+      <c r="I9">
+        <v>2019</v>
+      </c>
+      <c r="J9" t="s">
+        <v>67</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>74</v>
+      </c>
+      <c r="M9" t="s">
+        <v>69</v>
+      </c>
+      <c r="N9" t="s">
         <v>27</v>
       </c>
-      <c r="D3" t="s">
-[...26 lines deleted...]
-      <c r="M3" t="s">
+      <c r="O9" t="s">
+        <v>75</v>
+      </c>
+      <c r="P9" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>77</v>
+      </c>
+      <c r="B10" t="s">
+        <v>78</v>
+      </c>
+      <c r="C10" t="s">
+        <v>64</v>
+      </c>
+      <c r="D10" t="s">
+        <v>79</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>66</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2014</v>
+      </c>
+      <c r="I10">
+        <v>2015</v>
+      </c>
+      <c r="J10" t="s">
+        <v>80</v>
+      </c>
+      <c r="K10" t="s">
         <v>24</v>
       </c>
-      <c r="N3" t="s">
-        <v>31</v>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>69</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>81</v>
+      </c>
+      <c r="P10" t="s">
+        <v>82</v>
       </c>
     </row>
-    <row r="4" spans="1:14">
-[...21 lines deleted...]
-      <c r="H4">
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>83</v>
+      </c>
+      <c r="B11" t="s">
+        <v>84</v>
+      </c>
+      <c r="C11" t="s">
+        <v>64</v>
+      </c>
+      <c r="D11" t="s">
+        <v>85</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>66</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
         <v>2016</v>
       </c>
-      <c r="I4" t="s">
-[...11 lines deleted...]
-      <c r="M4" t="s">
+      <c r="I11">
+        <v>2019</v>
+      </c>
+      <c r="J11" t="s">
+        <v>80</v>
+      </c>
+      <c r="K11" t="s">
         <v>24</v>
       </c>
-      <c r="N4" t="s">
-[...226 lines deleted...]
-      <c r="C10" t="s">
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>69</v>
+      </c>
+      <c r="N11" t="s">
         <v>27</v>
       </c>
-      <c r="D10" t="s">
-[...158 lines deleted...]
-        <v>71</v>
+      <c r="O11" t="s">
+        <v>86</v>
+      </c>
+      <c r="P11" t="s">
+        <v>87</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>