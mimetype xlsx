--- v0 (2025-10-10)
+++ v1 (2025-12-04)
@@ -12,579 +12,751 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="158">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="215">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>3794 / 2024 Energy Efficiency of Household and Similar Electrical Appliances Measurement and Calculation Methods for Energy Consumption of Refrigerators, Refrigerator-Freezers and Freezers</t>
   </si>
   <si>
+    <t>This standard is mandatory and provides energy efficiency measurement and calculation methods for energy consumption of refrigerators, refrigerator-freezers and freezers.</t>
+  </si>
+  <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Refrigeration, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>April 2025</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>ICS 97.040.30</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards &amp; Quality</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3794-2024-energy-efficiency-household-and-similar-electrical-appliances-measurement-and</t>
   </si>
   <si>
+    <t>https://www.eos.org.eg/en/standard/4358</t>
+  </si>
+  <si>
     <t>3794/2018 Energy efficiency of household and similar electrical appliances - measurement and calculation methods for energy consumption of refrigerrators, refrigerator-freezers and freezers</t>
   </si>
   <si>
+    <t>This standard specifies the requirements of energy efficiency for refrigerators, refrigerator-freezers and freezers. The standard applies to refrigerators, refrigerator-freezers and freezers that operate using 50 Hz AC and with a voltage not exceeding 250 V for single-face appliances and 480 V for other appliances.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>NT 81.70 NT 81.71</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/37942018-energy-efficiency-household-and-similar-electrical-appliances-measurement-and</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/4358</t>
+  </si>
+  <si>
     <t>3795-1/2016 Energy efficiency label requirements for air conditioners part 1: room air conditioner (window-split) with fixed capacity and fixed compressor</t>
+  </si>
+  <si>
+    <t>This standard establishes label requirements for room air conditioners, both window and split with fixed capacity and fixed compressors.</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Air Conditioning, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3795-12016-energy-efficiency-label-requirements-air-conditioners-part-1-room-air</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/14491</t>
+  </si>
+  <si>
     <t>3795-2/2017 Energy Efficiency Label Requirements For Air Conditioners Part 2: Variable Capacity Room Air Conditioner (Window-Split) with Variable Speed Compressor</t>
+  </si>
+  <si>
+    <t>This standard establishes label requirements for room air conditioners, both window and split with variable speed compressors.</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3795-22017-energy-efficiency-label-requirements-air-conditioners-part-2-variable-capacity</t>
   </si>
   <si>
+    <t>http://eos.org.eg/en/standard/14613</t>
+  </si>
+  <si>
     <t>3795-5/2018 Energy efficiency label requirements for air conditioners part 5: fixed capacity ducted room air conditioner with fixed speed compressor</t>
   </si>
   <si>
+    <t>This standard establishes requirements for fixed-capacity ducted room air conditioners with fixed-speed compressors.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3795-52018-energy-efficiency-label-requirements-air-conditioners-part-5-fixed-capacity</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/14798</t>
+  </si>
+  <si>
     <t>3795/2023 Energy Efficiency Label Requirements for Air Conditioner Room Air Conditioner (Window - Split)</t>
   </si>
   <si>
+    <t>This standard is mandatory and applies to window and split air conditioners.</t>
+  </si>
+  <si>
     <t>Africa, Egypt</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>ICS 23.120 - 27.015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/37952023-energy-efficiency-label-requirements-air-conditioner-room-air-conditioner-window</t>
   </si>
   <si>
+    <t>https://www.eos.org.eg/en/standard/8643</t>
+  </si>
+  <si>
     <t>4100/2006 Energy Efficiency of Households and similar Electrical appliances methods for measuring and calculation energy consumption of washing machine</t>
+  </si>
+  <si>
+    <t>This standard specifies the energy efficiency specifications for washing machines.</t>
   </si>
   <si>
     <t>Laundry, Washing Machines</t>
   </si>
   <si>
     <t>IEC 60465/2003+cor1/2005
 ,   
                       IEC-60335-1/2001-Amd 1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/41002006-energy-efficiency-households-and-similar-electrical-appliances-methods-measuring</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/4472</t>
+  </si>
+  <si>
     <t>5806/2019 Energy efficiency of households and similar Electrical appliances methods for measuring and calculation energy consumption for electric water heaters</t>
   </si>
   <si>
+    <t>This standard specifies the requirement and method of calculation of energy efficiency for electric water heaters.</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/58062019-energy-efficiency-households-and-similar-electrical-appliances-methods-measuring</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/6413</t>
+  </si>
+  <si>
     <t>6977/2009 Energy Efficiency Of Distribution Transformers</t>
+  </si>
+  <si>
+    <t>This standard specifies the energy efficiency of distribution transformers.</t>
   </si>
   <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>IEC 60076-ser/2008
 ,   
                     ES 1886: Power Transformers Dry Type
 ,   
                     ES 4885-1 Instrument transformers part-1Current transformer
 ,   
                     ES 4885-1 Instrument transformers part-2 Inductive voltage transformer</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/69772009-energy-efficiency-distribution-transformers</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/10626</t>
+  </si>
+  <si>
     <t>7821/2014 Energy efficiency of household electrical appliances Methods for measuring and calculating energy efficiency of electric circulating air fans</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and testing methods for electric circulating air fans.</t>
+  </si>
+  <si>
     <t>Integrated Fans</t>
   </si>
   <si>
     <t>IEC 60879</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/78212014-energy-efficiency-household-electrical-appliances-methods-measuring-and</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/14009</t>
+  </si>
+  <si>
     <t>7823/2020 Energy efficiency requirements for electrical lamps and luminaires</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and labeling requirements for filament lamps; fluorescent lamps; compact fluorescent lamps; high-intensity discharge lamps; LED lamps.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/78232020-energy-efficiency-requirements-electrical-lamps-and-luminaires</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/14011</t>
+  </si>
+  <si>
     <t>7993/2018 Energy Efficiency Label For Televisions And Displays</t>
   </si>
   <si>
+    <t>This standard specifies the energy efficiency requirements for televisions and display units.</t>
+  </si>
+  <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/79932018-energy-efficiency-label-televisions-and-displays</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/14349</t>
+  </si>
+  <si>
     <t>BDS 101:1991 Electric boiling plates for domestic use</t>
   </si>
   <si>
+    <t>Requirements for electric boiling plates, open type and enclose type intended for operation on AC and DC circuits having voltage rating not exceeding 250 volts.</t>
+  </si>
+  <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Bangladesh Standards and Testing Institute</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-1011991-electric-boiling-plates-domestic-use</t>
   </si>
   <si>
+    <t>https://bsti.portal.gov.bd/sites/default/files/files/bsti.portal.gov.bd/page/c82bd863_c051_46ce_af11_eb5bec479d5b/BSTI%20Standards%20Catalogue-2018%20(1).pdf</t>
+  </si>
+  <si>
     <t>BDS 1139:1986</t>
   </si>
   <si>
+    <t>This standard covers three-phase induction motors for voltages up to and including 11000 V and</t>
+  </si>
+  <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-11391986</t>
   </si>
   <si>
+    <t>https://www.bstibds.com/single_product/4919</t>
+  </si>
+  <si>
     <t>BDS 1761:2006 Specification for energy efficiency rating for self-ballasted lamps</t>
   </si>
   <si>
+    <t>Specifices requirements for energy efficiency labeling of self ballasted lamps operating on mains supply of 230 V, a.c 50 Hz nominal, and method of measurement of electrical consumption and luminous flux for determination of efficiency if the lamps for the purpose of energy efficiency labeling</t>
+  </si>
+  <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>BDS 1761:2006 EBDS-1734: 2003 or its revision; BDS-1735: 2003 or its revision; BDS-1761: 2006 or its revision</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-17612006-specification-energy-efficiency-rating-self-ballasted-lamps</t>
   </si>
   <si>
+    <t>http://sreda.gov.bd/files/EEC_Master_Plan_SREDA.pdf</t>
+  </si>
+  <si>
     <t>BDS 1761:2013 (1st revision)</t>
   </si>
   <si>
+    <t>Energy efficiency rating for self-ballasted lamps (integral type compact florescent lamps)</t>
+  </si>
+  <si>
+    <t>BDS 1734:2003</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/bds-17612013-1st-revision-0</t>
+  </si>
+  <si>
+    <t>Ballast for tubular fluorescent lamps</t>
+  </si>
+  <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>BDS 1724:2003</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-17612013-1st-revision</t>
   </si>
   <si>
-    <t>BDS 1734:2003</t>
-[...4 lines deleted...]
-  <si>
     <t>BDS 17:2006 Tungsten filament lamps for domestic and similar general lighting purposes (Third Revision)</t>
   </si>
   <si>
+    <t>Applies to incandescent lamps for general lighting for those lamps of 25 W to 200 W rating, 100 V to 250 V with a nominal life of 1000 hours. Also describes methods of test.</t>
+  </si>
+  <si>
     <t>BDS IEC 60081:2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-172006-tungsten-filament-lamps-domestic-and-similar-general-lighting-purposes-third</t>
   </si>
   <si>
     <t>BDS 1849:2012</t>
   </si>
   <si>
+    <t>This standard covers the methods of determining the performance of self-contained Refrigerators/Freezers intended for household use.</t>
+  </si>
+  <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>ISO 7371; AS1430; AS 2575.2; SL 1230</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-18492012</t>
   </si>
   <si>
     <t>BDS 1850:2012 Energy efficiency rating of household refrigerators, refrigerator-freezers and freezers</t>
   </si>
   <si>
+    <t>This section of the standard specifies requirements for energy efficiency labeling of household electric refrigerators 'of the vapour compression type, together with a test method for determining the energy consumption of refrigerators that are capable of complying.</t>
+  </si>
+  <si>
     <t>BDS-1850 : 2012 (Energy Efficiency rating) ,BDS 1849 : 2011 (Performance standards)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-18502012-energy-efficiency-rating-household-refrigerators-refrigerator-freezers-and</t>
   </si>
   <si>
     <t>BDS 1852:2012 Performance of air conditioners and heat pumps — energy labelling and minimum energy performance standard (MEPS) requirements</t>
   </si>
   <si>
+    <t>This Standard specifies the energy labelling requirements for single-phase non-ducted air conditioners of the vapour compression type and the minimum energy performance standard (MEPS) requirements for single-phase and three-phase air conditioners of the vapour compression type up to a rated total cooling capacity of 65 kW that fall within the scope of AS/NZS 3823.1,1, AS/NZS 3823.1.2 or AS/NZS 3823, 1.3</t>
+  </si>
+  <si>
     <t>Heat Pumps, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>BDS ISO 13253:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-18522012-performance-air-conditioners-and-heat-pumps-energy-labelling-and-minimum</t>
   </si>
   <si>
     <t>BDS 1853:2012 Performance of close control air conditioners — minimum energy performance standard (MEPS) requirements</t>
   </si>
   <si>
+    <t>This Standard specifies the minimum energy performance standard (MEPS) requirements for close control air conditioners that fall in the scope of ASINZS 4965.1.This Standard does not specify electrical safety requirements.</t>
+  </si>
+  <si>
     <t>BDS ISO 5151:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-18532012-performance-close-control-air-conditioners-minimum-energy-performance</t>
   </si>
   <si>
     <t>BDS 1860:2012 Minimum allowable values of energy efficiency and energy efficiency grades for ac electric fan</t>
   </si>
   <si>
+    <t>Specifies the energy efficiency grades, allowable values of energy efficiency, evaluating values of energy conservation, test methods and inspection rules for AC fans. This standard is applicable to desk fan, box fan, wall fan, slide fan, floor fan and ceiling fan that the rated voltage not exceeding 250 V, other rated voltage not exceeding 480 V and driven by AC motors.</t>
+  </si>
+  <si>
     <t>Ceiling Fans</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-18602012-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-ac</t>
   </si>
   <si>
     <t>BDS 252:1990 Portable electric immersion water heaters for domestic use (First Revision)</t>
   </si>
   <si>
+    <t>Requirements for portable immersion heaters having voltages not exceeding 250 volts. It also covers the rated voltage, rated wattage and tests.</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-2521990-portable-electric-immersion-water-heaters-domestic-use-first-revision</t>
   </si>
   <si>
     <t>BDS 253:1990 Electric kettles for domestic use (First Revision)</t>
   </si>
   <si>
+    <t>Minimum requirements for electric kettles with metalic bodies meant for domestic use and having voltages not exceeding 250 volts.</t>
+  </si>
+  <si>
     <t>Electric Kettles</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-2531990-electric-kettles-domestic-use-first-revision</t>
   </si>
   <si>
     <t>BDS 290:1990 Portable electric radiator for domestic use</t>
   </si>
   <si>
+    <t>This policy establishes requirements for portable radiators with voltage less than 250 volts.</t>
+  </si>
+  <si>
     <t>Portable Heaters</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-2901990-portable-electric-radiator-domestic-use</t>
   </si>
   <si>
     <t>BDS 563:1965 Electrical performance of power transformers</t>
   </si>
   <si>
+    <t>Covers power transformers</t>
+  </si>
+  <si>
     <t>Internal Power Supply</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-5631965-electrical-performance-power-transformers</t>
   </si>
   <si>
     <t>Draft motor policy</t>
   </si>
   <si>
+    <t>Motors with EE label should be the single-speed, three-phase, cage-induction motors</t>
+  </si>
+  <si>
     <t>Under development</t>
   </si>
   <si>
     <t>BDS IEC 60034-2-1: 2009(Testing protocol); BDS-EN 60034-30 : 2011 (Efficiency Class)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-motor-policy</t>
   </si>
   <si>
     <t>Draft rice cooker policy</t>
   </si>
   <si>
+    <t>Rice cookers. No information available</t>
+  </si>
+  <si>
     <t>Rice Cookers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-rice-cooker-policy</t>
   </si>
   <si>
     <t>Draft TV policy</t>
   </si>
   <si>
+    <t>LCD-LED, LCD-CCFL, OLED, Plasma  and CRT</t>
+  </si>
+  <si>
     <t>IEC 62087: 2008 or IEC 62087: 2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-tv-policy</t>
   </si>
   <si>
     <t>Draft water pumps policy</t>
   </si>
   <si>
+    <t>All types of water pumps over 2 horsepower</t>
+  </si>
+  <si>
     <t>Pumps Other</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-water-pumps-policy</t>
   </si>
   <si>
     <t>Eco-Design Requirements for Water Pump Energy Efficiency (8441/2021)</t>
   </si>
   <si>
+    <t>This standard establishes ecodesign requirements for rotodynamic water pumps for pumping clean water, including those integrated into other products, and efficiency labeling requirements.</t>
+  </si>
+  <si>
     <t>Pumps</t>
   </si>
   <si>
     <t>ICS 23.080</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards and Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/eco-design-requirements-water-pump-energy-efficiency-84412021</t>
   </si>
   <si>
+    <t>https://www.eos.org.eg/en/standard/15248</t>
+  </si>
+  <si>
     <t>Energy Efficiency of Household and Similar Electrical Appliances</t>
   </si>
   <si>
+    <t>This standard identifies the methods of measuring and calculating energy efficiency and sets a maximum limit to the values of energy consumption. The standard aims to reduce the consumption of electric power.</t>
+  </si>
+  <si>
     <t>Kitchen, Dishwashers</t>
   </si>
   <si>
     <t>IEC60436:2004, A1:2009, A2:2012</t>
   </si>
   <si>
     <t>Egyptian Organisation for Standards and Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-household-and-similar-electrical-appliances</t>
   </si>
   <si>
+    <t>https://www.eos.org.eg/en/standard/14008</t>
+  </si>
+  <si>
     <t>Energy Efficiency Of Household Electrical Appliances Methods For Measuring And Calculating Energy Efficiency Of Domestic Ovens (ES 8058/2017)</t>
+  </si>
+  <si>
+    <t>This standard establishes the methods of measuring and calculating the energy efficiency of electrical domestic ovens.</t>
   </si>
   <si>
     <t>Kitchen, Ovens</t>
   </si>
   <si>
     <t>IEC 60350-1/2015
 ,   
                     Regulation (EU) No 65/2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-household-electrical-appliances-methods-measuring-and-calculating-0</t>
   </si>
   <si>
+    <t>https://www.eos.org.eg/en/standard/14544</t>
+  </si>
+  <si>
     <t>Energy Efficiency Of Household Electrical Appliances Methods For Measuring And Calculating Energy Efficiency Of Vacuum Cleaners(ES 8057/2017)</t>
+  </si>
+  <si>
+    <t>This standard identifies the methods for measuring and calculating the energy efficiency of vacuum cleaners.</t>
   </si>
   <si>
     <t>Electronics, Other-Electronics, Vacuum Cleaners</t>
   </si>
   <si>
     <t>IEC 62885-2/2016
 ,   
                     (EU) No 665/2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-household-electrical-appliances-methods-measuring-and-calculating-energy</t>
   </si>
   <si>
+    <t>https://www.eos.org.eg/en/standard/14543</t>
+  </si>
+  <si>
     <t>Household microwave ovens</t>
+  </si>
+  <si>
+    <t>Draft labels for microwave ovens. No information available</t>
   </si>
   <si>
     <t>Microwaves</t>
   </si>
   <si>
     <t>BDS IEC 60705:2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/household-microwave-ovens</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -848,1653 +1020,1878 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N37"/>
+  <dimension ref="A1:P37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="224" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="224.088" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="481.168" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="16.425" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="90.692" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="129.683" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="80.123" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="186.24" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2003</v>
+      </c>
+      <c r="I2">
+        <v>2024</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
         <v>2003</v>
       </c>
-      <c r="H2">
-[...2 lines deleted...]
-      <c r="I2" t="s">
+      <c r="I3">
+        <v>2018</v>
+      </c>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>34</v>
+      </c>
+      <c r="M3" t="s">
+        <v>35</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>36</v>
+      </c>
+      <c r="P3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>38</v>
+      </c>
+      <c r="B4" t="s">
+        <v>39</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>40</v>
+      </c>
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F4" t="s">
+        <v>41</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2003</v>
+      </c>
+      <c r="I4">
+        <v>2016</v>
+      </c>
+      <c r="J4" t="s">
+        <v>33</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>42</v>
+      </c>
+      <c r="M4" t="s">
+        <v>35</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>43</v>
+      </c>
+      <c r="P4" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>45</v>
+      </c>
+      <c r="B5" t="s">
+        <v>46</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>40</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>41</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2003</v>
+      </c>
+      <c r="I5">
+        <v>2017</v>
+      </c>
+      <c r="J5" t="s">
+        <v>33</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>47</v>
+      </c>
+      <c r="M5" t="s">
+        <v>35</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>48</v>
+      </c>
+      <c r="P5" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>50</v>
+      </c>
+      <c r="B6" t="s">
+        <v>51</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>52</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>41</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2003</v>
+      </c>
+      <c r="I6">
+        <v>2018</v>
+      </c>
+      <c r="J6" t="s">
+        <v>33</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>35</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>53</v>
+      </c>
+      <c r="P6" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>55</v>
+      </c>
+      <c r="B7" t="s">
+        <v>56</v>
+      </c>
+      <c r="C7" t="s">
+        <v>57</v>
+      </c>
+      <c r="D7" t="s">
+        <v>52</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>58</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2003</v>
+      </c>
+      <c r="I7">
+        <v>2023</v>
+      </c>
+      <c r="J7" t="s">
+        <v>23</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>59</v>
+      </c>
+      <c r="M7" t="s">
+        <v>35</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>60</v>
+      </c>
+      <c r="P7" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>62</v>
+      </c>
+      <c r="B8" t="s">
+        <v>63</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>64</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G8" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...22 lines deleted...]
-      <c r="E3" t="s">
+      <c r="H8">
+        <v>2003</v>
+      </c>
+      <c r="I8">
+        <v>2006</v>
+      </c>
+      <c r="J8" t="s">
+        <v>33</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>65</v>
+      </c>
+      <c r="M8" t="s">
+        <v>35</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>66</v>
+      </c>
+      <c r="P8" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>68</v>
+      </c>
+      <c r="B9" t="s">
+        <v>69</v>
+      </c>
+      <c r="C9" t="s">
         <v>18</v>
       </c>
-      <c r="F3" t="s">
-[...5 lines deleted...]
-      <c r="H3">
+      <c r="D9" t="s">
+        <v>70</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>71</v>
+      </c>
+      <c r="H9">
+        <v>2019</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>33</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>35</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>72</v>
+      </c>
+      <c r="P9" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>74</v>
+      </c>
+      <c r="B10" t="s">
+        <v>75</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>76</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>71</v>
+      </c>
+      <c r="H10">
+        <v>2009</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>33</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>77</v>
+      </c>
+      <c r="M10" t="s">
+        <v>35</v>
+      </c>
+      <c r="N10" t="s">
+        <v>78</v>
+      </c>
+      <c r="O10" t="s">
+        <v>79</v>
+      </c>
+      <c r="P10" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>81</v>
+      </c>
+      <c r="B11" t="s">
+        <v>82</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>83</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>71</v>
+      </c>
+      <c r="H11">
+        <v>2014</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>33</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>84</v>
+      </c>
+      <c r="M11" t="s">
+        <v>35</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>85</v>
+      </c>
+      <c r="P11" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>87</v>
+      </c>
+      <c r="B12" t="s">
+        <v>88</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>89</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2008</v>
+      </c>
+      <c r="I12">
+        <v>2020</v>
+      </c>
+      <c r="J12" t="s">
+        <v>33</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>35</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>90</v>
+      </c>
+      <c r="P12" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>92</v>
+      </c>
+      <c r="B13" t="s">
+        <v>93</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>94</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>71</v>
+      </c>
+      <c r="H13">
         <v>2018</v>
       </c>
-      <c r="I3" t="s">
-[...2 lines deleted...]
-      <c r="J3" t="s">
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>33</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>35</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>95</v>
+      </c>
+      <c r="P13" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>97</v>
+      </c>
+      <c r="B14" t="s">
+        <v>98</v>
+      </c>
+      <c r="C14" t="s">
+        <v>99</v>
+      </c>
+      <c r="D14" t="s">
+        <v>100</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
         <v>21</v>
       </c>
-      <c r="K3" t="s">
-[...40 lines deleted...]
-      <c r="J4" t="s">
+      <c r="G14" t="s">
+        <v>71</v>
+      </c>
+      <c r="H14">
+        <v>1991</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>101</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>102</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>103</v>
+      </c>
+      <c r="P14" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>105</v>
+      </c>
+      <c r="B15" t="s">
+        <v>106</v>
+      </c>
+      <c r="C15" t="s">
+        <v>99</v>
+      </c>
+      <c r="D15" t="s">
+        <v>107</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
         <v>21</v>
       </c>
-      <c r="K4" t="s">
-[...40 lines deleted...]
-      <c r="J5" t="s">
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>1986</v>
+      </c>
+      <c r="I15">
+        <v>2006</v>
+      </c>
+      <c r="J15" t="s">
+        <v>101</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>102</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>108</v>
+      </c>
+      <c r="P15" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>110</v>
+      </c>
+      <c r="B16" t="s">
+        <v>111</v>
+      </c>
+      <c r="C16" t="s">
+        <v>99</v>
+      </c>
+      <c r="D16" t="s">
+        <v>89</v>
+      </c>
+      <c r="E16" t="s">
+        <v>112</v>
+      </c>
+      <c r="F16" t="s">
+        <v>41</v>
+      </c>
+      <c r="G16" t="s">
+        <v>71</v>
+      </c>
+      <c r="H16">
+        <v>2008</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>101</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>113</v>
+      </c>
+      <c r="M16" t="s">
+        <v>102</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>114</v>
+      </c>
+      <c r="P16" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>116</v>
+      </c>
+      <c r="B17" t="s">
+        <v>117</v>
+      </c>
+      <c r="C17" t="s">
+        <v>99</v>
+      </c>
+      <c r="D17" t="s">
+        <v>89</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
         <v>21</v>
       </c>
-      <c r="K5" t="s">
-[...349 lines deleted...]
-      <c r="A14" t="s">
+      <c r="G17" t="s">
         <v>71</v>
-      </c>
-[...140 lines deleted...]
-        <v>2006</v>
       </c>
       <c r="H17">
         <v>2013</v>
       </c>
-      <c r="I17" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I17"/>
       <c r="J17" t="s">
+        <v>101</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>118</v>
+      </c>
+      <c r="M17" t="s">
+        <v>102</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>119</v>
+      </c>
+      <c r="P17" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>116</v>
+      </c>
+      <c r="B18" t="s">
+        <v>120</v>
+      </c>
+      <c r="C18" t="s">
+        <v>99</v>
+      </c>
+      <c r="D18" t="s">
+        <v>121</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
         <v>21</v>
       </c>
-      <c r="K17" t="s">
-[...25 lines deleted...]
-      <c r="E18" t="s">
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2006</v>
+      </c>
+      <c r="I18">
+        <v>2013</v>
+      </c>
+      <c r="J18" t="s">
+        <v>101</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>122</v>
+      </c>
+      <c r="M18" t="s">
+        <v>102</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>123</v>
+      </c>
+      <c r="P18" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>124</v>
+      </c>
+      <c r="B19" t="s">
+        <v>125</v>
+      </c>
+      <c r="C19" t="s">
+        <v>99</v>
+      </c>
+      <c r="D19" t="s">
+        <v>89</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>21</v>
+      </c>
+      <c r="G19" t="s">
+        <v>71</v>
+      </c>
+      <c r="H19">
+        <v>2006</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>101</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>126</v>
+      </c>
+      <c r="M19" t="s">
+        <v>102</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>127</v>
+      </c>
+      <c r="P19" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>128</v>
+      </c>
+      <c r="B20" t="s">
+        <v>129</v>
+      </c>
+      <c r="C20" t="s">
+        <v>99</v>
+      </c>
+      <c r="D20" t="s">
+        <v>32</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>21</v>
+      </c>
+      <c r="G20" t="s">
+        <v>71</v>
+      </c>
+      <c r="H20">
+        <v>2012</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>130</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>131</v>
+      </c>
+      <c r="M20" t="s">
+        <v>102</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>132</v>
+      </c>
+      <c r="P20" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>133</v>
+      </c>
+      <c r="B21" t="s">
+        <v>134</v>
+      </c>
+      <c r="C21" t="s">
+        <v>99</v>
+      </c>
+      <c r="D21" t="s">
+        <v>32</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>41</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2012</v>
+      </c>
+      <c r="I21">
+        <v>2016</v>
+      </c>
+      <c r="J21" t="s">
+        <v>130</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
+        <v>135</v>
+      </c>
+      <c r="M21" t="s">
+        <v>102</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>136</v>
+      </c>
+      <c r="P21" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>137</v>
+      </c>
+      <c r="B22" t="s">
+        <v>138</v>
+      </c>
+      <c r="C22" t="s">
+        <v>99</v>
+      </c>
+      <c r="D22" t="s">
+        <v>139</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>140</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2012</v>
+      </c>
+      <c r="I22">
+        <v>2016</v>
+      </c>
+      <c r="J22" t="s">
+        <v>101</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22" t="s">
+        <v>141</v>
+      </c>
+      <c r="M22" t="s">
+        <v>102</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>142</v>
+      </c>
+      <c r="P22" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>143</v>
+      </c>
+      <c r="B23" t="s">
+        <v>144</v>
+      </c>
+      <c r="C23" t="s">
+        <v>99</v>
+      </c>
+      <c r="D23" t="s">
+        <v>52</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>21</v>
+      </c>
+      <c r="G23" t="s">
+        <v>71</v>
+      </c>
+      <c r="H23">
+        <v>2012</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>101</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
+        <v>145</v>
+      </c>
+      <c r="M23" t="s">
+        <v>102</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>146</v>
+      </c>
+      <c r="P23" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>147</v>
+      </c>
+      <c r="B24" t="s">
+        <v>148</v>
+      </c>
+      <c r="C24" t="s">
+        <v>99</v>
+      </c>
+      <c r="D24" t="s">
+        <v>149</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>21</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>1998</v>
+      </c>
+      <c r="I24">
+        <v>2012</v>
+      </c>
+      <c r="J24" t="s">
+        <v>101</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24"/>
+      <c r="M24" t="s">
+        <v>102</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>150</v>
+      </c>
+      <c r="P24" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>151</v>
+      </c>
+      <c r="B25" t="s">
+        <v>152</v>
+      </c>
+      <c r="C25" t="s">
+        <v>99</v>
+      </c>
+      <c r="D25" t="s">
+        <v>153</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>21</v>
+      </c>
+      <c r="G25" t="s">
+        <v>71</v>
+      </c>
+      <c r="H25">
+        <v>1990</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>101</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25"/>
+      <c r="M25" t="s">
+        <v>102</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>154</v>
+      </c>
+      <c r="P25" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>155</v>
+      </c>
+      <c r="B26" t="s">
+        <v>156</v>
+      </c>
+      <c r="C26" t="s">
+        <v>99</v>
+      </c>
+      <c r="D26" t="s">
+        <v>157</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>21</v>
+      </c>
+      <c r="G26" t="s">
+        <v>71</v>
+      </c>
+      <c r="H26">
+        <v>1990</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>101</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26"/>
+      <c r="M26" t="s">
+        <v>102</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>158</v>
+      </c>
+      <c r="P26" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>159</v>
+      </c>
+      <c r="B27" t="s">
+        <v>160</v>
+      </c>
+      <c r="C27" t="s">
+        <v>99</v>
+      </c>
+      <c r="D27" t="s">
+        <v>161</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>21</v>
+      </c>
+      <c r="G27" t="s">
+        <v>71</v>
+      </c>
+      <c r="H27">
+        <v>1990</v>
+      </c>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>101</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27"/>
+      <c r="M27" t="s">
+        <v>102</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>162</v>
+      </c>
+      <c r="P27" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>163</v>
+      </c>
+      <c r="B28" t="s">
+        <v>164</v>
+      </c>
+      <c r="C28" t="s">
+        <v>99</v>
+      </c>
+      <c r="D28" t="s">
+        <v>165</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>21</v>
+      </c>
+      <c r="G28" t="s">
+        <v>71</v>
+      </c>
+      <c r="H28">
+        <v>2012</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>101</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28"/>
+      <c r="M28" t="s">
+        <v>102</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>166</v>
+      </c>
+      <c r="P28" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>167</v>
+      </c>
+      <c r="B29" t="s">
+        <v>168</v>
+      </c>
+      <c r="C29" t="s">
+        <v>99</v>
+      </c>
+      <c r="D29" t="s">
+        <v>107</v>
+      </c>
+      <c r="E29" t="s">
+        <v>112</v>
+      </c>
+      <c r="F29" t="s">
+        <v>41</v>
+      </c>
+      <c r="G29" t="s">
+        <v>169</v>
+      </c>
+      <c r="H29"/>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>130</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29" t="s">
+        <v>170</v>
+      </c>
+      <c r="M29" t="s">
+        <v>102</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>171</v>
+      </c>
+      <c r="P29" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>172</v>
+      </c>
+      <c r="B30" t="s">
+        <v>173</v>
+      </c>
+      <c r="C30" t="s">
+        <v>99</v>
+      </c>
+      <c r="D30" t="s">
+        <v>174</v>
+      </c>
+      <c r="E30" t="s">
+        <v>112</v>
+      </c>
+      <c r="F30" t="s">
+        <v>41</v>
+      </c>
+      <c r="G30" t="s">
+        <v>169</v>
+      </c>
+      <c r="H30"/>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>130</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30"/>
+      <c r="M30" t="s">
+        <v>102</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>175</v>
+      </c>
+      <c r="P30" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>176</v>
+      </c>
+      <c r="B31" t="s">
+        <v>177</v>
+      </c>
+      <c r="C31" t="s">
+        <v>99</v>
+      </c>
+      <c r="D31" t="s">
+        <v>94</v>
+      </c>
+      <c r="E31" t="s">
+        <v>112</v>
+      </c>
+      <c r="F31" t="s">
+        <v>41</v>
+      </c>
+      <c r="G31" t="s">
+        <v>169</v>
+      </c>
+      <c r="H31"/>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>130</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31" t="s">
+        <v>178</v>
+      </c>
+      <c r="M31" t="s">
+        <v>102</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>179</v>
+      </c>
+      <c r="P31" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>180</v>
+      </c>
+      <c r="B32" t="s">
+        <v>181</v>
+      </c>
+      <c r="C32" t="s">
+        <v>99</v>
+      </c>
+      <c r="D32" t="s">
+        <v>182</v>
+      </c>
+      <c r="E32" t="s">
+        <v>112</v>
+      </c>
+      <c r="F32" t="s">
+        <v>41</v>
+      </c>
+      <c r="G32" t="s">
+        <v>169</v>
+      </c>
+      <c r="H32"/>
+      <c r="I32"/>
+      <c r="J32" t="s">
+        <v>130</v>
+      </c>
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32"/>
+      <c r="M32" t="s">
+        <v>102</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>183</v>
+      </c>
+      <c r="P32" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>184</v>
+      </c>
+      <c r="B33" t="s">
+        <v>185</v>
+      </c>
+      <c r="C33" t="s">
         <v>18</v>
       </c>
-      <c r="F18" t="s">
-[...9 lines deleted...]
-      <c r="J18" t="s">
+      <c r="D33" t="s">
+        <v>186</v>
+      </c>
+      <c r="E33" t="s">
+        <v>112</v>
+      </c>
+      <c r="F33" t="s">
         <v>21</v>
       </c>
-      <c r="K18" t="s">
-[...25 lines deleted...]
-      <c r="E19" t="s">
+      <c r="G33" t="s">
+        <v>71</v>
+      </c>
+      <c r="H33">
+        <v>2021</v>
+      </c>
+      <c r="I33"/>
+      <c r="J33" t="s">
+        <v>33</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33" t="s">
+        <v>187</v>
+      </c>
+      <c r="M33" t="s">
+        <v>188</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>189</v>
+      </c>
+      <c r="P33" t="s">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>191</v>
+      </c>
+      <c r="B34" t="s">
+        <v>192</v>
+      </c>
+      <c r="C34" t="s">
         <v>18</v>
       </c>
-      <c r="F19" t="s">
-[...9 lines deleted...]
-      <c r="J19" t="s">
+      <c r="D34" t="s">
+        <v>193</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
         <v>21</v>
       </c>
-      <c r="K19" t="s">
-[...25 lines deleted...]
-      <c r="E20" t="s">
+      <c r="G34" t="s">
+        <v>71</v>
+      </c>
+      <c r="H34">
+        <v>2014</v>
+      </c>
+      <c r="I34"/>
+      <c r="J34" t="s">
+        <v>33</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34" t="s">
+        <v>194</v>
+      </c>
+      <c r="M34" t="s">
+        <v>195</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>196</v>
+      </c>
+      <c r="P34" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>198</v>
+      </c>
+      <c r="B35" t="s">
+        <v>199</v>
+      </c>
+      <c r="C35" t="s">
         <v>18</v>
       </c>
-      <c r="F20" t="s">
-[...9 lines deleted...]
-      <c r="J20" t="s">
+      <c r="D35" t="s">
+        <v>200</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
         <v>21</v>
       </c>
-      <c r="K20" t="s">
-[...40 lines deleted...]
-      <c r="J21" t="s">
+      <c r="G35" t="s">
+        <v>71</v>
+      </c>
+      <c r="H35">
+        <v>2017</v>
+      </c>
+      <c r="I35"/>
+      <c r="J35" t="s">
+        <v>33</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35" t="s">
+        <v>201</v>
+      </c>
+      <c r="M35" t="s">
+        <v>26</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>202</v>
+      </c>
+      <c r="P35" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>204</v>
+      </c>
+      <c r="B36" t="s">
+        <v>205</v>
+      </c>
+      <c r="C36" t="s">
+        <v>18</v>
+      </c>
+      <c r="D36" t="s">
+        <v>206</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
         <v>21</v>
       </c>
-      <c r="K21" t="s">
-[...8 lines deleted...]
-      <c r="N21" t="s">
+      <c r="G36" t="s">
+        <v>71</v>
+      </c>
+      <c r="H36">
+        <v>2017</v>
+      </c>
+      <c r="I36"/>
+      <c r="J36" t="s">
+        <v>33</v>
+      </c>
+      <c r="K36" t="s">
+        <v>24</v>
+      </c>
+      <c r="L36" t="s">
+        <v>207</v>
+      </c>
+      <c r="M36" t="s">
+        <v>26</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>208</v>
+      </c>
+      <c r="P36" t="s">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>210</v>
+      </c>
+      <c r="B37" t="s">
+        <v>211</v>
+      </c>
+      <c r="C37" t="s">
         <v>99</v>
       </c>
-    </row>
-[...13 lines deleted...]
-      <c r="E22" t="s">
+      <c r="D37" t="s">
+        <v>212</v>
+      </c>
+      <c r="E37" t="s">
+        <v>112</v>
+      </c>
+      <c r="F37" t="s">
+        <v>41</v>
+      </c>
+      <c r="G37" t="s">
+        <v>169</v>
+      </c>
+      <c r="H37"/>
+      <c r="I37"/>
+      <c r="J37" t="s">
+        <v>130</v>
+      </c>
+      <c r="K37" t="s">
+        <v>24</v>
+      </c>
+      <c r="L37" t="s">
+        <v>213</v>
+      </c>
+      <c r="M37" t="s">
         <v>102</v>
       </c>
-      <c r="F22" t="s">
-[...158 lines deleted...]
-      <c r="C26" t="s">
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>214</v>
+      </c>
+      <c r="P37" t="s">
         <v>115</v>
       </c>
-      <c r="D26" t="s">
-[...471 lines deleted...]
-      </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>