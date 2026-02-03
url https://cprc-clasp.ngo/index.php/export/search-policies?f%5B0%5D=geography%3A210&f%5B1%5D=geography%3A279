--- v1 (2025-12-04)
+++ v2 (2026-02-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="215">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="218">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -113,75 +113,81 @@
   <si>
     <t>ICS 97.040.30</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards &amp; Quality</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3794-2024-energy-efficiency-household-and-similar-electrical-appliances-measurement-and</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/4358</t>
   </si>
   <si>
     <t>3794/2018 Energy efficiency of household and similar electrical appliances - measurement and calculation methods for energy consumption of refrigerrators, refrigerator-freezers and freezers</t>
   </si>
   <si>
     <t>This standard specifies the requirements of energy efficiency for refrigerators, refrigerator-freezers and freezers. The standard applies to refrigerators, refrigerator-freezers and freezers that operate using 50 Hz AC and with a voltage not exceeding 250 V for single-face appliances and 480 V for other appliances.</t>
   </si>
   <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>NT 81.70 NT 81.71</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/37942018-energy-efficiency-household-and-similar-electrical-appliances-measurement-and</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/4358</t>
   </si>
   <si>
     <t>3795-1/2016 Energy efficiency label requirements for air conditioners part 1: room air conditioner (window-split) with fixed capacity and fixed compressor</t>
   </si>
   <si>
     <t>This standard establishes label requirements for room air conditioners, both window and split with fixed capacity and fixed compressors.</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Air Conditioning, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, Superseded</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3795-12016-energy-efficiency-label-requirements-air-conditioners-part-1-room-air</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14491</t>
   </si>
   <si>
     <t>3795-2/2017 Energy Efficiency Label Requirements For Air Conditioners Part 2: Variable Capacity Room Air Conditioner (Window-Split) with Variable Speed Compressor</t>
   </si>
   <si>
     <t>This standard establishes label requirements for room air conditioners, both window and split with variable speed compressors.</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3795-22017-energy-efficiency-label-requirements-air-conditioners-part-2-variable-capacity</t>
@@ -189,110 +195,110 @@
   <si>
     <t>http://eos.org.eg/en/standard/14613</t>
   </si>
   <si>
     <t>3795-5/2018 Energy efficiency label requirements for air conditioners part 5: fixed capacity ducted room air conditioner with fixed speed compressor</t>
   </si>
   <si>
     <t>This standard establishes requirements for fixed-capacity ducted room air conditioners with fixed-speed compressors.</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3795-52018-energy-efficiency-label-requirements-air-conditioners-part-5-fixed-capacity</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14798</t>
   </si>
   <si>
     <t>3795/2023 Energy Efficiency Label Requirements for Air Conditioner Room Air Conditioner (Window - Split)</t>
   </si>
   <si>
     <t>This standard is mandatory and applies to window and split air conditioners.</t>
   </si>
   <si>
-    <t>Africa, Egypt</t>
-[...1 lines deleted...]
-  <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>ICS 23.120 - 27.015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/37952023-energy-efficiency-label-requirements-air-conditioner-room-air-conditioner-window</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/8643</t>
   </si>
   <si>
     <t>4100/2006 Energy Efficiency of Households and similar Electrical appliances methods for measuring and calculation energy consumption of washing machine</t>
   </si>
   <si>
     <t>This standard specifies the energy efficiency specifications for washing machines.</t>
   </si>
   <si>
     <t>Laundry, Washing Machines</t>
   </si>
   <si>
     <t>IEC 60465/2003+cor1/2005
 ,   
                       IEC-60335-1/2001-Amd 1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/41002006-energy-efficiency-households-and-similar-electrical-appliances-methods-measuring</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/4472</t>
   </si>
   <si>
     <t>5806/2019 Energy efficiency of households and similar Electrical appliances methods for measuring and calculation energy consumption for electric water heaters</t>
   </si>
   <si>
     <t>This standard specifies the requirement and method of calculation of energy efficiency for electric water heaters.</t>
   </si>
   <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
+    <t>Superseded</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/58062019-energy-efficiency-households-and-similar-electrical-appliances-methods-measuring</t>
+  </si>
+  <si>
+    <t>http://www.eos.org.eg/en/standard/6413</t>
+  </si>
+  <si>
+    <t>6977/2009 Energy Efficiency Of Distribution Transformers</t>
+  </si>
+  <si>
+    <t>This standard specifies the energy efficiency of distribution transformers.</t>
+  </si>
+  <si>
+    <t>Power Transformers</t>
+  </si>
+  <si>
     <t>Entered into force, New</t>
-  </si>
-[...13 lines deleted...]
-    <t>Power Transformers</t>
   </si>
   <si>
     <t>IEC 60076-ser/2008
 ,   
                     ES 1886: Power Transformers Dry Type
 ,   
                     ES 4885-1 Instrument transformers part-1Current transformer
 ,   
                     ES 4885-1 Instrument transformers part-2 Inductive voltage transformer</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/69772009-energy-efficiency-distribution-transformers</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/10626</t>
   </si>
   <si>
     <t>7821/2014 Energy efficiency of household electrical appliances Methods for measuring and calculating energy efficiency of electric circulating air fans</t>
   </si>
   <si>
     <t>This standard specifies the MEPS and testing methods for electric circulating air fans.</t>
   </si>
@@ -585,50 +591,53 @@
     <t>IEC 62087: 2008 or IEC 62087: 2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-tv-policy</t>
   </si>
   <si>
     <t>Draft water pumps policy</t>
   </si>
   <si>
     <t>All types of water pumps over 2 horsepower</t>
   </si>
   <si>
     <t>Pumps Other</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-water-pumps-policy</t>
   </si>
   <si>
     <t>Eco-Design Requirements for Water Pump Energy Efficiency (8441/2021)</t>
   </si>
   <si>
     <t>This standard establishes ecodesign requirements for rotodynamic water pumps for pumping clean water, including those integrated into other products, and efficiency labeling requirements.</t>
   </si>
   <si>
     <t>Pumps</t>
+  </si>
+  <si>
+    <t>Entered into force, New, Superseded</t>
   </si>
   <si>
     <t>ICS 23.080</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards and Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/eco-design-requirements-water-pump-energy-efficiency-84412021</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/15248</t>
   </si>
   <si>
     <t>Energy Efficiency of Household and Similar Electrical Appliances</t>
   </si>
   <si>
     <t>This standard identifies the methods of measuring and calculating energy efficiency and sets a maximum limit to the values of energy consumption. The standard aims to reduce the consumption of electric power.</t>
   </si>
   <si>
     <t>Kitchen, Dishwashers</t>
   </si>
   <si>
     <t>IEC60436:2004, A1:2009, A2:2012</t>
   </si>
@@ -1030,55 +1039,55 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="224.088" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="481.168" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="16.425" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="90.692" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="129.683" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="80.123" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="186.24" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -1166,1696 +1175,1696 @@
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>32</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>21</v>
       </c>
       <c r="G3" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="H3">
         <v>2003</v>
       </c>
       <c r="I3">
         <v>2018</v>
       </c>
       <c r="J3" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="M3" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="P3" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B4" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="G4" t="s">
-        <v>22</v>
+        <v>43</v>
       </c>
       <c r="H4">
         <v>2003</v>
       </c>
       <c r="I4">
         <v>2016</v>
       </c>
       <c r="J4" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="M4" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="P4" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="B5" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="C5" t="s">
         <v>18</v>
       </c>
       <c r="D5" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="G5" t="s">
-        <v>22</v>
+        <v>43</v>
       </c>
       <c r="H5">
         <v>2003</v>
       </c>
       <c r="I5">
         <v>2017</v>
       </c>
       <c r="J5" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="M5" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="P5" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="B6" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
       <c r="D6" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="G6" t="s">
         <v>22</v>
       </c>
       <c r="H6">
         <v>2003</v>
       </c>
       <c r="I6">
         <v>2018</v>
       </c>
       <c r="J6" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6"/>
       <c r="M6" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="P6" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="B7" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="C7" t="s">
-        <v>57</v>
+        <v>18</v>
       </c>
       <c r="D7" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="G7" t="s">
         <v>22</v>
       </c>
       <c r="H7">
         <v>2003</v>
       </c>
       <c r="I7">
         <v>2023</v>
       </c>
       <c r="J7" t="s">
         <v>23</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="M7" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="P7" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B8" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C8" t="s">
         <v>18</v>
       </c>
       <c r="D8" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
         <v>21</v>
       </c>
       <c r="G8" t="s">
-        <v>22</v>
+        <v>43</v>
       </c>
       <c r="H8">
         <v>2003</v>
       </c>
       <c r="I8">
         <v>2006</v>
       </c>
       <c r="J8" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="M8" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="P8" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B9" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C9" t="s">
         <v>18</v>
       </c>
       <c r="D9" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
         <v>21</v>
       </c>
       <c r="G9" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="H9">
         <v>2019</v>
       </c>
       <c r="I9"/>
       <c r="J9" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9"/>
       <c r="M9" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="P9" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B10" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C10" t="s">
         <v>18</v>
       </c>
       <c r="D10" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
         <v>21</v>
       </c>
       <c r="G10" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H10">
         <v>2009</v>
       </c>
       <c r="I10"/>
       <c r="J10" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="M10" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="N10" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="O10" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="P10" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="B11" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="C11" t="s">
         <v>18</v>
       </c>
       <c r="D11" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
         <v>21</v>
       </c>
       <c r="G11" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="H11">
         <v>2014</v>
       </c>
       <c r="I11"/>
       <c r="J11" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="M11" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="P11" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="B12" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="C12" t="s">
         <v>18</v>
       </c>
       <c r="D12" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
         <v>21</v>
       </c>
       <c r="G12" t="s">
-        <v>22</v>
+        <v>72</v>
       </c>
       <c r="H12">
         <v>2008</v>
       </c>
       <c r="I12">
         <v>2020</v>
       </c>
       <c r="J12" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12"/>
       <c r="M12" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="P12" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="B13" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C13" t="s">
         <v>18</v>
       </c>
       <c r="D13" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
         <v>21</v>
       </c>
       <c r="G13" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="H13">
         <v>2018</v>
       </c>
       <c r="I13"/>
       <c r="J13" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13"/>
       <c r="M13" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="P13" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="B14" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="C14" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="D14" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
         <v>21</v>
       </c>
       <c r="G14" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H14">
         <v>1991</v>
       </c>
       <c r="I14"/>
       <c r="J14" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14"/>
       <c r="M14" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="P14" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="B15" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="C15" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="D15" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
         <v>21</v>
       </c>
       <c r="G15" t="s">
         <v>22</v>
       </c>
       <c r="H15">
         <v>1986</v>
       </c>
       <c r="I15">
         <v>2006</v>
       </c>
       <c r="J15" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15"/>
       <c r="M15" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="P15" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="B16" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="C16" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="D16" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="E16" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="F16" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="G16" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H16">
         <v>2008</v>
       </c>
       <c r="I16"/>
       <c r="J16" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="M16" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="P16" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="B17" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="C17" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="D17" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
         <v>21</v>
       </c>
       <c r="G17" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H17">
         <v>2013</v>
       </c>
       <c r="I17"/>
       <c r="J17" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
       <c r="L17" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="M17" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="P17" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="B18" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="C18" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="D18" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
         <v>21</v>
       </c>
       <c r="G18" t="s">
         <v>22</v>
       </c>
       <c r="H18">
         <v>2006</v>
       </c>
       <c r="I18">
         <v>2013</v>
       </c>
       <c r="J18" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
       <c r="L18" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="M18" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="P18" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="B19" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="C19" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="D19" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
         <v>21</v>
       </c>
       <c r="G19" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H19">
         <v>2006</v>
       </c>
       <c r="I19"/>
       <c r="J19" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="K19" t="s">
         <v>24</v>
       </c>
       <c r="L19" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="M19" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="P19" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="B20" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="C20" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="D20" t="s">
         <v>32</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
         <v>21</v>
       </c>
       <c r="G20" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H20">
         <v>2012</v>
       </c>
       <c r="I20"/>
       <c r="J20" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="K20" t="s">
         <v>24</v>
       </c>
       <c r="L20" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="M20" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="P20" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="B21" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="C21" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="D21" t="s">
         <v>32</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="G21" t="s">
         <v>22</v>
       </c>
       <c r="H21">
         <v>2012</v>
       </c>
       <c r="I21">
         <v>2016</v>
       </c>
       <c r="J21" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="K21" t="s">
         <v>24</v>
       </c>
       <c r="L21" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="M21" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="P21" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="B22" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="C22" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="D22" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="G22" t="s">
         <v>22</v>
       </c>
       <c r="H22">
         <v>2012</v>
       </c>
       <c r="I22">
         <v>2016</v>
       </c>
       <c r="J22" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="K22" t="s">
         <v>24</v>
       </c>
       <c r="L22" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="M22" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="P22" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="B23" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="C23" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="D23" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
         <v>21</v>
       </c>
       <c r="G23" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H23">
         <v>2012</v>
       </c>
       <c r="I23"/>
       <c r="J23" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="K23" t="s">
         <v>24</v>
       </c>
       <c r="L23" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="M23" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="P23" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="B24" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="C24" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="D24" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
         <v>21</v>
       </c>
       <c r="G24" t="s">
         <v>22</v>
       </c>
       <c r="H24">
         <v>1998</v>
       </c>
       <c r="I24">
         <v>2012</v>
       </c>
       <c r="J24" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="K24" t="s">
         <v>24</v>
       </c>
       <c r="L24"/>
       <c r="M24" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="P24" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="B25" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="C25" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="D25" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
         <v>21</v>
       </c>
       <c r="G25" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H25">
         <v>1990</v>
       </c>
       <c r="I25"/>
       <c r="J25" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="K25" t="s">
         <v>24</v>
       </c>
       <c r="L25"/>
       <c r="M25" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="P25" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="B26" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="C26" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="D26" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
         <v>21</v>
       </c>
       <c r="G26" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H26">
         <v>1990</v>
       </c>
       <c r="I26"/>
       <c r="J26" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="K26" t="s">
         <v>24</v>
       </c>
       <c r="L26"/>
       <c r="M26" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="P26" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="B27" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="C27" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="D27" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
         <v>21</v>
       </c>
       <c r="G27" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H27">
         <v>1990</v>
       </c>
       <c r="I27"/>
       <c r="J27" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="K27" t="s">
         <v>24</v>
       </c>
       <c r="L27"/>
       <c r="M27" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="N27" t="s">
         <v>27</v>
       </c>
       <c r="O27" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="P27" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="B28" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="C28" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="D28" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
         <v>21</v>
       </c>
       <c r="G28" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H28">
         <v>2012</v>
       </c>
       <c r="I28"/>
       <c r="J28" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="K28" t="s">
         <v>24</v>
       </c>
       <c r="L28"/>
       <c r="M28" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="N28" t="s">
         <v>27</v>
       </c>
       <c r="O28" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="P28" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="B29" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="C29" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="D29" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="E29" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="F29" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="G29" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="H29"/>
       <c r="I29"/>
       <c r="J29" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="K29" t="s">
         <v>24</v>
       </c>
       <c r="L29" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="M29" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="N29" t="s">
         <v>27</v>
       </c>
       <c r="O29" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="P29" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="B30" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="C30" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="D30" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="E30" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="F30" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="G30" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="H30"/>
       <c r="I30"/>
       <c r="J30" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="K30" t="s">
         <v>24</v>
       </c>
       <c r="L30"/>
       <c r="M30" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="N30" t="s">
         <v>27</v>
       </c>
       <c r="O30" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="P30" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="B31" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="C31" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="D31" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="E31" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="F31" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="G31" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="H31"/>
       <c r="I31"/>
       <c r="J31" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="K31" t="s">
         <v>24</v>
       </c>
       <c r="L31" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="M31" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="N31" t="s">
         <v>27</v>
       </c>
       <c r="O31" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="P31" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="B32" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="C32" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="D32" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="E32" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="F32" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="G32" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="H32"/>
       <c r="I32"/>
       <c r="J32" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="K32" t="s">
         <v>24</v>
       </c>
       <c r="L32"/>
       <c r="M32" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="N32" t="s">
         <v>27</v>
       </c>
       <c r="O32" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="P32" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="B33" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C33" t="s">
         <v>18</v>
       </c>
       <c r="D33" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="E33" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="F33" t="s">
         <v>21</v>
       </c>
       <c r="G33" t="s">
-        <v>71</v>
+        <v>189</v>
       </c>
       <c r="H33">
         <v>2021</v>
       </c>
       <c r="I33"/>
       <c r="J33" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K33" t="s">
         <v>24</v>
       </c>
       <c r="L33" t="s">
-        <v>187</v>
+        <v>190</v>
       </c>
       <c r="M33" t="s">
-        <v>188</v>
+        <v>191</v>
       </c>
       <c r="N33" t="s">
         <v>27</v>
       </c>
       <c r="O33" t="s">
-        <v>189</v>
+        <v>192</v>
       </c>
       <c r="P33" t="s">
-        <v>190</v>
+        <v>193</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>191</v>
+        <v>194</v>
       </c>
       <c r="B34" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
       <c r="C34" t="s">
         <v>18</v>
       </c>
       <c r="D34" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="E34" t="s">
         <v>20</v>
       </c>
       <c r="F34" t="s">
         <v>21</v>
       </c>
       <c r="G34" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H34">
         <v>2014</v>
       </c>
       <c r="I34"/>
       <c r="J34" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K34" t="s">
         <v>24</v>
       </c>
       <c r="L34" t="s">
-        <v>194</v>
+        <v>197</v>
       </c>
       <c r="M34" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="N34" t="s">
         <v>27</v>
       </c>
       <c r="O34" t="s">
-        <v>196</v>
+        <v>199</v>
       </c>
       <c r="P34" t="s">
-        <v>197</v>
+        <v>200</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>198</v>
+        <v>201</v>
       </c>
       <c r="B35" t="s">
-        <v>199</v>
+        <v>202</v>
       </c>
       <c r="C35" t="s">
         <v>18</v>
       </c>
       <c r="D35" t="s">
-        <v>200</v>
+        <v>203</v>
       </c>
       <c r="E35" t="s">
         <v>20</v>
       </c>
       <c r="F35" t="s">
         <v>21</v>
       </c>
       <c r="G35" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H35">
         <v>2017</v>
       </c>
       <c r="I35"/>
       <c r="J35" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K35" t="s">
         <v>24</v>
       </c>
       <c r="L35" t="s">
-        <v>201</v>
+        <v>204</v>
       </c>
       <c r="M35" t="s">
         <v>26</v>
       </c>
       <c r="N35" t="s">
         <v>27</v>
       </c>
       <c r="O35" t="s">
-        <v>202</v>
+        <v>205</v>
       </c>
       <c r="P35" t="s">
-        <v>203</v>
+        <v>206</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>204</v>
+        <v>207</v>
       </c>
       <c r="B36" t="s">
-        <v>205</v>
+        <v>208</v>
       </c>
       <c r="C36" t="s">
         <v>18</v>
       </c>
       <c r="D36" t="s">
-        <v>206</v>
+        <v>209</v>
       </c>
       <c r="E36" t="s">
         <v>20</v>
       </c>
       <c r="F36" t="s">
         <v>21</v>
       </c>
       <c r="G36" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="H36">
         <v>2017</v>
       </c>
       <c r="I36"/>
       <c r="J36" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K36" t="s">
         <v>24</v>
       </c>
       <c r="L36" t="s">
-        <v>207</v>
+        <v>210</v>
       </c>
       <c r="M36" t="s">
         <v>26</v>
       </c>
       <c r="N36" t="s">
         <v>27</v>
       </c>
       <c r="O36" t="s">
-        <v>208</v>
+        <v>211</v>
       </c>
       <c r="P36" t="s">
-        <v>209</v>
+        <v>212</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
       <c r="B37" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="C37" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="D37" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
       <c r="E37" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="F37" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="G37" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="H37"/>
       <c r="I37"/>
       <c r="J37" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="K37" t="s">
         <v>24</v>
       </c>
       <c r="L37" t="s">
-        <v>213</v>
+        <v>216</v>
       </c>
       <c r="M37" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="N37" t="s">
         <v>27</v>
       </c>
       <c r="O37" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="P37" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">