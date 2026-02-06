--- v0 (2025-10-14)
+++ v1 (2026-02-06)
@@ -12,326 +12,372 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="77">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="92">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>3794 / 2024 Energy Efficiency of Household and Similar Electrical Appliances Measurement and Calculation Methods for Energy Consumption of Refrigerators, Refrigerator-Freezers and Freezers</t>
   </si>
   <si>
+    <t>This standard is mandatory and provides energy efficiency measurement and calculation methods for energy consumption of refrigerators, refrigerator-freezers and freezers.</t>
+  </si>
+  <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Refrigeration, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>April 2025</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>ICS 97.040.30</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards &amp; Quality</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3794-2024-energy-efficiency-household-and-similar-electrical-appliances-measurement-and</t>
   </si>
   <si>
-    <t>3794/2018 Energy efficiency of household and similar electrical appliances - measurement and calculation methods for energy consumption of refrigerrators, refrigerator-freezers and freezers</t>
-[...2 lines deleted...]
-    <t>Refrigerators-Freezers, Freezers-only</t>
+    <t>https://www.eos.org.eg/en/standard/4358</t>
+  </si>
+  <si>
+    <t>3795-1/2016 Energy efficiency label requirements for air conditioners part 1: room air conditioner (window-split) with fixed capacity and fixed compressor</t>
+  </si>
+  <si>
+    <t>This standard establishes label requirements for room air conditioners, both window and split with fixed capacity and fixed compressors.</t>
+  </si>
+  <si>
+    <t>Space Heating and Space Cooling, Air Conditioning, Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
-  </si>
-[...16 lines deleted...]
-    <t>Comparative Label</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814.</t>
   </si>
   <si>
+    <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3795-12016-energy-efficiency-label-requirements-air-conditioners-part-1-room-air</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/14491</t>
+  </si>
+  <si>
     <t>3795-2/2017 Energy Efficiency Label Requirements For Air Conditioners Part 2: Variable Capacity Room Air Conditioner (Window-Split) with Variable Speed Compressor</t>
+  </si>
+  <si>
+    <t>This standard establishes label requirements for room air conditioners, both window and split with variable speed compressors.</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3795-22017-energy-efficiency-label-requirements-air-conditioners-part-2-variable-capacity</t>
   </si>
   <si>
+    <t>http://eos.org.eg/en/standard/14613</t>
+  </si>
+  <si>
     <t>3795-5/2018 Energy efficiency label requirements for air conditioners part 5: fixed capacity ducted room air conditioner with fixed speed compressor</t>
   </si>
   <si>
+    <t>This standard establishes requirements for fixed-capacity ducted room air conditioners with fixed-speed compressors.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3795-52018-energy-efficiency-label-requirements-air-conditioners-part-5-fixed-capacity</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/14798</t>
+  </si>
+  <si>
     <t>3795/2023 Energy Efficiency Label Requirements for Air Conditioner Room Air Conditioner (Window - Split)</t>
   </si>
   <si>
-    <t>Africa, Egypt</t>
+    <t>This standard is mandatory and applies to window and split air conditioners.</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>ICS 23.120 - 27.015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/37952023-energy-efficiency-label-requirements-air-conditioner-room-air-conditioner-window</t>
   </si>
   <si>
+    <t>https://www.eos.org.eg/en/standard/8643</t>
+  </si>
+  <si>
     <t>4100/2006 Energy Efficiency of Households and similar Electrical appliances methods for measuring and calculation energy consumption of washing machine</t>
+  </si>
+  <si>
+    <t>This standard specifies the energy efficiency specifications for washing machines.</t>
   </si>
   <si>
     <t>Laundry, Washing Machines</t>
   </si>
   <si>
     <t>IEC 60465/2003+cor1/2005
 ,   
                       IEC-60335-1/2001-Amd 1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/41002006-energy-efficiency-households-and-similar-electrical-appliances-methods-measuring</t>
   </si>
   <si>
-    <t>7823/2020 Energy efficiency requirements for electrical lamps and luminaires</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/78232020-energy-efficiency-requirements-electrical-lamps-and-luminaires</t>
+    <t>http://www.eos.org.eg/en/standard/4472</t>
   </si>
   <si>
     <t>BDS 1139:1986</t>
   </si>
   <si>
+    <t>This standard covers three-phase induction motors for voltages up to and including 11000 V and</t>
+  </si>
+  <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Bangladesh Standards and Testing Institute</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-11391986</t>
   </si>
   <si>
+    <t>https://www.bstibds.com/single_product/4919</t>
+  </si>
+  <si>
     <t>BDS 1761:2013 (1st revision)</t>
   </si>
   <si>
+    <t>Ballast for tubular fluorescent lamps</t>
+  </si>
+  <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>BDS 1724:2003</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-17612013-1st-revision</t>
   </si>
   <si>
+    <t>https://bsti.portal.gov.bd/sites/default/files/files/bsti.portal.gov.bd/page/c82bd863_c051_46ce_af11_eb5bec479d5b/BSTI%20Standards%20Catalogue-2018%20(1).pdf</t>
+  </si>
+  <si>
     <t>BDS 1850:2012 Energy efficiency rating of household refrigerators, refrigerator-freezers and freezers</t>
   </si>
   <si>
+    <t>This section of the standard specifies requirements for energy efficiency labeling of household electric refrigerators 'of the vapour compression type, together with a test method for determining the energy consumption of refrigerators that are capable of complying.</t>
+  </si>
+  <si>
+    <t>Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>BDS-1850 : 2012 (Energy Efficiency rating) ,BDS 1849 : 2011 (Performance standards)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-18502012-energy-efficiency-rating-household-refrigerators-refrigerator-freezers-and</t>
   </si>
   <si>
     <t>BDS 1852:2012 Performance of air conditioners and heat pumps — energy labelling and minimum energy performance standard (MEPS) requirements</t>
   </si>
   <si>
+    <t>This Standard specifies the energy labelling requirements for single-phase non-ducted air conditioners of the vapour compression type and the minimum energy performance standard (MEPS) requirements for single-phase and three-phase air conditioners of the vapour compression type up to a rated total cooling capacity of 65 kW that fall within the scope of AS/NZS 3823.1,1, AS/NZS 3823.1.2 or AS/NZS 3823, 1.3</t>
+  </si>
+  <si>
     <t>Heat Pumps, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>BDS ISO 13253:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-18522012-performance-air-conditioners-and-heat-pumps-energy-labelling-and-minimum</t>
   </si>
   <si>
     <t>BDS 1860:2012 Minimum allowable values of energy efficiency and energy efficiency grades for ac electric fan</t>
+  </si>
+  <si>
+    <t>Specifies the energy efficiency grades, allowable values of energy efficiency, evaluating values of energy conservation, test methods and inspection rules for AC fans. This standard is applicable to desk fan, box fan, wall fan, slide fan, floor fan and ceiling fan that the rated voltage not exceeding 250 V, other rated voltage not exceeding 480 V and driven by AC motors.</t>
   </si>
   <si>
     <t>Ceiling Fans</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-18602012-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-ac</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -595,715 +641,704 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N14"/>
+  <dimension ref="A1:P12"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="224" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="155" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="222.803" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="481.168" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="90.692" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="47.131" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="98.976" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="80.123" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="186.24" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2003</v>
+      </c>
+      <c r="I2">
+        <v>2024</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>34</v>
+      </c>
+      <c r="H3">
         <v>2003</v>
       </c>
-      <c r="H2">
-[...2 lines deleted...]
-      <c r="I2" t="s">
+      <c r="I3">
+        <v>2016</v>
+      </c>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>36</v>
+      </c>
+      <c r="M3" t="s">
+        <v>37</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>38</v>
+      </c>
+      <c r="P3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>32</v>
+      </c>
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F4" t="s">
+        <v>33</v>
+      </c>
+      <c r="G4" t="s">
+        <v>34</v>
+      </c>
+      <c r="H4">
+        <v>2003</v>
+      </c>
+      <c r="I4">
+        <v>2017</v>
+      </c>
+      <c r="J4" t="s">
+        <v>35</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>42</v>
+      </c>
+      <c r="M4" t="s">
+        <v>37</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>43</v>
+      </c>
+      <c r="P4" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>45</v>
+      </c>
+      <c r="B5" t="s">
+        <v>46</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>47</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>33</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2003</v>
+      </c>
+      <c r="I5">
+        <v>2018</v>
+      </c>
+      <c r="J5" t="s">
+        <v>35</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>37</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>48</v>
+      </c>
+      <c r="P5" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>50</v>
+      </c>
+      <c r="B6" t="s">
+        <v>51</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>47</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>52</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2003</v>
+      </c>
+      <c r="I6">
+        <v>2023</v>
+      </c>
+      <c r="J6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>53</v>
+      </c>
+      <c r="M6" t="s">
+        <v>37</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>54</v>
+      </c>
+      <c r="P6" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>56</v>
+      </c>
+      <c r="B7" t="s">
+        <v>57</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>58</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G7" t="s">
+        <v>34</v>
+      </c>
+      <c r="H7">
+        <v>2003</v>
+      </c>
+      <c r="I7">
+        <v>2006</v>
+      </c>
+      <c r="J7" t="s">
+        <v>35</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>59</v>
+      </c>
+      <c r="M7" t="s">
+        <v>37</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>60</v>
+      </c>
+      <c r="P7" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>62</v>
+      </c>
+      <c r="B8" t="s">
+        <v>63</v>
+      </c>
+      <c r="C8" t="s">
+        <v>64</v>
+      </c>
+      <c r="D8" t="s">
+        <v>65</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H8">
+        <v>1986</v>
+      </c>
+      <c r="I8">
+        <v>2006</v>
+      </c>
+      <c r="J8" t="s">
+        <v>66</v>
+      </c>
+      <c r="K8" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>67</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>68</v>
+      </c>
+      <c r="P8" t="s">
+        <v>69</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...6 lines deleted...]
-      <c r="C3" t="s">
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>70</v>
+      </c>
+      <c r="B9" t="s">
+        <v>71</v>
+      </c>
+      <c r="C9" t="s">
+        <v>64</v>
+      </c>
+      <c r="D9" t="s">
+        <v>72</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2006</v>
+      </c>
+      <c r="I9">
+        <v>2013</v>
+      </c>
+      <c r="J9" t="s">
+        <v>66</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>73</v>
+      </c>
+      <c r="M9" t="s">
+        <v>67</v>
+      </c>
+      <c r="N9" t="s">
         <v>27</v>
       </c>
-      <c r="D3" t="s">
-[...17 lines deleted...]
-      <c r="J3" t="s">
+      <c r="O9" t="s">
+        <v>74</v>
+      </c>
+      <c r="P9" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>76</v>
+      </c>
+      <c r="B10" t="s">
+        <v>77</v>
+      </c>
+      <c r="C10" t="s">
+        <v>64</v>
+      </c>
+      <c r="D10" t="s">
+        <v>78</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>33</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2012</v>
+      </c>
+      <c r="I10">
+        <v>2016</v>
+      </c>
+      <c r="J10" t="s">
+        <v>79</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>80</v>
+      </c>
+      <c r="M10" t="s">
+        <v>67</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>81</v>
+      </c>
+      <c r="P10" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>82</v>
+      </c>
+      <c r="B11" t="s">
+        <v>83</v>
+      </c>
+      <c r="C11" t="s">
+        <v>64</v>
+      </c>
+      <c r="D11" t="s">
+        <v>84</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>85</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2012</v>
+      </c>
+      <c r="I11">
+        <v>2016</v>
+      </c>
+      <c r="J11" t="s">
+        <v>66</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>86</v>
+      </c>
+      <c r="M11" t="s">
+        <v>67</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>87</v>
+      </c>
+      <c r="P11" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>88</v>
+      </c>
+      <c r="B12" t="s">
+        <v>89</v>
+      </c>
+      <c r="C12" t="s">
+        <v>64</v>
+      </c>
+      <c r="D12" t="s">
+        <v>90</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
         <v>21</v>
       </c>
-      <c r="K3" t="s">
-[...5 lines deleted...]
-      <c r="M3" t="s">
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>1998</v>
+      </c>
+      <c r="I12">
+        <v>2012</v>
+      </c>
+      <c r="J12" t="s">
+        <v>66</v>
+      </c>
+      <c r="K12" t="s">
         <v>24</v>
       </c>
-      <c r="N3" t="s">
-[...356 lines deleted...]
-      <c r="C12" t="s">
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>67</v>
+      </c>
+      <c r="N12" t="s">
         <v>27</v>
       </c>
-      <c r="D12" t="s">
-[...84 lines deleted...]
-      <c r="C14" t="s">
+      <c r="O12" t="s">
+        <v>91</v>
+      </c>
+      <c r="P12" t="s">
         <v>75</v>
-      </c>
-[...29 lines deleted...]
-        <v>76</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>