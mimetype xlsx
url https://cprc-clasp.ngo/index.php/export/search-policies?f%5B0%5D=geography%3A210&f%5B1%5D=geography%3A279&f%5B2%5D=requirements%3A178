--- v0 (2025-10-15)
+++ v1 (2025-12-06)
@@ -12,251 +12,285 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="65">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>BDS 1761:2006 Specification for energy efficiency rating for self-ballasted lamps</t>
   </si>
   <si>
+    <t>Specifices requirements for energy efficiency labeling of self ballasted lamps operating on mains supply of 230 V, a.c 50 Hz nominal, and method of measurement of electrical consumption and luminous flux for determination of efficiency if the lamps for the purpose of energy efficiency labeling</t>
+  </si>
+  <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>BDS 1761:2006 EBDS-1734: 2003 or its revision; BDS-1735: 2003 or its revision; BDS-1761: 2006 or its revision</t>
   </si>
   <si>
     <t>Bangladesh Standards and Testing Institute</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-17612006-specification-energy-efficiency-rating-self-ballasted-lamps</t>
   </si>
   <si>
+    <t>http://sreda.gov.bd/files/EEC_Master_Plan_SREDA.pdf</t>
+  </si>
+  <si>
     <t>Draft motor policy</t>
   </si>
   <si>
+    <t>Motors with EE label should be the single-speed, three-phase, cage-induction motors</t>
+  </si>
+  <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>BDS IEC 60034-2-1: 2009(Testing protocol); BDS-EN 60034-30 : 2011 (Efficiency Class)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-motor-policy</t>
   </si>
   <si>
     <t>Draft rice cooker policy</t>
   </si>
   <si>
+    <t>Rice cookers. No information available</t>
+  </si>
+  <si>
     <t>Rice Cookers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-rice-cooker-policy</t>
   </si>
   <si>
     <t>Draft TV policy</t>
   </si>
   <si>
+    <t>LCD-LED, LCD-CCFL, OLED, Plasma  and CRT</t>
+  </si>
+  <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>IEC 62087: 2008 or IEC 62087: 2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-tv-policy</t>
   </si>
   <si>
     <t>Draft water pumps policy</t>
   </si>
   <si>
+    <t>All types of water pumps over 2 horsepower</t>
+  </si>
+  <si>
     <t>Pumps Other</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-water-pumps-policy</t>
   </si>
   <si>
     <t>Eco-Design Requirements for Water Pump Energy Efficiency (8441/2021)</t>
   </si>
   <si>
+    <t>This standard establishes ecodesign requirements for rotodynamic water pumps for pumping clean water, including those integrated into other products, and efficiency labeling requirements.</t>
+  </si>
+  <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Pumps</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>ICS 23.080</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards and Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/eco-design-requirements-water-pump-energy-efficiency-84412021</t>
   </si>
   <si>
+    <t>https://www.eos.org.eg/en/standard/15248</t>
+  </si>
+  <si>
     <t>Household microwave ovens</t>
+  </si>
+  <si>
+    <t>Draft labels for microwave ovens. No information available</t>
   </si>
   <si>
     <t>Microwaves</t>
   </si>
   <si>
     <t>BDS IEC 60705:2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/household-microwave-ovens</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -520,431 +554,482 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N8"/>
+  <dimension ref="A1:P8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="96" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="135" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="96.691" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="347.915" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="129.683" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="135.538" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="61.271" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2008</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...6 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G3" t="s">
+        <v>33</v>
+      </c>
+      <c r="H3"/>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>36</v>
+      </c>
+      <c r="P3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>37</v>
+      </c>
+      <c r="B4" t="s">
+        <v>38</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>39</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>33</v>
+      </c>
+      <c r="H4"/>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>34</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>40</v>
+      </c>
+      <c r="P4" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>41</v>
+      </c>
+      <c r="B5" t="s">
+        <v>42</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>43</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>33</v>
+      </c>
+      <c r="H5"/>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>34</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>44</v>
+      </c>
+      <c r="M5" t="s">
+        <v>26</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>45</v>
+      </c>
+      <c r="P5" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>46</v>
+      </c>
+      <c r="B6" t="s">
+        <v>47</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>48</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>33</v>
+      </c>
+      <c r="H6"/>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>34</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>26</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>49</v>
+      </c>
+      <c r="P6" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>50</v>
+      </c>
+      <c r="B7" t="s">
+        <v>51</v>
+      </c>
+      <c r="C7" t="s">
+        <v>52</v>
+      </c>
+      <c r="D7" t="s">
+        <v>53</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>54</v>
+      </c>
+      <c r="G7" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H7">
+        <v>2021</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>55</v>
+      </c>
+      <c r="K7" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L7" t="s">
+        <v>56</v>
+      </c>
+      <c r="M7" t="s">
+        <v>57</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>58</v>
+      </c>
+      <c r="P7" t="s">
+        <v>59</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-      <c r="A3" t="s">
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>60</v>
+      </c>
+      <c r="B8" t="s">
+        <v>61</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>62</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>33</v>
+      </c>
+      <c r="H8"/>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>34</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>63</v>
+      </c>
+      <c r="M8" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
-[...2 lines deleted...]
-      <c r="C3" t="s">
+      <c r="N8" t="s">
         <v>27</v>
       </c>
-      <c r="D3" t="s">
-[...10 lines deleted...]
-      <c r="I3" t="s">
+      <c r="O8" t="s">
+        <v>64</v>
+      </c>
+      <c r="P8" t="s">
         <v>29</v>
-      </c>
-[...211 lines deleted...]
-        <v>53</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>