--- v1 (2025-12-06)
+++ v2 (2026-02-04)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="65">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="66">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -177,50 +177,53 @@
     <t>Draft water pumps policy</t>
   </si>
   <si>
     <t>All types of water pumps over 2 horsepower</t>
   </si>
   <si>
     <t>Pumps Other</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-water-pumps-policy</t>
   </si>
   <si>
     <t>Eco-Design Requirements for Water Pump Energy Efficiency (8441/2021)</t>
   </si>
   <si>
     <t>This standard establishes ecodesign requirements for rotodynamic water pumps for pumping clean water, including those integrated into other products, and efficiency labeling requirements.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Pumps</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>Entered into force, New, Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>ICS 23.080</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards and Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/eco-design-requirements-water-pump-energy-efficiency-84412021</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/15248</t>
   </si>
   <si>
     <t>Household microwave ovens</t>
   </si>
   <si>
     <t>Draft labels for microwave ovens. No information available</t>
   </si>
   <si>
     <t>Microwaves</t>
   </si>
@@ -568,51 +571,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="96.691" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="347.915" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="129.683" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="135.538" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="61.271" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -878,119 +881,119 @@
       </c>
       <c r="P6" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
         <v>50</v>
       </c>
       <c r="B7" t="s">
         <v>51</v>
       </c>
       <c r="C7" t="s">
         <v>52</v>
       </c>
       <c r="D7" t="s">
         <v>53</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>54</v>
       </c>
       <c r="G7" t="s">
-        <v>22</v>
+        <v>55</v>
       </c>
       <c r="H7">
         <v>2021</v>
       </c>
       <c r="I7"/>
       <c r="J7" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="M7" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="P7" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B8" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C8" t="s">
         <v>18</v>
       </c>
       <c r="D8" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
         <v>21</v>
       </c>
       <c r="G8" t="s">
         <v>33</v>
       </c>
       <c r="H8"/>
       <c r="I8"/>
       <c r="J8" t="s">
         <v>34</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="M8" t="s">
         <v>26</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="P8" t="s">
         <v>29</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>