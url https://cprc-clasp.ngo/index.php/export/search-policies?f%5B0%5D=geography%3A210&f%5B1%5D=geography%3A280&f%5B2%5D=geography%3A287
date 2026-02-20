--- v0 (2025-12-05)
+++ v1 (2026-02-20)
@@ -12,176 +12,218 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="240">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="243">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
+    <t>135.K/EK.07/DJE/2022 MEPS for indoor LED lamps</t>
+  </si>
+  <si>
+    <t>This policy is applicable to self-ballasted LED lamps of types E40, E27, and E26 with a rated power of up to 60 W and a rated voltage of &gt; 50 V AC up to 250 V AC. It stipulates a minimum luminous efficacy of 80 lumens per watt, in line with the 2023 ASEAN harmonization target. The regulations consist of five tiers or star levels, with efficiency increasing with the number of stars.
+One star - 80-90 lm/W
+Two star - &gt;98-108 lm/W
+Three star - &gt;108-119 lm/W
+Four star - &gt;119 - 135 lm/W
+Five star - &gt; 135 lm/W
+The policy also applies to self-ballasted LED tubes. It specifies a minimum luminous efficacy of 100 lumens per watt, and LED luminaires (street lighting, high bay, floodlight, etc) where the minimum luminous efficacy is set at 120 lumens per watt. The five tier star levels are not applicable for these products.</t>
+  </si>
+  <si>
+    <t>Indonesia</t>
+  </si>
+  <si>
+    <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
+  </si>
+  <si>
+    <t>Mandatory</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
+  </si>
+  <si>
+    <t>July 2024</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>SNI IEC 62612:2016</t>
+  </si>
+  <si>
+    <t>Ministry of Energy and Mineral Resources</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/135kek07dje2022-meps-indoor-led-lamps</t>
+  </si>
+  <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2022/09/Ministerial-Decree-LED-MEPS-Indonesia_ENG.pdf</t>
+  </si>
+  <si>
     <t>3794 / 2024 Energy Efficiency of Household and Similar Electrical Appliances Measurement and Calculation Methods for Energy Consumption of Refrigerators, Refrigerator-Freezers and Freezers</t>
   </si>
   <si>
     <t>This standard is mandatory and provides energy efficiency measurement and calculation methods for energy consumption of refrigerators, refrigerator-freezers and freezers.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Refrigeration, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
-    <t>Mandatory</t>
-[...1 lines deleted...]
-  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Revised</t>
-[...1 lines deleted...]
-  <si>
     <t>April 2025</t>
   </si>
   <si>
-    <t>Electricity</t>
-[...1 lines deleted...]
-  <si>
     <t>ICS 97.040.30</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards &amp; Quality</t>
   </si>
   <si>
-    <t>Energy Efficiency</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3794-2024-energy-efficiency-household-and-similar-electrical-appliances-measurement-and</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/4358</t>
   </si>
   <si>
     <t>3794/2018 Energy efficiency of household and similar electrical appliances - measurement and calculation methods for energy consumption of refrigerrators, refrigerator-freezers and freezers</t>
   </si>
   <si>
     <t>This standard specifies the requirements of energy efficiency for refrigerators, refrigerator-freezers and freezers. The standard applies to refrigerators, refrigerator-freezers and freezers that operate using 50 Hz AC and with a voltage not exceeding 250 V for single-face appliances and 480 V for other appliances.</t>
   </si>
   <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>NT 81.70 NT 81.71</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/37942018-energy-efficiency-household-and-similar-electrical-appliances-measurement-and</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/4358</t>
   </si>
   <si>
     <t>3795-1/2016 Energy efficiency label requirements for air conditioners part 1: room air conditioner (window-split) with fixed capacity and fixed compressor</t>
   </si>
   <si>
     <t>This standard establishes label requirements for room air conditioners, both window and split with fixed capacity and fixed compressors.</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Air Conditioning, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, Superseded</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3795-12016-energy-efficiency-label-requirements-air-conditioners-part-1-room-air</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14491</t>
   </si>
   <si>
     <t>3795-2/2017 Energy Efficiency Label Requirements For Air Conditioners Part 2: Variable Capacity Room Air Conditioner (Window-Split) with Variable Speed Compressor</t>
   </si>
   <si>
     <t>This standard establishes label requirements for room air conditioners, both window and split with variable speed compressors.</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3795-22017-energy-efficiency-label-requirements-air-conditioners-part-2-variable-capacity</t>
@@ -189,110 +231,110 @@
   <si>
     <t>http://eos.org.eg/en/standard/14613</t>
   </si>
   <si>
     <t>3795-5/2018 Energy efficiency label requirements for air conditioners part 5: fixed capacity ducted room air conditioner with fixed speed compressor</t>
   </si>
   <si>
     <t>This standard establishes requirements for fixed-capacity ducted room air conditioners with fixed-speed compressors.</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3795-52018-energy-efficiency-label-requirements-air-conditioners-part-5-fixed-capacity</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14798</t>
   </si>
   <si>
     <t>3795/2023 Energy Efficiency Label Requirements for Air Conditioner Room Air Conditioner (Window - Split)</t>
   </si>
   <si>
     <t>This standard is mandatory and applies to window and split air conditioners.</t>
   </si>
   <si>
-    <t>Africa, Egypt</t>
-[...1 lines deleted...]
-  <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>ICS 23.120 - 27.015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/37952023-energy-efficiency-label-requirements-air-conditioner-room-air-conditioner-window</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/8643</t>
   </si>
   <si>
     <t>4100/2006 Energy Efficiency of Households and similar Electrical appliances methods for measuring and calculation energy consumption of washing machine</t>
   </si>
   <si>
     <t>This standard specifies the energy efficiency specifications for washing machines.</t>
   </si>
   <si>
     <t>Laundry, Washing Machines</t>
   </si>
   <si>
     <t>IEC 60465/2003+cor1/2005
 ,   
                       IEC-60335-1/2001-Amd 1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/41002006-energy-efficiency-households-and-similar-electrical-appliances-methods-measuring</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/4472</t>
   </si>
   <si>
     <t>5806/2019 Energy efficiency of households and similar Electrical appliances methods for measuring and calculation energy consumption for electric water heaters</t>
   </si>
   <si>
     <t>This standard specifies the requirement and method of calculation of energy efficiency for electric water heaters.</t>
   </si>
   <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
+    <t>Superseded</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/58062019-energy-efficiency-households-and-similar-electrical-appliances-methods-measuring</t>
+  </si>
+  <si>
+    <t>http://www.eos.org.eg/en/standard/6413</t>
+  </si>
+  <si>
+    <t>6977/2009 Energy Efficiency Of Distribution Transformers</t>
+  </si>
+  <si>
+    <t>This standard specifies the energy efficiency of distribution transformers.</t>
+  </si>
+  <si>
+    <t>Power Transformers</t>
+  </si>
+  <si>
     <t>Entered into force, New</t>
-  </si>
-[...13 lines deleted...]
-    <t>Power Transformers</t>
   </si>
   <si>
     <t>IEC 60076-ser/2008
 ,   
                     ES 1886: Power Transformers Dry Type
 ,   
                     ES 4885-1 Instrument transformers part-1Current transformer
 ,   
                     ES 4885-1 Instrument transformers part-2 Inductive voltage transformer</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/69772009-energy-efficiency-distribution-transformers</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/10626</t>
   </si>
   <si>
     <t>7821/2014 Energy efficiency of household electrical appliances Methods for measuring and calculating energy efficiency of electric circulating air fans</t>
   </si>
   <si>
     <t>This standard specifies the MEPS and testing methods for electric circulating air fans.</t>
   </si>
@@ -323,83 +365,74 @@
   <si>
     <t>http://www.eos.org.eg/en/standard/14011</t>
   </si>
   <si>
     <t>7993/2018 Energy Efficiency Label For Televisions And Displays</t>
   </si>
   <si>
     <t>This standard specifies the energy efficiency requirements for televisions and display units.</t>
   </si>
   <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/79932018-energy-efficiency-label-televisions-and-displays</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14349</t>
   </si>
   <si>
     <t>Draft MEPS for chillers</t>
   </si>
   <si>
     <t>The document specifies the MEPS  requirement for chillers</t>
   </si>
   <si>
-    <t>Indonesia</t>
-[...1 lines deleted...]
-  <si>
     <t>Refrigeration, Industrial Process Chillers</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>Directorate General of New and Renewable Energy, and Energy Conservation under …</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-meps-chillers</t>
   </si>
   <si>
     <t>Draft MEPS for electric motors</t>
   </si>
   <si>
     <t>The document specifies the MEPS and labeling instructions for electric motors.</t>
   </si>
   <si>
     <t>Variable Speed Drives</t>
   </si>
   <si>
-    <t>Comparative Label, Minimum Performance Standard</t>
-[...4 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-meps-electric-motors-0</t>
   </si>
   <si>
     <t>https://www.jase-w.eccj.or.jp/indonesiaforum/pdf/10-05_hariyanto.pdf</t>
   </si>
   <si>
     <t>Draft MEPS for RDCs</t>
   </si>
   <si>
     <t>The document specifies the MEPS and energy labelling requirements for RDCs</t>
   </si>
   <si>
     <t>Refrigerated Cabinets</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-meps-rdcs</t>
   </si>
   <si>
     <t>Draft MEPS for televisions</t>
   </si>
   <si>
     <t>The document specifies the MEPS and labeling instructions for televisions.</t>
   </si>
   <si>
     <t>IEC 62301, IEC 62087, SNI 04 6958 - 2003</t>
@@ -423,50 +456,53 @@
     <t>https://cprc-clasp.ngo/index.php/policies/draft-meps-washing-machines-0</t>
   </si>
   <si>
     <t>Draft MEPS for water pumps</t>
   </si>
   <si>
     <t>The document specifies the MEPS and labeling instructions for water pumps.</t>
   </si>
   <si>
     <t>Pumps Other</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-meps-water-pumps</t>
   </si>
   <si>
     <t>Eco-Design Requirements for Water Pump Energy Efficiency (8441/2021)</t>
   </si>
   <si>
     <t>This standard establishes ecodesign requirements for rotodynamic water pumps for pumping clean water, including those integrated into other products, and efficiency labeling requirements.</t>
   </si>
   <si>
     <t>Pumps</t>
   </si>
   <si>
     <t>Voluntary</t>
+  </si>
+  <si>
+    <t>Entered into force, New, Superseded</t>
   </si>
   <si>
     <t>ICS 23.080</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards and Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/eco-design-requirements-water-pump-energy-efficiency-84412021</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/15248</t>
   </si>
   <si>
     <t>Energy Efficiency (Minimum Energy Efficiency Standards And Energy Labelling) Regulations, 2023</t>
   </si>
   <si>
     <t>This policy regulates minimum energy efficiency standards (MEPS) and label for air-conditioners:
 {a} casement or window type air-conditioner (cooling capacity of 7.1 kW or lower);
 (b} split type non-inverter air-conditioner with one or more than one indoor unit (cooling capacity of 7.1 kW or lower);
 {c} split type inverter air-conditioner with one or more than one indoor unit (cooling capacity of 7.1 kW or lower).</t>
   </si>
   <si>
     <t>Brunei Darussalam</t>
   </si>
@@ -545,150 +581,123 @@
 ,   
                     (EU) No 665/2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-household-electrical-appliances-methods-measuring-and-calculating-energy</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/14543</t>
   </si>
   <si>
     <t>ESDM Ministerial Decree No. 126.K/EK.06/DJE/2023 -- Refrigerated Display Case</t>
   </si>
   <si>
     <t>This policy establishes the minimum performance standards and energy-saving label for refrigerated display case (RDC) which is a refrigerated cabinet used to display food or beverages, utilizing glass as a medium to highlight the products on display, with a capacity of 150 (one hundred fifty) to 300 (three hundred) liters.</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-126kek06dje2023-refrigerated-display-case</t>
   </si>
   <si>
     <t>https://simebtke.esdm.go.id/sinergi/assets/content/20250310092031_126K_SKEM_dan_LTHE_RDC.pdf</t>
   </si>
   <si>
-    <t>ESDM Ministerial Decree No. 134.K/EK.07/DJE/2023 -- Air Conditioning</t>
+    <t>ESDM Ministerial Decree No. 134.K/EK.07/DJE/2023 -- Air Conditioning (Amendment)</t>
   </si>
   <si>
     <t>This policy regulates minimum energy performance standards and labels for air conditioners that are single split, wall-mounted units with a maximum cooling capacity of 27,000 BTU/hour for both inverter and non-inverter types, with HS code 8415.10.10 or as subsequently amended.</t>
   </si>
   <si>
     <t>Directorate General of New, Renewable Energy and Energy Conservation, Ministry …</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-134kek07dje2023-air-conditioning</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-134kek07dje2023-air-conditioning-amendment</t>
   </si>
   <si>
     <t>https://simebtke.esdm.go.id/sinergi/program_konservasi_energi/detail/1/regulasi-dan-standar-konservasi-energi</t>
   </si>
   <si>
     <t>ESDM Ministerial Decree No. 162.K/EK.06/DJE/2023 -- Television</t>
   </si>
   <si>
     <t>The policy regulates minimum energy performance standards and label for televisions of  the liquid crystal display (LCD) type and light-emitting diode (LED) type, up to 55 inches in size</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-162kek06dje2023-television</t>
   </si>
   <si>
     <t>ESDM Ministerial Decree No. 20.K/EK.07/DJE.S/2024 -- LED Lamps</t>
   </si>
   <si>
     <t>This policy regulates self-ballasted Light-Emitting Diode (LED) lamps with a rated power of up to 60 watts and a rated voltage of &gt;50V  up to 250V. The minimum energy performance standard for self-ballasted LED lamps is an energy efficiency of 80 lumens per watt.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-20kek07djes2024-led-lamps</t>
   </si>
   <si>
-    <t>ESDM Ministerial Decree No. 8.K/EK.07/DJE/2024 -- Refrigerators</t>
+    <t>ESDM Ministerial Decree No. 8.K/EK.07/DJE/2024 -- Refrigerators (Amendment)</t>
   </si>
   <si>
     <t>This policy establishes MEPS and label for refrigerators that have a maximum capacity of 300 (three hundred) liters and a maximum electrical voltage of 250 (two hundred fifty) volts.</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-8kek07dje2024-refrigerators</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-8kek07dje2024-refrigerators-amendment</t>
   </si>
   <si>
     <t>ESDM Ministerial Decree No. 87.K/EK.01/MEM.E/2025 -- Drinking Water Dispensers</t>
   </si>
   <si>
     <t>This policy establishes MEPS and label for water dispense, a standalone device equipped with a heating component to heat drinking water, or a standalone device equipped with a heating and/or cooling component that uses a heat pump or thermoelectric system to cool drinking water. It uses bottled water as the water source, with a bottle capacity of up to 20 (twenty) liters. MEPS and Label rating:</t>
   </si>
   <si>
     <t>Water Coolers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-87kek01meme2025-drinking-water-dispensers</t>
   </si>
   <si>
     <t>MEPS and labeling schemes for air conditioners</t>
   </si>
   <si>
     <t>Non inverter type and single phase</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>Energy Labelling and Standards Task Force of Energy Department, Prime Ministers…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-air-conditioners-4</t>
   </si>
   <si>
     <t>http://www.lse.ac.uk/GranthamInstitute/wp-content/uploads/laws/8145.pdf</t>
-  </si>
-[...25 lines deleted...]
-    <t>https://united4efficiency.org/wp-content/uploads/2022/09/Ministerial-Decree-LED-MEPS-Indonesia_ENG.pdf</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standard and Energy Savings Label for Energy-Consuming Appliance Fan</t>
   </si>
   <si>
     <t>This policy includes MEPS and labeling requirements for portable fans with blade diameter from 150 mm/6 inches to 240 mm/24 inches, excluding exhaust fans, ceiling fans, and ventilation fans (HS code: 8414.51.00).</t>
   </si>
   <si>
     <t>Portable Fans</t>
   </si>
   <si>
     <t>SNI lEC 60879:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standard-and-energy-savings-label-energy-consuming-appliance</t>
   </si>
   <si>
     <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924124237_114KEK07DJE2021_SKEM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_KIPAS_ANGIN.pdf</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standard and Energy Savings Label for Energy-Consuming Appliance Refrigerator</t>
   </si>
   <si>
     <t>This document specifies MEPS and labeling requirements cover refrigerators with capacity up to 300 L and voltage up to 250 V (HS code: 8418.10.11, 8418.10.19, 8418.21.10, 8418.21.90, 8418.29.00).</t>
   </si>
@@ -1126,51 +1135,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P39"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="224.088" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="469.457" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="101.404" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="107.26" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="225.231" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -1211,1827 +1220,1823 @@
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>16</v>
       </c>
       <c r="B2" t="s">
         <v>17</v>
       </c>
       <c r="C2" t="s">
         <v>18</v>
       </c>
       <c r="D2" t="s">
         <v>19</v>
       </c>
       <c r="E2" t="s">
         <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>21</v>
       </c>
       <c r="G2" t="s">
         <v>22</v>
       </c>
       <c r="H2">
-        <v>2003</v>
-[...3 lines deleted...]
-      </c>
+        <v>2022</v>
+      </c>
+      <c r="I2"/>
       <c r="J2" t="s">
         <v>23</v>
       </c>
       <c r="K2" t="s">
         <v>24</v>
       </c>
       <c r="L2" t="s">
         <v>25</v>
       </c>
       <c r="M2" t="s">
         <v>26</v>
       </c>
       <c r="N2" t="s">
         <v>27</v>
       </c>
       <c r="O2" t="s">
         <v>28</v>
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G3" t="s">
         <v>22</v>
       </c>
       <c r="H3">
         <v>2003</v>
       </c>
       <c r="I3">
-        <v>2018</v>
+        <v>2024</v>
       </c>
       <c r="J3" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="M3" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="P3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="B4" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="C4" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D4" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="G4" t="s">
-        <v>22</v>
+        <v>43</v>
       </c>
       <c r="H4">
         <v>2003</v>
       </c>
       <c r="I4">
-        <v>2016</v>
+        <v>2018</v>
       </c>
       <c r="J4" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="M4" t="s">
-        <v>35</v>
+        <v>46</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="P4" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="B5" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="C5" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D5" t="s">
-        <v>40</v>
+        <v>51</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
-        <v>41</v>
+        <v>52</v>
       </c>
       <c r="G5" t="s">
-        <v>22</v>
+        <v>53</v>
       </c>
       <c r="H5">
         <v>2003</v>
       </c>
       <c r="I5">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="J5" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5" t="s">
-        <v>47</v>
+        <v>54</v>
       </c>
       <c r="M5" t="s">
-        <v>35</v>
+        <v>46</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>48</v>
+        <v>55</v>
       </c>
       <c r="P5" t="s">
-        <v>49</v>
+        <v>56</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>50</v>
+        <v>57</v>
       </c>
       <c r="B6" t="s">
+        <v>58</v>
+      </c>
+      <c r="C6" t="s">
+        <v>32</v>
+      </c>
+      <c r="D6" t="s">
         <v>51</v>
-      </c>
-[...4 lines deleted...]
-        <v>52</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
-        <v>41</v>
+        <v>52</v>
       </c>
       <c r="G6" t="s">
-        <v>22</v>
+        <v>53</v>
       </c>
       <c r="H6">
         <v>2003</v>
       </c>
       <c r="I6">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="J6" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
-      <c r="L6"/>
+      <c r="L6" t="s">
+        <v>59</v>
+      </c>
       <c r="M6" t="s">
-        <v>35</v>
+        <v>46</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>53</v>
+        <v>60</v>
       </c>
       <c r="P6" t="s">
-        <v>54</v>
+        <v>61</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>55</v>
+        <v>62</v>
       </c>
       <c r="B7" t="s">
-        <v>56</v>
+        <v>63</v>
       </c>
       <c r="C7" t="s">
-        <v>57</v>
+        <v>32</v>
       </c>
       <c r="D7" t="s">
-        <v>52</v>
+        <v>64</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="G7" t="s">
         <v>22</v>
       </c>
       <c r="H7">
         <v>2003</v>
       </c>
       <c r="I7">
-        <v>2023</v>
+        <v>2018</v>
       </c>
       <c r="J7" t="s">
-        <v>23</v>
+        <v>44</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
-      <c r="L7" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L7"/>
       <c r="M7" t="s">
-        <v>35</v>
+        <v>46</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="P7" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="B8" t="s">
-        <v>63</v>
+        <v>68</v>
       </c>
       <c r="C8" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D8" t="s">
         <v>64</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
-        <v>21</v>
+        <v>69</v>
       </c>
       <c r="G8" t="s">
         <v>22</v>
       </c>
       <c r="H8">
         <v>2003</v>
       </c>
       <c r="I8">
-        <v>2006</v>
+        <v>2023</v>
       </c>
       <c r="J8" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="M8" t="s">
-        <v>35</v>
+        <v>46</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="P8" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="B9" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="C9" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D9" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G9" t="s">
-        <v>71</v>
+        <v>53</v>
       </c>
       <c r="H9">
-        <v>2019</v>
-[...1 lines deleted...]
-      <c r="I9"/>
+        <v>2003</v>
+      </c>
+      <c r="I9">
+        <v>2006</v>
+      </c>
       <c r="J9" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
-      <c r="L9"/>
+      <c r="L9" t="s">
+        <v>76</v>
+      </c>
       <c r="M9" t="s">
-        <v>35</v>
+        <v>46</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>72</v>
+        <v>77</v>
       </c>
       <c r="P9" t="s">
-        <v>73</v>
+        <v>78</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>74</v>
+        <v>79</v>
       </c>
       <c r="B10" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="C10" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D10" t="s">
-        <v>76</v>
+        <v>81</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G10" t="s">
-        <v>71</v>
+        <v>82</v>
       </c>
       <c r="H10">
-        <v>2009</v>
+        <v>2019</v>
       </c>
       <c r="I10"/>
       <c r="J10" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
-      <c r="L10" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L10"/>
       <c r="M10" t="s">
-        <v>35</v>
+        <v>46</v>
       </c>
       <c r="N10" t="s">
-        <v>78</v>
+        <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="P10" t="s">
-        <v>80</v>
+        <v>84</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="B11" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="C11" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D11" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G11" t="s">
-        <v>71</v>
+        <v>88</v>
       </c>
       <c r="H11">
-        <v>2014</v>
+        <v>2009</v>
       </c>
       <c r="I11"/>
       <c r="J11" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="M11" t="s">
-        <v>35</v>
+        <v>46</v>
       </c>
       <c r="N11" t="s">
-        <v>27</v>
+        <v>90</v>
       </c>
       <c r="O11" t="s">
-        <v>85</v>
+        <v>91</v>
       </c>
       <c r="P11" t="s">
-        <v>86</v>
+        <v>92</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>87</v>
+        <v>93</v>
       </c>
       <c r="B12" t="s">
-        <v>88</v>
+        <v>94</v>
       </c>
       <c r="C12" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D12" t="s">
-        <v>89</v>
+        <v>95</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G12" t="s">
-        <v>22</v>
+        <v>82</v>
       </c>
       <c r="H12">
-        <v>2008</v>
-[...3 lines deleted...]
-      </c>
+        <v>2014</v>
+      </c>
+      <c r="I12"/>
       <c r="J12" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
-      <c r="L12"/>
+      <c r="L12" t="s">
+        <v>96</v>
+      </c>
       <c r="M12" t="s">
-        <v>35</v>
+        <v>46</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>90</v>
+        <v>97</v>
       </c>
       <c r="P12" t="s">
-        <v>91</v>
+        <v>98</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>92</v>
+        <v>99</v>
       </c>
       <c r="B13" t="s">
-        <v>93</v>
+        <v>100</v>
       </c>
       <c r="C13" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D13" t="s">
-        <v>94</v>
+        <v>101</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G13" t="s">
-        <v>71</v>
+        <v>82</v>
       </c>
       <c r="H13">
-        <v>2018</v>
-[...1 lines deleted...]
-      <c r="I13"/>
+        <v>2008</v>
+      </c>
+      <c r="I13">
+        <v>2020</v>
+      </c>
       <c r="J13" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13"/>
       <c r="M13" t="s">
-        <v>35</v>
+        <v>46</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>95</v>
+        <v>102</v>
       </c>
       <c r="P13" t="s">
-        <v>96</v>
+        <v>103</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>97</v>
+        <v>104</v>
       </c>
       <c r="B14" t="s">
-        <v>98</v>
+        <v>105</v>
       </c>
       <c r="C14" t="s">
-        <v>99</v>
+        <v>32</v>
       </c>
       <c r="D14" t="s">
-        <v>100</v>
+        <v>106</v>
       </c>
       <c r="E14" t="s">
-        <v>101</v>
+        <v>20</v>
       </c>
       <c r="F14" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G14" t="s">
-        <v>102</v>
-[...1 lines deleted...]
-      <c r="H14"/>
+        <v>82</v>
+      </c>
+      <c r="H14">
+        <v>2018</v>
+      </c>
       <c r="I14"/>
       <c r="J14" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14"/>
       <c r="M14" t="s">
-        <v>103</v>
+        <v>46</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>104</v>
-[...1 lines deleted...]
-      <c r="P14"/>
+        <v>107</v>
+      </c>
+      <c r="P14" t="s">
+        <v>108</v>
+      </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="B15" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="C15" t="s">
-        <v>99</v>
+        <v>18</v>
       </c>
       <c r="D15" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="E15" t="s">
-        <v>101</v>
+        <v>112</v>
       </c>
       <c r="F15" t="s">
-        <v>108</v>
+        <v>34</v>
       </c>
       <c r="G15" t="s">
-        <v>102</v>
+        <v>113</v>
       </c>
       <c r="H15"/>
       <c r="I15"/>
       <c r="J15" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15"/>
       <c r="M15" t="s">
-        <v>109</v>
+        <v>114</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>110</v>
-[...3 lines deleted...]
-      </c>
+        <v>115</v>
+      </c>
+      <c r="P15"/>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
+        <v>116</v>
+      </c>
+      <c r="B16" t="s">
+        <v>117</v>
+      </c>
+      <c r="C16" t="s">
+        <v>18</v>
+      </c>
+      <c r="D16" t="s">
+        <v>118</v>
+      </c>
+      <c r="E16" t="s">
         <v>112</v>
-      </c>
-[...10 lines deleted...]
-        <v>101</v>
       </c>
       <c r="F16" t="s">
         <v>21</v>
       </c>
       <c r="G16" t="s">
-        <v>102</v>
+        <v>113</v>
       </c>
       <c r="H16"/>
       <c r="I16"/>
       <c r="J16" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16"/>
       <c r="M16" t="s">
-        <v>103</v>
+        <v>26</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>115</v>
-[...1 lines deleted...]
-      <c r="P16"/>
+        <v>119</v>
+      </c>
+      <c r="P16" t="s">
+        <v>120</v>
+      </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>116</v>
+        <v>121</v>
       </c>
       <c r="B17" t="s">
-        <v>117</v>
+        <v>122</v>
       </c>
       <c r="C17" t="s">
-        <v>99</v>
+        <v>18</v>
       </c>
       <c r="D17" t="s">
-        <v>94</v>
+        <v>123</v>
       </c>
       <c r="E17" t="s">
-        <v>101</v>
+        <v>112</v>
       </c>
       <c r="F17" t="s">
-        <v>108</v>
+        <v>34</v>
       </c>
       <c r="G17" t="s">
-        <v>102</v>
+        <v>113</v>
       </c>
       <c r="H17"/>
       <c r="I17"/>
       <c r="J17" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
-      <c r="L17" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L17"/>
       <c r="M17" t="s">
-        <v>109</v>
+        <v>114</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>119</v>
-[...3 lines deleted...]
-      </c>
+        <v>124</v>
+      </c>
+      <c r="P17"/>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>120</v>
+        <v>125</v>
       </c>
       <c r="B18" t="s">
-        <v>121</v>
+        <v>126</v>
       </c>
       <c r="C18" t="s">
-        <v>99</v>
+        <v>18</v>
       </c>
       <c r="D18" t="s">
-        <v>122</v>
+        <v>106</v>
       </c>
       <c r="E18" t="s">
-        <v>101</v>
+        <v>112</v>
       </c>
       <c r="F18" t="s">
-        <v>108</v>
+        <v>21</v>
       </c>
       <c r="G18" t="s">
-        <v>102</v>
+        <v>113</v>
       </c>
       <c r="H18"/>
       <c r="I18"/>
       <c r="J18" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
       <c r="L18" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
       <c r="M18" t="s">
-        <v>109</v>
+        <v>26</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="P18" t="s">
-        <v>111</v>
+        <v>120</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="B19" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="C19" t="s">
-        <v>99</v>
+        <v>18</v>
       </c>
       <c r="D19" t="s">
-        <v>127</v>
+        <v>131</v>
       </c>
       <c r="E19" t="s">
-        <v>101</v>
+        <v>112</v>
       </c>
       <c r="F19" t="s">
-        <v>108</v>
+        <v>21</v>
       </c>
       <c r="G19" t="s">
-        <v>102</v>
+        <v>113</v>
       </c>
       <c r="H19"/>
       <c r="I19"/>
       <c r="J19" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="K19" t="s">
         <v>24</v>
       </c>
-      <c r="L19"/>
+      <c r="L19" t="s">
+        <v>132</v>
+      </c>
       <c r="M19" t="s">
-        <v>109</v>
+        <v>26</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="P19" t="s">
-        <v>111</v>
+        <v>120</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>129</v>
+        <v>134</v>
       </c>
       <c r="B20" t="s">
-        <v>130</v>
+        <v>135</v>
       </c>
       <c r="C20" t="s">
         <v>18</v>
       </c>
       <c r="D20" t="s">
-        <v>131</v>
+        <v>136</v>
       </c>
       <c r="E20" t="s">
-        <v>132</v>
+        <v>112</v>
       </c>
       <c r="F20" t="s">
         <v>21</v>
       </c>
       <c r="G20" t="s">
-        <v>71</v>
-[...3 lines deleted...]
-      </c>
+        <v>113</v>
+      </c>
+      <c r="H20"/>
       <c r="I20"/>
       <c r="J20" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="K20" t="s">
         <v>24</v>
       </c>
-      <c r="L20" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L20"/>
       <c r="M20" t="s">
-        <v>134</v>
+        <v>26</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="P20" t="s">
-        <v>136</v>
+        <v>120</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B21" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="C21" t="s">
-        <v>139</v>
+        <v>32</v>
       </c>
       <c r="D21" t="s">
         <v>140</v>
       </c>
       <c r="E21" t="s">
-        <v>20</v>
+        <v>141</v>
       </c>
       <c r="F21" t="s">
-        <v>108</v>
+        <v>34</v>
       </c>
       <c r="G21" t="s">
-        <v>71</v>
+        <v>142</v>
       </c>
       <c r="H21">
-        <v>2023</v>
+        <v>2021</v>
       </c>
       <c r="I21"/>
       <c r="J21" t="s">
-        <v>141</v>
+        <v>44</v>
       </c>
       <c r="K21" t="s">
         <v>24</v>
       </c>
       <c r="L21" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="M21" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="P21" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="B22" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="C22" t="s">
-        <v>18</v>
+        <v>149</v>
       </c>
       <c r="D22" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
         <v>21</v>
       </c>
       <c r="G22" t="s">
-        <v>71</v>
+        <v>88</v>
       </c>
       <c r="H22">
-        <v>2014</v>
+        <v>2023</v>
       </c>
       <c r="I22"/>
       <c r="J22" t="s">
-        <v>33</v>
+        <v>151</v>
       </c>
       <c r="K22" t="s">
         <v>24</v>
       </c>
       <c r="L22" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="M22" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="P22" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>153</v>
+        <v>156</v>
       </c>
       <c r="B23" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="C23" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D23" t="s">
-        <v>155</v>
+        <v>158</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G23" t="s">
-        <v>71</v>
+        <v>88</v>
       </c>
       <c r="H23">
-        <v>2017</v>
+        <v>2014</v>
       </c>
       <c r="I23"/>
       <c r="J23" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="K23" t="s">
         <v>24</v>
       </c>
       <c r="L23" t="s">
-        <v>156</v>
+        <v>159</v>
       </c>
       <c r="M23" t="s">
-        <v>26</v>
+        <v>160</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
-        <v>157</v>
+        <v>161</v>
       </c>
       <c r="P23" t="s">
-        <v>158</v>
+        <v>162</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>159</v>
+        <v>163</v>
       </c>
       <c r="B24" t="s">
-        <v>160</v>
+        <v>164</v>
       </c>
       <c r="C24" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D24" t="s">
-        <v>161</v>
+        <v>165</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G24" t="s">
-        <v>71</v>
+        <v>88</v>
       </c>
       <c r="H24">
         <v>2017</v>
       </c>
       <c r="I24"/>
       <c r="J24" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="K24" t="s">
         <v>24</v>
       </c>
       <c r="L24" t="s">
-        <v>162</v>
+        <v>166</v>
       </c>
       <c r="M24" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24" t="s">
-        <v>163</v>
+        <v>167</v>
       </c>
       <c r="P24" t="s">
-        <v>164</v>
+        <v>168</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>165</v>
+        <v>169</v>
       </c>
       <c r="B25" t="s">
-        <v>166</v>
+        <v>170</v>
       </c>
       <c r="C25" t="s">
-        <v>99</v>
+        <v>32</v>
       </c>
       <c r="D25" t="s">
-        <v>114</v>
+        <v>171</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
-        <v>108</v>
+        <v>34</v>
       </c>
       <c r="G25" t="s">
-        <v>71</v>
+        <v>82</v>
       </c>
       <c r="H25">
-        <v>2023</v>
+        <v>2017</v>
       </c>
       <c r="I25"/>
       <c r="J25" t="s">
-        <v>167</v>
+        <v>44</v>
       </c>
       <c r="K25" t="s">
         <v>24</v>
       </c>
-      <c r="L25"/>
+      <c r="L25" t="s">
+        <v>172</v>
+      </c>
       <c r="M25" t="s">
-        <v>109</v>
+        <v>37</v>
       </c>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
-        <v>168</v>
+        <v>173</v>
       </c>
       <c r="P25" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>170</v>
+        <v>175</v>
       </c>
       <c r="B26" t="s">
-        <v>171</v>
+        <v>176</v>
       </c>
       <c r="C26" t="s">
-        <v>99</v>
+        <v>18</v>
       </c>
       <c r="D26" t="s">
-        <v>52</v>
+        <v>123</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
-        <v>108</v>
+        <v>21</v>
       </c>
       <c r="G26" t="s">
-        <v>22</v>
+        <v>88</v>
       </c>
       <c r="H26">
-        <v>2015</v>
-[...1 lines deleted...]
-      <c r="I26">
         <v>2023</v>
       </c>
+      <c r="I26"/>
       <c r="J26" t="s">
-        <v>167</v>
+        <v>177</v>
       </c>
       <c r="K26" t="s">
         <v>24</v>
       </c>
       <c r="L26"/>
       <c r="M26" t="s">
-        <v>172</v>
+        <v>26</v>
       </c>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
-        <v>173</v>
+        <v>178</v>
       </c>
       <c r="P26" t="s">
-        <v>174</v>
+        <v>179</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>175</v>
+        <v>180</v>
       </c>
       <c r="B27" t="s">
-        <v>176</v>
+        <v>181</v>
       </c>
       <c r="C27" t="s">
-        <v>99</v>
+        <v>18</v>
       </c>
       <c r="D27" t="s">
-        <v>94</v>
+        <v>64</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
-        <v>108</v>
+        <v>21</v>
       </c>
       <c r="G27" t="s">
-        <v>71</v>
+        <v>22</v>
       </c>
       <c r="H27">
+        <v>2015</v>
+      </c>
+      <c r="I27">
         <v>2023</v>
       </c>
-      <c r="I27"/>
       <c r="J27" t="s">
-        <v>167</v>
+        <v>177</v>
       </c>
       <c r="K27" t="s">
         <v>24</v>
       </c>
       <c r="L27"/>
       <c r="M27" t="s">
-        <v>172</v>
+        <v>182</v>
       </c>
       <c r="N27" t="s">
         <v>27</v>
       </c>
       <c r="O27" t="s">
-        <v>177</v>
+        <v>183</v>
       </c>
       <c r="P27" t="s">
-        <v>174</v>
+        <v>184</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>178</v>
+        <v>185</v>
       </c>
       <c r="B28" t="s">
-        <v>179</v>
+        <v>186</v>
       </c>
       <c r="C28" t="s">
-        <v>99</v>
+        <v>18</v>
       </c>
       <c r="D28" t="s">
-        <v>89</v>
+        <v>106</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
-        <v>108</v>
+        <v>21</v>
       </c>
       <c r="G28" t="s">
-        <v>22</v>
+        <v>88</v>
       </c>
       <c r="H28">
-        <v>2022</v>
-[...3 lines deleted...]
-      </c>
+        <v>2023</v>
+      </c>
+      <c r="I28"/>
       <c r="J28" t="s">
-        <v>167</v>
+        <v>177</v>
       </c>
       <c r="K28" t="s">
         <v>24</v>
       </c>
       <c r="L28"/>
       <c r="M28" t="s">
-        <v>172</v>
+        <v>182</v>
       </c>
       <c r="N28" t="s">
         <v>27</v>
       </c>
       <c r="O28" t="s">
-        <v>180</v>
+        <v>187</v>
       </c>
       <c r="P28" t="s">
-        <v>174</v>
+        <v>184</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>181</v>
+        <v>188</v>
       </c>
       <c r="B29" t="s">
-        <v>182</v>
+        <v>189</v>
       </c>
       <c r="C29" t="s">
-        <v>99</v>
+        <v>18</v>
       </c>
       <c r="D29" t="s">
-        <v>183</v>
+        <v>101</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
-        <v>108</v>
+        <v>21</v>
       </c>
       <c r="G29" t="s">
         <v>22</v>
       </c>
       <c r="H29">
+        <v>2022</v>
+      </c>
+      <c r="I29">
         <v>2024</v>
       </c>
-      <c r="I29">
-[...1 lines deleted...]
-      </c>
       <c r="J29" t="s">
-        <v>167</v>
+        <v>177</v>
       </c>
       <c r="K29" t="s">
         <v>24</v>
       </c>
       <c r="L29"/>
       <c r="M29" t="s">
-        <v>172</v>
+        <v>182</v>
       </c>
       <c r="N29" t="s">
         <v>27</v>
       </c>
       <c r="O29" t="s">
+        <v>190</v>
+      </c>
+      <c r="P29" t="s">
         <v>184</v>
-      </c>
-[...1 lines deleted...]
-        <v>174</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>185</v>
+        <v>191</v>
       </c>
       <c r="B30" t="s">
-        <v>186</v>
+        <v>192</v>
       </c>
       <c r="C30" t="s">
-        <v>99</v>
+        <v>18</v>
       </c>
       <c r="D30" t="s">
-        <v>187</v>
+        <v>193</v>
       </c>
       <c r="E30" t="s">
         <v>20</v>
       </c>
       <c r="F30" t="s">
-        <v>108</v>
+        <v>21</v>
       </c>
       <c r="G30" t="s">
-        <v>71</v>
-[...4 lines deleted...]
-      <c r="I30"/>
+        <v>22</v>
+      </c>
+      <c r="H30"/>
+      <c r="I30">
+        <v>2024</v>
+      </c>
       <c r="J30" t="s">
-        <v>167</v>
+        <v>177</v>
       </c>
       <c r="K30" t="s">
         <v>24</v>
       </c>
       <c r="L30"/>
       <c r="M30" t="s">
-        <v>172</v>
+        <v>182</v>
       </c>
       <c r="N30" t="s">
         <v>27</v>
       </c>
       <c r="O30" t="s">
-        <v>188</v>
+        <v>194</v>
       </c>
       <c r="P30" t="s">
-        <v>174</v>
+        <v>184</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>189</v>
+        <v>195</v>
       </c>
       <c r="B31" t="s">
-        <v>190</v>
+        <v>196</v>
       </c>
       <c r="C31" t="s">
-        <v>139</v>
+        <v>18</v>
       </c>
       <c r="D31" t="s">
-        <v>52</v>
+        <v>197</v>
       </c>
       <c r="E31" t="s">
-        <v>101</v>
+        <v>20</v>
       </c>
       <c r="F31" t="s">
-        <v>108</v>
+        <v>21</v>
       </c>
       <c r="G31" t="s">
-        <v>102</v>
-[...1 lines deleted...]
-      <c r="H31"/>
+        <v>88</v>
+      </c>
+      <c r="H31">
+        <v>2025</v>
+      </c>
       <c r="I31"/>
       <c r="J31" t="s">
-        <v>191</v>
+        <v>177</v>
       </c>
       <c r="K31" t="s">
         <v>24</v>
       </c>
       <c r="L31"/>
       <c r="M31" t="s">
-        <v>192</v>
+        <v>182</v>
       </c>
       <c r="N31" t="s">
         <v>27</v>
       </c>
       <c r="O31" t="s">
-        <v>193</v>
+        <v>198</v>
       </c>
       <c r="P31" t="s">
-        <v>194</v>
+        <v>184</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>195</v>
+        <v>199</v>
       </c>
       <c r="B32" t="s">
-        <v>196</v>
+        <v>200</v>
       </c>
       <c r="C32" t="s">
-        <v>99</v>
+        <v>149</v>
       </c>
       <c r="D32" t="s">
-        <v>197</v>
+        <v>64</v>
       </c>
       <c r="E32" t="s">
-        <v>20</v>
+        <v>112</v>
       </c>
       <c r="F32" t="s">
-        <v>108</v>
+        <v>21</v>
       </c>
       <c r="G32" t="s">
-        <v>22</v>
-[...6 lines deleted...]
-      </c>
+        <v>113</v>
+      </c>
+      <c r="H32"/>
+      <c r="I32"/>
       <c r="J32" t="s">
-        <v>198</v>
+        <v>201</v>
       </c>
       <c r="K32" t="s">
         <v>24</v>
       </c>
-      <c r="L32" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L32"/>
       <c r="M32" t="s">
-        <v>109</v>
+        <v>202</v>
       </c>
       <c r="N32" t="s">
         <v>27</v>
       </c>
       <c r="O32" t="s">
-        <v>200</v>
+        <v>203</v>
       </c>
       <c r="P32" t="s">
-        <v>201</v>
+        <v>204</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>202</v>
+        <v>205</v>
       </c>
       <c r="B33" t="s">
-        <v>203</v>
+        <v>206</v>
       </c>
       <c r="C33" t="s">
-        <v>99</v>
+        <v>18</v>
       </c>
       <c r="D33" t="s">
-        <v>204</v>
+        <v>207</v>
       </c>
       <c r="E33" t="s">
         <v>20</v>
       </c>
       <c r="F33" t="s">
-        <v>108</v>
+        <v>21</v>
       </c>
       <c r="G33" t="s">
-        <v>71</v>
+        <v>88</v>
       </c>
       <c r="H33">
         <v>2021</v>
       </c>
       <c r="I33"/>
       <c r="J33" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="K33" t="s">
         <v>24</v>
       </c>
       <c r="L33" t="s">
-        <v>205</v>
+        <v>208</v>
       </c>
       <c r="M33" t="s">
-        <v>103</v>
+        <v>114</v>
       </c>
       <c r="N33" t="s">
         <v>27</v>
       </c>
       <c r="O33" t="s">
-        <v>206</v>
+        <v>209</v>
       </c>
       <c r="P33" t="s">
-        <v>207</v>
+        <v>210</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>208</v>
+        <v>211</v>
       </c>
       <c r="B34" t="s">
-        <v>209</v>
+        <v>212</v>
       </c>
       <c r="C34" t="s">
-        <v>99</v>
+        <v>18</v>
       </c>
       <c r="D34" t="s">
-        <v>183</v>
+        <v>193</v>
       </c>
       <c r="E34" t="s">
         <v>20</v>
       </c>
       <c r="F34" t="s">
-        <v>108</v>
+        <v>21</v>
       </c>
       <c r="G34" t="s">
-        <v>71</v>
+        <v>142</v>
       </c>
       <c r="H34">
         <v>2021</v>
       </c>
       <c r="I34"/>
       <c r="J34" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="K34" t="s">
         <v>24</v>
       </c>
       <c r="L34" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
       <c r="M34" t="s">
-        <v>103</v>
+        <v>114</v>
       </c>
       <c r="N34" t="s">
         <v>27</v>
       </c>
       <c r="O34" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="P34" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>213</v>
+        <v>216</v>
       </c>
       <c r="B35" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="C35" t="s">
-        <v>99</v>
+        <v>18</v>
       </c>
       <c r="D35" t="s">
-        <v>215</v>
+        <v>218</v>
       </c>
       <c r="E35" t="s">
         <v>20</v>
       </c>
       <c r="F35" t="s">
-        <v>108</v>
+        <v>21</v>
       </c>
       <c r="G35" t="s">
-        <v>71</v>
+        <v>88</v>
       </c>
       <c r="H35">
         <v>2021</v>
       </c>
       <c r="I35"/>
       <c r="J35" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="K35" t="s">
         <v>24</v>
       </c>
       <c r="L35" t="s">
-        <v>216</v>
+        <v>219</v>
       </c>
       <c r="M35" t="s">
-        <v>103</v>
+        <v>114</v>
       </c>
       <c r="N35" t="s">
         <v>27</v>
       </c>
       <c r="O35" t="s">
-        <v>217</v>
+        <v>220</v>
       </c>
       <c r="P35" t="s">
-        <v>218</v>
+        <v>221</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>219</v>
+        <v>222</v>
       </c>
       <c r="B36" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="C36" t="s">
-        <v>99</v>
+        <v>18</v>
       </c>
       <c r="D36" t="s">
-        <v>140</v>
+        <v>150</v>
       </c>
       <c r="E36" t="s">
         <v>20</v>
       </c>
       <c r="F36" t="s">
-        <v>108</v>
+        <v>21</v>
       </c>
       <c r="G36" t="s">
-        <v>22</v>
+        <v>43</v>
       </c>
       <c r="H36">
         <v>2021</v>
       </c>
       <c r="I36"/>
       <c r="J36" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="K36" t="s">
         <v>24</v>
       </c>
       <c r="L36" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
       <c r="M36" t="s">
-        <v>103</v>
+        <v>114</v>
       </c>
       <c r="N36" t="s">
         <v>27</v>
       </c>
       <c r="O36" t="s">
-        <v>222</v>
+        <v>225</v>
       </c>
       <c r="P36" t="s">
-        <v>223</v>
+        <v>226</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>224</v>
+        <v>227</v>
       </c>
       <c r="B37" t="s">
-        <v>225</v>
+        <v>228</v>
       </c>
       <c r="C37" t="s">
-        <v>99</v>
+        <v>18</v>
       </c>
       <c r="D37" t="s">
-        <v>226</v>
+        <v>229</v>
       </c>
       <c r="E37" t="s">
         <v>20</v>
       </c>
       <c r="F37" t="s">
-        <v>108</v>
+        <v>21</v>
       </c>
       <c r="G37" t="s">
-        <v>71</v>
+        <v>88</v>
       </c>
       <c r="H37">
         <v>2021</v>
       </c>
       <c r="I37"/>
       <c r="J37" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="K37" t="s">
         <v>24</v>
       </c>
       <c r="L37"/>
       <c r="M37" t="s">
-        <v>109</v>
+        <v>26</v>
       </c>
       <c r="N37" t="s">
         <v>27</v>
       </c>
       <c r="O37" t="s">
-        <v>227</v>
+        <v>230</v>
       </c>
       <c r="P37" t="s">
-        <v>228</v>
+        <v>231</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>229</v>
+        <v>232</v>
       </c>
       <c r="B38" t="s">
-        <v>230</v>
+        <v>233</v>
       </c>
       <c r="C38" t="s">
-        <v>99</v>
+        <v>18</v>
       </c>
       <c r="D38" t="s">
-        <v>52</v>
+        <v>64</v>
       </c>
       <c r="E38" t="s">
         <v>20</v>
       </c>
       <c r="F38" t="s">
-        <v>108</v>
+        <v>21</v>
       </c>
       <c r="G38" t="s">
         <v>22</v>
       </c>
       <c r="H38">
         <v>2015</v>
       </c>
       <c r="I38">
         <v>2018</v>
       </c>
       <c r="J38" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="K38" t="s">
         <v>24</v>
       </c>
       <c r="L38" t="s">
-        <v>231</v>
+        <v>234</v>
       </c>
       <c r="M38" t="s">
-        <v>109</v>
+        <v>26</v>
       </c>
       <c r="N38" t="s">
         <v>27</v>
       </c>
       <c r="O38" t="s">
-        <v>232</v>
+        <v>235</v>
       </c>
       <c r="P38" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>234</v>
+        <v>237</v>
       </c>
       <c r="B39" t="s">
-        <v>235</v>
+        <v>238</v>
       </c>
       <c r="C39" t="s">
-        <v>99</v>
+        <v>18</v>
       </c>
       <c r="D39" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="E39" t="s">
         <v>20</v>
       </c>
       <c r="F39" t="s">
-        <v>41</v>
+        <v>52</v>
       </c>
       <c r="G39" t="s">
         <v>22</v>
       </c>
       <c r="H39">
         <v>2013</v>
       </c>
       <c r="I39">
         <v>2016</v>
       </c>
       <c r="J39" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="K39" t="s">
         <v>24</v>
       </c>
       <c r="L39" t="s">
-        <v>237</v>
+        <v>240</v>
       </c>
       <c r="M39" t="s">
-        <v>109</v>
+        <v>26</v>
       </c>
       <c r="N39" t="s">
         <v>27</v>
       </c>
       <c r="O39" t="s">
-        <v>238</v>
+        <v>241</v>
       </c>
       <c r="P39" t="s">
-        <v>239</v>
+        <v>242</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">