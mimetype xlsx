--- v0 (2025-11-10)
+++ v1 (2026-02-10)
@@ -12,143 +12,235 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="60">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
+    <t>3794/2018 Energy efficiency of household and similar electrical appliances - measurement and calculation methods for energy consumption of refrigerrators, refrigerator-freezers and freezers</t>
+  </si>
+  <si>
+    <t>This standard specifies the requirements of energy efficiency for refrigerators, refrigerator-freezers and freezers. The standard applies to refrigerators, refrigerator-freezers and freezers that operate using 50 Hz AC and with a voltage not exceeding 250 V for single-face appliances and 480 V for other appliances.</t>
+  </si>
+  <si>
+    <t>Egypt</t>
+  </si>
+  <si>
+    <t>Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>Mandatory</t>
+  </si>
+  <si>
+    <t>Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
+    <t>October 2022</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>NT 81.70 NT 81.71</t>
+  </si>
+  <si>
+    <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/37942018-energy-efficiency-household-and-similar-electrical-appliances-measurement-and</t>
+  </si>
+  <si>
+    <t>http://www.eos.org.eg/en/standard/4358</t>
+  </si>
+  <si>
     <t>GB 12021.2-2025 Maximum Allowable Values of Energy Consumption and Energy Efficiency Grade for Household Refrigerating Appliance</t>
   </si>
   <si>
     <t>The new standard revises Minimum Energy Performance Standards (MEPS) for household refrigerators and semi-conductor refrigerators with volume no greater than 60 L. The revised MEPS significantly raises the minimum energy efficiency thresholds for mainstream refrigerators and freezers, tightening the requirements from Grade 5 (Total Energy Efficiency Index, TEEI: 90%) through to Grade 1+ (TEEI: 40%). For all refrigerators excluding semiconductor models, the Total Energy Efficiency Index (TEEI) will now serve as the sole metric for energy efficiency.</t>
   </si>
   <si>
     <t>China</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
-    <t>Mandatory</t>
-[...4 lines deleted...]
-  <si>
     <t>Published, Revised</t>
   </si>
   <si>
     <t>June 2025</t>
-  </si>
-[...1 lines deleted...]
-    <t>Electricity</t>
   </si>
   <si>
     <t>IEC62552-3:2020
 ,   
                     IEC62552-3
 ,</t>
   </si>
   <si>
     <t>The Standardization Administration of China (SAC)</t>
   </si>
   <si>
-    <t>Energy Efficiency</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-120212-2025-maximum-allowable-values-energy-consumption-and-energy-efficiency-grade</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=36A29D07E29DD444E06397BE0A0ACC4C</t>
+  </si>
+  <si>
+    <t>GB 26969-2025 Minimum allowable values of energy efficiency and energy efficiency grades for domestic solar water heating systems</t>
+  </si>
+  <si>
+    <t>This standard revises minimum energy performance standards (MEPS) and energy efficiency grades for domestic solar water heating systems with the volume of storage water tank not exceeding 0.6 cubic meter. It replaces GB 26969-2011, and will be effective starting 2026 August.</t>
+  </si>
+  <si>
+    <t>Storage Water Heaters</t>
+  </si>
+  <si>
+    <t>November 2025</t>
+  </si>
+  <si>
+    <t>GB/T 18708
+,   
+                    GB/T 19741</t>
+  </si>
+  <si>
+    <t>The Standardization Administration of China</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gb-26969-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
+  </si>
+  <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=3B49408EC3820811E06397BE0A0A2D54</t>
+  </si>
+  <si>
+    <t>GB 38448-2025 Minimum allowable values and grades of the energy efficiency and water efficiency for smart toilets</t>
+  </si>
+  <si>
+    <t>This standard revises energy efficiency and water efficiency standards and rating for smart toilets. It replaces GB 38448-2019 and will be effective starting April 2027.</t>
+  </si>
+  <si>
+    <t>Toilets</t>
+  </si>
+  <si>
+    <t>Energy Efficiency, Water Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gb-38448-2025-minimum-allowable-values-and-grades-energy-efficiency-and-water-efficiency-0</t>
+  </si>
+  <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=3B49408EC3850811E06397BE0A0A2D54</t>
+  </si>
+  <si>
+    <t>GB30720—2025 Minimum allowable values of energy efficiency and energy efficiency grades for gas cooking appliances</t>
+  </si>
+  <si>
+    <t>This revised energy efficiency standards and grades apply to household gas stoves and integrated stoves using utility gas with a rated heat load not exceeding 5.23 kW, and commercial cooking stoves with a rated heat load not exceeding 60 kW, large pot stoves with a rated heat load not exceeding 80 kW, and water-jacketed or steam-generating steam cabinets and steam generators with a rated heat load not exceeding 80 kW.</t>
+  </si>
+  <si>
+    <t>Steam Cookers, LPG Stoves, Cooktops or Hobs</t>
+  </si>
+  <si>
+    <t>Cookstoves, Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gb30720-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-gas</t>
+  </si>
+  <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=301E0388CB71788DE06397BE0A0AE1B4</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -452,73 +544,73 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P2"/>
+  <dimension ref="A1:P6"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="152.106" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="224.088" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="654.697" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="51.845" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="36.42" bestFit="true" customWidth="true" style="0"/>
-    <col min="13" max="13" width="58.843" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="15" max="15" width="152.106" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="80.123" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="95.405" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -551,75 +643,271 @@
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>16</v>
       </c>
       <c r="B2" t="s">
         <v>17</v>
       </c>
       <c r="C2" t="s">
         <v>18</v>
       </c>
       <c r="D2" t="s">
         <v>19</v>
       </c>
       <c r="E2" t="s">
         <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>21</v>
       </c>
       <c r="G2" t="s">
         <v>22</v>
       </c>
       <c r="H2">
-        <v>1989</v>
+        <v>2003</v>
       </c>
       <c r="I2">
-        <v>2025</v>
+        <v>2018</v>
       </c>
       <c r="J2" t="s">
         <v>23</v>
       </c>
       <c r="K2" t="s">
         <v>24</v>
       </c>
       <c r="L2" t="s">
         <v>25</v>
       </c>
       <c r="M2" t="s">
         <v>26</v>
       </c>
       <c r="N2" t="s">
         <v>27</v>
       </c>
       <c r="O2" t="s">
         <v>28</v>
       </c>
       <c r="P2" t="s">
         <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>34</v>
+      </c>
+      <c r="H3">
+        <v>1989</v>
+      </c>
+      <c r="I3">
+        <v>2025</v>
+      </c>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>36</v>
+      </c>
+      <c r="M3" t="s">
+        <v>37</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>38</v>
+      </c>
+      <c r="P3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D4" t="s">
+        <v>42</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>8</v>
+      </c>
+      <c r="H4">
+        <v>2011</v>
+      </c>
+      <c r="I4">
+        <v>2025</v>
+      </c>
+      <c r="J4" t="s">
+        <v>43</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>44</v>
+      </c>
+      <c r="M4" t="s">
+        <v>45</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>46</v>
+      </c>
+      <c r="P4" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>48</v>
+      </c>
+      <c r="B5" t="s">
+        <v>49</v>
+      </c>
+      <c r="C5" t="s">
+        <v>32</v>
+      </c>
+      <c r="D5" t="s">
+        <v>50</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>8</v>
+      </c>
+      <c r="H5">
+        <v>2019</v>
+      </c>
+      <c r="I5">
+        <v>2025</v>
+      </c>
+      <c r="J5" t="s">
+        <v>43</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>45</v>
+      </c>
+      <c r="N5" t="s">
+        <v>51</v>
+      </c>
+      <c r="O5" t="s">
+        <v>52</v>
+      </c>
+      <c r="P5" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>54</v>
+      </c>
+      <c r="B6" t="s">
+        <v>55</v>
+      </c>
+      <c r="C6" t="s">
+        <v>32</v>
+      </c>
+      <c r="D6" t="s">
+        <v>56</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>8</v>
+      </c>
+      <c r="H6">
+        <v>2014</v>
+      </c>
+      <c r="I6">
+        <v>2025</v>
+      </c>
+      <c r="J6" t="s">
+        <v>43</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>45</v>
+      </c>
+      <c r="N6" t="s">
+        <v>57</v>
+      </c>
+      <c r="O6" t="s">
+        <v>58</v>
+      </c>
+      <c r="P6" t="s">
+        <v>59</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">