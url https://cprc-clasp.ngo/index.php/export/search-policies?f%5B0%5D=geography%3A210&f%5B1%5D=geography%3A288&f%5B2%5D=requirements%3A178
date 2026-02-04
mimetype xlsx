--- v0 (2025-12-17)
+++ v1 (2026-02-04)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="99">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="100">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -80,51 +80,51 @@
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Eco-Design Requirements for Water Pump Energy Efficiency (8441/2021)</t>
   </si>
   <si>
     <t>This standard establishes ecodesign requirements for rotodynamic water pumps for pumping clean water, including those integrated into other products, and efficiency labeling requirements.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Pumps</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, New</t>
+    <t>Entered into force, New, Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>ICS 23.080</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards and Quality</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/eco-design-requirements-water-pump-energy-efficiency-84412021</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/15248</t>
   </si>
   <si>
     <t>Energy Saving Labeling Program - Air Conditioners</t>
   </si>
@@ -307,50 +307,53 @@
     <t>Rice Cookers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-labeling-program-rice-cookers</t>
   </si>
   <si>
     <t>Energy-Saving Labeling Program - Routers</t>
   </si>
   <si>
     <t>It covers routers</t>
   </si>
   <si>
     <t>Networking Equipment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-labeling-program-routers</t>
   </si>
   <si>
     <t>Energy-Saving Labeling Program - Space heaters</t>
   </si>
   <si>
     <t>Space heaters using gas or oil for fuel</t>
   </si>
   <si>
     <t>Boilers and Furnaces</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>Gas, Oil</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-labeling-program-space-heaters</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -674,51 +677,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P14"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="81.266" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="474.17" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="287.787" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="122.542" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="101.404" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -1340,71 +1343,71 @@
       </c>
       <c r="P13" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
         <v>94</v>
       </c>
       <c r="B14" t="s">
         <v>95</v>
       </c>
       <c r="C14" t="s">
         <v>32</v>
       </c>
       <c r="D14" t="s">
         <v>96</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
         <v>34</v>
       </c>
       <c r="G14" t="s">
-        <v>22</v>
+        <v>97</v>
       </c>
       <c r="H14">
         <v>2006</v>
       </c>
       <c r="I14"/>
       <c r="J14" t="s">
         <v>72</v>
       </c>
       <c r="K14" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="L14"/>
       <c r="M14" t="s">
         <v>37</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="P14" t="s">
         <v>39</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>