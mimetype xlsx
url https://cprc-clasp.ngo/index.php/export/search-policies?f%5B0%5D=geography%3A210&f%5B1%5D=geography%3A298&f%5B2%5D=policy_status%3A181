--- v0 (2025-10-15)
+++ v1 (2025-12-05)
@@ -12,654 +12,898 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="179">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="257">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>3794 / 2024 Energy Efficiency of Household and Similar Electrical Appliances Measurement and Calculation Methods for Energy Consumption of Refrigerators, Refrigerator-Freezers and Freezers</t>
   </si>
   <si>
+    <t>This standard is mandatory and provides energy efficiency measurement and calculation methods for energy consumption of refrigerators, refrigerator-freezers and freezers.</t>
+  </si>
+  <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Refrigeration, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>April 2025</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>ICS 97.040.30</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards &amp; Quality</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3794-2024-energy-efficiency-household-and-similar-electrical-appliances-measurement-and</t>
   </si>
   <si>
+    <t>https://www.eos.org.eg/en/standard/4358</t>
+  </si>
+  <si>
     <t>3794/2018 Energy efficiency of household and similar electrical appliances - measurement and calculation methods for energy consumption of refrigerrators, refrigerator-freezers and freezers</t>
   </si>
   <si>
+    <t>This standard specifies the requirements of energy efficiency for refrigerators, refrigerator-freezers and freezers. The standard applies to refrigerators, refrigerator-freezers and freezers that operate using 50 Hz AC and with a voltage not exceeding 250 V for single-face appliances and 480 V for other appliances.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>NT 81.70 NT 81.71</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/37942018-energy-efficiency-household-and-similar-electrical-appliances-measurement-and</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/4358</t>
+  </si>
+  <si>
     <t>3795-1/2016 Energy efficiency label requirements for air conditioners part 1: room air conditioner (window-split) with fixed capacity and fixed compressor</t>
+  </si>
+  <si>
+    <t>This standard establishes label requirements for room air conditioners, both window and split with fixed capacity and fixed compressors.</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Air Conditioning, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3795-12016-energy-efficiency-label-requirements-air-conditioners-part-1-room-air</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/14491</t>
+  </si>
+  <si>
     <t>3795-2/2017 Energy Efficiency Label Requirements For Air Conditioners Part 2: Variable Capacity Room Air Conditioner (Window-Split) with Variable Speed Compressor</t>
+  </si>
+  <si>
+    <t>This standard establishes label requirements for room air conditioners, both window and split with variable speed compressors.</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3795-22017-energy-efficiency-label-requirements-air-conditioners-part-2-variable-capacity</t>
   </si>
   <si>
+    <t>http://eos.org.eg/en/standard/14613</t>
+  </si>
+  <si>
     <t>3795-5/2018 Energy efficiency label requirements for air conditioners part 5: fixed capacity ducted room air conditioner with fixed speed compressor</t>
   </si>
   <si>
+    <t>This standard establishes requirements for fixed-capacity ducted room air conditioners with fixed-speed compressors.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3795-52018-energy-efficiency-label-requirements-air-conditioners-part-5-fixed-capacity</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/14798</t>
+  </si>
+  <si>
     <t>3795/2023 Energy Efficiency Label Requirements for Air Conditioner Room Air Conditioner (Window - Split)</t>
   </si>
   <si>
+    <t>This standard is mandatory and applies to window and split air conditioners.</t>
+  </si>
+  <si>
     <t>Africa, Egypt</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>ICS 23.120 - 27.015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/37952023-energy-efficiency-label-requirements-air-conditioner-room-air-conditioner-window</t>
   </si>
   <si>
+    <t>https://www.eos.org.eg/en/standard/8643</t>
+  </si>
+  <si>
     <t>4100/2006 Energy Efficiency of Households and similar Electrical appliances methods for measuring and calculation energy consumption of washing machine</t>
+  </si>
+  <si>
+    <t>This standard specifies the energy efficiency specifications for washing machines.</t>
   </si>
   <si>
     <t>Laundry, Washing Machines</t>
   </si>
   <si>
     <t>IEC 60465/2003+cor1/2005
 ,   
                       IEC-60335-1/2001-Amd 1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/41002006-energy-efficiency-households-and-similar-electrical-appliances-methods-measuring</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/4472</t>
+  </si>
+  <si>
     <t>5806/2019 Energy efficiency of households and similar Electrical appliances methods for measuring and calculation energy consumption for electric water heaters</t>
   </si>
   <si>
+    <t>This standard specifies the requirement and method of calculation of energy efficiency for electric water heaters.</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/58062019-energy-efficiency-households-and-similar-electrical-appliances-methods-measuring</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/6413</t>
+  </si>
+  <si>
     <t>6977/2009 Energy Efficiency Of Distribution Transformers</t>
+  </si>
+  <si>
+    <t>This standard specifies the energy efficiency of distribution transformers.</t>
   </si>
   <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>IEC 60076-ser/2008
 ,   
                     ES 1886: Power Transformers Dry Type
 ,   
                     ES 4885-1 Instrument transformers part-1Current transformer
 ,   
                     ES 4885-1 Instrument transformers part-2 Inductive voltage transformer</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/69772009-energy-efficiency-distribution-transformers</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/10626</t>
+  </si>
+  <si>
     <t>7821/2014 Energy efficiency of household electrical appliances Methods for measuring and calculating energy efficiency of electric circulating air fans</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and testing methods for electric circulating air fans.</t>
+  </si>
+  <si>
     <t>Integrated Fans</t>
   </si>
   <si>
     <t>IEC 60879</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/78212014-energy-efficiency-household-electrical-appliances-methods-measuring-and</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/14009</t>
+  </si>
+  <si>
     <t>7823/2020 Energy efficiency requirements for electrical lamps and luminaires</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and labeling requirements for filament lamps; fluorescent lamps; compact fluorescent lamps; high-intensity discharge lamps; LED lamps.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/78232020-energy-efficiency-requirements-electrical-lamps-and-luminaires</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/14011</t>
+  </si>
+  <si>
     <t>7993/2018 Energy Efficiency Label For Televisions And Displays</t>
   </si>
   <si>
+    <t>This standard specifies the energy efficiency requirements for televisions and display units.</t>
+  </si>
+  <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/79932018-energy-efficiency-label-televisions-and-displays</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/14349</t>
+  </si>
+  <si>
     <t>Eco-Design Requirements for Water Pump Energy Efficiency (8441/2021)</t>
   </si>
   <si>
+    <t>This standard establishes ecodesign requirements for rotodynamic water pumps for pumping clean water, including those integrated into other products, and efficiency labeling requirements.</t>
+  </si>
+  <si>
     <t>Pumps</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>ICS 23.080</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards and Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/eco-design-requirements-water-pump-energy-efficiency-84412021</t>
   </si>
   <si>
+    <t>https://www.eos.org.eg/en/standard/15248</t>
+  </si>
+  <si>
     <t>Energy Conservation (Regulated Goods and Registered Suppliers) Regulations 2017</t>
+  </si>
+  <si>
+    <t>This regulation specifies the MEPS and labeling requirements for air‑conditioners; single-phase clothes dryers; single-phase lamps; ballasts for fluorescent lamps; single-phase refrigerators without freezers, refrigerators with freezers, and refrigerators with freezers and through-the-door ice dispensers; single‑phase televisions; and single speed three-phase 50 Hz induction motors.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Televisions, Clothes Dryers, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, 3-Phase Motors, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Single-phase non-ducted room air conditioners: ISO 5151:2017,  ISO 15042:2017
 ,   
                     Refrigerators: ISO 15502:2005; IEC 62552:2007
 ,   
                     Clothes Dryers: IEC 61121:2005
 ,   
                     Televisions: IEC 62087:2008
 ,   
                     General Lighting: CIE 84:1989; IEC 60064
 ,   
                     Three-phase VRF air-conditioners: ISO 15042:2017
 ,   
                     Three-phase induction motors: IEC 60032:2014</t>
   </si>
   <si>
     <t>Minister for the Environment and Water Resources </t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-regulated-goods-and-registered-suppliers-regulations-2017</t>
   </si>
   <si>
+    <t>https://sso.agc.gov.sg/Act/ECA2012/Uncommenced/20171227?ValidDt=20180101&amp;ViewType=Sl</t>
+  </si>
+  <si>
     <t>Energy Efficiency of Household and Similar Electrical Appliances</t>
   </si>
   <si>
+    <t>This standard identifies the methods of measuring and calculating energy efficiency and sets a maximum limit to the values of energy consumption. The standard aims to reduce the consumption of electric power.</t>
+  </si>
+  <si>
     <t>Kitchen, Dishwashers</t>
   </si>
   <si>
     <t>IEC60436:2004, A1:2009, A2:2012</t>
   </si>
   <si>
     <t>Egyptian Organisation for Standards and Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-household-and-similar-electrical-appliances</t>
   </si>
   <si>
+    <t>https://www.eos.org.eg/en/standard/14008</t>
+  </si>
+  <si>
     <t>Energy Efficiency Of Household Electrical Appliances Methods For Measuring And Calculating Energy Efficiency Of Domestic Ovens (ES 8058/2017)</t>
+  </si>
+  <si>
+    <t>This standard establishes the methods of measuring and calculating the energy efficiency of electrical domestic ovens.</t>
   </si>
   <si>
     <t>Kitchen, Ovens</t>
   </si>
   <si>
     <t>IEC 60350-1/2015
 ,   
                     Regulation (EU) No 65/2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-household-electrical-appliances-methods-measuring-and-calculating-0</t>
   </si>
   <si>
+    <t>https://www.eos.org.eg/en/standard/14544</t>
+  </si>
+  <si>
     <t>Energy Efficiency Of Household Electrical Appliances Methods For Measuring And Calculating Energy Efficiency Of Vacuum Cleaners(ES 8057/2017)</t>
+  </si>
+  <si>
+    <t>This standard identifies the methods for measuring and calculating the energy efficiency of vacuum cleaners.</t>
   </si>
   <si>
     <t>Electronics, Other-Electronics, Vacuum Cleaners</t>
   </si>
   <si>
     <t>IEC 62885-2/2016
 ,   
                     (EU) No 665/2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-household-electrical-appliances-methods-measuring-and-calculating-energy</t>
   </si>
   <si>
+    <t>https://www.eos.org.eg/en/standard/14543</t>
+  </si>
+  <si>
     <t>MELS for Commercial Storage Refrigerators</t>
   </si>
   <si>
+    <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
+  </si>
+  <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
+  </si>
+  <si>
     <t>MELS for General Lighting (2024)</t>
   </si>
   <si>
+    <t>This policy set energy label scheme for all regulated lamps:</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-general-lighting-2024</t>
   </si>
   <si>
     <t>MELS for Portable Air-Conditioners (2024)</t>
   </si>
   <si>
+    <t>This policy defines the minimum energy labeling scheme for single-phase portable air-conditioners:</t>
+  </si>
+  <si>
     <t>Portable ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-portable-air-conditioners-2024</t>
   </si>
   <si>
     <t>MELS for Water Heater</t>
   </si>
   <si>
+    <t>This policy defines minimum energy labeling scheme requirements for all regulated water heaters:</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-water-heater</t>
   </si>
   <si>
     <t>MEPS for casement and window air-conditioners</t>
   </si>
   <si>
+    <t>This policy applies to casement and window (up to 8.8 kW). The Minimum Coefficient of Performance (COP) is set at COP100% &gt; 3.78. Cooling capacity refers to the measured total cooling capacity in accordance with the applicable test standards: ISO 5151:2017, Section 5.1: Cooling capacity test, Climate Class T1.</t>
+  </si>
+  <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>ISO 5151:2017, Section 5.1: Cooling capacity test, Climate Class T1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-casement-and-window-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/about-mandatory-energy-labelling-and-minimum-energy-performance-standards</t>
+  </si>
+  <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
+    <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
+  </si>
+  <si>
     <t>MEPS for Refrigerators</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance requirements for the following refrigerators: 
+- Refrigerators without a freezer up to 900L: 
+- Refrigerators with a freezer up to 300L: AEC ≤ [(465 + 1.378 xVadj tot) x 0.427]
+- Refrigerators with a freezer &gt; 300L to 900L: AEC ≤ [(465 + 1.378 xVadj tot) x 0.427]
+- Refrigerators with freezer and through-the-door ice dispenser: AEC ≤ [(585 + 1.378 x
+Vadj tot) x 0.409]
+- Vadj tot is defined as the sum of the adjusted volumes of the refrigerator compartments.
+- “Through-the-door ice dispenser” means an automatic ice maker coupled with a device that
+delivers ice on demand externally through a door.
+- “AEC” means Annual Energy Consumption.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>IEC 62552:2007 or ISO2 15502:2005, Section 15: Energy consumption test, climate class T</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-refrigerators-0</t>
   </si>
   <si>
     <t>MEPS for Refrigerators (2025)</t>
   </si>
   <si>
-    <t>Entered into force, Revised</t>
+    <t>This policy raises minimum energy performance standards for refrigerators with adjusted volumes no greater than 900 litres.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-refrigerators-2025</t>
   </si>
   <si>
     <t>MEPS for Split Type Air-Conditioners (2025)</t>
   </si>
   <si>
+    <t>This policy raises MEPS for single and multi split air conditioners.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-split-type-air-conditioners-2025</t>
   </si>
   <si>
     <t>MEPS for Televisions (2024/2025)</t>
   </si>
   <si>
+    <t>This policy sets minimum energy performance standards for non-8K TV at 4-tick and 8K TV at 3-tick, effective in April 2024, and April 2025 respectively, as shown below</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-televisions-20242025</t>
   </si>
   <si>
     <t>MEPS for Water Heater (2025)</t>
   </si>
   <si>
+    <t>This policy sets minimum energy performance standards for water heaters as shown below</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-water-heater-2025</t>
   </si>
   <si>
     <t>Singapore Green Labeling Scheme: CFLs</t>
   </si>
   <si>
+    <t>This standard establishes requirements for integral compact fluorescent lamps (CFL) where the tube and ballast are combined into a single unit. These lamps allow consumers to replace incandescent lamps easily with CFL. The product group that is within the scope of certification would include screw-based lamps with ballast and adaptor in a single assembly.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Singapore Environment Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labeling-scheme-cfls</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=7</t>
+  </si>
+  <si>
     <t>Singapore Green Labeling Scheme: Hand Dryers</t>
   </si>
   <si>
+    <t>This policy establishes criteria for electric hot air hand driers that are equipped with non-contact on-off switches based on environmental, performance, and health parameters.</t>
+  </si>
+  <si>
     <t>Other</t>
   </si>
   <si>
     <t>Entered into force</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labeling-scheme-hand-dryers</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=49</t>
+  </si>
+  <si>
     <t>Singapore Green Labeling Scheme: Microwave Ovens</t>
   </si>
   <si>
+    <t>This policy establishes criteria for microwave ovens for household use. A microwave oven is an electrical appliance intended for household use that uses high-frequency electromagnetic waves for heating food or beverages, with a rated voltage of not more than 250 V and a frequency ranging from 890 MHz to 6 GHz.</t>
+  </si>
+  <si>
     <t>Microwaves</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labeling-scheme-microwave-ovens</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=81</t>
+  </si>
+  <si>
     <t>Singapore Green Labeling Scheme: Personal Computers</t>
   </si>
   <si>
+    <t>This policy establishes criteria to label Personal Computers (PCs). These criteria include requirements for the following with a rated voltage of not more than 250 VAC: computer system unit; display (monitor); personal computer set combination system including units Computer System Unit, display (monitor), keyboard, and mouse; and portable computer such as notebook (notebook or laptop), tablet (tablet or slate).</t>
+  </si>
+  <si>
     <t>Information Technology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labeling-scheme-personal-computers</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=82</t>
+  </si>
+  <si>
     <t>Singapore Green Labeling Scheme: Photocopiers, Printers, Fax Machines &amp; Multifunctional Devices</t>
   </si>
   <si>
+    <t>This policy establishes grading criteria for Copying Machines, Printers, Fax Machines, and Multifunctional Devices (MFDs) based on environmental, performance, and health parameters. These criteria include requirements for standard-sized monochromatic and color office machines based on electrophotography (including laser and LED) and inkjet marking technologies. Standard-sized machines are those that primarily print or copy on regular-sized (e.g., A4 / 8.5 x 11) paper and envelopes. Large-format office machines are also included in this category.</t>
+  </si>
+  <si>
     <t>Other-Electronics</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labeling-scheme-photocopiers-printers-fax-machines-multifunctional-devices</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=38</t>
+  </si>
+  <si>
     <t>Singapore Green Labeling Scheme: Televisions Sets</t>
   </si>
   <si>
+    <t>This category establishes criteria for mains-powered television sets consisting of a unit whose main purpose is to receive, reproduce and, if applicable, decode television signals.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labeling-scheme-televisions-sets</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Coffee Machine</t>
   </si>
   <si>
+    <t>This category establishes criteria for espresso and coffee machines, which include fully-automatic espresso/coffee machines, hand-operated piston espresso/coffee machines and capsule espresso/coffee machines. The category does not cover espresso/coffee machines with a system to warm cups, or capsule espresso/coffee machines which require capsules made by a certain manufacturer.</t>
+  </si>
+  <si>
     <t>Coffee Machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-coffee-machine</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=56</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Dishwashers</t>
   </si>
   <si>
+    <t>This category establishes criteria for dishwashers designed to be stand-alone on floors or counter surfaces meant for household use. They apply to devices which serve the function of dishwashing alone or in combination with other functions.</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-dishwashers</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=76</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Electric Kettles</t>
   </si>
   <si>
+    <t>This category establishes criteria for electric kettles for household use based on environmental, performance and health parameters.</t>
+  </si>
+  <si>
     <t>Electric Kettles</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-electric-kettles</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=55</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Gas Cookers and Gas-fired Appliances</t>
   </si>
   <si>
+    <t>This category establishes criteria for household gas-powered cooking devices that are isolated in design i.e. individual machines (which operate with gas burners located on steel originated or glass and ceramic layered cooker top) and gas-powered cooking devices with built-in ovens (the latter may be either natural gas or electricity powered). This category does not include gas powered cooking devices which operate with gas burners located below a glass and ceramic layered cooker top.</t>
+  </si>
+  <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-gas-cookers-and-gas-fired-appliances</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=57</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Hot Water Storage Tanks</t>
   </si>
   <si>
+    <t>This scope for certification under this category includes hot-water storage tanks such as thermal solar systems and components, including water heaters, water heating installations, and storage water heaters for drinking water.</t>
+  </si>
+  <si>
     <t>Electricity, Solar</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-hot-water-storage-tanks</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=58</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: LEDs</t>
   </si>
   <si>
+    <t>This category establishes criteria for a range of Light Emitting Diode (“LED lighting”), which is used by directly connecting to a commercial power source.</t>
+  </si>
+  <si>
     <t>Streetlighting, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-leds</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=45</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Photovoltaic Equipment</t>
   </si>
   <si>
+    <t>This category establishes criteria for products for indoor and outdoor use, powered by solar (or light) energy using a rechargeable electrochemical storage system are included within the scope of this category based on environmental, performance, and health parameters.</t>
+  </si>
+  <si>
     <t>Small-Solar Powered Electronics</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-photovoltaic-equipment</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=71</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Refrigerators and Freezers</t>
   </si>
   <si>
+    <t>This category establishes criteria for electric household refrigerators (with or without low-temperature compartment), refrigerator-freezer combinations and freezers (chest and upright freezers) used as free-standing, built-under or built-in appliances.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-refrigerators-and-freezers</t>
   </si>
   <si>
     <t>Singapore Green Labelling Scheme: Solar-Powered Products</t>
   </si>
   <si>
+    <t>The scope of certification under this category includes solar powered products such as watches/clocks, caliper gauges, desktop and pocket calculators, scales for small utilisation, e.g. letter, parcel, bathroom and kitchen scales, titrating devices, toys, solar construction kits, solar training kits, and solar experimental kits.</t>
+  </si>
+  <si>
     <t>Small-Solar Powered Electronics, Solar Energy Kits</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-solar-powered-products</t>
+  </si>
+  <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=62</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -923,1923 +1167,2190 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N44"/>
+  <dimension ref="A1:P44"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="224" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="224.088" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="651.127" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="16.425" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="196.952" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="107.26" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="80.123" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="209.949" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2003</v>
+      </c>
+      <c r="I2">
+        <v>2024</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
         <v>2003</v>
       </c>
-      <c r="H2">
+      <c r="I3">
+        <v>2018</v>
+      </c>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>34</v>
+      </c>
+      <c r="M3" t="s">
+        <v>35</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>36</v>
+      </c>
+      <c r="P3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>38</v>
+      </c>
+      <c r="B4" t="s">
+        <v>39</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>40</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>41</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2003</v>
+      </c>
+      <c r="I4">
+        <v>2016</v>
+      </c>
+      <c r="J4" t="s">
+        <v>33</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>42</v>
+      </c>
+      <c r="M4" t="s">
+        <v>35</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>43</v>
+      </c>
+      <c r="P4" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>45</v>
+      </c>
+      <c r="B5" t="s">
+        <v>46</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>40</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>41</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2003</v>
+      </c>
+      <c r="I5">
+        <v>2017</v>
+      </c>
+      <c r="J5" t="s">
+        <v>33</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>47</v>
+      </c>
+      <c r="M5" t="s">
+        <v>35</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>48</v>
+      </c>
+      <c r="P5" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>50</v>
+      </c>
+      <c r="B6" t="s">
+        <v>51</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>52</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>41</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2003</v>
+      </c>
+      <c r="I6">
+        <v>2018</v>
+      </c>
+      <c r="J6" t="s">
+        <v>33</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>35</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>53</v>
+      </c>
+      <c r="P6" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>55</v>
+      </c>
+      <c r="B7" t="s">
+        <v>56</v>
+      </c>
+      <c r="C7" t="s">
+        <v>57</v>
+      </c>
+      <c r="D7" t="s">
+        <v>52</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>58</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2003</v>
+      </c>
+      <c r="I7">
+        <v>2023</v>
+      </c>
+      <c r="J7" t="s">
+        <v>23</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>59</v>
+      </c>
+      <c r="M7" t="s">
+        <v>35</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>60</v>
+      </c>
+      <c r="P7" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>62</v>
+      </c>
+      <c r="B8" t="s">
+        <v>63</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>64</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2003</v>
+      </c>
+      <c r="I8">
+        <v>2006</v>
+      </c>
+      <c r="J8" t="s">
+        <v>33</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>65</v>
+      </c>
+      <c r="M8" t="s">
+        <v>35</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>66</v>
+      </c>
+      <c r="P8" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>68</v>
+      </c>
+      <c r="B9" t="s">
+        <v>69</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>70</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>71</v>
+      </c>
+      <c r="H9">
+        <v>2019</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>33</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>35</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>72</v>
+      </c>
+      <c r="P9" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>74</v>
+      </c>
+      <c r="B10" t="s">
+        <v>75</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>76</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>71</v>
+      </c>
+      <c r="H10">
+        <v>2009</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>33</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>77</v>
+      </c>
+      <c r="M10" t="s">
+        <v>35</v>
+      </c>
+      <c r="N10" t="s">
+        <v>78</v>
+      </c>
+      <c r="O10" t="s">
+        <v>79</v>
+      </c>
+      <c r="P10" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>81</v>
+      </c>
+      <c r="B11" t="s">
+        <v>82</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>83</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>71</v>
+      </c>
+      <c r="H11">
+        <v>2014</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>33</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>84</v>
+      </c>
+      <c r="M11" t="s">
+        <v>35</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>85</v>
+      </c>
+      <c r="P11" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>87</v>
+      </c>
+      <c r="B12" t="s">
+        <v>88</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>89</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2008</v>
+      </c>
+      <c r="I12">
+        <v>2020</v>
+      </c>
+      <c r="J12" t="s">
+        <v>33</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>35</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>90</v>
+      </c>
+      <c r="P12" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>92</v>
+      </c>
+      <c r="B13" t="s">
+        <v>93</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>94</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>71</v>
+      </c>
+      <c r="H13">
+        <v>2018</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>33</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>35</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>95</v>
+      </c>
+      <c r="P13" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>97</v>
+      </c>
+      <c r="B14" t="s">
+        <v>98</v>
+      </c>
+      <c r="C14" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14" t="s">
+        <v>99</v>
+      </c>
+      <c r="E14" t="s">
+        <v>100</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>71</v>
+      </c>
+      <c r="H14">
+        <v>2021</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>33</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>101</v>
+      </c>
+      <c r="M14" t="s">
+        <v>102</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>103</v>
+      </c>
+      <c r="P14" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>105</v>
+      </c>
+      <c r="B15" t="s">
+        <v>106</v>
+      </c>
+      <c r="C15" t="s">
+        <v>107</v>
+      </c>
+      <c r="D15" t="s">
+        <v>108</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>109</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15"/>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>33</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>110</v>
+      </c>
+      <c r="M15" t="s">
+        <v>111</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>112</v>
+      </c>
+      <c r="P15" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>114</v>
+      </c>
+      <c r="B16" t="s">
+        <v>115</v>
+      </c>
+      <c r="C16" t="s">
+        <v>18</v>
+      </c>
+      <c r="D16" t="s">
+        <v>116</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>71</v>
+      </c>
+      <c r="H16">
+        <v>2014</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>33</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>117</v>
+      </c>
+      <c r="M16" t="s">
+        <v>118</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>119</v>
+      </c>
+      <c r="P16" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>121</v>
+      </c>
+      <c r="B17" t="s">
+        <v>122</v>
+      </c>
+      <c r="C17" t="s">
+        <v>18</v>
+      </c>
+      <c r="D17" t="s">
+        <v>123</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>71</v>
+      </c>
+      <c r="H17">
+        <v>2017</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>33</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>124</v>
+      </c>
+      <c r="M17" t="s">
+        <v>26</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>125</v>
+      </c>
+      <c r="P17" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>127</v>
+      </c>
+      <c r="B18" t="s">
+        <v>128</v>
+      </c>
+      <c r="C18" t="s">
+        <v>18</v>
+      </c>
+      <c r="D18" t="s">
+        <v>129</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
+        <v>71</v>
+      </c>
+      <c r="H18">
+        <v>2017</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>33</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>130</v>
+      </c>
+      <c r="M18" t="s">
+        <v>26</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>131</v>
+      </c>
+      <c r="P18" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>133</v>
+      </c>
+      <c r="B19" t="s">
+        <v>134</v>
+      </c>
+      <c r="C19" t="s">
+        <v>107</v>
+      </c>
+      <c r="D19" t="s">
+        <v>135</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>41</v>
+      </c>
+      <c r="G19" t="s">
+        <v>71</v>
+      </c>
+      <c r="H19">
+        <v>2025</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>136</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>137</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>138</v>
+      </c>
+      <c r="P19" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>140</v>
+      </c>
+      <c r="B20" t="s">
+        <v>141</v>
+      </c>
+      <c r="C20" t="s">
+        <v>107</v>
+      </c>
+      <c r="D20" t="s">
+        <v>142</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>41</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2015</v>
+      </c>
+      <c r="I20">
         <v>2024</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J20" t="s">
+        <v>136</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>137</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>143</v>
+      </c>
+      <c r="P20" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>144</v>
+      </c>
+      <c r="B21" t="s">
+        <v>145</v>
+      </c>
+      <c r="C21" t="s">
+        <v>107</v>
+      </c>
+      <c r="D21" t="s">
+        <v>146</v>
+      </c>
+      <c r="E21" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F21" t="s">
+        <v>41</v>
+      </c>
+      <c r="G21" t="s">
+        <v>71</v>
+      </c>
+      <c r="H21">
+        <v>2024</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>136</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>137</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>147</v>
+      </c>
+      <c r="P21" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>148</v>
+      </c>
+      <c r="B22" t="s">
+        <v>149</v>
+      </c>
+      <c r="C22" t="s">
+        <v>107</v>
+      </c>
+      <c r="D22" t="s">
+        <v>150</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>41</v>
+      </c>
+      <c r="G22" t="s">
+        <v>71</v>
+      </c>
+      <c r="H22">
+        <v>2025</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>136</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>137</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>151</v>
+      </c>
+      <c r="P22" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>152</v>
+      </c>
+      <c r="B23" t="s">
+        <v>153</v>
+      </c>
+      <c r="C23" t="s">
+        <v>107</v>
+      </c>
+      <c r="D23" t="s">
+        <v>52</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G23" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...37 lines deleted...]
-      <c r="J3" t="s">
+      <c r="H23">
+        <v>2011</v>
+      </c>
+      <c r="I23">
+        <v>2022</v>
+      </c>
+      <c r="J23" t="s">
+        <v>154</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
+        <v>155</v>
+      </c>
+      <c r="M23" t="s">
+        <v>137</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>156</v>
+      </c>
+      <c r="P23" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>158</v>
+      </c>
+      <c r="B24" t="s">
+        <v>159</v>
+      </c>
+      <c r="C24" t="s">
+        <v>107</v>
+      </c>
+      <c r="D24" t="s">
+        <v>135</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
         <v>21</v>
       </c>
-      <c r="K3" t="s">
-[...19 lines deleted...]
-      <c r="C4" t="s">
+      <c r="G24" t="s">
+        <v>71</v>
+      </c>
+      <c r="H24">
+        <v>2025</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>136</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24"/>
+      <c r="M24" t="s">
+        <v>137</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>160</v>
+      </c>
+      <c r="P24" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>162</v>
+      </c>
+      <c r="B25" t="s">
+        <v>163</v>
+      </c>
+      <c r="C25" t="s">
+        <v>107</v>
+      </c>
+      <c r="D25" t="s">
+        <v>164</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>21</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2011</v>
+      </c>
+      <c r="I25">
+        <v>2022</v>
+      </c>
+      <c r="J25" t="s">
+        <v>154</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25" t="s">
+        <v>165</v>
+      </c>
+      <c r="M25" t="s">
+        <v>137</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>166</v>
+      </c>
+      <c r="P25" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>167</v>
+      </c>
+      <c r="B26" t="s">
+        <v>168</v>
+      </c>
+      <c r="C26" t="s">
+        <v>107</v>
+      </c>
+      <c r="D26" t="s">
+        <v>164</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>21</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2011</v>
+      </c>
+      <c r="I26">
+        <v>2025</v>
+      </c>
+      <c r="J26" t="s">
+        <v>136</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26"/>
+      <c r="M26" t="s">
+        <v>137</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>169</v>
+      </c>
+      <c r="P26" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>170</v>
+      </c>
+      <c r="B27" t="s">
+        <v>171</v>
+      </c>
+      <c r="C27" t="s">
+        <v>107</v>
+      </c>
+      <c r="D27" t="s">
+        <v>52</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>21</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2011</v>
+      </c>
+      <c r="I27">
+        <v>2025</v>
+      </c>
+      <c r="J27" t="s">
+        <v>136</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27"/>
+      <c r="M27" t="s">
+        <v>137</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>172</v>
+      </c>
+      <c r="P27" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>173</v>
+      </c>
+      <c r="B28" t="s">
+        <v>174</v>
+      </c>
+      <c r="C28" t="s">
+        <v>107</v>
+      </c>
+      <c r="D28" t="s">
+        <v>94</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>21</v>
+      </c>
+      <c r="G28" t="s">
+        <v>71</v>
+      </c>
+      <c r="H28"/>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>136</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28"/>
+      <c r="M28" t="s">
+        <v>137</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>175</v>
+      </c>
+      <c r="P28" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>176</v>
+      </c>
+      <c r="B29" t="s">
+        <v>177</v>
+      </c>
+      <c r="C29" t="s">
+        <v>107</v>
+      </c>
+      <c r="D29" t="s">
+        <v>150</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>21</v>
+      </c>
+      <c r="G29" t="s">
+        <v>71</v>
+      </c>
+      <c r="H29">
+        <v>2025</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>136</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29"/>
+      <c r="M29" t="s">
+        <v>137</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>178</v>
+      </c>
+      <c r="P29" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>179</v>
+      </c>
+      <c r="B30" t="s">
+        <v>180</v>
+      </c>
+      <c r="C30" t="s">
+        <v>107</v>
+      </c>
+      <c r="D30" t="s">
+        <v>181</v>
+      </c>
+      <c r="E30" t="s">
+        <v>100</v>
+      </c>
+      <c r="F30" t="s">
+        <v>58</v>
+      </c>
+      <c r="G30" t="s">
+        <v>71</v>
+      </c>
+      <c r="H30">
+        <v>2012</v>
+      </c>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>182</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30"/>
+      <c r="M30" t="s">
+        <v>183</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>184</v>
+      </c>
+      <c r="P30" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>186</v>
+      </c>
+      <c r="B31" t="s">
+        <v>187</v>
+      </c>
+      <c r="C31" t="s">
+        <v>107</v>
+      </c>
+      <c r="D31" t="s">
+        <v>188</v>
+      </c>
+      <c r="E31" t="s">
+        <v>100</v>
+      </c>
+      <c r="F31" t="s">
+        <v>58</v>
+      </c>
+      <c r="G31" t="s">
+        <v>189</v>
+      </c>
+      <c r="H31"/>
+      <c r="I31"/>
+      <c r="J31" t="s">
         <v>33</v>
       </c>
-      <c r="D4" t="s">
-[...40 lines deleted...]
-      <c r="C5" t="s">
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31"/>
+      <c r="M31" t="s">
+        <v>183</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>190</v>
+      </c>
+      <c r="P31" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>192</v>
+      </c>
+      <c r="B32" t="s">
+        <v>193</v>
+      </c>
+      <c r="C32" t="s">
+        <v>107</v>
+      </c>
+      <c r="D32" t="s">
+        <v>194</v>
+      </c>
+      <c r="E32" t="s">
+        <v>100</v>
+      </c>
+      <c r="F32" t="s">
+        <v>58</v>
+      </c>
+      <c r="G32" t="s">
+        <v>189</v>
+      </c>
+      <c r="H32"/>
+      <c r="I32"/>
+      <c r="J32" t="s">
         <v>33</v>
       </c>
-      <c r="D5" t="s">
-[...232 lines deleted...]
-      <c r="K10" t="s">
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32"/>
+      <c r="M32" t="s">
+        <v>183</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>195</v>
+      </c>
+      <c r="P32" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>197</v>
+      </c>
+      <c r="B33" t="s">
+        <v>198</v>
+      </c>
+      <c r="C33" t="s">
+        <v>107</v>
+      </c>
+      <c r="D33" t="s">
+        <v>199</v>
+      </c>
+      <c r="E33" t="s">
+        <v>100</v>
+      </c>
+      <c r="F33" t="s">
         <v>58</v>
       </c>
-      <c r="L10" t="s">
-[...306 lines deleted...]
-      <c r="C18" t="s">
+      <c r="G33" t="s">
+        <v>189</v>
+      </c>
+      <c r="H33"/>
+      <c r="I33"/>
+      <c r="J33" t="s">
+        <v>33</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33"/>
+      <c r="M33" t="s">
+        <v>183</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>200</v>
+      </c>
+      <c r="P33" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>202</v>
+      </c>
+      <c r="B34" t="s">
+        <v>203</v>
+      </c>
+      <c r="C34" t="s">
+        <v>107</v>
+      </c>
+      <c r="D34" t="s">
+        <v>204</v>
+      </c>
+      <c r="E34" t="s">
+        <v>100</v>
+      </c>
+      <c r="F34" t="s">
+        <v>58</v>
+      </c>
+      <c r="G34" t="s">
+        <v>189</v>
+      </c>
+      <c r="H34"/>
+      <c r="I34"/>
+      <c r="J34" t="s">
+        <v>33</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34"/>
+      <c r="M34" t="s">
+        <v>183</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>205</v>
+      </c>
+      <c r="P34" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>207</v>
+      </c>
+      <c r="B35" t="s">
+        <v>208</v>
+      </c>
+      <c r="C35" t="s">
+        <v>107</v>
+      </c>
+      <c r="D35" t="s">
         <v>94</v>
       </c>
-      <c r="D18" t="s">
-[...61 lines deleted...]
-      <c r="L19" t="s">
+      <c r="E35" t="s">
         <v>100</v>
       </c>
-      <c r="M19" t="s">
-[...625 lines deleted...]
-      </c>
       <c r="F35" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>58</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
       </c>
       <c r="H35">
         <v>2012</v>
       </c>
-      <c r="I35" t="s">
-        <v>132</v>
+      <c r="I35">
+        <v>2012</v>
       </c>
       <c r="J35" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>182</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35"/>
       <c r="M35" t="s">
-        <v>24</v>
+        <v>183</v>
       </c>
       <c r="N35" t="s">
-        <v>149</v>
-[...2 lines deleted...]
-    <row r="36" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>209</v>
+      </c>
+      <c r="P35" t="s">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>150</v>
+        <v>211</v>
       </c>
       <c r="B36" t="s">
-        <v>78</v>
+        <v>212</v>
       </c>
       <c r="C36" t="s">
-        <v>151</v>
+        <v>107</v>
       </c>
       <c r="D36" t="s">
-        <v>73</v>
+        <v>213</v>
       </c>
       <c r="E36" t="s">
-        <v>45</v>
+        <v>100</v>
       </c>
       <c r="F36" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>58</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
       </c>
       <c r="H36">
         <v>2012</v>
       </c>
-      <c r="I36" t="s">
-        <v>132</v>
+      <c r="I36">
+        <v>2012</v>
       </c>
       <c r="J36" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>182</v>
+      </c>
+      <c r="K36" t="s">
+        <v>24</v>
+      </c>
+      <c r="L36"/>
       <c r="M36" t="s">
-        <v>24</v>
+        <v>183</v>
       </c>
       <c r="N36" t="s">
-        <v>152</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>214</v>
+      </c>
+      <c r="P36" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>153</v>
+        <v>216</v>
       </c>
       <c r="B37" t="s">
-        <v>78</v>
+        <v>217</v>
       </c>
       <c r="C37" t="s">
-        <v>154</v>
+        <v>107</v>
       </c>
       <c r="D37" t="s">
-        <v>73</v>
+        <v>218</v>
       </c>
       <c r="E37" t="s">
-        <v>45</v>
+        <v>100</v>
       </c>
       <c r="F37" t="s">
-        <v>54</v>
-[...1 lines deleted...]
-      <c r="G37">
+        <v>58</v>
+      </c>
+      <c r="G37" t="s">
+        <v>71</v>
+      </c>
+      <c r="H37">
         <v>2013</v>
       </c>
-      <c r="H37"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I37"/>
       <c r="J37" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>182</v>
+      </c>
+      <c r="K37" t="s">
+        <v>24</v>
+      </c>
+      <c r="L37"/>
       <c r="M37" t="s">
-        <v>24</v>
+        <v>183</v>
       </c>
       <c r="N37" t="s">
-        <v>155</v>
-[...2 lines deleted...]
-    <row r="38" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>219</v>
+      </c>
+      <c r="P37" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>156</v>
+        <v>221</v>
       </c>
       <c r="B38" t="s">
-        <v>78</v>
+        <v>222</v>
       </c>
       <c r="C38" t="s">
-        <v>157</v>
+        <v>107</v>
       </c>
       <c r="D38" t="s">
-        <v>73</v>
+        <v>223</v>
       </c>
       <c r="E38" t="s">
-        <v>45</v>
+        <v>100</v>
       </c>
       <c r="F38" t="s">
-        <v>54</v>
-[...1 lines deleted...]
-      <c r="G38">
+        <v>58</v>
+      </c>
+      <c r="G38" t="s">
+        <v>71</v>
+      </c>
+      <c r="H38">
         <v>2017</v>
       </c>
-      <c r="H38"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I38"/>
       <c r="J38" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>224</v>
+      </c>
+      <c r="K38" t="s">
+        <v>24</v>
+      </c>
+      <c r="L38"/>
       <c r="M38" t="s">
-        <v>24</v>
+        <v>183</v>
       </c>
       <c r="N38" t="s">
-        <v>159</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>225</v>
+      </c>
+      <c r="P38" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>160</v>
+        <v>227</v>
       </c>
       <c r="B39" t="s">
-        <v>78</v>
+        <v>228</v>
       </c>
       <c r="C39" t="s">
-        <v>161</v>
+        <v>107</v>
       </c>
       <c r="D39" t="s">
-        <v>73</v>
+        <v>229</v>
       </c>
       <c r="E39" t="s">
-        <v>45</v>
+        <v>100</v>
       </c>
       <c r="F39" t="s">
-        <v>54</v>
-[...1 lines deleted...]
-      <c r="G39">
+        <v>58</v>
+      </c>
+      <c r="G39" t="s">
+        <v>71</v>
+      </c>
+      <c r="H39">
         <v>2017</v>
       </c>
-      <c r="H39"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I39"/>
       <c r="J39" t="s">
-        <v>162</v>
-[...4 lines deleted...]
-      </c>
+        <v>224</v>
+      </c>
+      <c r="K39" t="s">
+        <v>230</v>
+      </c>
+      <c r="L39"/>
       <c r="M39" t="s">
-        <v>24</v>
+        <v>183</v>
       </c>
       <c r="N39" t="s">
-        <v>163</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>231</v>
+      </c>
+      <c r="P39" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
       <c r="A40" t="s">
+        <v>233</v>
+      </c>
+      <c r="B40" t="s">
+        <v>234</v>
+      </c>
+      <c r="C40" t="s">
+        <v>107</v>
+      </c>
+      <c r="D40" t="s">
+        <v>70</v>
+      </c>
+      <c r="E40" t="s">
+        <v>100</v>
+      </c>
+      <c r="F40" t="s">
+        <v>58</v>
+      </c>
+      <c r="G40" t="s">
+        <v>71</v>
+      </c>
+      <c r="H40">
+        <v>2017</v>
+      </c>
+      <c r="I40"/>
+      <c r="J40" t="s">
+        <v>224</v>
+      </c>
+      <c r="K40" t="s">
+        <v>235</v>
+      </c>
+      <c r="L40"/>
+      <c r="M40" t="s">
+        <v>183</v>
+      </c>
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>236</v>
+      </c>
+      <c r="P40" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>238</v>
+      </c>
+      <c r="B41" t="s">
+        <v>239</v>
+      </c>
+      <c r="C41" t="s">
+        <v>107</v>
+      </c>
+      <c r="D41" t="s">
+        <v>240</v>
+      </c>
+      <c r="E41" t="s">
+        <v>100</v>
+      </c>
+      <c r="F41" t="s">
+        <v>58</v>
+      </c>
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
+        <v>2012</v>
+      </c>
+      <c r="I41">
+        <v>2017</v>
+      </c>
+      <c r="J41" t="s">
+        <v>224</v>
+      </c>
+      <c r="K41" t="s">
+        <v>24</v>
+      </c>
+      <c r="L41"/>
+      <c r="M41" t="s">
+        <v>183</v>
+      </c>
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>241</v>
+      </c>
+      <c r="P41" t="s">
+        <v>242</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>243</v>
+      </c>
+      <c r="B42" t="s">
+        <v>244</v>
+      </c>
+      <c r="C42" t="s">
+        <v>107</v>
+      </c>
+      <c r="D42" t="s">
+        <v>245</v>
+      </c>
+      <c r="E42" t="s">
+        <v>100</v>
+      </c>
+      <c r="F42" t="s">
+        <v>58</v>
+      </c>
+      <c r="G42" t="s">
+        <v>71</v>
+      </c>
+      <c r="H42">
+        <v>2017</v>
+      </c>
+      <c r="I42"/>
+      <c r="J42" t="s">
+        <v>224</v>
+      </c>
+      <c r="K42" t="s">
+        <v>246</v>
+      </c>
+      <c r="L42"/>
+      <c r="M42" t="s">
+        <v>183</v>
+      </c>
+      <c r="N42" t="s">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>247</v>
+      </c>
+      <c r="P42" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>249</v>
+      </c>
+      <c r="B43" t="s">
+        <v>250</v>
+      </c>
+      <c r="C43" t="s">
+        <v>107</v>
+      </c>
+      <c r="D43" t="s">
         <v>164</v>
       </c>
-      <c r="B40" t="s">
-[...129 lines deleted...]
-      </c>
       <c r="E43" t="s">
-        <v>45</v>
+        <v>100</v>
       </c>
       <c r="F43" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>58</v>
+      </c>
+      <c r="G43" t="s">
+        <v>22</v>
       </c>
       <c r="H43">
         <v>2012</v>
       </c>
-      <c r="I43" t="s">
-        <v>132</v>
+      <c r="I43">
+        <v>2012</v>
       </c>
       <c r="J43" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>182</v>
+      </c>
+      <c r="K43" t="s">
+        <v>24</v>
+      </c>
+      <c r="L43"/>
       <c r="M43" t="s">
-        <v>24</v>
+        <v>183</v>
       </c>
       <c r="N43" t="s">
-        <v>175</v>
-[...2 lines deleted...]
-    <row r="44" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>251</v>
+      </c>
+      <c r="P43" t="s">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>176</v>
+        <v>252</v>
       </c>
       <c r="B44" t="s">
-        <v>78</v>
+        <v>253</v>
       </c>
       <c r="C44" t="s">
-        <v>177</v>
+        <v>107</v>
       </c>
       <c r="D44" t="s">
-        <v>73</v>
+        <v>254</v>
       </c>
       <c r="E44" t="s">
-        <v>45</v>
+        <v>100</v>
       </c>
       <c r="F44" t="s">
-        <v>54</v>
-[...1 lines deleted...]
-      <c r="G44">
+        <v>58</v>
+      </c>
+      <c r="G44" t="s">
+        <v>71</v>
+      </c>
+      <c r="H44">
         <v>2017</v>
       </c>
-      <c r="H44"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I44"/>
       <c r="J44" t="s">
-        <v>172</v>
-[...4 lines deleted...]
-      </c>
+        <v>224</v>
+      </c>
+      <c r="K44" t="s">
+        <v>246</v>
+      </c>
+      <c r="L44"/>
       <c r="M44" t="s">
-        <v>24</v>
+        <v>183</v>
       </c>
       <c r="N44" t="s">
-        <v>178</v>
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>255</v>
+      </c>
+      <c r="P44" t="s">
+        <v>256</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>