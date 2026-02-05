--- v1 (2025-12-05)
+++ v2 (2026-02-05)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="257">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="217">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -104,273 +104,195 @@
   <si>
     <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>April 2025</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>ICS 97.040.30</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards &amp; Quality</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3794-2024-energy-efficiency-household-and-similar-electrical-appliances-measurement-and</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/4358</t>
   </si>
   <si>
-    <t>3794/2018 Energy efficiency of household and similar electrical appliances - measurement and calculation methods for energy consumption of refrigerrators, refrigerator-freezers and freezers</t>
-[...5 lines deleted...]
-    <t>Refrigerators-Freezers, Freezers-only</t>
+    <t>3795-1/2016 Energy efficiency label requirements for air conditioners part 1: room air conditioner (window-split) with fixed capacity and fixed compressor</t>
+  </si>
+  <si>
+    <t>This standard establishes label requirements for room air conditioners, both window and split with fixed capacity and fixed compressors.</t>
+  </si>
+  <si>
+    <t>Space Heating and Space Cooling, Air Conditioning, Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
-  </si>
-[...22 lines deleted...]
-    <t>Comparative Label</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814.</t>
   </si>
   <si>
+    <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3795-12016-energy-efficiency-label-requirements-air-conditioners-part-1-room-air</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14491</t>
   </si>
   <si>
     <t>3795-2/2017 Energy Efficiency Label Requirements For Air Conditioners Part 2: Variable Capacity Room Air Conditioner (Window-Split) with Variable Speed Compressor</t>
   </si>
   <si>
     <t>This standard establishes label requirements for room air conditioners, both window and split with variable speed compressors.</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3795-22017-energy-efficiency-label-requirements-air-conditioners-part-2-variable-capacity</t>
   </si>
   <si>
     <t>http://eos.org.eg/en/standard/14613</t>
   </si>
   <si>
     <t>3795-5/2018 Energy efficiency label requirements for air conditioners part 5: fixed capacity ducted room air conditioner with fixed speed compressor</t>
   </si>
   <si>
     <t>This standard establishes requirements for fixed-capacity ducted room air conditioners with fixed-speed compressors.</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3795-52018-energy-efficiency-label-requirements-air-conditioners-part-5-fixed-capacity</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14798</t>
   </si>
   <si>
     <t>3795/2023 Energy Efficiency Label Requirements for Air Conditioner Room Air Conditioner (Window - Split)</t>
   </si>
   <si>
     <t>This standard is mandatory and applies to window and split air conditioners.</t>
   </si>
   <si>
-    <t>Africa, Egypt</t>
-[...1 lines deleted...]
-  <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>ICS 23.120 - 27.015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/37952023-energy-efficiency-label-requirements-air-conditioner-room-air-conditioner-window</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/8643</t>
   </si>
   <si>
     <t>4100/2006 Energy Efficiency of Households and similar Electrical appliances methods for measuring and calculation energy consumption of washing machine</t>
   </si>
   <si>
     <t>This standard specifies the energy efficiency specifications for washing machines.</t>
   </si>
   <si>
     <t>Laundry, Washing Machines</t>
   </si>
   <si>
     <t>IEC 60465/2003+cor1/2005
 ,   
                       IEC-60335-1/2001-Amd 1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/41002006-energy-efficiency-households-and-similar-electrical-appliances-methods-measuring</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/4472</t>
   </si>
   <si>
-    <t>5806/2019 Energy efficiency of households and similar Electrical appliances methods for measuring and calculation energy consumption for electric water heaters</t>
-[...5 lines deleted...]
-    <t>Storage Water Heaters</t>
+    <t>6977/2009 Energy Efficiency Of Distribution Transformers</t>
+  </si>
+  <si>
+    <t>This standard specifies the energy efficiency of distribution transformers.</t>
+  </si>
+  <si>
+    <t>Power Transformers</t>
   </si>
   <si>
     <t>Entered into force, New</t>
-  </si>
-[...13 lines deleted...]
-    <t>Power Transformers</t>
   </si>
   <si>
     <t>IEC 60076-ser/2008
 ,   
                     ES 1886: Power Transformers Dry Type
 ,   
                     ES 4885-1 Instrument transformers part-1Current transformer
 ,   
                     ES 4885-1 Instrument transformers part-2 Inductive voltage transformer</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/69772009-energy-efficiency-distribution-transformers</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/10626</t>
   </si>
   <si>
-    <t>7821/2014 Energy efficiency of household electrical appliances Methods for measuring and calculating energy efficiency of electric circulating air fans</t>
-[...46 lines deleted...]
-  <si>
     <t>Eco-Design Requirements for Water Pump Energy Efficiency (8441/2021)</t>
   </si>
   <si>
     <t>This standard establishes ecodesign requirements for rotodynamic water pumps for pumping clean water, including those integrated into other products, and efficiency labeling requirements.</t>
   </si>
   <si>
     <t>Pumps</t>
   </si>
   <si>
     <t>Voluntary</t>
+  </si>
+  <si>
+    <t>Entered into force, New, Superseded</t>
   </si>
   <si>
     <t>ICS 23.080</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards and Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/eco-design-requirements-water-pump-energy-efficiency-84412021</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/15248</t>
   </si>
   <si>
     <t>Energy Conservation (Regulated Goods and Registered Suppliers) Regulations 2017</t>
   </si>
   <si>
     <t>This regulation specifies the MEPS and labeling requirements for air‑conditioners; single-phase clothes dryers; single-phase lamps; ballasts for fluorescent lamps; single-phase refrigerators without freezers, refrigerators with freezers, and refrigerators with freezers and through-the-door ice dispensers; single‑phase televisions; and single speed three-phase 50 Hz induction motors.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Televisions, Clothes Dryers, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, 3-Phase Motors, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
@@ -421,431 +343,378 @@
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/14008</t>
   </si>
   <si>
     <t>Energy Efficiency Of Household Electrical Appliances Methods For Measuring And Calculating Energy Efficiency Of Domestic Ovens (ES 8058/2017)</t>
   </si>
   <si>
     <t>This standard establishes the methods of measuring and calculating the energy efficiency of electrical domestic ovens.</t>
   </si>
   <si>
     <t>Kitchen, Ovens</t>
   </si>
   <si>
     <t>IEC 60350-1/2015
 ,   
                     Regulation (EU) No 65/2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-household-electrical-appliances-methods-measuring-and-calculating-0</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/14544</t>
   </si>
   <si>
-    <t>Energy Efficiency Of Household Electrical Appliances Methods For Measuring And Calculating Energy Efficiency Of Vacuum Cleaners(ES 8057/2017)</t>
-[...19 lines deleted...]
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MELS for General Lighting (2024)</t>
   </si>
   <si>
     <t>This policy set energy label scheme for all regulated lamps:</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-general-lighting-2024</t>
   </si>
   <si>
     <t>MELS for Portable Air-Conditioners (2024)</t>
   </si>
   <si>
     <t>This policy defines the minimum energy labeling scheme for single-phase portable air-conditioners:</t>
   </si>
   <si>
     <t>Portable ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-portable-air-conditioners-2024</t>
   </si>
   <si>
-    <t>MELS for Water Heater</t>
-[...2 lines deleted...]
-    <t>This policy defines minimum energy labeling scheme requirements for all regulated water heaters:</t>
+    <t>MEPS for casement and window air-conditioners</t>
+  </si>
+  <si>
+    <t>This policy applies to casement and window (up to 8.8 kW). The Minimum Coefficient of Performance (COP) is set at COP100% &gt; 3.78. Cooling capacity refers to the measured total cooling capacity in accordance with the applicable test standards: ISO 5151:2017, Section 5.1: Cooling capacity test, Climate Class T1.</t>
+  </si>
+  <si>
+    <t>December 2023</t>
+  </si>
+  <si>
+    <t>ISO 5151:2017, Section 5.1: Cooling capacity test, Climate Class T1</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-casement-and-window-air-conditioners</t>
+  </si>
+  <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/about-mandatory-energy-labelling-and-minimum-energy-performance-standards</t>
+  </si>
+  <si>
+    <t>MEPS for Commercial Storage Refrigerators (2025)</t>
+  </si>
+  <si>
+    <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-commercial-storage-refrigerators-2025</t>
+  </si>
+  <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
+  </si>
+  <si>
+    <t>MEPS for Split Type Air-Conditioners (2025)</t>
+  </si>
+  <si>
+    <t>This policy raises MEPS for single and multi split air conditioners.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-split-type-air-conditioners-2025</t>
+  </si>
+  <si>
+    <t>MEPS for Televisions (2024/2025)</t>
+  </si>
+  <si>
+    <t>This policy sets minimum energy performance standards for non-8K TV at 4-tick and 8K TV at 3-tick, effective in April 2024, and April 2025 respectively, as shown below</t>
+  </si>
+  <si>
+    <t>Televisions</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-televisions-20242025</t>
+  </si>
+  <si>
+    <t>MEPS for Water Heater (2025)</t>
+  </si>
+  <si>
+    <t>This policy sets minimum energy performance standards for water heaters as shown below</t>
   </si>
   <si>
     <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/mels-water-heater</t>
-[...44 lines deleted...]
-- “AEC” means Annual Energy Consumption.</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-water-heater-2025</t>
+  </si>
+  <si>
+    <t>Singapore Green Labeling Scheme: CFLs</t>
+  </si>
+  <si>
+    <t>This standard establishes requirements for integral compact fluorescent lamps (CFL) where the tube and ballast are combined into a single unit. These lamps allow consumers to replace incandescent lamps easily with CFL. The product group that is within the scope of certification would include screw-based lamps with ballast and adaptor in a single assembly.</t>
+  </si>
+  <si>
+    <t>Non-Directional lamps, Directional Lamps</t>
+  </si>
+  <si>
+    <t>January 2016</t>
+  </si>
+  <si>
+    <t>Singapore Environment Council</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labeling-scheme-cfls</t>
+  </si>
+  <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=7</t>
+  </si>
+  <si>
+    <t>Singapore Green Labeling Scheme: Hand Dryers</t>
+  </si>
+  <si>
+    <t>This policy establishes criteria for electric hot air hand driers that are equipped with non-contact on-off switches based on environmental, performance, and health parameters.</t>
+  </si>
+  <si>
+    <t>Other</t>
+  </si>
+  <si>
+    <t>Entered into force</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labeling-scheme-hand-dryers</t>
+  </si>
+  <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=49</t>
+  </si>
+  <si>
+    <t>Singapore Green Labeling Scheme: Microwave Ovens</t>
+  </si>
+  <si>
+    <t>This policy establishes criteria for microwave ovens for household use. A microwave oven is an electrical appliance intended for household use that uses high-frequency electromagnetic waves for heating food or beverages, with a rated voltage of not more than 250 V and a frequency ranging from 890 MHz to 6 GHz.</t>
+  </si>
+  <si>
+    <t>Microwaves</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labeling-scheme-microwave-ovens</t>
+  </si>
+  <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=81</t>
+  </si>
+  <si>
+    <t>Singapore Green Labeling Scheme: Personal Computers</t>
+  </si>
+  <si>
+    <t>This policy establishes criteria to label Personal Computers (PCs). These criteria include requirements for the following with a rated voltage of not more than 250 VAC: computer system unit; display (monitor); personal computer set combination system including units Computer System Unit, display (monitor), keyboard, and mouse; and portable computer such as notebook (notebook or laptop), tablet (tablet or slate).</t>
+  </si>
+  <si>
+    <t>Information Technology</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labeling-scheme-personal-computers</t>
+  </si>
+  <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=82</t>
+  </si>
+  <si>
+    <t>Singapore Green Labeling Scheme: Photocopiers, Printers, Fax Machines &amp; Multifunctional Devices</t>
+  </si>
+  <si>
+    <t>This policy establishes grading criteria for Copying Machines, Printers, Fax Machines, and Multifunctional Devices (MFDs) based on environmental, performance, and health parameters. These criteria include requirements for standard-sized monochromatic and color office machines based on electrophotography (including laser and LED) and inkjet marking technologies. Standard-sized machines are those that primarily print or copy on regular-sized (e.g., A4 / 8.5 x 11) paper and envelopes. Large-format office machines are also included in this category.</t>
+  </si>
+  <si>
+    <t>Other-Electronics</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labeling-scheme-photocopiers-printers-fax-machines-multifunctional-devices</t>
+  </si>
+  <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=38</t>
+  </si>
+  <si>
+    <t>Singapore Green Labeling Scheme: Televisions Sets</t>
+  </si>
+  <si>
+    <t>This category establishes criteria for mains-powered television sets consisting of a unit whose main purpose is to receive, reproduce and, if applicable, decode television signals.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labeling-scheme-televisions-sets</t>
+  </si>
+  <si>
+    <t>https://www.sgls.sec.org.sg/</t>
+  </si>
+  <si>
+    <t>Singapore Green Labelling Scheme: Coffee Machine</t>
+  </si>
+  <si>
+    <t>This category establishes criteria for espresso and coffee machines, which include fully-automatic espresso/coffee machines, hand-operated piston espresso/coffee machines and capsule espresso/coffee machines. The category does not cover espresso/coffee machines with a system to warm cups, or capsule espresso/coffee machines which require capsules made by a certain manufacturer.</t>
+  </si>
+  <si>
+    <t>Coffee Machines</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-coffee-machine</t>
+  </si>
+  <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=56</t>
+  </si>
+  <si>
+    <t>Singapore Green Labelling Scheme: Dishwashers</t>
+  </si>
+  <si>
+    <t>This category establishes criteria for dishwashers designed to be stand-alone on floors or counter surfaces meant for household use. They apply to devices which serve the function of dishwashing alone or in combination with other functions.</t>
+  </si>
+  <si>
+    <t>Dishwashers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-dishwashers</t>
+  </si>
+  <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=76</t>
+  </si>
+  <si>
+    <t>Singapore Green Labelling Scheme: Electric Kettles</t>
+  </si>
+  <si>
+    <t>This category establishes criteria for electric kettles for household use based on environmental, performance and health parameters.</t>
+  </si>
+  <si>
+    <t>Electric Kettles</t>
+  </si>
+  <si>
+    <t>November 2020</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-electric-kettles</t>
+  </si>
+  <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=55</t>
+  </si>
+  <si>
+    <t>Singapore Green Labelling Scheme: Gas Cookers and Gas-fired Appliances</t>
+  </si>
+  <si>
+    <t>This category establishes criteria for household gas-powered cooking devices that are isolated in design i.e. individual machines (which operate with gas burners located on steel originated or glass and ceramic layered cooker top) and gas-powered cooking devices with built-in ovens (the latter may be either natural gas or electricity powered). This category does not include gas powered cooking devices which operate with gas burners located below a glass and ceramic layered cooker top.</t>
+  </si>
+  <si>
+    <t>Cooktops or Hobs</t>
+  </si>
+  <si>
+    <t>Gas</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-gas-cookers-and-gas-fired-appliances</t>
+  </si>
+  <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=57</t>
+  </si>
+  <si>
+    <t>Singapore Green Labelling Scheme: Hot Water Storage Tanks</t>
+  </si>
+  <si>
+    <t>This scope for certification under this category includes hot-water storage tanks such as thermal solar systems and components, including water heaters, water heating installations, and storage water heaters for drinking water.</t>
+  </si>
+  <si>
+    <t>Storage Water Heaters</t>
+  </si>
+  <si>
+    <t>Electricity, Solar</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-hot-water-storage-tanks</t>
+  </si>
+  <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=58</t>
+  </si>
+  <si>
+    <t>Singapore Green Labelling Scheme: LEDs</t>
+  </si>
+  <si>
+    <t>This category establishes criteria for a range of Light Emitting Diode (“LED lighting”), which is used by directly connecting to a commercial power source.</t>
+  </si>
+  <si>
+    <t>Streetlighting, Non-Directional lamps, Directional Lamps</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-leds</t>
+  </si>
+  <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=45</t>
+  </si>
+  <si>
+    <t>Singapore Green Labelling Scheme: Photovoltaic Equipment</t>
+  </si>
+  <si>
+    <t>This category establishes criteria for products for indoor and outdoor use, powered by solar (or light) energy using a rechargeable electrochemical storage system are included within the scope of this category based on environmental, performance, and health parameters.</t>
+  </si>
+  <si>
+    <t>Small-Solar Powered Electronics</t>
+  </si>
+  <si>
+    <t>Solar</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-photovoltaic-equipment</t>
+  </si>
+  <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=71</t>
+  </si>
+  <si>
+    <t>Singapore Green Labelling Scheme: Refrigerators and Freezers</t>
+  </si>
+  <si>
+    <t>This category establishes criteria for electric household refrigerators (with or without low-temperature compartment), refrigerator-freezer combinations and freezers (chest and upright freezers) used as free-standing, built-under or built-in appliances.</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
-  </si>
-[...256 lines deleted...]
-    <t>This category establishes criteria for electric household refrigerators (with or without low-temperature compartment), refrigerator-freezer combinations and freezers (chest and upright freezers) used as free-standing, built-under or built-in appliances.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-refrigerators-and-freezers</t>
   </si>
   <si>
     <t>Singapore Green Labelling Scheme: Solar-Powered Products</t>
   </si>
   <si>
     <t>The scope of certification under this category includes solar powered products such as watches/clocks, caliper gauges, desktop and pocket calculators, scales for small utilisation, e.g. letter, parcel, bathroom and kitchen scales, titrating devices, toys, solar construction kits, solar training kits, and solar experimental kits.</t>
   </si>
   <si>
     <t>Small-Solar Powered Electronics, Solar Energy Kits</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-solar-powered-products</t>
   </si>
   <si>
     <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=62</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -1167,65 +1036,65 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P44"/>
+  <dimension ref="A1:P35"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="224.088" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="222.803" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="651.127" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="16.425" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="196.952" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="107.26" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="80.123" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="209.949" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -1310,2011 +1179,1583 @@
       </c>
       <c r="O2" t="s">
         <v>28</v>
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>32</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="G3" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H3">
         <v>2003</v>
       </c>
       <c r="I3">
-        <v>2018</v>
+        <v>2016</v>
       </c>
       <c r="J3" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="M3" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="P3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="B4" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
-        <v>40</v>
+        <v>32</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="G4" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H4">
         <v>2003</v>
       </c>
       <c r="I4">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="J4" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4" t="s">
         <v>42</v>
       </c>
       <c r="M4" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
         <v>43</v>
       </c>
       <c r="P4" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
         <v>45</v>
       </c>
       <c r="B5" t="s">
         <v>46</v>
       </c>
       <c r="C5" t="s">
         <v>18</v>
       </c>
       <c r="D5" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="G5" t="s">
         <v>22</v>
       </c>
       <c r="H5">
         <v>2003</v>
       </c>
       <c r="I5">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="J5" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
-      <c r="L5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L5"/>
       <c r="M5" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
         <v>48</v>
       </c>
       <c r="P5" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
         <v>50</v>
       </c>
       <c r="B6" t="s">
         <v>51</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
       <c r="D6" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
-        <v>41</v>
+        <v>52</v>
       </c>
       <c r="G6" t="s">
         <v>22</v>
       </c>
       <c r="H6">
         <v>2003</v>
       </c>
       <c r="I6">
-        <v>2018</v>
+        <v>2023</v>
       </c>
       <c r="J6" t="s">
-        <v>33</v>
+        <v>23</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
-      <c r="L6"/>
+      <c r="L6" t="s">
+        <v>53</v>
+      </c>
       <c r="M6" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="P6" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B7" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C7" t="s">
-        <v>57</v>
+        <v>18</v>
       </c>
       <c r="D7" t="s">
-        <v>52</v>
+        <v>58</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
-        <v>58</v>
+        <v>21</v>
       </c>
       <c r="G7" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H7">
         <v>2003</v>
       </c>
       <c r="I7">
-        <v>2023</v>
+        <v>2006</v>
       </c>
       <c r="J7" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7" t="s">
         <v>59</v>
       </c>
       <c r="M7" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
         <v>60</v>
       </c>
       <c r="P7" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
         <v>62</v>
       </c>
       <c r="B8" t="s">
         <v>63</v>
       </c>
       <c r="C8" t="s">
         <v>18</v>
       </c>
       <c r="D8" t="s">
         <v>64</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
         <v>21</v>
       </c>
       <c r="G8" t="s">
-        <v>22</v>
+        <v>65</v>
       </c>
       <c r="H8">
-        <v>2003</v>
-[...3 lines deleted...]
-      </c>
+        <v>2009</v>
+      </c>
+      <c r="I8"/>
       <c r="J8" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="M8" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="N8" t="s">
-        <v>27</v>
+        <v>67</v>
       </c>
       <c r="O8" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="P8" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="B9" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="C9" t="s">
         <v>18</v>
       </c>
       <c r="D9" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="E9" t="s">
-        <v>20</v>
+        <v>73</v>
       </c>
       <c r="F9" t="s">
         <v>21</v>
       </c>
       <c r="G9" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="H9">
-        <v>2019</v>
+        <v>2021</v>
       </c>
       <c r="I9"/>
       <c r="J9" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
-      <c r="L9"/>
+      <c r="L9" t="s">
+        <v>75</v>
+      </c>
       <c r="M9" t="s">
-        <v>35</v>
+        <v>76</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>72</v>
+        <v>77</v>
       </c>
       <c r="P9" t="s">
-        <v>73</v>
+        <v>78</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>74</v>
+        <v>79</v>
       </c>
       <c r="B10" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="C10" t="s">
-        <v>18</v>
+        <v>81</v>
       </c>
       <c r="D10" t="s">
-        <v>76</v>
+        <v>82</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
-        <v>21</v>
+        <v>83</v>
       </c>
       <c r="G10" t="s">
-        <v>71</v>
-[...3 lines deleted...]
-      </c>
+        <v>22</v>
+      </c>
+      <c r="H10"/>
       <c r="I10"/>
       <c r="J10" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10" t="s">
-        <v>77</v>
+        <v>84</v>
       </c>
       <c r="M10" t="s">
-        <v>35</v>
+        <v>85</v>
       </c>
       <c r="N10" t="s">
-        <v>78</v>
+        <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>79</v>
+        <v>86</v>
       </c>
       <c r="P10" t="s">
-        <v>80</v>
+        <v>87</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>81</v>
+        <v>88</v>
       </c>
       <c r="B11" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="C11" t="s">
         <v>18</v>
       </c>
       <c r="D11" t="s">
-        <v>83</v>
+        <v>90</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
         <v>21</v>
       </c>
       <c r="G11" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H11">
         <v>2014</v>
       </c>
       <c r="I11"/>
       <c r="J11" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="M11" t="s">
-        <v>35</v>
+        <v>92</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>85</v>
+        <v>93</v>
       </c>
       <c r="P11" t="s">
-        <v>86</v>
+        <v>94</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>87</v>
+        <v>95</v>
       </c>
       <c r="B12" t="s">
-        <v>88</v>
+        <v>96</v>
       </c>
       <c r="C12" t="s">
         <v>18</v>
       </c>
       <c r="D12" t="s">
-        <v>89</v>
+        <v>97</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
         <v>21</v>
       </c>
       <c r="G12" t="s">
-        <v>22</v>
+        <v>65</v>
       </c>
       <c r="H12">
-        <v>2008</v>
-[...3 lines deleted...]
-      </c>
+        <v>2017</v>
+      </c>
+      <c r="I12"/>
       <c r="J12" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
-      <c r="L12"/>
+      <c r="L12" t="s">
+        <v>98</v>
+      </c>
       <c r="M12" t="s">
-        <v>35</v>
+        <v>26</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>90</v>
+        <v>99</v>
       </c>
       <c r="P12" t="s">
-        <v>91</v>
+        <v>100</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>92</v>
+        <v>101</v>
       </c>
       <c r="B13" t="s">
-        <v>93</v>
+        <v>102</v>
       </c>
       <c r="C13" t="s">
-        <v>18</v>
+        <v>81</v>
       </c>
       <c r="D13" t="s">
-        <v>94</v>
+        <v>103</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="G13" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H13">
-        <v>2018</v>
+        <v>2024</v>
       </c>
       <c r="I13"/>
       <c r="J13" t="s">
-        <v>33</v>
+        <v>104</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13"/>
       <c r="M13" t="s">
-        <v>35</v>
+        <v>105</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>95</v>
+        <v>106</v>
       </c>
       <c r="P13" t="s">
-        <v>96</v>
+        <v>107</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>97</v>
+        <v>108</v>
       </c>
       <c r="B14" t="s">
-        <v>98</v>
+        <v>109</v>
       </c>
       <c r="C14" t="s">
-        <v>18</v>
+        <v>81</v>
       </c>
       <c r="D14" t="s">
-        <v>99</v>
+        <v>110</v>
       </c>
       <c r="E14" t="s">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="F14" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="G14" t="s">
-        <v>71</v>
+        <v>22</v>
       </c>
       <c r="H14">
-        <v>2021</v>
-[...1 lines deleted...]
-      <c r="I14"/>
+        <v>2015</v>
+      </c>
+      <c r="I14">
+        <v>2024</v>
+      </c>
       <c r="J14" t="s">
-        <v>33</v>
+        <v>104</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
-      <c r="L14" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L14"/>
       <c r="M14" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>103</v>
+        <v>111</v>
       </c>
       <c r="P14" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>105</v>
+        <v>112</v>
       </c>
       <c r="B15" t="s">
-        <v>106</v>
+        <v>113</v>
       </c>
       <c r="C15" t="s">
-        <v>107</v>
+        <v>81</v>
       </c>
       <c r="D15" t="s">
-        <v>108</v>
+        <v>114</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
-        <v>109</v>
+        <v>33</v>
       </c>
       <c r="G15" t="s">
-        <v>22</v>
+        <v>65</v>
       </c>
       <c r="H15"/>
-      <c r="I15"/>
+      <c r="I15">
+        <v>2024</v>
+      </c>
       <c r="J15" t="s">
-        <v>33</v>
+        <v>104</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
-      <c r="L15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L15"/>
       <c r="M15" t="s">
-        <v>111</v>
+        <v>105</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
       <c r="P15" t="s">
-        <v>113</v>
+        <v>107</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="B16" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="C16" t="s">
-        <v>18</v>
+        <v>81</v>
       </c>
       <c r="D16" t="s">
-        <v>116</v>
+        <v>47</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
         <v>21</v>
       </c>
       <c r="G16" t="s">
-        <v>71</v>
+        <v>22</v>
       </c>
       <c r="H16">
-        <v>2014</v>
-[...1 lines deleted...]
-      <c r="I16"/>
+        <v>2011</v>
+      </c>
+      <c r="I16">
+        <v>2022</v>
+      </c>
       <c r="J16" t="s">
-        <v>33</v>
+        <v>118</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="M16" t="s">
-        <v>118</v>
+        <v>105</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="P16" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="B17" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="C17" t="s">
-        <v>18</v>
+        <v>81</v>
       </c>
       <c r="D17" t="s">
-        <v>123</v>
+        <v>103</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
         <v>21</v>
       </c>
       <c r="G17" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H17">
-        <v>2017</v>
+        <v>2025</v>
       </c>
       <c r="I17"/>
       <c r="J17" t="s">
-        <v>33</v>
+        <v>104</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
-      <c r="L17" t="s">
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>105</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
         <v>124</v>
       </c>
-      <c r="M17" t="s">
-[...5 lines deleted...]
-      <c r="O17" t="s">
+      <c r="P17" t="s">
         <v>125</v>
-      </c>
-[...1 lines deleted...]
-        <v>126</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
+        <v>126</v>
+      </c>
+      <c r="B18" t="s">
         <v>127</v>
       </c>
-      <c r="B18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C18" t="s">
-        <v>18</v>
+        <v>81</v>
       </c>
       <c r="D18" t="s">
-        <v>129</v>
+        <v>47</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
         <v>21</v>
       </c>
       <c r="G18" t="s">
-        <v>71</v>
+        <v>22</v>
       </c>
       <c r="H18">
-        <v>2017</v>
-[...1 lines deleted...]
-      <c r="I18"/>
+        <v>2011</v>
+      </c>
+      <c r="I18">
+        <v>2025</v>
+      </c>
       <c r="J18" t="s">
-        <v>33</v>
+        <v>104</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
-      <c r="L18" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L18"/>
       <c r="M18" t="s">
-        <v>26</v>
+        <v>105</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>131</v>
+        <v>128</v>
       </c>
       <c r="P18" t="s">
-        <v>132</v>
+        <v>121</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="B19" t="s">
-        <v>134</v>
+        <v>130</v>
       </c>
       <c r="C19" t="s">
-        <v>107</v>
+        <v>81</v>
       </c>
       <c r="D19" t="s">
-        <v>135</v>
+        <v>131</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="G19" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H19">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I19"/>
       <c r="J19" t="s">
-        <v>136</v>
+        <v>104</v>
       </c>
       <c r="K19" t="s">
         <v>24</v>
       </c>
       <c r="L19"/>
       <c r="M19" t="s">
-        <v>137</v>
+        <v>105</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>138</v>
+        <v>132</v>
       </c>
       <c r="P19" t="s">
-        <v>139</v>
+        <v>125</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>140</v>
+        <v>133</v>
       </c>
       <c r="B20" t="s">
-        <v>141</v>
+        <v>134</v>
       </c>
       <c r="C20" t="s">
-        <v>107</v>
+        <v>81</v>
       </c>
       <c r="D20" t="s">
-        <v>142</v>
+        <v>135</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="G20" t="s">
-        <v>22</v>
+        <v>65</v>
       </c>
       <c r="H20">
-        <v>2015</v>
-[...3 lines deleted...]
-      </c>
+        <v>2025</v>
+      </c>
+      <c r="I20"/>
       <c r="J20" t="s">
-        <v>136</v>
+        <v>104</v>
       </c>
       <c r="K20" t="s">
         <v>24</v>
       </c>
       <c r="L20"/>
       <c r="M20" t="s">
-        <v>137</v>
+        <v>105</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
-        <v>143</v>
+        <v>136</v>
       </c>
       <c r="P20" t="s">
-        <v>139</v>
+        <v>125</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>144</v>
+        <v>137</v>
       </c>
       <c r="B21" t="s">
-        <v>145</v>
+        <v>138</v>
       </c>
       <c r="C21" t="s">
-        <v>107</v>
+        <v>81</v>
       </c>
       <c r="D21" t="s">
-        <v>146</v>
+        <v>139</v>
       </c>
       <c r="E21" t="s">
-        <v>20</v>
+        <v>73</v>
       </c>
       <c r="F21" t="s">
-        <v>41</v>
+        <v>52</v>
       </c>
       <c r="G21" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H21">
-        <v>2024</v>
+        <v>2012</v>
       </c>
       <c r="I21"/>
       <c r="J21" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="K21" t="s">
         <v>24</v>
       </c>
       <c r="L21"/>
       <c r="M21" t="s">
-        <v>137</v>
+        <v>141</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
-        <v>147</v>
+        <v>142</v>
       </c>
       <c r="P21" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>148</v>
+        <v>144</v>
       </c>
       <c r="B22" t="s">
-        <v>149</v>
+        <v>145</v>
       </c>
       <c r="C22" t="s">
-        <v>107</v>
+        <v>81</v>
       </c>
       <c r="D22" t="s">
-        <v>150</v>
+        <v>146</v>
       </c>
       <c r="E22" t="s">
-        <v>20</v>
+        <v>73</v>
       </c>
       <c r="F22" t="s">
-        <v>41</v>
+        <v>52</v>
       </c>
       <c r="G22" t="s">
-        <v>71</v>
-[...3 lines deleted...]
-      </c>
+        <v>147</v>
+      </c>
+      <c r="H22"/>
       <c r="I22"/>
       <c r="J22" t="s">
-        <v>136</v>
+        <v>35</v>
       </c>
       <c r="K22" t="s">
         <v>24</v>
       </c>
       <c r="L22"/>
       <c r="M22" t="s">
-        <v>137</v>
+        <v>141</v>
       </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
-        <v>151</v>
+        <v>148</v>
       </c>
       <c r="P22" t="s">
-        <v>139</v>
+        <v>149</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
+        <v>150</v>
+      </c>
+      <c r="B23" t="s">
+        <v>151</v>
+      </c>
+      <c r="C23" t="s">
+        <v>81</v>
+      </c>
+      <c r="D23" t="s">
         <v>152</v>
       </c>
-      <c r="B23" t="s">
+      <c r="E23" t="s">
+        <v>73</v>
+      </c>
+      <c r="F23" t="s">
+        <v>52</v>
+      </c>
+      <c r="G23" t="s">
+        <v>147</v>
+      </c>
+      <c r="H23"/>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>35</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23"/>
+      <c r="M23" t="s">
+        <v>141</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
         <v>153</v>
       </c>
-      <c r="C23" t="s">
-[...20 lines deleted...]
-      <c r="J23" t="s">
+      <c r="P23" t="s">
         <v>154</v>
-      </c>
-[...16 lines deleted...]
-        <v>157</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>158</v>
+        <v>155</v>
       </c>
       <c r="B24" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="C24" t="s">
-        <v>107</v>
+        <v>81</v>
       </c>
       <c r="D24" t="s">
-        <v>135</v>
+        <v>157</v>
       </c>
       <c r="E24" t="s">
-        <v>20</v>
+        <v>73</v>
       </c>
       <c r="F24" t="s">
-        <v>21</v>
+        <v>52</v>
       </c>
       <c r="G24" t="s">
-        <v>71</v>
-[...3 lines deleted...]
-      </c>
+        <v>147</v>
+      </c>
+      <c r="H24"/>
       <c r="I24"/>
       <c r="J24" t="s">
-        <v>136</v>
+        <v>35</v>
       </c>
       <c r="K24" t="s">
         <v>24</v>
       </c>
       <c r="L24"/>
       <c r="M24" t="s">
-        <v>137</v>
+        <v>141</v>
       </c>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="P24" t="s">
-        <v>161</v>
+        <v>159</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
+        <v>160</v>
+      </c>
+      <c r="B25" t="s">
+        <v>161</v>
+      </c>
+      <c r="C25" t="s">
+        <v>81</v>
+      </c>
+      <c r="D25" t="s">
         <v>162</v>
       </c>
-      <c r="B25" t="s">
+      <c r="E25" t="s">
+        <v>73</v>
+      </c>
+      <c r="F25" t="s">
+        <v>52</v>
+      </c>
+      <c r="G25" t="s">
+        <v>147</v>
+      </c>
+      <c r="H25"/>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>35</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25"/>
+      <c r="M25" t="s">
+        <v>141</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
         <v>163</v>
       </c>
-      <c r="C25" t="s">
-[...2 lines deleted...]
-      <c r="D25" t="s">
+      <c r="P25" t="s">
         <v>164</v>
-      </c>
-[...34 lines deleted...]
-        <v>161</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>167</v>
+        <v>165</v>
       </c>
       <c r="B26" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
       <c r="C26" t="s">
-        <v>107</v>
+        <v>81</v>
       </c>
       <c r="D26" t="s">
-        <v>164</v>
+        <v>131</v>
       </c>
       <c r="E26" t="s">
-        <v>20</v>
+        <v>73</v>
       </c>
       <c r="F26" t="s">
-        <v>21</v>
+        <v>52</v>
       </c>
       <c r="G26" t="s">
         <v>22</v>
       </c>
       <c r="H26">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="I26">
-        <v>2025</v>
+        <v>2012</v>
       </c>
       <c r="J26" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="K26" t="s">
         <v>24</v>
       </c>
       <c r="L26"/>
       <c r="M26" t="s">
-        <v>137</v>
+        <v>141</v>
       </c>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="P26" t="s">
-        <v>161</v>
+        <v>168</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
+        <v>169</v>
+      </c>
+      <c r="B27" t="s">
         <v>170</v>
       </c>
-      <c r="B27" t="s">
+      <c r="C27" t="s">
+        <v>81</v>
+      </c>
+      <c r="D27" t="s">
         <v>171</v>
       </c>
-      <c r="C27" t="s">
-[...2 lines deleted...]
-      <c r="D27" t="s">
+      <c r="E27" t="s">
+        <v>73</v>
+      </c>
+      <c r="F27" t="s">
         <v>52</v>
-      </c>
-[...4 lines deleted...]
-        <v>21</v>
       </c>
       <c r="G27" t="s">
         <v>22</v>
       </c>
       <c r="H27">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="I27">
-        <v>2025</v>
+        <v>2012</v>
       </c>
       <c r="J27" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="K27" t="s">
         <v>24</v>
       </c>
       <c r="L27"/>
       <c r="M27" t="s">
-        <v>137</v>
+        <v>141</v>
       </c>
       <c r="N27" t="s">
         <v>27</v>
       </c>
       <c r="O27" t="s">
         <v>172</v>
       </c>
       <c r="P27" t="s">
-        <v>157</v>
+        <v>173</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="B28" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="C28" t="s">
-        <v>107</v>
+        <v>81</v>
       </c>
       <c r="D28" t="s">
-        <v>94</v>
+        <v>176</v>
       </c>
       <c r="E28" t="s">
-        <v>20</v>
+        <v>73</v>
       </c>
       <c r="F28" t="s">
-        <v>21</v>
+        <v>52</v>
       </c>
       <c r="G28" t="s">
-        <v>71</v>
-[...1 lines deleted...]
-      <c r="H28"/>
+        <v>65</v>
+      </c>
+      <c r="H28">
+        <v>2013</v>
+      </c>
       <c r="I28"/>
       <c r="J28" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="K28" t="s">
         <v>24</v>
       </c>
       <c r="L28"/>
       <c r="M28" t="s">
-        <v>137</v>
+        <v>141</v>
       </c>
       <c r="N28" t="s">
         <v>27</v>
       </c>
       <c r="O28" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="P28" t="s">
-        <v>161</v>
+        <v>178</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="B29" t="s">
-        <v>177</v>
+        <v>180</v>
       </c>
       <c r="C29" t="s">
-        <v>107</v>
+        <v>81</v>
       </c>
       <c r="D29" t="s">
-        <v>150</v>
+        <v>181</v>
       </c>
       <c r="E29" t="s">
-        <v>20</v>
+        <v>73</v>
       </c>
       <c r="F29" t="s">
-        <v>21</v>
+        <v>52</v>
       </c>
       <c r="G29" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H29">
-        <v>2025</v>
+        <v>2017</v>
       </c>
       <c r="I29"/>
       <c r="J29" t="s">
-        <v>136</v>
+        <v>182</v>
       </c>
       <c r="K29" t="s">
         <v>24</v>
       </c>
       <c r="L29"/>
       <c r="M29" t="s">
-        <v>137</v>
+        <v>141</v>
       </c>
       <c r="N29" t="s">
         <v>27</v>
       </c>
       <c r="O29" t="s">
-        <v>178</v>
+        <v>183</v>
       </c>
       <c r="P29" t="s">
-        <v>161</v>
+        <v>184</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>179</v>
+        <v>185</v>
       </c>
       <c r="B30" t="s">
-        <v>180</v>
+        <v>186</v>
       </c>
       <c r="C30" t="s">
-        <v>107</v>
+        <v>81</v>
       </c>
       <c r="D30" t="s">
-        <v>181</v>
+        <v>187</v>
       </c>
       <c r="E30" t="s">
-        <v>100</v>
+        <v>73</v>
       </c>
       <c r="F30" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="G30" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H30">
-        <v>2012</v>
+        <v>2017</v>
       </c>
       <c r="I30"/>
       <c r="J30" t="s">
         <v>182</v>
       </c>
       <c r="K30" t="s">
-        <v>24</v>
+        <v>188</v>
       </c>
       <c r="L30"/>
       <c r="M30" t="s">
-        <v>183</v>
+        <v>141</v>
       </c>
       <c r="N30" t="s">
         <v>27</v>
       </c>
       <c r="O30" t="s">
-        <v>184</v>
+        <v>189</v>
       </c>
       <c r="P30" t="s">
-        <v>185</v>
+        <v>190</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>186</v>
+        <v>191</v>
       </c>
       <c r="B31" t="s">
-        <v>187</v>
+        <v>192</v>
       </c>
       <c r="C31" t="s">
-        <v>107</v>
+        <v>81</v>
       </c>
       <c r="D31" t="s">
-        <v>188</v>
+        <v>193</v>
       </c>
       <c r="E31" t="s">
-        <v>100</v>
+        <v>73</v>
       </c>
       <c r="F31" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="G31" t="s">
-        <v>189</v>
-[...1 lines deleted...]
-      <c r="H31"/>
+        <v>65</v>
+      </c>
+      <c r="H31">
+        <v>2017</v>
+      </c>
       <c r="I31"/>
       <c r="J31" t="s">
-        <v>33</v>
+        <v>182</v>
       </c>
       <c r="K31" t="s">
-        <v>24</v>
+        <v>194</v>
       </c>
       <c r="L31"/>
       <c r="M31" t="s">
-        <v>183</v>
+        <v>141</v>
       </c>
       <c r="N31" t="s">
         <v>27</v>
       </c>
       <c r="O31" t="s">
-        <v>190</v>
+        <v>195</v>
       </c>
       <c r="P31" t="s">
-        <v>191</v>
+        <v>196</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>192</v>
+        <v>197</v>
       </c>
       <c r="B32" t="s">
-        <v>193</v>
+        <v>198</v>
       </c>
       <c r="C32" t="s">
-        <v>107</v>
+        <v>81</v>
       </c>
       <c r="D32" t="s">
-        <v>194</v>
+        <v>199</v>
       </c>
       <c r="E32" t="s">
-        <v>100</v>
+        <v>73</v>
       </c>
       <c r="F32" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="G32" t="s">
-        <v>189</v>
-[...2 lines deleted...]
-      <c r="I32"/>
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>2012</v>
+      </c>
+      <c r="I32">
+        <v>2017</v>
+      </c>
       <c r="J32" t="s">
-        <v>33</v>
+        <v>182</v>
       </c>
       <c r="K32" t="s">
         <v>24</v>
       </c>
       <c r="L32"/>
       <c r="M32" t="s">
-        <v>183</v>
+        <v>141</v>
       </c>
       <c r="N32" t="s">
         <v>27</v>
       </c>
       <c r="O32" t="s">
-        <v>195</v>
+        <v>200</v>
       </c>
       <c r="P32" t="s">
-        <v>196</v>
+        <v>201</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>197</v>
+        <v>202</v>
       </c>
       <c r="B33" t="s">
-        <v>198</v>
+        <v>203</v>
       </c>
       <c r="C33" t="s">
-        <v>107</v>
+        <v>81</v>
       </c>
       <c r="D33" t="s">
-        <v>199</v>
+        <v>204</v>
       </c>
       <c r="E33" t="s">
-        <v>100</v>
+        <v>73</v>
       </c>
       <c r="F33" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="G33" t="s">
-        <v>189</v>
-[...1 lines deleted...]
-      <c r="H33"/>
+        <v>65</v>
+      </c>
+      <c r="H33">
+        <v>2017</v>
+      </c>
       <c r="I33"/>
       <c r="J33" t="s">
-        <v>33</v>
+        <v>182</v>
       </c>
       <c r="K33" t="s">
-        <v>24</v>
+        <v>205</v>
       </c>
       <c r="L33"/>
       <c r="M33" t="s">
-        <v>183</v>
+        <v>141</v>
       </c>
       <c r="N33" t="s">
         <v>27</v>
       </c>
       <c r="O33" t="s">
-        <v>200</v>
+        <v>206</v>
       </c>
       <c r="P33" t="s">
-        <v>201</v>
+        <v>207</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>202</v>
+        <v>208</v>
       </c>
       <c r="B34" t="s">
-        <v>203</v>
+        <v>209</v>
       </c>
       <c r="C34" t="s">
-        <v>107</v>
+        <v>81</v>
       </c>
       <c r="D34" t="s">
-        <v>204</v>
+        <v>210</v>
       </c>
       <c r="E34" t="s">
-        <v>100</v>
+        <v>73</v>
       </c>
       <c r="F34" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="G34" t="s">
-        <v>189</v>
-[...2 lines deleted...]
-      <c r="I34"/>
+        <v>22</v>
+      </c>
+      <c r="H34">
+        <v>2012</v>
+      </c>
+      <c r="I34">
+        <v>2012</v>
+      </c>
       <c r="J34" t="s">
-        <v>33</v>
+        <v>140</v>
       </c>
       <c r="K34" t="s">
         <v>24</v>
       </c>
       <c r="L34"/>
       <c r="M34" t="s">
-        <v>183</v>
+        <v>141</v>
       </c>
       <c r="N34" t="s">
         <v>27</v>
       </c>
       <c r="O34" t="s">
-        <v>205</v>
+        <v>211</v>
       </c>
       <c r="P34" t="s">
-        <v>206</v>
+        <v>168</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>207</v>
+        <v>212</v>
       </c>
       <c r="B35" t="s">
-        <v>208</v>
+        <v>213</v>
       </c>
       <c r="C35" t="s">
-        <v>107</v>
+        <v>81</v>
       </c>
       <c r="D35" t="s">
-        <v>94</v>
+        <v>214</v>
       </c>
       <c r="E35" t="s">
-        <v>100</v>
+        <v>73</v>
       </c>
       <c r="F35" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="G35" t="s">
-        <v>22</v>
+        <v>65</v>
       </c>
       <c r="H35">
-        <v>2012</v>
-[...3 lines deleted...]
-      </c>
+        <v>2017</v>
+      </c>
+      <c r="I35"/>
       <c r="J35" t="s">
         <v>182</v>
       </c>
       <c r="K35" t="s">
-        <v>24</v>
+        <v>205</v>
       </c>
       <c r="L35"/>
       <c r="M35" t="s">
-        <v>183</v>
+        <v>141</v>
       </c>
       <c r="N35" t="s">
         <v>27</v>
       </c>
       <c r="O35" t="s">
-        <v>209</v>
+        <v>215</v>
       </c>
       <c r="P35" t="s">
-        <v>210</v>
-[...51 lines deleted...]
-      <c r="A37" t="s">
         <v>216</v>
-      </c>
-[...365 lines deleted...]
-        <v>256</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">