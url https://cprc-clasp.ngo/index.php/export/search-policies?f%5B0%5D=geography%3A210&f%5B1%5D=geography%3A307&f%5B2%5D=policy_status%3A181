--- v0 (2025-12-06)
+++ v1 (2026-02-05)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="268">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="246">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -114,50 +114,53 @@
     <t>ICS 97.040.30</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards &amp; Quality</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3794-2024-energy-efficiency-household-and-similar-electrical-appliances-measurement-and</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/4358</t>
   </si>
   <si>
     <t>3795-1/2016 Energy efficiency label requirements for air conditioners part 1: room air conditioner (window-split) with fixed capacity and fixed compressor</t>
   </si>
   <si>
     <t>This standard establishes label requirements for room air conditioners, both window and split with fixed capacity and fixed compressors.</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Air Conditioning, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814.</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3795-12016-energy-efficiency-label-requirements-air-conditioners-part-1-room-air</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14491</t>
   </si>
   <si>
     <t>3795-2/2017 Energy Efficiency Label Requirements For Air Conditioners Part 2: Variable Capacity Room Air Conditioner (Window-Split) with Variable Speed Compressor</t>
   </si>
   <si>
     <t>This standard establishes label requirements for room air conditioners, both window and split with variable speed compressors.</t>
   </si>
   <si>
@@ -203,143 +206,80 @@
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/8643</t>
   </si>
   <si>
     <t>4100/2006 Energy Efficiency of Households and similar Electrical appliances methods for measuring and calculation energy consumption of washing machine</t>
   </si>
   <si>
     <t>This standard specifies the energy efficiency specifications for washing machines.</t>
   </si>
   <si>
     <t>Laundry, Washing Machines</t>
   </si>
   <si>
     <t>IEC 60465/2003+cor1/2005
 ,   
                       IEC-60335-1/2001-Amd 1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/41002006-energy-efficiency-households-and-similar-electrical-appliances-methods-measuring</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/4472</t>
   </si>
   <si>
-    <t>5806/2019 Energy efficiency of households and similar Electrical appliances methods for measuring and calculation energy consumption for electric water heaters</t>
-[...5 lines deleted...]
-    <t>Storage Water Heaters</t>
+    <t>6977/2009 Energy Efficiency Of Distribution Transformers</t>
+  </si>
+  <si>
+    <t>This standard specifies the energy efficiency of distribution transformers.</t>
+  </si>
+  <si>
+    <t>Power Transformers</t>
   </si>
   <si>
     <t>Entered into force, New</t>
-  </si>
-[...13 lines deleted...]
-    <t>Power Transformers</t>
   </si>
   <si>
     <t>IEC 60076-ser/2008
 ,   
                     ES 1886: Power Transformers Dry Type
 ,   
                     ES 4885-1 Instrument transformers part-1Current transformer
 ,   
                     ES 4885-1 Instrument transformers part-2 Inductive voltage transformer</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/69772009-energy-efficiency-distribution-transformers</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/10626</t>
   </si>
   <si>
-    <t>7821/2014 Energy efficiency of household electrical appliances Methods for measuring and calculating energy efficiency of electric circulating air fans</t>
-[...46 lines deleted...]
-  <si>
     <t>Decision 13/2008 Technical requirements for energy-efficient street lights</t>
   </si>
   <si>
     <t>This document specifies the technical requirements and labeling instructions for energy-efficient street lights.</t>
   </si>
   <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Streetlighting</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/decision-132008-technical-requirements-energy-efficient-street-lights</t>
   </si>
   <si>
     <t>http://thuvienphapluat.vn/van-ban/Linh-vuc-khac/Quyet-dinh-13-2008-QD-BCT-quy-dinh-ve-yeu-cau-ky-thuat-choa-den-chieu-sang-duong-pho-tiet-kiem-nang-luong-67650.aspx</t>
   </si>
   <si>
     <t>Decision 4889/QD-BCT LED labeling guidelines</t>
@@ -369,50 +309,53 @@
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
     <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
   </si>
   <si>
     <t>Eco-Design Requirements for Water Pump Energy Efficiency (8441/2021)</t>
   </si>
   <si>
     <t>This standard establishes ecodesign requirements for rotodynamic water pumps for pumping clean water, including those integrated into other products, and efficiency labeling requirements.</t>
   </si>
   <si>
     <t>Pumps</t>
   </si>
   <si>
     <t>Voluntary</t>
+  </si>
+  <si>
+    <t>Entered into force, New, Superseded</t>
   </si>
   <si>
     <t>ICS 23.080</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards and Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/eco-design-requirements-water-pump-energy-efficiency-84412021</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/15248</t>
   </si>
   <si>
     <t>Energy Efficiency of Household and Similar Electrical Appliances</t>
   </si>
   <si>
     <t>This standard identifies the methods of measuring and calculating energy efficiency and sets a maximum limit to the values of energy consumption. The standard aims to reduce the consumption of electric power.</t>
   </si>
   <si>
     <t>Kitchen, Dishwashers</t>
   </si>
   <si>
     <t>IEC60436:2004, A1:2009, A2:2012</t>
   </si>
@@ -422,70 +365,50 @@
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-household-and-similar-electrical-appliances</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/14008</t>
   </si>
   <si>
     <t>Energy Efficiency Of Household Electrical Appliances Methods For Measuring And Calculating Energy Efficiency Of Domestic Ovens (ES 8058/2017)</t>
   </si>
   <si>
     <t>This standard establishes the methods of measuring and calculating the energy efficiency of electrical domestic ovens.</t>
   </si>
   <si>
     <t>Kitchen, Ovens</t>
   </si>
   <si>
     <t>IEC 60350-1/2015
 ,   
                     Regulation (EU) No 65/2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-household-electrical-appliances-methods-measuring-and-calculating-0</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/14544</t>
-  </si>
-[...18 lines deleted...]
-    <t>https://www.eos.org.eg/en/standard/14543</t>
   </si>
   <si>
     <t>TCVN 10289:2014 Commercial refrigerated cabinets - energy efficiency</t>
   </si>
   <si>
     <t>This document specifies the MEPS and test methods for commercial refrigerated cabinets.</t>
   </si>
   <si>
     <t>Refrigerated Cabinets</t>
   </si>
   <si>
     <t>TCVN 10290:2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-102892014-commercial-refrigerated-cabinets-energy-efficiency</t>
   </si>
   <si>
     <t>https://vanbanphapluat.co/tcvn-10289-2014-tu-giu-lanh-thuong-mai-hieu-suat-nang-luong</t>
   </si>
   <si>
     <t>TCVN 11844:2017 LED lamps - energy efficiency and test methods</t>
   </si>
   <si>
     <t>This document specifies the MEPS and test methods for LED lamps.</t>
   </si>
@@ -649,50 +572,53 @@
   <si>
     <t>TCVN 7897:2013 Electronic ballasts for fluorescent lamps - energy efficiency</t>
   </si>
   <si>
     <t>This document specifies the MEPS and test methods for electronic ballasts for fluorescent lamps.</t>
   </si>
   <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>TCVN 7541-2:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-78972013-electronic-ballasts-fluorescent-lamps-energy-efficiency</t>
   </si>
   <si>
     <t>https://vanbanphapluat.co/tcvn-7897-2013-balat-dien-tu-dung-cho-bong-den-huynh-quang-hieu-suat-nang-luong</t>
   </si>
   <si>
     <t>TCVN 7898:2018 Storage water heaters - energy efficiency and test methods</t>
   </si>
   <si>
     <t>This document specifies the MEPS, test methods, and star ratings for storage water heaters.</t>
   </si>
   <si>
+    <t>Storage Water Heaters</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-78982018-storage-water-heaters-energy-efficiency-and-test-methods</t>
   </si>
   <si>
     <t>https://thuvienphapluat.vn/TCVN/Dien-dien-tu/TCVN-7898-2018-Binh-dun-nuoc-nong-co-du-tru-dung-cho-muc-dich-gia-dung-918007.aspx</t>
   </si>
   <si>
     <t>TCVN 8248:2013 Electromagnetic ballasts for fluorescent lamps - energy efficiency</t>
   </si>
   <si>
     <t>This document specifies the MEPS and test methods for electromagnetic ballasts for fluorescent lamps.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-82482013-electromagnetic-ballasts-fluorescent-lamps-energy-efficiency</t>
   </si>
   <si>
     <t>https://vanbanphapluat.co/tcvn-8248-2013-balat-dien-tu-dung-cho-bong-den-huynh-quang-hieu-suat-nang-luong</t>
   </si>
   <si>
     <t>TCVN 8249:2013 Linear tubular fluorescent lamps - energy efficiency</t>
   </si>
   <si>
     <t>This document specifies the MEPS and test methods for linear tubular fluorescent lamps.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-82492013-linear-tubular-fluorescent-lamps-energy-efficiency</t>
@@ -814,72 +740,78 @@
   <si>
     <t>https://vanbanphapluat.co/tcvn-9509-2012-may-in-hieu-suat-nang-luong</t>
   </si>
   <si>
     <t>TCVN 9510:2012 Copiers - energy efficiency</t>
   </si>
   <si>
     <t>This document specifies the MEPS and test methods for copiers.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-95102012-copiers-energy-efficiency</t>
   </si>
   <si>
     <t>https://vanbanphapluat.co/tcvn-9510-2012-may-photocopy-hieu-suat-nang-luong</t>
   </si>
   <si>
     <t>TCVN 9536: 2021: Television Sets - Energy Efficiency</t>
   </si>
   <si>
     <t>This standard applies to television sets with a rated power of less than 1 000 W, consisting of a display and one or more receivers/tuners in the same or separate housing.
 It also applies to TV/VCR, TV/DVD, combined TV/VCR/DVD sets.
 It does not apply to television sets with computer, OCAP, IP and other television receivers with special functions. This standard specifies minimum energy efficiency levels and energy efficiency classes for television sets.
 It replaces TCVN 9536:2012 and has been effective since April 2025.</t>
   </si>
   <si>
+    <t>Televisions</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-9536-2021-television-sets-energy-efficiency</t>
   </si>
   <si>
     <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN%209536:2021</t>
   </si>
   <si>
     <t>TCVN 9536:2012: Televisions</t>
   </si>
   <si>
     <t>This policy defines minimum energy performance standards for televisions.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-95362012-televisions</t>
   </si>
   <si>
     <t>https://vanbanphapluat.co/tcvn-9537-2012-may-thu-hinh-xac-dinh-hieu-suat-nang-luong</t>
   </si>
   <si>
     <t>Vietnam Decision No. 51/2011/QD-TTg</t>
   </si>
   <si>
     <t>Import, manufacture, and circulation of incandescent lamps with a power output higher than 60W will be banned from January 1, 2013.</t>
+  </si>
+  <si>
+    <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/vietnam-decision-no-512011qd-ttg</t>
   </si>
   <si>
     <t>http://thuvienphapluat.vn/van-ban/Tai-nguyen-Moi-truong/Quyet-dinh-51-2011-QD-TTg-danh-muc-phuong-tien-thiet-bi-phai-dan-nhan-nang-129033.aspx</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -1189,73 +1121,73 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P45"/>
+  <dimension ref="A1:P40"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="222.803" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="727.822" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="515.446" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="107.26" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="80.123" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
-    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="227.516" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -1335,2104 +1267,1868 @@
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>32</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>33</v>
       </c>
       <c r="G3" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H3">
         <v>2003</v>
       </c>
       <c r="I3">
         <v>2016</v>
       </c>
       <c r="J3" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="M3" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="P3" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B4" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
         <v>32</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>33</v>
       </c>
       <c r="G4" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H4">
         <v>2003</v>
       </c>
       <c r="I4">
         <v>2017</v>
       </c>
       <c r="J4" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="M4" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="P4" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B5" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C5" t="s">
         <v>18</v>
       </c>
       <c r="D5" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>33</v>
       </c>
       <c r="G5" t="s">
         <v>22</v>
       </c>
       <c r="H5">
         <v>2003</v>
       </c>
       <c r="I5">
         <v>2018</v>
       </c>
       <c r="J5" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5"/>
       <c r="M5" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="P5" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B6" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
       <c r="D6" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="G6" t="s">
         <v>22</v>
       </c>
       <c r="H6">
         <v>2003</v>
       </c>
       <c r="I6">
         <v>2023</v>
       </c>
       <c r="J6" t="s">
         <v>23</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="M6" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="P6" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B7" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C7" t="s">
         <v>18</v>
       </c>
       <c r="D7" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>21</v>
       </c>
       <c r="G7" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H7">
         <v>2003</v>
       </c>
       <c r="I7">
         <v>2006</v>
       </c>
       <c r="J7" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="M7" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="P7" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B8" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C8" t="s">
         <v>18</v>
       </c>
       <c r="D8" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
         <v>21</v>
       </c>
       <c r="G8" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="H8">
-        <v>2019</v>
+        <v>2009</v>
       </c>
       <c r="I8"/>
       <c r="J8" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
-      <c r="L8"/>
+      <c r="L8" t="s">
+        <v>66</v>
+      </c>
       <c r="M8" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="N8" t="s">
-        <v>27</v>
+        <v>67</v>
       </c>
       <c r="O8" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="P8" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="B9" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="C9" t="s">
-        <v>18</v>
+        <v>72</v>
       </c>
       <c r="D9" t="s">
-        <v>69</v>
+        <v>73</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
         <v>21</v>
       </c>
       <c r="G9" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="H9">
-        <v>2009</v>
+        <v>2008</v>
       </c>
       <c r="I9"/>
       <c r="J9" t="s">
-        <v>34</v>
+        <v>74</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
-      <c r="L9" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L9"/>
       <c r="M9" t="s">
-        <v>36</v>
+        <v>75</v>
       </c>
       <c r="N9" t="s">
-        <v>71</v>
+        <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="P9" t="s">
-        <v>73</v>
+        <v>77</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
       <c r="B10" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="C10" t="s">
-        <v>18</v>
+        <v>72</v>
       </c>
       <c r="D10" t="s">
-        <v>76</v>
+        <v>80</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
-        <v>21</v>
+        <v>52</v>
       </c>
       <c r="G10" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="H10">
-        <v>2014</v>
+        <v>2017</v>
       </c>
       <c r="I10"/>
       <c r="J10" t="s">
-        <v>34</v>
+        <v>74</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="M10" t="s">
-        <v>36</v>
+        <v>75</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="P10" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>80</v>
+        <v>84</v>
       </c>
       <c r="B11" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="C11" t="s">
-        <v>18</v>
+        <v>72</v>
       </c>
       <c r="D11" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
-        <v>21</v>
+        <v>87</v>
       </c>
       <c r="G11" t="s">
         <v>22</v>
       </c>
       <c r="H11">
-        <v>2008</v>
+        <v>2011</v>
       </c>
       <c r="I11">
-        <v>2020</v>
+        <v>2023</v>
       </c>
       <c r="J11" t="s">
-        <v>34</v>
+        <v>88</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11"/>
       <c r="M11" t="s">
-        <v>36</v>
+        <v>75</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>83</v>
+        <v>89</v>
       </c>
       <c r="P11" t="s">
-        <v>84</v>
+        <v>90</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>85</v>
+        <v>91</v>
       </c>
       <c r="B12" t="s">
-        <v>86</v>
+        <v>92</v>
       </c>
       <c r="C12" t="s">
         <v>18</v>
       </c>
       <c r="D12" t="s">
-        <v>87</v>
+        <v>93</v>
       </c>
       <c r="E12" t="s">
-        <v>20</v>
+        <v>94</v>
       </c>
       <c r="F12" t="s">
         <v>21</v>
       </c>
       <c r="G12" t="s">
-        <v>64</v>
+        <v>95</v>
       </c>
       <c r="H12">
-        <v>2018</v>
+        <v>2021</v>
       </c>
       <c r="I12"/>
       <c r="J12" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
-      <c r="L12"/>
+      <c r="L12" t="s">
+        <v>96</v>
+      </c>
       <c r="M12" t="s">
-        <v>36</v>
+        <v>97</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>88</v>
+        <v>98</v>
       </c>
       <c r="P12" t="s">
-        <v>89</v>
+        <v>99</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>90</v>
+        <v>100</v>
       </c>
       <c r="B13" t="s">
-        <v>91</v>
+        <v>101</v>
       </c>
       <c r="C13" t="s">
-        <v>92</v>
+        <v>18</v>
       </c>
       <c r="D13" t="s">
-        <v>93</v>
+        <v>102</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
         <v>21</v>
       </c>
       <c r="G13" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="H13">
-        <v>2008</v>
+        <v>2014</v>
       </c>
       <c r="I13"/>
       <c r="J13" t="s">
-        <v>94</v>
+        <v>35</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
-      <c r="L13"/>
+      <c r="L13" t="s">
+        <v>103</v>
+      </c>
       <c r="M13" t="s">
-        <v>95</v>
+        <v>104</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>96</v>
+        <v>105</v>
       </c>
       <c r="P13" t="s">
-        <v>97</v>
+        <v>106</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>98</v>
+        <v>107</v>
       </c>
       <c r="B14" t="s">
-        <v>99</v>
+        <v>108</v>
       </c>
       <c r="C14" t="s">
-        <v>92</v>
+        <v>18</v>
       </c>
       <c r="D14" t="s">
-        <v>100</v>
+        <v>109</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
-        <v>51</v>
+        <v>21</v>
       </c>
       <c r="G14" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="H14">
         <v>2017</v>
       </c>
       <c r="I14"/>
       <c r="J14" t="s">
-        <v>94</v>
+        <v>35</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14" t="s">
-        <v>101</v>
+        <v>110</v>
       </c>
       <c r="M14" t="s">
-        <v>95</v>
+        <v>26</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>102</v>
+        <v>111</v>
       </c>
       <c r="P14" t="s">
-        <v>103</v>
+        <v>112</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>104</v>
+        <v>113</v>
       </c>
       <c r="B15" t="s">
-        <v>105</v>
+        <v>114</v>
       </c>
       <c r="C15" t="s">
-        <v>92</v>
+        <v>72</v>
       </c>
       <c r="D15" t="s">
-        <v>106</v>
+        <v>115</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
-        <v>107</v>
+        <v>21</v>
       </c>
       <c r="G15" t="s">
-        <v>22</v>
+        <v>65</v>
       </c>
       <c r="H15">
-        <v>2011</v>
-[...3 lines deleted...]
-      </c>
+        <v>2014</v>
+      </c>
+      <c r="I15"/>
       <c r="J15" t="s">
-        <v>108</v>
+        <v>88</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
-      <c r="L15"/>
+      <c r="L15" t="s">
+        <v>116</v>
+      </c>
       <c r="M15" t="s">
-        <v>95</v>
+        <v>75</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>109</v>
+        <v>117</v>
       </c>
       <c r="P15" t="s">
-        <v>110</v>
+        <v>118</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>111</v>
+        <v>119</v>
       </c>
       <c r="B16" t="s">
-        <v>112</v>
+        <v>120</v>
       </c>
       <c r="C16" t="s">
-        <v>18</v>
+        <v>72</v>
       </c>
       <c r="D16" t="s">
-        <v>113</v>
+        <v>121</v>
       </c>
       <c r="E16" t="s">
-        <v>114</v>
+        <v>20</v>
       </c>
       <c r="F16" t="s">
         <v>21</v>
       </c>
       <c r="G16" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="H16">
-        <v>2021</v>
+        <v>2017</v>
       </c>
       <c r="I16"/>
       <c r="J16" t="s">
-        <v>34</v>
+        <v>74</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
-      <c r="L16" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L16"/>
       <c r="M16" t="s">
-        <v>116</v>
+        <v>75</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>117</v>
+        <v>122</v>
       </c>
       <c r="P16" t="s">
-        <v>118</v>
+        <v>123</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>119</v>
+        <v>124</v>
       </c>
       <c r="B17" t="s">
-        <v>120</v>
+        <v>125</v>
       </c>
       <c r="C17" t="s">
-        <v>18</v>
+        <v>72</v>
       </c>
       <c r="D17" t="s">
-        <v>121</v>
+        <v>126</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
         <v>21</v>
       </c>
       <c r="G17" t="s">
-        <v>64</v>
+        <v>22</v>
       </c>
       <c r="H17">
-        <v>2014</v>
-[...1 lines deleted...]
-      <c r="I17"/>
+        <v>2017</v>
+      </c>
+      <c r="I17">
+        <v>2021</v>
+      </c>
       <c r="J17" t="s">
-        <v>34</v>
+        <v>88</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
       <c r="L17" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="M17" t="s">
-        <v>123</v>
+        <v>75</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="P17" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="B18" t="s">
-        <v>127</v>
+        <v>131</v>
       </c>
       <c r="C18" t="s">
-        <v>18</v>
+        <v>72</v>
       </c>
       <c r="D18" t="s">
-        <v>128</v>
+        <v>73</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
         <v>21</v>
       </c>
       <c r="G18" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="H18">
-        <v>2017</v>
+        <v>2019</v>
       </c>
       <c r="I18"/>
       <c r="J18" t="s">
-        <v>34</v>
+        <v>132</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
-      <c r="L18" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L18"/>
       <c r="M18" t="s">
-        <v>26</v>
+        <v>75</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="P18" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="B19" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
       <c r="C19" t="s">
-        <v>18</v>
+        <v>72</v>
       </c>
       <c r="D19" t="s">
-        <v>134</v>
+        <v>137</v>
       </c>
       <c r="E19" t="s">
-        <v>20</v>
+        <v>94</v>
       </c>
       <c r="F19" t="s">
         <v>21</v>
       </c>
       <c r="G19" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="H19">
-        <v>2017</v>
+        <v>2021</v>
       </c>
       <c r="I19"/>
       <c r="J19" t="s">
-        <v>34</v>
+        <v>132</v>
       </c>
       <c r="K19" t="s">
         <v>24</v>
       </c>
-      <c r="L19" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L19"/>
       <c r="M19" t="s">
-        <v>26</v>
+        <v>75</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>136</v>
-[...3 lines deleted...]
-      </c>
+        <v>138</v>
+      </c>
+      <c r="P19"/>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="B20" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="C20" t="s">
-        <v>92</v>
+        <v>72</v>
       </c>
       <c r="D20" t="s">
-        <v>140</v>
+        <v>126</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
         <v>21</v>
       </c>
       <c r="G20" t="s">
-        <v>64</v>
+        <v>22</v>
       </c>
       <c r="H20">
-        <v>2014</v>
-[...1 lines deleted...]
-      <c r="I20"/>
+        <v>2017</v>
+      </c>
+      <c r="I20">
+        <v>2021</v>
+      </c>
       <c r="J20" t="s">
-        <v>108</v>
+        <v>88</v>
       </c>
       <c r="K20" t="s">
         <v>24</v>
       </c>
       <c r="L20" t="s">
+        <v>127</v>
+      </c>
+      <c r="M20" t="s">
+        <v>75</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
         <v>141</v>
       </c>
-      <c r="M20" t="s">
-[...5 lines deleted...]
-      <c r="O20" t="s">
+      <c r="P20" t="s">
         <v>142</v>
-      </c>
-[...1 lines deleted...]
-        <v>143</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
+        <v>143</v>
+      </c>
+      <c r="B21" t="s">
         <v>144</v>
       </c>
-      <c r="B21" t="s">
+      <c r="C21" t="s">
+        <v>72</v>
+      </c>
+      <c r="D21" t="s">
         <v>145</v>
-      </c>
-[...4 lines deleted...]
-        <v>146</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
         <v>21</v>
       </c>
       <c r="G21" t="s">
-        <v>64</v>
+        <v>22</v>
       </c>
       <c r="H21">
-        <v>2017</v>
-[...1 lines deleted...]
-      <c r="I21"/>
+        <v>2005</v>
+      </c>
+      <c r="I21">
+        <v>2015</v>
+      </c>
       <c r="J21" t="s">
-        <v>94</v>
+        <v>88</v>
       </c>
       <c r="K21" t="s">
         <v>24</v>
       </c>
-      <c r="L21"/>
+      <c r="L21" t="s">
+        <v>146</v>
+      </c>
       <c r="M21" t="s">
-        <v>95</v>
+        <v>75</v>
       </c>
       <c r="N21" t="s">
-        <v>27</v>
+        <v>67</v>
       </c>
       <c r="O21" t="s">
         <v>147</v>
       </c>
       <c r="P21" t="s">
         <v>148</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
         <v>149</v>
       </c>
       <c r="B22" t="s">
         <v>150</v>
       </c>
       <c r="C22" t="s">
-        <v>92</v>
+        <v>72</v>
       </c>
       <c r="D22" t="s">
         <v>151</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
-        <v>21</v>
+        <v>152</v>
       </c>
       <c r="G22" t="s">
         <v>22</v>
       </c>
       <c r="H22">
-        <v>2017</v>
+        <v>2007</v>
       </c>
       <c r="I22">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="J22" t="s">
-        <v>108</v>
+        <v>88</v>
       </c>
       <c r="K22" t="s">
         <v>24</v>
       </c>
       <c r="L22" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="M22" t="s">
-        <v>95</v>
+        <v>75</v>
       </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="P22" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="B23" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="C23" t="s">
-        <v>92</v>
+        <v>72</v>
       </c>
       <c r="D23" t="s">
-        <v>93</v>
+        <v>158</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
         <v>21</v>
       </c>
       <c r="G23" t="s">
-        <v>64</v>
+        <v>22</v>
       </c>
       <c r="H23">
-        <v>2019</v>
-[...1 lines deleted...]
-      <c r="I23"/>
+        <v>2007</v>
+      </c>
+      <c r="I23">
+        <v>2015</v>
+      </c>
       <c r="J23" t="s">
-        <v>157</v>
+        <v>88</v>
       </c>
       <c r="K23" t="s">
         <v>24</v>
       </c>
-      <c r="L23"/>
+      <c r="L23" t="s">
+        <v>159</v>
+      </c>
       <c r="M23" t="s">
-        <v>95</v>
+        <v>75</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="P23" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="B24" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="C24" t="s">
-        <v>92</v>
+        <v>72</v>
       </c>
       <c r="D24" t="s">
-        <v>162</v>
+        <v>47</v>
       </c>
       <c r="E24" t="s">
-        <v>114</v>
+        <v>20</v>
       </c>
       <c r="F24" t="s">
         <v>21</v>
       </c>
       <c r="G24" t="s">
-        <v>64</v>
+        <v>22</v>
       </c>
       <c r="H24">
-        <v>2021</v>
-[...1 lines deleted...]
-      <c r="I24"/>
+        <v>2007</v>
+      </c>
+      <c r="I24">
+        <v>2020</v>
+      </c>
       <c r="J24" t="s">
-        <v>157</v>
+        <v>88</v>
       </c>
       <c r="K24" t="s">
         <v>24</v>
       </c>
-      <c r="L24"/>
+      <c r="L24" t="s">
+        <v>164</v>
+      </c>
       <c r="M24" t="s">
-        <v>95</v>
+        <v>75</v>
       </c>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24" t="s">
-        <v>163</v>
-[...1 lines deleted...]
-      <c r="P24"/>
+        <v>165</v>
+      </c>
+      <c r="P24" t="s">
+        <v>166</v>
+      </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
       <c r="B25" t="s">
-        <v>165</v>
+        <v>168</v>
       </c>
       <c r="C25" t="s">
-        <v>92</v>
+        <v>72</v>
       </c>
       <c r="D25" t="s">
-        <v>151</v>
+        <v>169</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
         <v>21</v>
       </c>
       <c r="G25" t="s">
         <v>22</v>
       </c>
       <c r="H25">
-        <v>2017</v>
+        <v>2008</v>
       </c>
       <c r="I25">
-        <v>2021</v>
+        <v>2015</v>
       </c>
       <c r="J25" t="s">
-        <v>108</v>
+        <v>88</v>
       </c>
       <c r="K25" t="s">
         <v>24</v>
       </c>
-      <c r="L25" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L25"/>
       <c r="M25" t="s">
-        <v>95</v>
+        <v>75</v>
       </c>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
-        <v>166</v>
+        <v>170</v>
       </c>
       <c r="P25" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>168</v>
+        <v>172</v>
       </c>
       <c r="B26" t="s">
-        <v>169</v>
+        <v>173</v>
       </c>
       <c r="C26" t="s">
-        <v>92</v>
+        <v>72</v>
       </c>
       <c r="D26" t="s">
-        <v>170</v>
+        <v>174</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
         <v>21</v>
       </c>
       <c r="G26" t="s">
         <v>22</v>
       </c>
       <c r="H26">
-        <v>2005</v>
+        <v>2008</v>
       </c>
       <c r="I26">
         <v>2015</v>
       </c>
       <c r="J26" t="s">
-        <v>108</v>
+        <v>88</v>
       </c>
       <c r="K26" t="s">
         <v>24</v>
       </c>
       <c r="L26" t="s">
-        <v>171</v>
+        <v>175</v>
       </c>
       <c r="M26" t="s">
-        <v>95</v>
+        <v>75</v>
       </c>
       <c r="N26" t="s">
-        <v>71</v>
+        <v>27</v>
       </c>
       <c r="O26" t="s">
-        <v>172</v>
+        <v>176</v>
       </c>
       <c r="P26" t="s">
-        <v>173</v>
+        <v>177</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>174</v>
+        <v>178</v>
       </c>
       <c r="B27" t="s">
-        <v>175</v>
+        <v>179</v>
       </c>
       <c r="C27" t="s">
-        <v>92</v>
+        <v>72</v>
       </c>
       <c r="D27" t="s">
-        <v>176</v>
+        <v>180</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
-        <v>177</v>
+        <v>21</v>
       </c>
       <c r="G27" t="s">
         <v>22</v>
       </c>
       <c r="H27">
-        <v>2007</v>
+        <v>2009</v>
       </c>
       <c r="I27">
-        <v>2020</v>
+        <v>2018</v>
       </c>
       <c r="J27" t="s">
-        <v>108</v>
+        <v>88</v>
       </c>
       <c r="K27" t="s">
         <v>24</v>
       </c>
-      <c r="L27" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L27"/>
       <c r="M27" t="s">
-        <v>95</v>
+        <v>75</v>
       </c>
       <c r="N27" t="s">
         <v>27</v>
       </c>
       <c r="O27" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="P27" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="B28" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="C28" t="s">
-        <v>92</v>
+        <v>72</v>
       </c>
       <c r="D28" t="s">
-        <v>183</v>
+        <v>174</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
         <v>21</v>
       </c>
       <c r="G28" t="s">
         <v>22</v>
       </c>
       <c r="H28">
-        <v>2007</v>
+        <v>2009</v>
       </c>
       <c r="I28">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="J28" t="s">
-        <v>108</v>
+        <v>88</v>
       </c>
       <c r="K28" t="s">
         <v>24</v>
       </c>
       <c r="L28" t="s">
-        <v>184</v>
+        <v>175</v>
       </c>
       <c r="M28" t="s">
-        <v>95</v>
+        <v>75</v>
       </c>
       <c r="N28" t="s">
         <v>27</v>
       </c>
       <c r="O28" t="s">
         <v>185</v>
       </c>
       <c r="P28" t="s">
         <v>186</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
         <v>187</v>
       </c>
       <c r="B29" t="s">
         <v>188</v>
       </c>
       <c r="C29" t="s">
-        <v>92</v>
+        <v>72</v>
       </c>
       <c r="D29" t="s">
-        <v>46</v>
+        <v>169</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
         <v>21</v>
       </c>
       <c r="G29" t="s">
         <v>22</v>
       </c>
       <c r="H29">
-        <v>2007</v>
+        <v>2009</v>
       </c>
       <c r="I29">
-        <v>2020</v>
+        <v>2013</v>
       </c>
       <c r="J29" t="s">
-        <v>108</v>
+        <v>88</v>
       </c>
       <c r="K29" t="s">
         <v>24</v>
       </c>
-      <c r="L29" t="s">
+      <c r="L29"/>
+      <c r="M29" t="s">
+        <v>75</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
         <v>189</v>
       </c>
-      <c r="M29" t="s">
-[...5 lines deleted...]
-      <c r="O29" t="s">
+      <c r="P29" t="s">
         <v>190</v>
-      </c>
-[...1 lines deleted...]
-        <v>191</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
+        <v>191</v>
+      </c>
+      <c r="B30" t="s">
         <v>192</v>
       </c>
-      <c r="B30" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C30" t="s">
-        <v>92</v>
+        <v>72</v>
       </c>
       <c r="D30" t="s">
-        <v>194</v>
+        <v>180</v>
       </c>
       <c r="E30" t="s">
         <v>20</v>
       </c>
       <c r="F30" t="s">
         <v>21</v>
       </c>
       <c r="G30" t="s">
-        <v>22</v>
+        <v>65</v>
       </c>
       <c r="H30">
-        <v>2008</v>
-[...3 lines deleted...]
-      </c>
+        <v>2009</v>
+      </c>
+      <c r="I30"/>
       <c r="J30" t="s">
-        <v>108</v>
+        <v>74</v>
       </c>
       <c r="K30" t="s">
-        <v>24</v>
+        <v>193</v>
       </c>
       <c r="L30"/>
       <c r="M30" t="s">
-        <v>95</v>
+        <v>75</v>
       </c>
       <c r="N30" t="s">
         <v>27</v>
       </c>
       <c r="O30" t="s">
+        <v>194</v>
+      </c>
+      <c r="P30" t="s">
         <v>195</v>
-      </c>
-[...1 lines deleted...]
-        <v>196</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
+        <v>196</v>
+      </c>
+      <c r="B31" t="s">
         <v>197</v>
       </c>
-      <c r="B31" t="s">
+      <c r="C31" t="s">
+        <v>72</v>
+      </c>
+      <c r="D31" t="s">
         <v>198</v>
-      </c>
-[...4 lines deleted...]
-        <v>199</v>
       </c>
       <c r="E31" t="s">
         <v>20</v>
       </c>
       <c r="F31" t="s">
         <v>21</v>
       </c>
       <c r="G31" t="s">
         <v>22</v>
       </c>
       <c r="H31">
-        <v>2008</v>
+        <v>2015</v>
       </c>
       <c r="I31">
         <v>2015</v>
       </c>
       <c r="J31" t="s">
-        <v>108</v>
+        <v>88</v>
       </c>
       <c r="K31" t="s">
         <v>24</v>
       </c>
-      <c r="L31" t="s">
+      <c r="L31"/>
+      <c r="M31" t="s">
+        <v>75</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>199</v>
+      </c>
+      <c r="P31" t="s">
         <v>200</v>
-      </c>
-[...10 lines deleted...]
-        <v>202</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>203</v>
+        <v>201</v>
       </c>
       <c r="B32" t="s">
-        <v>204</v>
+        <v>202</v>
       </c>
       <c r="C32" t="s">
-        <v>92</v>
+        <v>72</v>
       </c>
       <c r="D32" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="E32" t="s">
         <v>20</v>
       </c>
       <c r="F32" t="s">
         <v>21</v>
       </c>
       <c r="G32" t="s">
         <v>22</v>
       </c>
       <c r="H32">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="I32">
-        <v>2018</v>
+        <v>2015</v>
       </c>
       <c r="J32" t="s">
-        <v>108</v>
+        <v>88</v>
       </c>
       <c r="K32" t="s">
         <v>24</v>
       </c>
       <c r="L32"/>
       <c r="M32" t="s">
-        <v>95</v>
+        <v>75</v>
       </c>
       <c r="N32" t="s">
-        <v>27</v>
+        <v>67</v>
       </c>
       <c r="O32" t="s">
-        <v>205</v>
+        <v>203</v>
       </c>
       <c r="P32" t="s">
-        <v>206</v>
+        <v>204</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
+        <v>205</v>
+      </c>
+      <c r="B33" t="s">
+        <v>206</v>
+      </c>
+      <c r="C33" t="s">
+        <v>72</v>
+      </c>
+      <c r="D33" t="s">
         <v>207</v>
-      </c>
-[...7 lines deleted...]
-        <v>199</v>
       </c>
       <c r="E33" t="s">
         <v>20</v>
       </c>
       <c r="F33" t="s">
         <v>21</v>
       </c>
       <c r="G33" t="s">
         <v>22</v>
       </c>
       <c r="H33">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="I33">
         <v>2013</v>
       </c>
       <c r="J33" t="s">
-        <v>108</v>
+        <v>88</v>
       </c>
       <c r="K33" t="s">
         <v>24</v>
       </c>
       <c r="L33" t="s">
-        <v>200</v>
+        <v>208</v>
       </c>
       <c r="M33" t="s">
-        <v>95</v>
+        <v>75</v>
       </c>
       <c r="N33" t="s">
         <v>27</v>
       </c>
       <c r="O33" t="s">
         <v>209</v>
       </c>
       <c r="P33" t="s">
         <v>210</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
         <v>211</v>
       </c>
       <c r="B34" t="s">
         <v>212</v>
       </c>
       <c r="C34" t="s">
-        <v>92</v>
+        <v>72</v>
       </c>
       <c r="D34" t="s">
-        <v>194</v>
+        <v>213</v>
       </c>
       <c r="E34" t="s">
         <v>20</v>
       </c>
       <c r="F34" t="s">
         <v>21</v>
       </c>
       <c r="G34" t="s">
         <v>22</v>
       </c>
       <c r="H34">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="I34">
-        <v>2013</v>
+        <v>2019</v>
       </c>
       <c r="J34" t="s">
-        <v>108</v>
+        <v>132</v>
       </c>
       <c r="K34" t="s">
-        <v>24</v>
+        <v>214</v>
       </c>
       <c r="L34"/>
       <c r="M34" t="s">
-        <v>95</v>
+        <v>75</v>
       </c>
       <c r="N34" t="s">
-        <v>27</v>
+        <v>67</v>
       </c>
       <c r="O34" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="P34" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="B35" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="C35" t="s">
-        <v>92</v>
+        <v>72</v>
       </c>
       <c r="D35" t="s">
-        <v>63</v>
+        <v>219</v>
       </c>
       <c r="E35" t="s">
         <v>20</v>
       </c>
       <c r="F35" t="s">
         <v>21</v>
       </c>
       <c r="G35" t="s">
-        <v>64</v>
+        <v>22</v>
       </c>
       <c r="H35">
-        <v>2009</v>
-[...1 lines deleted...]
-      <c r="I35"/>
+        <v>2012</v>
+      </c>
+      <c r="I35">
+        <v>2015</v>
+      </c>
       <c r="J35" t="s">
-        <v>94</v>
+        <v>88</v>
       </c>
       <c r="K35" t="s">
-        <v>217</v>
-[...1 lines deleted...]
-      <c r="L35"/>
+        <v>24</v>
+      </c>
+      <c r="L35" t="s">
+        <v>220</v>
+      </c>
       <c r="M35" t="s">
-        <v>95</v>
+        <v>75</v>
       </c>
       <c r="N35" t="s">
         <v>27</v>
       </c>
       <c r="O35" t="s">
-        <v>218</v>
+        <v>221</v>
       </c>
       <c r="P35" t="s">
-        <v>219</v>
+        <v>222</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="B36" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
       <c r="C36" t="s">
-        <v>92</v>
+        <v>72</v>
       </c>
       <c r="D36" t="s">
-        <v>222</v>
+        <v>225</v>
       </c>
       <c r="E36" t="s">
         <v>20</v>
       </c>
       <c r="F36" t="s">
         <v>21</v>
       </c>
       <c r="G36" t="s">
         <v>22</v>
       </c>
       <c r="H36">
-        <v>2015</v>
+        <v>2012</v>
       </c>
       <c r="I36">
         <v>2015</v>
       </c>
       <c r="J36" t="s">
-        <v>108</v>
+        <v>88</v>
       </c>
       <c r="K36" t="s">
         <v>24</v>
       </c>
-      <c r="L36"/>
+      <c r="L36" t="s">
+        <v>220</v>
+      </c>
       <c r="M36" t="s">
-        <v>95</v>
+        <v>75</v>
       </c>
       <c r="N36" t="s">
         <v>27</v>
       </c>
       <c r="O36" t="s">
-        <v>223</v>
+        <v>226</v>
       </c>
       <c r="P36" t="s">
-        <v>224</v>
+        <v>227</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
+        <v>228</v>
+      </c>
+      <c r="B37" t="s">
+        <v>229</v>
+      </c>
+      <c r="C37" t="s">
+        <v>72</v>
+      </c>
+      <c r="D37" t="s">
         <v>225</v>
-      </c>
-[...7 lines deleted...]
-        <v>69</v>
       </c>
       <c r="E37" t="s">
         <v>20</v>
       </c>
       <c r="F37" t="s">
         <v>21</v>
       </c>
       <c r="G37" t="s">
-        <v>22</v>
+        <v>65</v>
       </c>
       <c r="H37">
-        <v>2010</v>
-[...3 lines deleted...]
-      </c>
+        <v>2012</v>
+      </c>
+      <c r="I37"/>
       <c r="J37" t="s">
-        <v>108</v>
+        <v>88</v>
       </c>
       <c r="K37" t="s">
         <v>24</v>
       </c>
-      <c r="L37"/>
+      <c r="L37" t="s">
+        <v>220</v>
+      </c>
       <c r="M37" t="s">
-        <v>95</v>
+        <v>75</v>
       </c>
       <c r="N37" t="s">
-        <v>71</v>
+        <v>27</v>
       </c>
       <c r="O37" t="s">
-        <v>227</v>
+        <v>230</v>
       </c>
       <c r="P37" t="s">
-        <v>228</v>
+        <v>231</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>229</v>
+        <v>232</v>
       </c>
       <c r="B38" t="s">
-        <v>230</v>
+        <v>233</v>
       </c>
       <c r="C38" t="s">
-        <v>92</v>
+        <v>72</v>
       </c>
       <c r="D38" t="s">
-        <v>231</v>
+        <v>234</v>
       </c>
       <c r="E38" t="s">
         <v>20</v>
       </c>
       <c r="F38" t="s">
         <v>21</v>
       </c>
       <c r="G38" t="s">
         <v>22</v>
       </c>
       <c r="H38">
-        <v>2010</v>
+        <v>2012</v>
       </c>
       <c r="I38">
-        <v>2013</v>
+        <v>2021</v>
       </c>
       <c r="J38" t="s">
-        <v>108</v>
+        <v>132</v>
       </c>
       <c r="K38" t="s">
         <v>24</v>
       </c>
-      <c r="L38" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L38"/>
       <c r="M38" t="s">
-        <v>95</v>
+        <v>75</v>
       </c>
       <c r="N38" t="s">
         <v>27</v>
       </c>
       <c r="O38" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="P38" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="B39" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="C39" t="s">
-        <v>92</v>
+        <v>72</v>
       </c>
       <c r="D39" t="s">
-        <v>237</v>
+        <v>234</v>
       </c>
       <c r="E39" t="s">
         <v>20</v>
       </c>
       <c r="F39" t="s">
         <v>21</v>
       </c>
       <c r="G39" t="s">
-        <v>22</v>
+        <v>65</v>
       </c>
       <c r="H39">
-        <v>2010</v>
-[...3 lines deleted...]
-      </c>
+        <v>2012</v>
+      </c>
+      <c r="I39"/>
       <c r="J39" t="s">
-        <v>157</v>
+        <v>88</v>
       </c>
       <c r="K39" t="s">
-        <v>238</v>
+        <v>24</v>
       </c>
       <c r="L39"/>
       <c r="M39" t="s">
-        <v>95</v>
+        <v>75</v>
       </c>
       <c r="N39" t="s">
-        <v>71</v>
+        <v>27</v>
       </c>
       <c r="O39" t="s">
         <v>239</v>
       </c>
       <c r="P39" t="s">
         <v>240</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
         <v>241</v>
       </c>
       <c r="B40" t="s">
         <v>242</v>
       </c>
       <c r="C40" t="s">
-        <v>92</v>
+        <v>72</v>
       </c>
       <c r="D40" t="s">
         <v>243</v>
       </c>
       <c r="E40" t="s">
         <v>20</v>
       </c>
       <c r="F40" t="s">
         <v>21</v>
       </c>
       <c r="G40" t="s">
         <v>22</v>
       </c>
       <c r="H40">
-        <v>2012</v>
+        <v>2011</v>
       </c>
       <c r="I40">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="J40" t="s">
-        <v>108</v>
+        <v>74</v>
       </c>
       <c r="K40" t="s">
         <v>24</v>
       </c>
-      <c r="L40" t="s">
+      <c r="L40"/>
+      <c r="M40" t="s">
+        <v>75</v>
+      </c>
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
         <v>244</v>
       </c>
-      <c r="M40" t="s">
-[...5 lines deleted...]
-      <c r="O40" t="s">
+      <c r="P40" t="s">
         <v>245</v>
-      </c>
-[...241 lines deleted...]
-        <v>267</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">