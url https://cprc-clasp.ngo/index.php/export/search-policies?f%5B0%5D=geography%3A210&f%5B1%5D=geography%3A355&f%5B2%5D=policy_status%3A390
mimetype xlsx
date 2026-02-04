--- v0 (2025-12-06)
+++ v1 (2026-02-04)
@@ -12,504 +12,419 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="171">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="145">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
-    <t>5806/2019 Energy efficiency of households and similar Electrical appliances methods for measuring and calculation energy consumption for electric water heaters</t>
-[...2 lines deleted...]
-    <t>This standard specifies the requirement and method of calculation of energy efficiency for electric water heaters.</t>
+    <t>6977/2009 Energy Efficiency Of Distribution Transformers</t>
+  </si>
+  <si>
+    <t>This standard specifies the energy efficiency of distribution transformers.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
-    <t>Storage Water Heaters</t>
+    <t>Power Transformers</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
+    <t>IEC 60076-ser/2008
+,   
+                    ES 1886: Power Transformers Dry Type
+,   
+                    ES 4885-1 Instrument transformers part-1Current transformer
+,   
+                    ES 4885-1 Instrument transformers part-2 Inductive voltage transformer</t>
+  </si>
+  <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
+    <t>Energy Efficiency, Industrial Sector</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/69772009-energy-efficiency-distribution-transformers</t>
+  </si>
+  <si>
+    <t>http://www.eos.org.eg/en/standard/10626</t>
+  </si>
+  <si>
+    <t>Department Circular DC2020-06-0015</t>
+  </si>
+  <si>
+    <t>This policy defines minimum energy performance for products (MEPP) for television sets, washing machines, and electric fans.</t>
+  </si>
+  <si>
+    <t>Philippines</t>
+  </si>
+  <si>
+    <t>Televisions, Washing Machines, Ceiling Fans, Window Fans, Portable Fans</t>
+  </si>
+  <si>
+    <t>January 2024</t>
+  </si>
+  <si>
+    <t>Department of Energy</t>
+  </si>
+  <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/58062019-energy-efficiency-households-and-similar-electrical-appliances-methods-measuring</t>
-[...53 lines deleted...]
-    <t>This standard specifies the energy efficiency requirements for televisions and display units.</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/department-circular-dc2020-06-0015</t>
+  </si>
+  <si>
+    <t>https://www.doe.gov.ph/pelp/related-laws-issuances-and-implementing-guidelines</t>
+  </si>
+  <si>
+    <t>Department Circular No. DC 2020-06-0016</t>
+  </si>
+  <si>
+    <t>This policy defines minimum energy performance for products (MEPP) for room air conditioners (window and split type), refrigeration units (single door, two-door manual defrost, and frost-free), and lighting products (CLFs, LFLs, single-capped fluorescent lamps, and LEDs).</t>
+  </si>
+  <si>
+    <t>Lighting, Tubular Lamps, Non-Directional lamps, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/department-circular-no-dc-2020-06-0016</t>
+  </si>
+  <si>
+    <t>https://www.doe.gov.ph/laws-and-issuances/department-circular-no-dc2020-06-0016</t>
+  </si>
+  <si>
+    <t>Eco-Design Requirements for Water Pump Energy Efficiency (8441/2021)</t>
+  </si>
+  <si>
+    <t>This standard establishes ecodesign requirements for rotodynamic water pumps for pumping clean water, including those integrated into other products, and efficiency labeling requirements.</t>
+  </si>
+  <si>
+    <t>Pumps</t>
+  </si>
+  <si>
+    <t>Voluntary</t>
+  </si>
+  <si>
+    <t>Entered into force, New, Superseded</t>
+  </si>
+  <si>
+    <t>ICS 23.080</t>
+  </si>
+  <si>
+    <t>Egyptian Organization for Standards and Quality</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/eco-design-requirements-water-pump-energy-efficiency-84412021</t>
+  </si>
+  <si>
+    <t>https://www.eos.org.eg/en/standard/15248</t>
+  </si>
+  <si>
+    <t>Energy Efficiency of Household and Similar Electrical Appliances</t>
+  </si>
+  <si>
+    <t>This standard identifies the methods of measuring and calculating energy efficiency and sets a maximum limit to the values of energy consumption. The standard aims to reduce the consumption of electric power.</t>
+  </si>
+  <si>
+    <t>Kitchen, Dishwashers</t>
+  </si>
+  <si>
+    <t>IEC60436:2004, A1:2009, A2:2012</t>
+  </si>
+  <si>
+    <t>Egyptian Organisation for Standards and Quality</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-household-and-similar-electrical-appliances</t>
+  </si>
+  <si>
+    <t>https://www.eos.org.eg/en/standard/14008</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Of Household Electrical Appliances Methods For Measuring And Calculating Energy Efficiency Of Domestic Ovens (ES 8058/2017)</t>
+  </si>
+  <si>
+    <t>This standard establishes the methods of measuring and calculating the energy efficiency of electrical domestic ovens.</t>
+  </si>
+  <si>
+    <t>Kitchen, Ovens</t>
+  </si>
+  <si>
+    <t>IEC 60350-1/2015
+,   
+                    Regulation (EU) No 65/2014</t>
+  </si>
+  <si>
+    <t>Egyptian Organization for Standards &amp; Quality</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-household-electrical-appliances-methods-measuring-and-calculating-0</t>
+  </si>
+  <si>
+    <t>https://www.eos.org.eg/en/standard/14544</t>
+  </si>
+  <si>
+    <t>Implementing Guidelines of the Philippine Energy Labeling Program for Clothes Washing Machines 2024, 1st Edition</t>
+  </si>
+  <si>
+    <t>This policy contains MEPS and labeling requirements for washing machines according to Department Circular No. 2020-06-0015. The policy applies to the following fixed speed / variable speed clothes washing machines with minimum capacity of 5 kg up to 22kg: manual (single tub and twin tub), and automatic (top loading and front loading). Clothes washing machines with rated capacity beyond 22kg are not covered by this policy, likewise, spin dryers/water extractors are not covered. The performance data that will be declared shall be based on a Washing Performance of at least 0.6.</t>
+  </si>
+  <si>
+    <t>Washing Machines</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>January 2025</t>
+  </si>
+  <si>
+    <t>PNS IEC 60456:2013</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/implementing-guidelines-philippine-energy-labeling-program-clothes-washing-machines-2024</t>
+  </si>
+  <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-clothes-washing-0</t>
+  </si>
+  <si>
+    <t>Implementing Guidelines of the Philippine Energy Labeling Program for Display Monitors 2024, 1st Edition</t>
+  </si>
+  <si>
+    <t>This policy contains minimum energy performance standards and mandatory energy labeling for display monitors according to section 5 and 9 of Department Circular No. 2020-06-0015. Products in scope include display monitors operating in AC or combination of AC and DC sources connected by digital inputs, such as but not limited to DP, HDMI, DVI, USB, wireless and network connection, or by analog VGA input. Display Monitors that are powered solely from battery sources and specialized monitors are not covered.</t>
+  </si>
+  <si>
+    <t>Displays</t>
+  </si>
+  <si>
+    <t>PNS IEC 62087-1
+,   
+                    IEC 62087-2
+,   
+                    PNS IEC 62087-7
+,   
+                    PNS 378
+,   
+                    PNS IEC 62301</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/implementing-guidelines-philippine-energy-labeling-program-display-monitors-2024-1st</t>
+  </si>
+  <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-display-monitors-2024</t>
+  </si>
+  <si>
+    <t>Implementing Guidelines of the Philippine Energy Labeling Program for Electric Fans</t>
+  </si>
+  <si>
+    <t>This policy contains MEPS and labeling requirements for washing machines according to Department Circular No. 2020-06-0015. The policy applies to electric fans operating in Alternating Current (AC) sources and may perform additional functionalities (such as but not limited to lamps, radio, etc.) with a rated power input of less than 125 watts (W) and falls under the following types: pedestal or stand fans;  desk or table fans; wall-mounted fans; floor, ground or box fans; orbit or ceiling bracket fans; ceiling fans; tower fans; bladeless fans.</t>
+  </si>
+  <si>
+    <t>Ceiling Fans, Window Fans, Portable Fans</t>
+  </si>
+  <si>
+    <t>PNS IEC 60879:2020 (IEC published 2019)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/implementing-guidelines-philippine-energy-labeling-program-electric-fans</t>
+  </si>
+  <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-electric-fans</t>
+  </si>
+  <si>
+    <t>Implementing Guidelines of the Philippine Energy Labeling Program for Energy Saving Devices (ESD) / Low Voltage Saving Devices (LVSD) for Domestic Application 2024, 1st Edition</t>
+  </si>
+  <si>
+    <t>This policy contains mandatory energy labeling requirements for  Energy Saving Devices (ESD) / Low Voltage Saving Devices (LVSD) according to section 5 and 9 of Department Circular No. 2020-06-0015. These devices are for household appliances, lighting, and related equipment for use on single phase low voltage alternating current (AC) supply.</t>
+  </si>
+  <si>
+    <t>Asia and Pacific, Philippines</t>
+  </si>
+  <si>
+    <t>Other</t>
+  </si>
+  <si>
+    <t>PNS 2080:2010
+,   
+                    PNS IEC 62301:2021</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/implementing-guidelines-philippine-energy-labeling-program-energy-saving-devices-esd-low</t>
+  </si>
+  <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-energy-saving-devices</t>
+  </si>
+  <si>
+    <t>Implementing Guidelines of The Philippine Energy Labeling Program for Lighting Products 2024, 1st Edition</t>
+  </si>
+  <si>
+    <t>This policy contains minimum energy performance standards and mandatory energy labeling for lighting products used for General Lighting Service Lamps according to section 9 of Department Circular No. 2020-06-0015. Products in scope include Linear Fluorescent Lamps (LFL) or Double-Capped Fluorescent Lamps (DFL), Double-Capped Linear LED Lamps, Self-Ballasted Compact Fluorescent Lamps (CFL), Single-Capped Fluorescent Lamps (SFL), Self-Ballasted Non Directional LED Lamps.</t>
+  </si>
+  <si>
+    <t>Tubular Lamps, Non-Directional lamps</t>
+  </si>
+  <si>
+    <t>CIE 84 1st Edition 1989
+,   
+                    PNS IEC 60081
+,   
+                    PNS IEC 60901
+,   
+                    ANSI C78.377-2015
+,   
+                    CIE S 025/E:2015
+,   
+                    CIE 13.3:1995
+,   
+                    IES LM 79-08
+,   
+                    IES LM 80-15
+,   
+                    PNS IEC 62612
+,   
+                    PNS IEC 61000-3-2
+,   
+                    IEC 60838-2-3 E.D. 1.0 B:2016 Miscellaneous Lampholders</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/implementing-guidelines-philippine-energy-labeling-program-lighting-products-2024-1st</t>
+  </si>
+  <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-lighting-products-2024</t>
+  </si>
+  <si>
+    <t>Implementing Guidelines of the Philippine Energy Labeling Program for Refrigerating Appliances 2024, 1st Edition</t>
+  </si>
+  <si>
+    <t>This policy contains minimum energy performance standards and labeling requirements for refrigerating appliances according to section 9 of Department Circular No. 2020-06-0015. Products in scope include refrigerators and refrigerator-freezers (manual defrost and frost-free) with a minimum volume capacity of 113 liters for domestic and similar use. Freezers are not covered in the scope.</t>
+  </si>
+  <si>
+    <t>Refrigerators-Freezers</t>
+  </si>
+  <si>
+    <t>PNS IEC 62552-1
+,   
+                    PNS IEC 62552-2
+,   
+                    PNS IEC 62552-3</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/implementing-guidelines-philippine-energy-labeling-program-refrigerating-appliances-2024</t>
+  </si>
+  <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-refrigerating</t>
+  </si>
+  <si>
+    <t>Implementing Guidelines of The Philippine Energy Labeling Program for Television Sets 2024, 1st Edition</t>
+  </si>
+  <si>
+    <t>This policy contains MEPS and labeling requirements for television sets according to Department Circular No. 2020-06-0015. The policy applies to all television sets.</t>
   </si>
   <si>
     <t>Televisions</t>
-  </si>
-[...311 lines deleted...]
-    <t>This policy contains MEPS and labeling requirements for television sets according to Department Circular No. 2020-06-0015. The policy applies to all television sets.</t>
   </si>
   <si>
     <t>PNS IEC 62087
 ,   
                     PNS 378
 ,   
                     IEC 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/implementing-guidelines-philippine-energy-labeling-program-television-sets-2024-1st</t>
   </si>
   <si>
     <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-television-sets-2024</t>
   </si>
   <si>
     <t>PNS 12-3-2000 - Lamps and related equipment - Electromagnetic ballast - Energy standards and labeling requirements</t>
   </si>
   <si>
     <t>This standard specifies the power loss and labeling requirements for electromagnetic fluorescent lamp ballast with or without pre-heated cathodes and operated with or without a starter or starting device.</t>
   </si>
   <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>Comparative Label</t>
@@ -925,65 +840,65 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P25"/>
+  <dimension ref="A1:P20"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="208.663" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="686.547" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="115.543" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="149.678" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="80.123" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="160.389" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -1024,1177 +939,939 @@
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>16</v>
       </c>
       <c r="B2" t="s">
         <v>17</v>
       </c>
       <c r="C2" t="s">
         <v>18</v>
       </c>
       <c r="D2" t="s">
         <v>19</v>
       </c>
       <c r="E2" t="s">
         <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>21</v>
       </c>
       <c r="G2" t="s">
         <v>22</v>
       </c>
       <c r="H2">
-        <v>2019</v>
+        <v>2009</v>
       </c>
       <c r="I2"/>
       <c r="J2" t="s">
         <v>23</v>
       </c>
       <c r="K2" t="s">
         <v>24</v>
       </c>
-      <c r="L2"/>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
       <c r="M2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="N2" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O2" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="P2" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B3" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C3" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D3" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>21</v>
       </c>
       <c r="G3" t="s">
         <v>22</v>
       </c>
       <c r="H3">
-        <v>2009</v>
+        <v>2020</v>
       </c>
       <c r="I3"/>
       <c r="J3" t="s">
-        <v>23</v>
+        <v>34</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
-      <c r="L3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L3"/>
       <c r="M3" t="s">
-        <v>25</v>
+        <v>35</v>
       </c>
       <c r="N3" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="O3" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="P3" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="B4" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="C4" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D4" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>21</v>
       </c>
       <c r="G4" t="s">
         <v>22</v>
       </c>
       <c r="H4">
-        <v>2014</v>
+        <v>2020</v>
       </c>
       <c r="I4"/>
       <c r="J4" t="s">
-        <v>23</v>
+        <v>34</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
-      <c r="L4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L4"/>
       <c r="M4" t="s">
-        <v>25</v>
+        <v>35</v>
       </c>
       <c r="N4" t="s">
-        <v>26</v>
+        <v>36</v>
       </c>
       <c r="O4" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="P4" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="B5" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="C5" t="s">
         <v>18</v>
       </c>
       <c r="D5" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="E5" t="s">
-        <v>20</v>
+        <v>47</v>
       </c>
       <c r="F5" t="s">
         <v>21</v>
       </c>
       <c r="G5" t="s">
-        <v>22</v>
+        <v>48</v>
       </c>
       <c r="H5">
-        <v>2018</v>
+        <v>2021</v>
       </c>
       <c r="I5"/>
       <c r="J5" t="s">
         <v>23</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
-      <c r="L5"/>
+      <c r="L5" t="s">
+        <v>49</v>
+      </c>
       <c r="M5" t="s">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="N5" t="s">
-        <v>26</v>
+        <v>36</v>
       </c>
       <c r="O5" t="s">
-        <v>45</v>
+        <v>51</v>
       </c>
       <c r="P5" t="s">
-        <v>46</v>
+        <v>52</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>47</v>
+        <v>53</v>
       </c>
       <c r="B6" t="s">
-        <v>48</v>
+        <v>54</v>
       </c>
       <c r="C6" t="s">
-        <v>49</v>
+        <v>18</v>
       </c>
       <c r="D6" t="s">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>21</v>
       </c>
       <c r="G6" t="s">
         <v>22</v>
       </c>
       <c r="H6">
-        <v>2020</v>
+        <v>2014</v>
       </c>
       <c r="I6"/>
       <c r="J6" t="s">
-        <v>51</v>
+        <v>23</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
-      <c r="L6"/>
+      <c r="L6" t="s">
+        <v>56</v>
+      </c>
       <c r="M6" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="N6" t="s">
-        <v>26</v>
+        <v>36</v>
       </c>
       <c r="O6" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="P6" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="B7" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="C7" t="s">
-        <v>49</v>
+        <v>18</v>
       </c>
       <c r="D7" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>21</v>
       </c>
       <c r="G7" t="s">
         <v>22</v>
       </c>
       <c r="H7">
-        <v>2020</v>
+        <v>2017</v>
       </c>
       <c r="I7"/>
       <c r="J7" t="s">
-        <v>51</v>
+        <v>23</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
-      <c r="L7"/>
+      <c r="L7" t="s">
+        <v>63</v>
+      </c>
       <c r="M7" t="s">
-        <v>52</v>
+        <v>64</v>
       </c>
       <c r="N7" t="s">
-        <v>26</v>
+        <v>36</v>
       </c>
       <c r="O7" t="s">
-        <v>58</v>
+        <v>65</v>
       </c>
       <c r="P7" t="s">
-        <v>59</v>
+        <v>66</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>60</v>
+        <v>67</v>
       </c>
       <c r="B8" t="s">
-        <v>61</v>
+        <v>68</v>
       </c>
       <c r="C8" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D8" t="s">
-        <v>62</v>
+        <v>69</v>
       </c>
       <c r="E8" t="s">
-        <v>63</v>
+        <v>20</v>
       </c>
       <c r="F8" t="s">
-        <v>21</v>
+        <v>70</v>
       </c>
       <c r="G8" t="s">
         <v>22</v>
       </c>
       <c r="H8">
-        <v>2021</v>
-[...1 lines deleted...]
-      <c r="I8"/>
+        <v>2023</v>
+      </c>
+      <c r="I8">
+        <v>2024</v>
+      </c>
       <c r="J8" t="s">
-        <v>23</v>
+        <v>71</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8" t="s">
-        <v>64</v>
+        <v>72</v>
       </c>
       <c r="M8" t="s">
-        <v>65</v>
+        <v>35</v>
       </c>
       <c r="N8" t="s">
-        <v>26</v>
+        <v>36</v>
       </c>
       <c r="O8" t="s">
-        <v>66</v>
+        <v>73</v>
       </c>
       <c r="P8" t="s">
-        <v>67</v>
+        <v>74</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>68</v>
+        <v>75</v>
       </c>
       <c r="B9" t="s">
-        <v>69</v>
+        <v>76</v>
       </c>
       <c r="C9" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D9" t="s">
-        <v>70</v>
+        <v>77</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
-        <v>21</v>
+        <v>70</v>
       </c>
       <c r="G9" t="s">
         <v>22</v>
       </c>
       <c r="H9">
-        <v>2014</v>
+        <v>2024</v>
       </c>
       <c r="I9"/>
       <c r="J9" t="s">
-        <v>23</v>
+        <v>71</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="M9" t="s">
-        <v>72</v>
+        <v>35</v>
       </c>
       <c r="N9" t="s">
-        <v>26</v>
+        <v>36</v>
       </c>
       <c r="O9" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="P9" t="s">
-        <v>74</v>
+        <v>80</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>75</v>
+        <v>81</v>
       </c>
       <c r="B10" t="s">
-        <v>76</v>
+        <v>82</v>
       </c>
       <c r="C10" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D10" t="s">
-        <v>77</v>
+        <v>83</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
-        <v>21</v>
+        <v>70</v>
       </c>
       <c r="G10" t="s">
         <v>22</v>
       </c>
       <c r="H10">
-        <v>2017</v>
+        <v>2023</v>
       </c>
       <c r="I10"/>
       <c r="J10" t="s">
-        <v>23</v>
+        <v>34</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10" t="s">
-        <v>78</v>
+        <v>84</v>
       </c>
       <c r="M10" t="s">
-        <v>79</v>
+        <v>35</v>
       </c>
       <c r="N10" t="s">
-        <v>26</v>
+        <v>36</v>
       </c>
       <c r="O10" t="s">
-        <v>80</v>
+        <v>85</v>
       </c>
       <c r="P10" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="B11" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="C11" t="s">
-        <v>18</v>
+        <v>89</v>
       </c>
       <c r="D11" t="s">
-        <v>84</v>
+        <v>90</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
-        <v>21</v>
+        <v>70</v>
       </c>
       <c r="G11" t="s">
         <v>22</v>
       </c>
       <c r="H11">
-        <v>2017</v>
+        <v>2024</v>
       </c>
       <c r="I11"/>
       <c r="J11" t="s">
-        <v>23</v>
+        <v>71</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11" t="s">
-        <v>85</v>
+        <v>91</v>
       </c>
       <c r="M11" t="s">
-        <v>79</v>
+        <v>35</v>
       </c>
       <c r="N11" t="s">
-        <v>26</v>
+        <v>36</v>
       </c>
       <c r="O11" t="s">
-        <v>86</v>
+        <v>92</v>
       </c>
       <c r="P11" t="s">
-        <v>87</v>
+        <v>93</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>88</v>
+        <v>94</v>
       </c>
       <c r="B12" t="s">
-        <v>89</v>
+        <v>95</v>
       </c>
       <c r="C12" t="s">
-        <v>49</v>
+        <v>32</v>
       </c>
       <c r="D12" t="s">
-        <v>90</v>
+        <v>96</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
-        <v>91</v>
+        <v>70</v>
       </c>
       <c r="G12" t="s">
         <v>22</v>
       </c>
       <c r="H12">
         <v>2021</v>
       </c>
       <c r="I12">
         <v>2024</v>
       </c>
       <c r="J12" t="s">
-        <v>92</v>
+        <v>71</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12" t="s">
-        <v>93</v>
+        <v>97</v>
       </c>
       <c r="M12" t="s">
-        <v>52</v>
+        <v>35</v>
       </c>
       <c r="N12" t="s">
-        <v>26</v>
+        <v>36</v>
       </c>
       <c r="O12" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="P12" t="s">
-        <v>95</v>
+        <v>99</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="B13" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="C13" t="s">
-        <v>49</v>
+        <v>32</v>
       </c>
       <c r="D13" t="s">
-        <v>98</v>
+        <v>102</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
-        <v>91</v>
+        <v>70</v>
       </c>
       <c r="G13" t="s">
         <v>22</v>
       </c>
       <c r="H13">
-        <v>2023</v>
+        <v>2021</v>
       </c>
       <c r="I13">
         <v>2024</v>
       </c>
       <c r="J13" t="s">
-        <v>92</v>
+        <v>71</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="M13" t="s">
-        <v>52</v>
+        <v>35</v>
       </c>
       <c r="N13" t="s">
-        <v>26</v>
+        <v>36</v>
       </c>
       <c r="O13" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="P13" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="B14" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="C14" t="s">
-        <v>49</v>
+        <v>32</v>
       </c>
       <c r="D14" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
-        <v>91</v>
+        <v>70</v>
       </c>
       <c r="G14" t="s">
         <v>22</v>
       </c>
       <c r="H14">
+        <v>2021</v>
+      </c>
+      <c r="I14">
         <v>2024</v>
       </c>
-      <c r="I14"/>
       <c r="J14" t="s">
-        <v>92</v>
+        <v>71</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="M14" t="s">
-        <v>52</v>
+        <v>35</v>
       </c>
       <c r="N14" t="s">
-        <v>26</v>
+        <v>36</v>
       </c>
       <c r="O14" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="P14" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="B15" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="C15" t="s">
-        <v>49</v>
+        <v>32</v>
       </c>
       <c r="D15" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
-        <v>91</v>
+        <v>115</v>
       </c>
       <c r="G15" t="s">
         <v>22</v>
       </c>
       <c r="H15">
-        <v>2023</v>
+        <v>2002</v>
       </c>
       <c r="I15"/>
       <c r="J15" t="s">
-        <v>51</v>
+        <v>116</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
-      <c r="L15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L15"/>
       <c r="M15" t="s">
-        <v>52</v>
+        <v>35</v>
       </c>
       <c r="N15" t="s">
-        <v>26</v>
+        <v>36</v>
       </c>
       <c r="O15" t="s">
-        <v>112</v>
+        <v>117</v>
       </c>
       <c r="P15" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>114</v>
+        <v>119</v>
       </c>
       <c r="B16" t="s">
-        <v>115</v>
+        <v>120</v>
       </c>
       <c r="C16" t="s">
-        <v>116</v>
+        <v>32</v>
       </c>
       <c r="D16" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
-        <v>91</v>
+        <v>115</v>
       </c>
       <c r="G16" t="s">
         <v>22</v>
       </c>
       <c r="H16">
-        <v>2024</v>
+        <v>2006</v>
       </c>
       <c r="I16"/>
       <c r="J16" t="s">
-        <v>92</v>
+        <v>116</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="M16" t="s">
-        <v>52</v>
+        <v>35</v>
       </c>
       <c r="N16" t="s">
-        <v>26</v>
+        <v>36</v>
       </c>
       <c r="O16" t="s">
-        <v>119</v>
+        <v>123</v>
       </c>
       <c r="P16" t="s">
-        <v>120</v>
+        <v>124</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
       <c r="B17" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="C17" t="s">
-        <v>49</v>
+        <v>32</v>
       </c>
       <c r="D17" t="s">
-        <v>123</v>
+        <v>114</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
-        <v>91</v>
+        <v>115</v>
       </c>
       <c r="G17" t="s">
         <v>22</v>
       </c>
       <c r="H17">
-        <v>2021</v>
-[...3 lines deleted...]
-      </c>
+        <v>2007</v>
+      </c>
+      <c r="I17"/>
       <c r="J17" t="s">
-        <v>92</v>
+        <v>116</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
       <c r="L17" t="s">
+        <v>127</v>
+      </c>
+      <c r="M17" t="s">
+        <v>35</v>
+      </c>
+      <c r="N17" t="s">
+        <v>36</v>
+      </c>
+      <c r="O17" t="s">
+        <v>128</v>
+      </c>
+      <c r="P17" t="s">
         <v>124</v>
-      </c>
-[...10 lines deleted...]
-        <v>126</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="B18" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="C18" t="s">
-        <v>49</v>
+        <v>32</v>
       </c>
       <c r="D18" t="s">
-        <v>129</v>
+        <v>108</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
-        <v>91</v>
+        <v>115</v>
       </c>
       <c r="G18" t="s">
         <v>22</v>
       </c>
       <c r="H18">
-        <v>2021</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I18"/>
       <c r="J18" t="s">
-        <v>92</v>
+        <v>116</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
       <c r="L18" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="M18" t="s">
-        <v>52</v>
+        <v>35</v>
       </c>
       <c r="N18" t="s">
-        <v>26</v>
+        <v>36</v>
       </c>
       <c r="O18" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="P18" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="B19" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="C19" t="s">
-        <v>49</v>
+        <v>32</v>
       </c>
       <c r="D19" t="s">
-        <v>44</v>
+        <v>136</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
-        <v>91</v>
+        <v>115</v>
       </c>
       <c r="G19" t="s">
         <v>22</v>
       </c>
       <c r="H19">
-        <v>2021</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I19"/>
       <c r="J19" t="s">
-        <v>92</v>
+        <v>116</v>
       </c>
       <c r="K19" t="s">
         <v>24</v>
       </c>
       <c r="L19" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="M19" t="s">
-        <v>52</v>
+        <v>35</v>
       </c>
       <c r="N19" t="s">
-        <v>26</v>
+        <v>36</v>
       </c>
       <c r="O19" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="P19" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="B20" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="C20" t="s">
-        <v>49</v>
+        <v>32</v>
       </c>
       <c r="D20" t="s">
-        <v>140</v>
+        <v>69</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
-        <v>141</v>
+        <v>115</v>
       </c>
       <c r="G20" t="s">
         <v>22</v>
       </c>
       <c r="H20">
-        <v>2002</v>
+        <v>2013</v>
       </c>
       <c r="I20"/>
       <c r="J20" t="s">
-        <v>142</v>
+        <v>116</v>
       </c>
       <c r="K20" t="s">
         <v>24</v>
       </c>
-      <c r="L20"/>
+      <c r="L20" t="s">
+        <v>142</v>
+      </c>
       <c r="M20" t="s">
-        <v>52</v>
+        <v>35</v>
       </c>
       <c r="N20" t="s">
-        <v>26</v>
+        <v>36</v>
       </c>
       <c r="O20" t="s">
         <v>143</v>
       </c>
       <c r="P20" t="s">
         <v>144</v>
-      </c>
-[...238 lines deleted...]
-        <v>170</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">