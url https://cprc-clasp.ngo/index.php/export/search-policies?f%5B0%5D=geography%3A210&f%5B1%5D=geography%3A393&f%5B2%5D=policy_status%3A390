--- v0 (2025-12-06)
+++ v1 (2026-02-05)
@@ -12,285 +12,220 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="87">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="66">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
-    <t>5806/2019 Energy efficiency of households and similar Electrical appliances methods for measuring and calculation energy consumption for electric water heaters</t>
-[...2 lines deleted...]
-    <t>This standard specifies the requirement and method of calculation of energy efficiency for electric water heaters.</t>
+    <t>6977/2009 Energy Efficiency Of Distribution Transformers</t>
+  </si>
+  <si>
+    <t>This standard specifies the energy efficiency of distribution transformers.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
-    <t>Storage Water Heaters</t>
+    <t>Power Transformers</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
-  </si>
-[...19 lines deleted...]
-    <t>Power Transformers</t>
   </si>
   <si>
     <t>IEC 60076-ser/2008
 ,   
                     ES 1886: Power Transformers Dry Type
 ,   
                     ES 4885-1 Instrument transformers part-1Current transformer
 ,   
                     ES 4885-1 Instrument transformers part-2 Inductive voltage transformer</t>
   </si>
   <si>
+    <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
+  </si>
+  <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/69772009-energy-efficiency-distribution-transformers</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/10626</t>
   </si>
   <si>
-    <t>7821/2014 Energy efficiency of household electrical appliances Methods for measuring and calculating energy efficiency of electric circulating air fans</t>
-[...31 lines deleted...]
-  <si>
     <t>Eco-Design Requirements for Water Pump Energy Efficiency (8441/2021)</t>
   </si>
   <si>
     <t>This standard establishes ecodesign requirements for rotodynamic water pumps for pumping clean water, including those integrated into other products, and efficiency labeling requirements.</t>
   </si>
   <si>
     <t>Pumps</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
+    <t>Entered into force, New, Superseded</t>
+  </si>
+  <si>
     <t>ICS 23.080</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards and Quality</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/eco-design-requirements-water-pump-energy-efficiency-84412021</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/15248</t>
   </si>
   <si>
     <t>Energy Efficiency of Household and Similar Electrical Appliances</t>
   </si>
   <si>
     <t>This standard identifies the methods of measuring and calculating energy efficiency and sets a maximum limit to the values of energy consumption. The standard aims to reduce the consumption of electric power.</t>
   </si>
   <si>
     <t>Kitchen, Dishwashers</t>
   </si>
   <si>
     <t>IEC60436:2004, A1:2009, A2:2012</t>
   </si>
   <si>
     <t>Egyptian Organisation for Standards and Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-household-and-similar-electrical-appliances</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/14008</t>
   </si>
   <si>
     <t>Energy Efficiency Of Household Electrical Appliances Methods For Measuring And Calculating Energy Efficiency Of Domestic Ovens (ES 8058/2017)</t>
   </si>
   <si>
     <t>This standard establishes the methods of measuring and calculating the energy efficiency of electrical domestic ovens.</t>
   </si>
   <si>
     <t>Kitchen, Ovens</t>
   </si>
   <si>
     <t>IEC 60350-1/2015
 ,   
                     Regulation (EU) No 65/2014</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards &amp; Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-household-electrical-appliances-methods-measuring-and-calculating-0</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/14544</t>
-  </si>
-[...18 lines deleted...]
-    <t>https://www.eos.org.eg/en/standard/14543</t>
   </si>
   <si>
     <t>Quality standards for stand-alone renewable energy products with power ratings less than or equal to 350 W</t>
   </si>
   <si>
     <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.
 The source links to a publication from ACE-TAF stating that that the standard was adopted in 2020.</t>
   </si>
   <si>
     <t>Sierra Leone</t>
   </si>
   <si>
     <t>Solar Energy Kits</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>IEC TS 62257-9-5</t>
@@ -631,73 +566,73 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P10"/>
+  <dimension ref="A1:P6"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="188.668" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="167.388" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="246.511" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="15.282" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="107.26" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="80.123" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
-    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="131.968" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -730,453 +665,265 @@
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>16</v>
       </c>
       <c r="B2" t="s">
         <v>17</v>
       </c>
       <c r="C2" t="s">
         <v>18</v>
       </c>
       <c r="D2" t="s">
         <v>19</v>
       </c>
       <c r="E2" t="s">
         <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>21</v>
       </c>
       <c r="G2" t="s">
         <v>22</v>
       </c>
       <c r="H2">
-        <v>2019</v>
+        <v>2009</v>
       </c>
       <c r="I2"/>
       <c r="J2" t="s">
         <v>23</v>
       </c>
       <c r="K2" t="s">
         <v>24</v>
       </c>
-      <c r="L2"/>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
       <c r="M2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="N2" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O2" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="P2" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B3" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="E3" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="F3" t="s">
         <v>21</v>
       </c>
       <c r="G3" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H3">
-        <v>2009</v>
+        <v>2021</v>
       </c>
       <c r="I3"/>
       <c r="J3" t="s">
         <v>23</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="M3" t="s">
-        <v>25</v>
+        <v>36</v>
       </c>
       <c r="N3" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="O3" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="P3" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="B4" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>21</v>
       </c>
       <c r="G4" t="s">
         <v>22</v>
       </c>
       <c r="H4">
         <v>2014</v>
       </c>
       <c r="I4"/>
       <c r="J4" t="s">
         <v>23</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="M4" t="s">
-        <v>25</v>
+        <v>44</v>
       </c>
       <c r="N4" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="O4" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="P4" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>42</v>
+        <v>47</v>
       </c>
       <c r="B5" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="C5" t="s">
         <v>18</v>
       </c>
       <c r="D5" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>21</v>
       </c>
       <c r="G5" t="s">
         <v>22</v>
       </c>
       <c r="H5">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="I5"/>
       <c r="J5" t="s">
         <v>23</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
-      <c r="L5"/>
+      <c r="L5" t="s">
+        <v>50</v>
+      </c>
       <c r="M5" t="s">
-        <v>25</v>
+        <v>51</v>
       </c>
       <c r="N5" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="O5" t="s">
-        <v>45</v>
+        <v>52</v>
       </c>
       <c r="P5" t="s">
-        <v>46</v>
+        <v>53</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>47</v>
+        <v>54</v>
       </c>
       <c r="B6" t="s">
-        <v>48</v>
+        <v>55</v>
       </c>
       <c r="C6" t="s">
-        <v>18</v>
+        <v>56</v>
       </c>
       <c r="D6" t="s">
-        <v>49</v>
+        <v>57</v>
       </c>
       <c r="E6" t="s">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="F6" t="s">
-        <v>21</v>
+        <v>58</v>
       </c>
       <c r="G6" t="s">
         <v>22</v>
       </c>
       <c r="H6">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="I6"/>
       <c r="J6" t="s">
-        <v>23</v>
+        <v>59</v>
       </c>
       <c r="K6" t="s">
-        <v>24</v>
+        <v>60</v>
       </c>
       <c r="L6" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="M6" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="N6" t="s">
-        <v>26</v>
+        <v>63</v>
       </c>
       <c r="O6" t="s">
-        <v>53</v>
+        <v>64</v>
       </c>
       <c r="P6" t="s">
-        <v>54</v>
-[...82 lines deleted...]
-      <c r="L8" t="s">
         <v>65</v>
-      </c>
-[...106 lines deleted...]
-        <v>86</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">