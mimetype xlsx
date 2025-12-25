--- v0 (2025-11-09)
+++ v1 (2025-12-25)
@@ -3993,51 +3993,51 @@
       <c r="O50" t="s">
         <v>271</v>
       </c>
       <c r="P50"/>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="s">
         <v>272</v>
       </c>
       <c r="B51" t="s">
         <v>273</v>
       </c>
       <c r="C51" t="s">
         <v>226</v>
       </c>
       <c r="D51" t="s">
         <v>274</v>
       </c>
       <c r="E51" t="s">
         <v>20</v>
       </c>
       <c r="F51" t="s">
         <v>275</v>
       </c>
       <c r="G51" t="s">
-        <v>35</v>
+        <v>8</v>
       </c>
       <c r="H51">
         <v>2021</v>
       </c>
       <c r="I51">
         <v>2024</v>
       </c>
       <c r="J51" t="s">
         <v>276</v>
       </c>
       <c r="K51" t="s">
         <v>37</v>
       </c>
       <c r="L51" t="s">
         <v>277</v>
       </c>
       <c r="M51" t="s">
         <v>229</v>
       </c>
       <c r="N51" t="s">
         <v>45</v>
       </c>
       <c r="O51" t="s">
         <v>278</v>
       </c>