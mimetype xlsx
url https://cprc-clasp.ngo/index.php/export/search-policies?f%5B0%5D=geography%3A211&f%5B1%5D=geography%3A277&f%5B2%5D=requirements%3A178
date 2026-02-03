--- v0 (2025-12-06)
+++ v1 (2026-02-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2504">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2503">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -3858,117 +3858,114 @@
     <t>https://cprc-clasp.ngo/index.php/policies/gb-32030-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80933D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB/T 23118-2024 Household and Similar Tumble Dryer and Washer-Dryer</t>
   </si>
   <si>
     <t>This standard applies to tumble dryers and washer-dryer machines with a rated drying capacity greater than 1kg, designed for non-professional users in households and similar environments. Standard Specifications:
 - Drying Performance
 - Energy Consumption
 - Water Usage
 - Program Time
 - Drying Uniformity
 - Condensation Efficiency
 - Noise Level
 - Off/Standby Power
 - Fluffiness Performance
 - Wrinkle Removal Performance
 - Washing Performance for Washer-Dryer Combo Machines
 - Washing-Drying Performance
 - Grading for Indicators: Energy Consumption, Water Usage, Noise, and Other Relevant Factors</t>
   </si>
   <si>
-    <t>Asia and Pacific, China</t>
-[...1 lines deleted...]
-  <si>
     <t>Clothes Dryers, Washer and Dryers</t>
   </si>
   <si>
+    <t>January 2025</t>
+  </si>
+  <si>
+    <t>SAMR, SAC</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gbt-23118-2024-household-and-similar-tumble-dryer-and-washer-dryer</t>
+  </si>
+  <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=234D7936AA97E194E06397BE0A0AA0A9</t>
+  </si>
+  <si>
+    <t>GB/T 35606-2017 Green product assessment-Solar water heating system</t>
+  </si>
+  <si>
+    <t>Green product standard for solar water heating system.</t>
+  </si>
+  <si>
+    <t>Water, Water Heating</t>
+  </si>
+  <si>
+    <t>GB/T 35606-2017, GB 26969</t>
+  </si>
+  <si>
+    <t>The State Administration for Market Regulation of China (SAMR) and The Standard…</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gbt-35606-2017-green-product-assessment-solar-water-heating-system</t>
+  </si>
+  <si>
+    <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=FA9296E42AAB4BC2E38DCE34C6EDE596</t>
+  </si>
+  <si>
+    <t>GB/T 39761.1-2021 Green product assessment-Household electric appliances-Part 1: Refrigerators, air-conditioners and washing machines</t>
+  </si>
+  <si>
+    <t>Green product standard for household appliances of refrigerators, air conditioners and washing machines.</t>
+  </si>
+  <si>
+    <t>Laundry, Washing Machines, Space Heating and Space Cooling, Air Conditioning, Refrigeration, Refrigerators-Freezers</t>
+  </si>
+  <si>
+    <t>GB/T 39761.1-2021, GB/T 32355.1-2015,GB/T 32355.2-2015, GB/T35758-2017</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gbt-397611-2021-green-product-assessment-household-electric-appliances-part-1</t>
+  </si>
+  <si>
+    <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=D055E567F29672FD38B65A479656CA26</t>
+  </si>
+  <si>
+    <t>GB/T45785—2025 Evaluation of Energy Performance for Compressed Air Stations</t>
+  </si>
+  <si>
+    <t>This voluntary standard applies to compressed air stations consisting of air compressors driven by electric motors, with discharge pressures ranging from 0.25 MPa to 1.6 MPa, an air supply flow rate of no less than 4 m³/min, and a total operating power of no less than 37 kW.</t>
+  </si>
+  <si>
+    <t>Air Compressors</t>
+  </si>
+  <si>
     <t>New</t>
-  </si>
-[...58 lines deleted...]
-    <t>Air Compressors</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>GB/T16665
 ,</t>
   </si>
   <si>
     <t>National Technical Committee on Compressor Standardization</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gbt45785-2025-evaluation-energy-performance-compressed-air-stations</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=36DE96AA3EC8CD71E06397BE0A0A23D9</t>
   </si>
   <si>
     <t>Green Label Scheme - TGL-23-R2-12 Electronic Ballasts</t>
   </si>
   <si>
     <t>Electronic ballasts for fluorescent lamps</t>
   </si>
   <si>
     <t>TIS 1506-2542; TIS 1449; TIS 623; CIE No. 25</t>
@@ -19617,12826 +19614,12828 @@
       </c>
       <c r="L236" t="s">
         <v>1258</v>
       </c>
       <c r="M236" t="s">
         <v>1248</v>
       </c>
       <c r="N236" t="s">
         <v>27</v>
       </c>
       <c r="O236" t="s">
         <v>1259</v>
       </c>
       <c r="P236" t="s">
         <v>1260</v>
       </c>
     </row>
     <row r="237" spans="1:16">
       <c r="A237" t="s">
         <v>1261</v>
       </c>
       <c r="B237" t="s">
         <v>1262</v>
       </c>
       <c r="C237" t="s">
+        <v>57</v>
+      </c>
+      <c r="D237" t="s">
         <v>1263</v>
-      </c>
-[...1 lines deleted...]
-        <v>1264</v>
       </c>
       <c r="E237" t="s">
         <v>20</v>
       </c>
       <c r="F237" t="s">
         <v>1216</v>
       </c>
       <c r="G237" t="s">
-        <v>1265</v>
+        <v>8</v>
       </c>
       <c r="H237">
+        <v>2008</v>
+      </c>
+      <c r="I237">
         <v>2024</v>
       </c>
-      <c r="I237"/>
       <c r="J237" t="s">
-        <v>1266</v>
+        <v>1264</v>
       </c>
       <c r="K237" t="s">
         <v>24</v>
       </c>
       <c r="L237"/>
       <c r="M237" t="s">
-        <v>1267</v>
+        <v>1265</v>
       </c>
       <c r="N237" t="s">
         <v>695</v>
       </c>
       <c r="O237" t="s">
-        <v>1268</v>
+        <v>1266</v>
       </c>
       <c r="P237" t="s">
-        <v>1269</v>
+        <v>1267</v>
       </c>
     </row>
     <row r="238" spans="1:16">
       <c r="A238" t="s">
-        <v>1270</v>
+        <v>1268</v>
       </c>
       <c r="B238" t="s">
-        <v>1271</v>
+        <v>1269</v>
       </c>
       <c r="C238" t="s">
         <v>57</v>
       </c>
       <c r="D238" t="s">
-        <v>1272</v>
+        <v>1270</v>
       </c>
       <c r="E238" t="s">
         <v>20</v>
       </c>
       <c r="F238" t="s">
         <v>59</v>
       </c>
       <c r="G238" t="s">
         <v>22</v>
       </c>
       <c r="H238">
         <v>2018</v>
       </c>
       <c r="I238"/>
       <c r="J238" t="s">
         <v>68</v>
       </c>
       <c r="K238" t="s">
         <v>287</v>
       </c>
       <c r="L238" t="s">
+        <v>1271</v>
+      </c>
+      <c r="M238" t="s">
+        <v>1272</v>
+      </c>
+      <c r="N238" t="s">
+        <v>27</v>
+      </c>
+      <c r="O238" t="s">
         <v>1273</v>
       </c>
-      <c r="M238" t="s">
+      <c r="P238" t="s">
         <v>1274</v>
-      </c>
-[...7 lines deleted...]
-        <v>1276</v>
       </c>
     </row>
     <row r="239" spans="1:16">
       <c r="A239" t="s">
-        <v>1277</v>
+        <v>1275</v>
       </c>
       <c r="B239" t="s">
-        <v>1278</v>
+        <v>1276</v>
       </c>
       <c r="C239" t="s">
         <v>57</v>
       </c>
       <c r="D239" t="s">
-        <v>1279</v>
+        <v>1277</v>
       </c>
       <c r="E239" t="s">
         <v>20</v>
       </c>
       <c r="F239" t="s">
         <v>59</v>
       </c>
       <c r="G239" t="s">
         <v>22</v>
       </c>
       <c r="H239">
         <v>2021</v>
       </c>
       <c r="I239"/>
       <c r="J239" t="s">
         <v>68</v>
       </c>
       <c r="K239" t="s">
         <v>24</v>
       </c>
       <c r="L239" t="s">
+        <v>1278</v>
+      </c>
+      <c r="M239" t="s">
+        <v>1272</v>
+      </c>
+      <c r="N239" t="s">
+        <v>27</v>
+      </c>
+      <c r="O239" t="s">
+        <v>1279</v>
+      </c>
+      <c r="P239" t="s">
         <v>1280</v>
-      </c>
-[...10 lines deleted...]
-        <v>1282</v>
       </c>
     </row>
     <row r="240" spans="1:16">
       <c r="A240" t="s">
-        <v>1283</v>
+        <v>1281</v>
       </c>
       <c r="B240" t="s">
-        <v>1284</v>
+        <v>1282</v>
       </c>
       <c r="C240" t="s">
         <v>57</v>
       </c>
       <c r="D240" t="s">
-        <v>1285</v>
+        <v>1283</v>
       </c>
       <c r="E240" t="s">
         <v>20</v>
       </c>
       <c r="F240" t="s">
         <v>33</v>
       </c>
       <c r="G240" t="s">
-        <v>1265</v>
+        <v>1284</v>
       </c>
       <c r="H240">
         <v>2025</v>
       </c>
       <c r="I240"/>
       <c r="J240" t="s">
+        <v>1285</v>
+      </c>
+      <c r="K240" t="s">
+        <v>24</v>
+      </c>
+      <c r="L240" t="s">
         <v>1286</v>
       </c>
-      <c r="K240" t="s">
-[...2 lines deleted...]
-      <c r="L240" t="s">
+      <c r="M240" t="s">
         <v>1287</v>
       </c>
-      <c r="M240" t="s">
+      <c r="N240" t="s">
+        <v>27</v>
+      </c>
+      <c r="O240" t="s">
         <v>1288</v>
       </c>
-      <c r="N240" t="s">
-[...2 lines deleted...]
-      <c r="O240" t="s">
+      <c r="P240" t="s">
         <v>1289</v>
-      </c>
-[...1 lines deleted...]
-        <v>1290</v>
       </c>
     </row>
     <row r="241" spans="1:16">
       <c r="A241" t="s">
+        <v>1290</v>
+      </c>
+      <c r="B241" t="s">
         <v>1291</v>
-      </c>
-[...1 lines deleted...]
-        <v>1292</v>
       </c>
       <c r="C241" t="s">
         <v>1038</v>
       </c>
       <c r="D241" t="s">
         <v>376</v>
       </c>
       <c r="E241" t="s">
         <v>20</v>
       </c>
       <c r="F241" t="s">
         <v>59</v>
       </c>
       <c r="G241" t="s">
         <v>42</v>
       </c>
       <c r="H241">
         <v>2003</v>
       </c>
       <c r="I241">
         <v>2012</v>
       </c>
       <c r="J241" t="s">
         <v>23</v>
       </c>
       <c r="K241" t="s">
         <v>24</v>
       </c>
       <c r="L241" t="s">
+        <v>1292</v>
+      </c>
+      <c r="M241" t="s">
         <v>1293</v>
       </c>
-      <c r="M241" t="s">
+      <c r="N241" t="s">
+        <v>27</v>
+      </c>
+      <c r="O241" t="s">
         <v>1294</v>
       </c>
-      <c r="N241" t="s">
-[...2 lines deleted...]
-      <c r="O241" t="s">
+      <c r="P241" t="s">
         <v>1295</v>
-      </c>
-[...1 lines deleted...]
-        <v>1296</v>
       </c>
     </row>
     <row r="242" spans="1:16">
       <c r="A242" t="s">
+        <v>1296</v>
+      </c>
+      <c r="B242" t="s">
         <v>1297</v>
-      </c>
-[...1 lines deleted...]
-        <v>1298</v>
       </c>
       <c r="C242" t="s">
         <v>32</v>
       </c>
       <c r="D242" t="s">
         <v>72</v>
       </c>
       <c r="E242" t="s">
         <v>20</v>
       </c>
       <c r="F242" t="s">
         <v>59</v>
       </c>
       <c r="G242" t="s">
         <v>42</v>
       </c>
       <c r="H242">
         <v>2000</v>
       </c>
       <c r="I242">
         <v>2013</v>
       </c>
       <c r="J242" t="s">
         <v>34</v>
       </c>
       <c r="K242" t="s">
         <v>24</v>
       </c>
       <c r="L242" t="s">
-        <v>1299</v>
+        <v>1298</v>
       </c>
       <c r="M242" t="s">
         <v>36</v>
       </c>
       <c r="N242" t="s">
         <v>27</v>
       </c>
       <c r="O242" t="s">
+        <v>1299</v>
+      </c>
+      <c r="P242" t="s">
         <v>1300</v>
-      </c>
-[...1 lines deleted...]
-        <v>1301</v>
       </c>
     </row>
     <row r="243" spans="1:16">
       <c r="A243" t="s">
+        <v>1301</v>
+      </c>
+      <c r="B243" t="s">
         <v>1302</v>
-      </c>
-[...1 lines deleted...]
-        <v>1303</v>
       </c>
       <c r="C243" t="s">
         <v>32</v>
       </c>
       <c r="D243" t="s">
         <v>72</v>
       </c>
       <c r="E243" t="s">
         <v>20</v>
       </c>
       <c r="F243" t="s">
         <v>59</v>
       </c>
       <c r="G243" t="s">
         <v>42</v>
       </c>
       <c r="H243">
         <v>2000</v>
       </c>
       <c r="I243">
         <v>2013</v>
       </c>
       <c r="J243" t="s">
         <v>34</v>
       </c>
       <c r="K243" t="s">
         <v>24</v>
       </c>
       <c r="L243"/>
       <c r="M243" t="s">
         <v>36</v>
       </c>
       <c r="N243" t="s">
         <v>27</v>
       </c>
       <c r="O243" t="s">
+        <v>1303</v>
+      </c>
+      <c r="P243" t="s">
         <v>1304</v>
-      </c>
-[...1 lines deleted...]
-        <v>1305</v>
       </c>
     </row>
     <row r="244" spans="1:16">
       <c r="A244" t="s">
+        <v>1305</v>
+      </c>
+      <c r="B244" t="s">
         <v>1306</v>
-      </c>
-[...1 lines deleted...]
-        <v>1307</v>
       </c>
       <c r="C244" t="s">
         <v>32</v>
       </c>
       <c r="D244" t="s">
         <v>72</v>
       </c>
       <c r="E244" t="s">
         <v>20</v>
       </c>
       <c r="F244" t="s">
         <v>59</v>
       </c>
       <c r="G244" t="s">
         <v>42</v>
       </c>
       <c r="H244">
         <v>2000</v>
       </c>
       <c r="I244">
         <v>2013</v>
       </c>
       <c r="J244" t="s">
         <v>34</v>
       </c>
       <c r="K244" t="s">
         <v>24</v>
       </c>
       <c r="L244" t="s">
-        <v>1299</v>
+        <v>1298</v>
       </c>
       <c r="M244" t="s">
         <v>871</v>
       </c>
       <c r="N244" t="s">
         <v>27</v>
       </c>
       <c r="O244" t="s">
+        <v>1307</v>
+      </c>
+      <c r="P244" t="s">
         <v>1308</v>
-      </c>
-[...1 lines deleted...]
-        <v>1309</v>
       </c>
     </row>
     <row r="245" spans="1:16">
       <c r="A245" t="s">
+        <v>1309</v>
+      </c>
+      <c r="B245" t="s">
         <v>1310</v>
-      </c>
-[...1 lines deleted...]
-        <v>1311</v>
       </c>
       <c r="C245" t="s">
         <v>32</v>
       </c>
       <c r="D245" t="s">
         <v>360</v>
       </c>
       <c r="E245" t="s">
         <v>20</v>
       </c>
       <c r="F245" t="s">
         <v>59</v>
       </c>
       <c r="G245" t="s">
         <v>42</v>
       </c>
       <c r="H245">
         <v>2015</v>
       </c>
       <c r="I245">
         <v>2015</v>
       </c>
       <c r="J245" t="s">
         <v>34</v>
       </c>
       <c r="K245" t="s">
         <v>24</v>
       </c>
       <c r="L245" t="s">
-        <v>1310</v>
+        <v>1309</v>
       </c>
       <c r="M245" t="s">
         <v>36</v>
       </c>
       <c r="N245" t="s">
         <v>27</v>
       </c>
       <c r="O245" t="s">
+        <v>1311</v>
+      </c>
+      <c r="P245" t="s">
         <v>1312</v>
-      </c>
-[...1 lines deleted...]
-        <v>1313</v>
       </c>
     </row>
     <row r="246" spans="1:16">
       <c r="A246" t="s">
+        <v>1313</v>
+      </c>
+      <c r="B246" t="s">
         <v>1314</v>
-      </c>
-[...1 lines deleted...]
-        <v>1315</v>
       </c>
       <c r="C246" t="s">
         <v>32</v>
       </c>
       <c r="D246" t="s">
         <v>41</v>
       </c>
       <c r="E246" t="s">
         <v>20</v>
       </c>
       <c r="F246" t="s">
         <v>59</v>
       </c>
       <c r="G246" t="s">
         <v>42</v>
       </c>
       <c r="H246">
         <v>2008</v>
       </c>
       <c r="I246">
         <v>2013</v>
       </c>
       <c r="J246" t="s">
         <v>34</v>
       </c>
       <c r="K246" t="s">
         <v>24</v>
       </c>
       <c r="L246" t="s">
         <v>43</v>
       </c>
       <c r="M246" t="s">
         <v>871</v>
       </c>
       <c r="N246" t="s">
         <v>27</v>
       </c>
       <c r="O246" t="s">
+        <v>1315</v>
+      </c>
+      <c r="P246" t="s">
         <v>1316</v>
-      </c>
-[...1 lines deleted...]
-        <v>1317</v>
       </c>
     </row>
     <row r="247" spans="1:16">
       <c r="A247" t="s">
+        <v>1317</v>
+      </c>
+      <c r="B247" t="s">
         <v>1318</v>
-      </c>
-[...1 lines deleted...]
-        <v>1319</v>
       </c>
       <c r="C247" t="s">
         <v>32</v>
       </c>
       <c r="D247" t="s">
         <v>732</v>
       </c>
       <c r="E247" t="s">
         <v>20</v>
       </c>
       <c r="F247" t="s">
         <v>59</v>
       </c>
       <c r="G247" t="s">
         <v>42</v>
       </c>
       <c r="H247">
         <v>2010</v>
       </c>
       <c r="I247">
         <v>2014</v>
       </c>
       <c r="J247" t="s">
         <v>34</v>
       </c>
       <c r="K247" t="s">
         <v>24</v>
       </c>
       <c r="L247"/>
       <c r="M247" t="s">
         <v>36</v>
       </c>
       <c r="N247" t="s">
         <v>27</v>
       </c>
       <c r="O247" t="s">
+        <v>1319</v>
+      </c>
+      <c r="P247" t="s">
         <v>1320</v>
-      </c>
-[...1 lines deleted...]
-        <v>1321</v>
       </c>
     </row>
     <row r="248" spans="1:16">
       <c r="A248" t="s">
+        <v>1321</v>
+      </c>
+      <c r="B248" t="s">
         <v>1322</v>
-      </c>
-[...1 lines deleted...]
-        <v>1323</v>
       </c>
       <c r="C248" t="s">
         <v>32</v>
       </c>
       <c r="D248" t="s">
         <v>478</v>
       </c>
       <c r="E248" t="s">
         <v>20</v>
       </c>
       <c r="F248" t="s">
         <v>59</v>
       </c>
       <c r="G248" t="s">
         <v>22</v>
       </c>
       <c r="H248">
         <v>2013</v>
       </c>
       <c r="I248"/>
       <c r="J248" t="s">
         <v>34</v>
       </c>
       <c r="K248" t="s">
         <v>24</v>
       </c>
       <c r="L248"/>
       <c r="M248" t="s">
         <v>871</v>
       </c>
       <c r="N248" t="s">
         <v>27</v>
       </c>
       <c r="O248" t="s">
+        <v>1323</v>
+      </c>
+      <c r="P248" t="s">
         <v>1324</v>
-      </c>
-[...1 lines deleted...]
-        <v>1325</v>
       </c>
     </row>
     <row r="249" spans="1:16">
       <c r="A249" t="s">
+        <v>1325</v>
+      </c>
+      <c r="B249" t="s">
         <v>1326</v>
-      </c>
-[...1 lines deleted...]
-        <v>1327</v>
       </c>
       <c r="C249" t="s">
         <v>32</v>
       </c>
       <c r="D249" t="s">
         <v>275</v>
       </c>
       <c r="E249" t="s">
         <v>20</v>
       </c>
       <c r="F249" t="s">
         <v>59</v>
       </c>
       <c r="G249" t="s">
         <v>42</v>
       </c>
       <c r="H249">
         <v>2011</v>
       </c>
       <c r="I249">
         <v>2011</v>
       </c>
       <c r="J249" t="s">
         <v>34</v>
       </c>
       <c r="K249" t="s">
         <v>645</v>
       </c>
       <c r="L249"/>
       <c r="M249" t="s">
         <v>36</v>
       </c>
       <c r="N249" t="s">
         <v>27</v>
       </c>
       <c r="O249" t="s">
-        <v>1328</v>
+        <v>1327</v>
       </c>
       <c r="P249"/>
     </row>
     <row r="250" spans="1:16">
       <c r="A250" t="s">
+        <v>1328</v>
+      </c>
+      <c r="B250" t="s">
         <v>1329</v>
-      </c>
-[...1 lines deleted...]
-        <v>1330</v>
       </c>
       <c r="C250" t="s">
         <v>32</v>
       </c>
       <c r="D250" t="s">
         <v>41</v>
       </c>
       <c r="E250" t="s">
         <v>20</v>
       </c>
       <c r="F250" t="s">
         <v>59</v>
       </c>
       <c r="G250" t="s">
         <v>42</v>
       </c>
       <c r="H250">
         <v>2008</v>
       </c>
       <c r="I250">
         <v>2014</v>
       </c>
       <c r="J250" t="s">
         <v>34</v>
       </c>
       <c r="K250" t="s">
         <v>24</v>
       </c>
       <c r="L250"/>
       <c r="M250" t="s">
         <v>871</v>
       </c>
       <c r="N250" t="s">
         <v>27</v>
       </c>
       <c r="O250" t="s">
+        <v>1330</v>
+      </c>
+      <c r="P250" t="s">
         <v>1331</v>
-      </c>
-[...1 lines deleted...]
-        <v>1332</v>
       </c>
     </row>
     <row r="251" spans="1:16">
       <c r="A251" t="s">
+        <v>1332</v>
+      </c>
+      <c r="B251" t="s">
         <v>1333</v>
-      </c>
-[...1 lines deleted...]
-        <v>1334</v>
       </c>
       <c r="C251" t="s">
         <v>32</v>
       </c>
       <c r="D251" t="s">
-        <v>1335</v>
+        <v>1334</v>
       </c>
       <c r="E251" t="s">
         <v>20</v>
       </c>
       <c r="F251" t="s">
         <v>59</v>
       </c>
       <c r="G251" t="s">
         <v>42</v>
       </c>
       <c r="H251">
         <v>2011</v>
       </c>
       <c r="I251">
         <v>2013</v>
       </c>
       <c r="J251" t="s">
         <v>34</v>
       </c>
       <c r="K251" t="s">
         <v>24</v>
       </c>
       <c r="L251"/>
       <c r="M251" t="s">
         <v>36</v>
       </c>
       <c r="N251" t="s">
         <v>27</v>
       </c>
       <c r="O251" t="s">
+        <v>1335</v>
+      </c>
+      <c r="P251" t="s">
         <v>1336</v>
-      </c>
-[...1 lines deleted...]
-        <v>1337</v>
       </c>
     </row>
     <row r="252" spans="1:16">
       <c r="A252" t="s">
+        <v>1337</v>
+      </c>
+      <c r="B252" t="s">
         <v>1338</v>
-      </c>
-[...1 lines deleted...]
-        <v>1339</v>
       </c>
       <c r="C252" t="s">
         <v>32</v>
       </c>
       <c r="D252" t="s">
         <v>850</v>
       </c>
       <c r="E252" t="s">
         <v>20</v>
       </c>
       <c r="F252" t="s">
         <v>59</v>
       </c>
       <c r="G252" t="s">
         <v>22</v>
       </c>
       <c r="H252">
         <v>2014</v>
       </c>
       <c r="I252"/>
       <c r="J252" t="s">
         <v>34</v>
       </c>
       <c r="K252" t="s">
         <v>24</v>
       </c>
       <c r="L252"/>
       <c r="M252" t="s">
         <v>36</v>
       </c>
       <c r="N252" t="s">
         <v>27</v>
       </c>
       <c r="O252" t="s">
+        <v>1339</v>
+      </c>
+      <c r="P252" t="s">
         <v>1340</v>
-      </c>
-[...1 lines deleted...]
-        <v>1341</v>
       </c>
     </row>
     <row r="253" spans="1:16">
       <c r="A253" t="s">
+        <v>1341</v>
+      </c>
+      <c r="B253" t="s">
         <v>1342</v>
-      </c>
-[...1 lines deleted...]
-        <v>1343</v>
       </c>
       <c r="C253" t="s">
         <v>32</v>
       </c>
       <c r="D253" t="s">
         <v>19</v>
       </c>
       <c r="E253" t="s">
         <v>20</v>
       </c>
       <c r="F253" t="s">
         <v>59</v>
       </c>
       <c r="G253" t="s">
         <v>22</v>
       </c>
       <c r="H253">
         <v>2014</v>
       </c>
       <c r="I253"/>
       <c r="J253" t="s">
         <v>34</v>
       </c>
       <c r="K253" t="s">
         <v>24</v>
       </c>
       <c r="L253"/>
       <c r="M253" t="s">
         <v>871</v>
       </c>
       <c r="N253" t="s">
         <v>27</v>
       </c>
       <c r="O253" t="s">
+        <v>1343</v>
+      </c>
+      <c r="P253" t="s">
         <v>1344</v>
-      </c>
-[...1 lines deleted...]
-        <v>1345</v>
       </c>
     </row>
     <row r="254" spans="1:16">
       <c r="A254" t="s">
+        <v>1345</v>
+      </c>
+      <c r="B254" t="s">
         <v>1346</v>
-      </c>
-[...1 lines deleted...]
-        <v>1347</v>
       </c>
       <c r="C254" t="s">
         <v>32</v>
       </c>
       <c r="D254" t="s">
         <v>275</v>
       </c>
       <c r="E254" t="s">
         <v>20</v>
       </c>
       <c r="F254" t="s">
         <v>59</v>
       </c>
       <c r="G254" t="s">
         <v>42</v>
       </c>
       <c r="H254">
         <v>2013</v>
       </c>
       <c r="I254">
         <v>2014</v>
       </c>
       <c r="J254" t="s">
         <v>34</v>
       </c>
       <c r="K254" t="s">
         <v>24</v>
       </c>
       <c r="L254"/>
       <c r="M254" t="s">
         <v>871</v>
       </c>
       <c r="N254" t="s">
         <v>27</v>
       </c>
       <c r="O254" t="s">
+        <v>1347</v>
+      </c>
+      <c r="P254" t="s">
         <v>1348</v>
-      </c>
-[...1 lines deleted...]
-        <v>1349</v>
       </c>
     </row>
     <row r="255" spans="1:16">
       <c r="A255" t="s">
+        <v>1349</v>
+      </c>
+      <c r="B255" t="s">
         <v>1350</v>
-      </c>
-[...1 lines deleted...]
-        <v>1351</v>
       </c>
       <c r="C255" t="s">
         <v>32</v>
       </c>
       <c r="D255" t="s">
         <v>41</v>
       </c>
       <c r="E255" t="s">
         <v>20</v>
       </c>
       <c r="F255" t="s">
         <v>59</v>
       </c>
       <c r="G255" t="s">
         <v>42</v>
       </c>
       <c r="H255">
         <v>2012</v>
       </c>
       <c r="I255">
         <v>2014</v>
       </c>
       <c r="J255" t="s">
         <v>34</v>
       </c>
       <c r="K255" t="s">
         <v>24</v>
       </c>
       <c r="L255"/>
       <c r="M255" t="s">
         <v>871</v>
       </c>
       <c r="N255" t="s">
         <v>27</v>
       </c>
       <c r="O255" t="s">
+        <v>1351</v>
+      </c>
+      <c r="P255" t="s">
         <v>1352</v>
-      </c>
-[...1 lines deleted...]
-        <v>1353</v>
       </c>
     </row>
     <row r="256" spans="1:16">
       <c r="A256" t="s">
+        <v>1353</v>
+      </c>
+      <c r="B256" t="s">
         <v>1354</v>
-      </c>
-[...1 lines deleted...]
-        <v>1355</v>
       </c>
       <c r="C256" t="s">
         <v>32</v>
       </c>
       <c r="D256" t="s">
         <v>1200</v>
       </c>
       <c r="E256" t="s">
         <v>20</v>
       </c>
       <c r="F256" t="s">
         <v>59</v>
       </c>
       <c r="G256" t="s">
         <v>22</v>
       </c>
       <c r="H256">
         <v>2015</v>
       </c>
       <c r="I256"/>
       <c r="J256" t="s">
         <v>34</v>
       </c>
       <c r="K256" t="s">
         <v>24</v>
       </c>
       <c r="L256"/>
       <c r="M256" t="s">
         <v>871</v>
       </c>
       <c r="N256" t="s">
         <v>27</v>
       </c>
       <c r="O256" t="s">
+        <v>1355</v>
+      </c>
+      <c r="P256" t="s">
         <v>1356</v>
-      </c>
-[...1 lines deleted...]
-        <v>1357</v>
       </c>
     </row>
     <row r="257" spans="1:16">
       <c r="A257" t="s">
+        <v>1357</v>
+      </c>
+      <c r="B257" t="s">
         <v>1358</v>
-      </c>
-[...1 lines deleted...]
-        <v>1359</v>
       </c>
       <c r="C257" t="s">
         <v>32</v>
       </c>
       <c r="D257" t="s">
         <v>391</v>
       </c>
       <c r="E257" t="s">
         <v>20</v>
       </c>
       <c r="F257" t="s">
         <v>59</v>
       </c>
       <c r="G257" t="s">
         <v>42</v>
       </c>
       <c r="H257">
         <v>2015</v>
       </c>
       <c r="I257">
         <v>2015</v>
       </c>
       <c r="J257" t="s">
         <v>34</v>
       </c>
       <c r="K257" t="s">
         <v>24</v>
       </c>
       <c r="L257" t="s">
-        <v>1358</v>
+        <v>1357</v>
       </c>
       <c r="M257" t="s">
         <v>871</v>
       </c>
       <c r="N257" t="s">
         <v>27</v>
       </c>
       <c r="O257" t="s">
+        <v>1359</v>
+      </c>
+      <c r="P257" t="s">
         <v>1360</v>
-      </c>
-[...1 lines deleted...]
-        <v>1361</v>
       </c>
     </row>
     <row r="258" spans="1:16">
       <c r="A258" t="s">
+        <v>1361</v>
+      </c>
+      <c r="B258" t="s">
         <v>1362</v>
-      </c>
-[...1 lines deleted...]
-        <v>1363</v>
       </c>
       <c r="C258" t="s">
         <v>32</v>
       </c>
       <c r="D258" t="s">
         <v>897</v>
       </c>
       <c r="E258" t="s">
         <v>20</v>
       </c>
       <c r="F258" t="s">
         <v>59</v>
       </c>
       <c r="G258" t="s">
         <v>42</v>
       </c>
       <c r="H258">
         <v>2006</v>
       </c>
       <c r="I258">
         <v>2016</v>
       </c>
       <c r="J258" t="s">
         <v>34</v>
       </c>
       <c r="K258" t="s">
         <v>24</v>
       </c>
       <c r="L258"/>
       <c r="M258" t="s">
         <v>871</v>
       </c>
       <c r="N258" t="s">
         <v>27</v>
       </c>
       <c r="O258" t="s">
+        <v>1363</v>
+      </c>
+      <c r="P258" t="s">
         <v>1364</v>
-      </c>
-[...1 lines deleted...]
-        <v>1365</v>
       </c>
     </row>
     <row r="259" spans="1:16">
       <c r="A259" t="s">
+        <v>1365</v>
+      </c>
+      <c r="B259" t="s">
         <v>1366</v>
-      </c>
-[...1 lines deleted...]
-        <v>1367</v>
       </c>
       <c r="C259" t="s">
         <v>32</v>
       </c>
       <c r="D259" t="s">
-        <v>1368</v>
+        <v>1367</v>
       </c>
       <c r="E259" t="s">
         <v>20</v>
       </c>
       <c r="F259" t="s">
         <v>59</v>
       </c>
       <c r="G259" t="s">
         <v>22</v>
       </c>
       <c r="H259">
         <v>2016</v>
       </c>
       <c r="I259"/>
       <c r="J259" t="s">
         <v>34</v>
       </c>
       <c r="K259" t="s">
         <v>24</v>
       </c>
       <c r="L259"/>
       <c r="M259" t="s">
         <v>871</v>
       </c>
       <c r="N259" t="s">
         <v>27</v>
       </c>
       <c r="O259" t="s">
+        <v>1368</v>
+      </c>
+      <c r="P259" t="s">
         <v>1369</v>
-      </c>
-[...1 lines deleted...]
-        <v>1370</v>
       </c>
     </row>
     <row r="260" spans="1:16">
       <c r="A260" t="s">
+        <v>1370</v>
+      </c>
+      <c r="B260" t="s">
         <v>1371</v>
-      </c>
-[...1 lines deleted...]
-        <v>1372</v>
       </c>
       <c r="C260" t="s">
         <v>32</v>
       </c>
       <c r="D260" t="s">
-        <v>1373</v>
+        <v>1372</v>
       </c>
       <c r="E260" t="s">
         <v>20</v>
       </c>
       <c r="F260" t="s">
         <v>59</v>
       </c>
       <c r="G260" t="s">
         <v>22</v>
       </c>
       <c r="H260">
         <v>2016</v>
       </c>
       <c r="I260"/>
       <c r="J260" t="s">
         <v>34</v>
       </c>
       <c r="K260" t="s">
         <v>24</v>
       </c>
       <c r="L260"/>
       <c r="M260" t="s">
         <v>871</v>
       </c>
       <c r="N260" t="s">
         <v>27</v>
       </c>
       <c r="O260" t="s">
+        <v>1373</v>
+      </c>
+      <c r="P260" t="s">
         <v>1374</v>
-      </c>
-[...1 lines deleted...]
-        <v>1375</v>
       </c>
     </row>
     <row r="261" spans="1:16">
       <c r="A261" t="s">
+        <v>1375</v>
+      </c>
+      <c r="B261" t="s">
         <v>1376</v>
-      </c>
-[...1 lines deleted...]
-        <v>1377</v>
       </c>
       <c r="C261" t="s">
         <v>32</v>
       </c>
       <c r="D261" t="s">
-        <v>1378</v>
+        <v>1377</v>
       </c>
       <c r="E261" t="s">
         <v>20</v>
       </c>
       <c r="F261" t="s">
         <v>59</v>
       </c>
       <c r="G261" t="s">
         <v>22</v>
       </c>
       <c r="H261">
         <v>2016</v>
       </c>
       <c r="I261"/>
       <c r="J261" t="s">
         <v>34</v>
       </c>
       <c r="K261" t="s">
         <v>24</v>
       </c>
       <c r="L261"/>
       <c r="M261" t="s">
         <v>871</v>
       </c>
       <c r="N261" t="s">
         <v>27</v>
       </c>
       <c r="O261" t="s">
-        <v>1379</v>
+        <v>1378</v>
       </c>
       <c r="P261" t="s">
-        <v>1375</v>
+        <v>1374</v>
       </c>
     </row>
     <row r="262" spans="1:16">
       <c r="A262" t="s">
+        <v>1379</v>
+      </c>
+      <c r="B262" t="s">
         <v>1380</v>
-      </c>
-[...1 lines deleted...]
-        <v>1381</v>
       </c>
       <c r="C262" t="s">
         <v>32</v>
       </c>
       <c r="D262" t="s">
         <v>316</v>
       </c>
       <c r="E262" t="s">
         <v>20</v>
       </c>
       <c r="F262" t="s">
         <v>59</v>
       </c>
       <c r="G262" t="s">
         <v>42</v>
       </c>
       <c r="H262">
         <v>2000</v>
       </c>
       <c r="I262">
         <v>2016</v>
       </c>
       <c r="J262" t="s">
         <v>34</v>
       </c>
       <c r="K262" t="s">
         <v>24</v>
       </c>
       <c r="L262"/>
       <c r="M262" t="s">
         <v>36</v>
       </c>
       <c r="N262" t="s">
         <v>27</v>
       </c>
       <c r="O262" t="s">
+        <v>1381</v>
+      </c>
+      <c r="P262" t="s">
         <v>1382</v>
-      </c>
-[...1 lines deleted...]
-        <v>1383</v>
       </c>
     </row>
     <row r="263" spans="1:16">
       <c r="A263" t="s">
+        <v>1383</v>
+      </c>
+      <c r="B263" t="s">
         <v>1384</v>
-      </c>
-[...1 lines deleted...]
-        <v>1385</v>
       </c>
       <c r="C263" t="s">
         <v>32</v>
       </c>
       <c r="D263" t="s">
         <v>316</v>
       </c>
       <c r="E263" t="s">
         <v>20</v>
       </c>
       <c r="F263" t="s">
         <v>59</v>
       </c>
       <c r="G263" t="s">
         <v>42</v>
       </c>
       <c r="H263">
         <v>2000</v>
       </c>
       <c r="I263">
         <v>2015</v>
       </c>
       <c r="J263" t="s">
         <v>34</v>
       </c>
       <c r="K263" t="s">
         <v>24</v>
       </c>
       <c r="L263"/>
       <c r="M263" t="s">
         <v>871</v>
       </c>
       <c r="N263" t="s">
         <v>27</v>
       </c>
       <c r="O263" t="s">
+        <v>1385</v>
+      </c>
+      <c r="P263" t="s">
         <v>1386</v>
-      </c>
-[...1 lines deleted...]
-        <v>1387</v>
       </c>
     </row>
     <row r="264" spans="1:16">
       <c r="A264" t="s">
+        <v>1387</v>
+      </c>
+      <c r="B264" t="s">
         <v>1388</v>
-      </c>
-[...1 lines deleted...]
-        <v>1389</v>
       </c>
       <c r="C264" t="s">
         <v>32</v>
       </c>
       <c r="D264" t="s">
         <v>305</v>
       </c>
       <c r="E264" t="s">
         <v>20</v>
       </c>
       <c r="F264" t="s">
         <v>59</v>
       </c>
       <c r="G264" t="s">
         <v>42</v>
       </c>
       <c r="H264">
         <v>2000</v>
       </c>
       <c r="I264">
         <v>2013</v>
       </c>
       <c r="J264" t="s">
         <v>34</v>
       </c>
       <c r="K264" t="s">
         <v>24</v>
       </c>
       <c r="L264" t="s">
-        <v>1299</v>
+        <v>1298</v>
       </c>
       <c r="M264" t="s">
         <v>871</v>
       </c>
       <c r="N264" t="s">
         <v>27</v>
       </c>
       <c r="O264" t="s">
+        <v>1389</v>
+      </c>
+      <c r="P264" t="s">
         <v>1390</v>
-      </c>
-[...1 lines deleted...]
-        <v>1391</v>
       </c>
     </row>
     <row r="265" spans="1:16">
       <c r="A265" t="s">
+        <v>1391</v>
+      </c>
+      <c r="B265" t="s">
         <v>1392</v>
-      </c>
-[...1 lines deleted...]
-        <v>1393</v>
       </c>
       <c r="C265" t="s">
         <v>32</v>
       </c>
       <c r="D265" t="s">
         <v>19</v>
       </c>
       <c r="E265" t="s">
         <v>20</v>
       </c>
       <c r="F265" t="s">
         <v>59</v>
       </c>
       <c r="G265" t="s">
         <v>42</v>
       </c>
       <c r="H265">
         <v>2001</v>
       </c>
       <c r="I265">
         <v>2013</v>
       </c>
       <c r="J265" t="s">
         <v>34</v>
       </c>
       <c r="K265" t="s">
         <v>24</v>
       </c>
       <c r="L265"/>
       <c r="M265" t="s">
         <v>36</v>
       </c>
       <c r="N265" t="s">
         <v>27</v>
       </c>
       <c r="O265" t="s">
+        <v>1393</v>
+      </c>
+      <c r="P265" t="s">
         <v>1394</v>
-      </c>
-[...1 lines deleted...]
-        <v>1395</v>
       </c>
     </row>
     <row r="266" spans="1:16">
       <c r="A266" t="s">
+        <v>1395</v>
+      </c>
+      <c r="B266" t="s">
         <v>1396</v>
-      </c>
-[...1 lines deleted...]
-        <v>1397</v>
       </c>
       <c r="C266" t="s">
         <v>32</v>
       </c>
       <c r="D266" t="s">
         <v>700</v>
       </c>
       <c r="E266" t="s">
         <v>20</v>
       </c>
       <c r="F266" t="s">
         <v>59</v>
       </c>
       <c r="G266" t="s">
         <v>42</v>
       </c>
       <c r="H266">
         <v>2002</v>
       </c>
       <c r="I266">
         <v>2014</v>
       </c>
       <c r="J266" t="s">
         <v>34</v>
       </c>
       <c r="K266" t="s">
         <v>24</v>
       </c>
       <c r="L266" t="s">
-        <v>1398</v>
+        <v>1397</v>
       </c>
       <c r="M266" t="s">
         <v>36</v>
       </c>
       <c r="N266" t="s">
         <v>27</v>
       </c>
       <c r="O266" t="s">
+        <v>1398</v>
+      </c>
+      <c r="P266" t="s">
         <v>1399</v>
-      </c>
-[...1 lines deleted...]
-        <v>1400</v>
       </c>
     </row>
     <row r="267" spans="1:16">
       <c r="A267" t="s">
+        <v>1400</v>
+      </c>
+      <c r="B267" t="s">
         <v>1401</v>
-      </c>
-[...1 lines deleted...]
-        <v>1402</v>
       </c>
       <c r="C267" t="s">
         <v>32</v>
       </c>
       <c r="D267" t="s">
-        <v>1403</v>
+        <v>1402</v>
       </c>
       <c r="E267" t="s">
         <v>20</v>
       </c>
       <c r="F267" t="s">
         <v>59</v>
       </c>
       <c r="G267" t="s">
         <v>42</v>
       </c>
       <c r="H267">
         <v>1998</v>
       </c>
       <c r="I267">
         <v>2014</v>
       </c>
       <c r="J267" t="s">
+        <v>1403</v>
+      </c>
+      <c r="K267" t="s">
+        <v>24</v>
+      </c>
+      <c r="L267" t="s">
         <v>1404</v>
-      </c>
-[...4 lines deleted...]
-        <v>1405</v>
       </c>
       <c r="M267" t="s">
         <v>36</v>
       </c>
       <c r="N267" t="s">
         <v>27</v>
       </c>
       <c r="O267" t="s">
+        <v>1405</v>
+      </c>
+      <c r="P267" t="s">
         <v>1406</v>
-      </c>
-[...1 lines deleted...]
-        <v>1407</v>
       </c>
     </row>
     <row r="268" spans="1:16">
       <c r="A268" t="s">
+        <v>1407</v>
+      </c>
+      <c r="B268" t="s">
         <v>1408</v>
-      </c>
-[...1 lines deleted...]
-        <v>1409</v>
       </c>
       <c r="C268" t="s">
         <v>32</v>
       </c>
       <c r="D268" t="s">
         <v>135</v>
       </c>
       <c r="E268" t="s">
         <v>20</v>
       </c>
       <c r="F268" t="s">
         <v>59</v>
       </c>
       <c r="G268" t="s">
         <v>42</v>
       </c>
       <c r="H268">
         <v>2005</v>
       </c>
       <c r="I268">
         <v>2013</v>
       </c>
       <c r="J268" t="s">
         <v>34</v>
       </c>
       <c r="K268" t="s">
         <v>24</v>
       </c>
       <c r="L268" t="s">
-        <v>1410</v>
+        <v>1409</v>
       </c>
       <c r="M268" t="s">
         <v>871</v>
       </c>
       <c r="N268" t="s">
         <v>27</v>
       </c>
       <c r="O268" t="s">
+        <v>1410</v>
+      </c>
+      <c r="P268" t="s">
         <v>1411</v>
-      </c>
-[...1 lines deleted...]
-        <v>1412</v>
       </c>
     </row>
     <row r="269" spans="1:16">
       <c r="A269" t="s">
+        <v>1412</v>
+      </c>
+      <c r="B269" t="s">
         <v>1413</v>
-      </c>
-[...1 lines deleted...]
-        <v>1414</v>
       </c>
       <c r="C269" t="s">
         <v>32</v>
       </c>
       <c r="D269" t="s">
         <v>370</v>
       </c>
       <c r="E269" t="s">
         <v>20</v>
       </c>
       <c r="F269" t="s">
         <v>59</v>
       </c>
       <c r="G269" t="s">
         <v>42</v>
       </c>
       <c r="H269">
         <v>2002</v>
       </c>
       <c r="I269">
         <v>2013</v>
       </c>
       <c r="J269" t="s">
         <v>34</v>
       </c>
       <c r="K269" t="s">
         <v>24</v>
       </c>
       <c r="L269"/>
       <c r="M269" t="s">
         <v>871</v>
       </c>
       <c r="N269" t="s">
         <v>27</v>
       </c>
       <c r="O269" t="s">
+        <v>1414</v>
+      </c>
+      <c r="P269" t="s">
         <v>1415</v>
-      </c>
-[...1 lines deleted...]
-        <v>1416</v>
       </c>
     </row>
     <row r="270" spans="1:16">
       <c r="A270" t="s">
+        <v>1416</v>
+      </c>
+      <c r="B270" t="s">
         <v>1417</v>
-      </c>
-[...1 lines deleted...]
-        <v>1418</v>
       </c>
       <c r="C270" t="s">
         <v>32</v>
       </c>
       <c r="D270" t="s">
         <v>305</v>
       </c>
       <c r="E270" t="s">
         <v>20</v>
       </c>
       <c r="F270" t="s">
         <v>59</v>
       </c>
       <c r="G270" t="s">
         <v>42</v>
       </c>
       <c r="H270">
         <v>2000</v>
       </c>
       <c r="I270">
         <v>2013</v>
       </c>
       <c r="J270" t="s">
         <v>34</v>
       </c>
       <c r="K270" t="s">
         <v>24</v>
       </c>
       <c r="L270" t="s">
-        <v>1419</v>
+        <v>1418</v>
       </c>
       <c r="M270" t="s">
         <v>36</v>
       </c>
       <c r="N270" t="s">
         <v>27</v>
       </c>
       <c r="O270" t="s">
-        <v>1420</v>
+        <v>1419</v>
       </c>
       <c r="P270"/>
     </row>
     <row r="271" spans="1:16">
       <c r="A271" t="s">
+        <v>1420</v>
+      </c>
+      <c r="B271" t="s">
         <v>1421</v>
-      </c>
-[...1 lines deleted...]
-        <v>1422</v>
       </c>
       <c r="C271" t="s">
         <v>32</v>
       </c>
       <c r="D271" t="s">
         <v>156</v>
       </c>
       <c r="E271" t="s">
         <v>20</v>
       </c>
       <c r="F271" t="s">
         <v>59</v>
       </c>
       <c r="G271" t="s">
         <v>42</v>
       </c>
       <c r="H271">
         <v>2011</v>
       </c>
       <c r="I271">
         <v>2013</v>
       </c>
       <c r="J271" t="s">
         <v>34</v>
       </c>
       <c r="K271" t="s">
         <v>24</v>
       </c>
       <c r="L271"/>
       <c r="M271" t="s">
         <v>871</v>
       </c>
       <c r="N271" t="s">
         <v>27</v>
       </c>
       <c r="O271" t="s">
+        <v>1422</v>
+      </c>
+      <c r="P271" t="s">
         <v>1423</v>
-      </c>
-[...1 lines deleted...]
-        <v>1424</v>
       </c>
     </row>
     <row r="272" spans="1:16">
       <c r="A272" t="s">
+        <v>1424</v>
+      </c>
+      <c r="B272" t="s">
         <v>1425</v>
-      </c>
-[...1 lines deleted...]
-        <v>1426</v>
       </c>
       <c r="C272" t="s">
         <v>32</v>
       </c>
       <c r="D272" t="s">
         <v>947</v>
       </c>
       <c r="E272" t="s">
         <v>20</v>
       </c>
       <c r="F272" t="s">
         <v>59</v>
       </c>
       <c r="G272" t="s">
         <v>42</v>
       </c>
       <c r="H272">
         <v>2006</v>
       </c>
       <c r="I272">
         <v>2015</v>
       </c>
       <c r="J272" t="s">
         <v>34</v>
       </c>
       <c r="K272" t="s">
         <v>645</v>
       </c>
       <c r="L272"/>
       <c r="M272" t="s">
         <v>871</v>
       </c>
       <c r="N272" t="s">
         <v>27</v>
       </c>
       <c r="O272" t="s">
+        <v>1426</v>
+      </c>
+      <c r="P272" t="s">
         <v>1427</v>
-      </c>
-[...1 lines deleted...]
-        <v>1428</v>
       </c>
     </row>
     <row r="273" spans="1:16">
       <c r="A273" t="s">
+        <v>1428</v>
+      </c>
+      <c r="B273" t="s">
         <v>1429</v>
-      </c>
-[...1 lines deleted...]
-        <v>1430</v>
       </c>
       <c r="C273" t="s">
         <v>32</v>
       </c>
       <c r="D273" t="s">
         <v>774</v>
       </c>
       <c r="E273" t="s">
         <v>20</v>
       </c>
       <c r="F273" t="s">
         <v>59</v>
       </c>
       <c r="G273" t="s">
         <v>22</v>
       </c>
       <c r="H273">
         <v>2013</v>
       </c>
       <c r="I273"/>
       <c r="J273" t="s">
         <v>34</v>
       </c>
       <c r="K273" t="s">
         <v>24</v>
       </c>
       <c r="L273"/>
       <c r="M273" t="s">
         <v>36</v>
       </c>
       <c r="N273" t="s">
         <v>27</v>
       </c>
       <c r="O273" t="s">
+        <v>1430</v>
+      </c>
+      <c r="P273" t="s">
         <v>1431</v>
-      </c>
-[...1 lines deleted...]
-        <v>1432</v>
       </c>
     </row>
     <row r="274" spans="1:16">
       <c r="A274" t="s">
+        <v>1432</v>
+      </c>
+      <c r="B274" t="s">
         <v>1433</v>
-      </c>
-[...1 lines deleted...]
-        <v>1434</v>
       </c>
       <c r="C274" t="s">
         <v>32</v>
       </c>
       <c r="D274" t="s">
         <v>41</v>
       </c>
       <c r="E274" t="s">
         <v>20</v>
       </c>
       <c r="F274" t="s">
         <v>59</v>
       </c>
       <c r="G274" t="s">
         <v>42</v>
       </c>
       <c r="H274">
         <v>2012</v>
       </c>
       <c r="I274">
         <v>2012</v>
       </c>
       <c r="J274" t="s">
         <v>34</v>
       </c>
       <c r="K274" t="s">
         <v>287</v>
       </c>
       <c r="L274" t="s">
-        <v>1435</v>
+        <v>1434</v>
       </c>
       <c r="M274" t="s">
         <v>871</v>
       </c>
       <c r="N274" t="s">
         <v>27</v>
       </c>
       <c r="O274" t="s">
+        <v>1435</v>
+      </c>
+      <c r="P274" t="s">
         <v>1436</v>
-      </c>
-[...1 lines deleted...]
-        <v>1437</v>
       </c>
     </row>
     <row r="275" spans="1:16">
       <c r="A275" t="s">
+        <v>1437</v>
+      </c>
+      <c r="B275" t="s">
         <v>1438</v>
-      </c>
-[...1 lines deleted...]
-        <v>1439</v>
       </c>
       <c r="C275" t="s">
         <v>32</v>
       </c>
       <c r="D275" t="s">
         <v>72</v>
       </c>
       <c r="E275" t="s">
         <v>20</v>
       </c>
       <c r="F275" t="s">
         <v>59</v>
       </c>
       <c r="G275" t="s">
         <v>42</v>
       </c>
       <c r="H275">
         <v>2000</v>
       </c>
       <c r="I275">
         <v>2015</v>
       </c>
       <c r="J275" t="s">
         <v>34</v>
       </c>
       <c r="K275" t="s">
         <v>24</v>
       </c>
       <c r="L275"/>
       <c r="M275" t="s">
         <v>36</v>
       </c>
       <c r="N275" t="s">
         <v>27</v>
       </c>
       <c r="O275" t="s">
+        <v>1439</v>
+      </c>
+      <c r="P275" t="s">
         <v>1440</v>
-      </c>
-[...1 lines deleted...]
-        <v>1441</v>
       </c>
     </row>
     <row r="276" spans="1:16">
       <c r="A276" t="s">
+        <v>1441</v>
+      </c>
+      <c r="B276" t="s">
         <v>1442</v>
-      </c>
-[...1 lines deleted...]
-        <v>1443</v>
       </c>
       <c r="C276" t="s">
         <v>32</v>
       </c>
       <c r="D276" t="s">
         <v>322</v>
       </c>
       <c r="E276" t="s">
         <v>20</v>
       </c>
       <c r="F276" t="s">
         <v>59</v>
       </c>
       <c r="G276" t="s">
         <v>42</v>
       </c>
       <c r="H276">
         <v>2002</v>
       </c>
       <c r="I276">
         <v>2013</v>
       </c>
       <c r="J276" t="s">
         <v>34</v>
       </c>
       <c r="K276" t="s">
         <v>24</v>
       </c>
       <c r="L276" t="s">
-        <v>1444</v>
+        <v>1443</v>
       </c>
       <c r="M276" t="s">
         <v>36</v>
       </c>
       <c r="N276" t="s">
         <v>27</v>
       </c>
       <c r="O276" t="s">
+        <v>1444</v>
+      </c>
+      <c r="P276" t="s">
         <v>1445</v>
-      </c>
-[...1 lines deleted...]
-        <v>1446</v>
       </c>
     </row>
     <row r="277" spans="1:16">
       <c r="A277" t="s">
+        <v>1446</v>
+      </c>
+      <c r="B277" t="s">
         <v>1447</v>
-      </c>
-[...1 lines deleted...]
-        <v>1448</v>
       </c>
       <c r="C277" t="s">
         <v>32</v>
       </c>
       <c r="D277" t="s">
         <v>72</v>
       </c>
       <c r="E277" t="s">
         <v>20</v>
       </c>
       <c r="F277" t="s">
         <v>59</v>
       </c>
       <c r="G277" t="s">
         <v>42</v>
       </c>
       <c r="H277">
         <v>2000</v>
       </c>
       <c r="I277">
         <v>2015</v>
       </c>
       <c r="J277" t="s">
         <v>34</v>
       </c>
       <c r="K277" t="s">
         <v>24</v>
       </c>
       <c r="L277"/>
       <c r="M277" t="s">
         <v>871</v>
       </c>
       <c r="N277" t="s">
         <v>27</v>
       </c>
       <c r="O277" t="s">
+        <v>1448</v>
+      </c>
+      <c r="P277" t="s">
         <v>1449</v>
-      </c>
-[...1 lines deleted...]
-        <v>1450</v>
       </c>
     </row>
     <row r="278" spans="1:16">
       <c r="A278" t="s">
+        <v>1450</v>
+      </c>
+      <c r="B278" t="s">
         <v>1451</v>
-      </c>
-[...1 lines deleted...]
-        <v>1452</v>
       </c>
       <c r="C278" t="s">
         <v>32</v>
       </c>
       <c r="D278" t="s">
         <v>844</v>
       </c>
       <c r="E278" t="s">
         <v>20</v>
       </c>
       <c r="F278" t="s">
         <v>59</v>
       </c>
       <c r="G278" t="s">
         <v>42</v>
       </c>
       <c r="H278">
         <v>2001</v>
       </c>
       <c r="I278">
         <v>2013</v>
       </c>
       <c r="J278" t="s">
         <v>34</v>
       </c>
       <c r="K278" t="s">
         <v>24</v>
       </c>
       <c r="L278"/>
       <c r="M278" t="s">
         <v>36</v>
       </c>
       <c r="N278" t="s">
         <v>27</v>
       </c>
       <c r="O278" t="s">
+        <v>1452</v>
+      </c>
+      <c r="P278" t="s">
         <v>1453</v>
-      </c>
-[...1 lines deleted...]
-        <v>1454</v>
       </c>
     </row>
     <row r="279" spans="1:16">
       <c r="A279" t="s">
+        <v>1454</v>
+      </c>
+      <c r="B279" t="s">
         <v>1455</v>
-      </c>
-[...1 lines deleted...]
-        <v>1456</v>
       </c>
       <c r="C279" t="s">
         <v>32</v>
       </c>
       <c r="D279" t="s">
         <v>897</v>
       </c>
       <c r="E279" t="s">
         <v>20</v>
       </c>
       <c r="F279" t="s">
         <v>59</v>
       </c>
       <c r="G279" t="s">
         <v>42</v>
       </c>
       <c r="H279">
         <v>2006</v>
       </c>
       <c r="I279">
         <v>2013</v>
       </c>
       <c r="J279" t="s">
         <v>34</v>
       </c>
       <c r="K279" t="s">
         <v>24</v>
       </c>
       <c r="L279"/>
       <c r="M279" t="s">
         <v>871</v>
       </c>
       <c r="N279" t="s">
         <v>27</v>
       </c>
       <c r="O279" t="s">
+        <v>1456</v>
+      </c>
+      <c r="P279" t="s">
         <v>1457</v>
-      </c>
-[...1 lines deleted...]
-        <v>1458</v>
       </c>
     </row>
     <row r="280" spans="1:16">
       <c r="A280" t="s">
+        <v>1458</v>
+      </c>
+      <c r="B280" t="s">
         <v>1459</v>
-      </c>
-[...1 lines deleted...]
-        <v>1460</v>
       </c>
       <c r="C280" t="s">
         <v>32</v>
       </c>
       <c r="D280" t="s">
         <v>808</v>
       </c>
       <c r="E280" t="s">
         <v>20</v>
       </c>
       <c r="F280" t="s">
         <v>59</v>
       </c>
       <c r="G280" t="s">
         <v>42</v>
       </c>
       <c r="H280">
         <v>2001</v>
       </c>
       <c r="I280">
         <v>2013</v>
       </c>
       <c r="J280" t="s">
         <v>34</v>
       </c>
       <c r="K280" t="s">
         <v>24</v>
       </c>
       <c r="L280"/>
       <c r="M280" t="s">
         <v>36</v>
       </c>
       <c r="N280" t="s">
         <v>27</v>
       </c>
       <c r="O280" t="s">
+        <v>1460</v>
+      </c>
+      <c r="P280" t="s">
         <v>1461</v>
-      </c>
-[...1 lines deleted...]
-        <v>1462</v>
       </c>
     </row>
     <row r="281" spans="1:16">
       <c r="A281" t="s">
+        <v>1462</v>
+      </c>
+      <c r="B281" t="s">
         <v>1463</v>
-      </c>
-[...1 lines deleted...]
-        <v>1464</v>
       </c>
       <c r="C281" t="s">
         <v>32</v>
       </c>
       <c r="D281" t="s">
         <v>275</v>
       </c>
       <c r="E281" t="s">
         <v>20</v>
       </c>
       <c r="F281" t="s">
         <v>59</v>
       </c>
       <c r="G281" t="s">
         <v>42</v>
       </c>
       <c r="H281">
         <v>2011</v>
       </c>
       <c r="I281">
         <v>2011</v>
       </c>
       <c r="J281" t="s">
         <v>34</v>
       </c>
       <c r="K281" t="s">
         <v>24</v>
       </c>
       <c r="L281" t="s">
-        <v>1465</v>
+        <v>1464</v>
       </c>
       <c r="M281" t="s">
         <v>871</v>
       </c>
       <c r="N281" t="s">
         <v>27</v>
       </c>
       <c r="O281" t="s">
+        <v>1465</v>
+      </c>
+      <c r="P281" t="s">
         <v>1466</v>
-      </c>
-[...1 lines deleted...]
-        <v>1467</v>
       </c>
     </row>
     <row r="282" spans="1:16">
       <c r="A282" t="s">
+        <v>1467</v>
+      </c>
+      <c r="B282" t="s">
         <v>1468</v>
-      </c>
-[...1 lines deleted...]
-        <v>1469</v>
       </c>
       <c r="C282" t="s">
         <v>32</v>
       </c>
       <c r="D282" t="s">
         <v>360</v>
       </c>
       <c r="E282" t="s">
         <v>20</v>
       </c>
       <c r="F282" t="s">
         <v>59</v>
       </c>
       <c r="G282" t="s">
         <v>22</v>
       </c>
       <c r="H282">
         <v>2014</v>
       </c>
       <c r="I282"/>
       <c r="J282" t="s">
         <v>34</v>
       </c>
       <c r="K282" t="s">
         <v>24</v>
       </c>
       <c r="L282"/>
       <c r="M282" t="s">
         <v>36</v>
       </c>
       <c r="N282" t="s">
         <v>27</v>
       </c>
       <c r="O282" t="s">
+        <v>1469</v>
+      </c>
+      <c r="P282" t="s">
         <v>1470</v>
-      </c>
-[...1 lines deleted...]
-        <v>1471</v>
       </c>
     </row>
     <row r="283" spans="1:16">
       <c r="A283" t="s">
+        <v>1471</v>
+      </c>
+      <c r="B283" t="s">
         <v>1472</v>
-      </c>
-[...1 lines deleted...]
-        <v>1473</v>
       </c>
       <c r="C283" t="s">
         <v>32</v>
       </c>
       <c r="D283" t="s">
         <v>91</v>
       </c>
       <c r="E283" t="s">
         <v>20</v>
       </c>
       <c r="F283" t="s">
         <v>59</v>
       </c>
       <c r="G283" t="s">
         <v>22</v>
       </c>
       <c r="H283">
         <v>2015</v>
       </c>
       <c r="I283"/>
       <c r="J283" t="s">
         <v>34</v>
       </c>
       <c r="K283" t="s">
         <v>60</v>
       </c>
       <c r="L283"/>
       <c r="M283" t="s">
         <v>871</v>
       </c>
       <c r="N283" t="s">
         <v>27</v>
       </c>
       <c r="O283" t="s">
+        <v>1473</v>
+      </c>
+      <c r="P283" t="s">
         <v>1474</v>
-      </c>
-[...1 lines deleted...]
-        <v>1475</v>
       </c>
     </row>
     <row r="284" spans="1:16">
       <c r="A284" t="s">
+        <v>1475</v>
+      </c>
+      <c r="B284" t="s">
         <v>1476</v>
-      </c>
-[...1 lines deleted...]
-        <v>1477</v>
       </c>
       <c r="C284" t="s">
         <v>32</v>
       </c>
       <c r="D284" t="s">
         <v>305</v>
       </c>
       <c r="E284" t="s">
         <v>20</v>
       </c>
       <c r="F284" t="s">
         <v>59</v>
       </c>
       <c r="G284" t="s">
         <v>42</v>
       </c>
       <c r="H284">
         <v>2000</v>
       </c>
       <c r="I284">
         <v>2013</v>
       </c>
       <c r="J284" t="s">
         <v>34</v>
       </c>
       <c r="K284" t="s">
         <v>24</v>
       </c>
       <c r="L284" t="s">
         <v>1169</v>
       </c>
       <c r="M284" t="s">
         <v>36</v>
       </c>
       <c r="N284" t="s">
         <v>27</v>
       </c>
       <c r="O284" t="s">
+        <v>1477</v>
+      </c>
+      <c r="P284" t="s">
         <v>1478</v>
-      </c>
-[...1 lines deleted...]
-        <v>1479</v>
       </c>
     </row>
     <row r="285" spans="1:16">
       <c r="A285" t="s">
+        <v>1479</v>
+      </c>
+      <c r="B285" t="s">
         <v>1480</v>
-      </c>
-[...1 lines deleted...]
-        <v>1481</v>
       </c>
       <c r="C285" t="s">
         <v>32</v>
       </c>
       <c r="D285" t="s">
         <v>937</v>
       </c>
       <c r="E285" t="s">
         <v>20</v>
       </c>
       <c r="F285" t="s">
         <v>59</v>
       </c>
       <c r="G285" t="s">
         <v>22</v>
       </c>
       <c r="H285">
         <v>2011</v>
       </c>
       <c r="I285"/>
       <c r="J285" t="s">
         <v>34</v>
       </c>
       <c r="K285" t="s">
         <v>24</v>
       </c>
       <c r="L285" t="s">
-        <v>1482</v>
+        <v>1481</v>
       </c>
       <c r="M285" t="s">
         <v>36</v>
       </c>
       <c r="N285" t="s">
         <v>27</v>
       </c>
       <c r="O285" t="s">
+        <v>1482</v>
+      </c>
+      <c r="P285" t="s">
         <v>1483</v>
-      </c>
-[...1 lines deleted...]
-        <v>1484</v>
       </c>
     </row>
     <row r="286" spans="1:16">
       <c r="A286" t="s">
+        <v>1484</v>
+      </c>
+      <c r="B286" t="s">
         <v>1485</v>
-      </c>
-[...1 lines deleted...]
-        <v>1486</v>
       </c>
       <c r="C286" t="s">
         <v>32</v>
       </c>
       <c r="D286" t="s">
         <v>682</v>
       </c>
       <c r="E286" t="s">
         <v>20</v>
       </c>
       <c r="F286" t="s">
         <v>59</v>
       </c>
       <c r="G286" t="s">
         <v>22</v>
       </c>
       <c r="H286">
         <v>2014</v>
       </c>
       <c r="I286"/>
       <c r="J286" t="s">
         <v>34</v>
       </c>
       <c r="K286" t="s">
         <v>24</v>
       </c>
       <c r="L286" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="M286" t="s">
         <v>36</v>
       </c>
       <c r="N286" t="s">
         <v>27</v>
       </c>
       <c r="O286" t="s">
+        <v>1486</v>
+      </c>
+      <c r="P286" t="s">
         <v>1487</v>
-      </c>
-[...1 lines deleted...]
-        <v>1488</v>
       </c>
     </row>
     <row r="287" spans="1:16">
       <c r="A287" t="s">
+        <v>1488</v>
+      </c>
+      <c r="B287" t="s">
         <v>1489</v>
-      </c>
-[...1 lines deleted...]
-        <v>1490</v>
       </c>
       <c r="C287" t="s">
         <v>32</v>
       </c>
       <c r="D287" t="s">
         <v>269</v>
       </c>
       <c r="E287" t="s">
         <v>20</v>
       </c>
       <c r="F287" t="s">
         <v>59</v>
       </c>
       <c r="G287" t="s">
         <v>22</v>
       </c>
       <c r="H287">
         <v>2013</v>
       </c>
       <c r="I287"/>
       <c r="J287" t="s">
         <v>34</v>
       </c>
       <c r="K287" t="s">
         <v>24</v>
       </c>
       <c r="L287"/>
       <c r="M287" t="s">
         <v>36</v>
       </c>
       <c r="N287" t="s">
         <v>27</v>
       </c>
       <c r="O287" t="s">
+        <v>1490</v>
+      </c>
+      <c r="P287" t="s">
         <v>1491</v>
-      </c>
-[...1 lines deleted...]
-        <v>1492</v>
       </c>
     </row>
     <row r="288" spans="1:16">
       <c r="A288" t="s">
+        <v>1492</v>
+      </c>
+      <c r="B288" t="s">
         <v>1493</v>
-      </c>
-[...1 lines deleted...]
-        <v>1494</v>
       </c>
       <c r="C288" t="s">
         <v>32</v>
       </c>
       <c r="D288" t="s">
         <v>305</v>
       </c>
       <c r="E288" t="s">
         <v>20</v>
       </c>
       <c r="F288" t="s">
         <v>59</v>
       </c>
       <c r="G288" t="s">
         <v>42</v>
       </c>
       <c r="H288">
         <v>2000</v>
       </c>
       <c r="I288">
         <v>2014</v>
       </c>
       <c r="J288" t="s">
         <v>34</v>
       </c>
       <c r="K288" t="s">
         <v>24</v>
       </c>
       <c r="L288"/>
       <c r="M288" t="s">
         <v>871</v>
       </c>
       <c r="N288" t="s">
         <v>27</v>
       </c>
       <c r="O288" t="s">
+        <v>1494</v>
+      </c>
+      <c r="P288" t="s">
         <v>1495</v>
-      </c>
-[...1 lines deleted...]
-        <v>1496</v>
       </c>
     </row>
     <row r="289" spans="1:16">
       <c r="A289" t="s">
+        <v>1496</v>
+      </c>
+      <c r="B289" t="s">
         <v>1497</v>
-      </c>
-[...1 lines deleted...]
-        <v>1498</v>
       </c>
       <c r="C289" t="s">
         <v>32</v>
       </c>
       <c r="D289" t="s">
         <v>269</v>
       </c>
       <c r="E289" t="s">
         <v>20</v>
       </c>
       <c r="F289" t="s">
         <v>59</v>
       </c>
       <c r="G289" t="s">
         <v>22</v>
       </c>
       <c r="H289">
         <v>2013</v>
       </c>
       <c r="I289"/>
       <c r="J289" t="s">
         <v>34</v>
       </c>
       <c r="K289" t="s">
         <v>24</v>
       </c>
       <c r="L289"/>
       <c r="M289" t="s">
         <v>36</v>
       </c>
       <c r="N289" t="s">
         <v>27</v>
       </c>
       <c r="O289" t="s">
+        <v>1498</v>
+      </c>
+      <c r="P289" t="s">
         <v>1499</v>
-      </c>
-[...1 lines deleted...]
-        <v>1500</v>
       </c>
     </row>
     <row r="290" spans="1:16">
       <c r="A290" t="s">
+        <v>1500</v>
+      </c>
+      <c r="B290" t="s">
         <v>1501</v>
-      </c>
-[...1 lines deleted...]
-        <v>1502</v>
       </c>
       <c r="C290" t="s">
         <v>1038</v>
       </c>
       <c r="D290" t="s">
-        <v>1503</v>
+        <v>1502</v>
       </c>
       <c r="E290" t="s">
         <v>20</v>
       </c>
       <c r="F290" t="s">
         <v>21</v>
       </c>
       <c r="G290" t="s">
         <v>22</v>
       </c>
       <c r="H290">
         <v>2022</v>
       </c>
       <c r="I290"/>
       <c r="J290" t="s">
+        <v>1503</v>
+      </c>
+      <c r="K290" t="s">
+        <v>24</v>
+      </c>
+      <c r="L290" t="s">
         <v>1504</v>
       </c>
-      <c r="K290" t="s">
-[...2 lines deleted...]
-      <c r="L290" t="s">
+      <c r="M290" t="s">
         <v>1505</v>
       </c>
-      <c r="M290" t="s">
+      <c r="N290" t="s">
+        <v>27</v>
+      </c>
+      <c r="O290" t="s">
         <v>1506</v>
       </c>
-      <c r="N290" t="s">
-[...2 lines deleted...]
-      <c r="O290" t="s">
+      <c r="P290" t="s">
         <v>1507</v>
-      </c>
-[...1 lines deleted...]
-        <v>1508</v>
       </c>
     </row>
     <row r="291" spans="1:16">
       <c r="A291" t="s">
+        <v>1508</v>
+      </c>
+      <c r="B291" t="s">
         <v>1509</v>
-      </c>
-[...1 lines deleted...]
-        <v>1510</v>
       </c>
       <c r="C291" t="s">
         <v>1038</v>
       </c>
       <c r="D291" t="s">
-        <v>1511</v>
+        <v>1510</v>
       </c>
       <c r="E291" t="s">
         <v>20</v>
       </c>
       <c r="F291" t="s">
         <v>21</v>
       </c>
       <c r="G291" t="s">
         <v>22</v>
       </c>
       <c r="H291">
         <v>2022</v>
       </c>
       <c r="I291"/>
       <c r="J291" t="s">
-        <v>1504</v>
+        <v>1503</v>
       </c>
       <c r="K291" t="s">
         <v>24</v>
       </c>
       <c r="L291" t="s">
+        <v>1511</v>
+      </c>
+      <c r="M291" t="s">
+        <v>1505</v>
+      </c>
+      <c r="N291" t="s">
+        <v>27</v>
+      </c>
+      <c r="O291" t="s">
         <v>1512</v>
       </c>
-      <c r="M291" t="s">
-[...5 lines deleted...]
-      <c r="O291" t="s">
+      <c r="P291" t="s">
         <v>1513</v>
-      </c>
-[...1 lines deleted...]
-        <v>1514</v>
       </c>
     </row>
     <row r="292" spans="1:16">
       <c r="A292" t="s">
+        <v>1514</v>
+      </c>
+      <c r="B292" t="s">
         <v>1515</v>
-      </c>
-[...1 lines deleted...]
-        <v>1516</v>
       </c>
       <c r="C292" t="s">
         <v>1038</v>
       </c>
       <c r="D292" t="s">
-        <v>1517</v>
+        <v>1516</v>
       </c>
       <c r="E292" t="s">
         <v>20</v>
       </c>
       <c r="F292" t="s">
         <v>21</v>
       </c>
       <c r="G292" t="s">
         <v>22</v>
       </c>
       <c r="H292">
         <v>2022</v>
       </c>
       <c r="I292"/>
       <c r="J292" t="s">
-        <v>1504</v>
+        <v>1503</v>
       </c>
       <c r="K292" t="s">
         <v>60</v>
       </c>
       <c r="L292" t="s">
+        <v>1517</v>
+      </c>
+      <c r="M292" t="s">
+        <v>1505</v>
+      </c>
+      <c r="N292" t="s">
+        <v>27</v>
+      </c>
+      <c r="O292" t="s">
         <v>1518</v>
       </c>
-      <c r="M292" t="s">
-[...5 lines deleted...]
-      <c r="O292" t="s">
+      <c r="P292" t="s">
         <v>1519</v>
-      </c>
-[...1 lines deleted...]
-        <v>1520</v>
       </c>
     </row>
     <row r="293" spans="1:16">
       <c r="A293" t="s">
+        <v>1520</v>
+      </c>
+      <c r="B293" t="s">
         <v>1521</v>
-      </c>
-[...1 lines deleted...]
-        <v>1522</v>
       </c>
       <c r="C293" t="s">
         <v>1038</v>
       </c>
       <c r="D293" t="s">
-        <v>1523</v>
+        <v>1522</v>
       </c>
       <c r="E293" t="s">
         <v>20</v>
       </c>
       <c r="F293" t="s">
         <v>21</v>
       </c>
       <c r="G293" t="s">
         <v>22</v>
       </c>
       <c r="H293">
         <v>2022</v>
       </c>
       <c r="I293"/>
       <c r="J293" t="s">
-        <v>1504</v>
+        <v>1503</v>
       </c>
       <c r="K293" t="s">
         <v>24</v>
       </c>
       <c r="L293" t="s">
+        <v>1523</v>
+      </c>
+      <c r="M293" t="s">
+        <v>1505</v>
+      </c>
+      <c r="N293" t="s">
+        <v>27</v>
+      </c>
+      <c r="O293" t="s">
         <v>1524</v>
       </c>
-      <c r="M293" t="s">
-[...5 lines deleted...]
-      <c r="O293" t="s">
+      <c r="P293" t="s">
         <v>1525</v>
-      </c>
-[...1 lines deleted...]
-        <v>1526</v>
       </c>
     </row>
     <row r="294" spans="1:16">
       <c r="A294" t="s">
+        <v>1526</v>
+      </c>
+      <c r="B294" t="s">
         <v>1527</v>
-      </c>
-[...1 lines deleted...]
-        <v>1528</v>
       </c>
       <c r="C294" t="s">
         <v>1038</v>
       </c>
       <c r="D294" t="s">
-        <v>1529</v>
+        <v>1528</v>
       </c>
       <c r="E294" t="s">
         <v>20</v>
       </c>
       <c r="F294" t="s">
         <v>21</v>
       </c>
       <c r="G294" t="s">
         <v>22</v>
       </c>
       <c r="H294">
         <v>2022</v>
       </c>
       <c r="I294"/>
       <c r="J294" t="s">
-        <v>1504</v>
+        <v>1503</v>
       </c>
       <c r="K294" t="s">
         <v>60</v>
       </c>
       <c r="L294" t="s">
+        <v>1529</v>
+      </c>
+      <c r="M294" t="s">
+        <v>1505</v>
+      </c>
+      <c r="N294" t="s">
+        <v>27</v>
+      </c>
+      <c r="O294" t="s">
         <v>1530</v>
       </c>
-      <c r="M294" t="s">
-[...5 lines deleted...]
-      <c r="O294" t="s">
+      <c r="P294" t="s">
         <v>1531</v>
-      </c>
-[...1 lines deleted...]
-        <v>1532</v>
       </c>
     </row>
     <row r="295" spans="1:16">
       <c r="A295" t="s">
+        <v>1532</v>
+      </c>
+      <c r="B295" t="s">
         <v>1533</v>
-      </c>
-[...1 lines deleted...]
-        <v>1534</v>
       </c>
       <c r="C295" t="s">
         <v>1038</v>
       </c>
       <c r="D295" t="s">
-        <v>1535</v>
+        <v>1534</v>
       </c>
       <c r="E295" t="s">
         <v>20</v>
       </c>
       <c r="F295" t="s">
         <v>21</v>
       </c>
       <c r="G295" t="s">
         <v>22</v>
       </c>
       <c r="H295">
         <v>2022</v>
       </c>
       <c r="I295"/>
       <c r="J295" t="s">
-        <v>1504</v>
+        <v>1503</v>
       </c>
       <c r="K295" t="s">
+        <v>1535</v>
+      </c>
+      <c r="L295" t="s">
         <v>1536</v>
       </c>
-      <c r="L295" t="s">
+      <c r="M295" t="s">
+        <v>1505</v>
+      </c>
+      <c r="N295" t="s">
         <v>1537</v>
       </c>
-      <c r="M295" t="s">
-[...2 lines deleted...]
-      <c r="N295" t="s">
+      <c r="O295" t="s">
         <v>1538</v>
       </c>
-      <c r="O295" t="s">
+      <c r="P295" t="s">
         <v>1539</v>
-      </c>
-[...1 lines deleted...]
-        <v>1540</v>
       </c>
     </row>
     <row r="296" spans="1:16">
       <c r="A296" t="s">
+        <v>1540</v>
+      </c>
+      <c r="B296" t="s">
         <v>1541</v>
-      </c>
-[...1 lines deleted...]
-        <v>1542</v>
       </c>
       <c r="C296" t="s">
         <v>1038</v>
       </c>
       <c r="D296" t="s">
-        <v>1543</v>
+        <v>1542</v>
       </c>
       <c r="E296" t="s">
         <v>20</v>
       </c>
       <c r="F296" t="s">
         <v>21</v>
       </c>
       <c r="G296" t="s">
         <v>22</v>
       </c>
       <c r="H296">
         <v>2022</v>
       </c>
       <c r="I296"/>
       <c r="J296" t="s">
-        <v>1504</v>
+        <v>1503</v>
       </c>
       <c r="K296" t="s">
-        <v>1536</v>
+        <v>1535</v>
       </c>
       <c r="L296" t="s">
+        <v>1543</v>
+      </c>
+      <c r="M296" t="s">
+        <v>1505</v>
+      </c>
+      <c r="N296" t="s">
+        <v>1537</v>
+      </c>
+      <c r="O296" t="s">
         <v>1544</v>
       </c>
-      <c r="M296" t="s">
-[...5 lines deleted...]
-      <c r="O296" t="s">
+      <c r="P296" t="s">
         <v>1545</v>
-      </c>
-[...1 lines deleted...]
-        <v>1546</v>
       </c>
     </row>
     <row r="297" spans="1:16">
       <c r="A297" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B297" t="s">
         <v>1547</v>
-      </c>
-[...1 lines deleted...]
-        <v>1548</v>
       </c>
       <c r="C297" t="s">
         <v>1038</v>
       </c>
       <c r="D297" t="s">
         <v>275</v>
       </c>
       <c r="E297" t="s">
         <v>20</v>
       </c>
       <c r="F297" t="s">
         <v>21</v>
       </c>
       <c r="G297" t="s">
         <v>22</v>
       </c>
       <c r="H297">
         <v>2022</v>
       </c>
       <c r="I297"/>
       <c r="J297" t="s">
-        <v>1504</v>
+        <v>1503</v>
       </c>
       <c r="K297" t="s">
         <v>24</v>
       </c>
       <c r="L297" t="s">
+        <v>1548</v>
+      </c>
+      <c r="M297" t="s">
+        <v>1505</v>
+      </c>
+      <c r="N297" t="s">
+        <v>27</v>
+      </c>
+      <c r="O297" t="s">
         <v>1549</v>
       </c>
-      <c r="M297" t="s">
-[...5 lines deleted...]
-      <c r="O297" t="s">
+      <c r="P297" t="s">
         <v>1550</v>
-      </c>
-[...1 lines deleted...]
-        <v>1551</v>
       </c>
     </row>
     <row r="298" spans="1:16">
       <c r="A298" t="s">
+        <v>1551</v>
+      </c>
+      <c r="B298" t="s">
         <v>1552</v>
-      </c>
-[...1 lines deleted...]
-        <v>1553</v>
       </c>
       <c r="C298" t="s">
         <v>1038</v>
       </c>
       <c r="D298" t="s">
-        <v>1554</v>
+        <v>1553</v>
       </c>
       <c r="E298" t="s">
         <v>20</v>
       </c>
       <c r="F298" t="s">
         <v>21</v>
       </c>
       <c r="G298" t="s">
         <v>22</v>
       </c>
       <c r="H298">
         <v>2022</v>
       </c>
       <c r="I298"/>
       <c r="J298" t="s">
-        <v>1504</v>
+        <v>1503</v>
       </c>
       <c r="K298" t="s">
         <v>60</v>
       </c>
       <c r="L298" t="s">
+        <v>1554</v>
+      </c>
+      <c r="M298" t="s">
+        <v>1505</v>
+      </c>
+      <c r="N298" t="s">
+        <v>27</v>
+      </c>
+      <c r="O298" t="s">
         <v>1555</v>
       </c>
-      <c r="M298" t="s">
-[...5 lines deleted...]
-      <c r="O298" t="s">
+      <c r="P298" t="s">
         <v>1556</v>
-      </c>
-[...1 lines deleted...]
-        <v>1557</v>
       </c>
     </row>
     <row r="299" spans="1:16">
       <c r="A299" t="s">
+        <v>1557</v>
+      </c>
+      <c r="B299" t="s">
         <v>1558</v>
-      </c>
-[...1 lines deleted...]
-        <v>1559</v>
       </c>
       <c r="C299" t="s">
         <v>1038</v>
       </c>
       <c r="D299" t="s">
-        <v>1560</v>
+        <v>1559</v>
       </c>
       <c r="E299" t="s">
         <v>20</v>
       </c>
       <c r="F299" t="s">
         <v>21</v>
       </c>
       <c r="G299" t="s">
         <v>22</v>
       </c>
       <c r="H299">
         <v>2022</v>
       </c>
       <c r="I299"/>
       <c r="J299" t="s">
-        <v>1504</v>
+        <v>1503</v>
       </c>
       <c r="K299" t="s">
         <v>24</v>
       </c>
       <c r="L299" t="s">
+        <v>1560</v>
+      </c>
+      <c r="M299" t="s">
+        <v>1505</v>
+      </c>
+      <c r="N299" t="s">
+        <v>27</v>
+      </c>
+      <c r="O299" t="s">
         <v>1561</v>
       </c>
-      <c r="M299" t="s">
-[...5 lines deleted...]
-      <c r="O299" t="s">
+      <c r="P299" t="s">
         <v>1562</v>
-      </c>
-[...1 lines deleted...]
-        <v>1563</v>
       </c>
     </row>
     <row r="300" spans="1:16">
       <c r="A300" t="s">
+        <v>1563</v>
+      </c>
+      <c r="B300" t="s">
         <v>1564</v>
-      </c>
-[...1 lines deleted...]
-        <v>1565</v>
       </c>
       <c r="C300" t="s">
         <v>743</v>
       </c>
       <c r="D300" t="s">
         <v>19</v>
       </c>
       <c r="E300" t="s">
         <v>20</v>
       </c>
       <c r="F300" t="s">
         <v>59</v>
       </c>
       <c r="G300" t="s">
         <v>22</v>
       </c>
       <c r="H300">
         <v>2012</v>
       </c>
       <c r="I300"/>
       <c r="J300" t="s">
         <v>1161</v>
       </c>
       <c r="K300" t="s">
         <v>24</v>
       </c>
       <c r="L300"/>
       <c r="M300" t="s">
         <v>745</v>
       </c>
       <c r="N300" t="s">
         <v>27</v>
       </c>
       <c r="O300" t="s">
+        <v>1565</v>
+      </c>
+      <c r="P300" t="s">
         <v>1566</v>
-      </c>
-[...1 lines deleted...]
-        <v>1567</v>
       </c>
     </row>
     <row r="301" spans="1:16">
       <c r="A301" t="s">
-        <v>1564</v>
+        <v>1563</v>
       </c>
       <c r="B301" t="s">
-        <v>1568</v>
+        <v>1567</v>
       </c>
       <c r="C301" t="s">
         <v>743</v>
       </c>
       <c r="D301" t="s">
         <v>19</v>
       </c>
       <c r="E301" t="s">
         <v>20</v>
       </c>
       <c r="F301" t="s">
         <v>59</v>
       </c>
       <c r="G301" t="s">
         <v>22</v>
       </c>
       <c r="H301">
         <v>2012</v>
       </c>
       <c r="I301"/>
       <c r="J301" t="s">
         <v>1161</v>
       </c>
       <c r="K301" t="s">
         <v>24</v>
       </c>
       <c r="L301"/>
       <c r="M301" t="s">
         <v>745</v>
       </c>
       <c r="N301" t="s">
         <v>27</v>
       </c>
       <c r="O301" t="s">
-        <v>1569</v>
+        <v>1568</v>
       </c>
       <c r="P301" t="s">
-        <v>1567</v>
+        <v>1566</v>
       </c>
     </row>
     <row r="302" spans="1:16">
       <c r="A302" t="s">
-        <v>1564</v>
+        <v>1563</v>
       </c>
       <c r="B302" t="s">
-        <v>1570</v>
+        <v>1569</v>
       </c>
       <c r="C302" t="s">
         <v>743</v>
       </c>
       <c r="D302" t="s">
-        <v>1571</v>
+        <v>1570</v>
       </c>
       <c r="E302" t="s">
         <v>20</v>
       </c>
       <c r="F302" t="s">
         <v>59</v>
       </c>
       <c r="G302" t="s">
         <v>22</v>
       </c>
       <c r="H302">
         <v>2012</v>
       </c>
       <c r="I302"/>
       <c r="J302" t="s">
         <v>1161</v>
       </c>
       <c r="K302" t="s">
         <v>24</v>
       </c>
       <c r="L302"/>
       <c r="M302" t="s">
         <v>745</v>
       </c>
       <c r="N302" t="s">
         <v>27</v>
       </c>
       <c r="O302" t="s">
-        <v>1572</v>
+        <v>1571</v>
       </c>
       <c r="P302" t="s">
-        <v>1567</v>
+        <v>1566</v>
       </c>
     </row>
     <row r="303" spans="1:16">
       <c r="A303" t="s">
-        <v>1564</v>
+        <v>1563</v>
       </c>
       <c r="B303" t="s">
-        <v>1573</v>
+        <v>1572</v>
       </c>
       <c r="C303" t="s">
         <v>743</v>
       </c>
       <c r="D303" t="s">
         <v>91</v>
       </c>
       <c r="E303" t="s">
         <v>20</v>
       </c>
       <c r="F303" t="s">
         <v>59</v>
       </c>
       <c r="G303" t="s">
         <v>22</v>
       </c>
       <c r="H303">
         <v>2010</v>
       </c>
       <c r="I303"/>
       <c r="J303" t="s">
         <v>744</v>
       </c>
       <c r="K303" t="s">
         <v>60</v>
       </c>
       <c r="L303"/>
       <c r="M303" t="s">
         <v>745</v>
       </c>
       <c r="N303" t="s">
         <v>27</v>
       </c>
       <c r="O303" t="s">
+        <v>1573</v>
+      </c>
+      <c r="P303" t="s">
         <v>1574</v>
-      </c>
-[...1 lines deleted...]
-        <v>1575</v>
       </c>
     </row>
     <row r="304" spans="1:16">
       <c r="A304" t="s">
-        <v>1564</v>
+        <v>1563</v>
       </c>
       <c r="B304" t="s">
-        <v>1576</v>
+        <v>1575</v>
       </c>
       <c r="C304" t="s">
         <v>743</v>
       </c>
       <c r="D304" t="s">
         <v>97</v>
       </c>
       <c r="E304" t="s">
         <v>20</v>
       </c>
       <c r="F304" t="s">
         <v>59</v>
       </c>
       <c r="G304" t="s">
         <v>42</v>
       </c>
       <c r="H304">
         <v>1996</v>
       </c>
       <c r="I304">
         <v>2012</v>
       </c>
       <c r="J304" t="s">
         <v>744</v>
       </c>
       <c r="K304" t="s">
         <v>1237</v>
       </c>
       <c r="L304"/>
       <c r="M304" t="s">
         <v>745</v>
       </c>
       <c r="N304" t="s">
         <v>27</v>
       </c>
       <c r="O304" t="s">
-        <v>1577</v>
+        <v>1576</v>
       </c>
       <c r="P304" t="s">
-        <v>1575</v>
+        <v>1574</v>
       </c>
     </row>
     <row r="305" spans="1:16">
       <c r="A305" t="s">
-        <v>1564</v>
+        <v>1563</v>
       </c>
       <c r="B305" t="s">
-        <v>1578</v>
+        <v>1577</v>
       </c>
       <c r="C305" t="s">
         <v>743</v>
       </c>
       <c r="D305" t="s">
         <v>97</v>
       </c>
       <c r="E305" t="s">
         <v>20</v>
       </c>
       <c r="F305" t="s">
         <v>59</v>
       </c>
       <c r="G305" t="s">
         <v>42</v>
       </c>
       <c r="H305">
         <v>1996</v>
       </c>
       <c r="I305">
         <v>2012</v>
       </c>
       <c r="J305" t="s">
         <v>744</v>
       </c>
       <c r="K305" t="s">
         <v>1237</v>
       </c>
       <c r="L305"/>
       <c r="M305" t="s">
         <v>745</v>
       </c>
       <c r="N305" t="s">
         <v>27</v>
       </c>
       <c r="O305" t="s">
-        <v>1579</v>
+        <v>1578</v>
       </c>
       <c r="P305" t="s">
-        <v>1575</v>
+        <v>1574</v>
       </c>
     </row>
     <row r="306" spans="1:16">
       <c r="A306" t="s">
-        <v>1564</v>
+        <v>1563</v>
       </c>
       <c r="B306" t="s">
-        <v>1580</v>
+        <v>1579</v>
       </c>
       <c r="C306" t="s">
         <v>743</v>
       </c>
       <c r="D306" t="s">
         <v>167</v>
       </c>
       <c r="E306" t="s">
         <v>20</v>
       </c>
       <c r="F306" t="s">
         <v>59</v>
       </c>
       <c r="G306" t="s">
         <v>42</v>
       </c>
       <c r="H306">
         <v>2010</v>
       </c>
       <c r="I306">
         <v>2012</v>
       </c>
       <c r="J306" t="s">
         <v>1161</v>
       </c>
       <c r="K306" t="s">
         <v>24</v>
       </c>
       <c r="L306"/>
       <c r="M306" t="s">
         <v>745</v>
       </c>
       <c r="N306" t="s">
         <v>27</v>
       </c>
       <c r="O306" t="s">
-        <v>1581</v>
+        <v>1580</v>
       </c>
       <c r="P306" t="s">
-        <v>1567</v>
+        <v>1566</v>
       </c>
     </row>
     <row r="307" spans="1:16">
       <c r="A307" t="s">
-        <v>1564</v>
+        <v>1563</v>
       </c>
       <c r="B307" t="s">
-        <v>1582</v>
+        <v>1581</v>
       </c>
       <c r="C307" t="s">
         <v>743</v>
       </c>
       <c r="D307" t="s">
         <v>19</v>
       </c>
       <c r="E307" t="s">
         <v>20</v>
       </c>
       <c r="F307" t="s">
         <v>59</v>
       </c>
       <c r="G307" t="s">
         <v>42</v>
       </c>
       <c r="H307">
         <v>2012</v>
       </c>
       <c r="I307">
         <v>2012</v>
       </c>
       <c r="J307" t="s">
         <v>1161</v>
       </c>
       <c r="K307" t="s">
         <v>24</v>
       </c>
       <c r="L307"/>
       <c r="M307" t="s">
         <v>745</v>
       </c>
       <c r="N307" t="s">
         <v>27</v>
       </c>
       <c r="O307" t="s">
-        <v>1583</v>
+        <v>1582</v>
       </c>
       <c r="P307" t="s">
-        <v>1567</v>
+        <v>1566</v>
       </c>
     </row>
     <row r="308" spans="1:16">
       <c r="A308" t="s">
-        <v>1564</v>
+        <v>1563</v>
       </c>
       <c r="B308" t="s">
-        <v>1584</v>
+        <v>1583</v>
       </c>
       <c r="C308" t="s">
         <v>743</v>
       </c>
       <c r="D308" t="s">
         <v>478</v>
       </c>
       <c r="E308" t="s">
         <v>20</v>
       </c>
       <c r="F308" t="s">
         <v>59</v>
       </c>
       <c r="G308" t="s">
         <v>42</v>
       </c>
       <c r="H308">
         <v>2012</v>
       </c>
       <c r="I308">
         <v>2012</v>
       </c>
       <c r="J308" t="s">
         <v>1161</v>
       </c>
       <c r="K308" t="s">
         <v>24</v>
       </c>
       <c r="L308"/>
       <c r="M308" t="s">
         <v>745</v>
       </c>
       <c r="N308" t="s">
         <v>27</v>
       </c>
       <c r="O308" t="s">
-        <v>1585</v>
+        <v>1584</v>
       </c>
       <c r="P308" t="s">
-        <v>1567</v>
+        <v>1566</v>
       </c>
     </row>
     <row r="309" spans="1:16">
       <c r="A309" t="s">
-        <v>1564</v>
+        <v>1563</v>
       </c>
       <c r="B309" t="s">
-        <v>1586</v>
+        <v>1585</v>
       </c>
       <c r="C309" t="s">
         <v>743</v>
       </c>
       <c r="D309" t="s">
-        <v>1587</v>
+        <v>1586</v>
       </c>
       <c r="E309" t="s">
         <v>20</v>
       </c>
       <c r="F309" t="s">
         <v>59</v>
       </c>
       <c r="G309" t="s">
         <v>42</v>
       </c>
       <c r="H309">
         <v>1996</v>
       </c>
       <c r="I309">
         <v>2012</v>
       </c>
       <c r="J309" t="s">
         <v>744</v>
       </c>
       <c r="K309" t="s">
         <v>24</v>
       </c>
       <c r="L309"/>
       <c r="M309" t="s">
         <v>745</v>
       </c>
       <c r="N309" t="s">
         <v>27</v>
       </c>
       <c r="O309" t="s">
-        <v>1588</v>
+        <v>1587</v>
       </c>
       <c r="P309" t="s">
-        <v>1575</v>
+        <v>1574</v>
       </c>
     </row>
     <row r="310" spans="1:16">
       <c r="A310" t="s">
-        <v>1564</v>
+        <v>1563</v>
       </c>
       <c r="B310" t="s">
-        <v>1589</v>
+        <v>1588</v>
       </c>
       <c r="C310" t="s">
         <v>743</v>
       </c>
       <c r="D310" t="s">
         <v>360</v>
       </c>
       <c r="E310" t="s">
         <v>20</v>
       </c>
       <c r="F310" t="s">
         <v>59</v>
       </c>
       <c r="G310" t="s">
         <v>42</v>
       </c>
       <c r="H310">
         <v>1996</v>
       </c>
       <c r="I310">
         <v>2012</v>
       </c>
       <c r="J310" t="s">
         <v>744</v>
       </c>
       <c r="K310" t="s">
         <v>24</v>
       </c>
       <c r="L310"/>
       <c r="M310" t="s">
         <v>745</v>
       </c>
       <c r="N310" t="s">
         <v>27</v>
       </c>
       <c r="O310" t="s">
-        <v>1590</v>
+        <v>1589</v>
       </c>
       <c r="P310" t="s">
-        <v>1575</v>
+        <v>1574</v>
       </c>
     </row>
     <row r="311" spans="1:16">
       <c r="A311" t="s">
-        <v>1564</v>
+        <v>1563</v>
       </c>
       <c r="B311" t="s">
-        <v>1591</v>
+        <v>1590</v>
       </c>
       <c r="C311" t="s">
         <v>743</v>
       </c>
       <c r="D311" t="s">
         <v>208</v>
       </c>
       <c r="E311" t="s">
         <v>20</v>
       </c>
       <c r="F311" t="s">
         <v>59</v>
       </c>
       <c r="G311" t="s">
         <v>42</v>
       </c>
       <c r="H311">
         <v>2012</v>
       </c>
       <c r="I311">
         <v>2012</v>
       </c>
       <c r="J311" t="s">
         <v>1161</v>
       </c>
       <c r="K311" t="s">
         <v>24</v>
       </c>
       <c r="L311"/>
       <c r="M311" t="s">
         <v>745</v>
       </c>
       <c r="N311" t="s">
         <v>100</v>
       </c>
       <c r="O311" t="s">
-        <v>1592</v>
+        <v>1591</v>
       </c>
       <c r="P311" t="s">
-        <v>1567</v>
+        <v>1566</v>
       </c>
     </row>
     <row r="312" spans="1:16">
       <c r="A312" t="s">
+        <v>1592</v>
+      </c>
+      <c r="B312" t="s">
         <v>1593</v>
-      </c>
-[...1 lines deleted...]
-        <v>1594</v>
       </c>
       <c r="C312" t="s">
         <v>743</v>
       </c>
       <c r="D312" t="s">
         <v>344</v>
       </c>
       <c r="E312" t="s">
         <v>20</v>
       </c>
       <c r="F312" t="s">
         <v>59</v>
       </c>
       <c r="G312" t="s">
         <v>42</v>
       </c>
       <c r="H312">
         <v>1996</v>
       </c>
       <c r="I312">
         <v>2010</v>
       </c>
       <c r="J312" t="s">
         <v>744</v>
       </c>
       <c r="K312" t="s">
         <v>24</v>
       </c>
       <c r="L312"/>
       <c r="M312" t="s">
         <v>745</v>
       </c>
       <c r="N312" t="s">
         <v>27</v>
       </c>
       <c r="O312" t="s">
-        <v>1595</v>
+        <v>1594</v>
       </c>
       <c r="P312" t="s">
-        <v>1575</v>
+        <v>1574</v>
       </c>
     </row>
     <row r="313" spans="1:16">
       <c r="A313" t="s">
+        <v>1595</v>
+      </c>
+      <c r="B313" t="s">
         <v>1596</v>
-      </c>
-[...1 lines deleted...]
-        <v>1597</v>
       </c>
       <c r="C313" t="s">
         <v>743</v>
       </c>
       <c r="D313" t="s">
         <v>376</v>
       </c>
       <c r="E313" t="s">
         <v>20</v>
       </c>
       <c r="F313" t="s">
         <v>59</v>
       </c>
       <c r="G313" t="s">
         <v>42</v>
       </c>
       <c r="H313">
         <v>1996</v>
       </c>
       <c r="I313">
         <v>2012</v>
       </c>
       <c r="J313" t="s">
         <v>744</v>
       </c>
       <c r="K313" t="s">
         <v>24</v>
       </c>
       <c r="L313" t="s">
-        <v>1598</v>
+        <v>1597</v>
       </c>
       <c r="M313" t="s">
         <v>745</v>
       </c>
       <c r="N313" t="s">
         <v>27</v>
       </c>
       <c r="O313" t="s">
-        <v>1599</v>
+        <v>1598</v>
       </c>
       <c r="P313" t="s">
-        <v>1575</v>
+        <v>1574</v>
       </c>
     </row>
     <row r="314" spans="1:16">
       <c r="A314" t="s">
+        <v>1599</v>
+      </c>
+      <c r="B314" t="s">
         <v>1600</v>
-      </c>
-[...1 lines deleted...]
-        <v>1601</v>
       </c>
       <c r="C314" t="s">
         <v>743</v>
       </c>
       <c r="D314" t="s">
         <v>97</v>
       </c>
       <c r="E314" t="s">
         <v>20</v>
       </c>
       <c r="F314" t="s">
         <v>59</v>
       </c>
       <c r="G314" t="s">
         <v>42</v>
       </c>
       <c r="H314">
         <v>1996</v>
       </c>
       <c r="I314">
         <v>2010</v>
       </c>
       <c r="J314" t="s">
         <v>744</v>
       </c>
       <c r="K314" t="s">
         <v>645</v>
       </c>
       <c r="L314"/>
       <c r="M314" t="s">
         <v>745</v>
       </c>
       <c r="N314" t="s">
         <v>27</v>
       </c>
       <c r="O314" t="s">
-        <v>1602</v>
+        <v>1601</v>
       </c>
       <c r="P314" t="s">
-        <v>1575</v>
+        <v>1574</v>
       </c>
     </row>
     <row r="315" spans="1:16">
       <c r="A315" t="s">
+        <v>1602</v>
+      </c>
+      <c r="B315" t="s">
         <v>1603</v>
-      </c>
-[...1 lines deleted...]
-        <v>1604</v>
       </c>
       <c r="C315" t="s">
         <v>743</v>
       </c>
       <c r="D315" t="s">
         <v>426</v>
       </c>
       <c r="E315" t="s">
         <v>20</v>
       </c>
       <c r="F315" t="s">
         <v>59</v>
       </c>
       <c r="G315" t="s">
         <v>42</v>
       </c>
       <c r="H315">
         <v>1996</v>
       </c>
       <c r="I315">
         <v>2010</v>
       </c>
       <c r="J315" t="s">
         <v>744</v>
       </c>
       <c r="K315" t="s">
         <v>24</v>
       </c>
       <c r="L315"/>
       <c r="M315" t="s">
         <v>745</v>
       </c>
       <c r="N315" t="s">
         <v>27</v>
       </c>
       <c r="O315" t="s">
-        <v>1605</v>
+        <v>1604</v>
       </c>
       <c r="P315" t="s">
-        <v>1575</v>
+        <v>1574</v>
       </c>
     </row>
     <row r="316" spans="1:16">
       <c r="A316" t="s">
+        <v>1605</v>
+      </c>
+      <c r="B316" t="s">
         <v>1606</v>
-      </c>
-[...1 lines deleted...]
-        <v>1607</v>
       </c>
       <c r="C316" t="s">
         <v>743</v>
       </c>
       <c r="D316" t="s">
         <v>97</v>
       </c>
       <c r="E316" t="s">
         <v>20</v>
       </c>
       <c r="F316" t="s">
         <v>59</v>
       </c>
       <c r="G316" t="s">
         <v>42</v>
       </c>
       <c r="H316">
         <v>1996</v>
       </c>
       <c r="I316">
         <v>2010</v>
       </c>
       <c r="J316" t="s">
         <v>744</v>
       </c>
       <c r="K316" t="s">
         <v>645</v>
       </c>
       <c r="L316"/>
       <c r="M316" t="s">
         <v>745</v>
       </c>
       <c r="N316" t="s">
         <v>27</v>
       </c>
       <c r="O316" t="s">
-        <v>1608</v>
+        <v>1607</v>
       </c>
       <c r="P316" t="s">
-        <v>1575</v>
+        <v>1574</v>
       </c>
     </row>
     <row r="317" spans="1:16">
       <c r="A317" t="s">
+        <v>1608</v>
+      </c>
+      <c r="B317" t="s">
         <v>1609</v>
-      </c>
-[...1 lines deleted...]
-        <v>1610</v>
       </c>
       <c r="C317" t="s">
         <v>743</v>
       </c>
       <c r="D317" t="s">
         <v>167</v>
       </c>
       <c r="E317" t="s">
         <v>20</v>
       </c>
       <c r="F317" t="s">
         <v>59</v>
       </c>
       <c r="G317" t="s">
         <v>42</v>
       </c>
       <c r="H317">
         <v>1996</v>
       </c>
       <c r="I317">
         <v>2010</v>
       </c>
       <c r="J317" t="s">
         <v>1161</v>
       </c>
       <c r="K317" t="s">
         <v>24</v>
       </c>
       <c r="L317"/>
       <c r="M317" t="s">
         <v>745</v>
       </c>
       <c r="N317" t="s">
         <v>27</v>
       </c>
       <c r="O317" t="s">
-        <v>1611</v>
+        <v>1610</v>
       </c>
       <c r="P317" t="s">
-        <v>1567</v>
+        <v>1566</v>
       </c>
     </row>
     <row r="318" spans="1:16">
       <c r="A318" t="s">
-        <v>1609</v>
+        <v>1608</v>
       </c>
       <c r="B318" t="s">
-        <v>1612</v>
+        <v>1611</v>
       </c>
       <c r="C318" t="s">
         <v>743</v>
       </c>
       <c r="D318" t="s">
         <v>105</v>
       </c>
       <c r="E318" t="s">
         <v>20</v>
       </c>
       <c r="F318" t="s">
         <v>59</v>
       </c>
       <c r="G318" t="s">
         <v>42</v>
       </c>
       <c r="H318">
         <v>1996</v>
       </c>
       <c r="I318">
         <v>2010</v>
       </c>
       <c r="J318" t="s">
         <v>744</v>
       </c>
       <c r="K318" t="s">
         <v>645</v>
       </c>
       <c r="L318"/>
       <c r="M318" t="s">
         <v>745</v>
       </c>
       <c r="N318" t="s">
         <v>27</v>
       </c>
       <c r="O318" t="s">
-        <v>1613</v>
+        <v>1612</v>
       </c>
       <c r="P318" t="s">
-        <v>1575</v>
+        <v>1574</v>
       </c>
     </row>
     <row r="319" spans="1:16">
       <c r="A319" t="s">
+        <v>1613</v>
+      </c>
+      <c r="B319" t="s">
         <v>1614</v>
-      </c>
-[...1 lines deleted...]
-        <v>1615</v>
       </c>
       <c r="C319" t="s">
         <v>743</v>
       </c>
       <c r="D319" t="s">
         <v>414</v>
       </c>
       <c r="E319" t="s">
         <v>20</v>
       </c>
       <c r="F319" t="s">
         <v>59</v>
       </c>
       <c r="G319" t="s">
         <v>42</v>
       </c>
       <c r="H319">
         <v>1996</v>
       </c>
       <c r="I319">
         <v>2010</v>
       </c>
       <c r="J319" t="s">
         <v>744</v>
       </c>
       <c r="K319" t="s">
         <v>24</v>
       </c>
       <c r="L319"/>
       <c r="M319" t="s">
         <v>745</v>
       </c>
       <c r="N319" t="s">
         <v>27</v>
       </c>
       <c r="O319" t="s">
-        <v>1616</v>
+        <v>1615</v>
       </c>
       <c r="P319" t="s">
-        <v>1575</v>
+        <v>1574</v>
       </c>
     </row>
     <row r="320" spans="1:16">
       <c r="A320" t="s">
-        <v>1617</v>
+        <v>1616</v>
       </c>
       <c r="B320" t="s">
         <v>478</v>
       </c>
       <c r="C320" t="s">
         <v>743</v>
       </c>
       <c r="D320" t="s">
         <v>478</v>
       </c>
       <c r="E320" t="s">
         <v>20</v>
       </c>
       <c r="F320" t="s">
         <v>59</v>
       </c>
       <c r="G320" t="s">
         <v>42</v>
       </c>
       <c r="H320">
         <v>1996</v>
       </c>
       <c r="I320">
         <v>2010</v>
       </c>
       <c r="J320" t="s">
         <v>727</v>
       </c>
       <c r="K320" t="s">
         <v>24</v>
       </c>
       <c r="L320"/>
       <c r="M320" t="s">
         <v>745</v>
       </c>
       <c r="N320" t="s">
         <v>27</v>
       </c>
       <c r="O320" t="s">
+        <v>1617</v>
+      </c>
+      <c r="P320" t="s">
         <v>1618</v>
-      </c>
-[...1 lines deleted...]
-        <v>1619</v>
       </c>
     </row>
     <row r="321" spans="1:16">
       <c r="A321" t="s">
+        <v>1619</v>
+      </c>
+      <c r="B321" t="s">
         <v>1620</v>
-      </c>
-[...1 lines deleted...]
-        <v>1621</v>
       </c>
       <c r="C321" t="s">
         <v>743</v>
       </c>
       <c r="D321" t="s">
         <v>391</v>
       </c>
       <c r="E321" t="s">
         <v>20</v>
       </c>
       <c r="F321" t="s">
         <v>59</v>
       </c>
       <c r="G321" t="s">
         <v>42</v>
       </c>
       <c r="H321">
         <v>1996</v>
       </c>
       <c r="I321">
         <v>2010</v>
       </c>
       <c r="J321" t="s">
         <v>744</v>
       </c>
       <c r="K321" t="s">
         <v>24</v>
       </c>
       <c r="L321"/>
       <c r="M321" t="s">
         <v>745</v>
       </c>
       <c r="N321" t="s">
         <v>27</v>
       </c>
       <c r="O321" t="s">
-        <v>1622</v>
+        <v>1621</v>
       </c>
       <c r="P321" t="s">
-        <v>1575</v>
+        <v>1574</v>
       </c>
     </row>
     <row r="322" spans="1:16">
       <c r="A322" t="s">
+        <v>1622</v>
+      </c>
+      <c r="B322" t="s">
         <v>1623</v>
-      </c>
-[...1 lines deleted...]
-        <v>1624</v>
       </c>
       <c r="C322" t="s">
         <v>18</v>
       </c>
       <c r="D322" t="s">
         <v>774</v>
       </c>
       <c r="E322" t="s">
         <v>20</v>
       </c>
       <c r="F322" t="s">
         <v>21</v>
       </c>
       <c r="G322" t="s">
         <v>50</v>
       </c>
       <c r="H322"/>
       <c r="I322"/>
       <c r="J322" t="s">
         <v>727</v>
       </c>
       <c r="K322" t="s">
         <v>24</v>
       </c>
       <c r="L322" t="s">
-        <v>1625</v>
+        <v>1624</v>
       </c>
       <c r="M322" t="s">
         <v>26</v>
       </c>
       <c r="N322" t="s">
         <v>27</v>
       </c>
       <c r="O322" t="s">
-        <v>1626</v>
+        <v>1625</v>
       </c>
       <c r="P322" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="323" spans="1:16">
       <c r="A323" t="s">
+        <v>1626</v>
+      </c>
+      <c r="B323" t="s">
         <v>1627</v>
-      </c>
-[...1 lines deleted...]
-        <v>1628</v>
       </c>
       <c r="C323" t="s">
         <v>57</v>
       </c>
       <c r="D323" t="s">
-        <v>1629</v>
+        <v>1628</v>
       </c>
       <c r="E323" t="s">
         <v>20</v>
       </c>
       <c r="F323" t="s">
         <v>1216</v>
       </c>
       <c r="G323" t="s">
         <v>22</v>
       </c>
       <c r="H323">
         <v>2022</v>
       </c>
       <c r="I323"/>
       <c r="J323" t="s">
-        <v>1630</v>
+        <v>1629</v>
       </c>
       <c r="K323" t="s">
         <v>287</v>
       </c>
       <c r="L323" t="s">
         <v>1218</v>
       </c>
       <c r="M323" t="s">
-        <v>1631</v>
+        <v>1630</v>
       </c>
       <c r="N323" t="s">
         <v>1220</v>
       </c>
       <c r="O323" t="s">
+        <v>1631</v>
+      </c>
+      <c r="P323" t="s">
         <v>1632</v>
-      </c>
-[...1 lines deleted...]
-        <v>1633</v>
       </c>
     </row>
     <row r="324" spans="1:16">
       <c r="A324" t="s">
+        <v>1633</v>
+      </c>
+      <c r="B324" t="s">
         <v>1634</v>
-      </c>
-[...1 lines deleted...]
-        <v>1635</v>
       </c>
       <c r="C324" t="s">
         <v>32</v>
       </c>
       <c r="D324" t="s">
         <v>19</v>
       </c>
       <c r="E324" t="s">
         <v>20</v>
       </c>
       <c r="F324" t="s">
         <v>33</v>
       </c>
       <c r="G324" t="s">
         <v>42</v>
       </c>
       <c r="H324">
         <v>2012</v>
       </c>
       <c r="I324">
         <v>2012</v>
       </c>
       <c r="J324" t="s">
         <v>34</v>
       </c>
       <c r="K324" t="s">
         <v>24</v>
       </c>
       <c r="L324" t="s">
-        <v>1636</v>
+        <v>1635</v>
       </c>
       <c r="M324" t="s">
         <v>871</v>
       </c>
       <c r="N324" t="s">
         <v>27</v>
       </c>
       <c r="O324" t="s">
-        <v>1637</v>
+        <v>1636</v>
       </c>
       <c r="P324" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="325" spans="1:16">
       <c r="A325" t="s">
+        <v>1637</v>
+      </c>
+      <c r="B325" t="s">
         <v>1638</v>
       </c>
-      <c r="B325" t="s">
+      <c r="C325" t="s">
         <v>1639</v>
       </c>
-      <c r="C325" t="s">
+      <c r="D325" t="s">
         <v>1640</v>
-      </c>
-[...1 lines deleted...]
-        <v>1641</v>
       </c>
       <c r="E325" t="s">
         <v>20</v>
       </c>
       <c r="F325" t="s">
         <v>49</v>
       </c>
       <c r="G325" t="s">
         <v>50</v>
       </c>
       <c r="H325"/>
       <c r="I325"/>
       <c r="J325" t="s">
         <v>51</v>
       </c>
       <c r="K325" t="s">
         <v>583</v>
       </c>
       <c r="L325"/>
       <c r="M325" t="s">
-        <v>1642</v>
+        <v>1641</v>
       </c>
       <c r="N325" t="s">
         <v>585</v>
       </c>
       <c r="O325" t="s">
+        <v>1642</v>
+      </c>
+      <c r="P325" t="s">
         <v>1643</v>
-      </c>
-[...1 lines deleted...]
-        <v>1644</v>
       </c>
     </row>
     <row r="326" spans="1:16">
       <c r="A326" t="s">
+        <v>1644</v>
+      </c>
+      <c r="B326" t="s">
         <v>1645</v>
-      </c>
-[...1 lines deleted...]
-        <v>1646</v>
       </c>
       <c r="C326" t="s">
         <v>743</v>
       </c>
       <c r="D326" t="s">
-        <v>1647</v>
+        <v>1646</v>
       </c>
       <c r="E326" t="s">
         <v>20</v>
       </c>
       <c r="F326" t="s">
         <v>59</v>
       </c>
       <c r="G326" t="s">
         <v>42</v>
       </c>
       <c r="H326">
         <v>2006</v>
       </c>
       <c r="I326">
         <v>2015</v>
       </c>
       <c r="J326" t="s">
-        <v>1648</v>
+        <v>1647</v>
       </c>
       <c r="K326" t="s">
         <v>583</v>
       </c>
       <c r="L326" t="s">
+        <v>1648</v>
+      </c>
+      <c r="M326" t="s">
         <v>1649</v>
-      </c>
-[...1 lines deleted...]
-        <v>1650</v>
       </c>
       <c r="N326" t="s">
         <v>585</v>
       </c>
       <c r="O326" t="s">
+        <v>1650</v>
+      </c>
+      <c r="P326" t="s">
         <v>1651</v>
-      </c>
-[...1 lines deleted...]
-        <v>1652</v>
       </c>
     </row>
     <row r="327" spans="1:16">
       <c r="A327" t="s">
+        <v>1652</v>
+      </c>
+      <c r="B327" t="s">
         <v>1653</v>
-      </c>
-[...1 lines deleted...]
-        <v>1654</v>
       </c>
       <c r="C327" t="s">
         <v>743</v>
       </c>
       <c r="D327" t="s">
         <v>590</v>
       </c>
       <c r="E327" t="s">
         <v>20</v>
       </c>
       <c r="F327" t="s">
         <v>59</v>
       </c>
       <c r="G327" t="s">
         <v>42</v>
       </c>
       <c r="H327">
         <v>2001</v>
       </c>
       <c r="I327">
         <v>2012</v>
       </c>
       <c r="J327" t="s">
-        <v>1648</v>
+        <v>1647</v>
       </c>
       <c r="K327" t="s">
         <v>583</v>
       </c>
       <c r="L327" t="s">
-        <v>1655</v>
+        <v>1654</v>
       </c>
       <c r="M327" t="s">
-        <v>1650</v>
+        <v>1649</v>
       </c>
       <c r="N327" t="s">
         <v>585</v>
       </c>
       <c r="O327" t="s">
+        <v>1655</v>
+      </c>
+      <c r="P327" t="s">
         <v>1656</v>
-      </c>
-[...1 lines deleted...]
-        <v>1657</v>
       </c>
     </row>
     <row r="328" spans="1:16">
       <c r="A328" t="s">
+        <v>1657</v>
+      </c>
+      <c r="B328" t="s">
         <v>1658</v>
-      </c>
-[...1 lines deleted...]
-        <v>1659</v>
       </c>
       <c r="C328" t="s">
         <v>743</v>
       </c>
       <c r="D328" t="s">
         <v>596</v>
       </c>
       <c r="E328" t="s">
         <v>20</v>
       </c>
       <c r="F328" t="s">
         <v>59</v>
       </c>
       <c r="G328" t="s">
         <v>42</v>
       </c>
       <c r="H328">
         <v>1994</v>
       </c>
       <c r="I328">
         <v>2013</v>
       </c>
       <c r="J328" t="s">
-        <v>1648</v>
+        <v>1647</v>
       </c>
       <c r="K328" t="s">
         <v>583</v>
       </c>
       <c r="L328" t="s">
-        <v>1660</v>
+        <v>1659</v>
       </c>
       <c r="M328" t="s">
-        <v>1650</v>
+        <v>1649</v>
       </c>
       <c r="N328" t="s">
         <v>585</v>
       </c>
       <c r="O328" t="s">
+        <v>1660</v>
+      </c>
+      <c r="P328" t="s">
         <v>1661</v>
-      </c>
-[...1 lines deleted...]
-        <v>1662</v>
       </c>
     </row>
     <row r="329" spans="1:16">
       <c r="A329" t="s">
+        <v>1662</v>
+      </c>
+      <c r="B329" t="s">
         <v>1663</v>
-      </c>
-[...1 lines deleted...]
-        <v>1664</v>
       </c>
       <c r="C329" t="s">
         <v>743</v>
       </c>
       <c r="D329" t="s">
         <v>613</v>
       </c>
       <c r="E329" t="s">
         <v>20</v>
       </c>
       <c r="F329" t="s">
         <v>59</v>
       </c>
       <c r="G329" t="s">
         <v>42</v>
       </c>
       <c r="H329">
         <v>1992</v>
       </c>
       <c r="I329">
         <v>2012</v>
       </c>
       <c r="J329" t="s">
-        <v>1648</v>
+        <v>1647</v>
       </c>
       <c r="K329" t="s">
         <v>583</v>
       </c>
       <c r="L329" t="s">
-        <v>1655</v>
+        <v>1654</v>
       </c>
       <c r="M329" t="s">
-        <v>1650</v>
+        <v>1649</v>
       </c>
       <c r="N329" t="s">
         <v>585</v>
       </c>
       <c r="O329" t="s">
+        <v>1664</v>
+      </c>
+      <c r="P329" t="s">
         <v>1665</v>
-      </c>
-[...1 lines deleted...]
-        <v>1666</v>
       </c>
     </row>
     <row r="330" spans="1:16">
       <c r="A330" t="s">
+        <v>1666</v>
+      </c>
+      <c r="B330" t="s">
         <v>1667</v>
-      </c>
-[...1 lines deleted...]
-        <v>1668</v>
       </c>
       <c r="C330" t="s">
         <v>32</v>
       </c>
       <c r="D330" t="s">
-        <v>1587</v>
+        <v>1586</v>
       </c>
       <c r="E330" t="s">
         <v>20</v>
       </c>
       <c r="F330" t="s">
         <v>33</v>
       </c>
       <c r="G330" t="s">
         <v>42</v>
       </c>
       <c r="H330">
         <v>1981</v>
       </c>
       <c r="I330">
         <v>2002</v>
       </c>
       <c r="J330" t="s">
         <v>34</v>
       </c>
       <c r="K330" t="s">
         <v>24</v>
       </c>
       <c r="L330"/>
       <c r="M330" t="s">
         <v>871</v>
       </c>
       <c r="N330" t="s">
         <v>100</v>
       </c>
       <c r="O330" t="s">
-        <v>1669</v>
+        <v>1668</v>
       </c>
       <c r="P330" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="331" spans="1:16">
       <c r="A331" t="s">
+        <v>1669</v>
+      </c>
+      <c r="B331" t="s">
         <v>1670</v>
-      </c>
-[...1 lines deleted...]
-        <v>1671</v>
       </c>
       <c r="C331" t="s">
         <v>32</v>
       </c>
       <c r="D331" t="s">
         <v>156</v>
       </c>
       <c r="E331" t="s">
         <v>20</v>
       </c>
       <c r="F331" t="s">
         <v>33</v>
       </c>
       <c r="G331" t="s">
         <v>22</v>
       </c>
       <c r="H331">
         <v>2011</v>
       </c>
       <c r="I331"/>
       <c r="J331" t="s">
         <v>34</v>
       </c>
       <c r="K331" t="s">
         <v>24</v>
       </c>
       <c r="L331" t="s">
         <v>922</v>
       </c>
       <c r="M331" t="s">
         <v>36</v>
       </c>
       <c r="N331" t="s">
         <v>27</v>
       </c>
       <c r="O331" t="s">
-        <v>1672</v>
+        <v>1671</v>
       </c>
       <c r="P331" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="332" spans="1:16">
       <c r="A332" t="s">
+        <v>1672</v>
+      </c>
+      <c r="B332" t="s">
         <v>1673</v>
-      </c>
-[...1 lines deleted...]
-        <v>1674</v>
       </c>
       <c r="C332" t="s">
         <v>32</v>
       </c>
       <c r="D332" t="s">
         <v>167</v>
       </c>
       <c r="E332" t="s">
         <v>20</v>
       </c>
       <c r="F332" t="s">
         <v>33</v>
       </c>
       <c r="G332" t="s">
         <v>22</v>
       </c>
       <c r="H332">
         <v>2003</v>
       </c>
       <c r="I332"/>
       <c r="J332" t="s">
         <v>34</v>
       </c>
       <c r="K332" t="s">
         <v>24</v>
       </c>
       <c r="L332" t="s">
-        <v>1675</v>
+        <v>1674</v>
       </c>
       <c r="M332" t="s">
         <v>871</v>
       </c>
       <c r="N332" t="s">
         <v>27</v>
       </c>
       <c r="O332" t="s">
-        <v>1676</v>
+        <v>1675</v>
       </c>
       <c r="P332" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="333" spans="1:16">
       <c r="A333" t="s">
+        <v>1676</v>
+      </c>
+      <c r="B333" t="s">
         <v>1677</v>
-      </c>
-[...1 lines deleted...]
-        <v>1678</v>
       </c>
       <c r="C333" t="s">
         <v>1152</v>
       </c>
       <c r="D333" t="s">
         <v>1153</v>
       </c>
       <c r="E333" t="s">
         <v>20</v>
       </c>
       <c r="F333" t="s">
         <v>33</v>
       </c>
       <c r="G333" t="s">
         <v>22</v>
       </c>
       <c r="H333">
         <v>2013</v>
       </c>
       <c r="I333"/>
       <c r="J333" t="s">
         <v>23</v>
       </c>
       <c r="K333" t="s">
         <v>24</v>
       </c>
       <c r="L333"/>
       <c r="M333" t="s">
         <v>1155</v>
       </c>
       <c r="N333" t="s">
         <v>27</v>
       </c>
       <c r="O333" t="s">
-        <v>1679</v>
+        <v>1678</v>
       </c>
       <c r="P333" t="s">
         <v>1157</v>
       </c>
     </row>
     <row r="334" spans="1:16">
       <c r="A334" t="s">
+        <v>1679</v>
+      </c>
+      <c r="B334" t="s">
         <v>1680</v>
-      </c>
-[...1 lines deleted...]
-        <v>1681</v>
       </c>
       <c r="C334" t="s">
         <v>1038</v>
       </c>
       <c r="D334" t="s">
         <v>91</v>
       </c>
       <c r="E334" t="s">
         <v>20</v>
       </c>
       <c r="F334" t="s">
-        <v>1682</v>
+        <v>1681</v>
       </c>
       <c r="G334" t="s">
         <v>22</v>
       </c>
       <c r="H334">
         <v>2018</v>
       </c>
       <c r="I334"/>
       <c r="J334" t="s">
         <v>1039</v>
       </c>
       <c r="K334" t="s">
         <v>60</v>
       </c>
       <c r="L334"/>
       <c r="M334" t="s">
-        <v>1506</v>
+        <v>1505</v>
       </c>
       <c r="N334" t="s">
         <v>27</v>
       </c>
       <c r="O334" t="s">
+        <v>1682</v>
+      </c>
+      <c r="P334" t="s">
         <v>1683</v>
-      </c>
-[...1 lines deleted...]
-        <v>1684</v>
       </c>
     </row>
     <row r="335" spans="1:16">
       <c r="A335" t="s">
+        <v>1684</v>
+      </c>
+      <c r="B335" t="s">
         <v>1685</v>
-      </c>
-[...1 lines deleted...]
-        <v>1686</v>
       </c>
       <c r="C335" t="s">
         <v>1038</v>
       </c>
       <c r="D335" t="s">
-        <v>1687</v>
+        <v>1686</v>
       </c>
       <c r="E335" t="s">
         <v>20</v>
       </c>
       <c r="F335" t="s">
-        <v>1682</v>
+        <v>1681</v>
       </c>
       <c r="G335" t="s">
         <v>22</v>
       </c>
       <c r="H335">
         <v>2009</v>
       </c>
       <c r="I335"/>
       <c r="J335" t="s">
-        <v>1504</v>
+        <v>1503</v>
       </c>
       <c r="K335" t="s">
         <v>24</v>
       </c>
       <c r="L335"/>
       <c r="M335" t="s">
-        <v>1506</v>
+        <v>1505</v>
       </c>
       <c r="N335" t="s">
         <v>27</v>
       </c>
       <c r="O335" t="s">
+        <v>1687</v>
+      </c>
+      <c r="P335" t="s">
         <v>1688</v>
-      </c>
-[...1 lines deleted...]
-        <v>1689</v>
       </c>
     </row>
     <row r="336" spans="1:16">
       <c r="A336" t="s">
+        <v>1689</v>
+      </c>
+      <c r="B336" t="s">
         <v>1690</v>
-      </c>
-[...1 lines deleted...]
-        <v>1691</v>
       </c>
       <c r="C336" t="s">
         <v>1038</v>
       </c>
       <c r="D336" t="s">
         <v>370</v>
       </c>
       <c r="E336" t="s">
         <v>20</v>
       </c>
       <c r="F336" t="s">
-        <v>1682</v>
+        <v>1681</v>
       </c>
       <c r="G336" t="s">
         <v>22</v>
       </c>
       <c r="H336">
         <v>2015</v>
       </c>
       <c r="I336"/>
       <c r="J336" t="s">
-        <v>1504</v>
+        <v>1503</v>
       </c>
       <c r="K336" t="s">
         <v>24</v>
       </c>
       <c r="L336"/>
       <c r="M336" t="s">
-        <v>1506</v>
+        <v>1505</v>
       </c>
       <c r="N336" t="s">
         <v>27</v>
       </c>
       <c r="O336" t="s">
+        <v>1691</v>
+      </c>
+      <c r="P336" t="s">
         <v>1692</v>
-      </c>
-[...1 lines deleted...]
-        <v>1693</v>
       </c>
     </row>
     <row r="337" spans="1:16">
       <c r="A337" t="s">
+        <v>1693</v>
+      </c>
+      <c r="B337" t="s">
         <v>1694</v>
-      </c>
-[...1 lines deleted...]
-        <v>1695</v>
       </c>
       <c r="C337" t="s">
         <v>1038</v>
       </c>
       <c r="D337" t="s">
-        <v>1696</v>
+        <v>1695</v>
       </c>
       <c r="E337" t="s">
         <v>20</v>
       </c>
       <c r="F337" t="s">
-        <v>1682</v>
+        <v>1681</v>
       </c>
       <c r="G337" t="s">
         <v>22</v>
       </c>
       <c r="H337">
         <v>2009</v>
       </c>
       <c r="I337"/>
       <c r="J337" t="s">
-        <v>1504</v>
+        <v>1503</v>
       </c>
       <c r="K337" t="s">
         <v>24</v>
       </c>
       <c r="L337"/>
       <c r="M337" t="s">
-        <v>1506</v>
+        <v>1505</v>
       </c>
       <c r="N337" t="s">
         <v>27</v>
       </c>
       <c r="O337" t="s">
+        <v>1696</v>
+      </c>
+      <c r="P337" t="s">
         <v>1697</v>
-      </c>
-[...1 lines deleted...]
-        <v>1698</v>
       </c>
     </row>
     <row r="338" spans="1:16">
       <c r="A338" t="s">
+        <v>1698</v>
+      </c>
+      <c r="B338" t="s">
         <v>1699</v>
-      </c>
-[...1 lines deleted...]
-        <v>1700</v>
       </c>
       <c r="C338" t="s">
         <v>1038</v>
       </c>
       <c r="D338" t="s">
         <v>732</v>
       </c>
       <c r="E338" t="s">
         <v>20</v>
       </c>
       <c r="F338" t="s">
-        <v>1682</v>
+        <v>1681</v>
       </c>
       <c r="G338" t="s">
         <v>22</v>
       </c>
       <c r="H338">
         <v>2009</v>
       </c>
       <c r="I338"/>
       <c r="J338" t="s">
         <v>1039</v>
       </c>
       <c r="K338" t="s">
         <v>24</v>
       </c>
       <c r="L338"/>
       <c r="M338" t="s">
-        <v>1506</v>
+        <v>1505</v>
       </c>
       <c r="N338" t="s">
         <v>27</v>
       </c>
       <c r="O338" t="s">
+        <v>1700</v>
+      </c>
+      <c r="P338" t="s">
         <v>1701</v>
-      </c>
-[...1 lines deleted...]
-        <v>1702</v>
       </c>
     </row>
     <row r="339" spans="1:16">
       <c r="A339" t="s">
+        <v>1702</v>
+      </c>
+      <c r="B339" t="s">
         <v>1703</v>
-      </c>
-[...1 lines deleted...]
-        <v>1704</v>
       </c>
       <c r="C339" t="s">
         <v>1038</v>
       </c>
       <c r="D339" t="s">
-        <v>1705</v>
+        <v>1704</v>
       </c>
       <c r="E339" t="s">
         <v>20</v>
       </c>
       <c r="F339" t="s">
-        <v>1682</v>
+        <v>1681</v>
       </c>
       <c r="G339" t="s">
         <v>22</v>
       </c>
       <c r="H339">
         <v>2015</v>
       </c>
       <c r="I339"/>
       <c r="J339" t="s">
-        <v>1504</v>
+        <v>1503</v>
       </c>
       <c r="K339" t="s">
         <v>24</v>
       </c>
       <c r="L339"/>
       <c r="M339" t="s">
+        <v>1705</v>
+      </c>
+      <c r="N339" t="s">
+        <v>27</v>
+      </c>
+      <c r="O339" t="s">
         <v>1706</v>
       </c>
-      <c r="N339" t="s">
-[...2 lines deleted...]
-      <c r="O339" t="s">
+      <c r="P339" t="s">
         <v>1707</v>
-      </c>
-[...1 lines deleted...]
-        <v>1708</v>
       </c>
     </row>
     <row r="340" spans="1:16">
       <c r="A340" t="s">
+        <v>1708</v>
+      </c>
+      <c r="B340" t="s">
         <v>1709</v>
-      </c>
-[...1 lines deleted...]
-        <v>1710</v>
       </c>
       <c r="C340" t="s">
         <v>1038</v>
       </c>
       <c r="D340" t="s">
         <v>19</v>
       </c>
       <c r="E340" t="s">
         <v>20</v>
       </c>
       <c r="F340" t="s">
         <v>33</v>
       </c>
       <c r="G340" t="s">
         <v>22</v>
       </c>
       <c r="H340">
         <v>2015</v>
       </c>
       <c r="I340"/>
       <c r="J340" t="s">
-        <v>1504</v>
+        <v>1503</v>
       </c>
       <c r="K340" t="s">
         <v>24</v>
       </c>
       <c r="L340"/>
       <c r="M340" t="s">
-        <v>1506</v>
+        <v>1505</v>
       </c>
       <c r="N340" t="s">
         <v>27</v>
       </c>
       <c r="O340" t="s">
+        <v>1710</v>
+      </c>
+      <c r="P340" t="s">
         <v>1711</v>
-      </c>
-[...1 lines deleted...]
-        <v>1712</v>
       </c>
     </row>
     <row r="341" spans="1:16">
       <c r="A341" t="s">
+        <v>1712</v>
+      </c>
+      <c r="B341" t="s">
         <v>1713</v>
-      </c>
-[...1 lines deleted...]
-        <v>1714</v>
       </c>
       <c r="C341" t="s">
         <v>1038</v>
       </c>
       <c r="D341" t="s">
-        <v>1705</v>
+        <v>1704</v>
       </c>
       <c r="E341" t="s">
         <v>20</v>
       </c>
       <c r="F341" t="s">
-        <v>1682</v>
+        <v>1681</v>
       </c>
       <c r="G341" t="s">
         <v>22</v>
       </c>
       <c r="H341">
         <v>2015</v>
       </c>
       <c r="I341"/>
       <c r="J341" t="s">
-        <v>1504</v>
+        <v>1503</v>
       </c>
       <c r="K341" t="s">
         <v>24</v>
       </c>
       <c r="L341"/>
       <c r="M341" t="s">
-        <v>1506</v>
+        <v>1505</v>
       </c>
       <c r="N341" t="s">
         <v>27</v>
       </c>
       <c r="O341" t="s">
+        <v>1714</v>
+      </c>
+      <c r="P341" t="s">
         <v>1715</v>
-      </c>
-[...1 lines deleted...]
-        <v>1716</v>
       </c>
     </row>
     <row r="342" spans="1:16">
       <c r="A342" t="s">
+        <v>1716</v>
+      </c>
+      <c r="B342" t="s">
         <v>1717</v>
-      </c>
-[...1 lines deleted...]
-        <v>1718</v>
       </c>
       <c r="C342" t="s">
         <v>1038</v>
       </c>
       <c r="D342" t="s">
-        <v>1719</v>
+        <v>1718</v>
       </c>
       <c r="E342" t="s">
         <v>20</v>
       </c>
       <c r="F342" t="s">
-        <v>1682</v>
+        <v>1681</v>
       </c>
       <c r="G342" t="s">
         <v>22</v>
       </c>
       <c r="H342">
         <v>2015</v>
       </c>
       <c r="I342"/>
       <c r="J342" t="s">
-        <v>1504</v>
+        <v>1503</v>
       </c>
       <c r="K342" t="s">
         <v>24</v>
       </c>
       <c r="L342"/>
       <c r="M342" t="s">
-        <v>1506</v>
+        <v>1505</v>
       </c>
       <c r="N342" t="s">
         <v>27</v>
       </c>
       <c r="O342" t="s">
+        <v>1719</v>
+      </c>
+      <c r="P342" t="s">
         <v>1720</v>
-      </c>
-[...1 lines deleted...]
-        <v>1721</v>
       </c>
     </row>
     <row r="343" spans="1:16">
       <c r="A343" t="s">
+        <v>1721</v>
+      </c>
+      <c r="B343" t="s">
         <v>1722</v>
-      </c>
-[...1 lines deleted...]
-        <v>1723</v>
       </c>
       <c r="C343" t="s">
         <v>1038</v>
       </c>
       <c r="D343" t="s">
-        <v>1724</v>
+        <v>1723</v>
       </c>
       <c r="E343" t="s">
         <v>20</v>
       </c>
       <c r="F343" t="s">
-        <v>1682</v>
+        <v>1681</v>
       </c>
       <c r="G343" t="s">
         <v>22</v>
       </c>
       <c r="H343">
         <v>2009</v>
       </c>
       <c r="I343"/>
       <c r="J343" t="s">
-        <v>1504</v>
+        <v>1503</v>
       </c>
       <c r="K343" t="s">
         <v>24</v>
       </c>
       <c r="L343"/>
       <c r="M343" t="s">
-        <v>1506</v>
+        <v>1505</v>
       </c>
       <c r="N343" t="s">
         <v>27</v>
       </c>
       <c r="O343" t="s">
+        <v>1724</v>
+      </c>
+      <c r="P343" t="s">
         <v>1725</v>
-      </c>
-[...1 lines deleted...]
-        <v>1726</v>
       </c>
     </row>
     <row r="344" spans="1:16">
       <c r="A344" t="s">
+        <v>1726</v>
+      </c>
+      <c r="B344" t="s">
         <v>1727</v>
-      </c>
-[...1 lines deleted...]
-        <v>1728</v>
       </c>
       <c r="C344" t="s">
         <v>1038</v>
       </c>
       <c r="D344" t="s">
-        <v>1705</v>
+        <v>1704</v>
       </c>
       <c r="E344" t="s">
         <v>20</v>
       </c>
       <c r="F344" t="s">
-        <v>1682</v>
+        <v>1681</v>
       </c>
       <c r="G344" t="s">
         <v>22</v>
       </c>
       <c r="H344">
         <v>2015</v>
       </c>
       <c r="I344"/>
       <c r="J344" t="s">
-        <v>1504</v>
+        <v>1503</v>
       </c>
       <c r="K344" t="s">
         <v>24</v>
       </c>
       <c r="L344"/>
       <c r="M344" t="s">
-        <v>1506</v>
+        <v>1505</v>
       </c>
       <c r="N344" t="s">
         <v>27</v>
       </c>
       <c r="O344" t="s">
+        <v>1728</v>
+      </c>
+      <c r="P344" t="s">
         <v>1729</v>
-      </c>
-[...1 lines deleted...]
-        <v>1730</v>
       </c>
     </row>
     <row r="345" spans="1:16">
       <c r="A345" t="s">
+        <v>1730</v>
+      </c>
+      <c r="B345" t="s">
         <v>1731</v>
-      </c>
-[...1 lines deleted...]
-        <v>1732</v>
       </c>
       <c r="C345" t="s">
         <v>1038</v>
       </c>
       <c r="D345" t="s">
-        <v>1733</v>
+        <v>1732</v>
       </c>
       <c r="E345" t="s">
         <v>20</v>
       </c>
       <c r="F345" t="s">
-        <v>1682</v>
+        <v>1681</v>
       </c>
       <c r="G345" t="s">
         <v>22</v>
       </c>
       <c r="H345">
         <v>2015</v>
       </c>
       <c r="I345"/>
       <c r="J345" t="s">
-        <v>1504</v>
+        <v>1503</v>
       </c>
       <c r="K345" t="s">
         <v>24</v>
       </c>
       <c r="L345"/>
       <c r="M345" t="s">
-        <v>1506</v>
+        <v>1505</v>
       </c>
       <c r="N345" t="s">
         <v>27</v>
       </c>
       <c r="O345" t="s">
+        <v>1733</v>
+      </c>
+      <c r="P345" t="s">
         <v>1734</v>
-      </c>
-[...1 lines deleted...]
-        <v>1735</v>
       </c>
     </row>
     <row r="346" spans="1:16">
       <c r="A346" t="s">
+        <v>1735</v>
+      </c>
+      <c r="B346" t="s">
         <v>1736</v>
-      </c>
-[...1 lines deleted...]
-        <v>1737</v>
       </c>
       <c r="C346" t="s">
         <v>1038</v>
       </c>
       <c r="D346" t="s">
-        <v>1738</v>
+        <v>1737</v>
       </c>
       <c r="E346" t="s">
         <v>20</v>
       </c>
       <c r="F346" t="s">
-        <v>1682</v>
+        <v>1681</v>
       </c>
       <c r="G346" t="s">
         <v>22</v>
       </c>
       <c r="H346">
         <v>2015</v>
       </c>
       <c r="I346"/>
       <c r="J346" t="s">
-        <v>1504</v>
+        <v>1503</v>
       </c>
       <c r="K346" t="s">
         <v>24</v>
       </c>
       <c r="L346"/>
       <c r="M346" t="s">
-        <v>1506</v>
+        <v>1505</v>
       </c>
       <c r="N346" t="s">
         <v>27</v>
       </c>
       <c r="O346" t="s">
+        <v>1738</v>
+      </c>
+      <c r="P346" t="s">
         <v>1739</v>
-      </c>
-[...1 lines deleted...]
-        <v>1740</v>
       </c>
     </row>
     <row r="347" spans="1:16">
       <c r="A347" t="s">
+        <v>1740</v>
+      </c>
+      <c r="B347" t="s">
         <v>1741</v>
-      </c>
-[...1 lines deleted...]
-        <v>1742</v>
       </c>
       <c r="C347" t="s">
         <v>1038</v>
       </c>
       <c r="D347" t="s">
-        <v>1743</v>
+        <v>1742</v>
       </c>
       <c r="E347" t="s">
         <v>20</v>
       </c>
       <c r="F347" t="s">
-        <v>1682</v>
+        <v>1681</v>
       </c>
       <c r="G347" t="s">
         <v>22</v>
       </c>
       <c r="H347">
         <v>2015</v>
       </c>
       <c r="I347"/>
       <c r="J347" t="s">
-        <v>1504</v>
+        <v>1503</v>
       </c>
       <c r="K347" t="s">
         <v>24</v>
       </c>
       <c r="L347"/>
       <c r="M347" t="s">
-        <v>1506</v>
+        <v>1505</v>
       </c>
       <c r="N347" t="s">
         <v>27</v>
       </c>
       <c r="O347" t="s">
+        <v>1743</v>
+      </c>
+      <c r="P347" t="s">
         <v>1744</v>
-      </c>
-[...1 lines deleted...]
-        <v>1745</v>
       </c>
     </row>
     <row r="348" spans="1:16">
       <c r="A348" t="s">
+        <v>1745</v>
+      </c>
+      <c r="B348" t="s">
         <v>1746</v>
-      </c>
-[...1 lines deleted...]
-        <v>1747</v>
       </c>
       <c r="C348" t="s">
         <v>1038</v>
       </c>
       <c r="D348" t="s">
         <v>344</v>
       </c>
       <c r="E348" t="s">
         <v>20</v>
       </c>
       <c r="F348" t="s">
-        <v>1682</v>
+        <v>1681</v>
       </c>
       <c r="G348" t="s">
         <v>22</v>
       </c>
       <c r="H348">
         <v>2015</v>
       </c>
       <c r="I348"/>
       <c r="J348" t="s">
-        <v>1504</v>
+        <v>1503</v>
       </c>
       <c r="K348" t="s">
         <v>24</v>
       </c>
       <c r="L348"/>
       <c r="M348" t="s">
-        <v>1506</v>
+        <v>1505</v>
       </c>
       <c r="N348" t="s">
         <v>27</v>
       </c>
       <c r="O348" t="s">
+        <v>1747</v>
+      </c>
+      <c r="P348" t="s">
         <v>1748</v>
-      </c>
-[...1 lines deleted...]
-        <v>1749</v>
       </c>
     </row>
     <row r="349" spans="1:16">
       <c r="A349" t="s">
+        <v>1749</v>
+      </c>
+      <c r="B349" t="s">
         <v>1750</v>
-      </c>
-[...1 lines deleted...]
-        <v>1751</v>
       </c>
       <c r="C349" t="s">
         <v>1038</v>
       </c>
       <c r="D349" t="s">
-        <v>1560</v>
+        <v>1559</v>
       </c>
       <c r="E349" t="s">
         <v>20</v>
       </c>
       <c r="F349" t="s">
-        <v>1682</v>
+        <v>1681</v>
       </c>
       <c r="G349" t="s">
         <v>22</v>
       </c>
       <c r="H349">
         <v>2015</v>
       </c>
       <c r="I349"/>
       <c r="J349" t="s">
-        <v>1504</v>
+        <v>1503</v>
       </c>
       <c r="K349" t="s">
         <v>24</v>
       </c>
       <c r="L349"/>
       <c r="M349" t="s">
-        <v>1506</v>
+        <v>1505</v>
       </c>
       <c r="N349" t="s">
         <v>27</v>
       </c>
       <c r="O349" t="s">
+        <v>1751</v>
+      </c>
+      <c r="P349" t="s">
         <v>1752</v>
-      </c>
-[...1 lines deleted...]
-        <v>1753</v>
       </c>
     </row>
     <row r="350" spans="1:16">
       <c r="A350" t="s">
+        <v>1753</v>
+      </c>
+      <c r="B350" t="s">
         <v>1754</v>
-      </c>
-[...1 lines deleted...]
-        <v>1755</v>
       </c>
       <c r="C350" t="s">
         <v>1038</v>
       </c>
       <c r="D350" t="s">
-        <v>1756</v>
+        <v>1755</v>
       </c>
       <c r="E350" t="s">
         <v>20</v>
       </c>
       <c r="F350" t="s">
-        <v>1682</v>
+        <v>1681</v>
       </c>
       <c r="G350" t="s">
         <v>22</v>
       </c>
       <c r="H350">
         <v>2015</v>
       </c>
       <c r="I350"/>
       <c r="J350" t="s">
-        <v>1504</v>
+        <v>1503</v>
       </c>
       <c r="K350" t="s">
         <v>24</v>
       </c>
       <c r="L350"/>
       <c r="M350" t="s">
-        <v>1506</v>
+        <v>1505</v>
       </c>
       <c r="N350" t="s">
         <v>27</v>
       </c>
       <c r="O350" t="s">
+        <v>1756</v>
+      </c>
+      <c r="P350" t="s">
         <v>1757</v>
-      </c>
-[...1 lines deleted...]
-        <v>1758</v>
       </c>
     </row>
     <row r="351" spans="1:16">
       <c r="A351" t="s">
+        <v>1758</v>
+      </c>
+      <c r="B351" t="s">
         <v>1759</v>
-      </c>
-[...1 lines deleted...]
-        <v>1760</v>
       </c>
       <c r="C351" t="s">
         <v>1038</v>
       </c>
       <c r="D351" t="s">
-        <v>1761</v>
+        <v>1760</v>
       </c>
       <c r="E351" t="s">
         <v>20</v>
       </c>
       <c r="F351" t="s">
-        <v>1682</v>
+        <v>1681</v>
       </c>
       <c r="G351" t="s">
         <v>22</v>
       </c>
       <c r="H351">
         <v>2021</v>
       </c>
       <c r="I351"/>
       <c r="J351" t="s">
-        <v>1504</v>
+        <v>1503</v>
       </c>
       <c r="K351" t="s">
         <v>24</v>
       </c>
       <c r="L351"/>
       <c r="M351" t="s">
-        <v>1506</v>
+        <v>1505</v>
       </c>
       <c r="N351" t="s">
         <v>27</v>
       </c>
       <c r="O351" t="s">
+        <v>1761</v>
+      </c>
+      <c r="P351" t="s">
         <v>1762</v>
-      </c>
-[...1 lines deleted...]
-        <v>1763</v>
       </c>
     </row>
     <row r="352" spans="1:16">
       <c r="A352" t="s">
+        <v>1763</v>
+      </c>
+      <c r="B352" t="s">
         <v>1764</v>
-      </c>
-[...1 lines deleted...]
-        <v>1765</v>
       </c>
       <c r="C352" t="s">
         <v>1038</v>
       </c>
       <c r="D352" t="s">
         <v>269</v>
       </c>
       <c r="E352" t="s">
         <v>20</v>
       </c>
       <c r="F352" t="s">
-        <v>1682</v>
+        <v>1681</v>
       </c>
       <c r="G352" t="s">
         <v>22</v>
       </c>
       <c r="H352">
         <v>2021</v>
       </c>
       <c r="I352"/>
       <c r="J352" t="s">
         <v>1039</v>
       </c>
       <c r="K352" t="s">
         <v>24</v>
       </c>
       <c r="L352"/>
       <c r="M352" t="s">
-        <v>1506</v>
+        <v>1505</v>
       </c>
       <c r="N352" t="s">
         <v>27</v>
       </c>
       <c r="O352" t="s">
+        <v>1765</v>
+      </c>
+      <c r="P352" t="s">
         <v>1766</v>
-      </c>
-[...1 lines deleted...]
-        <v>1767</v>
       </c>
     </row>
     <row r="353" spans="1:16">
       <c r="A353" t="s">
+        <v>1767</v>
+      </c>
+      <c r="B353" t="s">
         <v>1768</v>
-      </c>
-[...1 lines deleted...]
-        <v>1769</v>
       </c>
       <c r="C353" t="s">
         <v>1038</v>
       </c>
       <c r="D353" t="s">
-        <v>1770</v>
+        <v>1769</v>
       </c>
       <c r="E353" t="s">
         <v>20</v>
       </c>
       <c r="F353" t="s">
-        <v>1682</v>
+        <v>1681</v>
       </c>
       <c r="G353" t="s">
         <v>22</v>
       </c>
       <c r="H353">
         <v>2021</v>
       </c>
       <c r="I353"/>
       <c r="J353" t="s">
-        <v>1504</v>
+        <v>1503</v>
       </c>
       <c r="K353" t="s">
         <v>24</v>
       </c>
       <c r="L353"/>
       <c r="M353" t="s">
-        <v>1506</v>
+        <v>1505</v>
       </c>
       <c r="N353" t="s">
         <v>27</v>
       </c>
       <c r="O353" t="s">
+        <v>1770</v>
+      </c>
+      <c r="P353" t="s">
         <v>1771</v>
-      </c>
-[...1 lines deleted...]
-        <v>1772</v>
       </c>
     </row>
     <row r="354" spans="1:16">
       <c r="A354" t="s">
+        <v>1772</v>
+      </c>
+      <c r="B354" t="s">
         <v>1773</v>
-      </c>
-[...1 lines deleted...]
-        <v>1774</v>
       </c>
       <c r="C354" t="s">
         <v>1038</v>
       </c>
       <c r="D354" t="s">
         <v>97</v>
       </c>
       <c r="E354" t="s">
         <v>20</v>
       </c>
       <c r="F354" t="s">
-        <v>1682</v>
+        <v>1681</v>
       </c>
       <c r="G354" t="s">
         <v>22</v>
       </c>
       <c r="H354">
         <v>2009</v>
       </c>
       <c r="I354"/>
       <c r="J354" t="s">
         <v>1039</v>
       </c>
       <c r="K354" t="s">
         <v>24</v>
       </c>
       <c r="L354"/>
       <c r="M354" t="s">
-        <v>1506</v>
+        <v>1505</v>
       </c>
       <c r="N354" t="s">
         <v>27</v>
       </c>
       <c r="O354" t="s">
+        <v>1774</v>
+      </c>
+      <c r="P354" t="s">
         <v>1775</v>
-      </c>
-[...1 lines deleted...]
-        <v>1776</v>
       </c>
     </row>
     <row r="355" spans="1:16">
       <c r="A355" t="s">
+        <v>1776</v>
+      </c>
+      <c r="B355" t="s">
         <v>1777</v>
-      </c>
-[...1 lines deleted...]
-        <v>1778</v>
       </c>
       <c r="C355" t="s">
         <v>1038</v>
       </c>
       <c r="D355" t="s">
-        <v>1779</v>
+        <v>1778</v>
       </c>
       <c r="E355" t="s">
         <v>20</v>
       </c>
       <c r="F355" t="s">
-        <v>1682</v>
+        <v>1681</v>
       </c>
       <c r="G355" t="s">
         <v>22</v>
       </c>
       <c r="H355">
         <v>2021</v>
       </c>
       <c r="I355"/>
       <c r="J355" t="s">
-        <v>1504</v>
+        <v>1503</v>
       </c>
       <c r="K355" t="s">
         <v>24</v>
       </c>
       <c r="L355"/>
       <c r="M355" t="s">
-        <v>1506</v>
+        <v>1505</v>
       </c>
       <c r="N355" t="s">
         <v>27</v>
       </c>
       <c r="O355" t="s">
+        <v>1779</v>
+      </c>
+      <c r="P355" t="s">
         <v>1780</v>
-      </c>
-[...1 lines deleted...]
-        <v>1781</v>
       </c>
     </row>
     <row r="356" spans="1:16">
       <c r="A356" t="s">
+        <v>1781</v>
+      </c>
+      <c r="B356" t="s">
         <v>1782</v>
-      </c>
-[...1 lines deleted...]
-        <v>1783</v>
       </c>
       <c r="C356" t="s">
         <v>1038</v>
       </c>
       <c r="D356" t="s">
         <v>651</v>
       </c>
       <c r="E356" t="s">
         <v>20</v>
       </c>
       <c r="F356" t="s">
-        <v>1682</v>
+        <v>1681</v>
       </c>
       <c r="G356" t="s">
         <v>22</v>
       </c>
       <c r="H356">
         <v>2009</v>
       </c>
       <c r="I356"/>
       <c r="J356" t="s">
-        <v>1504</v>
+        <v>1503</v>
       </c>
       <c r="K356" t="s">
         <v>24</v>
       </c>
       <c r="L356"/>
       <c r="M356" t="s">
-        <v>1506</v>
+        <v>1505</v>
       </c>
       <c r="N356" t="s">
         <v>27</v>
       </c>
       <c r="O356" t="s">
+        <v>1783</v>
+      </c>
+      <c r="P356" t="s">
         <v>1784</v>
-      </c>
-[...1 lines deleted...]
-        <v>1785</v>
       </c>
     </row>
     <row r="357" spans="1:16">
       <c r="A357" t="s">
+        <v>1785</v>
+      </c>
+      <c r="B357" t="s">
         <v>1786</v>
-      </c>
-[...1 lines deleted...]
-        <v>1787</v>
       </c>
       <c r="C357" t="s">
         <v>1038</v>
       </c>
       <c r="D357" t="s">
-        <v>1788</v>
+        <v>1787</v>
       </c>
       <c r="E357" t="s">
         <v>20</v>
       </c>
       <c r="F357" t="s">
-        <v>1682</v>
+        <v>1681</v>
       </c>
       <c r="G357" t="s">
         <v>22</v>
       </c>
       <c r="H357">
         <v>2015</v>
       </c>
       <c r="I357"/>
       <c r="J357" t="s">
-        <v>1504</v>
+        <v>1503</v>
       </c>
       <c r="K357" t="s">
         <v>24</v>
       </c>
       <c r="L357"/>
       <c r="M357" t="s">
-        <v>1506</v>
+        <v>1505</v>
       </c>
       <c r="N357" t="s">
         <v>27</v>
       </c>
       <c r="O357" t="s">
+        <v>1788</v>
+      </c>
+      <c r="P357" t="s">
         <v>1789</v>
-      </c>
-[...1 lines deleted...]
-        <v>1790</v>
       </c>
     </row>
     <row r="358" spans="1:16">
       <c r="A358" t="s">
+        <v>1790</v>
+      </c>
+      <c r="B358" t="s">
         <v>1791</v>
-      </c>
-[...1 lines deleted...]
-        <v>1792</v>
       </c>
       <c r="C358" t="s">
         <v>1038</v>
       </c>
       <c r="D358" t="s">
-        <v>1793</v>
+        <v>1792</v>
       </c>
       <c r="E358" t="s">
         <v>20</v>
       </c>
       <c r="F358" t="s">
-        <v>1682</v>
+        <v>1681</v>
       </c>
       <c r="G358" t="s">
         <v>22</v>
       </c>
       <c r="H358">
         <v>2015</v>
       </c>
       <c r="I358"/>
       <c r="J358" t="s">
-        <v>1504</v>
+        <v>1503</v>
       </c>
       <c r="K358" t="s">
         <v>24</v>
       </c>
       <c r="L358"/>
       <c r="M358" t="s">
-        <v>1506</v>
+        <v>1505</v>
       </c>
       <c r="N358" t="s">
         <v>27</v>
       </c>
       <c r="O358" t="s">
+        <v>1793</v>
+      </c>
+      <c r="P358" t="s">
         <v>1794</v>
-      </c>
-[...1 lines deleted...]
-        <v>1795</v>
       </c>
     </row>
     <row r="359" spans="1:16">
       <c r="A359" t="s">
+        <v>1795</v>
+      </c>
+      <c r="B359" t="s">
         <v>1796</v>
-      </c>
-[...1 lines deleted...]
-        <v>1797</v>
       </c>
       <c r="C359" t="s">
         <v>1038</v>
       </c>
       <c r="D359" t="s">
-        <v>1756</v>
+        <v>1755</v>
       </c>
       <c r="E359" t="s">
         <v>20</v>
       </c>
       <c r="F359" t="s">
-        <v>1682</v>
+        <v>1681</v>
       </c>
       <c r="G359" t="s">
         <v>22</v>
       </c>
       <c r="H359">
         <v>2015</v>
       </c>
       <c r="I359"/>
       <c r="J359" t="s">
-        <v>1504</v>
+        <v>1503</v>
       </c>
       <c r="K359" t="s">
         <v>24</v>
       </c>
       <c r="L359"/>
       <c r="M359" t="s">
-        <v>1506</v>
+        <v>1505</v>
       </c>
       <c r="N359" t="s">
         <v>27</v>
       </c>
       <c r="O359" t="s">
+        <v>1797</v>
+      </c>
+      <c r="P359" t="s">
         <v>1798</v>
-      </c>
-[...1 lines deleted...]
-        <v>1799</v>
       </c>
     </row>
     <row r="360" spans="1:16">
       <c r="A360" t="s">
+        <v>1799</v>
+      </c>
+      <c r="B360" t="s">
         <v>1800</v>
-      </c>
-[...1 lines deleted...]
-        <v>1801</v>
       </c>
       <c r="C360" t="s">
         <v>1038</v>
       </c>
       <c r="D360" t="s">
         <v>275</v>
       </c>
       <c r="E360" t="s">
         <v>20</v>
       </c>
       <c r="F360" t="s">
-        <v>1682</v>
+        <v>1681</v>
       </c>
       <c r="G360" t="s">
         <v>22</v>
       </c>
       <c r="H360">
         <v>2015</v>
       </c>
       <c r="I360"/>
       <c r="J360" t="s">
         <v>1039</v>
       </c>
       <c r="K360" t="s">
-        <v>1536</v>
+        <v>1535</v>
       </c>
       <c r="L360"/>
       <c r="M360" t="s">
-        <v>1506</v>
+        <v>1505</v>
       </c>
       <c r="N360" t="s">
         <v>27</v>
       </c>
       <c r="O360" t="s">
+        <v>1801</v>
+      </c>
+      <c r="P360" t="s">
         <v>1802</v>
-      </c>
-[...1 lines deleted...]
-        <v>1803</v>
       </c>
     </row>
     <row r="361" spans="1:16">
       <c r="A361" t="s">
+        <v>1803</v>
+      </c>
+      <c r="B361" t="s">
         <v>1804</v>
-      </c>
-[...1 lines deleted...]
-        <v>1805</v>
       </c>
       <c r="C361" t="s">
         <v>1038</v>
       </c>
       <c r="D361" t="s">
-        <v>1806</v>
+        <v>1805</v>
       </c>
       <c r="E361" t="s">
         <v>20</v>
       </c>
       <c r="F361" t="s">
-        <v>1682</v>
+        <v>1681</v>
       </c>
       <c r="G361" t="s">
         <v>22</v>
       </c>
       <c r="H361">
         <v>2015</v>
       </c>
       <c r="I361"/>
       <c r="J361" t="s">
-        <v>1504</v>
+        <v>1503</v>
       </c>
       <c r="K361" t="s">
         <v>24</v>
       </c>
       <c r="L361"/>
       <c r="M361" t="s">
-        <v>1506</v>
+        <v>1505</v>
       </c>
       <c r="N361" t="s">
         <v>27</v>
       </c>
       <c r="O361" t="s">
+        <v>1806</v>
+      </c>
+      <c r="P361" t="s">
         <v>1807</v>
-      </c>
-[...1 lines deleted...]
-        <v>1808</v>
       </c>
     </row>
     <row r="362" spans="1:16">
       <c r="A362" t="s">
+        <v>1808</v>
+      </c>
+      <c r="B362" t="s">
         <v>1809</v>
-      </c>
-[...1 lines deleted...]
-        <v>1810</v>
       </c>
       <c r="C362" t="s">
         <v>1038</v>
       </c>
       <c r="D362" t="s">
-        <v>1811</v>
+        <v>1810</v>
       </c>
       <c r="E362" t="s">
         <v>20</v>
       </c>
       <c r="F362" t="s">
         <v>33</v>
       </c>
       <c r="G362" t="s">
         <v>22</v>
       </c>
       <c r="H362">
         <v>2015</v>
       </c>
       <c r="I362"/>
       <c r="J362" t="s">
-        <v>1504</v>
+        <v>1503</v>
       </c>
       <c r="K362" t="s">
         <v>24</v>
       </c>
       <c r="L362"/>
       <c r="M362" t="s">
-        <v>1506</v>
+        <v>1505</v>
       </c>
       <c r="N362" t="s">
         <v>27</v>
       </c>
       <c r="O362" t="s">
+        <v>1811</v>
+      </c>
+      <c r="P362" t="s">
         <v>1812</v>
-      </c>
-[...1 lines deleted...]
-        <v>1813</v>
       </c>
     </row>
     <row r="363" spans="1:16">
       <c r="A363" t="s">
+        <v>1813</v>
+      </c>
+      <c r="B363" t="s">
         <v>1814</v>
-      </c>
-[...1 lines deleted...]
-        <v>1815</v>
       </c>
       <c r="C363" t="s">
         <v>1038</v>
       </c>
       <c r="D363" t="s">
-        <v>1738</v>
+        <v>1737</v>
       </c>
       <c r="E363" t="s">
         <v>20</v>
       </c>
       <c r="F363" t="s">
-        <v>1682</v>
+        <v>1681</v>
       </c>
       <c r="G363" t="s">
         <v>22</v>
       </c>
       <c r="H363">
         <v>2015</v>
       </c>
       <c r="I363"/>
       <c r="J363" t="s">
-        <v>1504</v>
+        <v>1503</v>
       </c>
       <c r="K363" t="s">
         <v>24</v>
       </c>
       <c r="L363"/>
       <c r="M363" t="s">
-        <v>1506</v>
+        <v>1505</v>
       </c>
       <c r="N363" t="s">
         <v>27</v>
       </c>
       <c r="O363" t="s">
+        <v>1815</v>
+      </c>
+      <c r="P363" t="s">
         <v>1816</v>
-      </c>
-[...1 lines deleted...]
-        <v>1817</v>
       </c>
     </row>
     <row r="364" spans="1:16">
       <c r="A364" t="s">
+        <v>1817</v>
+      </c>
+      <c r="B364" t="s">
+        <v>1627</v>
+      </c>
+      <c r="C364" t="s">
         <v>1818</v>
-      </c>
-[...4 lines deleted...]
-        <v>1819</v>
       </c>
       <c r="D364" t="s">
         <v>1215</v>
       </c>
       <c r="E364" t="s">
         <v>20</v>
       </c>
       <c r="F364" t="s">
         <v>1216</v>
       </c>
       <c r="G364" t="s">
-        <v>1265</v>
+        <v>1284</v>
       </c>
       <c r="H364">
         <v>2023</v>
       </c>
       <c r="I364"/>
       <c r="J364" t="s">
-        <v>1820</v>
+        <v>1819</v>
       </c>
       <c r="K364" t="s">
         <v>287</v>
       </c>
       <c r="L364" t="s">
         <v>1218</v>
       </c>
       <c r="M364" t="s">
-        <v>1821</v>
+        <v>1820</v>
       </c>
       <c r="N364" t="s">
         <v>1220</v>
       </c>
       <c r="O364" t="s">
+        <v>1821</v>
+      </c>
+      <c r="P364" t="s">
         <v>1822</v>
-      </c>
-[...1 lines deleted...]
-        <v>1823</v>
       </c>
     </row>
     <row r="365" spans="1:16">
       <c r="A365" t="s">
+        <v>1823</v>
+      </c>
+      <c r="B365" t="s">
         <v>1824</v>
-      </c>
-[...1 lines deleted...]
-        <v>1825</v>
       </c>
       <c r="C365" t="s">
         <v>32</v>
       </c>
       <c r="D365" t="s">
         <v>135</v>
       </c>
       <c r="E365" t="s">
         <v>20</v>
       </c>
       <c r="F365" t="s">
         <v>33</v>
       </c>
       <c r="G365" t="s">
         <v>42</v>
       </c>
       <c r="H365">
         <v>1991</v>
       </c>
       <c r="I365">
         <v>2009</v>
       </c>
       <c r="J365" t="s">
         <v>34</v>
       </c>
       <c r="K365" t="s">
         <v>24</v>
       </c>
       <c r="L365" t="s">
-        <v>1826</v>
+        <v>1825</v>
       </c>
       <c r="M365" t="s">
         <v>36</v>
       </c>
       <c r="N365" t="s">
         <v>27</v>
       </c>
       <c r="O365" t="s">
-        <v>1827</v>
+        <v>1826</v>
       </c>
       <c r="P365" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="366" spans="1:16">
       <c r="A366" t="s">
+        <v>1827</v>
+      </c>
+      <c r="B366" t="s">
         <v>1828</v>
-      </c>
-[...1 lines deleted...]
-        <v>1829</v>
       </c>
       <c r="C366" t="s">
         <v>32</v>
       </c>
       <c r="D366" t="s">
         <v>135</v>
       </c>
       <c r="E366" t="s">
         <v>20</v>
       </c>
       <c r="F366" t="s">
         <v>33</v>
       </c>
       <c r="G366" t="s">
         <v>42</v>
       </c>
       <c r="H366">
         <v>1991</v>
       </c>
       <c r="I366">
         <v>2002</v>
       </c>
       <c r="J366" t="s">
         <v>34</v>
       </c>
       <c r="K366" t="s">
         <v>24</v>
       </c>
       <c r="L366" t="s">
         <v>865</v>
       </c>
       <c r="M366" t="s">
         <v>36</v>
       </c>
       <c r="N366" t="s">
         <v>27</v>
       </c>
       <c r="O366" t="s">
-        <v>1830</v>
+        <v>1829</v>
       </c>
       <c r="P366" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="367" spans="1:16">
       <c r="A367" t="s">
+        <v>1830</v>
+      </c>
+      <c r="B367" t="s">
         <v>1831</v>
-      </c>
-[...1 lines deleted...]
-        <v>1832</v>
       </c>
       <c r="C367" t="s">
         <v>32</v>
       </c>
       <c r="D367" t="s">
         <v>135</v>
       </c>
       <c r="E367" t="s">
         <v>20</v>
       </c>
       <c r="F367" t="s">
         <v>33</v>
       </c>
       <c r="G367" t="s">
         <v>42</v>
       </c>
       <c r="H367">
         <v>1991</v>
       </c>
       <c r="I367">
         <v>2016</v>
       </c>
       <c r="J367" t="s">
         <v>34</v>
       </c>
       <c r="K367" t="s">
         <v>24</v>
       </c>
       <c r="L367" t="s">
-        <v>1833</v>
+        <v>1832</v>
       </c>
       <c r="M367" t="s">
         <v>871</v>
       </c>
       <c r="N367" t="s">
         <v>27</v>
       </c>
       <c r="O367" t="s">
-        <v>1834</v>
+        <v>1833</v>
       </c>
       <c r="P367" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="368" spans="1:16">
       <c r="A368" t="s">
+        <v>1834</v>
+      </c>
+      <c r="B368" t="s">
         <v>1835</v>
-      </c>
-[...1 lines deleted...]
-        <v>1836</v>
       </c>
       <c r="C368" t="s">
         <v>32</v>
       </c>
       <c r="D368" t="s">
         <v>651</v>
       </c>
       <c r="E368" t="s">
         <v>20</v>
       </c>
       <c r="F368" t="s">
         <v>33</v>
       </c>
       <c r="G368" t="s">
         <v>42</v>
       </c>
       <c r="H368">
         <v>1996</v>
       </c>
       <c r="I368">
         <v>2011</v>
       </c>
       <c r="J368" t="s">
         <v>34</v>
       </c>
       <c r="K368" t="s">
         <v>24</v>
       </c>
       <c r="L368" t="s">
         <v>819</v>
       </c>
       <c r="M368" t="s">
         <v>36</v>
       </c>
       <c r="N368" t="s">
         <v>27</v>
       </c>
       <c r="O368" t="s">
-        <v>1837</v>
+        <v>1836</v>
       </c>
       <c r="P368" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="369" spans="1:16">
       <c r="A369" t="s">
-        <v>1838</v>
+        <v>1837</v>
       </c>
       <c r="B369" t="s">
         <v>651</v>
       </c>
       <c r="C369" t="s">
         <v>32</v>
       </c>
       <c r="D369" t="s">
-        <v>1839</v>
+        <v>1838</v>
       </c>
       <c r="E369" t="s">
         <v>20</v>
       </c>
       <c r="F369" t="s">
         <v>33</v>
       </c>
       <c r="G369" t="s">
         <v>42</v>
       </c>
       <c r="H369">
         <v>2011</v>
       </c>
       <c r="I369">
         <v>2011</v>
       </c>
       <c r="J369" t="s">
         <v>34</v>
       </c>
       <c r="K369" t="s">
         <v>24</v>
       </c>
       <c r="L369" t="s">
         <v>819</v>
       </c>
       <c r="M369" t="s">
         <v>36</v>
       </c>
       <c r="N369" t="s">
         <v>27</v>
       </c>
       <c r="O369" t="s">
-        <v>1840</v>
+        <v>1839</v>
       </c>
       <c r="P369" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="370" spans="1:16">
       <c r="A370" t="s">
-        <v>1838</v>
+        <v>1837</v>
       </c>
       <c r="B370" t="s">
         <v>651</v>
       </c>
       <c r="C370" t="s">
         <v>32</v>
       </c>
       <c r="D370" t="s">
         <v>651</v>
       </c>
       <c r="E370" t="s">
         <v>20</v>
       </c>
       <c r="F370" t="s">
         <v>33</v>
       </c>
       <c r="G370" t="s">
         <v>42</v>
       </c>
       <c r="H370">
         <v>1996</v>
       </c>
       <c r="I370">
         <v>2011</v>
       </c>
       <c r="J370" t="s">
         <v>34</v>
       </c>
       <c r="K370" t="s">
         <v>24</v>
       </c>
       <c r="L370" t="s">
         <v>819</v>
       </c>
       <c r="M370" t="s">
         <v>36</v>
       </c>
       <c r="N370" t="s">
         <v>27</v>
       </c>
       <c r="O370" t="s">
-        <v>1841</v>
+        <v>1840</v>
       </c>
       <c r="P370" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="371" spans="1:16">
       <c r="A371" t="s">
+        <v>1841</v>
+      </c>
+      <c r="B371" t="s">
         <v>1842</v>
-      </c>
-[...1 lines deleted...]
-        <v>1843</v>
       </c>
       <c r="C371" t="s">
         <v>743</v>
       </c>
       <c r="D371" t="s">
         <v>700</v>
       </c>
       <c r="E371" t="s">
         <v>20</v>
       </c>
       <c r="F371" t="s">
         <v>59</v>
       </c>
       <c r="G371" t="s">
         <v>42</v>
       </c>
       <c r="H371">
         <v>2012</v>
       </c>
       <c r="I371">
         <v>2012</v>
       </c>
       <c r="J371" t="s">
         <v>744</v>
       </c>
       <c r="K371" t="s">
         <v>24</v>
       </c>
       <c r="L371"/>
       <c r="M371" t="s">
         <v>745</v>
       </c>
       <c r="N371" t="s">
         <v>27</v>
       </c>
       <c r="O371" t="s">
+        <v>1843</v>
+      </c>
+      <c r="P371" t="s">
         <v>1844</v>
-      </c>
-[...1 lines deleted...]
-        <v>1845</v>
       </c>
     </row>
     <row r="372" spans="1:16">
       <c r="A372" t="s">
-        <v>1842</v>
+        <v>1841</v>
       </c>
       <c r="B372" t="s">
         <v>322</v>
       </c>
       <c r="C372" t="s">
         <v>743</v>
       </c>
       <c r="D372" t="s">
         <v>322</v>
       </c>
       <c r="E372" t="s">
         <v>20</v>
       </c>
       <c r="F372" t="s">
         <v>59</v>
       </c>
       <c r="G372" t="s">
         <v>42</v>
       </c>
       <c r="H372">
         <v>2012</v>
       </c>
       <c r="I372">
         <v>2012</v>
       </c>
       <c r="J372" t="s">
         <v>744</v>
       </c>
       <c r="K372" t="s">
         <v>24</v>
       </c>
       <c r="L372"/>
       <c r="M372" t="s">
         <v>745</v>
       </c>
       <c r="N372" t="s">
         <v>27</v>
       </c>
       <c r="O372" t="s">
-        <v>1846</v>
+        <v>1845</v>
       </c>
       <c r="P372" t="s">
-        <v>1845</v>
+        <v>1844</v>
       </c>
     </row>
     <row r="373" spans="1:16">
       <c r="A373" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B373" t="s">
         <v>1847</v>
       </c>
-      <c r="B373" t="s">
+      <c r="C373" t="s">
         <v>1848</v>
-      </c>
-[...1 lines deleted...]
-        <v>1849</v>
       </c>
       <c r="D373" t="s">
         <v>801</v>
       </c>
       <c r="E373" t="s">
         <v>20</v>
       </c>
       <c r="F373" t="s">
         <v>49</v>
       </c>
       <c r="G373" t="s">
         <v>50</v>
       </c>
       <c r="H373"/>
       <c r="I373"/>
       <c r="J373" t="s">
         <v>744</v>
       </c>
       <c r="K373" t="s">
         <v>24</v>
       </c>
       <c r="L373" t="s">
+        <v>1849</v>
+      </c>
+      <c r="M373" t="s">
         <v>1850</v>
       </c>
-      <c r="M373" t="s">
+      <c r="N373" t="s">
+        <v>27</v>
+      </c>
+      <c r="O373" t="s">
         <v>1851</v>
       </c>
-      <c r="N373" t="s">
-[...2 lines deleted...]
-      <c r="O373" t="s">
+      <c r="P373" t="s">
         <v>1852</v>
-      </c>
-[...1 lines deleted...]
-        <v>1853</v>
       </c>
     </row>
     <row r="374" spans="1:16">
       <c r="A374" t="s">
+        <v>1853</v>
+      </c>
+      <c r="B374" t="s">
         <v>1854</v>
-      </c>
-[...1 lines deleted...]
-        <v>1855</v>
       </c>
       <c r="C374" t="s">
         <v>32</v>
       </c>
       <c r="D374" t="s">
         <v>344</v>
       </c>
       <c r="E374" t="s">
         <v>20</v>
       </c>
       <c r="F374" t="s">
         <v>21</v>
       </c>
       <c r="G374" t="s">
         <v>42</v>
       </c>
       <c r="H374">
         <v>2012</v>
       </c>
       <c r="I374">
         <v>2015</v>
       </c>
       <c r="J374" t="s">
         <v>34</v>
       </c>
       <c r="K374" t="s">
         <v>24</v>
       </c>
       <c r="L374"/>
       <c r="M374" t="s">
         <v>36</v>
       </c>
       <c r="N374" t="s">
         <v>100</v>
       </c>
       <c r="O374" t="s">
+        <v>1855</v>
+      </c>
+      <c r="P374" t="s">
         <v>1856</v>
-      </c>
-[...1 lines deleted...]
-        <v>1857</v>
       </c>
     </row>
     <row r="375" spans="1:16">
       <c r="A375" t="s">
+        <v>1857</v>
+      </c>
+      <c r="B375" t="s">
         <v>1858</v>
-      </c>
-[...1 lines deleted...]
-        <v>1859</v>
       </c>
       <c r="C375" t="s">
         <v>32</v>
       </c>
       <c r="D375" t="s">
         <v>269</v>
       </c>
       <c r="E375" t="s">
         <v>20</v>
       </c>
       <c r="F375" t="s">
         <v>49</v>
       </c>
       <c r="G375" t="s">
         <v>22</v>
       </c>
       <c r="H375">
         <v>2018</v>
       </c>
       <c r="I375"/>
       <c r="J375" t="s">
         <v>34</v>
       </c>
       <c r="K375" t="s">
         <v>24</v>
       </c>
       <c r="L375"/>
       <c r="M375" t="s">
         <v>36</v>
       </c>
       <c r="N375" t="s">
         <v>27</v>
       </c>
       <c r="O375" t="s">
+        <v>1859</v>
+      </c>
+      <c r="P375" t="s">
         <v>1860</v>
-      </c>
-[...1 lines deleted...]
-        <v>1861</v>
       </c>
     </row>
     <row r="376" spans="1:16">
       <c r="A376" t="s">
+        <v>1861</v>
+      </c>
+      <c r="B376" t="s">
         <v>1862</v>
-      </c>
-[...1 lines deleted...]
-        <v>1863</v>
       </c>
       <c r="C376" t="s">
         <v>32</v>
       </c>
       <c r="D376" t="s">
         <v>651</v>
       </c>
       <c r="E376" t="s">
         <v>20</v>
       </c>
       <c r="F376" t="s">
         <v>21</v>
       </c>
       <c r="G376" t="s">
         <v>42</v>
       </c>
       <c r="H376">
         <v>2010</v>
       </c>
       <c r="I376">
         <v>2018</v>
       </c>
       <c r="J376" t="s">
         <v>34</v>
       </c>
       <c r="K376" t="s">
         <v>24</v>
       </c>
       <c r="L376"/>
       <c r="M376" t="s">
         <v>36</v>
       </c>
       <c r="N376" t="s">
         <v>27</v>
       </c>
       <c r="O376" t="s">
+        <v>1863</v>
+      </c>
+      <c r="P376" t="s">
         <v>1864</v>
-      </c>
-[...1 lines deleted...]
-        <v>1865</v>
       </c>
     </row>
     <row r="377" spans="1:16">
       <c r="A377" t="s">
+        <v>1865</v>
+      </c>
+      <c r="B377" t="s">
         <v>1866</v>
-      </c>
-[...1 lines deleted...]
-        <v>1867</v>
       </c>
       <c r="C377" t="s">
         <v>32</v>
       </c>
       <c r="D377" t="s">
         <v>156</v>
       </c>
       <c r="E377" t="s">
         <v>20</v>
       </c>
       <c r="F377" t="s">
         <v>21</v>
       </c>
       <c r="G377" t="s">
         <v>42</v>
       </c>
       <c r="H377">
         <v>2011</v>
       </c>
       <c r="I377">
         <v>2011</v>
       </c>
       <c r="J377" t="s">
         <v>34</v>
       </c>
       <c r="K377" t="s">
         <v>24</v>
       </c>
       <c r="L377" t="s">
         <v>922</v>
       </c>
       <c r="M377" t="s">
         <v>36</v>
       </c>
       <c r="N377" t="s">
         <v>27</v>
       </c>
       <c r="O377" t="s">
+        <v>1867</v>
+      </c>
+      <c r="P377" t="s">
         <v>1868</v>
-      </c>
-[...1 lines deleted...]
-        <v>1869</v>
       </c>
     </row>
     <row r="378" spans="1:16">
       <c r="A378" t="s">
+        <v>1869</v>
+      </c>
+      <c r="B378" t="s">
         <v>1870</v>
-      </c>
-[...1 lines deleted...]
-        <v>1871</v>
       </c>
       <c r="C378" t="s">
         <v>32</v>
       </c>
       <c r="D378" t="s">
         <v>947</v>
       </c>
       <c r="E378" t="s">
         <v>20</v>
       </c>
       <c r="F378" t="s">
         <v>21</v>
       </c>
       <c r="G378" t="s">
         <v>22</v>
       </c>
       <c r="H378">
         <v>2013</v>
       </c>
       <c r="I378"/>
       <c r="J378" t="s">
         <v>34</v>
       </c>
       <c r="K378" t="s">
         <v>645</v>
       </c>
       <c r="L378"/>
       <c r="M378" t="s">
         <v>36</v>
       </c>
       <c r="N378" t="s">
         <v>27</v>
       </c>
       <c r="O378" t="s">
+        <v>1871</v>
+      </c>
+      <c r="P378" t="s">
         <v>1872</v>
-      </c>
-[...1 lines deleted...]
-        <v>1873</v>
       </c>
     </row>
     <row r="379" spans="1:16">
       <c r="A379" t="s">
+        <v>1873</v>
+      </c>
+      <c r="B379" t="s">
         <v>1874</v>
-      </c>
-[...1 lines deleted...]
-        <v>1875</v>
       </c>
       <c r="C379" t="s">
         <v>32</v>
       </c>
       <c r="D379" t="s">
         <v>146</v>
       </c>
       <c r="E379" t="s">
         <v>20</v>
       </c>
       <c r="F379" t="s">
         <v>21</v>
       </c>
       <c r="G379" t="s">
         <v>42</v>
       </c>
       <c r="H379">
         <v>2010</v>
       </c>
       <c r="I379">
         <v>2016</v>
       </c>
       <c r="J379" t="s">
         <v>1217</v>
       </c>
       <c r="K379" t="s">
         <v>24</v>
       </c>
       <c r="L379"/>
       <c r="M379" t="s">
         <v>36</v>
       </c>
       <c r="N379" t="s">
         <v>27</v>
       </c>
       <c r="O379" t="s">
+        <v>1875</v>
+      </c>
+      <c r="P379" t="s">
         <v>1876</v>
-      </c>
-[...1 lines deleted...]
-        <v>1877</v>
       </c>
     </row>
     <row r="380" spans="1:16">
       <c r="A380" t="s">
+        <v>1877</v>
+      </c>
+      <c r="B380" t="s">
         <v>1878</v>
-      </c>
-[...1 lines deleted...]
-        <v>1879</v>
       </c>
       <c r="C380" t="s">
         <v>32</v>
       </c>
       <c r="D380" t="s">
-        <v>1403</v>
+        <v>1402</v>
       </c>
       <c r="E380" t="s">
         <v>20</v>
       </c>
       <c r="F380" t="s">
         <v>21</v>
       </c>
       <c r="G380" t="s">
         <v>42</v>
       </c>
       <c r="H380">
         <v>2010</v>
       </c>
       <c r="I380">
         <v>2010</v>
       </c>
       <c r="J380" t="s">
         <v>34</v>
       </c>
       <c r="K380" t="s">
         <v>24</v>
       </c>
       <c r="L380" t="s">
-        <v>1880</v>
+        <v>1879</v>
       </c>
       <c r="M380" t="s">
         <v>36</v>
       </c>
       <c r="N380" t="s">
         <v>27</v>
       </c>
       <c r="O380" t="s">
+        <v>1880</v>
+      </c>
+      <c r="P380" t="s">
         <v>1881</v>
-      </c>
-[...1 lines deleted...]
-        <v>1882</v>
       </c>
     </row>
     <row r="381" spans="1:16">
       <c r="A381" t="s">
+        <v>1882</v>
+      </c>
+      <c r="B381" t="s">
         <v>1883</v>
-      </c>
-[...1 lines deleted...]
-        <v>1884</v>
       </c>
       <c r="C381" t="s">
         <v>32</v>
       </c>
       <c r="D381" t="s">
         <v>135</v>
       </c>
       <c r="E381" t="s">
         <v>20</v>
       </c>
       <c r="F381" t="s">
         <v>21</v>
       </c>
       <c r="G381" t="s">
         <v>42</v>
       </c>
       <c r="H381">
         <v>2010</v>
       </c>
       <c r="I381">
         <v>2010</v>
       </c>
       <c r="J381" t="s">
         <v>34</v>
       </c>
       <c r="K381" t="s">
         <v>24</v>
       </c>
       <c r="L381" t="s">
-        <v>1833</v>
+        <v>1832</v>
       </c>
       <c r="M381" t="s">
         <v>36</v>
       </c>
       <c r="N381" t="s">
         <v>27</v>
       </c>
       <c r="O381" t="s">
+        <v>1884</v>
+      </c>
+      <c r="P381" t="s">
         <v>1885</v>
-      </c>
-[...1 lines deleted...]
-        <v>1886</v>
       </c>
     </row>
     <row r="382" spans="1:16">
       <c r="A382" t="s">
+        <v>1886</v>
+      </c>
+      <c r="B382" t="s">
         <v>1887</v>
-      </c>
-[...1 lines deleted...]
-        <v>1888</v>
       </c>
       <c r="C382" t="s">
         <v>32</v>
       </c>
       <c r="D382" t="s">
         <v>19</v>
       </c>
       <c r="E382" t="s">
         <v>20</v>
       </c>
       <c r="F382" t="s">
         <v>33</v>
       </c>
       <c r="G382" t="s">
         <v>42</v>
       </c>
       <c r="H382">
         <v>2010</v>
       </c>
       <c r="I382">
         <v>2017</v>
       </c>
       <c r="J382" t="s">
         <v>34</v>
       </c>
       <c r="K382" t="s">
         <v>24</v>
       </c>
       <c r="L382" t="s">
-        <v>1889</v>
+        <v>1888</v>
       </c>
       <c r="M382" t="s">
         <v>36</v>
       </c>
       <c r="N382" t="s">
         <v>27</v>
       </c>
       <c r="O382" t="s">
+        <v>1889</v>
+      </c>
+      <c r="P382" t="s">
         <v>1890</v>
-      </c>
-[...1 lines deleted...]
-        <v>1891</v>
       </c>
     </row>
     <row r="383" spans="1:16">
       <c r="A383" t="s">
+        <v>1891</v>
+      </c>
+      <c r="B383" t="s">
         <v>1892</v>
       </c>
-      <c r="B383" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C383" t="s">
-        <v>1640</v>
+        <v>1639</v>
       </c>
       <c r="D383" t="s">
         <v>700</v>
       </c>
       <c r="E383" t="s">
         <v>20</v>
       </c>
       <c r="F383" t="s">
         <v>49</v>
       </c>
       <c r="G383" t="s">
         <v>42</v>
       </c>
       <c r="H383">
         <v>2011</v>
       </c>
       <c r="I383">
         <v>2019</v>
       </c>
       <c r="J383" t="s">
         <v>68</v>
       </c>
       <c r="K383" t="s">
         <v>24</v>
       </c>
       <c r="L383" t="s">
+        <v>1893</v>
+      </c>
+      <c r="M383" t="s">
         <v>1894</v>
       </c>
-      <c r="M383" t="s">
+      <c r="N383" t="s">
+        <v>27</v>
+      </c>
+      <c r="O383" t="s">
         <v>1895</v>
       </c>
-      <c r="N383" t="s">
-[...2 lines deleted...]
-      <c r="O383" t="s">
+      <c r="P383" t="s">
         <v>1896</v>
-      </c>
-[...1 lines deleted...]
-        <v>1897</v>
       </c>
     </row>
     <row r="384" spans="1:16">
       <c r="A384" t="s">
+        <v>1897</v>
+      </c>
+      <c r="B384" t="s">
         <v>1898</v>
       </c>
-      <c r="B384" t="s">
+      <c r="C384" t="s">
+        <v>1639</v>
+      </c>
+      <c r="D384" t="s">
         <v>1899</v>
-      </c>
-[...4 lines deleted...]
-        <v>1900</v>
       </c>
       <c r="E384" t="s">
         <v>20</v>
       </c>
       <c r="F384" t="s">
         <v>49</v>
       </c>
       <c r="G384" t="s">
         <v>22</v>
       </c>
       <c r="H384">
         <v>2015</v>
       </c>
       <c r="I384"/>
       <c r="J384" t="s">
         <v>68</v>
       </c>
       <c r="K384" t="s">
         <v>1237</v>
       </c>
       <c r="L384" t="s">
+        <v>1900</v>
+      </c>
+      <c r="M384" t="s">
+        <v>1894</v>
+      </c>
+      <c r="N384" t="s">
+        <v>27</v>
+      </c>
+      <c r="O384" t="s">
         <v>1901</v>
       </c>
-      <c r="M384" t="s">
-[...5 lines deleted...]
-      <c r="O384" t="s">
+      <c r="P384" t="s">
         <v>1902</v>
-      </c>
-[...1 lines deleted...]
-        <v>1903</v>
       </c>
     </row>
     <row r="385" spans="1:16">
       <c r="A385" t="s">
+        <v>1903</v>
+      </c>
+      <c r="B385" t="s">
         <v>1904</v>
       </c>
-      <c r="B385" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C385" t="s">
-        <v>1640</v>
+        <v>1639</v>
       </c>
       <c r="D385" t="s">
         <v>72</v>
       </c>
       <c r="E385" t="s">
         <v>20</v>
       </c>
       <c r="F385" t="s">
         <v>59</v>
       </c>
       <c r="G385" t="s">
         <v>22</v>
       </c>
       <c r="H385">
         <v>2011</v>
       </c>
       <c r="I385"/>
       <c r="J385" t="s">
         <v>68</v>
       </c>
       <c r="K385" t="s">
         <v>24</v>
       </c>
       <c r="L385" t="s">
+        <v>1905</v>
+      </c>
+      <c r="M385" t="s">
+        <v>1894</v>
+      </c>
+      <c r="N385" t="s">
+        <v>27</v>
+      </c>
+      <c r="O385" t="s">
         <v>1906</v>
       </c>
-      <c r="M385" t="s">
-[...5 lines deleted...]
-      <c r="O385" t="s">
+      <c r="P385" t="s">
         <v>1907</v>
-      </c>
-[...1 lines deleted...]
-        <v>1908</v>
       </c>
     </row>
     <row r="386" spans="1:16">
       <c r="A386" t="s">
+        <v>1908</v>
+      </c>
+      <c r="B386" t="s">
         <v>1909</v>
       </c>
-      <c r="B386" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C386" t="s">
-        <v>1640</v>
+        <v>1639</v>
       </c>
       <c r="D386" t="s">
         <v>376</v>
       </c>
       <c r="E386" t="s">
         <v>20</v>
       </c>
       <c r="F386" t="s">
         <v>49</v>
       </c>
       <c r="G386" t="s">
         <v>42</v>
       </c>
       <c r="H386">
         <v>2013</v>
       </c>
       <c r="I386">
         <v>2016</v>
       </c>
       <c r="J386" t="s">
         <v>68</v>
       </c>
       <c r="K386" t="s">
         <v>24</v>
       </c>
       <c r="L386" t="s">
+        <v>1910</v>
+      </c>
+      <c r="M386" t="s">
+        <v>1894</v>
+      </c>
+      <c r="N386" t="s">
+        <v>27</v>
+      </c>
+      <c r="O386" t="s">
         <v>1911</v>
       </c>
-      <c r="M386" t="s">
-[...5 lines deleted...]
-      <c r="O386" t="s">
+      <c r="P386" t="s">
         <v>1912</v>
-      </c>
-[...1 lines deleted...]
-        <v>1913</v>
       </c>
     </row>
     <row r="387" spans="1:16">
       <c r="A387" t="s">
+        <v>1913</v>
+      </c>
+      <c r="B387" t="s">
         <v>1914</v>
       </c>
-      <c r="B387" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C387" t="s">
-        <v>1640</v>
+        <v>1639</v>
       </c>
       <c r="D387" t="s">
         <v>305</v>
       </c>
       <c r="E387" t="s">
         <v>20</v>
       </c>
       <c r="F387" t="s">
         <v>59</v>
       </c>
       <c r="G387" t="s">
         <v>22</v>
       </c>
       <c r="H387">
         <v>2014</v>
       </c>
       <c r="I387"/>
       <c r="J387" t="s">
         <v>68</v>
       </c>
       <c r="K387" t="s">
         <v>24</v>
       </c>
       <c r="L387" t="s">
+        <v>1915</v>
+      </c>
+      <c r="M387" t="s">
+        <v>1894</v>
+      </c>
+      <c r="N387" t="s">
+        <v>27</v>
+      </c>
+      <c r="O387" t="s">
         <v>1916</v>
       </c>
-      <c r="M387" t="s">
-[...5 lines deleted...]
-      <c r="O387" t="s">
+      <c r="P387" t="s">
         <v>1917</v>
-      </c>
-[...1 lines deleted...]
-        <v>1918</v>
       </c>
     </row>
     <row r="388" spans="1:16">
       <c r="A388" t="s">
+        <v>1918</v>
+      </c>
+      <c r="B388" t="s">
         <v>1919</v>
       </c>
-      <c r="B388" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C388" t="s">
-        <v>1640</v>
+        <v>1639</v>
       </c>
       <c r="D388" t="s">
         <v>286</v>
       </c>
       <c r="E388" t="s">
         <v>20</v>
       </c>
       <c r="F388" t="s">
         <v>49</v>
       </c>
       <c r="G388" t="s">
         <v>22</v>
       </c>
       <c r="H388">
         <v>2013</v>
       </c>
       <c r="I388"/>
       <c r="J388" t="s">
         <v>68</v>
       </c>
       <c r="K388" t="s">
         <v>24</v>
       </c>
       <c r="L388" t="s">
-        <v>1921</v>
+        <v>1920</v>
       </c>
       <c r="M388" t="s">
-        <v>1895</v>
+        <v>1894</v>
       </c>
       <c r="N388" t="s">
         <v>1220</v>
       </c>
       <c r="O388" t="s">
+        <v>1921</v>
+      </c>
+      <c r="P388" t="s">
         <v>1922</v>
-      </c>
-[...1 lines deleted...]
-        <v>1923</v>
       </c>
     </row>
     <row r="389" spans="1:16">
       <c r="A389" t="s">
+        <v>1923</v>
+      </c>
+      <c r="B389" t="s">
         <v>1924</v>
       </c>
-      <c r="B389" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C389" t="s">
-        <v>1640</v>
+        <v>1639</v>
       </c>
       <c r="D389" t="s">
         <v>402</v>
       </c>
       <c r="E389" t="s">
         <v>20</v>
       </c>
       <c r="F389" t="s">
         <v>49</v>
       </c>
       <c r="G389" t="s">
         <v>42</v>
       </c>
       <c r="H389">
         <v>2014</v>
       </c>
       <c r="I389">
         <v>2016</v>
       </c>
       <c r="J389" t="s">
         <v>68</v>
       </c>
       <c r="K389" t="s">
         <v>1237</v>
       </c>
       <c r="L389" t="s">
+        <v>1925</v>
+      </c>
+      <c r="M389" t="s">
+        <v>1894</v>
+      </c>
+      <c r="N389" t="s">
+        <v>27</v>
+      </c>
+      <c r="O389" t="s">
         <v>1926</v>
       </c>
-      <c r="M389" t="s">
-[...5 lines deleted...]
-      <c r="O389" t="s">
+      <c r="P389" t="s">
         <v>1927</v>
-      </c>
-[...1 lines deleted...]
-        <v>1928</v>
       </c>
     </row>
     <row r="390" spans="1:16">
       <c r="A390" t="s">
+        <v>1928</v>
+      </c>
+      <c r="B390" t="s">
         <v>1929</v>
       </c>
-      <c r="B390" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C390" t="s">
-        <v>1640</v>
+        <v>1639</v>
       </c>
       <c r="D390" t="s">
         <v>167</v>
       </c>
       <c r="E390" t="s">
         <v>20</v>
       </c>
       <c r="F390" t="s">
         <v>49</v>
       </c>
       <c r="G390" t="s">
         <v>22</v>
       </c>
       <c r="H390">
         <v>2018</v>
       </c>
       <c r="I390"/>
       <c r="J390" t="s">
         <v>68</v>
       </c>
       <c r="K390" t="s">
         <v>24</v>
       </c>
       <c r="L390" t="s">
+        <v>1930</v>
+      </c>
+      <c r="M390" t="s">
+        <v>1894</v>
+      </c>
+      <c r="N390" t="s">
+        <v>27</v>
+      </c>
+      <c r="O390" t="s">
         <v>1931</v>
       </c>
-      <c r="M390" t="s">
-[...5 lines deleted...]
-      <c r="O390" t="s">
+      <c r="P390" t="s">
         <v>1932</v>
-      </c>
-[...1 lines deleted...]
-        <v>1933</v>
       </c>
     </row>
     <row r="391" spans="1:16">
       <c r="A391" t="s">
+        <v>1933</v>
+      </c>
+      <c r="B391" t="s">
         <v>1934</v>
       </c>
-      <c r="B391" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C391" t="s">
-        <v>1640</v>
+        <v>1639</v>
       </c>
       <c r="D391" t="s">
         <v>774</v>
       </c>
       <c r="E391" t="s">
         <v>20</v>
       </c>
       <c r="F391" t="s">
         <v>49</v>
       </c>
       <c r="G391" t="s">
         <v>22</v>
       </c>
       <c r="H391">
         <v>2019</v>
       </c>
       <c r="I391"/>
       <c r="J391" t="s">
         <v>68</v>
       </c>
       <c r="K391" t="s">
         <v>24</v>
       </c>
       <c r="L391" t="s">
+        <v>1935</v>
+      </c>
+      <c r="M391" t="s">
+        <v>1894</v>
+      </c>
+      <c r="N391" t="s">
+        <v>27</v>
+      </c>
+      <c r="O391" t="s">
         <v>1936</v>
       </c>
-      <c r="M391" t="s">
-[...5 lines deleted...]
-      <c r="O391" t="s">
+      <c r="P391" t="s">
         <v>1937</v>
-      </c>
-[...1 lines deleted...]
-        <v>1938</v>
       </c>
     </row>
     <row r="392" spans="1:16">
       <c r="A392" t="s">
+        <v>1938</v>
+      </c>
+      <c r="B392" t="s">
         <v>1939</v>
       </c>
-      <c r="B392" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C392" t="s">
-        <v>1640</v>
+        <v>1639</v>
       </c>
       <c r="D392" t="s">
         <v>41</v>
       </c>
       <c r="E392" t="s">
         <v>20</v>
       </c>
       <c r="F392" t="s">
         <v>49</v>
       </c>
       <c r="G392" t="s">
         <v>22</v>
       </c>
       <c r="H392">
         <v>2019</v>
       </c>
       <c r="I392"/>
       <c r="J392" t="s">
         <v>68</v>
       </c>
       <c r="K392" t="s">
         <v>287</v>
       </c>
       <c r="L392" t="s">
+        <v>1940</v>
+      </c>
+      <c r="M392" t="s">
+        <v>1894</v>
+      </c>
+      <c r="N392" t="s">
         <v>1941</v>
       </c>
-      <c r="M392" t="s">
-[...2 lines deleted...]
-      <c r="N392" t="s">
+      <c r="O392" t="s">
         <v>1942</v>
       </c>
-      <c r="O392" t="s">
+      <c r="P392" t="s">
         <v>1943</v>
-      </c>
-[...1 lines deleted...]
-        <v>1944</v>
       </c>
     </row>
     <row r="393" spans="1:16">
       <c r="A393" t="s">
+        <v>1944</v>
+      </c>
+      <c r="B393" t="s">
         <v>1945</v>
       </c>
-      <c r="B393" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C393" t="s">
-        <v>1640</v>
+        <v>1639</v>
       </c>
       <c r="D393" t="s">
         <v>135</v>
       </c>
       <c r="E393" t="s">
         <v>20</v>
       </c>
       <c r="F393" t="s">
         <v>49</v>
       </c>
       <c r="G393" t="s">
         <v>42</v>
       </c>
       <c r="H393">
         <v>2020</v>
       </c>
       <c r="I393">
         <v>2023</v>
       </c>
       <c r="J393" t="s">
+        <v>1946</v>
+      </c>
+      <c r="K393" t="s">
+        <v>24</v>
+      </c>
+      <c r="L393" t="s">
         <v>1947</v>
       </c>
-      <c r="K393" t="s">
-[...2 lines deleted...]
-      <c r="L393" t="s">
+      <c r="M393" t="s">
+        <v>1894</v>
+      </c>
+      <c r="N393" t="s">
+        <v>27</v>
+      </c>
+      <c r="O393" t="s">
         <v>1948</v>
       </c>
-      <c r="M393" t="s">
-[...5 lines deleted...]
-      <c r="O393" t="s">
+      <c r="P393" t="s">
         <v>1949</v>
-      </c>
-[...1 lines deleted...]
-        <v>1950</v>
       </c>
     </row>
     <row r="394" spans="1:16">
       <c r="A394" t="s">
+        <v>1950</v>
+      </c>
+      <c r="B394" t="s">
         <v>1951</v>
       </c>
-      <c r="B394" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C394" t="s">
-        <v>1640</v>
+        <v>1639</v>
       </c>
       <c r="D394" t="s">
-        <v>1839</v>
+        <v>1838</v>
       </c>
       <c r="E394" t="s">
         <v>20</v>
       </c>
       <c r="F394" t="s">
         <v>49</v>
       </c>
       <c r="G394" t="s">
         <v>22</v>
       </c>
       <c r="H394">
         <v>2020</v>
       </c>
       <c r="I394"/>
       <c r="J394" t="s">
         <v>68</v>
       </c>
       <c r="K394" t="s">
         <v>24</v>
       </c>
       <c r="L394" t="s">
+        <v>1952</v>
+      </c>
+      <c r="M394" t="s">
+        <v>1894</v>
+      </c>
+      <c r="N394" t="s">
+        <v>27</v>
+      </c>
+      <c r="O394" t="s">
         <v>1953</v>
       </c>
-      <c r="M394" t="s">
-[...5 lines deleted...]
-      <c r="O394" t="s">
+      <c r="P394" t="s">
         <v>1954</v>
-      </c>
-[...1 lines deleted...]
-        <v>1955</v>
       </c>
     </row>
     <row r="395" spans="1:16">
       <c r="A395" t="s">
+        <v>1955</v>
+      </c>
+      <c r="B395" t="s">
         <v>1956</v>
       </c>
-      <c r="B395" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C395" t="s">
-        <v>1640</v>
+        <v>1639</v>
       </c>
       <c r="D395" t="s">
         <v>322</v>
       </c>
       <c r="E395" t="s">
         <v>20</v>
       </c>
       <c r="F395" t="s">
         <v>49</v>
       </c>
       <c r="G395" t="s">
         <v>22</v>
       </c>
       <c r="H395">
         <v>2021</v>
       </c>
       <c r="I395"/>
       <c r="J395" t="s">
         <v>68</v>
       </c>
       <c r="K395" t="s">
         <v>24</v>
       </c>
       <c r="L395" t="s">
+        <v>1957</v>
+      </c>
+      <c r="M395" t="s">
+        <v>1894</v>
+      </c>
+      <c r="N395" t="s">
+        <v>27</v>
+      </c>
+      <c r="O395" t="s">
         <v>1958</v>
       </c>
-      <c r="M395" t="s">
-[...5 lines deleted...]
-      <c r="O395" t="s">
+      <c r="P395" t="s">
         <v>1959</v>
-      </c>
-[...1 lines deleted...]
-        <v>1960</v>
       </c>
     </row>
     <row r="396" spans="1:16">
       <c r="A396" t="s">
+        <v>1960</v>
+      </c>
+      <c r="B396" t="s">
         <v>1961</v>
       </c>
-      <c r="B396" t="s">
+      <c r="C396" t="s">
+        <v>1639</v>
+      </c>
+      <c r="D396" t="s">
         <v>1962</v>
-      </c>
-[...4 lines deleted...]
-        <v>1963</v>
       </c>
       <c r="E396" t="s">
         <v>20</v>
       </c>
       <c r="F396" t="s">
         <v>49</v>
       </c>
       <c r="G396" t="s">
         <v>22</v>
       </c>
       <c r="H396">
         <v>2021</v>
       </c>
       <c r="I396"/>
       <c r="J396" t="s">
         <v>68</v>
       </c>
       <c r="K396" t="s">
         <v>24</v>
       </c>
       <c r="L396" t="s">
-        <v>1964</v>
+        <v>1963</v>
       </c>
       <c r="M396" t="s">
-        <v>1895</v>
+        <v>1894</v>
       </c>
       <c r="N396" t="s">
         <v>100</v>
       </c>
       <c r="O396" t="s">
+        <v>1964</v>
+      </c>
+      <c r="P396" t="s">
         <v>1965</v>
-      </c>
-[...1 lines deleted...]
-        <v>1966</v>
       </c>
     </row>
     <row r="397" spans="1:16">
       <c r="A397" t="s">
+        <v>1966</v>
+      </c>
+      <c r="B397" t="s">
         <v>1967</v>
       </c>
-      <c r="B397" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C397" t="s">
-        <v>1640</v>
+        <v>1639</v>
       </c>
       <c r="D397" t="s">
-        <v>1963</v>
+        <v>1962</v>
       </c>
       <c r="E397" t="s">
         <v>20</v>
       </c>
       <c r="F397" t="s">
         <v>49</v>
       </c>
       <c r="G397" t="s">
         <v>22</v>
       </c>
       <c r="H397">
         <v>2021</v>
       </c>
       <c r="I397"/>
       <c r="J397" t="s">
         <v>68</v>
       </c>
       <c r="K397" t="s">
         <v>24</v>
       </c>
       <c r="L397" t="s">
+        <v>1968</v>
+      </c>
+      <c r="M397" t="s">
+        <v>1894</v>
+      </c>
+      <c r="N397" t="s">
+        <v>27</v>
+      </c>
+      <c r="O397" t="s">
         <v>1969</v>
       </c>
-      <c r="M397" t="s">
-[...5 lines deleted...]
-      <c r="O397" t="s">
+      <c r="P397" t="s">
         <v>1970</v>
-      </c>
-[...1 lines deleted...]
-        <v>1971</v>
       </c>
     </row>
     <row r="398" spans="1:16">
       <c r="A398" t="s">
+        <v>1971</v>
+      </c>
+      <c r="B398" t="s">
         <v>1972</v>
       </c>
-      <c r="B398" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C398" t="s">
-        <v>1640</v>
+        <v>1639</v>
       </c>
       <c r="D398" t="s">
         <v>97</v>
       </c>
       <c r="E398" t="s">
         <v>20</v>
       </c>
       <c r="F398" t="s">
         <v>49</v>
       </c>
       <c r="G398" t="s">
         <v>22</v>
       </c>
       <c r="H398">
         <v>2024</v>
       </c>
       <c r="I398"/>
       <c r="J398" t="s">
-        <v>1947</v>
+        <v>1946</v>
       </c>
       <c r="K398" t="s">
+        <v>1973</v>
+      </c>
+      <c r="L398" t="s">
         <v>1974</v>
       </c>
-      <c r="L398" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M398" t="s">
-        <v>1895</v>
+        <v>1894</v>
       </c>
       <c r="N398" t="s">
         <v>100</v>
       </c>
       <c r="O398" t="s">
+        <v>1975</v>
+      </c>
+      <c r="P398" t="s">
         <v>1976</v>
-      </c>
-[...1 lines deleted...]
-        <v>1977</v>
       </c>
     </row>
     <row r="399" spans="1:16">
       <c r="A399" t="s">
+        <v>1977</v>
+      </c>
+      <c r="B399" t="s">
         <v>1978</v>
       </c>
-      <c r="B399" t="s">
+      <c r="C399" t="s">
+        <v>1639</v>
+      </c>
+      <c r="D399" t="s">
         <v>1979</v>
-      </c>
-[...4 lines deleted...]
-        <v>1980</v>
       </c>
       <c r="E399" t="s">
         <v>20</v>
       </c>
       <c r="F399" t="s">
         <v>49</v>
       </c>
       <c r="G399" t="s">
         <v>22</v>
       </c>
       <c r="H399">
         <v>2024</v>
       </c>
       <c r="I399"/>
       <c r="J399" t="s">
-        <v>1947</v>
+        <v>1946</v>
       </c>
       <c r="K399" t="s">
         <v>24</v>
       </c>
       <c r="L399" t="s">
+        <v>1980</v>
+      </c>
+      <c r="M399" t="s">
         <v>1981</v>
       </c>
-      <c r="M399" t="s">
+      <c r="N399" t="s">
+        <v>27</v>
+      </c>
+      <c r="O399" t="s">
         <v>1982</v>
       </c>
-      <c r="N399" t="s">
-[...2 lines deleted...]
-      <c r="O399" t="s">
+      <c r="P399" t="s">
         <v>1983</v>
-      </c>
-[...1 lines deleted...]
-        <v>1984</v>
       </c>
     </row>
     <row r="400" spans="1:16">
       <c r="A400" t="s">
+        <v>1984</v>
+      </c>
+      <c r="B400" t="s">
         <v>1985</v>
       </c>
-      <c r="B400" t="s">
+      <c r="C400" t="s">
+        <v>1639</v>
+      </c>
+      <c r="D400" t="s">
         <v>1986</v>
-      </c>
-[...4 lines deleted...]
-        <v>1987</v>
       </c>
       <c r="E400" t="s">
         <v>20</v>
       </c>
       <c r="F400" t="s">
         <v>49</v>
       </c>
       <c r="G400" t="s">
         <v>22</v>
       </c>
       <c r="H400">
         <v>2024</v>
       </c>
       <c r="I400"/>
       <c r="J400" t="s">
-        <v>1947</v>
+        <v>1946</v>
       </c>
       <c r="K400" t="s">
         <v>24</v>
       </c>
       <c r="L400" t="s">
+        <v>1987</v>
+      </c>
+      <c r="M400" t="s">
+        <v>1894</v>
+      </c>
+      <c r="N400" t="s">
+        <v>27</v>
+      </c>
+      <c r="O400" t="s">
         <v>1988</v>
       </c>
-      <c r="M400" t="s">
-[...5 lines deleted...]
-      <c r="O400" t="s">
+      <c r="P400" t="s">
         <v>1989</v>
-      </c>
-[...1 lines deleted...]
-        <v>1990</v>
       </c>
     </row>
     <row r="401" spans="1:16">
       <c r="A401" t="s">
+        <v>1990</v>
+      </c>
+      <c r="B401" t="s">
         <v>1991</v>
       </c>
-      <c r="B401" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C401" t="s">
-        <v>1640</v>
+        <v>1639</v>
       </c>
       <c r="D401" t="s">
         <v>344</v>
       </c>
       <c r="E401" t="s">
         <v>20</v>
       </c>
       <c r="F401" t="s">
         <v>49</v>
       </c>
       <c r="G401" t="s">
         <v>22</v>
       </c>
       <c r="H401">
         <v>2010</v>
       </c>
       <c r="I401"/>
       <c r="J401" t="s">
         <v>68</v>
       </c>
       <c r="K401" t="s">
         <v>24</v>
       </c>
       <c r="L401" t="s">
+        <v>1992</v>
+      </c>
+      <c r="M401" t="s">
+        <v>1894</v>
+      </c>
+      <c r="N401" t="s">
+        <v>27</v>
+      </c>
+      <c r="O401" t="s">
         <v>1993</v>
       </c>
-      <c r="M401" t="s">
-[...5 lines deleted...]
-      <c r="O401" t="s">
+      <c r="P401" t="s">
         <v>1994</v>
-      </c>
-[...1 lines deleted...]
-        <v>1995</v>
       </c>
     </row>
     <row r="402" spans="1:16">
       <c r="A402" t="s">
+        <v>1995</v>
+      </c>
+      <c r="B402" t="s">
         <v>1996</v>
       </c>
-      <c r="B402" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C402" t="s">
-        <v>1640</v>
+        <v>1639</v>
       </c>
       <c r="D402" t="s">
-        <v>1900</v>
+        <v>1899</v>
       </c>
       <c r="E402" t="s">
         <v>20</v>
       </c>
       <c r="F402" t="s">
         <v>49</v>
       </c>
       <c r="G402" t="s">
         <v>42</v>
       </c>
       <c r="H402">
         <v>2008</v>
       </c>
       <c r="I402">
         <v>2019</v>
       </c>
       <c r="J402" t="s">
         <v>68</v>
       </c>
       <c r="K402" t="s">
         <v>24</v>
       </c>
       <c r="L402" t="s">
+        <v>1997</v>
+      </c>
+      <c r="M402" t="s">
+        <v>1894</v>
+      </c>
+      <c r="N402" t="s">
+        <v>27</v>
+      </c>
+      <c r="O402" t="s">
         <v>1998</v>
       </c>
-      <c r="M402" t="s">
-[...5 lines deleted...]
-      <c r="O402" t="s">
+      <c r="P402" t="s">
         <v>1999</v>
-      </c>
-[...1 lines deleted...]
-        <v>2000</v>
       </c>
     </row>
     <row r="403" spans="1:16">
       <c r="A403" t="s">
+        <v>2000</v>
+      </c>
+      <c r="B403" t="s">
         <v>2001</v>
       </c>
-      <c r="B403" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C403" t="s">
-        <v>1640</v>
+        <v>1639</v>
       </c>
       <c r="D403" t="s">
         <v>275</v>
       </c>
       <c r="E403" t="s">
         <v>20</v>
       </c>
       <c r="F403" t="s">
         <v>49</v>
       </c>
       <c r="G403" t="s">
         <v>22</v>
       </c>
       <c r="H403">
         <v>2014</v>
       </c>
       <c r="I403"/>
       <c r="J403" t="s">
         <v>68</v>
       </c>
       <c r="K403" t="s">
-        <v>1536</v>
+        <v>1535</v>
       </c>
       <c r="L403" t="s">
+        <v>2002</v>
+      </c>
+      <c r="M403" t="s">
+        <v>1894</v>
+      </c>
+      <c r="N403" t="s">
+        <v>27</v>
+      </c>
+      <c r="O403" t="s">
         <v>2003</v>
       </c>
-      <c r="M403" t="s">
-[...5 lines deleted...]
-      <c r="O403" t="s">
+      <c r="P403" t="s">
         <v>2004</v>
-      </c>
-[...1 lines deleted...]
-        <v>2005</v>
       </c>
     </row>
     <row r="404" spans="1:16">
       <c r="A404" t="s">
+        <v>2005</v>
+      </c>
+      <c r="B404" t="s">
         <v>2006</v>
       </c>
-      <c r="B404" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C404" t="s">
-        <v>1640</v>
+        <v>1639</v>
       </c>
       <c r="D404" t="s">
         <v>572</v>
       </c>
       <c r="E404" t="s">
         <v>20</v>
       </c>
       <c r="F404" t="s">
         <v>49</v>
       </c>
       <c r="G404" t="s">
         <v>22</v>
       </c>
       <c r="H404">
         <v>2021</v>
       </c>
       <c r="I404"/>
       <c r="J404" t="s">
         <v>68</v>
       </c>
       <c r="K404" t="s">
         <v>24</v>
       </c>
       <c r="L404" t="s">
+        <v>2007</v>
+      </c>
+      <c r="M404" t="s">
+        <v>1894</v>
+      </c>
+      <c r="N404" t="s">
+        <v>27</v>
+      </c>
+      <c r="O404" t="s">
         <v>2008</v>
       </c>
-      <c r="M404" t="s">
-[...5 lines deleted...]
-      <c r="O404" t="s">
+      <c r="P404" t="s">
         <v>2009</v>
-      </c>
-[...1 lines deleted...]
-        <v>2010</v>
       </c>
     </row>
     <row r="405" spans="1:16">
       <c r="A405" t="s">
+        <v>2010</v>
+      </c>
+      <c r="B405" t="s">
         <v>2011</v>
-      </c>
-[...1 lines deleted...]
-        <v>2012</v>
       </c>
       <c r="C405" t="s">
         <v>32</v>
       </c>
       <c r="D405" t="s">
         <v>19</v>
       </c>
       <c r="E405" t="s">
         <v>20</v>
       </c>
       <c r="F405" t="s">
         <v>33</v>
       </c>
       <c r="G405" t="s">
         <v>22</v>
       </c>
       <c r="H405">
         <v>2010</v>
       </c>
       <c r="I405"/>
       <c r="J405" t="s">
         <v>34</v>
       </c>
       <c r="K405" t="s">
         <v>24</v>
       </c>
       <c r="L405" t="s">
-        <v>2013</v>
+        <v>2012</v>
       </c>
       <c r="M405" t="s">
         <v>36</v>
       </c>
       <c r="N405" t="s">
         <v>27</v>
       </c>
       <c r="O405" t="s">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="P405" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="406" spans="1:16">
       <c r="A406" t="s">
+        <v>2014</v>
+      </c>
+      <c r="B406" t="s">
         <v>2015</v>
       </c>
-      <c r="B406" t="s">
+      <c r="C406" t="s">
         <v>2016</v>
       </c>
-      <c r="C406" t="s">
+      <c r="D406" t="s">
         <v>2017</v>
-      </c>
-[...1 lines deleted...]
-        <v>2018</v>
       </c>
       <c r="E406" t="s">
         <v>20</v>
       </c>
       <c r="F406" t="s">
         <v>59</v>
       </c>
       <c r="G406" t="s">
         <v>22</v>
       </c>
       <c r="H406">
         <v>2012</v>
       </c>
       <c r="I406"/>
       <c r="J406" t="s">
         <v>744</v>
       </c>
       <c r="K406" t="s">
         <v>24</v>
       </c>
       <c r="L406"/>
       <c r="M406" t="s">
+        <v>2018</v>
+      </c>
+      <c r="N406" t="s">
+        <v>27</v>
+      </c>
+      <c r="O406" t="s">
         <v>2019</v>
       </c>
-      <c r="N406" t="s">
-[...2 lines deleted...]
-      <c r="O406" t="s">
+      <c r="P406" t="s">
         <v>2020</v>
-      </c>
-[...1 lines deleted...]
-        <v>2021</v>
       </c>
     </row>
     <row r="407" spans="1:16">
       <c r="A407" t="s">
+        <v>2021</v>
+      </c>
+      <c r="B407" t="s">
         <v>2022</v>
       </c>
-      <c r="B407" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C407" t="s">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="D407" t="s">
         <v>60</v>
       </c>
       <c r="E407" t="s">
         <v>20</v>
       </c>
       <c r="F407" t="s">
         <v>59</v>
       </c>
       <c r="G407" t="s">
         <v>128</v>
       </c>
       <c r="H407"/>
       <c r="I407"/>
       <c r="J407" t="s">
         <v>68</v>
       </c>
       <c r="K407" t="s">
         <v>24</v>
       </c>
       <c r="L407"/>
       <c r="M407" t="s">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="N407" t="s">
         <v>27</v>
       </c>
       <c r="O407" t="s">
+        <v>2023</v>
+      </c>
+      <c r="P407" t="s">
         <v>2024</v>
-      </c>
-[...1 lines deleted...]
-        <v>2025</v>
       </c>
     </row>
     <row r="408" spans="1:16">
       <c r="A408" t="s">
+        <v>2025</v>
+      </c>
+      <c r="B408" t="s">
         <v>2026</v>
       </c>
-      <c r="B408" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C408" t="s">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="D408" t="s">
         <v>774</v>
       </c>
       <c r="E408" t="s">
         <v>20</v>
       </c>
       <c r="F408" t="s">
         <v>59</v>
       </c>
       <c r="G408" t="s">
         <v>128</v>
       </c>
       <c r="H408"/>
       <c r="I408"/>
       <c r="J408" t="s">
         <v>68</v>
       </c>
       <c r="K408" t="s">
         <v>24</v>
       </c>
       <c r="L408"/>
       <c r="M408" t="s">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="N408" t="s">
         <v>27</v>
       </c>
       <c r="O408" t="s">
+        <v>2027</v>
+      </c>
+      <c r="P408" t="s">
         <v>2028</v>
-      </c>
-[...1 lines deleted...]
-        <v>2029</v>
       </c>
     </row>
     <row r="409" spans="1:16">
       <c r="A409" t="s">
+        <v>2029</v>
+      </c>
+      <c r="B409" t="s">
         <v>2030</v>
       </c>
-      <c r="B409" t="s">
+      <c r="C409" t="s">
+        <v>2016</v>
+      </c>
+      <c r="D409" t="s">
         <v>2031</v>
-      </c>
-[...4 lines deleted...]
-        <v>2032</v>
       </c>
       <c r="E409" t="s">
         <v>20</v>
       </c>
       <c r="F409" t="s">
         <v>59</v>
       </c>
       <c r="G409" t="s">
         <v>128</v>
       </c>
       <c r="H409"/>
       <c r="I409"/>
       <c r="J409" t="s">
         <v>68</v>
       </c>
       <c r="K409" t="s">
         <v>24</v>
       </c>
       <c r="L409"/>
       <c r="M409" t="s">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="N409" t="s">
         <v>27</v>
       </c>
       <c r="O409" t="s">
+        <v>2032</v>
+      </c>
+      <c r="P409" t="s">
         <v>2033</v>
-      </c>
-[...1 lines deleted...]
-        <v>2034</v>
       </c>
     </row>
     <row r="410" spans="1:16">
       <c r="A410" t="s">
+        <v>2034</v>
+      </c>
+      <c r="B410" t="s">
         <v>2035</v>
       </c>
-      <c r="B410" t="s">
+      <c r="C410" t="s">
+        <v>2016</v>
+      </c>
+      <c r="D410" t="s">
         <v>2036</v>
-      </c>
-[...4 lines deleted...]
-        <v>2037</v>
       </c>
       <c r="E410" t="s">
         <v>20</v>
       </c>
       <c r="F410" t="s">
         <v>59</v>
       </c>
       <c r="G410" t="s">
         <v>128</v>
       </c>
       <c r="H410"/>
       <c r="I410"/>
       <c r="J410" t="s">
         <v>68</v>
       </c>
       <c r="K410" t="s">
         <v>24</v>
       </c>
       <c r="L410"/>
       <c r="M410" t="s">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="N410" t="s">
         <v>27</v>
       </c>
       <c r="O410" t="s">
+        <v>2037</v>
+      </c>
+      <c r="P410" t="s">
         <v>2038</v>
-      </c>
-[...1 lines deleted...]
-        <v>2039</v>
       </c>
     </row>
     <row r="411" spans="1:16">
       <c r="A411" t="s">
+        <v>2039</v>
+      </c>
+      <c r="B411" t="s">
         <v>2040</v>
       </c>
-      <c r="B411" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C411" t="s">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="D411" t="s">
         <v>322</v>
       </c>
       <c r="E411" t="s">
         <v>20</v>
       </c>
       <c r="F411" t="s">
         <v>59</v>
       </c>
       <c r="G411" t="s">
         <v>42</v>
       </c>
       <c r="H411">
         <v>2012</v>
       </c>
       <c r="I411">
         <v>2012</v>
       </c>
       <c r="J411" t="s">
         <v>744</v>
       </c>
       <c r="K411" t="s">
         <v>24</v>
       </c>
       <c r="L411"/>
       <c r="M411" t="s">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="N411" t="s">
         <v>27</v>
       </c>
       <c r="O411" t="s">
+        <v>2041</v>
+      </c>
+      <c r="P411" t="s">
         <v>2042</v>
-      </c>
-[...1 lines deleted...]
-        <v>2043</v>
       </c>
     </row>
     <row r="412" spans="1:16">
       <c r="A412" t="s">
+        <v>2043</v>
+      </c>
+      <c r="B412" t="s">
         <v>2044</v>
       </c>
-      <c r="B412" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C412" t="s">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="D412" t="s">
-        <v>1373</v>
+        <v>1372</v>
       </c>
       <c r="E412" t="s">
         <v>20</v>
       </c>
       <c r="F412" t="s">
         <v>59</v>
       </c>
       <c r="G412" t="s">
         <v>42</v>
       </c>
       <c r="H412">
         <v>2012</v>
       </c>
       <c r="I412">
         <v>2012</v>
       </c>
       <c r="J412" t="s">
         <v>744</v>
       </c>
       <c r="K412" t="s">
         <v>24</v>
       </c>
       <c r="L412"/>
       <c r="M412" t="s">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="N412" t="s">
         <v>27</v>
       </c>
       <c r="O412" t="s">
+        <v>2045</v>
+      </c>
+      <c r="P412" t="s">
         <v>2046</v>
-      </c>
-[...1 lines deleted...]
-        <v>2047</v>
       </c>
     </row>
     <row r="413" spans="1:16">
       <c r="A413" t="s">
+        <v>2047</v>
+      </c>
+      <c r="B413" t="s">
         <v>2048</v>
       </c>
-      <c r="B413" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C413" t="s">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="D413" t="s">
         <v>693</v>
       </c>
       <c r="E413" t="s">
         <v>20</v>
       </c>
       <c r="F413" t="s">
         <v>59</v>
       </c>
       <c r="G413" t="s">
         <v>22</v>
       </c>
       <c r="H413">
         <v>2013</v>
       </c>
       <c r="I413"/>
       <c r="J413" t="s">
         <v>744</v>
       </c>
       <c r="K413" t="s">
         <v>24</v>
       </c>
       <c r="L413"/>
       <c r="M413" t="s">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="N413" t="s">
         <v>27</v>
       </c>
       <c r="O413" t="s">
+        <v>2049</v>
+      </c>
+      <c r="P413" t="s">
         <v>2050</v>
-      </c>
-[...1 lines deleted...]
-        <v>2051</v>
       </c>
     </row>
     <row r="414" spans="1:16">
       <c r="A414" t="s">
+        <v>2051</v>
+      </c>
+      <c r="B414" t="s">
         <v>2052</v>
       </c>
-      <c r="B414" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C414" t="s">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="D414" t="s">
-        <v>1335</v>
+        <v>1334</v>
       </c>
       <c r="E414" t="s">
         <v>20</v>
       </c>
       <c r="F414" t="s">
         <v>59</v>
       </c>
       <c r="G414" t="s">
         <v>22</v>
       </c>
       <c r="H414">
         <v>2017</v>
       </c>
       <c r="I414"/>
       <c r="J414" t="s">
         <v>1217</v>
       </c>
       <c r="K414" t="s">
         <v>24</v>
       </c>
       <c r="L414"/>
       <c r="M414" t="s">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="N414" t="s">
         <v>27</v>
       </c>
       <c r="O414" t="s">
+        <v>2053</v>
+      </c>
+      <c r="P414" t="s">
         <v>2054</v>
-      </c>
-[...1 lines deleted...]
-        <v>2055</v>
       </c>
     </row>
     <row r="415" spans="1:16">
       <c r="A415" t="s">
+        <v>2055</v>
+      </c>
+      <c r="B415" t="s">
         <v>2056</v>
       </c>
-      <c r="B415" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C415" t="s">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="D415" t="s">
         <v>275</v>
       </c>
       <c r="E415" t="s">
         <v>20</v>
       </c>
       <c r="F415" t="s">
         <v>59</v>
       </c>
       <c r="G415" t="s">
         <v>22</v>
       </c>
       <c r="H415">
         <v>2017</v>
       </c>
       <c r="I415"/>
       <c r="J415" t="s">
         <v>1217</v>
       </c>
       <c r="K415" t="s">
         <v>645</v>
       </c>
       <c r="L415"/>
       <c r="M415" t="s">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="N415" t="s">
         <v>27</v>
       </c>
       <c r="O415" t="s">
+        <v>2057</v>
+      </c>
+      <c r="P415" t="s">
         <v>2058</v>
-      </c>
-[...1 lines deleted...]
-        <v>2059</v>
       </c>
     </row>
     <row r="416" spans="1:16">
       <c r="A416" t="s">
+        <v>2059</v>
+      </c>
+      <c r="B416" t="s">
         <v>2060</v>
       </c>
-      <c r="B416" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C416" t="s">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="D416" t="s">
         <v>41</v>
       </c>
       <c r="E416" t="s">
         <v>20</v>
       </c>
       <c r="F416" t="s">
         <v>59</v>
       </c>
       <c r="G416" t="s">
         <v>22</v>
       </c>
       <c r="H416">
         <v>2017</v>
       </c>
       <c r="I416"/>
       <c r="J416" t="s">
         <v>1217</v>
       </c>
       <c r="K416" t="s">
-        <v>2062</v>
+        <v>2061</v>
       </c>
       <c r="L416"/>
       <c r="M416" t="s">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="N416" t="s">
         <v>27</v>
       </c>
       <c r="O416" t="s">
+        <v>2062</v>
+      </c>
+      <c r="P416" t="s">
         <v>2063</v>
-      </c>
-[...1 lines deleted...]
-        <v>2064</v>
       </c>
     </row>
     <row r="417" spans="1:16">
       <c r="A417" t="s">
+        <v>2064</v>
+      </c>
+      <c r="B417" t="s">
         <v>2065</v>
       </c>
-      <c r="B417" t="s">
+      <c r="C417" t="s">
+        <v>2016</v>
+      </c>
+      <c r="D417" t="s">
         <v>2066</v>
-      </c>
-[...4 lines deleted...]
-        <v>2067</v>
       </c>
       <c r="E417" t="s">
         <v>20</v>
       </c>
       <c r="F417" t="s">
         <v>59</v>
       </c>
       <c r="G417" t="s">
         <v>42</v>
       </c>
       <c r="H417">
         <v>2012</v>
       </c>
       <c r="I417">
         <v>2017</v>
       </c>
       <c r="J417" t="s">
         <v>1217</v>
       </c>
       <c r="K417" t="s">
         <v>24</v>
       </c>
       <c r="L417"/>
       <c r="M417" t="s">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="N417" t="s">
         <v>27</v>
       </c>
       <c r="O417" t="s">
+        <v>2067</v>
+      </c>
+      <c r="P417" t="s">
         <v>2068</v>
-      </c>
-[...1 lines deleted...]
-        <v>2069</v>
       </c>
     </row>
     <row r="418" spans="1:16">
       <c r="A418" t="s">
+        <v>2069</v>
+      </c>
+      <c r="B418" t="s">
         <v>2070</v>
       </c>
-      <c r="B418" t="s">
+      <c r="C418" t="s">
+        <v>2016</v>
+      </c>
+      <c r="D418" t="s">
         <v>2071</v>
-      </c>
-[...4 lines deleted...]
-        <v>2072</v>
       </c>
       <c r="E418" t="s">
         <v>20</v>
       </c>
       <c r="F418" t="s">
         <v>59</v>
       </c>
       <c r="G418" t="s">
         <v>22</v>
       </c>
       <c r="H418">
         <v>2017</v>
       </c>
       <c r="I418"/>
       <c r="J418" t="s">
         <v>1217</v>
       </c>
       <c r="K418" t="s">
         <v>287</v>
       </c>
       <c r="L418"/>
       <c r="M418" t="s">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="N418" t="s">
         <v>27</v>
       </c>
       <c r="O418" t="s">
+        <v>2072</v>
+      </c>
+      <c r="P418" t="s">
         <v>2073</v>
-      </c>
-[...1 lines deleted...]
-        <v>2074</v>
       </c>
     </row>
     <row r="419" spans="1:16">
       <c r="A419" t="s">
+        <v>2074</v>
+      </c>
+      <c r="B419" t="s">
         <v>2075</v>
       </c>
-      <c r="B419" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C419" t="s">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="D419" t="s">
         <v>651</v>
       </c>
       <c r="E419" t="s">
         <v>20</v>
       </c>
       <c r="F419" t="s">
         <v>59</v>
       </c>
       <c r="G419" t="s">
         <v>42</v>
       </c>
       <c r="H419">
         <v>2012</v>
       </c>
       <c r="I419">
         <v>2012</v>
       </c>
       <c r="J419" t="s">
         <v>744</v>
       </c>
       <c r="K419" t="s">
         <v>24</v>
       </c>
       <c r="L419"/>
       <c r="M419" t="s">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="N419" t="s">
         <v>27</v>
       </c>
       <c r="O419" t="s">
-        <v>2077</v>
+        <v>2076</v>
       </c>
       <c r="P419" t="s">
-        <v>2043</v>
+        <v>2042</v>
       </c>
     </row>
     <row r="420" spans="1:16">
       <c r="A420" t="s">
+        <v>2077</v>
+      </c>
+      <c r="B420" t="s">
         <v>2078</v>
       </c>
-      <c r="B420" t="s">
+      <c r="C420" t="s">
+        <v>2016</v>
+      </c>
+      <c r="D420" t="s">
         <v>2079</v>
-      </c>
-[...4 lines deleted...]
-        <v>2080</v>
       </c>
       <c r="E420" t="s">
         <v>20</v>
       </c>
       <c r="F420" t="s">
         <v>59</v>
       </c>
       <c r="G420" t="s">
         <v>22</v>
       </c>
       <c r="H420">
         <v>2017</v>
       </c>
       <c r="I420"/>
       <c r="J420" t="s">
         <v>1217</v>
       </c>
       <c r="K420" t="s">
         <v>287</v>
       </c>
       <c r="L420"/>
       <c r="M420" t="s">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="N420" t="s">
         <v>27</v>
       </c>
       <c r="O420" t="s">
+        <v>2080</v>
+      </c>
+      <c r="P420" t="s">
         <v>2081</v>
-      </c>
-[...1 lines deleted...]
-        <v>2082</v>
       </c>
     </row>
     <row r="421" spans="1:16">
       <c r="A421" t="s">
+        <v>2082</v>
+      </c>
+      <c r="B421" t="s">
         <v>2083</v>
       </c>
-      <c r="B421" t="s">
+      <c r="C421" t="s">
         <v>2084</v>
       </c>
-      <c r="C421" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D421" t="s">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="E421" t="s">
         <v>20</v>
       </c>
       <c r="F421" t="s">
         <v>49</v>
       </c>
       <c r="G421" t="s">
         <v>42</v>
       </c>
       <c r="H421">
         <v>2016</v>
       </c>
       <c r="I421">
         <v>2019</v>
       </c>
       <c r="J421" t="s">
-        <v>1648</v>
+        <v>1647</v>
       </c>
       <c r="K421" t="s">
         <v>24</v>
       </c>
       <c r="L421" t="s">
+        <v>2085</v>
+      </c>
+      <c r="M421" t="s">
         <v>2086</v>
       </c>
-      <c r="M421" t="s">
+      <c r="N421" t="s">
+        <v>27</v>
+      </c>
+      <c r="O421" t="s">
         <v>2087</v>
       </c>
-      <c r="N421" t="s">
-[...2 lines deleted...]
-      <c r="O421" t="s">
+      <c r="P421" t="s">
         <v>2088</v>
-      </c>
-[...1 lines deleted...]
-        <v>2089</v>
       </c>
     </row>
     <row r="422" spans="1:16">
       <c r="A422" t="s">
-        <v>2090</v>
+        <v>2089</v>
       </c>
       <c r="B422" t="s">
-        <v>2090</v>
+        <v>2089</v>
       </c>
       <c r="C422" t="s">
-        <v>2085</v>
+        <v>2084</v>
       </c>
       <c r="D422" t="s">
         <v>72</v>
       </c>
       <c r="E422" t="s">
         <v>20</v>
       </c>
       <c r="F422" t="s">
         <v>49</v>
       </c>
       <c r="G422" t="s">
         <v>22</v>
       </c>
       <c r="H422">
         <v>2018</v>
       </c>
       <c r="I422"/>
       <c r="J422" t="s">
-        <v>1648</v>
+        <v>1647</v>
       </c>
       <c r="K422" t="s">
         <v>24</v>
       </c>
       <c r="L422"/>
       <c r="M422" t="s">
-        <v>2087</v>
+        <v>2086</v>
       </c>
       <c r="N422" t="s">
         <v>27</v>
       </c>
       <c r="O422" t="s">
+        <v>2090</v>
+      </c>
+      <c r="P422" t="s">
         <v>2091</v>
-      </c>
-[...1 lines deleted...]
-        <v>2092</v>
       </c>
     </row>
     <row r="423" spans="1:16">
       <c r="A423" t="s">
+        <v>2092</v>
+      </c>
+      <c r="B423" t="s">
         <v>2093</v>
       </c>
-      <c r="B423" t="s">
+      <c r="C423" t="s">
         <v>2094</v>
       </c>
-      <c r="C423" t="s">
+      <c r="D423" t="s">
         <v>2095</v>
-      </c>
-[...1 lines deleted...]
-        <v>2096</v>
       </c>
       <c r="E423" t="s">
         <v>20</v>
       </c>
       <c r="F423" t="s">
         <v>49</v>
       </c>
       <c r="G423" t="s">
-        <v>1265</v>
+        <v>1284</v>
       </c>
       <c r="H423">
         <v>2025</v>
       </c>
       <c r="I423"/>
       <c r="J423" t="s">
+        <v>2096</v>
+      </c>
+      <c r="K423" t="s">
+        <v>24</v>
+      </c>
+      <c r="L423" t="s">
         <v>2097</v>
       </c>
-      <c r="K423" t="s">
-[...2 lines deleted...]
-      <c r="L423" t="s">
+      <c r="M423" t="s">
         <v>2098</v>
       </c>
-      <c r="M423" t="s">
+      <c r="N423" t="s">
+        <v>27</v>
+      </c>
+      <c r="O423" t="s">
         <v>2099</v>
       </c>
-      <c r="N423" t="s">
-[...2 lines deleted...]
-      <c r="O423" t="s">
+      <c r="P423" t="s">
         <v>2100</v>
-      </c>
-[...1 lines deleted...]
-        <v>2101</v>
       </c>
     </row>
     <row r="424" spans="1:16">
       <c r="A424" t="s">
+        <v>2101</v>
+      </c>
+      <c r="B424" t="s">
         <v>2102</v>
       </c>
-      <c r="B424" t="s">
+      <c r="C424" t="s">
         <v>2103</v>
       </c>
-      <c r="C424" t="s">
+      <c r="D424" t="s">
         <v>2104</v>
-      </c>
-[...1 lines deleted...]
-        <v>2105</v>
       </c>
       <c r="E424" t="s">
         <v>20</v>
       </c>
       <c r="F424" t="s">
         <v>33</v>
       </c>
       <c r="G424" t="s">
         <v>22</v>
       </c>
       <c r="H424">
         <v>2021</v>
       </c>
       <c r="I424"/>
       <c r="J424" t="s">
-        <v>1286</v>
+        <v>1285</v>
       </c>
       <c r="K424" t="s">
         <v>24</v>
       </c>
       <c r="L424"/>
       <c r="M424" t="s">
+        <v>2105</v>
+      </c>
+      <c r="N424" t="s">
+        <v>27</v>
+      </c>
+      <c r="O424" t="s">
         <v>2106</v>
-      </c>
-[...4 lines deleted...]
-        <v>2107</v>
       </c>
       <c r="P424"/>
     </row>
     <row r="425" spans="1:16">
       <c r="A425" t="s">
+        <v>2107</v>
+      </c>
+      <c r="B425" t="s">
         <v>2108</v>
-      </c>
-[...1 lines deleted...]
-        <v>2109</v>
       </c>
       <c r="C425" t="s">
         <v>1038</v>
       </c>
       <c r="D425" t="s">
-        <v>2110</v>
+        <v>2109</v>
       </c>
       <c r="E425" t="s">
         <v>20</v>
       </c>
       <c r="F425" t="s">
         <v>59</v>
       </c>
       <c r="G425" t="s">
         <v>22</v>
       </c>
       <c r="H425">
         <v>2014</v>
       </c>
       <c r="I425"/>
       <c r="J425" t="s">
-        <v>1504</v>
+        <v>1503</v>
       </c>
       <c r="K425" t="s">
         <v>24</v>
       </c>
       <c r="L425" t="s">
+        <v>2110</v>
+      </c>
+      <c r="M425" t="s">
+        <v>1293</v>
+      </c>
+      <c r="N425" t="s">
+        <v>27</v>
+      </c>
+      <c r="O425" t="s">
         <v>2111</v>
       </c>
-      <c r="M425" t="s">
-[...5 lines deleted...]
-      <c r="O425" t="s">
+      <c r="P425" t="s">
         <v>2112</v>
-      </c>
-[...1 lines deleted...]
-        <v>2113</v>
       </c>
     </row>
     <row r="426" spans="1:16">
       <c r="A426" t="s">
+        <v>2113</v>
+      </c>
+      <c r="B426" t="s">
         <v>2114</v>
-      </c>
-[...1 lines deleted...]
-        <v>2115</v>
       </c>
       <c r="C426" t="s">
         <v>1038</v>
       </c>
       <c r="D426" t="s">
         <v>91</v>
       </c>
       <c r="E426" t="s">
         <v>20</v>
       </c>
       <c r="F426" t="s">
         <v>59</v>
       </c>
       <c r="G426" t="s">
         <v>22</v>
       </c>
       <c r="H426">
         <v>1997</v>
       </c>
       <c r="I426">
         <v>2011</v>
       </c>
       <c r="J426" t="s">
         <v>1039</v>
       </c>
       <c r="K426" t="s">
         <v>60</v>
       </c>
       <c r="L426" t="s">
+        <v>2115</v>
+      </c>
+      <c r="M426" t="s">
+        <v>1293</v>
+      </c>
+      <c r="N426" t="s">
+        <v>27</v>
+      </c>
+      <c r="O426" t="s">
         <v>2116</v>
       </c>
-      <c r="M426" t="s">
-[...5 lines deleted...]
-      <c r="O426" t="s">
+      <c r="P426" t="s">
         <v>2117</v>
-      </c>
-[...1 lines deleted...]
-        <v>2118</v>
       </c>
     </row>
     <row r="427" spans="1:16">
       <c r="A427" t="s">
+        <v>2118</v>
+      </c>
+      <c r="B427" t="s">
         <v>2119</v>
-      </c>
-[...1 lines deleted...]
-        <v>2120</v>
       </c>
       <c r="C427" t="s">
         <v>1038</v>
       </c>
       <c r="D427" t="s">
         <v>700</v>
       </c>
       <c r="E427" t="s">
         <v>20</v>
       </c>
       <c r="F427" t="s">
         <v>59</v>
       </c>
       <c r="G427" t="s">
         <v>42</v>
       </c>
       <c r="H427">
         <v>2007</v>
       </c>
       <c r="I427">
         <v>2012</v>
       </c>
       <c r="J427" t="s">
         <v>1039</v>
       </c>
       <c r="K427" t="s">
         <v>24</v>
       </c>
       <c r="L427" t="s">
+        <v>2120</v>
+      </c>
+      <c r="M427" t="s">
+        <v>1293</v>
+      </c>
+      <c r="N427" t="s">
+        <v>27</v>
+      </c>
+      <c r="O427" t="s">
         <v>2121</v>
       </c>
-      <c r="M427" t="s">
-[...5 lines deleted...]
-      <c r="O427" t="s">
+      <c r="P427" t="s">
         <v>2122</v>
-      </c>
-[...1 lines deleted...]
-        <v>2123</v>
       </c>
     </row>
     <row r="428" spans="1:16">
       <c r="A428" t="s">
+        <v>2123</v>
+      </c>
+      <c r="B428" t="s">
         <v>2124</v>
-      </c>
-[...1 lines deleted...]
-        <v>2125</v>
       </c>
       <c r="C428" t="s">
         <v>1038</v>
       </c>
       <c r="D428" t="s">
         <v>72</v>
       </c>
       <c r="E428" t="s">
         <v>20</v>
       </c>
       <c r="F428" t="s">
         <v>59</v>
       </c>
       <c r="G428" t="s">
         <v>42</v>
       </c>
       <c r="H428">
         <v>1997</v>
       </c>
       <c r="I428">
         <v>2015</v>
       </c>
       <c r="J428" t="s">
         <v>23</v>
       </c>
       <c r="K428" t="s">
         <v>24</v>
       </c>
       <c r="L428" t="s">
+        <v>2125</v>
+      </c>
+      <c r="M428" t="s">
+        <v>1293</v>
+      </c>
+      <c r="N428" t="s">
+        <v>27</v>
+      </c>
+      <c r="O428" t="s">
         <v>2126</v>
       </c>
-      <c r="M428" t="s">
-[...5 lines deleted...]
-      <c r="O428" t="s">
+      <c r="P428" t="s">
         <v>2127</v>
-      </c>
-[...1 lines deleted...]
-        <v>2128</v>
       </c>
     </row>
     <row r="429" spans="1:16">
       <c r="A429" t="s">
+        <v>2128</v>
+      </c>
+      <c r="B429" t="s">
         <v>2129</v>
-      </c>
-[...1 lines deleted...]
-        <v>2130</v>
       </c>
       <c r="C429" t="s">
         <v>1038</v>
       </c>
       <c r="D429" t="s">
         <v>682</v>
       </c>
       <c r="E429" t="s">
         <v>20</v>
       </c>
       <c r="F429" t="s">
         <v>59</v>
       </c>
       <c r="G429" t="s">
         <v>42</v>
       </c>
       <c r="H429">
         <v>2013</v>
       </c>
       <c r="I429">
         <v>2018</v>
       </c>
       <c r="J429" t="s">
         <v>1039</v>
       </c>
       <c r="K429" t="s">
         <v>24</v>
       </c>
       <c r="L429" t="s">
+        <v>2130</v>
+      </c>
+      <c r="M429" t="s">
+        <v>1293</v>
+      </c>
+      <c r="N429" t="s">
+        <v>27</v>
+      </c>
+      <c r="O429" t="s">
         <v>2131</v>
       </c>
-      <c r="M429" t="s">
-[...5 lines deleted...]
-      <c r="O429" t="s">
+      <c r="P429" t="s">
         <v>2132</v>
-      </c>
-[...1 lines deleted...]
-        <v>2133</v>
       </c>
     </row>
     <row r="430" spans="1:16">
       <c r="A430" t="s">
+        <v>2133</v>
+      </c>
+      <c r="B430" t="s">
         <v>2134</v>
-      </c>
-[...1 lines deleted...]
-        <v>2135</v>
       </c>
       <c r="C430" t="s">
         <v>1038</v>
       </c>
       <c r="D430" t="s">
         <v>693</v>
       </c>
       <c r="E430" t="s">
         <v>20</v>
       </c>
       <c r="F430" t="s">
         <v>59</v>
       </c>
       <c r="G430" t="s">
         <v>22</v>
       </c>
       <c r="H430">
         <v>2013</v>
       </c>
       <c r="I430"/>
       <c r="J430" t="s">
         <v>23</v>
       </c>
       <c r="K430" t="s">
         <v>24</v>
       </c>
       <c r="L430" t="s">
+        <v>2135</v>
+      </c>
+      <c r="M430" t="s">
+        <v>1293</v>
+      </c>
+      <c r="N430" t="s">
+        <v>27</v>
+      </c>
+      <c r="O430" t="s">
         <v>2136</v>
       </c>
-      <c r="M430" t="s">
-[...5 lines deleted...]
-      <c r="O430" t="s">
+      <c r="P430" t="s">
         <v>2137</v>
-      </c>
-[...1 lines deleted...]
-        <v>2138</v>
       </c>
     </row>
     <row r="431" spans="1:16">
       <c r="A431" t="s">
+        <v>2138</v>
+      </c>
+      <c r="B431" t="s">
         <v>2139</v>
-      </c>
-[...1 lines deleted...]
-        <v>2140</v>
       </c>
       <c r="C431" t="s">
         <v>1038</v>
       </c>
       <c r="D431" t="s">
-        <v>2141</v>
+        <v>2140</v>
       </c>
       <c r="E431" t="s">
         <v>20</v>
       </c>
       <c r="F431" t="s">
         <v>59</v>
       </c>
       <c r="G431" t="s">
         <v>22</v>
       </c>
       <c r="H431">
         <v>2012</v>
       </c>
       <c r="I431"/>
       <c r="J431" t="s">
         <v>1039</v>
       </c>
       <c r="K431" t="s">
         <v>60</v>
       </c>
       <c r="L431" t="s">
+        <v>2141</v>
+      </c>
+      <c r="M431" t="s">
+        <v>1293</v>
+      </c>
+      <c r="N431" t="s">
+        <v>27</v>
+      </c>
+      <c r="O431" t="s">
         <v>2142</v>
       </c>
-      <c r="M431" t="s">
-[...5 lines deleted...]
-      <c r="O431" t="s">
+      <c r="P431" t="s">
         <v>2143</v>
-      </c>
-[...1 lines deleted...]
-        <v>2144</v>
       </c>
     </row>
     <row r="432" spans="1:16">
       <c r="A432" t="s">
+        <v>2144</v>
+      </c>
+      <c r="B432" t="s">
         <v>2145</v>
-      </c>
-[...1 lines deleted...]
-        <v>2146</v>
       </c>
       <c r="C432" t="s">
         <v>1038</v>
       </c>
       <c r="D432" t="s">
-        <v>2147</v>
+        <v>2146</v>
       </c>
       <c r="E432" t="s">
         <v>20</v>
       </c>
       <c r="F432" t="s">
         <v>59</v>
       </c>
       <c r="G432" t="s">
         <v>22</v>
       </c>
       <c r="H432">
         <v>2011</v>
       </c>
       <c r="I432"/>
       <c r="J432" t="s">
         <v>1039</v>
       </c>
       <c r="K432" t="s">
         <v>24</v>
       </c>
       <c r="L432" t="s">
+        <v>2147</v>
+      </c>
+      <c r="M432" t="s">
+        <v>1293</v>
+      </c>
+      <c r="N432" t="s">
+        <v>27</v>
+      </c>
+      <c r="O432" t="s">
         <v>2148</v>
       </c>
-      <c r="M432" t="s">
-[...5 lines deleted...]
-      <c r="O432" t="s">
+      <c r="P432" t="s">
         <v>2149</v>
-      </c>
-[...1 lines deleted...]
-        <v>2150</v>
       </c>
     </row>
     <row r="433" spans="1:16">
       <c r="A433" t="s">
+        <v>2150</v>
+      </c>
+      <c r="B433" t="s">
         <v>2151</v>
-      </c>
-[...1 lines deleted...]
-        <v>2152</v>
       </c>
       <c r="C433" t="s">
         <v>1038</v>
       </c>
       <c r="D433" t="s">
-        <v>1523</v>
+        <v>1522</v>
       </c>
       <c r="E433" t="s">
         <v>20</v>
       </c>
       <c r="F433" t="s">
         <v>59</v>
       </c>
       <c r="G433" t="s">
         <v>22</v>
       </c>
       <c r="H433">
         <v>2013</v>
       </c>
       <c r="I433"/>
       <c r="J433" t="s">
         <v>23</v>
       </c>
       <c r="K433" t="s">
         <v>24</v>
       </c>
       <c r="L433" t="s">
+        <v>2152</v>
+      </c>
+      <c r="M433" t="s">
+        <v>1293</v>
+      </c>
+      <c r="N433" t="s">
+        <v>27</v>
+      </c>
+      <c r="O433" t="s">
         <v>2153</v>
       </c>
-      <c r="M433" t="s">
-[...5 lines deleted...]
-      <c r="O433" t="s">
+      <c r="P433" t="s">
         <v>2154</v>
-      </c>
-[...1 lines deleted...]
-        <v>2155</v>
       </c>
     </row>
     <row r="434" spans="1:16">
       <c r="A434" t="s">
+        <v>2155</v>
+      </c>
+      <c r="B434" t="s">
         <v>2156</v>
-      </c>
-[...1 lines deleted...]
-        <v>2157</v>
       </c>
       <c r="C434" t="s">
         <v>1038</v>
       </c>
       <c r="D434" t="s">
         <v>1057</v>
       </c>
       <c r="E434" t="s">
         <v>20</v>
       </c>
       <c r="F434" t="s">
         <v>59</v>
       </c>
       <c r="G434" t="s">
         <v>22</v>
       </c>
       <c r="H434">
         <v>2013</v>
       </c>
       <c r="I434"/>
       <c r="J434" t="s">
         <v>1039</v>
       </c>
       <c r="K434" t="s">
         <v>24</v>
       </c>
       <c r="L434" t="s">
+        <v>2157</v>
+      </c>
+      <c r="M434" t="s">
+        <v>1293</v>
+      </c>
+      <c r="N434" t="s">
+        <v>27</v>
+      </c>
+      <c r="O434" t="s">
         <v>2158</v>
       </c>
-      <c r="M434" t="s">
-[...5 lines deleted...]
-      <c r="O434" t="s">
+      <c r="P434" t="s">
         <v>2159</v>
-      </c>
-[...1 lines deleted...]
-        <v>2160</v>
       </c>
     </row>
     <row r="435" spans="1:16">
       <c r="A435" t="s">
+        <v>2160</v>
+      </c>
+      <c r="B435" t="s">
         <v>2161</v>
-      </c>
-[...1 lines deleted...]
-        <v>2162</v>
       </c>
       <c r="C435" t="s">
         <v>1038</v>
       </c>
       <c r="D435" t="s">
         <v>732</v>
       </c>
       <c r="E435" t="s">
         <v>20</v>
       </c>
       <c r="F435" t="s">
         <v>59</v>
       </c>
       <c r="G435" t="s">
         <v>22</v>
       </c>
       <c r="H435">
         <v>2012</v>
       </c>
       <c r="I435"/>
       <c r="J435" t="s">
         <v>1039</v>
       </c>
       <c r="K435" t="s">
         <v>24</v>
       </c>
       <c r="L435" t="s">
+        <v>2162</v>
+      </c>
+      <c r="M435" t="s">
+        <v>1293</v>
+      </c>
+      <c r="N435" t="s">
+        <v>27</v>
+      </c>
+      <c r="O435" t="s">
         <v>2163</v>
       </c>
-      <c r="M435" t="s">
-[...5 lines deleted...]
-      <c r="O435" t="s">
+      <c r="P435" t="s">
         <v>2164</v>
-      </c>
-[...1 lines deleted...]
-        <v>2165</v>
       </c>
     </row>
     <row r="436" spans="1:16">
       <c r="A436" t="s">
+        <v>2165</v>
+      </c>
+      <c r="B436" t="s">
         <v>2166</v>
-      </c>
-[...1 lines deleted...]
-        <v>2167</v>
       </c>
       <c r="C436" t="s">
         <v>1038</v>
       </c>
       <c r="D436" t="s">
-        <v>1724</v>
+        <v>1723</v>
       </c>
       <c r="E436" t="s">
         <v>20</v>
       </c>
       <c r="F436" t="s">
         <v>59</v>
       </c>
       <c r="G436" t="s">
         <v>22</v>
       </c>
       <c r="H436">
         <v>2012</v>
       </c>
       <c r="I436"/>
       <c r="J436" t="s">
-        <v>1504</v>
+        <v>1503</v>
       </c>
       <c r="K436" t="s">
         <v>24</v>
       </c>
       <c r="L436" t="s">
+        <v>2167</v>
+      </c>
+      <c r="M436" t="s">
+        <v>1293</v>
+      </c>
+      <c r="N436" t="s">
+        <v>27</v>
+      </c>
+      <c r="O436" t="s">
         <v>2168</v>
       </c>
-      <c r="M436" t="s">
-[...5 lines deleted...]
-      <c r="O436" t="s">
+      <c r="P436" t="s">
         <v>2169</v>
-      </c>
-[...1 lines deleted...]
-        <v>2170</v>
       </c>
     </row>
     <row r="437" spans="1:16">
       <c r="A437" t="s">
+        <v>2170</v>
+      </c>
+      <c r="B437" t="s">
         <v>2171</v>
-      </c>
-[...1 lines deleted...]
-        <v>2172</v>
       </c>
       <c r="C437" t="s">
         <v>1038</v>
       </c>
       <c r="D437" t="s">
         <v>305</v>
       </c>
       <c r="E437" t="s">
         <v>20</v>
       </c>
       <c r="F437" t="s">
         <v>59</v>
       </c>
       <c r="G437" t="s">
         <v>42</v>
       </c>
       <c r="H437">
         <v>2003</v>
       </c>
       <c r="I437">
         <v>2012</v>
       </c>
       <c r="J437" t="s">
         <v>1039</v>
       </c>
       <c r="K437" t="s">
         <v>24</v>
       </c>
       <c r="L437" t="s">
+        <v>2172</v>
+      </c>
+      <c r="M437" t="s">
+        <v>1293</v>
+      </c>
+      <c r="N437" t="s">
+        <v>27</v>
+      </c>
+      <c r="O437" t="s">
         <v>2173</v>
       </c>
-      <c r="M437" t="s">
-[...5 lines deleted...]
-      <c r="O437" t="s">
+      <c r="P437" t="s">
         <v>2174</v>
-      </c>
-[...1 lines deleted...]
-        <v>2175</v>
       </c>
     </row>
     <row r="438" spans="1:16">
       <c r="A438" t="s">
+        <v>2175</v>
+      </c>
+      <c r="B438" t="s">
         <v>2176</v>
-      </c>
-[...1 lines deleted...]
-        <v>2177</v>
       </c>
       <c r="C438" t="s">
         <v>1038</v>
       </c>
       <c r="D438" t="s">
         <v>613</v>
       </c>
       <c r="E438" t="s">
         <v>20</v>
       </c>
       <c r="F438" t="s">
         <v>59</v>
       </c>
       <c r="G438" t="s">
         <v>42</v>
       </c>
       <c r="H438">
         <v>2011</v>
       </c>
       <c r="I438">
         <v>2017</v>
       </c>
       <c r="J438" t="s">
         <v>1039</v>
       </c>
       <c r="K438" t="s">
         <v>583</v>
       </c>
       <c r="L438" t="s">
-        <v>2178</v>
+        <v>2177</v>
       </c>
       <c r="M438" t="s">
-        <v>1294</v>
+        <v>1293</v>
       </c>
       <c r="N438" t="s">
         <v>585</v>
       </c>
       <c r="O438" t="s">
+        <v>2178</v>
+      </c>
+      <c r="P438" t="s">
         <v>2179</v>
-      </c>
-[...1 lines deleted...]
-        <v>2180</v>
       </c>
     </row>
     <row r="439" spans="1:16">
       <c r="A439" t="s">
+        <v>2180</v>
+      </c>
+      <c r="B439" t="s">
         <v>2181</v>
-      </c>
-[...1 lines deleted...]
-        <v>2182</v>
       </c>
       <c r="C439" t="s">
         <v>1038</v>
       </c>
       <c r="D439" t="s">
         <v>370</v>
       </c>
       <c r="E439" t="s">
         <v>20</v>
       </c>
       <c r="F439" t="s">
         <v>59</v>
       </c>
       <c r="G439" t="s">
         <v>42</v>
       </c>
       <c r="H439">
         <v>2002</v>
       </c>
       <c r="I439">
         <v>2015</v>
       </c>
       <c r="J439" t="s">
         <v>1039</v>
       </c>
       <c r="K439" t="s">
         <v>24</v>
       </c>
       <c r="L439" t="s">
+        <v>2182</v>
+      </c>
+      <c r="M439" t="s">
+        <v>1293</v>
+      </c>
+      <c r="N439" t="s">
+        <v>27</v>
+      </c>
+      <c r="O439" t="s">
         <v>2183</v>
       </c>
-      <c r="M439" t="s">
-[...5 lines deleted...]
-      <c r="O439" t="s">
+      <c r="P439" t="s">
         <v>2184</v>
-      </c>
-[...1 lines deleted...]
-        <v>2185</v>
       </c>
     </row>
     <row r="440" spans="1:16">
       <c r="A440" t="s">
+        <v>2185</v>
+      </c>
+      <c r="B440" t="s">
         <v>2186</v>
-      </c>
-[...1 lines deleted...]
-        <v>2187</v>
       </c>
       <c r="C440" t="s">
         <v>1038</v>
       </c>
       <c r="D440" t="s">
         <v>844</v>
       </c>
       <c r="E440" t="s">
         <v>20</v>
       </c>
       <c r="F440" t="s">
         <v>59</v>
       </c>
       <c r="G440" t="s">
         <v>22</v>
       </c>
       <c r="H440">
         <v>2013</v>
       </c>
       <c r="I440"/>
       <c r="J440" t="s">
-        <v>1404</v>
+        <v>1403</v>
       </c>
       <c r="K440" t="s">
         <v>24</v>
       </c>
       <c r="L440" t="s">
+        <v>2187</v>
+      </c>
+      <c r="M440" t="s">
+        <v>1293</v>
+      </c>
+      <c r="N440" t="s">
+        <v>27</v>
+      </c>
+      <c r="O440" t="s">
         <v>2188</v>
       </c>
-      <c r="M440" t="s">
-[...5 lines deleted...]
-      <c r="O440" t="s">
+      <c r="P440" t="s">
         <v>2189</v>
-      </c>
-[...1 lines deleted...]
-        <v>2190</v>
       </c>
     </row>
     <row r="441" spans="1:16">
       <c r="A441" t="s">
+        <v>2190</v>
+      </c>
+      <c r="B441" t="s">
         <v>2191</v>
-      </c>
-[...1 lines deleted...]
-        <v>2192</v>
       </c>
       <c r="C441" t="s">
         <v>1038</v>
       </c>
       <c r="D441" t="s">
         <v>850</v>
       </c>
       <c r="E441" t="s">
         <v>20</v>
       </c>
       <c r="F441" t="s">
         <v>59</v>
       </c>
       <c r="G441" t="s">
         <v>22</v>
       </c>
       <c r="H441">
         <v>2012</v>
       </c>
       <c r="I441"/>
       <c r="J441" t="s">
         <v>1039</v>
       </c>
       <c r="K441" t="s">
         <v>24</v>
       </c>
       <c r="L441" t="s">
+        <v>2192</v>
+      </c>
+      <c r="M441" t="s">
+        <v>1293</v>
+      </c>
+      <c r="N441" t="s">
+        <v>27</v>
+      </c>
+      <c r="O441" t="s">
         <v>2193</v>
       </c>
-      <c r="M441" t="s">
-[...5 lines deleted...]
-      <c r="O441" t="s">
+      <c r="P441" t="s">
         <v>2194</v>
-      </c>
-[...1 lines deleted...]
-        <v>2195</v>
       </c>
     </row>
     <row r="442" spans="1:16">
       <c r="A442" t="s">
+        <v>2195</v>
+      </c>
+      <c r="B442" t="s">
         <v>2196</v>
-      </c>
-[...1 lines deleted...]
-        <v>2197</v>
       </c>
       <c r="C442" t="s">
         <v>1038</v>
       </c>
       <c r="D442" t="s">
-        <v>2198</v>
+        <v>2197</v>
       </c>
       <c r="E442" t="s">
         <v>20</v>
       </c>
       <c r="F442" t="s">
         <v>59</v>
       </c>
       <c r="G442" t="s">
         <v>42</v>
       </c>
       <c r="H442">
         <v>2001</v>
       </c>
       <c r="I442"/>
       <c r="J442" t="s">
         <v>1039</v>
       </c>
       <c r="K442" t="s">
         <v>24</v>
       </c>
       <c r="L442" t="s">
+        <v>2198</v>
+      </c>
+      <c r="M442" t="s">
+        <v>1293</v>
+      </c>
+      <c r="N442" t="s">
+        <v>27</v>
+      </c>
+      <c r="O442" t="s">
         <v>2199</v>
       </c>
-      <c r="M442" t="s">
-[...5 lines deleted...]
-      <c r="O442" t="s">
+      <c r="P442" t="s">
         <v>2200</v>
-      </c>
-[...1 lines deleted...]
-        <v>2201</v>
       </c>
     </row>
     <row r="443" spans="1:16">
       <c r="A443" t="s">
+        <v>2201</v>
+      </c>
+      <c r="B443" t="s">
         <v>2202</v>
-      </c>
-[...1 lines deleted...]
-        <v>2203</v>
       </c>
       <c r="C443" t="s">
         <v>1038</v>
       </c>
       <c r="D443" t="s">
         <v>947</v>
       </c>
       <c r="E443" t="s">
         <v>20</v>
       </c>
       <c r="F443" t="s">
         <v>59</v>
       </c>
       <c r="G443" t="s">
         <v>22</v>
       </c>
       <c r="H443">
         <v>2014</v>
       </c>
       <c r="I443"/>
       <c r="J443" t="s">
         <v>1039</v>
       </c>
       <c r="K443" t="s">
         <v>24</v>
       </c>
       <c r="L443" t="s">
+        <v>2203</v>
+      </c>
+      <c r="M443" t="s">
+        <v>1293</v>
+      </c>
+      <c r="N443" t="s">
+        <v>27</v>
+      </c>
+      <c r="O443" t="s">
         <v>2204</v>
       </c>
-      <c r="M443" t="s">
-[...5 lines deleted...]
-      <c r="O443" t="s">
+      <c r="P443" t="s">
         <v>2205</v>
-      </c>
-[...1 lines deleted...]
-        <v>2206</v>
       </c>
     </row>
     <row r="444" spans="1:16">
       <c r="A444" t="s">
+        <v>2206</v>
+      </c>
+      <c r="B444" t="s">
         <v>2207</v>
-      </c>
-[...1 lines deleted...]
-        <v>2208</v>
       </c>
       <c r="C444" t="s">
         <v>1038</v>
       </c>
       <c r="D444" t="s">
         <v>19</v>
       </c>
       <c r="E444" t="s">
         <v>20</v>
       </c>
       <c r="F444" t="s">
         <v>59</v>
       </c>
       <c r="G444" t="s">
         <v>42</v>
       </c>
       <c r="H444">
         <v>2013</v>
       </c>
       <c r="I444">
         <v>2017</v>
       </c>
       <c r="J444" t="s">
         <v>1039</v>
       </c>
       <c r="K444" t="s">
         <v>24</v>
       </c>
       <c r="L444" t="s">
+        <v>2208</v>
+      </c>
+      <c r="M444" t="s">
+        <v>1293</v>
+      </c>
+      <c r="N444" t="s">
+        <v>27</v>
+      </c>
+      <c r="O444" t="s">
         <v>2209</v>
       </c>
-      <c r="M444" t="s">
-[...5 lines deleted...]
-      <c r="O444" t="s">
+      <c r="P444" t="s">
         <v>2210</v>
-      </c>
-[...1 lines deleted...]
-        <v>2211</v>
       </c>
     </row>
     <row r="445" spans="1:16">
       <c r="A445" t="s">
+        <v>2211</v>
+      </c>
+      <c r="B445" t="s">
         <v>2212</v>
-      </c>
-[...1 lines deleted...]
-        <v>2213</v>
       </c>
       <c r="C445" t="s">
         <v>1038</v>
       </c>
       <c r="D445" t="s">
         <v>774</v>
       </c>
       <c r="E445" t="s">
         <v>20</v>
       </c>
       <c r="F445" t="s">
         <v>59</v>
       </c>
       <c r="G445" t="s">
         <v>42</v>
       </c>
       <c r="H445">
         <v>2011</v>
       </c>
       <c r="I445"/>
       <c r="J445" t="s">
         <v>1039</v>
       </c>
       <c r="K445" t="s">
         <v>24</v>
       </c>
       <c r="L445" t="s">
+        <v>2213</v>
+      </c>
+      <c r="M445" t="s">
+        <v>1293</v>
+      </c>
+      <c r="N445" t="s">
+        <v>27</v>
+      </c>
+      <c r="O445" t="s">
         <v>2214</v>
       </c>
-      <c r="M445" t="s">
-[...5 lines deleted...]
-      <c r="O445" t="s">
+      <c r="P445" t="s">
         <v>2215</v>
-      </c>
-[...1 lines deleted...]
-        <v>2216</v>
       </c>
     </row>
     <row r="446" spans="1:16">
       <c r="A446" t="s">
+        <v>2216</v>
+      </c>
+      <c r="B446" t="s">
         <v>2217</v>
-      </c>
-[...1 lines deleted...]
-        <v>2218</v>
       </c>
       <c r="C446" t="s">
         <v>1038</v>
       </c>
       <c r="D446" t="s">
         <v>344</v>
       </c>
       <c r="E446" t="s">
         <v>20</v>
       </c>
       <c r="F446" t="s">
         <v>59</v>
       </c>
       <c r="G446" t="s">
         <v>22</v>
       </c>
       <c r="H446">
         <v>1998</v>
       </c>
       <c r="I446"/>
       <c r="J446" t="s">
         <v>1039</v>
       </c>
       <c r="K446" t="s">
         <v>24</v>
       </c>
       <c r="L446" t="s">
-        <v>2219</v>
+        <v>2218</v>
       </c>
       <c r="M446" t="s">
-        <v>1294</v>
+        <v>1293</v>
       </c>
       <c r="N446" t="s">
         <v>100</v>
       </c>
       <c r="O446" t="s">
+        <v>2219</v>
+      </c>
+      <c r="P446" t="s">
         <v>2220</v>
-      </c>
-[...1 lines deleted...]
-        <v>2221</v>
       </c>
     </row>
     <row r="447" spans="1:16">
       <c r="A447" t="s">
+        <v>2221</v>
+      </c>
+      <c r="B447" t="s">
         <v>2222</v>
-      </c>
-[...1 lines deleted...]
-        <v>2223</v>
       </c>
       <c r="C447" t="s">
         <v>1038</v>
       </c>
       <c r="D447" t="s">
         <v>305</v>
       </c>
       <c r="E447" t="s">
         <v>20</v>
       </c>
       <c r="F447" t="s">
         <v>59</v>
       </c>
       <c r="G447" t="s">
         <v>22</v>
       </c>
       <c r="H447">
         <v>2018</v>
       </c>
       <c r="I447"/>
       <c r="J447" t="s">
         <v>1039</v>
       </c>
       <c r="K447" t="s">
         <v>24</v>
       </c>
       <c r="L447" t="s">
+        <v>2223</v>
+      </c>
+      <c r="M447" t="s">
+        <v>1293</v>
+      </c>
+      <c r="N447" t="s">
+        <v>27</v>
+      </c>
+      <c r="O447" t="s">
         <v>2224</v>
       </c>
-      <c r="M447" t="s">
-[...5 lines deleted...]
-      <c r="O447" t="s">
+      <c r="P447" t="s">
         <v>2225</v>
-      </c>
-[...1 lines deleted...]
-        <v>2226</v>
       </c>
     </row>
     <row r="448" spans="1:16">
       <c r="A448" t="s">
+        <v>2226</v>
+      </c>
+      <c r="B448" t="s">
         <v>2227</v>
-      </c>
-[...1 lines deleted...]
-        <v>2228</v>
       </c>
       <c r="C448" t="s">
         <v>1038</v>
       </c>
       <c r="D448" t="s">
         <v>305</v>
       </c>
       <c r="E448" t="s">
         <v>20</v>
       </c>
       <c r="F448" t="s">
         <v>59</v>
       </c>
       <c r="G448" t="s">
         <v>22</v>
       </c>
       <c r="H448">
         <v>2018</v>
       </c>
       <c r="I448"/>
       <c r="J448" t="s">
         <v>1039</v>
       </c>
       <c r="K448" t="s">
         <v>24</v>
       </c>
       <c r="L448" t="s">
+        <v>2228</v>
+      </c>
+      <c r="M448" t="s">
+        <v>1293</v>
+      </c>
+      <c r="N448" t="s">
+        <v>27</v>
+      </c>
+      <c r="O448" t="s">
         <v>2229</v>
       </c>
-      <c r="M448" t="s">
-[...5 lines deleted...]
-      <c r="O448" t="s">
+      <c r="P448" t="s">
         <v>2230</v>
-      </c>
-[...1 lines deleted...]
-        <v>2231</v>
       </c>
     </row>
     <row r="449" spans="1:16">
       <c r="A449" t="s">
+        <v>2231</v>
+      </c>
+      <c r="B449" t="s">
         <v>2232</v>
-      </c>
-[...1 lines deleted...]
-        <v>2233</v>
       </c>
       <c r="C449" t="s">
         <v>1038</v>
       </c>
       <c r="D449" t="s">
         <v>248</v>
       </c>
       <c r="E449" t="s">
         <v>20</v>
       </c>
       <c r="F449" t="s">
         <v>59</v>
       </c>
       <c r="G449" t="s">
         <v>42</v>
       </c>
       <c r="H449">
         <v>2013</v>
       </c>
       <c r="I449">
         <v>2021</v>
       </c>
       <c r="J449" t="s">
         <v>1039</v>
       </c>
       <c r="K449" t="s">
         <v>24</v>
       </c>
       <c r="L449" t="s">
+        <v>2233</v>
+      </c>
+      <c r="M449" t="s">
+        <v>1293</v>
+      </c>
+      <c r="N449" t="s">
+        <v>27</v>
+      </c>
+      <c r="O449" t="s">
         <v>2234</v>
       </c>
-      <c r="M449" t="s">
-[...5 lines deleted...]
-      <c r="O449" t="s">
+      <c r="P449" t="s">
         <v>2235</v>
-      </c>
-[...1 lines deleted...]
-        <v>2236</v>
       </c>
     </row>
     <row r="450" spans="1:16">
       <c r="A450" t="s">
+        <v>2236</v>
+      </c>
+      <c r="B450" t="s">
         <v>2237</v>
-      </c>
-[...1 lines deleted...]
-        <v>2238</v>
       </c>
       <c r="C450" t="s">
         <v>1038</v>
       </c>
       <c r="D450" t="s">
         <v>651</v>
       </c>
       <c r="E450" t="s">
         <v>20</v>
       </c>
       <c r="F450" t="s">
         <v>59</v>
       </c>
       <c r="G450" t="s">
         <v>42</v>
       </c>
       <c r="H450">
         <v>2002</v>
       </c>
       <c r="I450">
         <v>2021</v>
       </c>
       <c r="J450" t="s">
         <v>1039</v>
       </c>
       <c r="K450" t="s">
         <v>24</v>
       </c>
       <c r="L450" t="s">
+        <v>2238</v>
+      </c>
+      <c r="M450" t="s">
+        <v>1293</v>
+      </c>
+      <c r="N450" t="s">
+        <v>27</v>
+      </c>
+      <c r="O450" t="s">
         <v>2239</v>
       </c>
-      <c r="M450" t="s">
-[...5 lines deleted...]
-      <c r="O450" t="s">
+      <c r="P450" t="s">
         <v>2240</v>
-      </c>
-[...1 lines deleted...]
-        <v>2241</v>
       </c>
     </row>
     <row r="451" spans="1:16">
       <c r="A451" t="s">
+        <v>2241</v>
+      </c>
+      <c r="B451" t="s">
         <v>2242</v>
-      </c>
-[...1 lines deleted...]
-        <v>2243</v>
       </c>
       <c r="C451" t="s">
         <v>1038</v>
       </c>
       <c r="D451" t="s">
         <v>135</v>
       </c>
       <c r="E451" t="s">
         <v>20</v>
       </c>
       <c r="F451" t="s">
         <v>59</v>
       </c>
       <c r="G451" t="s">
         <v>42</v>
       </c>
       <c r="H451">
         <v>2003</v>
       </c>
       <c r="I451">
         <v>2021</v>
       </c>
       <c r="J451" t="s">
         <v>1039</v>
       </c>
       <c r="K451" t="s">
         <v>24</v>
       </c>
       <c r="L451" t="s">
+        <v>2243</v>
+      </c>
+      <c r="M451" t="s">
+        <v>1293</v>
+      </c>
+      <c r="N451" t="s">
+        <v>27</v>
+      </c>
+      <c r="O451" t="s">
         <v>2244</v>
       </c>
-      <c r="M451" t="s">
-[...5 lines deleted...]
-      <c r="O451" t="s">
+      <c r="P451" t="s">
         <v>2245</v>
-      </c>
-[...1 lines deleted...]
-        <v>2246</v>
       </c>
     </row>
     <row r="452" spans="1:16">
       <c r="A452" t="s">
+        <v>2246</v>
+      </c>
+      <c r="B452" t="s">
         <v>2247</v>
-      </c>
-[...1 lines deleted...]
-        <v>2248</v>
       </c>
       <c r="C452" t="s">
         <v>1038</v>
       </c>
       <c r="D452" t="s">
         <v>402</v>
       </c>
       <c r="E452" t="s">
         <v>20</v>
       </c>
       <c r="F452" t="s">
         <v>59</v>
       </c>
       <c r="G452" t="s">
         <v>22</v>
       </c>
       <c r="H452">
         <v>2012</v>
       </c>
       <c r="I452"/>
       <c r="J452" t="s">
         <v>1039</v>
       </c>
       <c r="K452" t="s">
         <v>24</v>
       </c>
       <c r="L452" t="s">
+        <v>2248</v>
+      </c>
+      <c r="M452" t="s">
+        <v>1293</v>
+      </c>
+      <c r="N452" t="s">
+        <v>27</v>
+      </c>
+      <c r="O452" t="s">
         <v>2249</v>
       </c>
-      <c r="M452" t="s">
-[...5 lines deleted...]
-      <c r="O452" t="s">
+      <c r="P452" t="s">
         <v>2250</v>
-      </c>
-[...1 lines deleted...]
-        <v>2251</v>
       </c>
     </row>
     <row r="453" spans="1:16">
       <c r="A453" t="s">
+        <v>2251</v>
+      </c>
+      <c r="B453" t="s">
         <v>2252</v>
-      </c>
-[...1 lines deleted...]
-        <v>2253</v>
       </c>
       <c r="C453" t="s">
         <v>1038</v>
       </c>
       <c r="D453" t="s">
         <v>322</v>
       </c>
       <c r="E453" t="s">
         <v>20</v>
       </c>
       <c r="F453" t="s">
         <v>59</v>
       </c>
       <c r="G453" t="s">
         <v>42</v>
       </c>
       <c r="H453">
         <v>2004</v>
       </c>
       <c r="I453">
         <v>2012</v>
       </c>
       <c r="J453" t="s">
         <v>1039</v>
       </c>
       <c r="K453" t="s">
         <v>24</v>
       </c>
       <c r="L453" t="s">
+        <v>2253</v>
+      </c>
+      <c r="M453" t="s">
+        <v>1293</v>
+      </c>
+      <c r="N453" t="s">
+        <v>27</v>
+      </c>
+      <c r="O453" t="s">
         <v>2254</v>
       </c>
-      <c r="M453" t="s">
-[...5 lines deleted...]
-      <c r="O453" t="s">
+      <c r="P453" t="s">
         <v>2255</v>
-      </c>
-[...1 lines deleted...]
-        <v>2256</v>
       </c>
     </row>
     <row r="454" spans="1:16">
       <c r="A454" t="s">
+        <v>2256</v>
+      </c>
+      <c r="B454" t="s">
         <v>2257</v>
-      </c>
-[...1 lines deleted...]
-        <v>2258</v>
       </c>
       <c r="C454" t="s">
         <v>1038</v>
       </c>
       <c r="D454" t="s">
-        <v>2259</v>
+        <v>2258</v>
       </c>
       <c r="E454" t="s">
         <v>20</v>
       </c>
       <c r="F454" t="s">
         <v>59</v>
       </c>
       <c r="G454" t="s">
         <v>22</v>
       </c>
       <c r="H454">
         <v>2014</v>
       </c>
       <c r="I454"/>
       <c r="J454" t="s">
-        <v>1504</v>
+        <v>1503</v>
       </c>
       <c r="K454" t="s">
         <v>24</v>
       </c>
       <c r="L454" t="s">
+        <v>2259</v>
+      </c>
+      <c r="M454" t="s">
+        <v>1293</v>
+      </c>
+      <c r="N454" t="s">
+        <v>27</v>
+      </c>
+      <c r="O454" t="s">
         <v>2260</v>
       </c>
-      <c r="M454" t="s">
-[...5 lines deleted...]
-      <c r="O454" t="s">
+      <c r="P454" t="s">
         <v>2261</v>
-      </c>
-[...1 lines deleted...]
-        <v>2262</v>
       </c>
     </row>
     <row r="455" spans="1:16">
       <c r="A455" t="s">
+        <v>2262</v>
+      </c>
+      <c r="B455" t="s">
         <v>2263</v>
-      </c>
-[...1 lines deleted...]
-        <v>2264</v>
       </c>
       <c r="C455" t="s">
         <v>1038</v>
       </c>
       <c r="D455" t="s">
         <v>391</v>
       </c>
       <c r="E455" t="s">
         <v>20</v>
       </c>
       <c r="F455" t="s">
         <v>59</v>
       </c>
       <c r="G455" t="s">
         <v>22</v>
       </c>
       <c r="H455">
         <v>2015</v>
       </c>
       <c r="I455"/>
       <c r="J455" t="s">
         <v>1039</v>
       </c>
       <c r="K455" t="s">
         <v>24</v>
       </c>
       <c r="L455" t="s">
+        <v>2264</v>
+      </c>
+      <c r="M455" t="s">
+        <v>1293</v>
+      </c>
+      <c r="N455" t="s">
+        <v>27</v>
+      </c>
+      <c r="O455" t="s">
         <v>2265</v>
       </c>
-      <c r="M455" t="s">
-[...5 lines deleted...]
-      <c r="O455" t="s">
+      <c r="P455" t="s">
         <v>2266</v>
-      </c>
-[...1 lines deleted...]
-        <v>2267</v>
       </c>
     </row>
     <row r="456" spans="1:16">
       <c r="A456" t="s">
+        <v>2267</v>
+      </c>
+      <c r="B456" t="s">
         <v>2268</v>
-      </c>
-[...1 lines deleted...]
-        <v>2269</v>
       </c>
       <c r="C456" t="s">
         <v>1038</v>
       </c>
       <c r="D456" t="s">
-        <v>1378</v>
+        <v>1377</v>
       </c>
       <c r="E456" t="s">
         <v>20</v>
       </c>
       <c r="F456" t="s">
         <v>59</v>
       </c>
       <c r="G456" t="s">
         <v>22</v>
       </c>
       <c r="H456">
         <v>2012</v>
       </c>
       <c r="I456"/>
       <c r="J456" t="s">
         <v>1039</v>
       </c>
       <c r="K456" t="s">
         <v>24</v>
       </c>
       <c r="L456" t="s">
+        <v>2269</v>
+      </c>
+      <c r="M456" t="s">
+        <v>1293</v>
+      </c>
+      <c r="N456" t="s">
+        <v>27</v>
+      </c>
+      <c r="O456" t="s">
         <v>2270</v>
       </c>
-      <c r="M456" t="s">
-[...5 lines deleted...]
-      <c r="O456" t="s">
+      <c r="P456" t="s">
         <v>2271</v>
-      </c>
-[...1 lines deleted...]
-        <v>2272</v>
       </c>
     </row>
     <row r="457" spans="1:16">
       <c r="A457" t="s">
+        <v>2272</v>
+      </c>
+      <c r="B457" t="s">
         <v>2273</v>
-      </c>
-[...1 lines deleted...]
-        <v>2274</v>
       </c>
       <c r="C457" t="s">
         <v>1038</v>
       </c>
       <c r="D457" t="s">
         <v>757</v>
       </c>
       <c r="E457" t="s">
         <v>20</v>
       </c>
       <c r="F457" t="s">
         <v>59</v>
       </c>
       <c r="G457" t="s">
         <v>22</v>
       </c>
       <c r="H457">
         <v>2004</v>
       </c>
       <c r="I457"/>
       <c r="J457" t="s">
         <v>1039</v>
       </c>
       <c r="K457" t="s">
         <v>24</v>
       </c>
       <c r="L457" t="s">
+        <v>2274</v>
+      </c>
+      <c r="M457" t="s">
+        <v>1293</v>
+      </c>
+      <c r="N457" t="s">
+        <v>27</v>
+      </c>
+      <c r="O457" t="s">
         <v>2275</v>
       </c>
-      <c r="M457" t="s">
-[...5 lines deleted...]
-      <c r="O457" t="s">
+      <c r="P457" t="s">
         <v>2276</v>
-      </c>
-[...1 lines deleted...]
-        <v>2277</v>
       </c>
     </row>
     <row r="458" spans="1:16">
       <c r="A458" t="s">
+        <v>2277</v>
+      </c>
+      <c r="B458" t="s">
         <v>2278</v>
-      </c>
-[...1 lines deleted...]
-        <v>2279</v>
       </c>
       <c r="C458" t="s">
         <v>1038</v>
       </c>
       <c r="D458" t="s">
         <v>269</v>
       </c>
       <c r="E458" t="s">
         <v>20</v>
       </c>
       <c r="F458" t="s">
         <v>59</v>
       </c>
       <c r="G458" t="s">
         <v>42</v>
       </c>
       <c r="H458">
         <v>2015</v>
       </c>
       <c r="I458">
         <v>2021</v>
       </c>
       <c r="J458" t="s">
         <v>1039</v>
       </c>
       <c r="K458" t="s">
         <v>24</v>
       </c>
       <c r="L458" t="s">
+        <v>2279</v>
+      </c>
+      <c r="M458" t="s">
+        <v>1293</v>
+      </c>
+      <c r="N458" t="s">
+        <v>27</v>
+      </c>
+      <c r="O458" t="s">
         <v>2280</v>
       </c>
-      <c r="M458" t="s">
-[...5 lines deleted...]
-      <c r="O458" t="s">
+      <c r="P458" t="s">
         <v>2281</v>
-      </c>
-[...1 lines deleted...]
-        <v>2282</v>
       </c>
     </row>
     <row r="459" spans="1:16">
       <c r="A459" t="s">
+        <v>2282</v>
+      </c>
+      <c r="B459" t="s">
         <v>2283</v>
-      </c>
-[...1 lines deleted...]
-        <v>2284</v>
       </c>
       <c r="C459" t="s">
         <v>1038</v>
       </c>
       <c r="D459" t="s">
         <v>105</v>
       </c>
       <c r="E459" t="s">
         <v>20</v>
       </c>
       <c r="F459" t="s">
         <v>59</v>
       </c>
       <c r="G459" t="s">
         <v>22</v>
       </c>
       <c r="H459">
         <v>2014</v>
       </c>
       <c r="I459"/>
       <c r="J459" t="s">
         <v>1039</v>
       </c>
       <c r="K459" t="s">
         <v>24</v>
       </c>
       <c r="L459" t="s">
+        <v>2284</v>
+      </c>
+      <c r="M459" t="s">
+        <v>1293</v>
+      </c>
+      <c r="N459" t="s">
+        <v>27</v>
+      </c>
+      <c r="O459" t="s">
         <v>2285</v>
       </c>
-      <c r="M459" t="s">
-[...5 lines deleted...]
-      <c r="O459" t="s">
+      <c r="P459" t="s">
         <v>2286</v>
-      </c>
-[...1 lines deleted...]
-        <v>2287</v>
       </c>
     </row>
     <row r="460" spans="1:16">
       <c r="A460" t="s">
+        <v>2287</v>
+      </c>
+      <c r="B460" t="s">
         <v>2288</v>
-      </c>
-[...1 lines deleted...]
-        <v>2289</v>
       </c>
       <c r="C460" t="s">
         <v>1038</v>
       </c>
       <c r="D460" t="s">
         <v>19</v>
       </c>
       <c r="E460" t="s">
         <v>20</v>
       </c>
       <c r="F460" t="s">
         <v>21</v>
       </c>
       <c r="G460" t="s">
         <v>42</v>
       </c>
       <c r="H460">
         <v>2001</v>
       </c>
       <c r="I460">
         <v>2019</v>
       </c>
       <c r="J460" t="s">
         <v>1039</v>
       </c>
       <c r="K460" t="s">
         <v>24</v>
       </c>
       <c r="L460" t="s">
-        <v>2290</v>
+        <v>2289</v>
       </c>
       <c r="M460" t="s">
         <v>1041</v>
       </c>
       <c r="N460" t="s">
         <v>27</v>
       </c>
       <c r="O460" t="s">
+        <v>2290</v>
+      </c>
+      <c r="P460" t="s">
         <v>2291</v>
-      </c>
-[...1 lines deleted...]
-        <v>2292</v>
       </c>
     </row>
     <row r="461" spans="1:16">
       <c r="A461" t="s">
+        <v>2292</v>
+      </c>
+      <c r="B461" t="s">
         <v>2293</v>
-      </c>
-[...1 lines deleted...]
-        <v>2294</v>
       </c>
       <c r="C461" t="s">
         <v>1038</v>
       </c>
       <c r="D461" t="s">
         <v>135</v>
       </c>
       <c r="E461" t="s">
         <v>20</v>
       </c>
       <c r="F461" t="s">
         <v>21</v>
       </c>
       <c r="G461" t="s">
         <v>42</v>
       </c>
       <c r="H461">
         <v>1995</v>
       </c>
       <c r="I461">
         <v>2019</v>
       </c>
       <c r="J461" t="s">
         <v>1046</v>
       </c>
       <c r="K461" t="s">
         <v>24</v>
       </c>
       <c r="L461" t="s">
-        <v>2295</v>
+        <v>2294</v>
       </c>
       <c r="M461" t="s">
         <v>1041</v>
       </c>
       <c r="N461" t="s">
         <v>27</v>
       </c>
       <c r="O461" t="s">
+        <v>2295</v>
+      </c>
+      <c r="P461" t="s">
         <v>2296</v>
-      </c>
-[...1 lines deleted...]
-        <v>2297</v>
       </c>
     </row>
     <row r="462" spans="1:16">
       <c r="A462" t="s">
+        <v>2297</v>
+      </c>
+      <c r="B462" t="s">
         <v>2298</v>
-      </c>
-[...1 lines deleted...]
-        <v>2299</v>
       </c>
       <c r="C462" t="s">
         <v>1038</v>
       </c>
       <c r="D462" t="s">
         <v>706</v>
       </c>
       <c r="E462" t="s">
         <v>20</v>
       </c>
       <c r="F462" t="s">
         <v>21</v>
       </c>
       <c r="G462" t="s">
-        <v>1265</v>
+        <v>1284</v>
       </c>
       <c r="H462">
         <v>2021</v>
       </c>
       <c r="I462"/>
       <c r="J462" t="s">
         <v>1046</v>
       </c>
       <c r="K462" t="s">
         <v>24</v>
       </c>
       <c r="L462" t="s">
-        <v>2300</v>
+        <v>2299</v>
       </c>
       <c r="M462" t="s">
         <v>1080</v>
       </c>
       <c r="N462" t="s">
         <v>27</v>
       </c>
       <c r="O462" t="s">
+        <v>2300</v>
+      </c>
+      <c r="P462" t="s">
         <v>2301</v>
-      </c>
-[...1 lines deleted...]
-        <v>2302</v>
       </c>
     </row>
     <row r="463" spans="1:16">
       <c r="A463" t="s">
+        <v>2302</v>
+      </c>
+      <c r="B463" t="s">
         <v>2303</v>
-      </c>
-[...1 lines deleted...]
-        <v>2304</v>
       </c>
       <c r="C463" t="s">
         <v>1038</v>
       </c>
       <c r="D463" t="s">
-        <v>1335</v>
+        <v>1334</v>
       </c>
       <c r="E463" t="s">
         <v>20</v>
       </c>
       <c r="F463" t="s">
         <v>21</v>
       </c>
       <c r="G463" t="s">
         <v>42</v>
       </c>
       <c r="H463">
         <v>2014</v>
       </c>
       <c r="I463">
         <v>2019</v>
       </c>
       <c r="J463" t="s">
         <v>1046</v>
       </c>
       <c r="K463" t="s">
         <v>24</v>
       </c>
       <c r="L463" t="s">
-        <v>2305</v>
+        <v>2304</v>
       </c>
       <c r="M463" t="s">
         <v>1041</v>
       </c>
       <c r="N463" t="s">
         <v>27</v>
       </c>
       <c r="O463" t="s">
+        <v>2305</v>
+      </c>
+      <c r="P463" t="s">
         <v>2306</v>
-      </c>
-[...1 lines deleted...]
-        <v>2307</v>
       </c>
     </row>
     <row r="464" spans="1:16">
       <c r="A464" t="s">
+        <v>2307</v>
+      </c>
+      <c r="B464" t="s">
         <v>2308</v>
-      </c>
-[...1 lines deleted...]
-        <v>2309</v>
       </c>
       <c r="C464" t="s">
         <v>1038</v>
       </c>
       <c r="D464" t="s">
         <v>947</v>
       </c>
       <c r="E464" t="s">
         <v>20</v>
       </c>
       <c r="F464" t="s">
         <v>21</v>
       </c>
       <c r="G464" t="s">
         <v>42</v>
       </c>
       <c r="H464">
         <v>2012</v>
       </c>
       <c r="I464">
         <v>2019</v>
       </c>
       <c r="J464" t="s">
         <v>1217</v>
       </c>
       <c r="K464" t="s">
         <v>24</v>
       </c>
       <c r="L464" t="s">
-        <v>2310</v>
+        <v>2309</v>
       </c>
       <c r="M464" t="s">
         <v>1041</v>
       </c>
       <c r="N464" t="s">
         <v>27</v>
       </c>
       <c r="O464" t="s">
+        <v>2310</v>
+      </c>
+      <c r="P464" t="s">
         <v>2311</v>
-      </c>
-[...1 lines deleted...]
-        <v>2312</v>
       </c>
     </row>
     <row r="465" spans="1:16">
       <c r="A465" t="s">
+        <v>2312</v>
+      </c>
+      <c r="B465" t="s">
         <v>2313</v>
-      </c>
-[...1 lines deleted...]
-        <v>2314</v>
       </c>
       <c r="C465" t="s">
         <v>1038</v>
       </c>
       <c r="D465" t="s">
-        <v>2147</v>
+        <v>2146</v>
       </c>
       <c r="E465" t="s">
         <v>20</v>
       </c>
       <c r="F465" t="s">
         <v>21</v>
       </c>
       <c r="G465" t="s">
         <v>42</v>
       </c>
       <c r="H465">
         <v>2001</v>
       </c>
       <c r="I465">
         <v>2019</v>
       </c>
       <c r="J465" t="s">
         <v>1046</v>
       </c>
       <c r="K465" t="s">
         <v>24</v>
       </c>
       <c r="L465" t="s">
-        <v>2315</v>
+        <v>2314</v>
       </c>
       <c r="M465" t="s">
         <v>1041</v>
       </c>
       <c r="N465" t="s">
         <v>27</v>
       </c>
       <c r="O465" t="s">
+        <v>2315</v>
+      </c>
+      <c r="P465" t="s">
         <v>2316</v>
-      </c>
-[...1 lines deleted...]
-        <v>2317</v>
       </c>
     </row>
     <row r="466" spans="1:16">
       <c r="A466" t="s">
+        <v>2317</v>
+      </c>
+      <c r="B466" t="s">
         <v>2318</v>
-      </c>
-[...1 lines deleted...]
-        <v>2319</v>
       </c>
       <c r="C466" t="s">
         <v>1038</v>
       </c>
       <c r="D466" t="s">
         <v>651</v>
       </c>
       <c r="E466" t="s">
         <v>20</v>
       </c>
       <c r="F466" t="s">
         <v>21</v>
       </c>
       <c r="G466" t="s">
         <v>42</v>
       </c>
       <c r="H466">
         <v>1995</v>
       </c>
       <c r="I466">
         <v>2019</v>
       </c>
       <c r="J466" t="s">
         <v>1046</v>
       </c>
       <c r="K466" t="s">
         <v>24</v>
       </c>
       <c r="L466" t="s">
-        <v>2320</v>
+        <v>2319</v>
       </c>
       <c r="M466" t="s">
         <v>1041</v>
       </c>
       <c r="N466" t="s">
         <v>27</v>
       </c>
       <c r="O466" t="s">
+        <v>2320</v>
+      </c>
+      <c r="P466" t="s">
         <v>2321</v>
-      </c>
-[...1 lines deleted...]
-        <v>2322</v>
       </c>
     </row>
     <row r="467" spans="1:16">
       <c r="A467" t="s">
+        <v>2322</v>
+      </c>
+      <c r="B467" t="s">
         <v>2323</v>
-      </c>
-[...1 lines deleted...]
-        <v>2324</v>
       </c>
       <c r="C467" t="s">
         <v>1038</v>
       </c>
       <c r="D467" t="s">
         <v>1078</v>
       </c>
       <c r="E467" t="s">
         <v>20</v>
       </c>
       <c r="F467" t="s">
         <v>21</v>
       </c>
       <c r="G467" t="s">
         <v>42</v>
       </c>
       <c r="H467">
         <v>2004</v>
       </c>
       <c r="I467">
         <v>2019</v>
       </c>
       <c r="J467" t="s">
         <v>1046</v>
       </c>
       <c r="K467" t="s">
         <v>24</v>
       </c>
       <c r="L467" t="s">
-        <v>2325</v>
+        <v>2324</v>
       </c>
       <c r="M467" t="s">
         <v>1041</v>
       </c>
       <c r="N467" t="s">
         <v>27</v>
       </c>
       <c r="O467" t="s">
+        <v>2325</v>
+      </c>
+      <c r="P467" t="s">
         <v>2326</v>
-      </c>
-[...1 lines deleted...]
-        <v>2327</v>
       </c>
     </row>
     <row r="468" spans="1:16">
       <c r="A468" t="s">
+        <v>2327</v>
+      </c>
+      <c r="B468" t="s">
         <v>2328</v>
-      </c>
-[...1 lines deleted...]
-        <v>2329</v>
       </c>
       <c r="C468" t="s">
         <v>1038</v>
       </c>
       <c r="D468" t="s">
         <v>732</v>
       </c>
       <c r="E468" t="s">
         <v>20</v>
       </c>
       <c r="F468" t="s">
         <v>21</v>
       </c>
       <c r="G468" t="s">
         <v>42</v>
       </c>
       <c r="H468">
         <v>2011</v>
       </c>
       <c r="I468">
         <v>2019</v>
       </c>
       <c r="J468" t="s">
         <v>1046</v>
       </c>
       <c r="K468" t="s">
         <v>24</v>
       </c>
       <c r="L468" t="s">
-        <v>2330</v>
+        <v>2329</v>
       </c>
       <c r="M468" t="s">
         <v>1041</v>
       </c>
       <c r="N468" t="s">
         <v>27</v>
       </c>
       <c r="O468" t="s">
+        <v>2330</v>
+      </c>
+      <c r="P468" t="s">
         <v>2331</v>
-      </c>
-[...1 lines deleted...]
-        <v>2332</v>
       </c>
     </row>
     <row r="469" spans="1:16">
       <c r="A469" t="s">
+        <v>2332</v>
+      </c>
+      <c r="B469" t="s">
         <v>2333</v>
-      </c>
-[...1 lines deleted...]
-        <v>2334</v>
       </c>
       <c r="C469" t="s">
         <v>1105</v>
       </c>
       <c r="D469" t="s">
         <v>72</v>
       </c>
       <c r="E469" t="s">
         <v>20</v>
       </c>
       <c r="F469" t="s">
         <v>59</v>
       </c>
       <c r="G469" t="s">
         <v>42</v>
       </c>
       <c r="H469">
         <v>2004</v>
       </c>
       <c r="I469">
         <v>2020</v>
       </c>
       <c r="J469" t="s">
         <v>1217</v>
       </c>
       <c r="K469" t="s">
         <v>24</v>
       </c>
       <c r="L469" t="s">
-        <v>1299</v>
+        <v>1298</v>
       </c>
       <c r="M469" t="s">
+        <v>2334</v>
+      </c>
+      <c r="N469" t="s">
+        <v>27</v>
+      </c>
+      <c r="O469" t="s">
         <v>2335</v>
       </c>
-      <c r="N469" t="s">
-[...2 lines deleted...]
-      <c r="O469" t="s">
+      <c r="P469" t="s">
         <v>2336</v>
-      </c>
-[...1 lines deleted...]
-        <v>2337</v>
       </c>
     </row>
     <row r="470" spans="1:16">
       <c r="A470" t="s">
+        <v>2337</v>
+      </c>
+      <c r="B470" t="s">
         <v>2338</v>
-      </c>
-[...1 lines deleted...]
-        <v>2339</v>
       </c>
       <c r="C470" t="s">
         <v>1105</v>
       </c>
       <c r="D470" t="s">
         <v>156</v>
       </c>
       <c r="E470" t="s">
         <v>20</v>
       </c>
       <c r="F470" t="s">
         <v>59</v>
       </c>
       <c r="G470" t="s">
         <v>42</v>
       </c>
       <c r="H470">
         <v>2013</v>
       </c>
       <c r="I470">
         <v>2020</v>
       </c>
       <c r="J470" t="s">
         <v>23</v>
       </c>
       <c r="K470" t="s">
         <v>24</v>
       </c>
       <c r="L470" t="s">
+        <v>2339</v>
+      </c>
+      <c r="M470" t="s">
         <v>2340</v>
       </c>
-      <c r="M470" t="s">
+      <c r="N470" t="s">
+        <v>27</v>
+      </c>
+      <c r="O470" t="s">
         <v>2341</v>
       </c>
-      <c r="N470" t="s">
-[...2 lines deleted...]
-      <c r="O470" t="s">
+      <c r="P470" t="s">
         <v>2342</v>
-      </c>
-[...1 lines deleted...]
-        <v>2343</v>
       </c>
     </row>
     <row r="471" spans="1:16">
       <c r="A471" t="s">
+        <v>2343</v>
+      </c>
+      <c r="B471" t="s">
         <v>2344</v>
-      </c>
-[...1 lines deleted...]
-        <v>2345</v>
       </c>
       <c r="C471" t="s">
         <v>1105</v>
       </c>
       <c r="D471" t="s">
         <v>947</v>
       </c>
       <c r="E471" t="s">
         <v>20</v>
       </c>
       <c r="F471" t="s">
         <v>59</v>
       </c>
       <c r="G471" t="s">
         <v>42</v>
       </c>
       <c r="H471">
         <v>2013</v>
       </c>
       <c r="I471">
         <v>2020</v>
       </c>
       <c r="J471" t="s">
         <v>23</v>
       </c>
       <c r="K471" t="s">
         <v>645</v>
       </c>
       <c r="L471" t="s">
+        <v>2345</v>
+      </c>
+      <c r="M471" t="s">
+        <v>2334</v>
+      </c>
+      <c r="N471" t="s">
+        <v>27</v>
+      </c>
+      <c r="O471" t="s">
         <v>2346</v>
       </c>
-      <c r="M471" t="s">
-[...5 lines deleted...]
-      <c r="O471" t="s">
+      <c r="P471" t="s">
         <v>2347</v>
-      </c>
-[...1 lines deleted...]
-        <v>2348</v>
       </c>
     </row>
     <row r="472" spans="1:16">
       <c r="A472" t="s">
+        <v>2348</v>
+      </c>
+      <c r="B472" t="s">
         <v>2349</v>
-      </c>
-[...1 lines deleted...]
-        <v>2350</v>
       </c>
       <c r="C472" t="s">
         <v>1105</v>
       </c>
       <c r="D472" t="s">
         <v>732</v>
       </c>
       <c r="E472" t="s">
         <v>20</v>
       </c>
       <c r="F472" t="s">
         <v>59</v>
       </c>
       <c r="G472" t="s">
         <v>42</v>
       </c>
       <c r="H472">
         <v>2001</v>
       </c>
       <c r="I472">
         <v>2020</v>
       </c>
       <c r="J472" t="s">
         <v>1217</v>
       </c>
       <c r="K472" t="s">
         <v>24</v>
       </c>
       <c r="L472" t="s">
+        <v>2350</v>
+      </c>
+      <c r="M472" t="s">
+        <v>2334</v>
+      </c>
+      <c r="N472" t="s">
+        <v>27</v>
+      </c>
+      <c r="O472" t="s">
         <v>2351</v>
       </c>
-      <c r="M472" t="s">
-[...5 lines deleted...]
-      <c r="O472" t="s">
+      <c r="P472" t="s">
         <v>2352</v>
-      </c>
-[...1 lines deleted...]
-        <v>2353</v>
       </c>
     </row>
     <row r="473" spans="1:16">
       <c r="A473" t="s">
+        <v>2353</v>
+      </c>
+      <c r="B473" t="s">
         <v>2354</v>
-      </c>
-[...1 lines deleted...]
-        <v>2355</v>
       </c>
       <c r="C473" t="s">
         <v>1105</v>
       </c>
       <c r="D473" t="s">
         <v>376</v>
       </c>
       <c r="E473" t="s">
         <v>20</v>
       </c>
       <c r="F473" t="s">
         <v>59</v>
       </c>
       <c r="G473" t="s">
         <v>42</v>
       </c>
       <c r="H473">
         <v>2004</v>
       </c>
       <c r="I473">
         <v>2020</v>
       </c>
       <c r="J473" t="s">
         <v>1217</v>
       </c>
       <c r="K473" t="s">
         <v>24</v>
       </c>
       <c r="L473" t="s">
+        <v>2355</v>
+      </c>
+      <c r="M473" t="s">
+        <v>2334</v>
+      </c>
+      <c r="N473" t="s">
+        <v>27</v>
+      </c>
+      <c r="O473" t="s">
         <v>2356</v>
       </c>
-      <c r="M473" t="s">
-[...5 lines deleted...]
-      <c r="O473" t="s">
+      <c r="P473" t="s">
         <v>2357</v>
-      </c>
-[...1 lines deleted...]
-        <v>2358</v>
       </c>
     </row>
     <row r="474" spans="1:16">
       <c r="A474" t="s">
+        <v>2358</v>
+      </c>
+      <c r="B474" t="s">
         <v>2359</v>
-      </c>
-[...1 lines deleted...]
-        <v>2360</v>
       </c>
       <c r="C474" t="s">
         <v>1105</v>
       </c>
       <c r="D474" t="s">
         <v>305</v>
       </c>
       <c r="E474" t="s">
         <v>20</v>
       </c>
       <c r="F474" t="s">
         <v>59</v>
       </c>
       <c r="G474" t="s">
         <v>42</v>
       </c>
       <c r="H474">
         <v>2006</v>
       </c>
       <c r="I474">
         <v>2020</v>
       </c>
       <c r="J474" t="s">
         <v>23</v>
       </c>
       <c r="K474" t="s">
         <v>24</v>
       </c>
       <c r="L474" t="s">
-        <v>1299</v>
+        <v>1298</v>
       </c>
       <c r="M474" t="s">
-        <v>2335</v>
+        <v>2334</v>
       </c>
       <c r="N474" t="s">
         <v>27</v>
       </c>
       <c r="O474" t="s">
+        <v>2360</v>
+      </c>
+      <c r="P474" t="s">
         <v>2361</v>
-      </c>
-[...1 lines deleted...]
-        <v>2362</v>
       </c>
     </row>
     <row r="475" spans="1:16">
       <c r="A475" t="s">
+        <v>2362</v>
+      </c>
+      <c r="B475" t="s">
         <v>2363</v>
-      </c>
-[...1 lines deleted...]
-        <v>2364</v>
       </c>
       <c r="C475" t="s">
         <v>1105</v>
       </c>
       <c r="D475" t="s">
         <v>275</v>
       </c>
       <c r="E475" t="s">
         <v>20</v>
       </c>
       <c r="F475" t="s">
         <v>59</v>
       </c>
       <c r="G475" t="s">
         <v>42</v>
       </c>
       <c r="H475">
         <v>2012</v>
       </c>
       <c r="I475">
         <v>2020</v>
       </c>
       <c r="J475" t="s">
         <v>68</v>
       </c>
       <c r="K475" t="s">
         <v>645</v>
       </c>
       <c r="L475" t="s">
-        <v>2365</v>
+        <v>2364</v>
       </c>
       <c r="M475" t="s">
         <v>1108</v>
       </c>
       <c r="N475" t="s">
         <v>27</v>
       </c>
       <c r="O475" t="s">
+        <v>2365</v>
+      </c>
+      <c r="P475" t="s">
         <v>2366</v>
-      </c>
-[...1 lines deleted...]
-        <v>2367</v>
       </c>
     </row>
     <row r="476" spans="1:16">
       <c r="A476" t="s">
+        <v>2367</v>
+      </c>
+      <c r="B476" t="s">
         <v>2368</v>
-      </c>
-[...1 lines deleted...]
-        <v>2369</v>
       </c>
       <c r="C476" t="s">
         <v>1105</v>
       </c>
       <c r="D476" t="s">
         <v>269</v>
       </c>
       <c r="E476" t="s">
         <v>20</v>
       </c>
       <c r="F476" t="s">
         <v>59</v>
       </c>
       <c r="G476" t="s">
         <v>42</v>
       </c>
       <c r="H476">
         <v>2013</v>
       </c>
       <c r="I476">
         <v>2020</v>
       </c>
       <c r="J476" t="s">
         <v>68</v>
       </c>
       <c r="K476" t="s">
         <v>24</v>
       </c>
       <c r="L476"/>
       <c r="M476" t="s">
         <v>1108</v>
       </c>
       <c r="N476" t="s">
         <v>27</v>
       </c>
       <c r="O476" t="s">
+        <v>2369</v>
+      </c>
+      <c r="P476" t="s">
         <v>2370</v>
-      </c>
-[...1 lines deleted...]
-        <v>2371</v>
       </c>
     </row>
     <row r="477" spans="1:16">
       <c r="A477" t="s">
+        <v>2371</v>
+      </c>
+      <c r="B477" t="s">
         <v>2372</v>
-      </c>
-[...1 lines deleted...]
-        <v>2373</v>
       </c>
       <c r="C477" t="s">
         <v>1105</v>
       </c>
       <c r="D477" t="s">
-        <v>2374</v>
+        <v>2373</v>
       </c>
       <c r="E477" t="s">
         <v>20</v>
       </c>
       <c r="F477" t="s">
         <v>59</v>
       </c>
       <c r="G477" t="s">
         <v>42</v>
       </c>
       <c r="H477">
         <v>2012</v>
       </c>
       <c r="I477">
         <v>2020</v>
       </c>
       <c r="J477" t="s">
         <v>68</v>
       </c>
       <c r="K477" t="s">
         <v>24</v>
       </c>
       <c r="L477" t="s">
-        <v>2375</v>
+        <v>2374</v>
       </c>
       <c r="M477" t="s">
         <v>1108</v>
       </c>
       <c r="N477" t="s">
         <v>100</v>
       </c>
       <c r="O477" t="s">
+        <v>2375</v>
+      </c>
+      <c r="P477" t="s">
         <v>2376</v>
-      </c>
-[...1 lines deleted...]
-        <v>2377</v>
       </c>
     </row>
     <row r="478" spans="1:16">
       <c r="A478" t="s">
+        <v>2377</v>
+      </c>
+      <c r="B478" t="s">
         <v>2378</v>
-      </c>
-[...1 lines deleted...]
-        <v>2379</v>
       </c>
       <c r="C478" t="s">
         <v>1105</v>
       </c>
       <c r="D478" t="s">
         <v>316</v>
       </c>
       <c r="E478" t="s">
         <v>20</v>
       </c>
       <c r="F478" t="s">
         <v>59</v>
       </c>
       <c r="G478" t="s">
         <v>42</v>
       </c>
       <c r="H478">
         <v>2003</v>
       </c>
       <c r="I478">
         <v>2020</v>
       </c>
       <c r="J478" t="s">
         <v>23</v>
       </c>
       <c r="K478" t="s">
         <v>24</v>
       </c>
       <c r="L478"/>
       <c r="M478" t="s">
-        <v>2335</v>
+        <v>2334</v>
       </c>
       <c r="N478" t="s">
         <v>27</v>
       </c>
       <c r="O478" t="s">
+        <v>2379</v>
+      </c>
+      <c r="P478" t="s">
         <v>2380</v>
-      </c>
-[...1 lines deleted...]
-        <v>2381</v>
       </c>
     </row>
     <row r="479" spans="1:16">
       <c r="A479" t="s">
+        <v>2381</v>
+      </c>
+      <c r="B479" t="s">
         <v>2382</v>
-      </c>
-[...1 lines deleted...]
-        <v>2383</v>
       </c>
       <c r="C479" t="s">
         <v>1105</v>
       </c>
       <c r="D479" t="s">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="E479" t="s">
         <v>20</v>
       </c>
       <c r="F479" t="s">
         <v>59</v>
       </c>
       <c r="G479" t="s">
         <v>42</v>
       </c>
       <c r="H479">
         <v>2011</v>
       </c>
       <c r="I479">
         <v>2020</v>
       </c>
       <c r="J479" t="s">
         <v>1217</v>
       </c>
       <c r="K479" t="s">
         <v>24</v>
       </c>
       <c r="L479" t="s">
+        <v>2383</v>
+      </c>
+      <c r="M479" t="s">
+        <v>2334</v>
+      </c>
+      <c r="N479" t="s">
+        <v>27</v>
+      </c>
+      <c r="O479" t="s">
         <v>2384</v>
       </c>
-      <c r="M479" t="s">
-[...5 lines deleted...]
-      <c r="O479" t="s">
+      <c r="P479" t="s">
         <v>2385</v>
-      </c>
-[...1 lines deleted...]
-        <v>2386</v>
       </c>
     </row>
     <row r="480" spans="1:16">
       <c r="A480" t="s">
+        <v>2386</v>
+      </c>
+      <c r="B480" t="s">
         <v>2387</v>
-      </c>
-[...1 lines deleted...]
-        <v>2388</v>
       </c>
       <c r="C480" t="s">
         <v>1105</v>
       </c>
       <c r="D480" t="s">
         <v>774</v>
       </c>
       <c r="E480" t="s">
         <v>20</v>
       </c>
       <c r="F480" t="s">
         <v>59</v>
       </c>
       <c r="G480" t="s">
         <v>42</v>
       </c>
       <c r="H480">
         <v>2014</v>
       </c>
       <c r="I480">
         <v>2020</v>
       </c>
       <c r="J480" t="s">
         <v>1217</v>
       </c>
       <c r="K480" t="s">
         <v>24</v>
       </c>
       <c r="L480" t="s">
+        <v>2388</v>
+      </c>
+      <c r="M480" t="s">
+        <v>2334</v>
+      </c>
+      <c r="N480" t="s">
+        <v>27</v>
+      </c>
+      <c r="O480" t="s">
         <v>2389</v>
       </c>
-      <c r="M480" t="s">
-[...5 lines deleted...]
-      <c r="O480" t="s">
+      <c r="P480" t="s">
         <v>2390</v>
-      </c>
-[...1 lines deleted...]
-        <v>2391</v>
       </c>
     </row>
     <row r="481" spans="1:16">
       <c r="A481" t="s">
+        <v>2391</v>
+      </c>
+      <c r="B481" t="s">
         <v>2392</v>
-      </c>
-[...1 lines deleted...]
-        <v>2393</v>
       </c>
       <c r="C481" t="s">
         <v>1105</v>
       </c>
       <c r="D481" t="s">
         <v>305</v>
       </c>
       <c r="E481" t="s">
         <v>20</v>
       </c>
       <c r="F481" t="s">
         <v>59</v>
       </c>
       <c r="G481" t="s">
         <v>42</v>
       </c>
       <c r="H481">
         <v>2001</v>
       </c>
       <c r="I481">
         <v>2020</v>
       </c>
       <c r="J481" t="s">
         <v>23</v>
       </c>
       <c r="K481" t="s">
         <v>24</v>
       </c>
       <c r="L481" t="s">
-        <v>1299</v>
+        <v>1298</v>
       </c>
       <c r="M481" t="s">
-        <v>2335</v>
+        <v>2334</v>
       </c>
       <c r="N481" t="s">
         <v>27</v>
       </c>
       <c r="O481" t="s">
+        <v>2393</v>
+      </c>
+      <c r="P481" t="s">
         <v>2394</v>
-      </c>
-[...1 lines deleted...]
-        <v>2395</v>
       </c>
     </row>
     <row r="482" spans="1:16">
       <c r="A482" t="s">
+        <v>2395</v>
+      </c>
+      <c r="B482" t="s">
         <v>2396</v>
-      </c>
-[...1 lines deleted...]
-        <v>2397</v>
       </c>
       <c r="C482" t="s">
         <v>1105</v>
       </c>
       <c r="D482" t="s">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="E482" t="s">
         <v>20</v>
       </c>
       <c r="F482" t="s">
         <v>59</v>
       </c>
       <c r="G482" t="s">
         <v>42</v>
       </c>
       <c r="H482">
         <v>1998</v>
       </c>
       <c r="I482">
         <v>2020</v>
       </c>
       <c r="J482" t="s">
         <v>1217</v>
       </c>
       <c r="K482" t="s">
         <v>24</v>
       </c>
       <c r="L482" t="s">
+        <v>2397</v>
+      </c>
+      <c r="M482" t="s">
+        <v>2334</v>
+      </c>
+      <c r="N482" t="s">
+        <v>27</v>
+      </c>
+      <c r="O482" t="s">
         <v>2398</v>
       </c>
-      <c r="M482" t="s">
-[...5 lines deleted...]
-      <c r="O482" t="s">
+      <c r="P482" t="s">
         <v>2399</v>
-      </c>
-[...1 lines deleted...]
-        <v>2400</v>
       </c>
     </row>
     <row r="483" spans="1:16">
       <c r="A483" t="s">
+        <v>2400</v>
+      </c>
+      <c r="B483" t="s">
         <v>2401</v>
-      </c>
-[...1 lines deleted...]
-        <v>2402</v>
       </c>
       <c r="C483" t="s">
         <v>1105</v>
       </c>
       <c r="D483" t="s">
         <v>305</v>
       </c>
       <c r="E483" t="s">
         <v>20</v>
       </c>
       <c r="F483" t="s">
         <v>59</v>
       </c>
       <c r="G483" t="s">
         <v>42</v>
       </c>
       <c r="H483">
         <v>2000</v>
       </c>
       <c r="I483">
         <v>2020</v>
       </c>
       <c r="J483" t="s">
         <v>23</v>
       </c>
       <c r="K483" t="s">
         <v>24</v>
       </c>
       <c r="L483" t="s">
-        <v>1299</v>
+        <v>1298</v>
       </c>
       <c r="M483" t="s">
-        <v>2335</v>
+        <v>2334</v>
       </c>
       <c r="N483" t="s">
         <v>27</v>
       </c>
       <c r="O483" t="s">
+        <v>2402</v>
+      </c>
+      <c r="P483" t="s">
         <v>2403</v>
-      </c>
-[...1 lines deleted...]
-        <v>2404</v>
       </c>
     </row>
     <row r="484" spans="1:16">
       <c r="A484" t="s">
+        <v>2404</v>
+      </c>
+      <c r="B484" t="s">
         <v>2405</v>
-      </c>
-[...1 lines deleted...]
-        <v>2406</v>
       </c>
       <c r="C484" t="s">
         <v>1105</v>
       </c>
       <c r="D484" t="s">
         <v>305</v>
       </c>
       <c r="E484" t="s">
         <v>20</v>
       </c>
       <c r="F484" t="s">
         <v>59</v>
       </c>
       <c r="G484" t="s">
         <v>42</v>
       </c>
       <c r="H484">
         <v>2002</v>
       </c>
       <c r="I484">
         <v>2020</v>
       </c>
       <c r="J484" t="s">
         <v>23</v>
       </c>
       <c r="K484" t="s">
         <v>24</v>
       </c>
       <c r="L484" t="s">
-        <v>1299</v>
+        <v>1298</v>
       </c>
       <c r="M484" t="s">
-        <v>2335</v>
+        <v>2334</v>
       </c>
       <c r="N484" t="s">
         <v>27</v>
       </c>
       <c r="O484" t="s">
+        <v>2406</v>
+      </c>
+      <c r="P484" t="s">
         <v>2407</v>
-      </c>
-[...1 lines deleted...]
-        <v>2408</v>
       </c>
     </row>
     <row r="485" spans="1:16">
       <c r="A485" t="s">
+        <v>2408</v>
+      </c>
+      <c r="B485" t="s">
         <v>2409</v>
-      </c>
-[...1 lines deleted...]
-        <v>2410</v>
       </c>
       <c r="C485" t="s">
         <v>1038</v>
       </c>
       <c r="D485" t="s">
-        <v>2411</v>
+        <v>2410</v>
       </c>
       <c r="E485" t="s">
         <v>20</v>
       </c>
       <c r="F485" t="s">
         <v>33</v>
       </c>
       <c r="G485" t="s">
         <v>22</v>
       </c>
       <c r="H485">
         <v>2013</v>
       </c>
       <c r="I485"/>
       <c r="J485" t="s">
-        <v>1504</v>
+        <v>1503</v>
       </c>
       <c r="K485" t="s">
         <v>24</v>
       </c>
       <c r="L485"/>
       <c r="M485" t="s">
+        <v>2411</v>
+      </c>
+      <c r="N485" t="s">
+        <v>27</v>
+      </c>
+      <c r="O485" t="s">
         <v>2412</v>
       </c>
-      <c r="N485" t="s">
-[...2 lines deleted...]
-      <c r="O485" t="s">
+      <c r="P485" t="s">
         <v>2413</v>
-      </c>
-[...1 lines deleted...]
-        <v>2414</v>
       </c>
     </row>
     <row r="486" spans="1:16">
       <c r="A486" t="s">
+        <v>2414</v>
+      </c>
+      <c r="B486" t="s">
         <v>2415</v>
-      </c>
-[...1 lines deleted...]
-        <v>2416</v>
       </c>
       <c r="C486" t="s">
         <v>1038</v>
       </c>
       <c r="D486" t="s">
-        <v>1705</v>
+        <v>1704</v>
       </c>
       <c r="E486" t="s">
         <v>20</v>
       </c>
       <c r="F486" t="s">
         <v>33</v>
       </c>
       <c r="G486" t="s">
         <v>22</v>
       </c>
       <c r="H486">
         <v>2014</v>
       </c>
       <c r="I486"/>
       <c r="J486" t="s">
-        <v>1504</v>
+        <v>1503</v>
       </c>
       <c r="K486" t="s">
         <v>24</v>
       </c>
       <c r="L486"/>
       <c r="M486" t="s">
-        <v>2412</v>
+        <v>2411</v>
       </c>
       <c r="N486" t="s">
         <v>27</v>
       </c>
       <c r="O486" t="s">
+        <v>2416</v>
+      </c>
+      <c r="P486" t="s">
         <v>2417</v>
-      </c>
-[...1 lines deleted...]
-        <v>2418</v>
       </c>
     </row>
     <row r="487" spans="1:16">
       <c r="A487" t="s">
+        <v>2418</v>
+      </c>
+      <c r="B487" t="s">
         <v>2419</v>
-      </c>
-[...1 lines deleted...]
-        <v>2420</v>
       </c>
       <c r="C487" t="s">
         <v>1038</v>
       </c>
       <c r="D487" t="s">
-        <v>2421</v>
+        <v>2420</v>
       </c>
       <c r="E487" t="s">
         <v>20</v>
       </c>
       <c r="F487" t="s">
         <v>33</v>
       </c>
       <c r="G487" t="s">
         <v>42</v>
       </c>
       <c r="H487">
         <v>2007</v>
       </c>
       <c r="I487">
         <v>2014</v>
       </c>
       <c r="J487" t="s">
-        <v>1504</v>
+        <v>1503</v>
       </c>
       <c r="K487" t="s">
         <v>24</v>
       </c>
       <c r="L487"/>
       <c r="M487" t="s">
-        <v>2412</v>
+        <v>2411</v>
       </c>
       <c r="N487" t="s">
         <v>27</v>
       </c>
       <c r="O487" t="s">
+        <v>2421</v>
+      </c>
+      <c r="P487" t="s">
         <v>2422</v>
-      </c>
-[...1 lines deleted...]
-        <v>2423</v>
       </c>
     </row>
     <row r="488" spans="1:16">
       <c r="A488" t="s">
+        <v>2423</v>
+      </c>
+      <c r="B488" t="s">
         <v>2424</v>
-      </c>
-[...1 lines deleted...]
-        <v>2425</v>
       </c>
       <c r="C488" t="s">
         <v>1038</v>
       </c>
       <c r="D488" t="s">
-        <v>2426</v>
+        <v>2425</v>
       </c>
       <c r="E488" t="s">
         <v>20</v>
       </c>
       <c r="F488" t="s">
         <v>33</v>
       </c>
       <c r="G488" t="s">
         <v>22</v>
       </c>
       <c r="H488">
         <v>2012</v>
       </c>
       <c r="I488"/>
       <c r="J488" t="s">
-        <v>1504</v>
+        <v>1503</v>
       </c>
       <c r="K488" t="s">
         <v>24</v>
       </c>
       <c r="L488"/>
       <c r="M488" t="s">
-        <v>2412</v>
+        <v>2411</v>
       </c>
       <c r="N488" t="s">
         <v>27</v>
       </c>
       <c r="O488" t="s">
+        <v>2426</v>
+      </c>
+      <c r="P488" t="s">
         <v>2427</v>
-      </c>
-[...1 lines deleted...]
-        <v>2428</v>
       </c>
     </row>
     <row r="489" spans="1:16">
       <c r="A489" t="s">
+        <v>2428</v>
+      </c>
+      <c r="B489" t="s">
         <v>2429</v>
-      </c>
-[...1 lines deleted...]
-        <v>2430</v>
       </c>
       <c r="C489" t="s">
         <v>1038</v>
       </c>
       <c r="D489" t="s">
-        <v>2431</v>
+        <v>2430</v>
       </c>
       <c r="E489" t="s">
         <v>20</v>
       </c>
       <c r="F489" t="s">
         <v>33</v>
       </c>
       <c r="G489" t="s">
         <v>22</v>
       </c>
       <c r="H489">
         <v>2013</v>
       </c>
       <c r="I489"/>
       <c r="J489" t="s">
         <v>1046</v>
       </c>
       <c r="K489" t="s">
         <v>24</v>
       </c>
       <c r="L489"/>
       <c r="M489" t="s">
-        <v>2412</v>
+        <v>2411</v>
       </c>
       <c r="N489" t="s">
         <v>27</v>
       </c>
       <c r="O489" t="s">
+        <v>2431</v>
+      </c>
+      <c r="P489" t="s">
         <v>2432</v>
-      </c>
-[...1 lines deleted...]
-        <v>2433</v>
       </c>
     </row>
     <row r="490" spans="1:16">
       <c r="A490" t="s">
+        <v>2433</v>
+      </c>
+      <c r="B490" t="s">
         <v>2434</v>
-      </c>
-[...1 lines deleted...]
-        <v>2435</v>
       </c>
       <c r="C490" t="s">
         <v>1038</v>
       </c>
       <c r="D490" t="s">
-        <v>1806</v>
+        <v>1805</v>
       </c>
       <c r="E490" t="s">
         <v>20</v>
       </c>
       <c r="F490" t="s">
         <v>33</v>
       </c>
       <c r="G490" t="s">
         <v>22</v>
       </c>
       <c r="H490">
         <v>2013</v>
       </c>
       <c r="I490"/>
       <c r="J490" t="s">
-        <v>1504</v>
+        <v>1503</v>
       </c>
       <c r="K490" t="s">
         <v>24</v>
       </c>
       <c r="L490"/>
       <c r="M490" t="s">
-        <v>2412</v>
+        <v>2411</v>
       </c>
       <c r="N490" t="s">
         <v>27</v>
       </c>
       <c r="O490" t="s">
+        <v>2435</v>
+      </c>
+      <c r="P490" t="s">
         <v>2436</v>
-      </c>
-[...1 lines deleted...]
-        <v>2437</v>
       </c>
     </row>
     <row r="491" spans="1:16">
       <c r="A491" t="s">
+        <v>2437</v>
+      </c>
+      <c r="B491" t="s">
         <v>2438</v>
-      </c>
-[...1 lines deleted...]
-        <v>2439</v>
       </c>
       <c r="C491" t="s">
         <v>1038</v>
       </c>
       <c r="D491" t="s">
-        <v>1719</v>
+        <v>1718</v>
       </c>
       <c r="E491" t="s">
         <v>20</v>
       </c>
       <c r="F491" t="s">
         <v>33</v>
       </c>
       <c r="G491" t="s">
         <v>22</v>
       </c>
       <c r="H491">
         <v>2013</v>
       </c>
       <c r="I491"/>
       <c r="J491" t="s">
-        <v>1504</v>
+        <v>1503</v>
       </c>
       <c r="K491" t="s">
         <v>24</v>
       </c>
       <c r="L491"/>
       <c r="M491" t="s">
-        <v>2412</v>
+        <v>2411</v>
       </c>
       <c r="N491" t="s">
         <v>27</v>
       </c>
       <c r="O491" t="s">
+        <v>2439</v>
+      </c>
+      <c r="P491" t="s">
         <v>2440</v>
-      </c>
-[...1 lines deleted...]
-        <v>2441</v>
       </c>
     </row>
     <row r="492" spans="1:16">
       <c r="A492" t="s">
+        <v>2441</v>
+      </c>
+      <c r="B492" t="s">
         <v>2442</v>
-      </c>
-[...1 lines deleted...]
-        <v>2443</v>
       </c>
       <c r="C492" t="s">
         <v>1038</v>
       </c>
       <c r="D492" t="s">
-        <v>1756</v>
+        <v>1755</v>
       </c>
       <c r="E492" t="s">
         <v>20</v>
       </c>
       <c r="F492" t="s">
         <v>33</v>
       </c>
       <c r="G492" t="s">
         <v>22</v>
       </c>
       <c r="H492">
         <v>2013</v>
       </c>
       <c r="I492"/>
       <c r="J492" t="s">
-        <v>1504</v>
+        <v>1503</v>
       </c>
       <c r="K492" t="s">
         <v>24</v>
       </c>
       <c r="L492"/>
       <c r="M492" t="s">
-        <v>2412</v>
+        <v>2411</v>
       </c>
       <c r="N492" t="s">
         <v>27</v>
       </c>
       <c r="O492" t="s">
+        <v>2443</v>
+      </c>
+      <c r="P492" t="s">
         <v>2444</v>
-      </c>
-[...1 lines deleted...]
-        <v>2445</v>
       </c>
     </row>
     <row r="493" spans="1:16">
       <c r="A493" t="s">
+        <v>2445</v>
+      </c>
+      <c r="B493" t="s">
         <v>2446</v>
-      </c>
-[...1 lines deleted...]
-        <v>2447</v>
       </c>
       <c r="C493" t="s">
         <v>1038</v>
       </c>
       <c r="D493" t="s">
-        <v>2448</v>
+        <v>2447</v>
       </c>
       <c r="E493" t="s">
         <v>20</v>
       </c>
       <c r="F493" t="s">
         <v>33</v>
       </c>
       <c r="G493" t="s">
-        <v>2449</v>
+        <v>2448</v>
       </c>
       <c r="H493">
         <v>2014</v>
       </c>
       <c r="I493"/>
       <c r="J493" t="s">
-        <v>1286</v>
+        <v>1285</v>
       </c>
       <c r="K493" t="s">
         <v>24</v>
       </c>
       <c r="L493"/>
       <c r="M493" t="s">
-        <v>2412</v>
+        <v>2411</v>
       </c>
       <c r="N493" t="s">
         <v>27</v>
       </c>
       <c r="O493" t="s">
+        <v>2449</v>
+      </c>
+      <c r="P493" t="s">
         <v>2450</v>
-      </c>
-[...1 lines deleted...]
-        <v>2451</v>
       </c>
     </row>
     <row r="494" spans="1:16">
       <c r="A494" t="s">
+        <v>2451</v>
+      </c>
+      <c r="B494" t="s">
         <v>2452</v>
-      </c>
-[...1 lines deleted...]
-        <v>2453</v>
       </c>
       <c r="C494" t="s">
         <v>1038</v>
       </c>
       <c r="D494" t="s">
         <v>1057</v>
       </c>
       <c r="E494" t="s">
         <v>20</v>
       </c>
       <c r="F494" t="s">
         <v>33</v>
       </c>
       <c r="G494" t="s">
         <v>42</v>
       </c>
       <c r="H494">
         <v>2014</v>
       </c>
       <c r="I494">
         <v>2024</v>
       </c>
       <c r="J494" t="s">
-        <v>1286</v>
+        <v>1285</v>
       </c>
       <c r="K494" t="s">
         <v>24</v>
       </c>
       <c r="L494"/>
       <c r="M494" t="s">
-        <v>2412</v>
+        <v>2411</v>
       </c>
       <c r="N494" t="s">
         <v>27</v>
       </c>
       <c r="O494" t="s">
+        <v>2453</v>
+      </c>
+      <c r="P494" t="s">
         <v>2454</v>
-      </c>
-[...1 lines deleted...]
-        <v>2455</v>
       </c>
     </row>
     <row r="495" spans="1:16">
       <c r="A495" t="s">
+        <v>2455</v>
+      </c>
+      <c r="B495" t="s">
         <v>2456</v>
-      </c>
-[...1 lines deleted...]
-        <v>2457</v>
       </c>
       <c r="C495" t="s">
         <v>1038</v>
       </c>
       <c r="D495" t="s">
-        <v>1779</v>
+        <v>1778</v>
       </c>
       <c r="E495" t="s">
         <v>20</v>
       </c>
       <c r="F495" t="s">
         <v>33</v>
       </c>
       <c r="G495" t="s">
         <v>22</v>
       </c>
       <c r="H495">
         <v>2014</v>
       </c>
       <c r="I495"/>
       <c r="J495" t="s">
-        <v>1504</v>
+        <v>1503</v>
       </c>
       <c r="K495" t="s">
         <v>24</v>
       </c>
       <c r="L495"/>
       <c r="M495" t="s">
-        <v>2412</v>
+        <v>2411</v>
       </c>
       <c r="N495" t="s">
         <v>27</v>
       </c>
       <c r="O495" t="s">
+        <v>2457</v>
+      </c>
+      <c r="P495" t="s">
         <v>2458</v>
-      </c>
-[...1 lines deleted...]
-        <v>2459</v>
       </c>
     </row>
     <row r="496" spans="1:16">
       <c r="A496" t="s">
+        <v>2459</v>
+      </c>
+      <c r="B496" t="s">
         <v>2460</v>
-      </c>
-[...1 lines deleted...]
-        <v>2461</v>
       </c>
       <c r="C496" t="s">
         <v>1038</v>
       </c>
       <c r="D496" t="s">
-        <v>2462</v>
+        <v>2461</v>
       </c>
       <c r="E496" t="s">
         <v>20</v>
       </c>
       <c r="F496" t="s">
         <v>33</v>
       </c>
       <c r="G496" t="s">
         <v>22</v>
       </c>
       <c r="H496">
         <v>2016</v>
       </c>
       <c r="I496"/>
       <c r="J496" t="s">
-        <v>1504</v>
+        <v>1503</v>
       </c>
       <c r="K496" t="s">
         <v>24</v>
       </c>
       <c r="L496"/>
       <c r="M496" t="s">
-        <v>2412</v>
+        <v>2411</v>
       </c>
       <c r="N496" t="s">
         <v>27</v>
       </c>
       <c r="O496" t="s">
+        <v>2462</v>
+      </c>
+      <c r="P496" t="s">
         <v>2463</v>
-      </c>
-[...1 lines deleted...]
-        <v>2464</v>
       </c>
     </row>
     <row r="497" spans="1:16">
       <c r="A497" t="s">
+        <v>2464</v>
+      </c>
+      <c r="B497" t="s">
         <v>2465</v>
-      </c>
-[...1 lines deleted...]
-        <v>2466</v>
       </c>
       <c r="C497" t="s">
         <v>1038</v>
       </c>
       <c r="D497" t="s">
-        <v>1770</v>
+        <v>1769</v>
       </c>
       <c r="E497" t="s">
         <v>20</v>
       </c>
       <c r="F497" t="s">
         <v>33</v>
       </c>
       <c r="G497" t="s">
         <v>22</v>
       </c>
       <c r="H497">
         <v>2016</v>
       </c>
       <c r="I497"/>
       <c r="J497" t="s">
-        <v>1504</v>
+        <v>1503</v>
       </c>
       <c r="K497" t="s">
         <v>24</v>
       </c>
       <c r="L497"/>
       <c r="M497" t="s">
-        <v>2412</v>
+        <v>2411</v>
       </c>
       <c r="N497" t="s">
         <v>27</v>
       </c>
       <c r="O497" t="s">
+        <v>2466</v>
+      </c>
+      <c r="P497" t="s">
         <v>2467</v>
-      </c>
-[...1 lines deleted...]
-        <v>2468</v>
       </c>
     </row>
     <row r="498" spans="1:16">
       <c r="A498" t="s">
+        <v>2468</v>
+      </c>
+      <c r="B498" t="s">
         <v>2469</v>
-      </c>
-[...1 lines deleted...]
-        <v>2470</v>
       </c>
       <c r="C498" t="s">
         <v>1038</v>
       </c>
       <c r="D498" t="s">
-        <v>2471</v>
+        <v>2470</v>
       </c>
       <c r="E498" t="s">
         <v>20</v>
       </c>
       <c r="F498" t="s">
         <v>33</v>
       </c>
       <c r="G498" t="s">
         <v>22</v>
       </c>
       <c r="H498">
         <v>2016</v>
       </c>
       <c r="I498"/>
       <c r="J498" t="s">
-        <v>1504</v>
+        <v>1503</v>
       </c>
       <c r="K498" t="s">
         <v>24</v>
       </c>
       <c r="L498"/>
       <c r="M498" t="s">
-        <v>2412</v>
+        <v>2411</v>
       </c>
       <c r="N498" t="s">
         <v>27</v>
       </c>
       <c r="O498" t="s">
+        <v>2471</v>
+      </c>
+      <c r="P498" t="s">
         <v>2472</v>
-      </c>
-[...1 lines deleted...]
-        <v>2473</v>
       </c>
     </row>
     <row r="499" spans="1:16">
       <c r="A499" t="s">
+        <v>2473</v>
+      </c>
+      <c r="B499" t="s">
         <v>2474</v>
-      </c>
-[...1 lines deleted...]
-        <v>2475</v>
       </c>
       <c r="C499" t="s">
         <v>1038</v>
       </c>
       <c r="D499" t="s">
-        <v>1511</v>
+        <v>1510</v>
       </c>
       <c r="E499" t="s">
         <v>20</v>
       </c>
       <c r="F499" t="s">
         <v>33</v>
       </c>
       <c r="G499" t="s">
         <v>22</v>
       </c>
       <c r="H499">
         <v>2007</v>
       </c>
       <c r="I499"/>
       <c r="J499" t="s">
-        <v>1504</v>
+        <v>1503</v>
       </c>
       <c r="K499" t="s">
         <v>24</v>
       </c>
       <c r="L499"/>
       <c r="M499" t="s">
-        <v>2412</v>
+        <v>2411</v>
       </c>
       <c r="N499" t="s">
         <v>27</v>
       </c>
       <c r="O499" t="s">
+        <v>2475</v>
+      </c>
+      <c r="P499" t="s">
         <v>2476</v>
-      </c>
-[...1 lines deleted...]
-        <v>2477</v>
       </c>
     </row>
     <row r="500" spans="1:16">
       <c r="A500" t="s">
+        <v>2477</v>
+      </c>
+      <c r="B500" t="s">
         <v>2478</v>
       </c>
-      <c r="B500" t="s">
+      <c r="C500" t="s">
         <v>2479</v>
-      </c>
-[...1 lines deleted...]
-        <v>2480</v>
       </c>
       <c r="D500" t="s">
         <v>801</v>
       </c>
       <c r="E500" t="s">
         <v>20</v>
       </c>
       <c r="F500" t="s">
         <v>49</v>
       </c>
       <c r="G500" t="s">
         <v>22</v>
       </c>
       <c r="H500">
         <v>2016</v>
       </c>
       <c r="I500"/>
       <c r="J500" t="s">
         <v>1136</v>
       </c>
       <c r="K500" t="s">
         <v>24</v>
       </c>
       <c r="L500" t="s">
-        <v>1850</v>
+        <v>1849</v>
       </c>
       <c r="M500" t="s">
+        <v>2480</v>
+      </c>
+      <c r="N500" t="s">
+        <v>27</v>
+      </c>
+      <c r="O500" t="s">
         <v>2481</v>
       </c>
-      <c r="N500" t="s">
-[...2 lines deleted...]
-      <c r="O500" t="s">
+      <c r="P500" t="s">
         <v>2482</v>
-      </c>
-[...1 lines deleted...]
-        <v>2483</v>
       </c>
     </row>
     <row r="501" spans="1:16">
       <c r="A501" t="s">
+        <v>2483</v>
+      </c>
+      <c r="B501" t="s">
         <v>2484</v>
-      </c>
-[...1 lines deleted...]
-        <v>2485</v>
       </c>
       <c r="C501" t="s">
         <v>57</v>
       </c>
       <c r="D501" t="s">
-        <v>2486</v>
+        <v>2485</v>
       </c>
       <c r="E501" t="s">
         <v>20</v>
       </c>
       <c r="F501" t="s">
         <v>59</v>
       </c>
       <c r="G501" t="s">
         <v>22</v>
       </c>
       <c r="H501">
         <v>2017</v>
       </c>
       <c r="I501"/>
       <c r="J501" t="s">
-        <v>2487</v>
+        <v>2486</v>
       </c>
       <c r="K501" t="s">
         <v>583</v>
       </c>
       <c r="L501"/>
       <c r="M501" t="s">
         <v>62</v>
       </c>
       <c r="N501" t="s">
         <v>585</v>
       </c>
       <c r="O501" t="s">
+        <v>2487</v>
+      </c>
+      <c r="P501" t="s">
         <v>2488</v>
-      </c>
-[...1 lines deleted...]
-        <v>2489</v>
       </c>
     </row>
     <row r="502" spans="1:16">
       <c r="A502" t="s">
+        <v>2489</v>
+      </c>
+      <c r="B502" t="s">
         <v>2490</v>
       </c>
-      <c r="B502" t="s">
+      <c r="C502" t="s">
         <v>2491</v>
       </c>
-      <c r="C502" t="s">
+      <c r="D502" t="s">
         <v>2492</v>
-      </c>
-[...1 lines deleted...]
-        <v>2493</v>
       </c>
       <c r="E502" t="s">
         <v>20</v>
       </c>
       <c r="F502" t="s">
         <v>21</v>
       </c>
       <c r="G502" t="s">
         <v>42</v>
       </c>
       <c r="H502">
         <v>2015</v>
       </c>
       <c r="I502">
         <v>2016</v>
       </c>
       <c r="J502" t="s">
-        <v>1648</v>
+        <v>1647</v>
       </c>
       <c r="K502" t="s">
         <v>583</v>
       </c>
       <c r="L502" t="s">
+        <v>2493</v>
+      </c>
+      <c r="M502" t="s">
         <v>2494</v>
-      </c>
-[...1 lines deleted...]
-        <v>2495</v>
       </c>
       <c r="N502" t="s">
         <v>585</v>
       </c>
       <c r="O502" t="s">
+        <v>2495</v>
+      </c>
+      <c r="P502" t="s">
         <v>2496</v>
-      </c>
-[...1 lines deleted...]
-        <v>2497</v>
       </c>
     </row>
     <row r="503" spans="1:16">
       <c r="A503" t="s">
+        <v>2497</v>
+      </c>
+      <c r="B503" t="s">
         <v>2498</v>
       </c>
-      <c r="B503" t="s">
+      <c r="C503" t="s">
+        <v>1639</v>
+      </c>
+      <c r="D503" t="s">
         <v>2499</v>
-      </c>
-[...4 lines deleted...]
-        <v>2500</v>
       </c>
       <c r="E503" t="s">
         <v>20</v>
       </c>
       <c r="F503" t="s">
         <v>59</v>
       </c>
       <c r="G503" t="s">
         <v>42</v>
       </c>
       <c r="H503">
         <v>2011</v>
       </c>
       <c r="I503">
         <v>2017</v>
       </c>
       <c r="J503" t="s">
         <v>51</v>
       </c>
       <c r="K503" t="s">
         <v>583</v>
       </c>
       <c r="L503"/>
       <c r="M503" t="s">
-        <v>2501</v>
+        <v>2500</v>
       </c>
       <c r="N503" t="s">
         <v>585</v>
       </c>
       <c r="O503" t="s">
+        <v>2501</v>
+      </c>
+      <c r="P503" t="s">
         <v>2502</v>
-      </c>
-[...1 lines deleted...]
-        <v>2503</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">