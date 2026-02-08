--- v0 (2025-12-12)
+++ v1 (2026-02-08)
@@ -2125,51 +2125,51 @@
       <c r="O19" t="s">
         <v>122</v>
       </c>
       <c r="P19"/>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
         <v>123</v>
       </c>
       <c r="B20" t="s">
         <v>124</v>
       </c>
       <c r="C20" t="s">
         <v>44</v>
       </c>
       <c r="D20" t="s">
         <v>125</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
         <v>21</v>
       </c>
       <c r="G20" t="s">
-        <v>47</v>
+        <v>8</v>
       </c>
       <c r="H20">
         <v>2021</v>
       </c>
       <c r="I20">
         <v>2024</v>
       </c>
       <c r="J20" t="s">
         <v>126</v>
       </c>
       <c r="K20" t="s">
         <v>24</v>
       </c>
       <c r="L20" t="s">
         <v>127</v>
       </c>
       <c r="M20" t="s">
         <v>49</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
         <v>128</v>
       </c>