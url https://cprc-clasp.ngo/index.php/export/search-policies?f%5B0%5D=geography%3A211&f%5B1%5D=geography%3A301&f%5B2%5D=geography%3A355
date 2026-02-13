--- v0 (2025-12-13)
+++ v1 (2026-02-13)
@@ -8377,51 +8377,51 @@
       </c>
       <c r="P112" t="s">
         <v>577</v>
       </c>
     </row>
     <row r="113" spans="1:16">
       <c r="A113" t="s">
         <v>578</v>
       </c>
       <c r="B113" t="s">
         <v>579</v>
       </c>
       <c r="C113" t="s">
         <v>51</v>
       </c>
       <c r="D113" t="s">
         <v>580</v>
       </c>
       <c r="E113" t="s">
         <v>20</v>
       </c>
       <c r="F113" t="s">
         <v>581</v>
       </c>
       <c r="G113" t="s">
-        <v>36</v>
+        <v>8</v>
       </c>
       <c r="H113">
         <v>2021</v>
       </c>
       <c r="I113">
         <v>2024</v>
       </c>
       <c r="J113" t="s">
         <v>582</v>
       </c>
       <c r="K113" t="s">
         <v>38</v>
       </c>
       <c r="L113" t="s">
         <v>583</v>
       </c>
       <c r="M113" t="s">
         <v>54</v>
       </c>
       <c r="N113" t="s">
         <v>41</v>
       </c>
       <c r="O113" t="s">
         <v>584</v>
       </c>