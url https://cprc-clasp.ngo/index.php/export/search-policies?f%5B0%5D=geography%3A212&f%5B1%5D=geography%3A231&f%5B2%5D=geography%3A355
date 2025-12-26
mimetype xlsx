--- v0 (2025-11-10)
+++ v1 (2025-12-26)
@@ -2998,51 +2998,51 @@
       </c>
       <c r="P29" t="s">
         <v>186</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
         <v>187</v>
       </c>
       <c r="B30" t="s">
         <v>188</v>
       </c>
       <c r="C30" t="s">
         <v>18</v>
       </c>
       <c r="D30" t="s">
         <v>189</v>
       </c>
       <c r="E30" t="s">
         <v>20</v>
       </c>
       <c r="F30" t="s">
         <v>190</v>
       </c>
       <c r="G30" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H30">
         <v>2021</v>
       </c>
       <c r="I30">
         <v>2024</v>
       </c>
       <c r="J30" t="s">
         <v>191</v>
       </c>
       <c r="K30" t="s">
         <v>24</v>
       </c>
       <c r="L30" t="s">
         <v>192</v>
       </c>
       <c r="M30" t="s">
         <v>25</v>
       </c>
       <c r="N30" t="s">
         <v>26</v>
       </c>
       <c r="O30" t="s">
         <v>193</v>
       </c>