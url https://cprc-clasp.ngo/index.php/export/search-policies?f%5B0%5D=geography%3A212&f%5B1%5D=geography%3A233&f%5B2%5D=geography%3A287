--- v0 (2025-11-08)
+++ v1 (2025-12-25)
@@ -12,827 +12,833 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="290">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="292">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
-    <t>Draft MEPS for chillers</t>
-[...638 lines deleted...]
-    <t>MEPS for indoor LED lamps</t>
+    <t>135.K/EK.07/DJE/2022 MEPS for indoor LED lamps</t>
   </si>
   <si>
     <t>This policy is applicable to self-ballasted LED lamps of types E40, E27, and E26 with a rated power of up to 60 W and a rated voltage of &gt; 50 V AC up to 250 V AC. It stipulates a minimum luminous efficacy of 80 lumens per watt, in line with the 2023 ASEAN harmonization target. The regulations consist of five tiers or star levels, with efficiency increasing with the number of stars.
 One star - 80-90 lm/W
 Two star - &gt;98-108 lm/W
 Three star - &gt;108-119 lm/W
 Four star - &gt;119 - 135 lm/W
 Five star - &gt; 135 lm/W
 The policy also applies to self-ballasted LED tubes. It specifies a minimum luminous efficacy of 100 lumens per watt, and LED luminaires (street lighting, high bay, floodlight, etc) where the minimum luminous efficacy is set at 120 lumens per watt. The five tier star levels are not applicable for these products.</t>
   </si>
   <si>
+    <t>Indonesia</t>
+  </si>
+  <si>
     <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
+    <t>Mandatory</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
+  </si>
+  <si>
     <t>July 2024</t>
   </si>
   <si>
+    <t>Electricity</t>
+  </si>
+  <si>
     <t>SNI IEC 62612:2016</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/meps-indoor-led-lamps</t>
+    <t>Ministry of Energy and Mineral Resources</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/135kek07dje2022-meps-indoor-led-lamps</t>
   </si>
   <si>
     <t>https://united4efficiency.org/wp-content/uploads/2022/09/Ministerial-Decree-LED-MEPS-Indonesia_ENG.pdf</t>
   </si>
   <si>
+    <t>Draft MEPS for chillers</t>
+  </si>
+  <si>
+    <t>The document specifies the MEPS  requirement for chillers</t>
+  </si>
+  <si>
+    <t>Refrigeration, Industrial Process Chillers</t>
+  </si>
+  <si>
+    <t>Not applicable</t>
+  </si>
+  <si>
+    <t>Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>Under development</t>
+  </si>
+  <si>
+    <t>October 2022</t>
+  </si>
+  <si>
+    <t>Directorate General of New and Renewable Energy, and Energy Conservation under …</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/draft-meps-chillers</t>
+  </si>
+  <si>
+    <t>Draft MEPS for electric motors</t>
+  </si>
+  <si>
+    <t>The document specifies the MEPS and labeling instructions for electric motors.</t>
+  </si>
+  <si>
+    <t>Variable Speed Drives</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/draft-meps-electric-motors-0</t>
+  </si>
+  <si>
+    <t>https://www.jase-w.eccj.or.jp/indonesiaforum/pdf/10-05_hariyanto.pdf</t>
+  </si>
+  <si>
+    <t>Draft MEPs for Green Buildings - Windows</t>
+  </si>
+  <si>
+    <t>Information not available</t>
+  </si>
+  <si>
+    <t>Ghana</t>
+  </si>
+  <si>
+    <t>Windows</t>
+  </si>
+  <si>
+    <t>Voluntary</t>
+  </si>
+  <si>
+    <t>October 2018</t>
+  </si>
+  <si>
+    <t>Ghana Energy Commission</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/draft-meps-green-buildings-windows</t>
+  </si>
+  <si>
+    <t>Draft MEPS for RDCs</t>
+  </si>
+  <si>
+    <t>The document specifies the MEPS and energy labelling requirements for RDCs</t>
+  </si>
+  <si>
+    <t>Refrigerated Cabinets</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/draft-meps-rdcs</t>
+  </si>
+  <si>
+    <t>Draft MEPS for televisions</t>
+  </si>
+  <si>
+    <t>The document specifies the MEPS and labeling instructions for televisions.</t>
+  </si>
+  <si>
+    <t>Televisions</t>
+  </si>
+  <si>
+    <t>IEC 62301, IEC 62087, SNI 04 6958 - 2003</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/draft-meps-televisions</t>
+  </si>
+  <si>
+    <t>Draft MEPS for washing machines</t>
+  </si>
+  <si>
+    <t>The document specifies the MEPS and labeling instructions for washing machines.</t>
+  </si>
+  <si>
+    <t>Washing Machines</t>
+  </si>
+  <si>
+    <t>SNI IEC 60311-2000</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/draft-meps-washing-machines-0</t>
+  </si>
+  <si>
+    <t>Draft MEPS for water pumps</t>
+  </si>
+  <si>
+    <t>The document specifies the MEPS and labeling instructions for water pumps.</t>
+  </si>
+  <si>
+    <t>Pumps Other</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/draft-meps-water-pumps</t>
+  </si>
+  <si>
+    <t>Draft Resolution of the Cabinet of Ministers of Ukraine: On approval of technical regulations on energy labeling of household air conditioners</t>
+  </si>
+  <si>
+    <t>Applies to electric air conditioners of domestic and foreign make, placed on the market in the territory of Ukraine starting from the effective date of the Technical Regulation, with a nominal capacity of equal to or less than 12 kW, which are used for cooling or heating, including reversible air conditioners with a rated capacity of less than or equal to 12 kW when cooling.</t>
+  </si>
+  <si>
+    <t>Ukraine</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>October 2015</t>
+  </si>
+  <si>
+    <t>State Agency on Energy Efficiency and Energy Saving of Ukraine</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/draft-resolution-cabinet-ministers-ukraine-approval-technical-regulations-energy-labeling</t>
+  </si>
+  <si>
+    <t>http://saee.gov.ua/sites/default/files/documents/TR-konditsionery.doc</t>
+  </si>
+  <si>
+    <t>Draft Resolution of the Cabinet of Ministers of Ukraine: On approval of technical regulations on energy labeling of televisions</t>
+  </si>
+  <si>
+    <t>Television set or a television monitor of domestic and foreign make</t>
+  </si>
+  <si>
+    <t>Displays, Televisions</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/draft-resolution-cabinet-ministers-ukraine-approval-technical-regulations-energy-0</t>
+  </si>
+  <si>
+    <t>http://saee.gov.ua/sites/default/files/documents/teh-regl-tv.doc</t>
+  </si>
+  <si>
+    <t>Draft Resolution of the Cabinet of Ministers of Ukraine: On approval of the technical regulation on energy labeling of household dishwashers</t>
+  </si>
+  <si>
+    <t>Applies to household dishwashers of domestic and foreign make, including those intended for professional use, placed on the market in the territory of Ukraine starting from the effective date of the Technical Regulation, including:</t>
+  </si>
+  <si>
+    <t>Dishwashers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/draft-resolution-cabinet-ministers-ukraine-approval-technical-regulation-energy-labeling</t>
+  </si>
+  <si>
+    <t>http://saee.gov.ua/sites/default/files/documents/TR-posudomoyka.docx</t>
+  </si>
+  <si>
+    <t>Draft Resolution of the Cabinet of Ministers of Ukraine: On approval of the technical regulation on energy labeling of household tumble dryers</t>
+  </si>
+  <si>
+    <t>Applies to tumble dryers of domestic and foreign make, including those intended for professional use, placed on the market in the territory of Ukraine starting from the effective date of the Technical Regulation, including: - electric mains-operated tumble dryers; -gas-powered tumble dryers; - built-in tumble dryers.</t>
+  </si>
+  <si>
+    <t>Clothes Dryers</t>
+  </si>
+  <si>
+    <t>Electricity, Gas</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/draft-resolution-cabinet-ministers-ukraine-approval-technical-regulation-energy-labeling-0</t>
+  </si>
+  <si>
+    <t>http://saee.gov.ua/sites/default/files/Barabanni%20susharky.rar</t>
+  </si>
+  <si>
+    <t>ESDM Ministerial Decree No. 126.K/EK.06/DJE/2023 -- Refrigerated Display Case</t>
+  </si>
+  <si>
+    <t>This policy establishes the minimum performance standards and energy-saving label for refrigerated display case (RDC) which is a refrigerated cabinet used to display food or beverages, utilizing glass as a medium to highlight the products on display, with a capacity of 150 (one hundred fifty) to 300 (three hundred) liters.</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
+  </si>
+  <si>
+    <t>August 2025</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-126kek06dje2023-refrigerated-display-case</t>
+  </si>
+  <si>
+    <t>https://simebtke.esdm.go.id/sinergi/assets/content/20250310092031_126K_SKEM_dan_LTHE_RDC.pdf</t>
+  </si>
+  <si>
+    <t>ESDM Ministerial Decree No. 134.K/EK.07/DJE/2023 -- Air Conditioning (Amendment)</t>
+  </si>
+  <si>
+    <t>This policy regulates minimum energy performance standards and labels for air conditioners that are single split, wall-mounted units with a maximum cooling capacity of 27,000 BTU/hour for both inverter and non-inverter types, with HS code 8415.10.10 or as subsequently amended.</t>
+  </si>
+  <si>
+    <t>Directorate General of New, Renewable Energy and Energy Conservation, Ministry …</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-134kek07dje2023-air-conditioning-amendment</t>
+  </si>
+  <si>
+    <t>https://simebtke.esdm.go.id/sinergi/program_konservasi_energi/detail/1/regulasi-dan-standar-konservasi-energi</t>
+  </si>
+  <si>
+    <t>ESDM Ministerial Decree No. 162.K/EK.06/DJE/2023 -- Television</t>
+  </si>
+  <si>
+    <t>The policy regulates minimum energy performance standards and label for televisions of  the liquid crystal display (LCD) type and light-emitting diode (LED) type, up to 55 inches in size</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-162kek06dje2023-television</t>
+  </si>
+  <si>
+    <t>ESDM Ministerial Decree No. 20.K/EK.07/DJE.S/2024 -- LED Lamps</t>
+  </si>
+  <si>
+    <t>This policy regulates self-ballasted Light-Emitting Diode (LED) lamps with a rated power of up to 60 watts and a rated voltage of &gt;50V  up to 250V. The minimum energy performance standard for self-ballasted LED lamps is an energy efficiency of 80 lumens per watt.</t>
+  </si>
+  <si>
+    <t>Non-Directional lamps</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-20kek07djes2024-led-lamps</t>
+  </si>
+  <si>
+    <t>ESDM Ministerial Decree No. 8.K/EK.07/DJE/2024 -- Refrigerators (Amendment)</t>
+  </si>
+  <si>
+    <t>This policy establishes MEPS and label for refrigerators that have a maximum capacity of 300 (three hundred) liters and a maximum electrical voltage of 250 (two hundred fifty) volts.</t>
+  </si>
+  <si>
+    <t>Refrigerators-Freezers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-8kek07dje2024-refrigerators-amendment</t>
+  </si>
+  <si>
+    <t>ESDM Ministerial Decree No. 87.K/EK.01/MEM.E/2025 -- Drinking Water Dispensers</t>
+  </si>
+  <si>
+    <t>This policy establishes MEPS and label for water dispense, a standalone device equipped with a heating component to heat drinking water, or a standalone device equipped with a heating and/or cooling component that uses a heat pump or thermoelectric system to cool drinking water. It uses bottled water as the water source, with a bottle capacity of up to 20 (twenty) liters. MEPS and Label rating:</t>
+  </si>
+  <si>
+    <t>Water Coolers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-87kek01meme2025-drinking-water-dispensers</t>
+  </si>
+  <si>
+    <t>GS IEC 62257-9-8:2020, Renewable energy and hybrid systems for rural electrification - Part 9-8: Integrated systems - Requirements for stand-alone renewable energy products with power ratings less than or equal to 350 W</t>
+  </si>
+  <si>
+    <t>Quality standards for standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
+    <t>Solar Energy Kits</t>
+  </si>
+  <si>
+    <t>Quality Standard</t>
+  </si>
+  <si>
+    <t>July 2022</t>
+  </si>
+  <si>
+    <t>Solar</t>
+  </si>
+  <si>
+    <t>IEC TS 62257-9-5</t>
+  </si>
+  <si>
+    <t>Ghana Standards Authority</t>
+  </si>
+  <si>
+    <t>Off-Grid</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gs-iec-62257-9-82020-renewable-energy-and-hybrid-systems-rural-electrification-part-9-8</t>
+  </si>
+  <si>
+    <t>http://services.gsa.gov.gh/standards/standards.php?sno=GS%20IEC%20TS%2062257-9-8:2020</t>
+  </si>
+  <si>
+    <t>L.I 2353 Efficiency standards and labelling-Light emitting diode and self ballasted fluorescent lamps</t>
+  </si>
+  <si>
+    <t>These regulations apply to enforcement of standards for minimum energy efficiency of self ballasted fluorescent lamps and LED. The regulations also include the labelling of these two products</t>
+  </si>
+  <si>
+    <t>November 2020</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/li-2353-efficiency-standards-and-labelling-light-emitting-diode-and-self-ballasted</t>
+  </si>
+  <si>
+    <t>http://www.energycom.gov.gh/files/Efficiency%20Standards%20LI%202353.pdf</t>
+  </si>
+  <si>
+    <t>L.I 2441 Energy Commission (Energy Efficiency Standards and Labeling) (Refrigerating Appliances) Regulations,2022</t>
+  </si>
+  <si>
+    <t>These regulations apply to electric mains-operated refrigerating appliances with a volume of not less than ten litres and not more than one thousand five hundred litres, manufactured in the country or imported into the country for sale or use.</t>
+  </si>
+  <si>
+    <t>Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>March 2023</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/li-2441-energy-commission-energy-efficiency-standards-and-labeling-refrigerating</t>
+  </si>
+  <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
+    <t>L.I 2442 Energy Commission (Energy Efficiency Standards and Labeling) (Prohibition of manufacture, importation and sale of Incandescent filament lamp) Regulations,2022</t>
+  </si>
+  <si>
+    <t>These regulations apply to a manufacturer or importer of an incandescent filament lamp.</t>
+  </si>
+  <si>
+    <t>Lamps</t>
+  </si>
+  <si>
+    <t>Minimum Performance Standard, Quality Standard</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/li-2442-energy-commission-energy-efficiency-standards-and-labeling-prohibition-manufacture</t>
+  </si>
+  <si>
+    <t>L.I. 1815 Energy Efficiency Standards and Labelling Regulations - Non-ducted Air Conditioners and Self-ballasted Fluorescent Lamps</t>
+  </si>
+  <si>
+    <t>These Regulations apply to non-ducted air conditioners or self-ballasted fluorescent lamps manufactured in Ghana or imported for use in Ghana.</t>
+  </si>
+  <si>
+    <t>Tubular Lamps, Non-Directional lamps, Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>October 2019</t>
+  </si>
+  <si>
+    <t>GS 324:2003</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/li-1815-energy-efficiency-standards-and-labelling-regulations-non-ducted-air-conditioners</t>
+  </si>
+  <si>
+    <t>http://www.energycom.gov.gh/files/LI_1815.pdf</t>
+  </si>
+  <si>
+    <t>L.I. 1958 Energy Efficiency Standards and Labelling - Household Refrigerating Appliances</t>
+  </si>
+  <si>
+    <t>These Regulations apply to electric mains operated appliances manufactured in Ghana or imported for use in this country. These Regulations do not apply to the rating plate or its equivalent affixed for safety purposes to an appliance; or an appliance which is designed to use an energy source other than electricity; or an appliance manufactured in this country for export. For the purpose of this regulation; appliance means a refrigerator; a frozen food storage cabinet; a food freezer or their combination.</t>
+  </si>
+  <si>
+    <t>GS IEC 62552: 2007</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/li-1958-energy-efficiency-standards-and-labelling-household-refrigerating-appliances</t>
+  </si>
+  <si>
+    <t>http://www.energycom.gov.gh/files/LI1958.pdf</t>
+  </si>
+  <si>
+    <t>LI 2443 Energy Commission Clothes Washing Machines Regulations</t>
+  </si>
+  <si>
+    <t>This policy includes energy efficiency standards and labeling guidelines for clothes washing machines in Ghana.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/li-2443-energy-commission-clothes-washing-machines-regulations</t>
+  </si>
+  <si>
+    <t>LI 2444 Energy Commission Energy Efficiency Standards and Labelling Industrial Fans Regulations</t>
+  </si>
+  <si>
+    <t>Minimum energy performance regulations and labelling guidelines for industrial fans with an electrical input power between 0.125 - 500 kW or integrated in other energy-related products manufactured in the country or imported into the country for display, sale, or use.</t>
+  </si>
+  <si>
+    <t>Industrial Fans</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/li-2444-energy-commission-energy-efficiency-standards-and-labelling-industrial-fans</t>
+  </si>
+  <si>
+    <t>LI 2445 Energy Commission (Energy Efficiency Standards and Labelling) (Rice Cookers) Regulations, 2022</t>
+  </si>
+  <si>
+    <t>These regulations apply a rice cooker manufactured in the country or imported into the country for display, sale, or use that has a rated power not exceeding two thousand watts, voltage not exceeding two hundred and fifty volts, and volume not exceeding ten litres.</t>
+  </si>
+  <si>
+    <t>Rice Cookers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/li-2445-energy-commission-energy-efficiency-standards-and-labelling-rice-cookers</t>
+  </si>
+  <si>
+    <t>LI 2446 Energy Commission (Energy Efficiency Standards and Labelling) (Computers) Regulations, 2022</t>
+  </si>
+  <si>
+    <t>These regulations apply to a computer, manufactured in the country or imported into the country for display, sale or use as a desktop computer, notebook computer, a workstation, or a computer server.</t>
+  </si>
+  <si>
+    <t>Computers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/li-2446-energy-commission-energy-efficiency-standards-and-labelling-computers-regulations</t>
+  </si>
+  <si>
+    <t>LI 2447 Energy Commission (Energy Efficiency Standards and Labelling) (Set-Top Boxes) Regulations, 2022</t>
+  </si>
+  <si>
+    <t>Minimum energy performance standard and labelling guidelines for set-top boxes. These regulations apply to set-top boxes manufactured in the country or imported into the country for display, sale or use, with the ability to be powered directly from the mains alternating current for use as either a simple set-top box, or a complex set-top box.</t>
+  </si>
+  <si>
+    <t>Televisions, Set Top Boxes (STB)</t>
+  </si>
+  <si>
+    <t>May 2023</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/li-2447-energy-commission-energy-efficiency-standards-and-labelling-set-top-boxes</t>
+  </si>
+  <si>
+    <t>LI 2448 Energy Commission (Energy Efficiency Standards and Labelling) (Ventilating Fans) Regulations, 2022</t>
+  </si>
+  <si>
+    <t>These regulations apply to a ventilating fan or unit with an individual fan electric power input of less than 125 W manufactured in the country or imported into the country for display, sale or use.</t>
+  </si>
+  <si>
+    <t>Space Heating and Space Cooling, Ventilation</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/li-2448-energy-commission-energy-efficiency-standards-and-labelling-ventilating-fans</t>
+  </si>
+  <si>
+    <t>LI 2450 Energy Commission (Energy Efficiency Standards and Labelling) (Microwave Ovens) Regulations, 2022</t>
+  </si>
+  <si>
+    <t>These regulations apply to an electric mains-operated microwave oven, manufactured in the country or imported into the country for display, sale or use. These regulations do not apply to microwave ovens which cannot accept a load with a diameter equal or greater than 200mm or heigh of 120mm.</t>
+  </si>
+  <si>
+    <t>Microwaves</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/li-2450-energy-commission-energy-efficiency-standards-and-labelling-microwave-ovens</t>
+  </si>
+  <si>
+    <t>LI 2451 Energy Commission (Energy Efficiency Standards and Labelling) (Storage Water Heaters) Regulations, 20</t>
+  </si>
+  <si>
+    <t>These regulations apply to an electric storage water heater with a storage volume of not more than 500 litres, an electric instantaneous water heater, and a water heater with rated power not exceeding 70kW.</t>
+  </si>
+  <si>
+    <t>Instantaneous Water Heaters, Storage Water Heaters</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/li-2451-energy-commission-energy-efficiency-standards-and-labelling-storage-water-heaters</t>
+  </si>
+  <si>
+    <t>LI 2452 Renewable Energy (Standards and Labelling) (Renewable Energy Batteries) Regulations, 2022</t>
+  </si>
+  <si>
+    <t>These regulations apply to a renewable energy battery manufactured in the country or imported into the country for display, sale, or use, irrespective of size, method of charge or energy system design of the renewable energy battery.</t>
+  </si>
+  <si>
+    <t>Battery Chargers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/li-2452-renewable-energy-standards-and-labelling-renewable-energy-batteries-regulations</t>
+  </si>
+  <si>
+    <t>LI 2453 Energy Commission (Energy Efficiency Standards and Labelling) (Public Lighting) Regulations, 2022</t>
+  </si>
+  <si>
+    <t>These regulations apply to a lamp or luminaire manufactured in the country or imported into the country for the purpose of public lighting services, for display, sale or use in the country. These regulations do not apply to a lamp or luminaire other than an electric mains-operated lamp or luminaire.</t>
+  </si>
+  <si>
+    <t>Streetlighting</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/li-2453-energy-commission-energy-efficiency-standards-and-labelling-public-lighting</t>
+  </si>
+  <si>
+    <t>LI 2454 Renewable Energy (Standards and Labelling) (Improved Biomass Cookstoves) Regulations, 2022</t>
+  </si>
+  <si>
+    <t>These regulations apply to an improved biomass cookstoves, manufactured in the country or imported into the country for sale, display or use as a domestic cookstove, or an institutional cookstove that uses solid biomass fuels including wood, charcoal, briquette, or pellet.</t>
+  </si>
+  <si>
+    <t>Biomass Stoves</t>
+  </si>
+  <si>
+    <t>Biomass</t>
+  </si>
+  <si>
+    <t>Cookstoves</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/li-2454-renewable-energy-standards-and-labelling-improved-biomass-cookstoves-regulations</t>
+  </si>
+  <si>
+    <t>LI 2455 Energy Commission (Energy Efficiency Standards and Labelling) (Television Sets) Regulations, 2022</t>
+  </si>
+  <si>
+    <t>These regulations apply to a television set or monitor, manufactured in the country or imported into the country for display, sale or use. These regulations do not apply to a rating plate or the equivalent of a rating plate, a digital display and signage, and or non-electric mains operated television or monitor.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/li-2455-energy-commission-energy-efficiency-standards-and-labelling-television-sets</t>
+  </si>
+  <si>
+    <t>LI 2456 Energy Commission (Energy Efficiency Standards and Labelling) (Electric Motors) Regulations, 2022</t>
+  </si>
+  <si>
+    <t>These regulations apply to an induction motor whether sold separately or partly integrated in other products that has 2,4,6, or 8 poles; has a rated voltage that's more than 50 V but less than 1000 V; has a rated power output of 0.12 kW up to 1000 kW; is rated to operate at a frequency of 50 Hz; is rated on the basis of continuous duty operation, and; is rated for direct on-line operation.</t>
+  </si>
+  <si>
+    <t>3-Phase Motors, 1-Phase Motors</t>
+  </si>
+  <si>
+    <t>Energy Efficiency, Industrial Sector</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/li-2456-energy-commission-energy-efficiency-standards-and-labelling-electric-motors</t>
+  </si>
+  <si>
+    <t>LI 2457 Energy Commission (Energy Efficiency Standards and Labelling) (Electric Kettles) Regulations, 2022</t>
+  </si>
+  <si>
+    <t>These regulations apply to kettles with a water capacity not exceeding 2.5 litres, manufactured in the country or imported into the country for display, sale or use.</t>
+  </si>
+  <si>
+    <t>Electric Kettles</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/li-2457-energy-commission-energy-efficiency-standards-and-labelling-electric-kettles</t>
+  </si>
+  <si>
+    <t>LI 2458 Energy Commission (Energy Efficiency Standards and Labelling) (Air conditioners) Regulations, 2022</t>
+  </si>
+  <si>
+    <t>These regulations apply to an air conditioning product, manufactured in the country or imported into the country for display, sale or use. These regulations apply to a single-phase and three-phase AC, multi-split outdoor unit and single split outdoor unit that has a rated full capacity of 65kW or less and is designed for human comfort.</t>
+  </si>
+  <si>
+    <t>Space Heating and Space Cooling, Air Conditioning</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/li-2458-energy-commission-energy-efficiency-standards-and-labelling-air-conditioners</t>
+  </si>
+  <si>
+    <t>LI 2459 Energy Commission (Energy Efficiency Standards and Labelling) (Distribution Transformers) Regulations, 2022</t>
+  </si>
+  <si>
+    <t>These regulations apply to a distributor transformer manufactured in the country or imported to the country for display, sale or use.</t>
+  </si>
+  <si>
+    <t>Power Transformers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/li-2459-energy-commission-energy-efficiency-standards-and-labelling-distribution</t>
+  </si>
+  <si>
+    <t>LI 2460 Energy Commission (Energy Efficiency Standards and Labelling) (Comfort Fans) Regulations, 2022</t>
+  </si>
+  <si>
+    <t>These regulations apply to comfort fans with an electric power input not exceeding 125W, manufactured in the country or imported into the country for display, sale, or use.</t>
+  </si>
+  <si>
+    <t>Ceiling Fans, Window Fans, Portable Fans</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/li-2460-energy-commission-energy-efficiency-standards-and-labelling-comfort-fans</t>
+  </si>
+  <si>
+    <t>LI 2461 Renewable Energy (Standards and Labelling) (Inverters) Regulations, 2022</t>
+  </si>
+  <si>
+    <t>These regulations apply to an inverter intended for use in a stand-alone energy system or utility-interactive energy system where the output of the inverter is a stable alternating current of constant frequency; and a single-phase inverter or 3-phase inverter intended for use in a stand alone energy system or utility interactive energy system intended to be operated in parallel with an electric power system to supply power to common loads manufactured in the country or imported into the country for display, sale or use.</t>
+  </si>
+  <si>
+    <t>Solar Inverters</t>
+  </si>
+  <si>
+    <t>Electricity, Solar</t>
+  </si>
+  <si>
+    <t>Energy Efficiency, Off-Grid</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/li-2461-renewable-energy-standards-and-labelling-inverters-regulations-2022</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standard and Energy Savings Label for Energy-Consuming Appliance Fan</t>
   </si>
   <si>
     <t>This policy includes MEPS and labeling requirements for portable fans with blade diameter from 150 mm/6 inches to 240 mm/24 inches, excluding exhaust fans, ceiling fans, and ventilation fans (HS code: 8414.51.00).</t>
   </si>
   <si>
     <t>Portable Fans</t>
   </si>
   <si>
     <t>SNI lEC 60879:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standard-and-energy-savings-label-energy-consuming-appliance</t>
   </si>
   <si>
     <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924124237_114KEK07DJE2021_SKEM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_KIPAS_ANGIN.pdf</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standard and Energy Savings Label for Energy-Consuming Appliance Refrigerator</t>
   </si>
   <si>
     <t>This document specifies MEPS and labeling requirements cover refrigerators with capacity up to 300 L and voltage up to 250 V (HS code: 8418.10.11, 8418.10.19, 8418.21.10, 8418.21.90, 8418.29.00).</t>
+  </si>
+  <si>
+    <t>Entered into force, New, Superseded</t>
   </si>
   <si>
     <t>SNI 8557-1:2018 IEC 62552-1:2015
 ,   
                     SNI IEC 62552-2:2016
 ,   
                     SNI 8557-3:2018 IEC 62552-3:2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standard-and-energy-savings-label-energy-consuming-appliance-0</t>
   </si>
   <si>
     <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924124138_113KEK07DJE2021_SKEM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_LEMARI_PENDINGIN.PDF</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standard and Energy Savings Label for Energy-Consuming Appliance Rice Cooker</t>
   </si>
   <si>
     <t>The document specifies the MEPS and labeling requirements for cover rice cookers with rice cooking capacity not exceeding 3 L and voltage up to 250 V, excluding pressure cookers (HS code: 8516.60.10).</t>
   </si>
   <si>
     <t>SNI IEC 60335-1
 ,   
                     SNI IEC 60335-2-15</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standard-and-energy-savings-label-energy-consuming-appliance-1</t>
   </si>
   <si>
     <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924124347_115KEK07DJE2021_SKEM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_PENANAK_NASI.PDF</t>
   </si>
   <si>
     <t>Minister of Energy and Mineral Resources Decision No. 103.K/EK.07/DJE/2021 on Minimum Energy Performance Standards and Energy Savings Label for Energy Consuming Appliance Air Conditioners</t>
   </si>
   <si>
     <t>The document specifies the MEPS and energy labelling requirements for single split wall-mounted ACs with maximum cooling capacity of 27,000 BTU/hour for inverter and non-inver type under the HS Code 8415.10.10</t>
   </si>
   <si>
     <t>Air Conditioning, Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
   </si>
   <si>
     <t>SNI ISO 5151:2015, SNI 8560-1:2018 ISO 16358-1:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minister-energy-and-mineral-resources-decision-no-103kek07dje2021-minimum-energy</t>
   </si>
   <si>
     <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924123008_103KEK07DJE2021_STANDAR_KINERJA_MINIMUM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_PEMANFAATAN_ENERGI_PENGONDISI_UDARA.pdf</t>
   </si>
   <si>
     <t>Minister of Energy and Mineral Resources Regulation No. 14 of 2021 on Application of Minimum Energy Performance Standards for Energy Consuming Appliances</t>
   </si>
   <si>
     <t>This document describes the implementation of minimum energy performance standards for energy-consuming appliances. It was signed on 22 June 2021 and details all policy implementation aspects, registration framework, and compliance.</t>
   </si>
   <si>
     <t>Rice Cookers, Lamps, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minister-energy-and-mineral-resources-regulation-no-14-2021-application-minimum-energy</t>
   </si>
   <si>
     <t>https://jdih.esdm.go.id/storage/document/Permen%20ESDM%20No.%2014%20Tahun%202021.pdf</t>
   </si>
@@ -1255,51 +1261,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P53"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="259.365" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="620.42" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="106.117" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="69.554" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="225.231" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -1339,2428 +1345,2424 @@
         <v>15</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>16</v>
       </c>
       <c r="B2" t="s">
         <v>17</v>
       </c>
       <c r="C2" t="s">
         <v>18</v>
       </c>
       <c r="D2" t="s">
         <v>19</v>
       </c>
       <c r="E2" t="s">
         <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>21</v>
       </c>
       <c r="G2" t="s">
         <v>22</v>
       </c>
-      <c r="H2"/>
+      <c r="H2">
+        <v>2022</v>
+      </c>
       <c r="I2"/>
       <c r="J2" t="s">
         <v>23</v>
       </c>
       <c r="K2" t="s">
         <v>24</v>
       </c>
-      <c r="L2"/>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
       <c r="M2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="N2" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O2" t="s">
-        <v>27</v>
-[...1 lines deleted...]
-      <c r="P2"/>
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="B3" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="E3" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="F3" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="G3" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H3"/>
       <c r="I3"/>
       <c r="J3" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3"/>
       <c r="M3" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="N3" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O3" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>38</v>
+      </c>
+      <c r="P3"/>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="B4" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="C4" t="s">
-        <v>37</v>
+        <v>18</v>
       </c>
       <c r="D4" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="E4" t="s">
-        <v>39</v>
+        <v>33</v>
       </c>
       <c r="F4" t="s">
         <v>21</v>
       </c>
       <c r="G4" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H4"/>
       <c r="I4"/>
       <c r="J4" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4"/>
       <c r="M4" t="s">
-        <v>41</v>
+        <v>26</v>
       </c>
       <c r="N4" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O4" t="s">
         <v>42</v>
       </c>
-      <c r="P4"/>
+      <c r="P4" t="s">
+        <v>43</v>
+      </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B5" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C5" t="s">
-        <v>18</v>
+        <v>46</v>
       </c>
       <c r="D5" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="E5" t="s">
-        <v>20</v>
+        <v>48</v>
       </c>
       <c r="F5" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G5" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H5"/>
       <c r="I5"/>
       <c r="J5" t="s">
-        <v>23</v>
+        <v>49</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5"/>
       <c r="M5" t="s">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="N5" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="P5"/>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>47</v>
+        <v>52</v>
       </c>
       <c r="B6" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
       <c r="D6" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="E6" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="F6" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="G6" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H6"/>
       <c r="I6"/>
       <c r="J6" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
-      <c r="L6" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L6"/>
       <c r="M6" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="N6" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>51</v>
-[...3 lines deleted...]
-      </c>
+        <v>55</v>
+      </c>
+      <c r="P6"/>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>52</v>
+        <v>56</v>
       </c>
       <c r="B7" t="s">
-        <v>53</v>
+        <v>57</v>
       </c>
       <c r="C7" t="s">
         <v>18</v>
       </c>
       <c r="D7" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="E7" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="F7" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="G7" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H7"/>
       <c r="I7"/>
       <c r="J7" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="M7" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="N7" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="P7" t="s">
-        <v>34</v>
+        <v>43</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>57</v>
+        <v>61</v>
       </c>
       <c r="B8" t="s">
-        <v>58</v>
+        <v>62</v>
       </c>
       <c r="C8" t="s">
         <v>18</v>
       </c>
       <c r="D8" t="s">
-        <v>59</v>
+        <v>63</v>
       </c>
       <c r="E8" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="F8" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="G8" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H8"/>
       <c r="I8"/>
       <c r="J8" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
-      <c r="L8"/>
+      <c r="L8" t="s">
+        <v>64</v>
+      </c>
       <c r="M8" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="N8" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O8" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="P8" t="s">
-        <v>34</v>
+        <v>43</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="B9" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="C9" t="s">
-        <v>63</v>
+        <v>18</v>
       </c>
       <c r="D9" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="E9" t="s">
-        <v>39</v>
+        <v>33</v>
       </c>
       <c r="F9" t="s">
-        <v>65</v>
+        <v>21</v>
       </c>
       <c r="G9" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H9"/>
       <c r="I9"/>
       <c r="J9" t="s">
-        <v>66</v>
+        <v>36</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9"/>
       <c r="M9" t="s">
-        <v>67</v>
+        <v>26</v>
       </c>
       <c r="N9" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="P9" t="s">
-        <v>69</v>
+        <v>43</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
         <v>70</v>
       </c>
       <c r="B10" t="s">
         <v>71</v>
       </c>
       <c r="C10" t="s">
-        <v>63</v>
+        <v>72</v>
       </c>
       <c r="D10" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="E10" t="s">
-        <v>39</v>
+        <v>48</v>
       </c>
       <c r="F10" t="s">
-        <v>65</v>
+        <v>74</v>
       </c>
       <c r="G10" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H10"/>
       <c r="I10"/>
       <c r="J10" t="s">
-        <v>66</v>
+        <v>75</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10"/>
       <c r="M10" t="s">
-        <v>67</v>
+        <v>76</v>
       </c>
       <c r="N10" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>73</v>
+        <v>77</v>
       </c>
       <c r="P10" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="B11" t="s">
-        <v>76</v>
+        <v>80</v>
       </c>
       <c r="C11" t="s">
-        <v>63</v>
+        <v>72</v>
       </c>
       <c r="D11" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="E11" t="s">
-        <v>39</v>
+        <v>48</v>
       </c>
       <c r="F11" t="s">
-        <v>65</v>
+        <v>74</v>
       </c>
       <c r="G11" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H11"/>
       <c r="I11"/>
       <c r="J11" t="s">
-        <v>66</v>
+        <v>75</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11"/>
       <c r="M11" t="s">
-        <v>67</v>
+        <v>76</v>
       </c>
       <c r="N11" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="P11" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>80</v>
+        <v>84</v>
       </c>
       <c r="B12" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="C12" t="s">
-        <v>63</v>
+        <v>72</v>
       </c>
       <c r="D12" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="E12" t="s">
-        <v>39</v>
+        <v>48</v>
       </c>
       <c r="F12" t="s">
-        <v>65</v>
+        <v>74</v>
       </c>
       <c r="G12" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H12"/>
       <c r="I12"/>
       <c r="J12" t="s">
-        <v>66</v>
+        <v>75</v>
       </c>
       <c r="K12" t="s">
-        <v>83</v>
+        <v>24</v>
       </c>
       <c r="L12"/>
       <c r="M12" t="s">
-        <v>67</v>
+        <v>76</v>
       </c>
       <c r="N12" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="P12" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="B13" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="C13" t="s">
-        <v>18</v>
+        <v>72</v>
       </c>
       <c r="D13" t="s">
-        <v>45</v>
+        <v>91</v>
       </c>
       <c r="E13" t="s">
-        <v>88</v>
+        <v>48</v>
       </c>
       <c r="F13" t="s">
-        <v>31</v>
+        <v>74</v>
       </c>
       <c r="G13" t="s">
-        <v>89</v>
-[...3 lines deleted...]
-      </c>
+        <v>35</v>
+      </c>
+      <c r="H13"/>
       <c r="I13"/>
       <c r="J13" t="s">
-        <v>90</v>
+        <v>75</v>
       </c>
       <c r="K13" t="s">
-        <v>24</v>
+        <v>92</v>
       </c>
       <c r="L13"/>
       <c r="M13" t="s">
-        <v>32</v>
+        <v>76</v>
       </c>
       <c r="N13" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="P13" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="B14" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="C14" t="s">
         <v>18</v>
       </c>
       <c r="D14" t="s">
-        <v>64</v>
+        <v>54</v>
       </c>
       <c r="E14" t="s">
-        <v>88</v>
+        <v>20</v>
       </c>
       <c r="F14" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="G14" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="H14">
-        <v>2015</v>
-[...1 lines deleted...]
-      <c r="I14">
         <v>2023</v>
       </c>
+      <c r="I14"/>
       <c r="J14" t="s">
-        <v>90</v>
+        <v>98</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14"/>
       <c r="M14" t="s">
-        <v>96</v>
+        <v>26</v>
       </c>
       <c r="N14" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="P14" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="B15" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="C15" t="s">
         <v>18</v>
       </c>
       <c r="D15" t="s">
-        <v>49</v>
+        <v>73</v>
       </c>
       <c r="E15" t="s">
-        <v>88</v>
+        <v>20</v>
       </c>
       <c r="F15" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="G15" t="s">
-        <v>89</v>
+        <v>22</v>
       </c>
       <c r="H15">
+        <v>2015</v>
+      </c>
+      <c r="I15">
         <v>2023</v>
       </c>
-      <c r="I15"/>
       <c r="J15" t="s">
-        <v>90</v>
+        <v>98</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15"/>
       <c r="M15" t="s">
-        <v>96</v>
+        <v>103</v>
       </c>
       <c r="N15" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="P15" t="s">
-        <v>98</v>
+        <v>105</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="B16" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="C16" t="s">
         <v>18</v>
       </c>
       <c r="D16" t="s">
-        <v>104</v>
+        <v>58</v>
       </c>
       <c r="E16" t="s">
-        <v>88</v>
+        <v>20</v>
       </c>
       <c r="F16" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="G16" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="H16">
-        <v>2022</v>
-[...3 lines deleted...]
-      </c>
+        <v>2023</v>
+      </c>
+      <c r="I16"/>
       <c r="J16" t="s">
-        <v>90</v>
+        <v>98</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16"/>
       <c r="M16" t="s">
-        <v>96</v>
+        <v>103</v>
       </c>
       <c r="N16" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O16" t="s">
+        <v>108</v>
+      </c>
+      <c r="P16" t="s">
         <v>105</v>
-      </c>
-[...1 lines deleted...]
-        <v>98</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="B17" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="C17" t="s">
         <v>18</v>
       </c>
       <c r="D17" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="E17" t="s">
-        <v>88</v>
+        <v>20</v>
       </c>
       <c r="F17" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="G17" t="s">
-        <v>95</v>
+        <v>22</v>
       </c>
       <c r="H17">
+        <v>2022</v>
+      </c>
+      <c r="I17">
         <v>2024</v>
       </c>
-      <c r="I17">
-[...1 lines deleted...]
-      </c>
       <c r="J17" t="s">
-        <v>90</v>
+        <v>98</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
       <c r="L17"/>
       <c r="M17" t="s">
-        <v>96</v>
+        <v>103</v>
       </c>
       <c r="N17" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
       <c r="P17" t="s">
-        <v>98</v>
+        <v>105</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
       <c r="B18" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
       <c r="C18" t="s">
         <v>18</v>
       </c>
       <c r="D18" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
       <c r="E18" t="s">
-        <v>88</v>
+        <v>20</v>
       </c>
       <c r="F18" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="G18" t="s">
-        <v>89</v>
-[...4 lines deleted...]
-      <c r="I18"/>
+        <v>22</v>
+      </c>
+      <c r="H18"/>
+      <c r="I18">
+        <v>2024</v>
+      </c>
       <c r="J18" t="s">
-        <v>90</v>
+        <v>98</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
       <c r="L18"/>
       <c r="M18" t="s">
-        <v>96</v>
+        <v>103</v>
       </c>
       <c r="N18" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="P18" t="s">
-        <v>98</v>
+        <v>105</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="B19" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="C19" t="s">
-        <v>37</v>
+        <v>18</v>
       </c>
       <c r="D19" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="E19" t="s">
-        <v>39</v>
+        <v>20</v>
       </c>
       <c r="F19" t="s">
-        <v>117</v>
+        <v>21</v>
       </c>
       <c r="G19" t="s">
-        <v>89</v>
+        <v>97</v>
       </c>
       <c r="H19">
-        <v>2020</v>
+        <v>2025</v>
       </c>
       <c r="I19"/>
       <c r="J19" t="s">
-        <v>118</v>
+        <v>98</v>
       </c>
       <c r="K19" t="s">
-        <v>119</v>
-[...1 lines deleted...]
-      <c r="L19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>103</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
         <v>120</v>
       </c>
-      <c r="M19" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P19" t="s">
-        <v>124</v>
+        <v>105</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="B20" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="C20" t="s">
-        <v>37</v>
+        <v>46</v>
       </c>
       <c r="D20" t="s">
-        <v>104</v>
+        <v>123</v>
       </c>
       <c r="E20" t="s">
-        <v>88</v>
+        <v>48</v>
       </c>
       <c r="F20" t="s">
-        <v>21</v>
+        <v>124</v>
       </c>
       <c r="G20" t="s">
-        <v>89</v>
+        <v>97</v>
       </c>
       <c r="H20">
-        <v>2017</v>
+        <v>2020</v>
       </c>
       <c r="I20"/>
       <c r="J20" t="s">
+        <v>125</v>
+      </c>
+      <c r="K20" t="s">
+        <v>126</v>
+      </c>
+      <c r="L20" t="s">
         <v>127</v>
       </c>
-      <c r="K20" t="s">
-[...2 lines deleted...]
-      <c r="L20"/>
       <c r="M20" t="s">
-        <v>41</v>
+        <v>128</v>
       </c>
       <c r="N20" t="s">
-        <v>26</v>
+        <v>129</v>
       </c>
       <c r="O20" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="P20" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="B21" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="C21" t="s">
-        <v>37</v>
+        <v>46</v>
       </c>
       <c r="D21" t="s">
-        <v>132</v>
+        <v>111</v>
       </c>
       <c r="E21" t="s">
-        <v>88</v>
+        <v>20</v>
       </c>
       <c r="F21" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G21" t="s">
-        <v>89</v>
+        <v>97</v>
       </c>
       <c r="H21">
-        <v>2022</v>
+        <v>2017</v>
       </c>
       <c r="I21"/>
       <c r="J21" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="K21" t="s">
         <v>24</v>
       </c>
       <c r="L21"/>
       <c r="M21" t="s">
-        <v>41</v>
+        <v>50</v>
       </c>
       <c r="N21" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O21" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="P21" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="B22" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="C22" t="s">
-        <v>37</v>
+        <v>46</v>
       </c>
       <c r="D22" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="E22" t="s">
-        <v>88</v>
+        <v>20</v>
       </c>
       <c r="F22" t="s">
-        <v>139</v>
+        <v>34</v>
       </c>
       <c r="G22" t="s">
-        <v>89</v>
+        <v>97</v>
       </c>
       <c r="H22">
         <v>2022</v>
       </c>
       <c r="I22"/>
       <c r="J22" t="s">
-        <v>133</v>
+        <v>140</v>
       </c>
       <c r="K22" t="s">
         <v>24</v>
       </c>
       <c r="L22"/>
       <c r="M22" t="s">
-        <v>41</v>
+        <v>50</v>
       </c>
       <c r="N22" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O22" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="P22" t="s">
-        <v>135</v>
+        <v>142</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="B23" t="s">
+        <v>144</v>
+      </c>
+      <c r="C23" t="s">
+        <v>46</v>
+      </c>
+      <c r="D23" t="s">
+        <v>145</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>146</v>
+      </c>
+      <c r="G23" t="s">
+        <v>97</v>
+      </c>
+      <c r="H23">
+        <v>2022</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>140</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23"/>
+      <c r="M23" t="s">
+        <v>50</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>147</v>
+      </c>
+      <c r="P23" t="s">
         <v>142</v>
-      </c>
-[...40 lines deleted...]
-        <v>147</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
         <v>148</v>
       </c>
       <c r="B24" t="s">
         <v>149</v>
       </c>
       <c r="C24" t="s">
-        <v>37</v>
+        <v>46</v>
       </c>
       <c r="D24" t="s">
-        <v>132</v>
+        <v>150</v>
       </c>
       <c r="E24" t="s">
-        <v>88</v>
+        <v>20</v>
       </c>
       <c r="F24" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="G24" t="s">
-        <v>89</v>
+        <v>22</v>
       </c>
       <c r="H24">
-        <v>2009</v>
-[...1 lines deleted...]
-      <c r="I24"/>
+        <v>2005</v>
+      </c>
+      <c r="I24">
+        <v>2008</v>
+      </c>
       <c r="J24" t="s">
-        <v>144</v>
+        <v>151</v>
       </c>
       <c r="K24" t="s">
         <v>24</v>
       </c>
       <c r="L24" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="M24" t="s">
-        <v>41</v>
+        <v>50</v>
       </c>
       <c r="N24" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O24" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="P24" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="B25" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="C25" t="s">
-        <v>37</v>
+        <v>46</v>
       </c>
       <c r="D25" t="s">
-        <v>54</v>
+        <v>139</v>
       </c>
       <c r="E25" t="s">
-        <v>88</v>
+        <v>20</v>
       </c>
       <c r="F25" t="s">
         <v>21</v>
       </c>
       <c r="G25" t="s">
-        <v>89</v>
+        <v>97</v>
       </c>
       <c r="H25">
-        <v>2022</v>
+        <v>2009</v>
       </c>
       <c r="I25"/>
       <c r="J25" t="s">
-        <v>133</v>
+        <v>151</v>
       </c>
       <c r="K25" t="s">
         <v>24</v>
       </c>
-      <c r="L25"/>
+      <c r="L25" t="s">
+        <v>157</v>
+      </c>
       <c r="M25" t="s">
-        <v>41</v>
+        <v>50</v>
       </c>
       <c r="N25" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O25" t="s">
-        <v>155</v>
+        <v>158</v>
       </c>
       <c r="P25" t="s">
-        <v>135</v>
+        <v>159</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>156</v>
+        <v>160</v>
       </c>
       <c r="B26" t="s">
-        <v>157</v>
+        <v>161</v>
       </c>
       <c r="C26" t="s">
-        <v>37</v>
+        <v>46</v>
       </c>
       <c r="D26" t="s">
-        <v>158</v>
+        <v>63</v>
       </c>
       <c r="E26" t="s">
-        <v>88</v>
+        <v>20</v>
       </c>
       <c r="F26" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G26" t="s">
-        <v>89</v>
+        <v>97</v>
       </c>
       <c r="H26">
         <v>2022</v>
       </c>
       <c r="I26"/>
       <c r="J26" t="s">
-        <v>133</v>
+        <v>140</v>
       </c>
       <c r="K26" t="s">
         <v>24</v>
       </c>
       <c r="L26"/>
       <c r="M26" t="s">
-        <v>41</v>
+        <v>50</v>
       </c>
       <c r="N26" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O26" t="s">
-        <v>159</v>
+        <v>162</v>
       </c>
       <c r="P26" t="s">
-        <v>135</v>
+        <v>142</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="B27" t="s">
-        <v>161</v>
+        <v>164</v>
       </c>
       <c r="C27" t="s">
-        <v>37</v>
+        <v>46</v>
       </c>
       <c r="D27" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="E27" t="s">
-        <v>88</v>
+        <v>20</v>
       </c>
       <c r="F27" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G27" t="s">
-        <v>89</v>
+        <v>97</v>
       </c>
       <c r="H27">
         <v>2022</v>
       </c>
       <c r="I27"/>
       <c r="J27" t="s">
-        <v>133</v>
+        <v>140</v>
       </c>
       <c r="K27" t="s">
         <v>24</v>
       </c>
       <c r="L27"/>
       <c r="M27" t="s">
-        <v>41</v>
+        <v>50</v>
       </c>
       <c r="N27" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O27" t="s">
-        <v>163</v>
+        <v>166</v>
       </c>
       <c r="P27" t="s">
-        <v>135</v>
+        <v>142</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
       <c r="B28" t="s">
-        <v>165</v>
+        <v>168</v>
       </c>
       <c r="C28" t="s">
-        <v>37</v>
+        <v>46</v>
       </c>
       <c r="D28" t="s">
-        <v>166</v>
+        <v>169</v>
       </c>
       <c r="E28" t="s">
-        <v>88</v>
+        <v>20</v>
       </c>
       <c r="F28" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G28" t="s">
-        <v>89</v>
+        <v>97</v>
       </c>
       <c r="H28">
         <v>2022</v>
       </c>
       <c r="I28"/>
       <c r="J28" t="s">
-        <v>133</v>
+        <v>140</v>
       </c>
       <c r="K28" t="s">
         <v>24</v>
       </c>
       <c r="L28"/>
       <c r="M28" t="s">
-        <v>41</v>
+        <v>50</v>
       </c>
       <c r="N28" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O28" t="s">
-        <v>167</v>
+        <v>170</v>
       </c>
       <c r="P28" t="s">
-        <v>135</v>
+        <v>142</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="B29" t="s">
-        <v>169</v>
+        <v>172</v>
       </c>
       <c r="C29" t="s">
-        <v>37</v>
+        <v>46</v>
       </c>
       <c r="D29" t="s">
-        <v>170</v>
+        <v>173</v>
       </c>
       <c r="E29" t="s">
-        <v>88</v>
+        <v>20</v>
       </c>
       <c r="F29" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G29" t="s">
-        <v>89</v>
-[...1 lines deleted...]
-      <c r="H29"/>
+        <v>97</v>
+      </c>
+      <c r="H29">
+        <v>2022</v>
+      </c>
       <c r="I29"/>
       <c r="J29" t="s">
-        <v>171</v>
+        <v>140</v>
       </c>
       <c r="K29" t="s">
         <v>24</v>
       </c>
       <c r="L29"/>
       <c r="M29" t="s">
-        <v>41</v>
+        <v>50</v>
       </c>
       <c r="N29" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O29" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="P29" t="s">
-        <v>135</v>
+        <v>142</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="B30" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="C30" t="s">
-        <v>37</v>
+        <v>46</v>
       </c>
       <c r="D30" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="E30" t="s">
-        <v>88</v>
+        <v>20</v>
       </c>
       <c r="F30" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G30" t="s">
-        <v>89</v>
-[...3 lines deleted...]
-      </c>
+        <v>97</v>
+      </c>
+      <c r="H30"/>
       <c r="I30"/>
       <c r="J30" t="s">
-        <v>171</v>
+        <v>178</v>
       </c>
       <c r="K30" t="s">
         <v>24</v>
       </c>
       <c r="L30"/>
       <c r="M30" t="s">
-        <v>41</v>
+        <v>50</v>
       </c>
       <c r="N30" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O30" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="P30" t="s">
-        <v>135</v>
+        <v>142</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>177</v>
+        <v>180</v>
       </c>
       <c r="B31" t="s">
-        <v>178</v>
+        <v>181</v>
       </c>
       <c r="C31" t="s">
-        <v>37</v>
+        <v>46</v>
       </c>
       <c r="D31" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="E31" t="s">
-        <v>88</v>
+        <v>20</v>
       </c>
       <c r="F31" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G31" t="s">
-        <v>89</v>
+        <v>97</v>
       </c>
       <c r="H31">
         <v>2022</v>
       </c>
       <c r="I31"/>
       <c r="J31" t="s">
-        <v>171</v>
+        <v>178</v>
       </c>
       <c r="K31" t="s">
         <v>24</v>
       </c>
       <c r="L31"/>
       <c r="M31" t="s">
-        <v>41</v>
+        <v>50</v>
       </c>
       <c r="N31" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O31" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="P31" t="s">
-        <v>135</v>
+        <v>142</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>181</v>
+        <v>184</v>
       </c>
       <c r="B32" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
       <c r="C32" t="s">
-        <v>37</v>
+        <v>46</v>
       </c>
       <c r="D32" t="s">
-        <v>183</v>
+        <v>186</v>
       </c>
       <c r="E32" t="s">
-        <v>88</v>
+        <v>20</v>
       </c>
       <c r="F32" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G32" t="s">
-        <v>89</v>
+        <v>97</v>
       </c>
       <c r="H32">
         <v>2022</v>
       </c>
       <c r="I32"/>
       <c r="J32" t="s">
-        <v>133</v>
+        <v>178</v>
       </c>
       <c r="K32" t="s">
         <v>24</v>
       </c>
       <c r="L32"/>
       <c r="M32" t="s">
-        <v>41</v>
+        <v>50</v>
       </c>
       <c r="N32" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O32" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
       <c r="P32" t="s">
-        <v>135</v>
+        <v>142</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>185</v>
+        <v>188</v>
       </c>
       <c r="B33" t="s">
-        <v>186</v>
+        <v>189</v>
       </c>
       <c r="C33" t="s">
-        <v>37</v>
+        <v>46</v>
       </c>
       <c r="D33" t="s">
-        <v>187</v>
+        <v>190</v>
       </c>
       <c r="E33" t="s">
-        <v>88</v>
+        <v>20</v>
       </c>
       <c r="F33" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G33" t="s">
-        <v>89</v>
+        <v>97</v>
       </c>
       <c r="H33">
         <v>2022</v>
       </c>
       <c r="I33"/>
       <c r="J33" t="s">
-        <v>133</v>
+        <v>140</v>
       </c>
       <c r="K33" t="s">
         <v>24</v>
       </c>
       <c r="L33"/>
       <c r="M33" t="s">
-        <v>41</v>
+        <v>50</v>
       </c>
       <c r="N33" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O33" t="s">
-        <v>188</v>
+        <v>191</v>
       </c>
       <c r="P33" t="s">
-        <v>135</v>
+        <v>142</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>189</v>
+        <v>192</v>
       </c>
       <c r="B34" t="s">
-        <v>190</v>
+        <v>193</v>
       </c>
       <c r="C34" t="s">
-        <v>37</v>
+        <v>46</v>
       </c>
       <c r="D34" t="s">
-        <v>191</v>
+        <v>194</v>
       </c>
       <c r="E34" t="s">
-        <v>88</v>
+        <v>20</v>
       </c>
       <c r="F34" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G34" t="s">
-        <v>89</v>
+        <v>97</v>
       </c>
       <c r="H34">
         <v>2022</v>
       </c>
       <c r="I34"/>
       <c r="J34" t="s">
-        <v>133</v>
+        <v>140</v>
       </c>
       <c r="K34" t="s">
         <v>24</v>
       </c>
       <c r="L34"/>
       <c r="M34" t="s">
-        <v>41</v>
+        <v>50</v>
       </c>
       <c r="N34" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O34" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
       <c r="P34" t="s">
-        <v>135</v>
+        <v>142</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="B35" t="s">
-        <v>194</v>
+        <v>197</v>
       </c>
       <c r="C35" t="s">
-        <v>37</v>
+        <v>46</v>
       </c>
       <c r="D35" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="E35" t="s">
-        <v>88</v>
+        <v>20</v>
       </c>
       <c r="F35" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G35" t="s">
-        <v>89</v>
+        <v>97</v>
       </c>
       <c r="H35">
         <v>2022</v>
       </c>
       <c r="I35"/>
       <c r="J35" t="s">
-        <v>133</v>
+        <v>140</v>
       </c>
       <c r="K35" t="s">
-        <v>196</v>
+        <v>24</v>
       </c>
       <c r="L35"/>
       <c r="M35" t="s">
-        <v>41</v>
+        <v>50</v>
       </c>
       <c r="N35" t="s">
-        <v>197</v>
+        <v>27</v>
       </c>
       <c r="O35" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="P35" t="s">
-        <v>135</v>
+        <v>142</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="B36" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="C36" t="s">
-        <v>37</v>
+        <v>46</v>
       </c>
       <c r="D36" t="s">
-        <v>49</v>
+        <v>202</v>
       </c>
       <c r="E36" t="s">
-        <v>88</v>
+        <v>20</v>
       </c>
       <c r="F36" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G36" t="s">
-        <v>89</v>
+        <v>97</v>
       </c>
       <c r="H36">
         <v>2022</v>
       </c>
       <c r="I36"/>
       <c r="J36" t="s">
-        <v>133</v>
+        <v>140</v>
       </c>
       <c r="K36" t="s">
-        <v>24</v>
+        <v>203</v>
       </c>
       <c r="L36"/>
       <c r="M36" t="s">
-        <v>41</v>
+        <v>50</v>
       </c>
       <c r="N36" t="s">
-        <v>26</v>
+        <v>204</v>
       </c>
       <c r="O36" t="s">
-        <v>201</v>
+        <v>205</v>
       </c>
       <c r="P36" t="s">
-        <v>135</v>
+        <v>142</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>202</v>
+        <v>206</v>
       </c>
       <c r="B37" t="s">
-        <v>203</v>
+        <v>207</v>
       </c>
       <c r="C37" t="s">
-        <v>37</v>
+        <v>46</v>
       </c>
       <c r="D37" t="s">
-        <v>204</v>
+        <v>58</v>
       </c>
       <c r="E37" t="s">
-        <v>88</v>
+        <v>20</v>
       </c>
       <c r="F37" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G37" t="s">
-        <v>89</v>
+        <v>97</v>
       </c>
       <c r="H37">
         <v>2022</v>
       </c>
       <c r="I37"/>
       <c r="J37" t="s">
-        <v>133</v>
+        <v>140</v>
       </c>
       <c r="K37" t="s">
         <v>24</v>
       </c>
       <c r="L37"/>
       <c r="M37" t="s">
-        <v>41</v>
+        <v>50</v>
       </c>
       <c r="N37" t="s">
-        <v>205</v>
+        <v>27</v>
       </c>
       <c r="O37" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="P37" t="s">
-        <v>135</v>
+        <v>142</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="B38" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="C38" t="s">
-        <v>37</v>
+        <v>46</v>
       </c>
       <c r="D38" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="E38" t="s">
-        <v>88</v>
+        <v>20</v>
       </c>
       <c r="F38" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G38" t="s">
-        <v>89</v>
+        <v>97</v>
       </c>
       <c r="H38">
         <v>2022</v>
       </c>
       <c r="I38"/>
       <c r="J38" t="s">
-        <v>133</v>
+        <v>140</v>
       </c>
       <c r="K38" t="s">
         <v>24</v>
       </c>
       <c r="L38"/>
       <c r="M38" t="s">
-        <v>41</v>
+        <v>50</v>
       </c>
       <c r="N38" t="s">
-        <v>26</v>
+        <v>212</v>
       </c>
       <c r="O38" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
       <c r="P38" t="s">
-        <v>135</v>
+        <v>142</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="B39" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
       <c r="C39" t="s">
-        <v>37</v>
+        <v>46</v>
       </c>
       <c r="D39" t="s">
-        <v>213</v>
+        <v>216</v>
       </c>
       <c r="E39" t="s">
-        <v>88</v>
+        <v>20</v>
       </c>
       <c r="F39" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G39" t="s">
-        <v>89</v>
+        <v>97</v>
       </c>
       <c r="H39">
         <v>2022</v>
       </c>
       <c r="I39"/>
       <c r="J39" t="s">
-        <v>133</v>
+        <v>140</v>
       </c>
       <c r="K39" t="s">
         <v>24</v>
       </c>
       <c r="L39"/>
       <c r="M39" t="s">
-        <v>41</v>
+        <v>50</v>
       </c>
       <c r="N39" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O39" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="P39" t="s">
-        <v>135</v>
+        <v>142</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>215</v>
+        <v>218</v>
       </c>
       <c r="B40" t="s">
-        <v>216</v>
+        <v>219</v>
       </c>
       <c r="C40" t="s">
-        <v>37</v>
+        <v>46</v>
       </c>
       <c r="D40" t="s">
-        <v>217</v>
+        <v>220</v>
       </c>
       <c r="E40" t="s">
-        <v>88</v>
+        <v>20</v>
       </c>
       <c r="F40" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G40" t="s">
-        <v>89</v>
+        <v>97</v>
       </c>
       <c r="H40">
         <v>2022</v>
       </c>
       <c r="I40"/>
       <c r="J40" t="s">
-        <v>133</v>
+        <v>140</v>
       </c>
       <c r="K40" t="s">
         <v>24</v>
       </c>
       <c r="L40"/>
       <c r="M40" t="s">
-        <v>41</v>
+        <v>50</v>
       </c>
       <c r="N40" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O40" t="s">
-        <v>218</v>
+        <v>221</v>
       </c>
       <c r="P40" t="s">
-        <v>135</v>
+        <v>142</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>219</v>
+        <v>222</v>
       </c>
       <c r="B41" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="C41" t="s">
-        <v>37</v>
+        <v>46</v>
       </c>
       <c r="D41" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
       <c r="E41" t="s">
-        <v>88</v>
+        <v>20</v>
       </c>
       <c r="F41" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G41" t="s">
-        <v>89</v>
+        <v>97</v>
       </c>
       <c r="H41">
         <v>2022</v>
       </c>
       <c r="I41"/>
       <c r="J41" t="s">
-        <v>133</v>
+        <v>140</v>
       </c>
       <c r="K41" t="s">
         <v>24</v>
       </c>
       <c r="L41"/>
       <c r="M41" t="s">
-        <v>41</v>
+        <v>50</v>
       </c>
       <c r="N41" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O41" t="s">
-        <v>222</v>
+        <v>225</v>
       </c>
       <c r="P41" t="s">
-        <v>135</v>
+        <v>142</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>223</v>
+        <v>226</v>
       </c>
       <c r="B42" t="s">
-        <v>224</v>
+        <v>227</v>
       </c>
       <c r="C42" t="s">
-        <v>37</v>
+        <v>46</v>
       </c>
       <c r="D42" t="s">
-        <v>225</v>
+        <v>228</v>
       </c>
       <c r="E42" t="s">
-        <v>39</v>
+        <v>20</v>
       </c>
       <c r="F42" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G42" t="s">
-        <v>89</v>
+        <v>97</v>
       </c>
       <c r="H42">
         <v>2022</v>
       </c>
       <c r="I42"/>
       <c r="J42" t="s">
-        <v>133</v>
+        <v>140</v>
       </c>
       <c r="K42" t="s">
-        <v>226</v>
+        <v>24</v>
       </c>
       <c r="L42"/>
       <c r="M42" t="s">
-        <v>41</v>
+        <v>50</v>
       </c>
       <c r="N42" t="s">
-        <v>227</v>
+        <v>27</v>
       </c>
       <c r="O42" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="P42" t="s">
-        <v>135</v>
+        <v>142</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="B43" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="C43" t="s">
-        <v>18</v>
+        <v>46</v>
       </c>
       <c r="D43" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="E43" t="s">
-        <v>88</v>
+        <v>48</v>
       </c>
       <c r="F43" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="G43" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="H43">
         <v>2022</v>
       </c>
-      <c r="I43">
-[...1 lines deleted...]
-      </c>
+      <c r="I43"/>
       <c r="J43" t="s">
-        <v>232</v>
+        <v>140</v>
       </c>
       <c r="K43" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="L43" t="s">
         <v>233</v>
       </c>
+      <c r="L43"/>
       <c r="M43" t="s">
-        <v>32</v>
+        <v>50</v>
       </c>
       <c r="N43" t="s">
-        <v>26</v>
+        <v>234</v>
       </c>
       <c r="O43" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="P43" t="s">
-        <v>235</v>
+        <v>142</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
         <v>236</v>
       </c>
       <c r="B44" t="s">
         <v>237</v>
       </c>
       <c r="C44" t="s">
         <v>18</v>
       </c>
       <c r="D44" t="s">
         <v>238</v>
       </c>
       <c r="E44" t="s">
-        <v>88</v>
+        <v>20</v>
       </c>
       <c r="F44" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="G44" t="s">
-        <v>89</v>
+        <v>97</v>
       </c>
       <c r="H44">
         <v>2021</v>
       </c>
       <c r="I44"/>
       <c r="J44" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K44" t="s">
         <v>24</v>
       </c>
       <c r="L44" t="s">
         <v>239</v>
       </c>
       <c r="M44" t="s">
-        <v>25</v>
+        <v>37</v>
       </c>
       <c r="N44" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O44" t="s">
         <v>240</v>
       </c>
       <c r="P44" t="s">
         <v>241</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
         <v>242</v>
       </c>
       <c r="B45" t="s">
         <v>243</v>
       </c>
       <c r="C45" t="s">
         <v>18</v>
       </c>
       <c r="D45" t="s">
-        <v>108</v>
+        <v>115</v>
       </c>
       <c r="E45" t="s">
-        <v>88</v>
+        <v>20</v>
       </c>
       <c r="F45" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="G45" t="s">
-        <v>89</v>
+        <v>244</v>
       </c>
       <c r="H45">
         <v>2021</v>
       </c>
       <c r="I45"/>
       <c r="J45" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K45" t="s">
         <v>24</v>
       </c>
       <c r="L45" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="M45" t="s">
-        <v>25</v>
+        <v>37</v>
       </c>
       <c r="N45" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O45" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="P45" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="B46" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="C46" t="s">
         <v>18</v>
       </c>
       <c r="D46" t="s">
-        <v>162</v>
+        <v>169</v>
       </c>
       <c r="E46" t="s">
-        <v>88</v>
+        <v>20</v>
       </c>
       <c r="F46" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="G46" t="s">
-        <v>89</v>
+        <v>97</v>
       </c>
       <c r="H46">
         <v>2021</v>
       </c>
       <c r="I46"/>
       <c r="J46" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K46" t="s">
         <v>24</v>
       </c>
       <c r="L46" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="M46" t="s">
-        <v>25</v>
+        <v>37</v>
       </c>
       <c r="N46" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O46" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="P46" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="B47" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="C47" t="s">
         <v>18</v>
       </c>
       <c r="D47" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="E47" t="s">
-        <v>88</v>
+        <v>20</v>
       </c>
       <c r="F47" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="G47" t="s">
-        <v>95</v>
+        <v>256</v>
       </c>
       <c r="H47">
         <v>2021</v>
       </c>
       <c r="I47"/>
       <c r="J47" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K47" t="s">
         <v>24</v>
       </c>
       <c r="L47" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="M47" t="s">
-        <v>25</v>
+        <v>37</v>
       </c>
       <c r="N47" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O47" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="P47" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="B48" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="C48" t="s">
         <v>18</v>
       </c>
       <c r="D48" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="E48" t="s">
-        <v>88</v>
+        <v>20</v>
       </c>
       <c r="F48" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="G48" t="s">
-        <v>89</v>
+        <v>97</v>
       </c>
       <c r="H48">
         <v>2021</v>
       </c>
       <c r="I48"/>
       <c r="J48" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K48" t="s">
         <v>24</v>
       </c>
       <c r="L48"/>
       <c r="M48" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="N48" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O48" t="s">
-        <v>261</v>
+        <v>263</v>
       </c>
       <c r="P48" t="s">
-        <v>262</v>
+        <v>264</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="s">
-        <v>263</v>
+        <v>265</v>
       </c>
       <c r="B49" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="C49" t="s">
         <v>18</v>
       </c>
       <c r="D49" t="s">
-        <v>64</v>
+        <v>73</v>
       </c>
       <c r="E49" t="s">
-        <v>88</v>
+        <v>20</v>
       </c>
       <c r="F49" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="G49" t="s">
-        <v>95</v>
+        <v>22</v>
       </c>
       <c r="H49">
         <v>2015</v>
       </c>
       <c r="I49">
         <v>2018</v>
       </c>
       <c r="J49" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K49" t="s">
         <v>24</v>
       </c>
       <c r="L49" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
       <c r="M49" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="N49" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O49" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="P49" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="B50" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="C50" t="s">
         <v>18</v>
       </c>
       <c r="D50" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="E50" t="s">
-        <v>88</v>
+        <v>20</v>
       </c>
       <c r="F50" t="s">
-        <v>65</v>
+        <v>74</v>
       </c>
       <c r="G50" t="s">
-        <v>95</v>
+        <v>22</v>
       </c>
       <c r="H50">
         <v>2013</v>
       </c>
       <c r="I50">
         <v>2016</v>
       </c>
       <c r="J50" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K50" t="s">
         <v>24</v>
       </c>
       <c r="L50" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
       <c r="M50" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="N50" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O50" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="P50" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="B51" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="C51" t="s">
-        <v>63</v>
+        <v>72</v>
       </c>
       <c r="D51" t="s">
-        <v>104</v>
+        <v>111</v>
       </c>
       <c r="E51" t="s">
-        <v>39</v>
+        <v>48</v>
       </c>
       <c r="F51" t="s">
-        <v>65</v>
+        <v>74</v>
       </c>
       <c r="G51" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H51"/>
       <c r="I51"/>
       <c r="J51" t="s">
-        <v>66</v>
+        <v>75</v>
       </c>
       <c r="K51" t="s">
         <v>24</v>
       </c>
       <c r="L51"/>
       <c r="M51" t="s">
-        <v>67</v>
+        <v>76</v>
       </c>
       <c r="N51" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O51" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="P51" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
       <c r="B52" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="C52" t="s">
-        <v>63</v>
+        <v>72</v>
       </c>
       <c r="D52" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="E52" t="s">
-        <v>39</v>
+        <v>48</v>
       </c>
       <c r="F52" t="s">
-        <v>65</v>
+        <v>74</v>
       </c>
       <c r="G52" t="s">
-        <v>89</v>
+        <v>97</v>
       </c>
       <c r="H52">
         <v>2014</v>
       </c>
       <c r="I52"/>
       <c r="J52" t="s">
-        <v>66</v>
+        <v>75</v>
       </c>
       <c r="K52" t="s">
         <v>24</v>
       </c>
       <c r="L52"/>
       <c r="M52" t="s">
-        <v>67</v>
+        <v>76</v>
       </c>
       <c r="N52" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O52" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
       <c r="P52" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
       <c r="B53" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="C53" t="s">
-        <v>63</v>
+        <v>72</v>
       </c>
       <c r="D53" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="E53" t="s">
-        <v>88</v>
+        <v>20</v>
       </c>
       <c r="F53" t="s">
-        <v>65</v>
+        <v>74</v>
       </c>
       <c r="G53" t="s">
-        <v>95</v>
+        <v>22</v>
       </c>
       <c r="H53">
         <v>2008</v>
       </c>
       <c r="I53">
         <v>2013</v>
       </c>
       <c r="J53" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="K53" t="s">
         <v>24</v>
       </c>
       <c r="L53" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="M53" t="s">
-        <v>67</v>
+        <v>76</v>
       </c>
       <c r="N53" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O53" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="P53" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">