--- v0 (2025-10-12)
+++ v1 (2025-12-05)
@@ -12,575 +12,744 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="162">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="218">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Energy Resources Regulations (Energy Efficiency of Electrical Induction Motors) 5764 - 2004 / SI 5289</t>
   </si>
   <si>
+    <t>It covers electric induction motors</t>
+  </si>
+  <si>
     <t>Israel</t>
   </si>
   <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Ministry of Energy and Water Resources</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-resources-regulations-energy-efficiency-electrical-induction-motors-5764-2004-si</t>
   </si>
   <si>
+    <t>http://energy.gov.il/English/LegislationLibraryE1/ECInductionMotors.doc</t>
+  </si>
+  <si>
     <t>Energy Resources Regulations (Energy labeling of electric heating furnaces), 5753 - 1993</t>
   </si>
   <si>
+    <t>Electric Heating Furnace</t>
+  </si>
+  <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-resources-regulations-energy-labeling-electric-heating-furnaces-5753-1993</t>
   </si>
   <si>
+    <t>http://energy.gov.il/English/LegislationLibraryE1/ECElectricHeating.doc</t>
+  </si>
+  <si>
     <t>Energy Resources Regulations-Energy Efficiency and Energy Information of Cooling Appliances-5744-2004/SI 721</t>
   </si>
   <si>
+    <t>Electric refrigerators and food-freezers for household purposes</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-resources-regulations-energy-efficiency-and-energy-information-cooling-appliances</t>
   </si>
   <si>
+    <t>https://www.lse.ac.uk/GranthamInstitute/wp-content/uploads/laws/1377_EN.pdf</t>
+  </si>
+  <si>
     <t>GS IEC 62257-9-8:2020, Renewable energy and hybrid systems for rural electrification - Part 9-8: Integrated systems - Requirements for stand-alone renewable energy products with power ratings less than or equal to 350 W</t>
   </si>
   <si>
+    <t>Quality standards for standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>Solar Energy Kits</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
     <t>July 2022</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>IEC TS 62257-9-5</t>
   </si>
   <si>
     <t>Ghana Standards Authority</t>
   </si>
   <si>
     <t>Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gs-iec-62257-9-82020-renewable-energy-and-hybrid-systems-rural-electrification-part-9-8</t>
   </si>
   <si>
+    <t>http://services.gsa.gov.gh/standards/standards.php?sno=GS%20IEC%20TS%2062257-9-8:2020</t>
+  </si>
+  <si>
     <t>L.I 2353 Efficiency standards and labelling-Light emitting diode and self ballasted fluorescent lamps</t>
   </si>
   <si>
+    <t>These regulations apply to enforcement of standards for minimum energy efficiency of self ballasted fluorescent lamps and LED. The regulations also include the labelling of these two products</t>
+  </si>
+  <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2353-efficiency-standards-and-labelling-light-emitting-diode-and-self-ballasted</t>
   </si>
   <si>
+    <t>http://www.energycom.gov.gh/files/Efficiency%20Standards%20LI%202353.pdf</t>
+  </si>
+  <si>
     <t>L.I 2441 Energy Commission (Energy Efficiency Standards and Labeling) (Refrigerating Appliances) Regulations,2022</t>
   </si>
   <si>
+    <t>These regulations apply to electric mains-operated refrigerating appliances with a volume of not less than ten litres and not more than one thousand five hundred litres, manufactured in the country or imported into the country for sale or use.</t>
+  </si>
+  <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2441-energy-commission-energy-efficiency-standards-and-labeling-refrigerating</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>L.I 2442 Energy Commission (Energy Efficiency Standards and Labeling) (Prohibition of manufacture, importation and sale of Incandescent filament lamp) Regulations,2022</t>
   </si>
   <si>
+    <t>These regulations apply to a manufacturer or importer of an incandescent filament lamp.</t>
+  </si>
+  <si>
     <t>Lamps</t>
   </si>
   <si>
     <t>Minimum Performance Standard, Quality Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2442-energy-commission-energy-efficiency-standards-and-labeling-prohibition-manufacture</t>
   </si>
   <si>
     <t>L.I. 1815 Energy Efficiency Standards and Labelling Regulations - Non-ducted Air Conditioners and Self-ballasted Fluorescent Lamps</t>
   </si>
   <si>
+    <t>These Regulations apply to non-ducted air conditioners or self-ballasted fluorescent lamps manufactured in Ghana or imported for use in Ghana.</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>GS 324:2003</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-1815-energy-efficiency-standards-and-labelling-regulations-non-ducted-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.energycom.gov.gh/files/LI_1815.pdf</t>
+  </si>
+  <si>
     <t>L.I. 1958 Energy Efficiency Standards and Labelling - Household Refrigerating Appliances</t>
   </si>
   <si>
+    <t>These Regulations apply to electric mains operated appliances manufactured in Ghana or imported for use in this country. These Regulations do not apply to the rating plate or its equivalent affixed for safety purposes to an appliance; or an appliance which is designed to use an energy source other than electricity; or an appliance manufactured in this country for export. For the purpose of this regulation; appliance means a refrigerator; a frozen food storage cabinet; a food freezer or their combination.</t>
+  </si>
+  <si>
     <t>GS IEC 62552: 2007</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-1958-energy-efficiency-standards-and-labelling-household-refrigerating-appliances</t>
   </si>
   <si>
+    <t>http://www.energycom.gov.gh/files/LI1958.pdf</t>
+  </si>
+  <si>
     <t>LI 2443 Energy Commission Clothes Washing Machines Regulations</t>
   </si>
   <si>
+    <t>This policy includes energy efficiency standards and labeling guidelines for clothes washing machines in Ghana.</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2443-energy-commission-clothes-washing-machines-regulations</t>
   </si>
   <si>
     <t>LI 2444 Energy Commission Energy Efficiency Standards and Labelling Industrial Fans Regulations</t>
   </si>
   <si>
+    <t>Minimum energy performance regulations and labelling guidelines for industrial fans with an electrical input power between 0.125 - 500 kW or integrated in other energy-related products manufactured in the country or imported into the country for display, sale, or use.</t>
+  </si>
+  <si>
     <t>Industrial Fans</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2444-energy-commission-energy-efficiency-standards-and-labelling-industrial-fans</t>
   </si>
   <si>
     <t>LI 2445 Energy Commission (Energy Efficiency Standards and Labelling) (Rice Cookers) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply a rice cooker manufactured in the country or imported into the country for display, sale, or use that has a rated power not exceeding two thousand watts, voltage not exceeding two hundred and fifty volts, and volume not exceeding ten litres.</t>
+  </si>
+  <si>
     <t>Rice Cookers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2445-energy-commission-energy-efficiency-standards-and-labelling-rice-cookers</t>
   </si>
   <si>
     <t>LI 2446 Energy Commission (Energy Efficiency Standards and Labelling) (Computers) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to a computer, manufactured in the country or imported into the country for display, sale or use as a desktop computer, notebook computer, a workstation, or a computer server.</t>
+  </si>
+  <si>
     <t>Computers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2446-energy-commission-energy-efficiency-standards-and-labelling-computers-regulations</t>
   </si>
   <si>
     <t>LI 2447 Energy Commission (Energy Efficiency Standards and Labelling) (Set-Top Boxes) Regulations, 2022</t>
   </si>
   <si>
+    <t>Minimum energy performance standard and labelling guidelines for set-top boxes. These regulations apply to set-top boxes manufactured in the country or imported into the country for display, sale or use, with the ability to be powered directly from the mains alternating current for use as either a simple set-top box, or a complex set-top box.</t>
+  </si>
+  <si>
     <t>Televisions, Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>May 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2447-energy-commission-energy-efficiency-standards-and-labelling-set-top-boxes</t>
   </si>
   <si>
     <t>LI 2448 Energy Commission (Energy Efficiency Standards and Labelling) (Ventilating Fans) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to a ventilating fan or unit with an individual fan electric power input of less than 125 W manufactured in the country or imported into the country for display, sale or use.</t>
+  </si>
+  <si>
     <t>Space Heating and Space Cooling, Ventilation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2448-energy-commission-energy-efficiency-standards-and-labelling-ventilating-fans</t>
   </si>
   <si>
     <t>LI 2450 Energy Commission (Energy Efficiency Standards and Labelling) (Microwave Ovens) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to an electric mains-operated microwave oven, manufactured in the country or imported into the country for display, sale or use. These regulations do not apply to microwave ovens which cannot accept a load with a diameter equal or greater than 200mm or heigh of 120mm.</t>
+  </si>
+  <si>
     <t>Microwaves</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2450-energy-commission-energy-efficiency-standards-and-labelling-microwave-ovens</t>
   </si>
   <si>
     <t>LI 2451 Energy Commission (Energy Efficiency Standards and Labelling) (Storage Water Heaters) Regulations, 20</t>
   </si>
   <si>
+    <t>These regulations apply to an electric storage water heater with a storage volume of not more than 500 litres, an electric instantaneous water heater, and a water heater with rated power not exceeding 70kW.</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2451-energy-commission-energy-efficiency-standards-and-labelling-storage-water-heaters</t>
   </si>
   <si>
     <t>LI 2452 Renewable Energy (Standards and Labelling) (Renewable Energy Batteries) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to a renewable energy battery manufactured in the country or imported into the country for display, sale, or use, irrespective of size, method of charge or energy system design of the renewable energy battery.</t>
+  </si>
+  <si>
     <t>Battery Chargers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2452-renewable-energy-standards-and-labelling-renewable-energy-batteries-regulations</t>
   </si>
   <si>
     <t>LI 2453 Energy Commission (Energy Efficiency Standards and Labelling) (Public Lighting) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to a lamp or luminaire manufactured in the country or imported into the country for the purpose of public lighting services, for display, sale or use in the country. These regulations do not apply to a lamp or luminaire other than an electric mains-operated lamp or luminaire.</t>
+  </si>
+  <si>
     <t>Streetlighting</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2453-energy-commission-energy-efficiency-standards-and-labelling-public-lighting</t>
   </si>
   <si>
     <t>LI 2454 Renewable Energy (Standards and Labelling) (Improved Biomass Cookstoves) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to an improved biomass cookstoves, manufactured in the country or imported into the country for sale, display or use as a domestic cookstove, or an institutional cookstove that uses solid biomass fuels including wood, charcoal, briquette, or pellet.</t>
+  </si>
+  <si>
     <t>Biomass Stoves</t>
   </si>
   <si>
     <t>Biomass</t>
   </si>
   <si>
     <t>Cookstoves</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2454-renewable-energy-standards-and-labelling-improved-biomass-cookstoves-regulations</t>
   </si>
   <si>
     <t>LI 2455 Energy Commission (Energy Efficiency Standards and Labelling) (Television Sets) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to a television set or monitor, manufactured in the country or imported into the country for display, sale or use. These regulations do not apply to a rating plate or the equivalent of a rating plate, a digital display and signage, and or non-electric mains operated television or monitor.</t>
+  </si>
+  <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2455-energy-commission-energy-efficiency-standards-and-labelling-television-sets</t>
   </si>
   <si>
     <t>LI 2456 Energy Commission (Energy Efficiency Standards and Labelling) (Electric Motors) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to an induction motor whether sold separately or partly integrated in other products that has 2,4,6, or 8 poles; has a rated voltage that's more than 50 V but less than 1000 V; has a rated power output of 0.12 kW up to 1000 kW; is rated to operate at a frequency of 50 Hz; is rated on the basis of continuous duty operation, and; is rated for direct on-line operation.</t>
+  </si>
+  <si>
     <t>3-Phase Motors, 1-Phase Motors</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2456-energy-commission-energy-efficiency-standards-and-labelling-electric-motors</t>
   </si>
   <si>
     <t>LI 2457 Energy Commission (Energy Efficiency Standards and Labelling) (Electric Kettles) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to kettles with a water capacity not exceeding 2.5 litres, manufactured in the country or imported into the country for display, sale or use.</t>
+  </si>
+  <si>
     <t>Electric Kettles</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2457-energy-commission-energy-efficiency-standards-and-labelling-electric-kettles</t>
   </si>
   <si>
     <t>LI 2458 Energy Commission (Energy Efficiency Standards and Labelling) (Air conditioners) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to an air conditioning product, manufactured in the country or imported into the country for display, sale or use. These regulations apply to a single-phase and three-phase AC, multi-split outdoor unit and single split outdoor unit that has a rated full capacity of 65kW or less and is designed for human comfort.</t>
+  </si>
+  <si>
     <t>Space Heating and Space Cooling, Air Conditioning</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2458-energy-commission-energy-efficiency-standards-and-labelling-air-conditioners</t>
   </si>
   <si>
     <t>LI 2459 Energy Commission (Energy Efficiency Standards and Labelling) (Distribution Transformers) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to a distributor transformer manufactured in the country or imported to the country for display, sale or use.</t>
+  </si>
+  <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2459-energy-commission-energy-efficiency-standards-and-labelling-distribution</t>
   </si>
   <si>
     <t>LI 2460 Energy Commission (Energy Efficiency Standards and Labelling) (Comfort Fans) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to comfort fans with an electric power input not exceeding 125W, manufactured in the country or imported into the country for display, sale, or use.</t>
+  </si>
+  <si>
     <t>Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2460-energy-commission-energy-efficiency-standards-and-labelling-comfort-fans</t>
   </si>
   <si>
     <t>LI 2461 Renewable Energy (Standards and Labelling) (Inverters) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to an inverter intended for use in a stand-alone energy system or utility-interactive energy system where the output of the inverter is a stable alternating current of constant frequency; and a single-phase inverter or 3-phase inverter intended for use in a stand alone energy system or utility interactive energy system intended to be operated in parallel with an electric power system to supply power to common loads manufactured in the country or imported into the country for display, sale or use.</t>
+  </si>
+  <si>
     <t>Solar Inverters</t>
   </si>
   <si>
     <t>Electricity, Solar</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2461-renewable-energy-standards-and-labelling-inverters-regulations-2022</t>
   </si>
   <si>
     <t>SI 4665-2 PERFORMANCE OF EXTERNAL POWER SUPPLIES: MINIMUM ENERGY PERFORMANCE STANDARD (MEPS) REQUIREMENTS</t>
   </si>
   <si>
+    <t>Power converters covered under this standard include all single-voltage EPSs with nameplate output power up to 250 watts. Notable exclusions are devices with batteries that attach directly, replacements, and medical devices.</t>
+  </si>
+  <si>
     <t>External Power Supply</t>
   </si>
   <si>
     <t>SI 4665-1</t>
   </si>
   <si>
     <t>Standards Institute of Israel (SII)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-4665-2-performance-external-power-supplies-minimum-energy-performance-standard-meps</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=98e117b6-728e-4ade-95e3-47864f20c486</t>
+  </si>
+  <si>
     <t>SI 5484 DISTRIBUTION TRANSFORMERS - REQUIREMENTS FOR ENERGY EFFICIENCY AND LABELLING</t>
   </si>
   <si>
+    <t>It covers distribution transformers</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-5484-distribution-transformers-requirements-energy-efficiency-and-labelling</t>
   </si>
   <si>
     <t>SI 5485 - Fluorescent light bulbs - requirements for efficiency</t>
   </si>
   <si>
+    <t>It covers fluorescent light bulbs</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-5485-fluorescent-light-bulbs-requirements-efficiency</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=8694f934-fc8e-46b6-8eea-5ee7b34539ae</t>
+  </si>
+  <si>
     <t>SI 60350 - Part 1: Ranges, ovens, steam ovens and grills - Methods for measuring Performance</t>
   </si>
   <si>
+    <t>Israeli Standard which covers household electric cooking appliances - ovens</t>
+  </si>
+  <si>
     <t>Ovens, Microwaves</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-60350-part-1-ranges-ovens-steam-ovens-and-grills-methods-measuring-performance</t>
   </si>
   <si>
+    <t>https://www.sii.org.il/en/standards-search</t>
+  </si>
+  <si>
     <t>SI 60350 - Part 2: Ranges, ovens, steam ovens and grills - Methods for measuring Performance</t>
   </si>
   <si>
+    <t>Israeli Standard which covers household electric cooking appliances - hobs</t>
+  </si>
+  <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-60350-part-2-ranges-ovens-steam-ovens-and-grills-methods-measuring-performance</t>
   </si>
   <si>
     <t>SI 60968</t>
   </si>
   <si>
+    <t>Self-ballasted lamps for general lighting services</t>
+  </si>
+  <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-60968</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=f176cda1-c392-4f0e-8c7d-e062df37c908</t>
+  </si>
+  <si>
     <t>SI 62301 Home Appliances - Power measurement in standby mode</t>
   </si>
   <si>
+    <t>Regulation for maximum consumption in stand by mode for electrical appliances for domestic and office electric appliances</t>
+  </si>
+  <si>
     <t>Stand-by and networked devices</t>
   </si>
   <si>
     <t>IEC 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-62301-home-appliances-power-measurement-standby-mode</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=42cf5977-833f-4556-81d1-3f739af9bad8</t>
+  </si>
+  <si>
     <t>SI 69 Electric water heaters</t>
   </si>
   <si>
+    <t>This policy applies to thermostatically controlled and thermally insulated heaters.</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>Ministry of National Infrastructures, Energy and Water Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-69-electric-water-heaters</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=cf61e979-6101-4ea0-958f-a9e4c998a5a5</t>
+  </si>
+  <si>
     <t>SI 900 part 2.24 (APPLIANCES, ICE-CREAM APPLIANCES AND ICE-MAKERS)</t>
   </si>
   <si>
     <t>Ice Machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-900-part-224-appliances-ice-cream-appliances-and-ice-makers</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/eng/standardization/teken/?tid=9b4cfa12-0ed5-41ab-8a01-af70108e1e90</t>
+  </si>
+  <si>
     <t>SI 994-1 AIR CONDITIONERS AND PERFORMANCE REQUIREMENTS (being revised) / ENERGY SOURCES REGULATIONS (ENERGY EFFICIENCY, ENERGY MARKINGS AND ENERGY RATINGS OF AIR CONDITIONERS) 5765-2004</t>
   </si>
   <si>
+    <t>Single and Multi Split. Both window type and split type AC. Window type AC is comprised of one unit, intended to be installed at a window or on a wall, or a mobile air conditioner whereby the air dispersed from it faces directly toward the air-conditioned area or heated area. Split type AC is comprised of two or more units whereby at least one unit is located outside the air-conditioned area and the air dispersion is facing directly to the air-conditioned area or heated area.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs, Central ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-994-1-air-conditioners-and-performance-requirements-being-revised-energy-sources</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=795df84f-e1df-4f99-8c18-13cd0216e836</t>
+  </si>
+  <si>
     <t>The Energy Sources Regulations-Maximum Electric Output for a Television Receiver, 2011</t>
   </si>
   <si>
+    <t>It covers computers</t>
+  </si>
+  <si>
     <t>Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>SI 62087</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-sources-regulations-maximum-electric-output-television-receiver-2011</t>
+  </si>
+  <si>
+    <t>http://energy.gov.il/English/LegislationLibraryE1/ECTV.doc</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -844,1701 +1013,1936 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N39"/>
+  <dimension ref="A1:P39"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="259" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="259.365" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="620.42" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="75.41" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="76.553" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="110.83" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2006</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...9 lines deleted...]
-      <c r="J2" t="s">
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>32</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>1993</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>25</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>33</v>
+      </c>
+      <c r="P3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>35</v>
+      </c>
+      <c r="B4" t="s">
+        <v>36</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>37</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-      <c r="L2" t="s">
+      <c r="G4" t="s">
+        <v>38</v>
+      </c>
+      <c r="H4">
+        <v>1986</v>
+      </c>
+      <c r="I4">
+        <v>2004</v>
+      </c>
+      <c r="J4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>25</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>39</v>
+      </c>
+      <c r="P4" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>41</v>
+      </c>
+      <c r="B5" t="s">
+        <v>42</v>
+      </c>
+      <c r="C5" t="s">
+        <v>43</v>
+      </c>
+      <c r="D5" t="s">
+        <v>44</v>
+      </c>
+      <c r="E5" t="s">
+        <v>45</v>
+      </c>
+      <c r="F5" t="s">
+        <v>46</v>
+      </c>
+      <c r="G5" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
+      <c r="H5">
+        <v>2020</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>47</v>
+      </c>
+      <c r="K5" t="s">
+        <v>48</v>
+      </c>
+      <c r="L5" t="s">
+        <v>49</v>
+      </c>
+      <c r="M5" t="s">
+        <v>50</v>
+      </c>
+      <c r="N5" t="s">
+        <v>51</v>
+      </c>
+      <c r="O5" t="s">
+        <v>52</v>
+      </c>
+      <c r="P5" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>54</v>
+      </c>
+      <c r="B6" t="s">
+        <v>55</v>
+      </c>
+      <c r="C6" t="s">
+        <v>43</v>
+      </c>
+      <c r="D6" t="s">
+        <v>56</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>57</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2017</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>58</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>59</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>60</v>
+      </c>
+      <c r="P6" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>62</v>
+      </c>
+      <c r="B7" t="s">
+        <v>63</v>
+      </c>
+      <c r="C7" t="s">
+        <v>43</v>
+      </c>
+      <c r="D7" t="s">
+        <v>37</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>57</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2022</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>64</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>59</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>65</v>
+      </c>
+      <c r="P7" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>67</v>
+      </c>
+      <c r="B8" t="s">
+        <v>68</v>
+      </c>
+      <c r="C8" t="s">
+        <v>43</v>
+      </c>
+      <c r="D8" t="s">
+        <v>69</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>70</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2022</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>64</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>59</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>71</v>
+      </c>
+      <c r="P8" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>72</v>
+      </c>
+      <c r="B9" t="s">
+        <v>73</v>
+      </c>
+      <c r="C9" t="s">
+        <v>43</v>
+      </c>
+      <c r="D9" t="s">
+        <v>74</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>38</v>
+      </c>
+      <c r="H9">
+        <v>2005</v>
+      </c>
+      <c r="I9">
+        <v>2008</v>
+      </c>
+      <c r="J9" t="s">
+        <v>75</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>76</v>
+      </c>
+      <c r="M9" t="s">
+        <v>59</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>77</v>
+      </c>
+      <c r="P9" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>79</v>
+      </c>
+      <c r="B10" t="s">
+        <v>80</v>
+      </c>
+      <c r="C10" t="s">
+        <v>43</v>
+      </c>
+      <c r="D10" t="s">
+        <v>37</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2009</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>75</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>81</v>
+      </c>
+      <c r="M10" t="s">
+        <v>59</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>82</v>
+      </c>
+      <c r="P10" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>84</v>
+      </c>
+      <c r="B11" t="s">
+        <v>85</v>
+      </c>
+      <c r="C11" t="s">
+        <v>43</v>
+      </c>
+      <c r="D11" t="s">
+        <v>86</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>57</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2022</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>64</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>59</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>87</v>
+      </c>
+      <c r="P11" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>88</v>
+      </c>
+      <c r="B12" t="s">
+        <v>89</v>
+      </c>
+      <c r="C12" t="s">
+        <v>43</v>
+      </c>
+      <c r="D12" t="s">
+        <v>90</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>57</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2022</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>64</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>59</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>91</v>
+      </c>
+      <c r="P12" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>92</v>
+      </c>
+      <c r="B13" t="s">
+        <v>93</v>
+      </c>
+      <c r="C13" t="s">
+        <v>43</v>
+      </c>
+      <c r="D13" t="s">
+        <v>94</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>57</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2022</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>64</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>59</v>
+      </c>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>95</v>
+      </c>
+      <c r="P13" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>96</v>
+      </c>
+      <c r="B14" t="s">
+        <v>97</v>
+      </c>
+      <c r="C14" t="s">
+        <v>43</v>
+      </c>
+      <c r="D14" t="s">
+        <v>98</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>57</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2022</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>64</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>59</v>
+      </c>
+      <c r="N14" t="s">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>99</v>
+      </c>
+      <c r="P14" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>100</v>
+      </c>
+      <c r="B15" t="s">
+        <v>101</v>
+      </c>
+      <c r="C15" t="s">
+        <v>43</v>
+      </c>
+      <c r="D15" t="s">
+        <v>102</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>57</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15"/>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>103</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>59</v>
+      </c>
+      <c r="N15" t="s">
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
+        <v>104</v>
+      </c>
+      <c r="P15" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>105</v>
+      </c>
+      <c r="B16" t="s">
+        <v>106</v>
+      </c>
+      <c r="C16" t="s">
+        <v>43</v>
+      </c>
+      <c r="D16" t="s">
+        <v>107</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>57</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2022</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>103</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>59</v>
+      </c>
+      <c r="N16" t="s">
+        <v>26</v>
+      </c>
+      <c r="O16" t="s">
+        <v>108</v>
+      </c>
+      <c r="P16" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>109</v>
+      </c>
+      <c r="B17" t="s">
+        <v>110</v>
+      </c>
+      <c r="C17" t="s">
+        <v>43</v>
+      </c>
+      <c r="D17" t="s">
+        <v>111</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>57</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2022</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>103</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>59</v>
+      </c>
+      <c r="N17" t="s">
+        <v>26</v>
+      </c>
+      <c r="O17" t="s">
+        <v>112</v>
+      </c>
+      <c r="P17" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>113</v>
+      </c>
+      <c r="B18" t="s">
+        <v>114</v>
+      </c>
+      <c r="C18" t="s">
+        <v>43</v>
+      </c>
+      <c r="D18" t="s">
+        <v>115</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>57</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2022</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>64</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>59</v>
+      </c>
+      <c r="N18" t="s">
+        <v>26</v>
+      </c>
+      <c r="O18" t="s">
+        <v>116</v>
+      </c>
+      <c r="P18" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>117</v>
+      </c>
+      <c r="B19" t="s">
+        <v>118</v>
+      </c>
+      <c r="C19" t="s">
+        <v>43</v>
+      </c>
+      <c r="D19" t="s">
+        <v>119</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>57</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2022</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>64</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>59</v>
+      </c>
+      <c r="N19" t="s">
+        <v>26</v>
+      </c>
+      <c r="O19" t="s">
+        <v>120</v>
+      </c>
+      <c r="P19" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>121</v>
+      </c>
+      <c r="B20" t="s">
+        <v>122</v>
+      </c>
+      <c r="C20" t="s">
+        <v>43</v>
+      </c>
+      <c r="D20" t="s">
+        <v>123</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>57</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2022</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>64</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>59</v>
+      </c>
+      <c r="N20" t="s">
+        <v>26</v>
+      </c>
+      <c r="O20" t="s">
+        <v>124</v>
+      </c>
+      <c r="P20" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>125</v>
+      </c>
+      <c r="B21" t="s">
+        <v>126</v>
+      </c>
+      <c r="C21" t="s">
+        <v>43</v>
+      </c>
+      <c r="D21" t="s">
+        <v>127</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>57</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2022</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>64</v>
+      </c>
+      <c r="K21" t="s">
+        <v>128</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>59</v>
+      </c>
+      <c r="N21" t="s">
+        <v>129</v>
+      </c>
+      <c r="O21" t="s">
+        <v>130</v>
+      </c>
+      <c r="P21" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>131</v>
+      </c>
+      <c r="B22" t="s">
+        <v>132</v>
+      </c>
+      <c r="C22" t="s">
+        <v>43</v>
+      </c>
+      <c r="D22" t="s">
+        <v>133</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>57</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2022</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>64</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>59</v>
+      </c>
+      <c r="N22" t="s">
+        <v>26</v>
+      </c>
+      <c r="O22" t="s">
+        <v>134</v>
+      </c>
+      <c r="P22" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>135</v>
+      </c>
+      <c r="B23" t="s">
+        <v>136</v>
+      </c>
+      <c r="C23" t="s">
+        <v>43</v>
+      </c>
+      <c r="D23" t="s">
+        <v>137</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>57</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2022</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>64</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23"/>
+      <c r="M23" t="s">
+        <v>59</v>
+      </c>
+      <c r="N23" t="s">
+        <v>138</v>
+      </c>
+      <c r="O23" t="s">
+        <v>139</v>
+      </c>
+      <c r="P23" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>140</v>
+      </c>
+      <c r="B24" t="s">
+        <v>141</v>
+      </c>
+      <c r="C24" t="s">
+        <v>43</v>
+      </c>
+      <c r="D24" t="s">
+        <v>142</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>57</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2022</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>64</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24"/>
+      <c r="M24" t="s">
+        <v>59</v>
+      </c>
+      <c r="N24" t="s">
+        <v>26</v>
+      </c>
+      <c r="O24" t="s">
+        <v>143</v>
+      </c>
+      <c r="P24" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>144</v>
+      </c>
+      <c r="B25" t="s">
+        <v>145</v>
+      </c>
+      <c r="C25" t="s">
+        <v>43</v>
+      </c>
+      <c r="D25" t="s">
+        <v>146</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>57</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2022</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>64</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25"/>
+      <c r="M25" t="s">
+        <v>59</v>
+      </c>
+      <c r="N25" t="s">
+        <v>26</v>
+      </c>
+      <c r="O25" t="s">
+        <v>147</v>
+      </c>
+      <c r="P25" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>148</v>
+      </c>
+      <c r="B26" t="s">
+        <v>149</v>
+      </c>
+      <c r="C26" t="s">
+        <v>43</v>
+      </c>
+      <c r="D26" t="s">
+        <v>150</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>57</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2022</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>64</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26"/>
+      <c r="M26" t="s">
+        <v>59</v>
+      </c>
+      <c r="N26" t="s">
+        <v>26</v>
+      </c>
+      <c r="O26" t="s">
+        <v>151</v>
+      </c>
+      <c r="P26" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>152</v>
+      </c>
+      <c r="B27" t="s">
+        <v>153</v>
+      </c>
+      <c r="C27" t="s">
+        <v>43</v>
+      </c>
+      <c r="D27" t="s">
+        <v>154</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>57</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2022</v>
+      </c>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>64</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27"/>
+      <c r="M27" t="s">
+        <v>59</v>
+      </c>
+      <c r="N27" t="s">
+        <v>26</v>
+      </c>
+      <c r="O27" t="s">
+        <v>155</v>
+      </c>
+      <c r="P27" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>156</v>
+      </c>
+      <c r="B28" t="s">
+        <v>157</v>
+      </c>
+      <c r="C28" t="s">
+        <v>43</v>
+      </c>
+      <c r="D28" t="s">
+        <v>158</v>
+      </c>
+      <c r="E28" t="s">
+        <v>45</v>
+      </c>
+      <c r="F28" t="s">
+        <v>57</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>2022</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>64</v>
+      </c>
+      <c r="K28" t="s">
+        <v>159</v>
+      </c>
+      <c r="L28"/>
+      <c r="M28" t="s">
+        <v>59</v>
+      </c>
+      <c r="N28" t="s">
+        <v>160</v>
+      </c>
+      <c r="O28" t="s">
+        <v>161</v>
+      </c>
+      <c r="P28" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>162</v>
+      </c>
+      <c r="B29" t="s">
+        <v>163</v>
+      </c>
+      <c r="C29" t="s">
+        <v>18</v>
+      </c>
+      <c r="D29" t="s">
+        <v>164</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>21</v>
+      </c>
+      <c r="G29" t="s">
+        <v>38</v>
+      </c>
+      <c r="H29">
+        <v>2007</v>
+      </c>
+      <c r="I29">
+        <v>2011</v>
+      </c>
+      <c r="J29" t="s">
         <v>23</v>
       </c>
-      <c r="N2" t="s">
-[...56 lines deleted...]
-      <c r="E4" t="s">
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29" t="s">
+        <v>165</v>
+      </c>
+      <c r="M29" t="s">
+        <v>166</v>
+      </c>
+      <c r="N29" t="s">
+        <v>26</v>
+      </c>
+      <c r="O29" t="s">
+        <v>167</v>
+      </c>
+      <c r="P29" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>169</v>
+      </c>
+      <c r="B30" t="s">
+        <v>170</v>
+      </c>
+      <c r="C30" t="s">
         <v>18</v>
       </c>
-      <c r="F4" t="s">
-[...48 lines deleted...]
-      <c r="I5" t="s">
+      <c r="D30" t="s">
+        <v>150</v>
+      </c>
+      <c r="E30" t="s">
+        <v>45</v>
+      </c>
+      <c r="F30" t="s">
+        <v>57</v>
+      </c>
+      <c r="G30" t="s">
         <v>38</v>
-      </c>
-[...1004 lines deleted...]
-        <v>2006</v>
       </c>
       <c r="H30">
         <v>2006</v>
       </c>
-      <c r="I30" t="s">
-        <v>20</v>
+      <c r="I30">
+        <v>2006</v>
       </c>
       <c r="J30" t="s">
+        <v>23</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30"/>
+      <c r="M30" t="s">
+        <v>166</v>
+      </c>
+      <c r="N30" t="s">
+        <v>138</v>
+      </c>
+      <c r="O30" t="s">
+        <v>171</v>
+      </c>
+      <c r="P30"/>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>172</v>
+      </c>
+      <c r="B31" t="s">
+        <v>173</v>
+      </c>
+      <c r="C31" t="s">
+        <v>18</v>
+      </c>
+      <c r="D31" t="s">
+        <v>174</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
         <v>21</v>
       </c>
-      <c r="K30"/>
-[...23 lines deleted...]
-      <c r="E31" t="s">
+      <c r="G31" t="s">
+        <v>38</v>
+      </c>
+      <c r="H31">
+        <v>2006</v>
+      </c>
+      <c r="I31">
+        <v>2015</v>
+      </c>
+      <c r="J31" t="s">
+        <v>23</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31"/>
+      <c r="M31" t="s">
+        <v>25</v>
+      </c>
+      <c r="N31" t="s">
+        <v>26</v>
+      </c>
+      <c r="O31" t="s">
+        <v>175</v>
+      </c>
+      <c r="P31" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>177</v>
+      </c>
+      <c r="B32" t="s">
+        <v>178</v>
+      </c>
+      <c r="C32" t="s">
         <v>18</v>
       </c>
-      <c r="F31" t="s">
-[...15 lines deleted...]
-      <c r="L31" t="s">
+      <c r="D32" t="s">
+        <v>179</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>57</v>
+      </c>
+      <c r="G32" t="s">
         <v>22</v>
       </c>
-      <c r="M31" t="s">
+      <c r="H32">
+        <v>2016</v>
+      </c>
+      <c r="I32"/>
+      <c r="J32" t="s">
         <v>23</v>
       </c>
-      <c r="N31" t="s">
-[...35 lines deleted...]
-      </c>
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32"/>
       <c r="M32" t="s">
-        <v>23</v>
+        <v>166</v>
       </c>
       <c r="N32" t="s">
-        <v>137</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O32" t="s">
+        <v>180</v>
+      </c>
+      <c r="P32" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>138</v>
+        <v>182</v>
       </c>
       <c r="B33" t="s">
-        <v>15</v>
+        <v>183</v>
       </c>
       <c r="C33" t="s">
-        <v>139</v>
+        <v>18</v>
       </c>
       <c r="D33" t="s">
-        <v>17</v>
+        <v>184</v>
       </c>
       <c r="E33" t="s">
-        <v>46</v>
+        <v>20</v>
       </c>
       <c r="F33" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-        <v>2016</v>
+        <v>57</v>
+      </c>
+      <c r="G33" t="s">
+        <v>38</v>
       </c>
       <c r="H33">
         <v>2016</v>
       </c>
-      <c r="I33" t="s">
-        <v>20</v>
+      <c r="I33">
+        <v>2016</v>
       </c>
       <c r="J33" t="s">
+        <v>23</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33"/>
+      <c r="M33" t="s">
+        <v>166</v>
+      </c>
+      <c r="N33" t="s">
+        <v>26</v>
+      </c>
+      <c r="O33" t="s">
+        <v>185</v>
+      </c>
+      <c r="P33" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>186</v>
+      </c>
+      <c r="B34" t="s">
+        <v>187</v>
+      </c>
+      <c r="C34" t="s">
+        <v>18</v>
+      </c>
+      <c r="D34" t="s">
+        <v>188</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>32</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34">
+        <v>2014</v>
+      </c>
+      <c r="I34"/>
+      <c r="J34" t="s">
+        <v>23</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34"/>
+      <c r="M34" t="s">
+        <v>25</v>
+      </c>
+      <c r="N34" t="s">
+        <v>26</v>
+      </c>
+      <c r="O34" t="s">
+        <v>189</v>
+      </c>
+      <c r="P34" t="s">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>191</v>
+      </c>
+      <c r="B35" t="s">
+        <v>192</v>
+      </c>
+      <c r="C35" t="s">
+        <v>18</v>
+      </c>
+      <c r="D35" t="s">
+        <v>193</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
+        <v>57</v>
+      </c>
+      <c r="G35" t="s">
+        <v>38</v>
+      </c>
+      <c r="H35">
+        <v>2012</v>
+      </c>
+      <c r="I35">
+        <v>2013</v>
+      </c>
+      <c r="J35" t="s">
+        <v>23</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35" t="s">
+        <v>194</v>
+      </c>
+      <c r="M35" t="s">
+        <v>166</v>
+      </c>
+      <c r="N35" t="s">
+        <v>26</v>
+      </c>
+      <c r="O35" t="s">
+        <v>195</v>
+      </c>
+      <c r="P35" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>197</v>
+      </c>
+      <c r="B36" t="s">
+        <v>198</v>
+      </c>
+      <c r="C36" t="s">
+        <v>18</v>
+      </c>
+      <c r="D36" t="s">
+        <v>199</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
         <v>21</v>
       </c>
-      <c r="K33"/>
-[...3 lines deleted...]
-      <c r="M33" t="s">
+      <c r="G36" t="s">
+        <v>38</v>
+      </c>
+      <c r="H36">
+        <v>1986</v>
+      </c>
+      <c r="I36">
+        <v>2012</v>
+      </c>
+      <c r="J36" t="s">
         <v>23</v>
       </c>
-      <c r="N33" t="s">
-[...22 lines deleted...]
-      <c r="G34">
+      <c r="K36" t="s">
+        <v>159</v>
+      </c>
+      <c r="L36"/>
+      <c r="M36" t="s">
+        <v>200</v>
+      </c>
+      <c r="N36" t="s">
+        <v>26</v>
+      </c>
+      <c r="O36" t="s">
+        <v>201</v>
+      </c>
+      <c r="P36" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>203</v>
+      </c>
+      <c r="B37" t="s">
+        <v>192</v>
+      </c>
+      <c r="C37" t="s">
+        <v>18</v>
+      </c>
+      <c r="D37" t="s">
+        <v>204</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
+        <v>57</v>
+      </c>
+      <c r="G37" t="s">
+        <v>38</v>
+      </c>
+      <c r="H37">
+        <v>1986</v>
+      </c>
+      <c r="I37">
         <v>2014</v>
       </c>
-      <c r="H34"/>
-[...3 lines deleted...]
-      <c r="J34" t="s">
+      <c r="J37" t="s">
+        <v>23</v>
+      </c>
+      <c r="K37" t="s">
+        <v>24</v>
+      </c>
+      <c r="L37"/>
+      <c r="M37" t="s">
+        <v>166</v>
+      </c>
+      <c r="N37" t="s">
+        <v>26</v>
+      </c>
+      <c r="O37" t="s">
+        <v>205</v>
+      </c>
+      <c r="P37" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>207</v>
+      </c>
+      <c r="B38" t="s">
+        <v>208</v>
+      </c>
+      <c r="C38" t="s">
+        <v>18</v>
+      </c>
+      <c r="D38" t="s">
+        <v>209</v>
+      </c>
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
         <v>21</v>
       </c>
-      <c r="K34"/>
-      <c r="L34" t="s">
+      <c r="G38" t="s">
         <v>22</v>
       </c>
-      <c r="M34" t="s">
+      <c r="H38">
+        <v>2004</v>
+      </c>
+      <c r="I38"/>
+      <c r="J38" t="s">
         <v>23</v>
       </c>
-      <c r="N34" t="s">
-[...60 lines deleted...]
-      <c r="E36" t="s">
+      <c r="K38" t="s">
+        <v>24</v>
+      </c>
+      <c r="L38"/>
+      <c r="M38" t="s">
+        <v>200</v>
+      </c>
+      <c r="N38" t="s">
+        <v>26</v>
+      </c>
+      <c r="O38" t="s">
+        <v>210</v>
+      </c>
+      <c r="P38" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>212</v>
+      </c>
+      <c r="B39" t="s">
+        <v>213</v>
+      </c>
+      <c r="C39" t="s">
         <v>18</v>
       </c>
-      <c r="F36" t="s">
-[...116 lines deleted...]
-      </c>
       <c r="D39" t="s">
-        <v>17</v>
+        <v>214</v>
       </c>
       <c r="E39" t="s">
-        <v>46</v>
+        <v>20</v>
       </c>
       <c r="F39" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-        <v>2011</v>
+        <v>57</v>
+      </c>
+      <c r="G39" t="s">
+        <v>38</v>
       </c>
       <c r="H39">
         <v>2011</v>
       </c>
-      <c r="I39" t="s">
-        <v>20</v>
+      <c r="I39">
+        <v>2011</v>
       </c>
       <c r="J39" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="K39" t="s">
-        <v>160</v>
+        <v>24</v>
       </c>
       <c r="L39" t="s">
-        <v>128</v>
+        <v>215</v>
       </c>
       <c r="M39" t="s">
-        <v>23</v>
+        <v>166</v>
       </c>
       <c r="N39" t="s">
-        <v>161</v>
+        <v>26</v>
+      </c>
+      <c r="O39" t="s">
+        <v>216</v>
+      </c>
+      <c r="P39" t="s">
+        <v>217</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>