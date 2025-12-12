--- v0 (2025-10-10)
+++ v1 (2025-12-12)
@@ -12,482 +12,586 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="131">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="165">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Draft MEPs for Green Buildings - Windows</t>
   </si>
   <si>
+    <t>Information not available</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>Windows</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-meps-green-buildings-windows</t>
   </si>
   <si>
     <t>GS IEC 62257-9-8:2020, Renewable energy and hybrid systems for rural electrification - Part 9-8: Integrated systems - Requirements for stand-alone renewable energy products with power ratings less than or equal to 350 W</t>
   </si>
   <si>
+    <t>Quality standards for standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
     <t>Solar Energy Kits</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>July 2022</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>IEC TS 62257-9-5</t>
   </si>
   <si>
     <t>Ghana Standards Authority</t>
   </si>
   <si>
     <t>Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gs-iec-62257-9-82020-renewable-energy-and-hybrid-systems-rural-electrification-part-9-8</t>
   </si>
   <si>
+    <t>http://services.gsa.gov.gh/standards/standards.php?sno=GS%20IEC%20TS%2062257-9-8:2020</t>
+  </si>
+  <si>
     <t>L.I 2353 Efficiency standards and labelling-Light emitting diode and self ballasted fluorescent lamps</t>
   </si>
   <si>
+    <t>These regulations apply to enforcement of standards for minimum energy efficiency of self ballasted fluorescent lamps and LED. The regulations also include the labelling of these two products</t>
+  </si>
+  <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2353-efficiency-standards-and-labelling-light-emitting-diode-and-self-ballasted</t>
   </si>
   <si>
+    <t>http://www.energycom.gov.gh/files/Efficiency%20Standards%20LI%202353.pdf</t>
+  </si>
+  <si>
     <t>L.I 2441 Energy Commission (Energy Efficiency Standards and Labeling) (Refrigerating Appliances) Regulations,2022</t>
   </si>
   <si>
+    <t>These regulations apply to electric mains-operated refrigerating appliances with a volume of not less than ten litres and not more than one thousand five hundred litres, manufactured in the country or imported into the country for sale or use.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2441-energy-commission-energy-efficiency-standards-and-labeling-refrigerating</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>L.I 2442 Energy Commission (Energy Efficiency Standards and Labeling) (Prohibition of manufacture, importation and sale of Incandescent filament lamp) Regulations,2022</t>
   </si>
   <si>
+    <t>These regulations apply to a manufacturer or importer of an incandescent filament lamp.</t>
+  </si>
+  <si>
     <t>Lamps</t>
   </si>
   <si>
     <t>Minimum Performance Standard, Quality Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2442-energy-commission-energy-efficiency-standards-and-labeling-prohibition-manufacture</t>
   </si>
   <si>
     <t>L.I. 1815 Energy Efficiency Standards and Labelling Regulations - Non-ducted Air Conditioners and Self-ballasted Fluorescent Lamps</t>
   </si>
   <si>
+    <t>These Regulations apply to non-ducted air conditioners or self-ballasted fluorescent lamps manufactured in Ghana or imported for use in Ghana.</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>GS 324:2003</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-1815-energy-efficiency-standards-and-labelling-regulations-non-ducted-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.energycom.gov.gh/files/LI_1815.pdf</t>
+  </si>
+  <si>
     <t>L.I. 1958 Energy Efficiency Standards and Labelling - Household Refrigerating Appliances</t>
   </si>
   <si>
+    <t>These Regulations apply to electric mains operated appliances manufactured in Ghana or imported for use in this country. These Regulations do not apply to the rating plate or its equivalent affixed for safety purposes to an appliance; or an appliance which is designed to use an energy source other than electricity; or an appliance manufactured in this country for export. For the purpose of this regulation; appliance means a refrigerator; a frozen food storage cabinet; a food freezer or their combination.</t>
+  </si>
+  <si>
     <t>GS IEC 62552: 2007</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-1958-energy-efficiency-standards-and-labelling-household-refrigerating-appliances</t>
   </si>
   <si>
+    <t>http://www.energycom.gov.gh/files/LI1958.pdf</t>
+  </si>
+  <si>
     <t>LI 2443 Energy Commission Clothes Washing Machines Regulations</t>
   </si>
   <si>
+    <t>This policy includes energy efficiency standards and labeling guidelines for clothes washing machines in Ghana.</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2443-energy-commission-clothes-washing-machines-regulations</t>
   </si>
   <si>
     <t>LI 2444 Energy Commission Energy Efficiency Standards and Labelling Industrial Fans Regulations</t>
   </si>
   <si>
+    <t>Minimum energy performance regulations and labelling guidelines for industrial fans with an electrical input power between 0.125 - 500 kW or integrated in other energy-related products manufactured in the country or imported into the country for display, sale, or use.</t>
+  </si>
+  <si>
     <t>Industrial Fans</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2444-energy-commission-energy-efficiency-standards-and-labelling-industrial-fans</t>
   </si>
   <si>
     <t>LI 2445 Energy Commission (Energy Efficiency Standards and Labelling) (Rice Cookers) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply a rice cooker manufactured in the country or imported into the country for display, sale, or use that has a rated power not exceeding two thousand watts, voltage not exceeding two hundred and fifty volts, and volume not exceeding ten litres.</t>
+  </si>
+  <si>
     <t>Rice Cookers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2445-energy-commission-energy-efficiency-standards-and-labelling-rice-cookers</t>
   </si>
   <si>
     <t>LI 2446 Energy Commission (Energy Efficiency Standards and Labelling) (Computers) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to a computer, manufactured in the country or imported into the country for display, sale or use as a desktop computer, notebook computer, a workstation, or a computer server.</t>
+  </si>
+  <si>
     <t>Computers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2446-energy-commission-energy-efficiency-standards-and-labelling-computers-regulations</t>
   </si>
   <si>
     <t>LI 2447 Energy Commission (Energy Efficiency Standards and Labelling) (Set-Top Boxes) Regulations, 2022</t>
   </si>
   <si>
+    <t>Minimum energy performance standard and labelling guidelines for set-top boxes. These regulations apply to set-top boxes manufactured in the country or imported into the country for display, sale or use, with the ability to be powered directly from the mains alternating current for use as either a simple set-top box, or a complex set-top box.</t>
+  </si>
+  <si>
     <t>Televisions, Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>May 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2447-energy-commission-energy-efficiency-standards-and-labelling-set-top-boxes</t>
   </si>
   <si>
     <t>LI 2448 Energy Commission (Energy Efficiency Standards and Labelling) (Ventilating Fans) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to a ventilating fan or unit with an individual fan electric power input of less than 125 W manufactured in the country or imported into the country for display, sale or use.</t>
+  </si>
+  <si>
     <t>Space Heating and Space Cooling, Ventilation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2448-energy-commission-energy-efficiency-standards-and-labelling-ventilating-fans</t>
   </si>
   <si>
     <t>LI 2450 Energy Commission (Energy Efficiency Standards and Labelling) (Microwave Ovens) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to an electric mains-operated microwave oven, manufactured in the country or imported into the country for display, sale or use. These regulations do not apply to microwave ovens which cannot accept a load with a diameter equal or greater than 200mm or heigh of 120mm.</t>
+  </si>
+  <si>
     <t>Microwaves</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2450-energy-commission-energy-efficiency-standards-and-labelling-microwave-ovens</t>
   </si>
   <si>
     <t>LI 2451 Energy Commission (Energy Efficiency Standards and Labelling) (Storage Water Heaters) Regulations, 20</t>
   </si>
   <si>
+    <t>These regulations apply to an electric storage water heater with a storage volume of not more than 500 litres, an electric instantaneous water heater, and a water heater with rated power not exceeding 70kW.</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2451-energy-commission-energy-efficiency-standards-and-labelling-storage-water-heaters</t>
   </si>
   <si>
     <t>LI 2452 Renewable Energy (Standards and Labelling) (Renewable Energy Batteries) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to a renewable energy battery manufactured in the country or imported into the country for display, sale, or use, irrespective of size, method of charge or energy system design of the renewable energy battery.</t>
+  </si>
+  <si>
     <t>Battery Chargers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2452-renewable-energy-standards-and-labelling-renewable-energy-batteries-regulations</t>
   </si>
   <si>
     <t>LI 2453 Energy Commission (Energy Efficiency Standards and Labelling) (Public Lighting) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to a lamp or luminaire manufactured in the country or imported into the country for the purpose of public lighting services, for display, sale or use in the country. These regulations do not apply to a lamp or luminaire other than an electric mains-operated lamp or luminaire.</t>
+  </si>
+  <si>
     <t>Streetlighting</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2453-energy-commission-energy-efficiency-standards-and-labelling-public-lighting</t>
   </si>
   <si>
     <t>LI 2454 Renewable Energy (Standards and Labelling) (Improved Biomass Cookstoves) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to an improved biomass cookstoves, manufactured in the country or imported into the country for sale, display or use as a domestic cookstove, or an institutional cookstove that uses solid biomass fuels including wood, charcoal, briquette, or pellet.</t>
+  </si>
+  <si>
     <t>Biomass Stoves</t>
   </si>
   <si>
     <t>Biomass</t>
   </si>
   <si>
     <t>Cookstoves</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2454-renewable-energy-standards-and-labelling-improved-biomass-cookstoves-regulations</t>
   </si>
   <si>
     <t>LI 2455 Energy Commission (Energy Efficiency Standards and Labelling) (Television Sets) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to a television set or monitor, manufactured in the country or imported into the country for display, sale or use. These regulations do not apply to a rating plate or the equivalent of a rating plate, a digital display and signage, and or non-electric mains operated television or monitor.</t>
+  </si>
+  <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2455-energy-commission-energy-efficiency-standards-and-labelling-television-sets</t>
   </si>
   <si>
     <t>LI 2456 Energy Commission (Energy Efficiency Standards and Labelling) (Electric Motors) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to an induction motor whether sold separately or partly integrated in other products that has 2,4,6, or 8 poles; has a rated voltage that's more than 50 V but less than 1000 V; has a rated power output of 0.12 kW up to 1000 kW; is rated to operate at a frequency of 50 Hz; is rated on the basis of continuous duty operation, and; is rated for direct on-line operation.</t>
+  </si>
+  <si>
     <t>3-Phase Motors, 1-Phase Motors</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2456-energy-commission-energy-efficiency-standards-and-labelling-electric-motors</t>
   </si>
   <si>
     <t>LI 2457 Energy Commission (Energy Efficiency Standards and Labelling) (Electric Kettles) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to kettles with a water capacity not exceeding 2.5 litres, manufactured in the country or imported into the country for display, sale or use.</t>
+  </si>
+  <si>
     <t>Electric Kettles</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2457-energy-commission-energy-efficiency-standards-and-labelling-electric-kettles</t>
   </si>
   <si>
     <t>LI 2458 Energy Commission (Energy Efficiency Standards and Labelling) (Air conditioners) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to an air conditioning product, manufactured in the country or imported into the country for display, sale or use. These regulations apply to a single-phase and three-phase AC, multi-split outdoor unit and single split outdoor unit that has a rated full capacity of 65kW or less and is designed for human comfort.</t>
+  </si>
+  <si>
     <t>Space Heating and Space Cooling, Air Conditioning</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2458-energy-commission-energy-efficiency-standards-and-labelling-air-conditioners</t>
   </si>
   <si>
     <t>LI 2459 Energy Commission (Energy Efficiency Standards and Labelling) (Distribution Transformers) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to a distributor transformer manufactured in the country or imported to the country for display, sale or use.</t>
+  </si>
+  <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2459-energy-commission-energy-efficiency-standards-and-labelling-distribution</t>
   </si>
   <si>
     <t>LI 2460 Energy Commission (Energy Efficiency Standards and Labelling) (Comfort Fans) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to comfort fans with an electric power input not exceeding 125W, manufactured in the country or imported into the country for display, sale, or use.</t>
+  </si>
+  <si>
     <t>Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2460-energy-commission-energy-efficiency-standards-and-labelling-comfort-fans</t>
   </si>
   <si>
     <t>LI 2461 Renewable Energy (Standards and Labelling) (Inverters) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to an inverter intended for use in a stand-alone energy system or utility-interactive energy system where the output of the inverter is a stable alternating current of constant frequency; and a single-phase inverter or 3-phase inverter intended for use in a stand alone energy system or utility interactive energy system intended to be operated in parallel with an electric power system to supply power to common loads manufactured in the country or imported into the country for display, sale or use.</t>
+  </si>
+  <si>
     <t>Solar Inverters</t>
   </si>
   <si>
     <t>Electricity, Solar</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2461-renewable-energy-standards-and-labelling-inverters-regulations-2022</t>
   </si>
   <si>
     <t>Minimum Energy Perfomance Standards for refrigerating appliances (MEPS)</t>
   </si>
   <si>
+    <t>This standard applies to all refrigerating appliances of the vapor compression type, with a rated volume at or above 10 Liters (L) and at or below 1,500 L, powered by electric mains and offered for sale or installed in any application. The standard specifies requirements for test methods and energy use calculation, daily energy use calculation, maximum energy use, functional performance, refrigerant and foam blowing agent, product information and declaration of conformity 1975 and its regulations</t>
+  </si>
+  <si>
     <t>Eswatini</t>
   </si>
   <si>
     <t>Refrigeration</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>IEC 62552:2015  part 1, 2 and 3</t>
   </si>
   <si>
     <t>Eswatini Energy Regulatory Authority (ESERA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-perfomance-standards-refrigerating-appliances-meps</t>
   </si>
   <si>
     <t>ZS IEC 62257-9-8</t>
+  </si>
+  <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.
+The Standard has been gazetted but has not entered into force yet.</t>
   </si>
   <si>
     <t>Zambia</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Zambia Standards Bureau (ZABS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/zs-iec-62257-9-8</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -751,1237 +855,1402 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N28"/>
+  <dimension ref="A1:P28"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="259" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="259.365" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="620.42" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="75.41" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="37.705" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="52.987" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="101.404" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2"/>
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
       <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2"/>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>28</v>
+      </c>
+      <c r="B3" t="s">
+        <v>29</v>
+      </c>
+      <c r="C3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D3" t="s">
+        <v>30</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
+        <v>31</v>
+      </c>
+      <c r="G3" t="s">
+        <v>32</v>
+      </c>
+      <c r="H3">
+        <v>2020</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>34</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>36</v>
+      </c>
+      <c r="N3" t="s">
+        <v>37</v>
+      </c>
+      <c r="O3" t="s">
+        <v>38</v>
+      </c>
+      <c r="P3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>42</v>
+      </c>
+      <c r="E4" t="s">
+        <v>43</v>
+      </c>
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-      <c r="L2" t="s">
+      <c r="G4" t="s">
+        <v>32</v>
+      </c>
+      <c r="H4">
+        <v>2017</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>44</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>25</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>45</v>
+      </c>
+      <c r="P4" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>47</v>
+      </c>
+      <c r="B5" t="s">
+        <v>48</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>49</v>
+      </c>
+      <c r="E5" t="s">
+        <v>43</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>32</v>
+      </c>
+      <c r="H5">
+        <v>2022</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>50</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>51</v>
+      </c>
+      <c r="P5" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>53</v>
+      </c>
+      <c r="B6" t="s">
+        <v>54</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>55</v>
+      </c>
+      <c r="E6" t="s">
+        <v>43</v>
+      </c>
+      <c r="F6" t="s">
+        <v>56</v>
+      </c>
+      <c r="G6" t="s">
+        <v>32</v>
+      </c>
+      <c r="H6">
+        <v>2022</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>50</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>25</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>57</v>
+      </c>
+      <c r="P6" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>58</v>
+      </c>
+      <c r="B7" t="s">
+        <v>59</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>60</v>
+      </c>
+      <c r="E7" t="s">
+        <v>43</v>
+      </c>
+      <c r="F7" t="s">
+        <v>61</v>
+      </c>
+      <c r="G7" t="s">
+        <v>62</v>
+      </c>
+      <c r="H7">
+        <v>2005</v>
+      </c>
+      <c r="I7">
+        <v>2008</v>
+      </c>
+      <c r="J7" t="s">
+        <v>63</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>64</v>
+      </c>
+      <c r="M7" t="s">
+        <v>25</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>65</v>
+      </c>
+      <c r="P7" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>67</v>
+      </c>
+      <c r="B8" t="s">
+        <v>68</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>49</v>
+      </c>
+      <c r="E8" t="s">
+        <v>43</v>
+      </c>
+      <c r="F8" t="s">
+        <v>61</v>
+      </c>
+      <c r="G8" t="s">
+        <v>32</v>
+      </c>
+      <c r="H8">
+        <v>2009</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>63</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>69</v>
+      </c>
+      <c r="M8" t="s">
+        <v>25</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>70</v>
+      </c>
+      <c r="P8" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>72</v>
+      </c>
+      <c r="B9" t="s">
+        <v>73</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>74</v>
+      </c>
+      <c r="E9" t="s">
+        <v>43</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>32</v>
+      </c>
+      <c r="H9">
+        <v>2022</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>50</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>25</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>75</v>
+      </c>
+      <c r="P9" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>76</v>
+      </c>
+      <c r="B10" t="s">
+        <v>77</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>78</v>
+      </c>
+      <c r="E10" t="s">
+        <v>43</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>32</v>
+      </c>
+      <c r="H10">
+        <v>2022</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>50</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>25</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>79</v>
+      </c>
+      <c r="P10" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>80</v>
+      </c>
+      <c r="B11" t="s">
+        <v>81</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>82</v>
+      </c>
+      <c r="E11" t="s">
+        <v>43</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>32</v>
+      </c>
+      <c r="H11">
+        <v>2022</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>50</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>25</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>83</v>
+      </c>
+      <c r="P11" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>84</v>
+      </c>
+      <c r="B12" t="s">
+        <v>85</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>86</v>
+      </c>
+      <c r="E12" t="s">
+        <v>43</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>32</v>
+      </c>
+      <c r="H12">
+        <v>2022</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>50</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>25</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>87</v>
+      </c>
+      <c r="P12" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>88</v>
+      </c>
+      <c r="B13" t="s">
+        <v>89</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>90</v>
+      </c>
+      <c r="E13" t="s">
+        <v>43</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>32</v>
+      </c>
+      <c r="H13"/>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>91</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>25</v>
+      </c>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>92</v>
+      </c>
+      <c r="P13" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>93</v>
+      </c>
+      <c r="B14" t="s">
+        <v>94</v>
+      </c>
+      <c r="C14" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14" t="s">
+        <v>95</v>
+      </c>
+      <c r="E14" t="s">
+        <v>43</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>32</v>
+      </c>
+      <c r="H14">
+        <v>2022</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>91</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>25</v>
+      </c>
+      <c r="N14" t="s">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>96</v>
+      </c>
+      <c r="P14" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>97</v>
+      </c>
+      <c r="B15" t="s">
+        <v>98</v>
+      </c>
+      <c r="C15" t="s">
+        <v>18</v>
+      </c>
+      <c r="D15" t="s">
+        <v>99</v>
+      </c>
+      <c r="E15" t="s">
+        <v>43</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>32</v>
+      </c>
+      <c r="H15">
+        <v>2022</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>91</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>25</v>
+      </c>
+      <c r="N15" t="s">
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
+        <v>100</v>
+      </c>
+      <c r="P15" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>101</v>
+      </c>
+      <c r="B16" t="s">
+        <v>102</v>
+      </c>
+      <c r="C16" t="s">
+        <v>18</v>
+      </c>
+      <c r="D16" t="s">
+        <v>103</v>
+      </c>
+      <c r="E16" t="s">
+        <v>43</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>32</v>
+      </c>
+      <c r="H16">
+        <v>2022</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>50</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>25</v>
+      </c>
+      <c r="N16" t="s">
+        <v>26</v>
+      </c>
+      <c r="O16" t="s">
+        <v>104</v>
+      </c>
+      <c r="P16" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>105</v>
+      </c>
+      <c r="B17" t="s">
+        <v>106</v>
+      </c>
+      <c r="C17" t="s">
+        <v>18</v>
+      </c>
+      <c r="D17" t="s">
+        <v>107</v>
+      </c>
+      <c r="E17" t="s">
+        <v>43</v>
+      </c>
+      <c r="F17" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>32</v>
+      </c>
+      <c r="H17">
+        <v>2022</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>50</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>25</v>
+      </c>
+      <c r="N17" t="s">
+        <v>26</v>
+      </c>
+      <c r="O17" t="s">
+        <v>108</v>
+      </c>
+      <c r="P17" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>109</v>
+      </c>
+      <c r="B18" t="s">
+        <v>110</v>
+      </c>
+      <c r="C18" t="s">
+        <v>18</v>
+      </c>
+      <c r="D18" t="s">
+        <v>111</v>
+      </c>
+      <c r="E18" t="s">
+        <v>43</v>
+      </c>
+      <c r="F18" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
+        <v>32</v>
+      </c>
+      <c r="H18">
+        <v>2022</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>50</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>25</v>
+      </c>
+      <c r="N18" t="s">
+        <v>26</v>
+      </c>
+      <c r="O18" t="s">
+        <v>112</v>
+      </c>
+      <c r="P18" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>113</v>
+      </c>
+      <c r="B19" t="s">
+        <v>114</v>
+      </c>
+      <c r="C19" t="s">
+        <v>18</v>
+      </c>
+      <c r="D19" t="s">
+        <v>115</v>
+      </c>
+      <c r="E19" t="s">
+        <v>43</v>
+      </c>
+      <c r="F19" t="s">
+        <v>21</v>
+      </c>
+      <c r="G19" t="s">
+        <v>32</v>
+      </c>
+      <c r="H19">
+        <v>2022</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>50</v>
+      </c>
+      <c r="K19" t="s">
+        <v>116</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>25</v>
+      </c>
+      <c r="N19" t="s">
+        <v>117</v>
+      </c>
+      <c r="O19" t="s">
+        <v>118</v>
+      </c>
+      <c r="P19" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>119</v>
+      </c>
+      <c r="B20" t="s">
+        <v>120</v>
+      </c>
+      <c r="C20" t="s">
+        <v>18</v>
+      </c>
+      <c r="D20" t="s">
+        <v>121</v>
+      </c>
+      <c r="E20" t="s">
+        <v>43</v>
+      </c>
+      <c r="F20" t="s">
+        <v>21</v>
+      </c>
+      <c r="G20" t="s">
+        <v>32</v>
+      </c>
+      <c r="H20">
+        <v>2022</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>50</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>25</v>
+      </c>
+      <c r="N20" t="s">
+        <v>26</v>
+      </c>
+      <c r="O20" t="s">
+        <v>122</v>
+      </c>
+      <c r="P20" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>123</v>
+      </c>
+      <c r="B21" t="s">
+        <v>124</v>
+      </c>
+      <c r="C21" t="s">
+        <v>18</v>
+      </c>
+      <c r="D21" t="s">
+        <v>125</v>
+      </c>
+      <c r="E21" t="s">
+        <v>43</v>
+      </c>
+      <c r="F21" t="s">
+        <v>21</v>
+      </c>
+      <c r="G21" t="s">
+        <v>32</v>
+      </c>
+      <c r="H21">
+        <v>2022</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>50</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>25</v>
+      </c>
+      <c r="N21" t="s">
+        <v>126</v>
+      </c>
+      <c r="O21" t="s">
+        <v>127</v>
+      </c>
+      <c r="P21" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>128</v>
+      </c>
+      <c r="B22" t="s">
+        <v>129</v>
+      </c>
+      <c r="C22" t="s">
+        <v>18</v>
+      </c>
+      <c r="D22" t="s">
+        <v>130</v>
+      </c>
+      <c r="E22" t="s">
+        <v>43</v>
+      </c>
+      <c r="F22" t="s">
+        <v>21</v>
+      </c>
+      <c r="G22" t="s">
+        <v>32</v>
+      </c>
+      <c r="H22">
+        <v>2022</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>50</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>25</v>
+      </c>
+      <c r="N22" t="s">
+        <v>26</v>
+      </c>
+      <c r="O22" t="s">
+        <v>131</v>
+      </c>
+      <c r="P22" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>132</v>
+      </c>
+      <c r="B23" t="s">
+        <v>133</v>
+      </c>
+      <c r="C23" t="s">
+        <v>18</v>
+      </c>
+      <c r="D23" t="s">
+        <v>134</v>
+      </c>
+      <c r="E23" t="s">
+        <v>43</v>
+      </c>
+      <c r="F23" t="s">
+        <v>21</v>
+      </c>
+      <c r="G23" t="s">
+        <v>32</v>
+      </c>
+      <c r="H23">
+        <v>2022</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>50</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23"/>
+      <c r="M23" t="s">
+        <v>25</v>
+      </c>
+      <c r="N23" t="s">
+        <v>26</v>
+      </c>
+      <c r="O23" t="s">
+        <v>135</v>
+      </c>
+      <c r="P23" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>136</v>
+      </c>
+      <c r="B24" t="s">
+        <v>137</v>
+      </c>
+      <c r="C24" t="s">
+        <v>18</v>
+      </c>
+      <c r="D24" t="s">
+        <v>138</v>
+      </c>
+      <c r="E24" t="s">
+        <v>43</v>
+      </c>
+      <c r="F24" t="s">
+        <v>21</v>
+      </c>
+      <c r="G24" t="s">
+        <v>32</v>
+      </c>
+      <c r="H24">
+        <v>2022</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>50</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24"/>
+      <c r="M24" t="s">
+        <v>25</v>
+      </c>
+      <c r="N24" t="s">
+        <v>26</v>
+      </c>
+      <c r="O24" t="s">
+        <v>139</v>
+      </c>
+      <c r="P24" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>140</v>
+      </c>
+      <c r="B25" t="s">
+        <v>141</v>
+      </c>
+      <c r="C25" t="s">
+        <v>18</v>
+      </c>
+      <c r="D25" t="s">
+        <v>142</v>
+      </c>
+      <c r="E25" t="s">
+        <v>43</v>
+      </c>
+      <c r="F25" t="s">
+        <v>21</v>
+      </c>
+      <c r="G25" t="s">
+        <v>32</v>
+      </c>
+      <c r="H25">
+        <v>2022</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>50</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25"/>
+      <c r="M25" t="s">
+        <v>25</v>
+      </c>
+      <c r="N25" t="s">
+        <v>26</v>
+      </c>
+      <c r="O25" t="s">
+        <v>143</v>
+      </c>
+      <c r="P25" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>144</v>
+      </c>
+      <c r="B26" t="s">
+        <v>145</v>
+      </c>
+      <c r="C26" t="s">
+        <v>18</v>
+      </c>
+      <c r="D26" t="s">
+        <v>146</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>21</v>
+      </c>
+      <c r="G26" t="s">
+        <v>32</v>
+      </c>
+      <c r="H26">
+        <v>2022</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>50</v>
+      </c>
+      <c r="K26" t="s">
+        <v>147</v>
+      </c>
+      <c r="L26"/>
+      <c r="M26" t="s">
+        <v>25</v>
+      </c>
+      <c r="N26" t="s">
+        <v>148</v>
+      </c>
+      <c r="O26" t="s">
+        <v>149</v>
+      </c>
+      <c r="P26" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>150</v>
+      </c>
+      <c r="B27" t="s">
+        <v>151</v>
+      </c>
+      <c r="C27" t="s">
+        <v>152</v>
+      </c>
+      <c r="D27" t="s">
+        <v>153</v>
+      </c>
+      <c r="E27" t="s">
+        <v>154</v>
+      </c>
+      <c r="F27" t="s">
+        <v>21</v>
+      </c>
+      <c r="G27" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
-[...2 lines deleted...]
-      <c r="N2" t="s">
+      <c r="H27"/>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>155</v>
+      </c>
+      <c r="K27" t="s">
         <v>24</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="C3" t="s">
+      <c r="L27" t="s">
+        <v>156</v>
+      </c>
+      <c r="M27" t="s">
+        <v>157</v>
+      </c>
+      <c r="N27" t="s">
         <v>26</v>
       </c>
-      <c r="D3" t="s">
-[...15 lines deleted...]
-      <c r="J3" t="s">
+      <c r="O27" t="s">
+        <v>158</v>
+      </c>
+      <c r="P27"/>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>159</v>
+      </c>
+      <c r="B28" t="s">
+        <v>160</v>
+      </c>
+      <c r="C28" t="s">
+        <v>161</v>
+      </c>
+      <c r="D28" t="s">
         <v>30</v>
       </c>
-      <c r="K3" t="s">
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
         <v>31</v>
       </c>
-      <c r="L3" t="s">
-[...5 lines deleted...]
-      <c r="N3" t="s">
+      <c r="G28" t="s">
+        <v>32</v>
+      </c>
+      <c r="H28">
+        <v>2021</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>162</v>
+      </c>
+      <c r="K28" t="s">
         <v>34</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A4" t="s">
+      <c r="L28" t="s">
         <v>35</v>
       </c>
-      <c r="B4" t="s">
-[...993 lines deleted...]
-      </c>
       <c r="M28" t="s">
-        <v>116</v>
+        <v>163</v>
       </c>
       <c r="N28" t="s">
-        <v>130</v>
-      </c>
+        <v>148</v>
+      </c>
+      <c r="O28" t="s">
+        <v>164</v>
+      </c>
+      <c r="P28"/>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>