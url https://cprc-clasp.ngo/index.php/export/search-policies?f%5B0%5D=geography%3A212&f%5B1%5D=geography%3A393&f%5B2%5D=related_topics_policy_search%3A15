--- v0 (2025-10-12)
+++ v1 (2025-12-06)
@@ -12,209 +12,235 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="40">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>GS IEC 62257-9-8:2020, Renewable energy and hybrid systems for rural electrification - Part 9-8: Integrated systems - Requirements for stand-alone renewable energy products with power ratings less than or equal to 350 W</t>
   </si>
   <si>
+    <t>Quality standards for standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>Solar Energy Kits</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>July 2022</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>IEC TS 62257-9-5</t>
   </si>
   <si>
     <t>Ghana Standards Authority</t>
   </si>
   <si>
     <t>Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gs-iec-62257-9-82020-renewable-energy-and-hybrid-systems-rural-electrification-part-9-8</t>
   </si>
   <si>
+    <t>http://services.gsa.gov.gh/standards/standards.php?sno=GS%20IEC%20TS%2062257-9-8:2020</t>
+  </si>
+  <si>
     <t>LI 2461 Renewable Energy (Standards and Labelling) (Inverters) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to an inverter intended for use in a stand-alone energy system or utility-interactive energy system where the output of the inverter is a stable alternating current of constant frequency; and a single-phase inverter or 3-phase inverter intended for use in a stand alone energy system or utility interactive energy system intended to be operated in parallel with an electric power system to supply power to common loads manufactured in the country or imported into the country for display, sale or use.</t>
+  </si>
+  <si>
     <t>Solar Inverters</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>Electricity, Solar</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2461-renewable-energy-standards-and-labelling-inverters-regulations-2022</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>Quality standards for stand-alone renewable energy products with power ratings less than or equal to 350 W</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.
+The source links to a publication from ACE-TAF stating that that the standard was adopted in 2020.</t>
+  </si>
+  <si>
     <t>Sierra Leone</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Sierra Leone Standards Bureau (SLSB)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/quality-standards-stand-alone-renewable-energy-products-power-ratings-less-or-equal-350-w</t>
+  </si>
+  <si>
+    <t>https://sun-connect-news.org/fileadmin/DATEIEN/Dateien/New/Stand-Alone-Solar-SAS-Market-Update-Sierra-Leone.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -478,275 +504,302 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N4"/>
+  <dimension ref="A1:P4"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="259" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="155" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="259.365" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="620.42" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="131.968" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2020</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2022</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>35</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>36</v>
+      </c>
+      <c r="N3" t="s">
+        <v>37</v>
+      </c>
+      <c r="O3" t="s">
+        <v>38</v>
+      </c>
+      <c r="P3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
+        <v>42</v>
+      </c>
+      <c r="D4" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E4" t="s">
+        <v>43</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
         <v>2020</v>
       </c>
-      <c r="H2"/>
-[...12 lines deleted...]
-      <c r="M2" t="s">
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>44</v>
+      </c>
+      <c r="K4" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
+      <c r="L4" t="s">
         <v>25</v>
       </c>
-    </row>
-[...63 lines deleted...]
-      <c r="I4" t="s">
+      <c r="M4" t="s">
+        <v>45</v>
+      </c>
+      <c r="N4" t="s">
         <v>37</v>
       </c>
-      <c r="J4" t="s">
-[...12 lines deleted...]
-        <v>39</v>
+      <c r="O4" t="s">
+        <v>46</v>
+      </c>
+      <c r="P4" t="s">
+        <v>47</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>